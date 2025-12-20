--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -1,3031 +1,4806 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00CE727C" w:rsidRDefault="00C31CEF" w:rsidP="00CF4BAC">
+    <w:p w14:paraId="0EAD6C45" w14:textId="7702F289" w:rsidR="00430072" w:rsidRDefault="00430072" w:rsidP="00430072">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Toc213321274"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="471F611D" wp14:editId="4B6E2390">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>2122098</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="page">
+              <wp:posOffset>1103978</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="1466850" cy="742950"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:wrapTight wrapText="bothSides">
+              <wp:wrapPolygon edited="0">
+                <wp:start x="0" y="0"/>
+                <wp:lineTo x="0" y="21046"/>
+                <wp:lineTo x="21319" y="21046"/>
+                <wp:lineTo x="21319" y="0"/>
+                <wp:lineTo x="0" y="0"/>
+              </wp:wrapPolygon>
+            </wp:wrapTight>
+            <wp:docPr id="693013169" name="Picture 1" descr="MassHealth logo"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="693013169" name="Picture 1" descr="MassHealth logo"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId11">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1466850" cy="742950"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DFC4106" w14:textId="77777777" w:rsidR="00430072" w:rsidRDefault="00430072" w:rsidP="00430072">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0776FE86" w14:textId="77777777" w:rsidR="00430072" w:rsidRDefault="00430072" w:rsidP="00430072">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63F57650" w14:textId="0052E710" w:rsidR="0006545F" w:rsidRPr="005E4ECE" w:rsidRDefault="0006545F" w:rsidP="00430072">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E4ECE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Policy for ABI-RH and MFP-RS Waivers</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="6CCE23F3" w14:textId="77777777" w:rsidR="0006545F" w:rsidRPr="00430072" w:rsidRDefault="0006545F" w:rsidP="009C7AD8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-[...1 lines deleted...]
-        <w:contextualSpacing/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="101"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3BEF8CBA" w14:textId="6E7FFE1A" w:rsidR="00CE727C" w:rsidRPr="00430072" w:rsidRDefault="00C31CEF" w:rsidP="00430072">
+      <w:pPr>
+        <w:pStyle w:val="Subtitle"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:szCs w:val="24"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00430072">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Acquired Brain Injury</w:t>
       </w:r>
-      <w:r w:rsidR="009F742E" w:rsidRPr="00E2529C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="002233CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:szCs w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="009F742E" w:rsidRPr="00430072">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:szCs w:val="24"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Residential Habilitation</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE727C" w:rsidRPr="00430072">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Waiver Program</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AA6D14" w:rsidRPr="00E2529C" w:rsidRDefault="00C31CEF" w:rsidP="00CF4BAC">
+    <w:p w14:paraId="6FF6A0B9" w14:textId="32C1AE48" w:rsidR="00AA6D14" w:rsidRPr="00430072" w:rsidRDefault="00825E2E" w:rsidP="00430072">
+      <w:pPr>
+        <w:pStyle w:val="Subtitle"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00430072">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Moving Forward Plan</w:t>
+      </w:r>
+      <w:r w:rsidR="002233CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="009F742E" w:rsidRPr="00430072">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Residential Supports </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE727C" w:rsidRPr="00430072">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Waiver Program</w:t>
+      </w:r>
+    </w:p>
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Century Gothic" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:id w:val="-2076040173"/>
+        <w:docPartObj>
+          <w:docPartGallery w:val="Table of Contents"/>
+          <w:docPartUnique/>
+        </w:docPartObj>
+      </w:sdtPr>
+      <w:sdtEndPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+        </w:rPr>
+      </w:sdtEndPr>
+      <w:sdtContent>
+        <w:p w14:paraId="6008363E" w14:textId="10B2E9EC" w:rsidR="00B17611" w:rsidRPr="001672C1" w:rsidRDefault="00B17611" w:rsidP="001672C1">
+          <w:pPr>
+            <w:pStyle w:val="TOCHeading"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:color w:val="auto"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="001672C1">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="auto"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+            </w:rPr>
+            <w:t>Contents</w:t>
+          </w:r>
+          <w:r w:rsidRPr="001672C1">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidRPr="001672C1">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            </w:rPr>
+            <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
+          </w:r>
+          <w:r w:rsidRPr="001672C1">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:hyperlink w:anchor="_Toc213321274" w:history="1"/>
+        </w:p>
+        <w:p w14:paraId="3615D9E4" w14:textId="774406D9" w:rsidR="00B17611" w:rsidRPr="001672C1" w:rsidRDefault="00B17611" w:rsidP="00430072">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:noProof/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213321275" w:history="1">
+            <w:r w:rsidRPr="001672C1">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>I.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001672C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="001672C1">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Purpose</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001672C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="0013638F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="7F54D2D8" w14:textId="146E2389" w:rsidR="00B17611" w:rsidRPr="001672C1" w:rsidRDefault="00B17611" w:rsidP="00430072">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:noProof/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213321276" w:history="1">
+            <w:r w:rsidRPr="001672C1">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>II.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001672C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="001672C1">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Scope</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001672C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="0013638F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="7429B28F" w14:textId="5D074360" w:rsidR="00B17611" w:rsidRPr="001672C1" w:rsidRDefault="00B17611" w:rsidP="00430072">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:noProof/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213321277" w:history="1">
+            <w:r w:rsidRPr="001672C1">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>III.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001672C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="001672C1">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Definitions</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001672C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="0013638F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="7EB40F28" w14:textId="65336D3A" w:rsidR="00B17611" w:rsidRPr="001672C1" w:rsidRDefault="00B17611" w:rsidP="00430072">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:noProof/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213321278" w:history="1">
+            <w:r w:rsidRPr="001672C1">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>IV.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001672C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="001672C1">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Policy</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001672C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="0013638F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="5458EEEF" w14:textId="29B6EB3A" w:rsidR="00B17611" w:rsidRDefault="00B17611">
+          <w:r w:rsidRPr="001672C1">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:b/>
+              <w:bCs/>
+              <w:noProof/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w14:paraId="5243B638" w14:textId="77777777" w:rsidR="00B17611" w:rsidRDefault="00B17611" w:rsidP="00B17611"/>
+    <w:p w14:paraId="768A5420" w14:textId="77777777" w:rsidR="00B17611" w:rsidRPr="00B17611" w:rsidRDefault="00B17611" w:rsidP="00430072"/>
+    <w:p w14:paraId="773F207A" w14:textId="77777777" w:rsidR="00B17611" w:rsidRDefault="00B17611" w:rsidP="009C7AD8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-[...1 lines deleted...]
-        <w:contextualSpacing/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="101"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...23 lines deleted...]
-      </w:r>
+        <w:sectPr w:rsidR="00B17611" w:rsidSect="0013638F">
+          <w:headerReference w:type="default" r:id="rId12"/>
+          <w:footerReference w:type="default" r:id="rId13"/>
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="432" w:gutter="0"/>
+          <w:cols w:space="720"/>
+          <w:titlePg/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CE727C" w:rsidRDefault="00CE727C" w:rsidP="00CF4BAC">
+    <w:p w14:paraId="6380BB49" w14:textId="77777777" w:rsidR="00CE727C" w:rsidRDefault="00CE727C" w:rsidP="009C7AD8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-[...1 lines deleted...]
-        <w:contextualSpacing/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="101"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34354" w:rsidRPr="00E2529C" w:rsidRDefault="00C31CEF" w:rsidP="00CF4BAC">
+    <w:p w14:paraId="2E495D24" w14:textId="77777777" w:rsidR="000A60DF" w:rsidRPr="00B17611" w:rsidRDefault="005438B8" w:rsidP="00F60FEC">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Toc213321275"/>
+      <w:r w:rsidRPr="00B17611">
+        <w:t>Purpose</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:p w14:paraId="406FD81F" w14:textId="2C0A7D23" w:rsidR="0006545F" w:rsidRDefault="007F65D4" w:rsidP="009C7AD8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-[...22 lines deleted...]
-        <w:t xml:space="preserve"> and Procedures</w:t>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="360" w:right="101"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The purpose of this policy </w:t>
+      </w:r>
+      <w:r w:rsidR="00B17611">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">document </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is to </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A60DF" w:rsidRPr="00522AB3" w:rsidRDefault="005438B8" w:rsidP="00F358C0">
+    <w:p w14:paraId="722E4F11" w14:textId="3A470CD9" w:rsidR="0006545F" w:rsidRDefault="00363E17" w:rsidP="0006545F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="28"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="240"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:right="101"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8437E" w:rsidRPr="000A49D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ay out the process</w:t>
+      </w:r>
+      <w:r w:rsidR="00B6173E" w:rsidRPr="000A49D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, principles,</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8437E" w:rsidRPr="000A49D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and method</w:t>
+      </w:r>
+      <w:r w:rsidR="0006545F" w:rsidRPr="000A49D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8437E" w:rsidRPr="000A49D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463" w:rsidRPr="000A49D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Person Centered Plan</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8437E" w:rsidRPr="000A49D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ning and informal </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF475C" w:rsidRPr="000A49D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="00A02DBE" w:rsidRPr="000A49D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>onference</w:t>
+      </w:r>
+      <w:r w:rsidR="00B6173E" w:rsidRPr="000A49D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s under the Acquired Brain Injury</w:t>
+      </w:r>
+      <w:r w:rsidR="000265A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00B6173E" w:rsidRPr="000A49D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Residential Habilitation (ABI-RH) and </w:t>
+      </w:r>
+      <w:r w:rsidR="00825E2E" w:rsidRPr="000A49D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Moving Forward Plan</w:t>
+      </w:r>
+      <w:r w:rsidR="00B6173E" w:rsidRPr="000A49D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-Residential Supports (MFP-RS) Home and Community-based Services</w:t>
+      </w:r>
+      <w:r w:rsidR="00737FA9" w:rsidRPr="000A49D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (HCBS)</w:t>
+      </w:r>
+      <w:r w:rsidR="00B6173E" w:rsidRPr="000A49D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Waivers (“the Waivers”); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08AFFE4B" w14:textId="52C4BA25" w:rsidR="0006545F" w:rsidRDefault="0006545F" w:rsidP="0006545F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:right="101"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00B6173E" w:rsidRPr="000A49D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>efine</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8437E" w:rsidRPr="000A49D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B6173E" w:rsidRPr="000A49D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="00A8437E" w:rsidRPr="000A49D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">safeguard the individual rights </w:t>
+      </w:r>
+      <w:r w:rsidR="009225FC" w:rsidRPr="000A49D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of </w:t>
+      </w:r>
+      <w:r w:rsidR="00B6173E" w:rsidRPr="000A49D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Waiver </w:t>
+      </w:r>
+      <w:r w:rsidR="00A8437E" w:rsidRPr="000A49D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">participants </w:t>
+      </w:r>
+      <w:r w:rsidR="00B6173E" w:rsidRPr="000A49D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in these Waivers; and </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F86FB07" w14:textId="60260B0F" w:rsidR="00E600DF" w:rsidRPr="000A49D5" w:rsidRDefault="0006545F" w:rsidP="00F60FEC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="00B6173E" w:rsidRPr="000A49D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ndicate the applicable regulations governing </w:t>
+      </w:r>
+      <w:r w:rsidR="003C1445" w:rsidRPr="000A49D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00B6173E" w:rsidRPr="000A49D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">investigation and reporting responsibilities of the </w:t>
+      </w:r>
+      <w:r w:rsidR="003C1445" w:rsidRPr="000A49D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00B6173E" w:rsidRPr="000A49D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tate </w:t>
+      </w:r>
+      <w:r w:rsidR="003C1445" w:rsidRPr="000A49D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00B6173E" w:rsidRPr="000A49D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gency and providers under these Waivers</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8437E" w:rsidRPr="000A49D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA2E01" w:rsidRPr="000A49D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08592A4A" w14:textId="77777777" w:rsidR="000A60DF" w:rsidRPr="00522AB3" w:rsidRDefault="005438B8" w:rsidP="00F60FEC">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_Toc213321276"/>
       <w:r w:rsidRPr="00522AB3">
-        <w:rPr>
-[...6 lines deleted...]
-      </w:r>
+        <w:t>Scope</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w:rsidR="00E600DF" w:rsidRPr="00522AB3" w:rsidRDefault="007F65D4" w:rsidP="00F358C0">
+    <w:p w14:paraId="5FB81E31" w14:textId="07B56E9C" w:rsidR="00E600DF" w:rsidRPr="00522AB3" w:rsidRDefault="007F65D4" w:rsidP="009C7AD8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="360" w:right="101"/>
-        <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">The purpose of this policy is to </w:t>
+        <w:t xml:space="preserve">This policy applies to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007472A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="003C1445">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00755BA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tate </w:t>
+      </w:r>
+      <w:r w:rsidR="003C1445">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00755BA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gency responsible for the</w:t>
+      </w:r>
+      <w:r w:rsidR="00F23371" w:rsidRPr="007472A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> operation of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00B6173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ABI-RH</w:t>
+      </w:r>
+      <w:r w:rsidR="00F23371" w:rsidRPr="007472A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and MFP-RS Waiver programs. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A8437E" w:rsidRPr="007472A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This policy </w:t>
+      </w:r>
+      <w:r w:rsidR="00144158" w:rsidRPr="007472A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">provides protections </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE5C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for </w:t>
+      </w:r>
+      <w:r w:rsidR="00144158" w:rsidRPr="007472A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and defines responsibilities of the individuals that are receiving services and supports through these Waivers </w:t>
+      </w:r>
+      <w:r w:rsidR="00A8437E" w:rsidRPr="007472A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">as well as the </w:t>
+      </w:r>
+      <w:r w:rsidR="00B6173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">obligations and </w:t>
+      </w:r>
+      <w:r w:rsidR="00A8437E" w:rsidRPr="007472A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>responsibilities</w:t>
       </w:r>
       <w:r w:rsidR="00A8437E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>lay out the process</w:t>
+        <w:t xml:space="preserve"> of the </w:t>
+      </w:r>
+      <w:r w:rsidR="003C1445">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="009225FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tate </w:t>
+      </w:r>
+      <w:r w:rsidR="003C1445">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="009225FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gency and</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8437E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003E6B40">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00B6173E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>, principles,</w:t>
+        <w:t xml:space="preserve">Waiver </w:t>
       </w:r>
       <w:r w:rsidR="00A8437E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and method of </w:t>
+        <w:t>providers coordinating and providing services and supports</w:t>
       </w:r>
       <w:r w:rsidR="00B6173E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">individual </w:t>
-[...45 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> under the ABI-RH and MFP-RS Waivers</w:t>
+      </w:r>
+      <w:r w:rsidR="00144158">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00053A2F" w:rsidRPr="00053A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B6173E">
-[...41 lines deleted...]
-      <w:r w:rsidR="00A8437E">
+      <w:r w:rsidR="00053A2F" w:rsidRPr="00053A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In the event of </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE5C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidR="00053A2F" w:rsidRPr="00053A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>conflict in</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE5C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the</w:t>
+      </w:r>
+      <w:r w:rsidR="00053A2F" w:rsidRPr="00053A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> interpretation between this Policy and the referenced Waivers, </w:t>
+      </w:r>
+      <w:r w:rsidR="008D2B00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the conflict will be resolved in favor of other authority and laws, such as </w:t>
+      </w:r>
+      <w:r w:rsidR="00053A2F" w:rsidRPr="00053A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MassHealth regulations, </w:t>
+      </w:r>
+      <w:r w:rsidR="00053A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">applicable case law, or </w:t>
+      </w:r>
+      <w:r w:rsidR="00053A2F" w:rsidRPr="00053A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">other applicable </w:t>
+      </w:r>
+      <w:r w:rsidR="00053A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>statutes or laws</w:t>
+      </w:r>
+      <w:r w:rsidR="00053A2F" w:rsidRPr="00053A2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00FA2E01" w:rsidRPr="00522AB3">
-[...5 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="000A60DF" w:rsidRPr="00522AB3" w:rsidRDefault="005438B8" w:rsidP="00F358C0">
-[...27 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="356B1851" w14:textId="77777777" w:rsidR="00FA2E01" w:rsidRPr="003E6B40" w:rsidRDefault="003E6B40" w:rsidP="00F60FEC">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc213321277"/>
+      <w:r>
+        <w:t>Definitions</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
     </w:p>
-    <w:p w:rsidR="00E600DF" w:rsidRPr="00522AB3" w:rsidRDefault="007F65D4" w:rsidP="0041282B">
+    <w:p w14:paraId="68909F15" w14:textId="37C2BBAB" w:rsidR="00A65DC7" w:rsidRPr="00A65DC7" w:rsidRDefault="00A65DC7" w:rsidP="009C7AD8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-[...98 lines deleted...]
-      <w:r w:rsidR="00A8437E">
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="360" w:right="100"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0008133D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Consent</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC3F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003E6B40">
-[...36 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00FE5C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">oluntary approval given by </w:t>
+      </w:r>
+      <w:r w:rsidR="007472A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>written or</w:t>
+      </w:r>
+      <w:r w:rsidR="000A49D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> spoken</w:t>
+      </w:r>
+      <w:r w:rsidR="007472A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00053A2F" w:rsidRPr="00053A2F">
-[...60 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="000A49D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>word</w:t>
+      </w:r>
+      <w:r w:rsidR="007472A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, or implied by the action of a person, with adequate information and sufficient understanding to comprehend the consequences of the decision.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FA2E01" w:rsidRPr="003E6B40" w:rsidRDefault="003E6B40" w:rsidP="00F358C0">
-[...29 lines deleted...]
-    <w:p w:rsidR="00A65DC7" w:rsidRPr="00A65DC7" w:rsidRDefault="00A65DC7" w:rsidP="003E6B40">
+    <w:p w14:paraId="5597A3A1" w14:textId="3C6AC809" w:rsidR="003E6B40" w:rsidRDefault="003E6B40" w:rsidP="009C7AD8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="360" w:right="100"/>
-        <w:contextualSpacing/>
-[...4 lines deleted...]
-      </w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0008133D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Department of Developmental Services (DDS)</w:t>
+      </w:r>
+      <w:r w:rsidR="0008133D" w:rsidRPr="0008133D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> voluntary approval given by </w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE5C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> T</w:t>
       </w:r>
       <w:r w:rsidR="007472A9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>written or verbal word, or implied by the action of a person, with adequate information and sufficient understanding to comprehend the consequences of the decision.</w:t>
+        <w:t>he state agency organized under M.G.L. c. 19</w:t>
+      </w:r>
+      <w:r w:rsidR="00915237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="007472A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A65DC7" w:rsidRDefault="00A65DC7" w:rsidP="003E6B40">
+    <w:p w14:paraId="37EDA1FE" w14:textId="07860306" w:rsidR="00A67DD8" w:rsidRDefault="00A67DD8" w:rsidP="009C7AD8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="360" w:right="100"/>
-        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0008133D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-      </w:pPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Designated Representative</w:t>
+      </w:r>
+      <w:r w:rsidR="0008133D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006844F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> person who has come forward as an advocate for the Waiver participant</w:t>
+      </w:r>
+      <w:r w:rsidR="00453FD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s interests, </w:t>
+      </w:r>
+      <w:r w:rsidR="00404F1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> whom the participant has, through consent, chosen as a representative in connection with the development and review of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and who is acknowledged by the </w:t>
+      </w:r>
+      <w:r w:rsidR="003C1445">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tate </w:t>
+      </w:r>
+      <w:r w:rsidR="003C1445">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gency to be the designated representative for the individual in connection with such service planning in accordance with this policy.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="003E6B40" w:rsidRDefault="003E6B40" w:rsidP="003E6B40">
+    <w:p w14:paraId="2E292D3A" w14:textId="4CECA648" w:rsidR="00B17611" w:rsidRDefault="00404F1B" w:rsidP="009C7AD8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="360" w:right="100"/>
-        <w:contextualSpacing/>
-[...4 lines deleted...]
-      </w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0008133D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Disabled Person</w:t>
+      </w:r>
+      <w:r w:rsidR="00453FD6" w:rsidRPr="0008133D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0008133D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>s Protection Commission (DPPC)</w:t>
+      </w:r>
+      <w:r w:rsidR="0008133D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...2 lines deleted...]
-        <w:t>Department of Developmental Services (DDS):</w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006844F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> T</w:t>
+      </w:r>
+      <w:r w:rsidR="00B7682C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he commission established under </w:t>
+      </w:r>
+      <w:r w:rsidR="00E95B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>M.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B7682C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">G.L. c.19C to provide for the investigation and remediation of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...20 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve">instances of abuse and neglect committed against </w:t>
+      </w:r>
+      <w:r w:rsidR="009173E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">persons </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>with disabilities.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A67DD8" w:rsidRDefault="00A67DD8" w:rsidP="003E6B40">
+    <w:p w14:paraId="66325D7B" w14:textId="03880E85" w:rsidR="00BF6960" w:rsidRPr="00404F1B" w:rsidRDefault="00BF6960" w:rsidP="009C7AD8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="360" w:right="100"/>
-        <w:contextualSpacing/>
-[...4 lines deleted...]
-      </w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0008133D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Home and Community Based Services Director</w:t>
+      </w:r>
+      <w:r w:rsidR="0008133D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> A </w:t>
+      </w:r>
+      <w:r w:rsidR="003C1445">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tate </w:t>
+      </w:r>
+      <w:r w:rsidR="003C1445">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">gency employee charged with the implementation of the overall HCBS Waiver Program operational service delivery system for the </w:t>
+      </w:r>
+      <w:r w:rsidR="003C1445">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tate </w:t>
+      </w:r>
+      <w:r w:rsidR="003C1445">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gency responsible for the operation of the Waiver.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00A67DD8" w:rsidRDefault="00A67DD8" w:rsidP="003E6B40">
+    <w:p w14:paraId="5F387008" w14:textId="41B15389" w:rsidR="00A65DC7" w:rsidRDefault="00A65DC7" w:rsidP="009C7AD8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="360" w:right="100"/>
-        <w:contextualSpacing/>
-[...4 lines deleted...]
-      </w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0008133D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Home and Community-based Service (HCBS) Waiver Program</w:t>
+      </w:r>
+      <w:r w:rsidR="00B7682C" w:rsidRPr="0008133D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Waiver)</w:t>
+      </w:r>
+      <w:r w:rsidR="0008133D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...37 lines deleted...]
-        <w:t xml:space="preserve"> whom the participant has, through consent, chosen as a representative in connection with the development and review of the ISP, who is not otherwise disqualified from taking an appeal therefrom, and who is acknowledged by the State Agency to be the designated representative for the individual in connection with such service planning in accordance with this policy.</w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009173E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> O</w:t>
+      </w:r>
+      <w:r w:rsidR="007472A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ne of the following programs established </w:t>
+      </w:r>
+      <w:r w:rsidR="009173E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>under</w:t>
+      </w:r>
+      <w:r w:rsidR="007472A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 42 U.S.C. 1396n: Acquired Brain Injury</w:t>
+      </w:r>
+      <w:r w:rsidR="000265A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="007472A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Residential Habilitation (ABI-RH) or </w:t>
+      </w:r>
+      <w:r w:rsidR="002032B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Moving Forward Plan</w:t>
+      </w:r>
+      <w:r w:rsidR="00010E1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="007472A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Residential Supports (MFP-RS).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00404F1B" w:rsidRDefault="00404F1B" w:rsidP="003E6B40">
+    <w:p w14:paraId="06C61220" w14:textId="1425220D" w:rsidR="001C763D" w:rsidRPr="001C763D" w:rsidRDefault="001C763D" w:rsidP="009C7AD8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="360" w:right="100"/>
-        <w:contextualSpacing/>
-[...4 lines deleted...]
-      </w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0008133D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Human Rights Committee</w:t>
+      </w:r>
+      <w:r w:rsidR="0008133D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00150907">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009173E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> A</w:t>
+      </w:r>
+      <w:r w:rsidR="00C2394A" w:rsidRPr="00150907">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> group established by providers of residential services that </w:t>
+      </w:r>
+      <w:r w:rsidR="00C2394A" w:rsidRPr="00150907">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">assists the provider to affirm, promote, and protect the human and civil rights of individuals served and to monitor and review the activities of the provider </w:t>
+      </w:r>
+      <w:r w:rsidR="00E60215" w:rsidRPr="00150907">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>regarding</w:t>
+      </w:r>
+      <w:r w:rsidR="00C2394A" w:rsidRPr="00150907">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the human and civil rights of those individuals.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00404F1B" w:rsidRPr="00404F1B" w:rsidRDefault="00404F1B" w:rsidP="003E6B40">
+    <w:p w14:paraId="1FADBAC5" w14:textId="6E70719F" w:rsidR="00560BCE" w:rsidRDefault="00560BCE" w:rsidP="009C7AD8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="360" w:right="100"/>
-        <w:contextualSpacing/>
-[...4 lines deleted...]
-      </w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0008133D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Legal Representative or Legally Authorized Representative (LAR)</w:t>
+      </w:r>
+      <w:r w:rsidR="0008133D" w:rsidRPr="0008133D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...10 lines deleted...]
-        <w:t>’</w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003863DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> A</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...2 lines deleted...]
-        <w:t>s Protection Commission (DPPC):</w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> person representing the participant in connection with a particular matter, including a health care agent, durable power of attorney, representative payee, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B6173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">legal advocate/attorney, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...21 lines deleted...]
-        <w:t>neglect committed against adults with disabilities.</w:t>
+        <w:t>or court-appointed guardian or conservator.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F358C0" w:rsidRDefault="00F358C0" w:rsidP="00BB51D4">
+    <w:p w14:paraId="27D8DC8C" w14:textId="062C4C45" w:rsidR="007472A9" w:rsidRDefault="007472A9" w:rsidP="009C7AD8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-[...6 lines deleted...]
-      </w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="360" w:right="100"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0008133D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Least Restrictive</w:t>
+      </w:r>
+      <w:r w:rsidR="0008133D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003863DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ettings, modes of services, and styles of living or working that are most </w:t>
+      </w:r>
+      <w:r w:rsidR="003863DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>like</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and most integrated with what is typical and age-appropriate in the community, and which interfere the least with the Waiver participant</w:t>
+      </w:r>
+      <w:r w:rsidR="00453FD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s independence.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00A65DC7" w:rsidRDefault="00A65DC7" w:rsidP="003E6B40">
+    <w:p w14:paraId="7F8413C5" w14:textId="04B95C0B" w:rsidR="00915237" w:rsidRDefault="00915237" w:rsidP="009C7AD8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="360" w:right="100"/>
-        <w:contextualSpacing/>
-[...5 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Home and Community-based Service (HCBS) Waiver Program</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B7682C">
+      </w:pPr>
+      <w:r w:rsidRPr="0008133D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>MassHealth</w:t>
+      </w:r>
+      <w:r w:rsidR="0008133D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>:</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="001343EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007472A9">
-[...4 lines deleted...]
-        <w:t>one of the following programs established pursuant to 42 U.S.C. 1396n: Acquired Brain Injury—Residential Habilitation (ABI-RH) or Money Follows the Person—Residential Supports (MFP-RS).</w:t>
+      <w:r w:rsidR="003863DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003863DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="00727CEF" w:rsidRPr="008C272E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>he medical assistance and benefit programs administered by the Executive Office of Health and Human Services</w:t>
+      </w:r>
+      <w:r w:rsidR="003863DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (EOHHS)</w:t>
+      </w:r>
+      <w:r w:rsidR="00727CEF" w:rsidRPr="008C272E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003863DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>under</w:t>
+      </w:r>
+      <w:r w:rsidR="00727CEF" w:rsidRPr="008C272E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the provisions of M.G.L. c. 118E and </w:t>
+      </w:r>
+      <w:r w:rsidR="003863DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>following</w:t>
+      </w:r>
+      <w:r w:rsidR="00727CEF" w:rsidRPr="008C272E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Title XIX of the Social Security Act (42 U.S.C. 1396</w:t>
+      </w:r>
+      <w:r w:rsidR="002C3A24">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et seq.</w:t>
+      </w:r>
+      <w:r w:rsidR="00727CEF" w:rsidRPr="008C272E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>), Tit</w:t>
+      </w:r>
+      <w:r w:rsidR="009F742E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>le</w:t>
+      </w:r>
+      <w:r w:rsidR="00727CEF" w:rsidRPr="008C272E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> XXI of the Social Security Act (42 U.S.C. 1397</w:t>
+      </w:r>
+      <w:r w:rsidR="002C3A24">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et seq.</w:t>
+      </w:r>
+      <w:r w:rsidR="00727CEF" w:rsidRPr="008C272E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>), M.G.L. c. 118E, and other applicable laws and waivers to provide and pay for medical services to eligible members.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C763D" w:rsidRDefault="001C763D" w:rsidP="003E6B40">
+    <w:p w14:paraId="1798CD5E" w14:textId="75DFC95F" w:rsidR="00523FF0" w:rsidRDefault="00523FF0" w:rsidP="009C7AD8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="360" w:right="100"/>
-        <w:contextualSpacing/>
-[...4 lines deleted...]
-      </w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0008133D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Objective</w:t>
+      </w:r>
+      <w:r w:rsidR="0008133D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003863DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>hort term outcomes stated in behavioral or otherwise measurable terms, expected to be achieved through the provision of a particular service or support, the implementation of a particular intervention strategy, or a change o</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE216A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> modification of the environment.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="001C763D" w:rsidRPr="001C763D" w:rsidRDefault="001C763D" w:rsidP="003E6B40">
+    <w:p w14:paraId="385816AB" w14:textId="4ADE87B6" w:rsidR="0036081C" w:rsidRDefault="0036081C" w:rsidP="009C7AD8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="360" w:right="100"/>
-        <w:contextualSpacing/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00150907">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0008133D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00150907">
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidR="0008133D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C2394A" w:rsidRPr="00150907">
-[...4 lines deleted...]
-        <w:t>a group established by providers of residential services that assists the provider to affirm, promote, and protect the human and civil rights of individuals served and to monitor and review the activities of the provider with regard to the human and civil rights of those individuals.</w:t>
+      <w:r w:rsidR="003863DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ee Waiver Participant</w:t>
+      </w:r>
+      <w:r w:rsidR="009F742E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007472A9" w:rsidRDefault="007472A9" w:rsidP="003E6B40">
+    <w:p w14:paraId="178D7B03" w14:textId="609CA43F" w:rsidR="007222EA" w:rsidRDefault="00D23304" w:rsidP="009C7AD8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="360" w:right="100"/>
-        <w:contextualSpacing/>
-[...4 lines deleted...]
-      </w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0008133D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Person Centered Plan</w:t>
+      </w:r>
+      <w:r w:rsidR="007222EA" w:rsidRPr="0008133D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (PCP)</w:t>
+      </w:r>
+      <w:r w:rsidR="0008133D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003863DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> T</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he documents, including the </w:t>
+      </w:r>
+      <w:r w:rsidR="00B01520">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>individual service plan</w:t>
+      </w:r>
+      <w:r w:rsidR="007222EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B01520">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and the plan of care</w:t>
+      </w:r>
+      <w:r w:rsidR="007222EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> developed by the participant, their guardian or LAR, and their</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009219BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E613E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>service coordinator</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009219BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that presents the vision and goals of the participant in transitioning to and living in the community, and which uses the Participant’s vision and set of goals to guide and focus </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>their</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009219BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> authorized community services. </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="007472A9" w:rsidRDefault="007472A9" w:rsidP="003E6B40">
+    <w:p w14:paraId="478BDFE7" w14:textId="184E8693" w:rsidR="00D23304" w:rsidRDefault="00D23304" w:rsidP="009C7AD8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="360" w:right="100"/>
-        <w:contextualSpacing/>
-[...4 lines deleted...]
-      </w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009219BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The P</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...2 lines deleted...]
-        <w:t>Individual Service Plan (ISP):</w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">erson </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009219BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>C</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve">entered </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009219BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>lan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009219BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006C5FF2">
-[...46 lines deleted...]
-        <w:t xml:space="preserve"> Participant’s plan of care.</w:t>
+      <w:r w:rsidRPr="009219BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>is developed, implemented, reviewed, and modified according to the requirements of this Policy.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00560BCE" w:rsidRDefault="00560BCE" w:rsidP="003E6B40">
+    <w:p w14:paraId="2907A2B2" w14:textId="368004AC" w:rsidR="000265A4" w:rsidRDefault="00D23304" w:rsidP="009C7AD8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="360" w:right="100"/>
-        <w:contextualSpacing/>
-[...4 lines deleted...]
-      </w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0008133D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Person Centered Planning Team</w:t>
+      </w:r>
+      <w:r w:rsidR="0008133D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F294A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">An interdisciplinary team that is coordinated by the participant and </w:t>
+      </w:r>
+      <w:r w:rsidR="00E613E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>service coordinator</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and includes their guardian, LAR</w:t>
+      </w:r>
+      <w:r w:rsidR="00363E17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:r w:rsidR="00363E17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">esignated </w:t>
+      </w:r>
+      <w:r w:rsidR="00363E17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>epresentative, relevant waiver service providers, other persons as chosen by the participant and other appropriate pro</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC3777">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">essionals. The PCP planning process develops  the initial or subsequent written plans to guide service provision for the participant to live safely in the community.  </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00560BCE" w:rsidRDefault="00560BCE" w:rsidP="003E6B40">
+    <w:p w14:paraId="5A333073" w14:textId="20135374" w:rsidR="00931A3A" w:rsidRPr="0036081C" w:rsidRDefault="00931A3A" w:rsidP="009C7AD8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="360" w:right="100"/>
-        <w:contextualSpacing/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00560BCE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0008133D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...21 lines deleted...]
-        <w:t>or court-appointed guardian or conservator.</w:t>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Positive Behavior Supports</w:t>
+      </w:r>
+      <w:r w:rsidR="00B76F18" w:rsidRPr="0008133D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (PBS)</w:t>
+      </w:r>
+      <w:r w:rsidR="0008133D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C27D50">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="005F294A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C27D50">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C27D50" w:rsidRPr="00C27D50">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>systematic,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C27D50">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> person-centered approach to understanding the reasons for behavior and applying evidence-based practices for prevention, proactive intervention, teaching and responding to behavior, with the goal of achieving meaningful social outcomes, increasing learning and enhancing quality of life across the lifespan. PBS includes </w:t>
+      </w:r>
+      <w:r w:rsidR="00B76F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C27D50">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">niversal </w:t>
+      </w:r>
+      <w:r w:rsidR="00B76F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C27D50">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">upports, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B76F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C27D50">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">argeted </w:t>
+      </w:r>
+      <w:r w:rsidR="00B76F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C27D50">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>upports</w:t>
+      </w:r>
+      <w:r w:rsidR="00C27D50">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C27D50">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="00B76F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C27D50">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ntensive </w:t>
+      </w:r>
+      <w:r w:rsidR="00B76F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C27D50">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>upports, as defined at 115 CMR 5.14</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD0410">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD0410">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Positive Behavior Supports (PBS)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C27D50">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007472A9" w:rsidRDefault="007472A9" w:rsidP="003E6B40">
+    <w:p w14:paraId="5832B72F" w14:textId="77060FC0" w:rsidR="00952650" w:rsidRPr="00952650" w:rsidRDefault="00523FF0" w:rsidP="009C7AD8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="360" w:right="100"/>
-        <w:contextualSpacing/>
-[...4 lines deleted...]
-      </w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0008133D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Provider</w:t>
+      </w:r>
+      <w:r w:rsidR="0008133D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00952650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B76F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> T</w:t>
+      </w:r>
+      <w:r w:rsidR="00952650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>he individual</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or other legal entity with day-to-day responsibility for the operation of services or supports or </w:t>
+      </w:r>
+      <w:r w:rsidR="00E8363A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>homes</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> regulated by the </w:t>
+      </w:r>
+      <w:r w:rsidR="00D73298">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tate </w:t>
+      </w:r>
+      <w:r w:rsidR="00D73298">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">gency </w:t>
+      </w:r>
+      <w:r w:rsidR="00952650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>by law or contract.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="007472A9" w:rsidRDefault="007472A9" w:rsidP="003E6B40">
+    <w:p w14:paraId="1E98EC68" w14:textId="5FC5A114" w:rsidR="00952650" w:rsidRDefault="40D0DEA7" w:rsidP="009C7AD8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="360" w:right="100"/>
-        <w:contextualSpacing/>
-[...5 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0008133D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:szCs w:val="24"/>
-[...22 lines deleted...]
-        <w:t>s independence.</w:t>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Regional ABI-MFP Director</w:t>
+      </w:r>
+      <w:r w:rsidR="0008133D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00952650" w:rsidRPr="40BC8050">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003F4512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E8363A" w:rsidRPr="40BC8050">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A state employee charged with the implementation of the HCBS Waiver Program operational service delivery system </w:t>
+      </w:r>
+      <w:r w:rsidR="00915237" w:rsidRPr="40BC8050">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for the geographic region </w:t>
+      </w:r>
+      <w:r w:rsidR="00915237" w:rsidRPr="40BC8050">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>designated by the state agency responsible for the operation of the Waiver</w:t>
+      </w:r>
+      <w:r w:rsidR="00E8363A" w:rsidRPr="40BC8050">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001343EC" w:rsidRDefault="001343EC" w:rsidP="003E6B40">
+    <w:p w14:paraId="2ACDA0A1" w14:textId="2AEFDA8D" w:rsidR="0036081C" w:rsidRDefault="0036081C" w:rsidP="009C7AD8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="360" w:right="100"/>
-        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0008133D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-      </w:pPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Representative</w:t>
+      </w:r>
+      <w:r w:rsidR="0008133D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003F4512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ee </w:t>
+      </w:r>
+      <w:r w:rsidR="000265A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">esignated </w:t>
+      </w:r>
+      <w:r w:rsidR="000265A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>epresentative</w:t>
+      </w:r>
+      <w:r w:rsidR="000265A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00915237" w:rsidRDefault="00915237" w:rsidP="003E6B40">
+    <w:p w14:paraId="3BCD0181" w14:textId="4EA01DC7" w:rsidR="00987759" w:rsidRPr="0036081C" w:rsidRDefault="00987759" w:rsidP="009C7AD8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="360" w:right="100"/>
-        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0008133D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00915237">
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Residency Agreements</w:t>
+      </w:r>
+      <w:r w:rsidR="0008133D" w:rsidRPr="0008133D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:szCs w:val="24"/>
-[...6 lines deleted...]
-          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00727CEF" w:rsidRPr="008C272E">
-[...18 lines deleted...]
-        <w:t xml:space="preserve"> XXI of the Social Security Act (42 U.S.C. 1397), M.G.L. c. 118E, and other applicable laws and waivers to provide and pay for medical services to eligible members.</w:t>
+      <w:r w:rsidR="00C10167">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> L</w:t>
+      </w:r>
+      <w:r w:rsidR="001F0411">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>egally</w:t>
+      </w:r>
+      <w:r w:rsidR="00363E17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001F0411">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>enforceable ag</w:t>
+      </w:r>
+      <w:r w:rsidR="00785FC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>reements entered into by an individual and a provider in accordance with 42 C</w:t>
+      </w:r>
+      <w:r w:rsidR="001F0411">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidR="00785FC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>R 441.301(</w:t>
+      </w:r>
+      <w:r w:rsidR="004272D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="00785FC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)(4)(vi)(A). </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00523FF0" w:rsidRDefault="00523FF0" w:rsidP="00755BA3">
+    <w:p w14:paraId="4754219A" w14:textId="611A0E0B" w:rsidR="00952650" w:rsidRPr="00952650" w:rsidRDefault="00952650" w:rsidP="009C7AD8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-[...6 lines deleted...]
-      </w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="360" w:right="100"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0008133D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Service Coordinator</w:t>
+      </w:r>
+      <w:r w:rsidR="0008133D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C10167">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> T</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he person designated by the </w:t>
+      </w:r>
+      <w:r w:rsidR="005C4448">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tate </w:t>
+      </w:r>
+      <w:r w:rsidR="005C4448">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">gency to arrange, coordinate, or monitor, or to remain informed about, services or supports provided, purchased, or arranged by the </w:t>
+      </w:r>
+      <w:r w:rsidR="005C4448">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tate </w:t>
+      </w:r>
+      <w:r w:rsidR="005C4448">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">gency for a particular </w:t>
+      </w:r>
+      <w:r w:rsidR="00E8363A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>participant</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and to be responsible for the development of a </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for the Waiver participant.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00523FF0" w:rsidRDefault="00523FF0" w:rsidP="003E6B40">
+    <w:p w14:paraId="062A9137" w14:textId="6FA32ADD" w:rsidR="00952650" w:rsidRPr="00952650" w:rsidRDefault="00952650" w:rsidP="009C7AD8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="360" w:right="100"/>
-        <w:contextualSpacing/>
-[...4 lines deleted...]
-      </w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0008133D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidR="0008133D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...2 lines deleted...]
-        <w:t>Objective:</w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C10167">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003A796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Home</w:t>
+      </w:r>
+      <w:r w:rsidR="00C10167">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="003A796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and community-based waiver services</w:t>
+      </w:r>
+      <w:r w:rsidR="00B6173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> covered under the Waiver in which the Waiver participant is enrolled and as described in Appendix C of the applicable federally</w:t>
+      </w:r>
+      <w:r w:rsidR="000265A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B6173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>approved Waiver application</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> short term outcomes stated in behavioral or otherwise measurable terms, expected to be achieved through the provision of a particular service or support, the implementation of a particular intervention strategy, or a change of modification of the environment.</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0036081C" w:rsidRDefault="0036081C" w:rsidP="003E6B40">
+    <w:p w14:paraId="02ECF52D" w14:textId="61B05CBD" w:rsidR="00A65DC7" w:rsidRDefault="00A65DC7" w:rsidP="009C7AD8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="360" w:right="100"/>
-        <w:contextualSpacing/>
-[...4 lines deleted...]
-      </w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0008133D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>State Agency</w:t>
+      </w:r>
+      <w:r w:rsidR="0008133D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C10167">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001343EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="00527491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Department of Developmental Services (DDS) in it</w:t>
+      </w:r>
+      <w:r w:rsidR="009F742E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s operation of the HCBS Waivers</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA53C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="00C10167">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>under</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA53C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> an </w:t>
+      </w:r>
+      <w:r w:rsidR="00C10167">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA53C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nterdepartmental</w:t>
+      </w:r>
+      <w:r w:rsidR="00527491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C10167">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00527491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ervice </w:t>
+      </w:r>
+      <w:r w:rsidR="00C10167">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00527491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">greement with </w:t>
+      </w:r>
+      <w:r w:rsidR="00C10167">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>EOHHS</w:t>
+      </w:r>
+      <w:r w:rsidR="007472A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="0036081C" w:rsidRDefault="0036081C" w:rsidP="003E6B40">
+    <w:p w14:paraId="58F1CCCA" w14:textId="49D4BB66" w:rsidR="00952650" w:rsidRDefault="00952650" w:rsidP="009C7AD8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="360" w:right="100"/>
-        <w:contextualSpacing/>
-[...4 lines deleted...]
-      </w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0008133D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Supports</w:t>
+      </w:r>
+      <w:r w:rsidR="0008133D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...2 lines deleted...]
-        <w:t>Participant:</w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C10167">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> R</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> see definition for Waiver Participant</w:t>
-[...6 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>esources and strategies that promote the interests and causes of Waiver participants and that enable participants to access resources, information, and relationships inherent in integrated work and living environments, and that result in participants</w:t>
+      </w:r>
+      <w:r w:rsidR="00453FD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> enhanced independence, productivity, community integration, and satisfaction.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00931A3A" w:rsidRDefault="00931A3A" w:rsidP="003E6B40">
+    <w:p w14:paraId="71EADC0B" w14:textId="637D33AE" w:rsidR="00952650" w:rsidRPr="00952650" w:rsidRDefault="00952650" w:rsidP="009C7AD8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="360" w:right="100"/>
-        <w:contextualSpacing/>
-[...4 lines deleted...]
-      </w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0008133D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Vision Statement</w:t>
+      </w:r>
+      <w:r w:rsidR="0008133D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C10167">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> statement of what is important to the Waiver participant in </w:t>
+      </w:r>
+      <w:r w:rsidR="00B337AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>their</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> life. It describes the participant</w:t>
+      </w:r>
+      <w:r w:rsidR="00453FD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s preferences on how </w:t>
+      </w:r>
+      <w:r w:rsidR="00B337AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>they</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> wish to live, work, and spend </w:t>
+      </w:r>
+      <w:r w:rsidR="00B337AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>their</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> leisure time and identifies interests, relationships, and activities </w:t>
+      </w:r>
+      <w:r w:rsidR="00B337AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>they</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> would like to continue or explore. If the participant is unable to fully express </w:t>
+      </w:r>
+      <w:r w:rsidR="00B4432C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>themselves</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, the </w:t>
+      </w:r>
+      <w:r w:rsidR="007263DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00D90A64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>CP</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> team will assist in the development of the participant</w:t>
+      </w:r>
+      <w:r w:rsidR="00453FD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s vision statement. The vision statement expresses the participant</w:t>
+      </w:r>
+      <w:r w:rsidR="00453FD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s vision; it does not create any enforceable rights and is not binding on the </w:t>
+      </w:r>
+      <w:r w:rsidR="00D73298">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tate </w:t>
+      </w:r>
+      <w:r w:rsidR="00D73298">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gency.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00931A3A" w:rsidRPr="0036081C" w:rsidRDefault="00931A3A" w:rsidP="003E6B40">
+    <w:p w14:paraId="13FA9601" w14:textId="64CA9857" w:rsidR="00A65DC7" w:rsidRDefault="003E6B40" w:rsidP="009C7AD8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="360" w:right="100"/>
-        <w:contextualSpacing/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00C27D50">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0008133D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...46 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Waiver Participant</w:t>
+      </w:r>
+      <w:r w:rsidR="0008133D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C10167">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> A</w:t>
+      </w:r>
+      <w:r w:rsidR="007472A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MassHealth member who </w:t>
+      </w:r>
+      <w:r w:rsidR="00B6173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>has been determined eligible for, and is enrolled in, an ABI-RH or MFP-RS</w:t>
+      </w:r>
+      <w:r w:rsidR="00C428D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007472A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Waiver.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00523FF0" w:rsidRDefault="00523FF0" w:rsidP="003E6B40">
+    <w:p w14:paraId="1664608D" w14:textId="77777777" w:rsidR="00C10167" w:rsidRDefault="00C10167" w:rsidP="009C7AD8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="360" w:right="100"/>
-        <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00952650" w:rsidRPr="00952650" w:rsidRDefault="00523FF0" w:rsidP="00952650">
-[...12 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="72CAB66B" w14:textId="77777777" w:rsidR="003E6B40" w:rsidRPr="00522AB3" w:rsidRDefault="003E6B40" w:rsidP="00F60FEC">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc213321278"/>
       <w:r>
-        <w:rPr>
-[...41 lines deleted...]
-      </w:r>
+        <w:t>Policy</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
     </w:p>
-    <w:p w:rsidR="00952650" w:rsidRDefault="00952650" w:rsidP="003E6B40">
-[...773 lines deleted...]
-    <w:p w:rsidR="000A60DF" w:rsidRDefault="005438B8" w:rsidP="003E6B40">
+    <w:p w14:paraId="57D7B14E" w14:textId="39C22875" w:rsidR="000A60DF" w:rsidRDefault="005438B8" w:rsidP="009C7AD8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:right="100"/>
-        <w:rPr>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C10167">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>Service Planning</w:t>
       </w:r>
-      <w:r w:rsidR="005F363D">
-[...9 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00C10167" w:rsidRPr="00C10167">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="005F363D" w:rsidRPr="3BE1B534">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C10167">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>This section describes</w:t>
+      </w:r>
+      <w:r w:rsidR="005F363D" w:rsidRPr="3BE1B534">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003554CE" w:rsidRPr="3BE1B534">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">the agreed-upon </w:t>
       </w:r>
-      <w:r w:rsidR="005F363D">
-[...17 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="005F363D" w:rsidRPr="3BE1B534">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">principles and timelines for planning and developing a </w:t>
+      </w:r>
+      <w:r w:rsidR="00505EB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Person Centered Plan</w:t>
+      </w:r>
+      <w:r w:rsidR="00C10167">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (PCP)</w:t>
+      </w:r>
+      <w:r w:rsidR="005F363D" w:rsidRPr="3BE1B534">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for individuals served under the ABI-R</w:t>
+      </w:r>
+      <w:r w:rsidR="004A1E63" w:rsidRPr="3BE1B534">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>H</w:t>
       </w:r>
-      <w:r w:rsidR="005F363D">
-[...9 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="005F363D" w:rsidRPr="3BE1B534">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or MFP-RS Waivers. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C10167">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Regardless of </w:t>
+      </w:r>
+      <w:r w:rsidR="005F363D" w:rsidRPr="3BE1B534">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">any language contained here, the grounds for </w:t>
+      </w:r>
+      <w:r w:rsidR="003554CE" w:rsidRPr="3BE1B534">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>an</w:t>
       </w:r>
-      <w:r w:rsidR="005F363D">
-[...16 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="005F363D" w:rsidRPr="3BE1B534">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> appeal of a</w:t>
+      </w:r>
+      <w:r w:rsidR="00C10167">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> PCP</w:t>
+      </w:r>
+      <w:r w:rsidR="005F363D" w:rsidRPr="3BE1B534">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000A49D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>must follow</w:t>
+      </w:r>
+      <w:r w:rsidR="00005017" w:rsidRPr="3BE1B534">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="000A49D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">be </w:t>
+      </w:r>
+      <w:r w:rsidR="00005017" w:rsidRPr="3BE1B534">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>limited to the grounds set forth in</w:t>
+      </w:r>
+      <w:r w:rsidR="00E2529C" w:rsidRPr="3BE1B534">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> the MassHealth Fair Hearing regulation at</w:t>
       </w:r>
-      <w:r w:rsidR="00005017">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00005017" w:rsidRPr="3BE1B534">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E2529C">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00E2529C" w:rsidRPr="3BE1B534">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">130 CMR 610.032: </w:t>
       </w:r>
-      <w:r w:rsidR="00E2529C" w:rsidRPr="00E2529C">
+      <w:r w:rsidR="00F673D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E2529C" w:rsidRPr="3BE1B534">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Grounds for Appeal</w:t>
       </w:r>
-      <w:r w:rsidR="005F363D">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="005F363D" w:rsidRPr="3BE1B534">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">.   </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00453FD6" w:rsidRPr="00522AB3" w:rsidRDefault="00453FD6" w:rsidP="00453FD6">
-[...14 lines deleted...]
-    <w:p w:rsidR="0027277E" w:rsidRDefault="0027277E" w:rsidP="00BB51D4">
+    <w:p w14:paraId="5F0D2DA9" w14:textId="366685CB" w:rsidR="0027277E" w:rsidRDefault="0027277E" w:rsidP="009C7AD8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1530"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:right="100"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC6435">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Ap</w:t>
       </w:r>
       <w:r w:rsidRPr="00144158">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">plication and Scope of </w:t>
       </w:r>
-      <w:r w:rsidRPr="007472A9">
+      <w:r w:rsidR="006D1A01">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Individual Service Plans</w:t>
+        <w:t>Person Cente</w:t>
+      </w:r>
+      <w:r w:rsidR="002240BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>red Plans</w:t>
+      </w:r>
+      <w:r w:rsidR="00913C84">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">: all Waiver participants shall receive services under the Waiver programs in accordance with the </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009119A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ll Waiver participants </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA0ADD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA0ADD" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">receive services under the Waiver programs in accordance with the </w:t>
       </w:r>
       <w:r w:rsidR="00DC6435">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">requirements of the Waiver provisions and the </w:t>
       </w:r>
+      <w:r w:rsidR="009119A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Individual Service Plan.</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00453FD6" w:rsidRPr="00522AB3" w:rsidRDefault="00453FD6" w:rsidP="00453FD6">
-[...14 lines deleted...]
-    <w:p w:rsidR="000A60DF" w:rsidRDefault="00F23371" w:rsidP="003E6B40">
+    <w:p w14:paraId="14ABB583" w14:textId="2FFEBF0A" w:rsidR="000A60DF" w:rsidRDefault="00F23371" w:rsidP="009C7AD8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:right="100"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Principles of Individual Service Planning</w:t>
+        <w:t xml:space="preserve">Principles of </w:t>
+      </w:r>
+      <w:r w:rsidR="00377F4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Person Centered Planning</w:t>
+      </w:r>
+      <w:r w:rsidR="00913C84">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>: The following principles govern service planning:</w:t>
+        <w:t xml:space="preserve"> The following principles govern service planning</w:t>
+      </w:r>
+      <w:r w:rsidR="003C4664">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00453FD6" w:rsidRPr="00453FD6" w:rsidRDefault="00453FD6" w:rsidP="00453FD6">
-[...8 lines deleted...]
-    <w:p w:rsidR="00EA363A" w:rsidRDefault="00F23371" w:rsidP="00EA363A">
+    <w:p w14:paraId="4BB0896D" w14:textId="77777777" w:rsidR="00EA363A" w:rsidRDefault="00F23371" w:rsidP="003C4664">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:left="2160" w:right="100" w:hanging="360"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Respect for the dignity and rights of each </w:t>
       </w:r>
       <w:r w:rsidR="005405A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="009F742E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EA363A" w:rsidRDefault="00EA363A" w:rsidP="00EA363A">
-[...14 lines deleted...]
-    <w:p w:rsidR="00F23371" w:rsidRPr="00EA363A" w:rsidRDefault="00F23371" w:rsidP="00EA363A">
+    <w:p w14:paraId="44FC0CA4" w14:textId="5AF3A638" w:rsidR="00F23371" w:rsidRPr="00EA363A" w:rsidRDefault="009119A4" w:rsidP="003C4664">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-[...11 lines deleted...]
-        <w:t>Humane and adequate care and treatment</w:t>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>h</w:t>
+      </w:r>
+      <w:r w:rsidR="00F23371" w:rsidRPr="00EA363A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>umane and adequate care and treatment</w:t>
       </w:r>
       <w:r w:rsidR="009F742E" w:rsidRPr="00EA363A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00453FD6" w:rsidRPr="00453FD6" w:rsidRDefault="00453FD6" w:rsidP="00BB51D4">
-[...9 lines deleted...]
-    <w:p w:rsidR="00F23371" w:rsidRPr="00522AB3" w:rsidRDefault="00F23371" w:rsidP="00BB51D4">
+    <w:p w14:paraId="3A346D91" w14:textId="503C860A" w:rsidR="00F23371" w:rsidRPr="00522AB3" w:rsidRDefault="009119A4" w:rsidP="003C4664">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-[...11 lines deleted...]
-        <w:t>Self-determination and freedom of choice to the person</w:t>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00F23371" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>elf-determination and freedom of choice to the person</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r w:rsidRPr="00522AB3">
+      <w:r w:rsidR="00F23371" w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s fullest capacity</w:t>
       </w:r>
       <w:r w:rsidR="009F742E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00453FD6" w:rsidRDefault="00453FD6" w:rsidP="00BB51D4">
-[...14 lines deleted...]
-    <w:p w:rsidR="00F23371" w:rsidRPr="00522AB3" w:rsidRDefault="00F23371" w:rsidP="00BB51D4">
+    <w:p w14:paraId="539E4EE0" w14:textId="3CEF035A" w:rsidR="00F23371" w:rsidRPr="00522AB3" w:rsidRDefault="009119A4" w:rsidP="003C4664">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-[...11 lines deleted...]
-        <w:t>The opportunity to live and receive services in the least restrictive and most typical setting possible</w:t>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="00F23371" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>he opportunity to live and receive services in the least restrictive and most typical setting possible</w:t>
       </w:r>
       <w:r w:rsidR="009F742E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00453FD6" w:rsidRDefault="00453FD6" w:rsidP="00BB51D4">
-[...14 lines deleted...]
-    <w:p w:rsidR="00F23371" w:rsidRPr="00522AB3" w:rsidRDefault="00F23371" w:rsidP="00BB51D4">
+    <w:p w14:paraId="16FA5510" w14:textId="386065BE" w:rsidR="00F23371" w:rsidRPr="00522AB3" w:rsidRDefault="009119A4" w:rsidP="003C4664">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">The opportunity to undergo typical developmental experiences, even though such experiences </w:t>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="00F23371" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he opportunity to undergo typical developmental experiences, even though such experiences </w:t>
       </w:r>
       <w:r w:rsidR="0027277E" w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>may entail an element of risk, provided that the person</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="0027277E" w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s safety and well-being will not be unreasonably jeopardized</w:t>
       </w:r>
       <w:r w:rsidR="009F742E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>; and</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00453FD6" w:rsidRDefault="00453FD6" w:rsidP="00BB51D4">
-[...14 lines deleted...]
-    <w:p w:rsidR="0027277E" w:rsidRDefault="0027277E" w:rsidP="00BB51D4">
+    <w:p w14:paraId="736F7C5D" w14:textId="652BFFE4" w:rsidR="0027277E" w:rsidRDefault="009119A4" w:rsidP="003C4664">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">The opportunity to engage in activities and styles of living that encourage and maintain the integration of the </w:t>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="0027277E" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he opportunity to engage in activities and styles of living that encourage and maintain the integration of the </w:t>
       </w:r>
       <w:r w:rsidR="005405A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
-      <w:r w:rsidRPr="00522AB3">
+      <w:r w:rsidR="0027277E" w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the community through individualized social and physical environments.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00453FD6" w:rsidRPr="00522AB3" w:rsidRDefault="00453FD6" w:rsidP="00453FD6">
-[...14 lines deleted...]
-    <w:p w:rsidR="0027277E" w:rsidRPr="00522AB3" w:rsidRDefault="0027277E" w:rsidP="0027277E">
+    <w:p w14:paraId="659E8C48" w14:textId="0F685C2C" w:rsidR="0027277E" w:rsidRPr="00522AB3" w:rsidRDefault="0027277E" w:rsidP="009C7AD8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:right="100"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Participation in Individual Service Planning</w:t>
-[...6 lines deleted...]
-        <w:t>:</w:t>
+        <w:t xml:space="preserve">Participation in </w:t>
+      </w:r>
+      <w:r w:rsidR="002240BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Person Centered Planning</w:t>
+      </w:r>
+      <w:r w:rsidR="00913C84">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00453FD6" w:rsidRDefault="00453FD6" w:rsidP="00453FD6">
-[...14 lines deleted...]
-    <w:p w:rsidR="0027277E" w:rsidRPr="00522AB3" w:rsidRDefault="00B106B7" w:rsidP="00BB51D4">
+    <w:p w14:paraId="4065C4B7" w14:textId="16279F81" w:rsidR="0027277E" w:rsidRPr="00522AB3" w:rsidRDefault="00B106B7" w:rsidP="00DD6D91">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-[...5 lines deleted...]
-      </w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6D91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="002240BF" w:rsidRPr="00DD6D91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD6D91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Team</w:t>
+      </w:r>
+      <w:r w:rsidR="00913C84">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">The </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0027277E" w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">An Individual Service Plan (ISP) shall be developed with input from the </w:t>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD791F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002240BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidR="0027277E" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E32D80">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidR="00E32D80" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0027277E" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">be developed with input from the </w:t>
       </w:r>
       <w:r w:rsidR="00144158">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="0027277E" w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, the </w:t>
       </w:r>
       <w:r w:rsidR="005405A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -3107,51 +4882,74 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00380774">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s service coordinator</w:t>
       </w:r>
       <w:r w:rsidR="0027277E" w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00CB101C" w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">the provider(s) of applicable services to be included in the ISP, designated representatives of the </w:t>
+        <w:t xml:space="preserve">the provider(s) of applicable services to be included in the </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="5" w:name="_Hlk198729404"/>
+      <w:r w:rsidR="007263DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00505EB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>CP</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidR="00CB101C" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, designated representatives of the </w:t>
       </w:r>
       <w:r w:rsidR="005405A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="00CB101C" w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00C9375F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">and any </w:t>
       </w:r>
       <w:r w:rsidR="00CB101C" w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -3187,355 +4985,480 @@
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="00CB101C" w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> or guardian knowingly objects to such person</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00CB101C" w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s participation.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00453FD6" w:rsidRDefault="00453FD6" w:rsidP="00BB51D4">
-[...14 lines deleted...]
-    <w:p w:rsidR="00CB101C" w:rsidRPr="00522AB3" w:rsidRDefault="00B106B7" w:rsidP="00BB51D4">
+    <w:p w14:paraId="5DE7EDEC" w14:textId="091EDAC7" w:rsidR="00CB101C" w:rsidRPr="00522AB3" w:rsidRDefault="00B106B7" w:rsidP="00DD6D91">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:left="2160" w:right="100" w:hanging="360"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">The State Agency shall provide reasonable assistance and accommodations to enable the </w:t>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="00D73298">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tate </w:t>
+      </w:r>
+      <w:r w:rsidR="00D73298">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">gency </w:t>
+      </w:r>
+      <w:r w:rsidR="00E32D80">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>will</w:t>
+      </w:r>
+      <w:r w:rsidR="00E32D80" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">provide reasonable assistance and accommodation to enable the </w:t>
       </w:r>
       <w:r w:rsidR="00144158">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and other members of the ISP Team to participate meaningfully in the development, review, and modification of the ISP.</w:t>
+        <w:t xml:space="preserve"> and other members of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00505EB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Team to participate meaningfully in the development, review, and modification of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00505EB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00453FD6" w:rsidRDefault="00453FD6" w:rsidP="00BB51D4">
-[...14 lines deleted...]
-    <w:p w:rsidR="00B106B7" w:rsidRPr="00522AB3" w:rsidRDefault="00B106B7" w:rsidP="00BB51D4">
+    <w:p w14:paraId="6B9B0C4E" w14:textId="60B3A4A8" w:rsidR="00B106B7" w:rsidRPr="00522AB3" w:rsidRDefault="00B106B7" w:rsidP="00DD6D91">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:left="2160" w:right="100" w:hanging="360"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="00144158">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="00D46130">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> shall</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E32D80">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidR="00E32D80" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D46130">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">be involved as fully as possible to </w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve">participate in the process, work with </w:t>
+      </w:r>
+      <w:r w:rsidR="00380774">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the service coordinator </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to develop the vision statement, determine the issues for and format of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00505EB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> meeting, determine who to invite to the </w:t>
+      </w:r>
+      <w:r w:rsidR="00505EB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> meeting, indicate </w:t>
+      </w:r>
+      <w:r w:rsidR="00B350F3" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">approval of or concerns related to the </w:t>
+      </w:r>
+      <w:r w:rsidR="00505EB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidR="00B350F3" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, participate fully in the implementation, modification, and review of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00505EB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidR="00B350F3" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and provide ongoing feedback about satisfaction </w:t>
+      </w:r>
+      <w:r w:rsidR="00D46130">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidR="00B350F3" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00505EB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidR="00B350F3" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> implementation and </w:t>
+      </w:r>
       <w:r w:rsidR="00D46130">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">be involved as fully as possible to </w:t>
-[...28 lines deleted...]
-        <w:t xml:space="preserve">to develop the vision statement, determine the issues for and format of the ISP meeting, determine who to invite to the ISP meeting, indicate </w:t>
+        <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00B350F3" w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">approval of or concerns related to the ISP, participate fully in the implementation, modification, and review of the ISP, and provide ongoing feedback about satisfaction </w:t>
-[...26 lines deleted...]
-        </w:rPr>
         <w:t>need for modification.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00453FD6" w:rsidRPr="00453FD6" w:rsidRDefault="00453FD6" w:rsidP="00453FD6">
-[...14 lines deleted...]
-    <w:p w:rsidR="00BA31EB" w:rsidRPr="00522AB3" w:rsidRDefault="00380774" w:rsidP="00BA31EB">
+    <w:p w14:paraId="03F1D168" w14:textId="68E4592A" w:rsidR="00BA31EB" w:rsidRPr="00522AB3" w:rsidRDefault="00380774" w:rsidP="009C7AD8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:right="100"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Service Coordinator </w:t>
       </w:r>
       <w:r w:rsidR="00BA31EB" w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Responsibilities</w:t>
       </w:r>
+      <w:r w:rsidR="00913C84">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>: The service coordinator</w:t>
+        <w:t xml:space="preserve"> The service coordinator</w:t>
       </w:r>
       <w:r w:rsidR="00BA31EB" w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D46130">
-[...11 lines deleted...]
-        <w:t>:</w:t>
+      <w:r w:rsidR="00E32D80">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>has</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD6D91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the following responsibilities.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00453FD6" w:rsidRDefault="00453FD6" w:rsidP="00453FD6">
-[...14 lines deleted...]
-    <w:p w:rsidR="00BA31EB" w:rsidRPr="007A39BC" w:rsidRDefault="00BA31EB" w:rsidP="00BB51D4">
+    <w:p w14:paraId="35F2F86F" w14:textId="5EA0268D" w:rsidR="00BA31EB" w:rsidRPr="007A39BC" w:rsidRDefault="00BA31EB" w:rsidP="00DD6D91">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:left="2160" w:right="100" w:hanging="360"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Explain the purpose of the ISP and the ISP meeting to the </w:t>
+        <w:t xml:space="preserve">Explain the purpose of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00436B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the </w:t>
+      </w:r>
+      <w:r w:rsidR="00436B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> meeting to the </w:t>
       </w:r>
       <w:r w:rsidR="00D46130">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and guardian</w:t>
       </w:r>
       <w:r w:rsidR="00E8363A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> or LAR</w:t>
       </w:r>
       <w:r w:rsidR="00465DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -3547,1545 +5470,1701 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>if applicable</w:t>
       </w:r>
       <w:r w:rsidR="00465DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00130EA4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00130EA4" w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>within 15 days of the initiation of services or supports or at least 45 days prior to the projected date of the ISP meeting</w:t>
+        <w:t xml:space="preserve">within 15 days of the initiation of services or supports or at least 45 days prior to the projected date of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00436B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidR="00697BF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00130EA4" w:rsidRPr="007A39BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>meeting</w:t>
       </w:r>
       <w:r w:rsidR="00C9375F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00453FD6" w:rsidRDefault="00453FD6" w:rsidP="00BB51D4">
-[...14 lines deleted...]
-    <w:p w:rsidR="00BA31EB" w:rsidRPr="00522AB3" w:rsidRDefault="00BA31EB" w:rsidP="00BB51D4">
+    <w:p w14:paraId="19DA2343" w14:textId="40F3DFFD" w:rsidR="00BA31EB" w:rsidRPr="00522AB3" w:rsidRDefault="00DD6D91" w:rsidP="00DD6D91">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">Develop an understanding of the </w:t>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA31EB" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">evelop an understanding of the </w:t>
       </w:r>
       <w:r w:rsidR="00D46130">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00D46130">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="00522AB3">
+      <w:r w:rsidR="00BA31EB" w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> vision statement, goals, satisfaction with services, and current circumstances</w:t>
       </w:r>
       <w:r w:rsidR="00C9375F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00453FD6" w:rsidRDefault="00453FD6" w:rsidP="00BB51D4">
-[...14 lines deleted...]
-    <w:p w:rsidR="00BA31EB" w:rsidRPr="00522AB3" w:rsidRDefault="00BA31EB" w:rsidP="00BB51D4">
+    <w:p w14:paraId="47264CC5" w14:textId="796C86F5" w:rsidR="00BA31EB" w:rsidRPr="00522AB3" w:rsidRDefault="00DD6D91" w:rsidP="00DD6D91">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">In conjunction with the </w:t>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA31EB" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">n conjunction with the </w:t>
       </w:r>
       <w:r w:rsidR="00D46130">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="00E8363A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
-      <w:r w:rsidRPr="00522AB3">
+      <w:r w:rsidR="00BA31EB" w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> guardian</w:t>
       </w:r>
       <w:r w:rsidR="00E8363A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> or LAR</w:t>
       </w:r>
-      <w:r w:rsidRPr="00522AB3">
+      <w:r w:rsidR="00BA31EB" w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00465DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0081228D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>if applicable</w:t>
       </w:r>
       <w:r w:rsidR="00465DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00522AB3">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> determine the issues to be reviewed at the ISP meeting, who should be invited to attend, and when and where the ISP meeting should be held</w:t>
+      <w:r w:rsidR="00BA31EB" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> determine the issues to be reviewed at the </w:t>
+      </w:r>
+      <w:r w:rsidR="00436B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA31EB" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> meeting, who should be invited to attend, and when and where the </w:t>
+      </w:r>
+      <w:r w:rsidR="00436B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA31EB" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> meeting should be held</w:t>
       </w:r>
       <w:r w:rsidR="00C9375F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00453FD6" w:rsidRDefault="00453FD6" w:rsidP="00BB51D4">
-[...14 lines deleted...]
-    <w:p w:rsidR="00BA31EB" w:rsidRPr="00D46130" w:rsidRDefault="00BA31EB" w:rsidP="00BB51D4">
+    <w:p w14:paraId="1C6C4393" w14:textId="0B601F57" w:rsidR="00BA31EB" w:rsidRPr="00D46130" w:rsidRDefault="002372EC" w:rsidP="00DD6D91">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">Conduct an in-person meeting with the </w:t>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA31EB" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">onduct an in-person meeting with the </w:t>
       </w:r>
       <w:r w:rsidR="00D46130">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
-      <w:r w:rsidRPr="00522AB3">
+      <w:r w:rsidR="00BA31EB" w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and, </w:t>
       </w:r>
       <w:r w:rsidR="00BF6C43">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>where applicable</w:t>
       </w:r>
-      <w:r w:rsidRPr="00522AB3">
+      <w:r w:rsidR="00BA31EB" w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, with the guardian</w:t>
       </w:r>
       <w:r w:rsidR="00E8363A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> or LAR</w:t>
       </w:r>
       <w:r w:rsidR="00465DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="0081228D">
-[...18 lines deleted...]
-        <w:t xml:space="preserve"> to develop the vision statement for the </w:t>
+      <w:r w:rsidR="00BA31EB" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to develop the vision statement for the </w:t>
       </w:r>
       <w:r w:rsidR="00D46130">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00D46130">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D46130">
-[...6 lines deleted...]
-      <w:r w:rsidR="00D46130">
+      <w:r w:rsidR="00BA31EB" w:rsidRPr="00D46130">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> first </w:t>
+      </w:r>
+      <w:r w:rsidR="00436B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA31EB" w:rsidRPr="00D46130">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, when significant changes have occurred or are anticipated, or at the request of the </w:t>
+      </w:r>
+      <w:r w:rsidR="005405A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
-      <w:r w:rsidR="00453FD6">
-[...27 lines deleted...]
-      <w:r w:rsidRPr="00D46130">
+      <w:r w:rsidR="00BA31EB" w:rsidRPr="00D46130">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> or guardian</w:t>
       </w:r>
       <w:r w:rsidR="00C9375F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BB51D4" w:rsidRDefault="00BB51D4" w:rsidP="00BB51D4">
-[...14 lines deleted...]
-    <w:p w:rsidR="00313E42" w:rsidRPr="00522AB3" w:rsidRDefault="00313E42" w:rsidP="00BB51D4">
+    <w:p w14:paraId="5BA0223C" w14:textId="4A716735" w:rsidR="00313E42" w:rsidRPr="00522AB3" w:rsidRDefault="002372EC" w:rsidP="00DD6D91">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">Consult with the </w:t>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="00313E42" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">onsult with the </w:t>
       </w:r>
       <w:r w:rsidR="00D46130">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00D46130">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="00522AB3">
+      <w:r w:rsidR="00313E42" w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> family and guardian</w:t>
       </w:r>
       <w:r w:rsidR="00E8363A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> or LAR</w:t>
       </w:r>
-      <w:r w:rsidRPr="00522AB3">
+      <w:r w:rsidR="00313E42" w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00465DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0081228D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>if applicable</w:t>
       </w:r>
       <w:r w:rsidR="00465DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
-      <w:r w:rsidRPr="00522AB3">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> authorized to do so, related to the ISP process</w:t>
+      <w:r w:rsidR="00313E42" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> authorized to do so, related to the </w:t>
+      </w:r>
+      <w:r w:rsidR="00436B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidR="00313E42" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> process</w:t>
       </w:r>
       <w:r w:rsidR="00C9375F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00453FD6" w:rsidRDefault="00453FD6" w:rsidP="00BB51D4">
-[...14 lines deleted...]
-    <w:p w:rsidR="00313E42" w:rsidRPr="007A39BC" w:rsidRDefault="00130EA4" w:rsidP="00BB51D4">
+    <w:p w14:paraId="39264B03" w14:textId="0DFD268A" w:rsidR="00313E42" w:rsidRPr="007A39BC" w:rsidRDefault="00130EA4" w:rsidP="00DD6D91">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:left="2160" w:right="100" w:hanging="360"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Within 15 days of the initiation of services or supports or at least 45 days prior to the projected date of the ISP meeting, d</w:t>
+        <w:t xml:space="preserve">Within 15 days of the initiation of services or supports or at least 45 days prior to the projected date of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00436B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A39BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> meeting, d</w:t>
       </w:r>
       <w:r w:rsidR="00313E42" w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">etermine </w:t>
       </w:r>
       <w:r w:rsidR="0081228D" w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>if any</w:t>
       </w:r>
       <w:r w:rsidR="00313E42" w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> assessments or professional consultations are necessary for the development, modification, or review of the ISP, and arrange for such assessments or consultations that are not the responsibility of any current provider</w:t>
+        <w:t xml:space="preserve"> assessments </w:t>
+      </w:r>
+      <w:r w:rsidR="00313E42" w:rsidRPr="007A39BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">or professional consultations are necessary for the development, modification, or review of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00436B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidR="00313E42" w:rsidRPr="007A39BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, and arrange for such assessments or consultations that are not the responsibility of any current provider</w:t>
       </w:r>
       <w:r w:rsidR="00C9375F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00453FD6" w:rsidRDefault="00453FD6" w:rsidP="00BB51D4">
-[...14 lines deleted...]
-    <w:p w:rsidR="00313E42" w:rsidRPr="007A39BC" w:rsidRDefault="00D46130" w:rsidP="00BB51D4">
+    <w:p w14:paraId="02D0EEB9" w14:textId="60B2EC72" w:rsidR="00313E42" w:rsidRPr="007A39BC" w:rsidRDefault="002372EC" w:rsidP="00DD6D91">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-[...11 lines deleted...]
-        <w:t>At least 30 days in advance of each ISP meeting, p</w:t>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00D46130" w:rsidRPr="007A39BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">t least 30 days in advance of each </w:t>
+      </w:r>
+      <w:r w:rsidR="00436B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PCP </w:t>
+      </w:r>
+      <w:r w:rsidR="00D46130" w:rsidRPr="007A39BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>meeting, p</w:t>
       </w:r>
       <w:r w:rsidR="00313E42" w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">rovide written notice to the </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A39BC">
+      <w:r w:rsidR="00D46130" w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="00313E42" w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and ISP team of the date, time, place, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="007A39BC">
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="00436B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidR="00313E42" w:rsidRPr="007A39BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> team of the date, time, place, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D46130" w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">and purpose </w:t>
       </w:r>
       <w:r w:rsidR="00DC6435" w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">of </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A39BC">
+      <w:r w:rsidR="00D46130" w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the meeting</w:t>
       </w:r>
       <w:r w:rsidR="00C9375F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00453FD6" w:rsidRDefault="00453FD6" w:rsidP="00BB51D4">
-[...14 lines deleted...]
-    <w:p w:rsidR="00313E42" w:rsidRPr="007A39BC" w:rsidRDefault="00DC6435" w:rsidP="00BB51D4">
+    <w:p w14:paraId="7EC1FAB7" w14:textId="0042583E" w:rsidR="00313E42" w:rsidRPr="007A39BC" w:rsidRDefault="00572032" w:rsidP="00DD6D91">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-[...11 lines deleted...]
-        <w:t>With appropriate authorization and upon request, m</w:t>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC6435" w:rsidRPr="007A39BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ith appropriate authorization and upon request, m</w:t>
       </w:r>
       <w:r w:rsidR="00313E42" w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ake assessments and consultations available to the </w:t>
       </w:r>
       <w:r w:rsidR="00D46130" w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="00313E42" w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and ISP team at least seven days in advance of the ISP meeting</w:t>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="00436B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidR="00313E42" w:rsidRPr="007A39BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> team at least seven days in advance of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00436B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidR="00313E42" w:rsidRPr="007A39BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> meeting</w:t>
       </w:r>
       <w:r w:rsidR="00C9375F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00453FD6" w:rsidRDefault="00453FD6" w:rsidP="00BB51D4">
-[...14 lines deleted...]
-    <w:p w:rsidR="00313E42" w:rsidRPr="00522AB3" w:rsidRDefault="00313E42" w:rsidP="00BB51D4">
+    <w:p w14:paraId="3767D7CE" w14:textId="0C8B12A7" w:rsidR="00313E42" w:rsidRPr="00522AB3" w:rsidRDefault="00572032" w:rsidP="00DD6D91">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">review of the </w:t>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="00313E42" w:rsidRPr="007A39BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">onvene and facilitate meetings for the development, modification, and review of the </w:t>
       </w:r>
       <w:r w:rsidR="005405A3" w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="005405A3" w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="00522AB3">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> ISP</w:t>
+      <w:r w:rsidR="00313E42" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
       </w:r>
       <w:r w:rsidR="00C9375F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00453FD6" w:rsidRDefault="00453FD6" w:rsidP="00BB51D4">
-[...14 lines deleted...]
-    <w:p w:rsidR="005405A3" w:rsidRDefault="00313E42" w:rsidP="00BB51D4">
+    <w:p w14:paraId="0C16D474" w14:textId="03E96020" w:rsidR="005405A3" w:rsidRDefault="00572032" w:rsidP="00DD6D91">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">Ensure that ISP meetings are conducted in a manner that promotes meaningful participation by the </w:t>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00313E42" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nsure that </w:t>
+      </w:r>
+      <w:r w:rsidR="00436B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidR="00313E42" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> meetings are conducted in a manner that promotes meaningful participation by the </w:t>
       </w:r>
       <w:r w:rsidR="005405A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="00C9375F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00453FD6" w:rsidRDefault="00453FD6" w:rsidP="00BB51D4">
-[...14 lines deleted...]
-    <w:p w:rsidR="00313E42" w:rsidRPr="00522AB3" w:rsidRDefault="005405A3" w:rsidP="00BB51D4">
+    <w:p w14:paraId="6F86E0BE" w14:textId="3AAB03DB" w:rsidR="00313E42" w:rsidRPr="00522AB3" w:rsidRDefault="00572032" w:rsidP="00DD6D91">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:left="2160" w:right="100" w:hanging="360"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>A</w:t>
+        <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00313E42" w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">rrange for reasonable assistance and accommodations to enable the </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="005405A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="00313E42" w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and other members of the ISP team to participate meaningfully in the development, review, and modification of the ISP</w:t>
+        <w:t xml:space="preserve"> and other members of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00436B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidR="00313E42" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> team to participate meaningfully in the development, review, and modification of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00436B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
       </w:r>
       <w:r w:rsidR="00C9375F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00453FD6" w:rsidRDefault="00453FD6" w:rsidP="00BB51D4">
-[...14 lines deleted...]
-    <w:p w:rsidR="00313E42" w:rsidRDefault="00313E42" w:rsidP="00BB51D4">
+    <w:p w14:paraId="629977E3" w14:textId="781697B9" w:rsidR="00313E42" w:rsidRDefault="00572032" w:rsidP="00DD6D91">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-[...11 lines deleted...]
-        <w:t>Monitor the implementation of the ISP and the adequacy and appropriateness of supports and services being provided based on the requirements of the ISP</w:t>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="00313E42" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">onitor the implementation of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00436B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidR="00313E42" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the adequacy and appropriateness of supports and services being provided based on the requirements of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00436B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
       </w:r>
       <w:r w:rsidR="00C9375F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F358C0" w:rsidRPr="00F358C0" w:rsidRDefault="00F358C0" w:rsidP="00BB51D4">
-[...9 lines deleted...]
-    <w:p w:rsidR="00A53152" w:rsidRPr="00F358C0" w:rsidRDefault="00A53152" w:rsidP="00BB51D4">
+    <w:p w14:paraId="75158156" w14:textId="22732A77" w:rsidR="00A53152" w:rsidRPr="00F358C0" w:rsidRDefault="00572032" w:rsidP="00DD6D91">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-[...11 lines deleted...]
-        <w:t>Facilitate participants</w:t>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidR="00A53152" w:rsidRPr="00F358C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>acilitate participants</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6" w:rsidRPr="00F358C0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F358C0">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> access to the Service Plan Informal </w:t>
+      <w:r w:rsidR="00A53152" w:rsidRPr="00F358C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> access to the </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF033D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidR="00A53152" w:rsidRPr="00F358C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Informal </w:t>
       </w:r>
       <w:r w:rsidR="00A02DBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Conference</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F358C0">
+      <w:r w:rsidR="00A53152" w:rsidRPr="00F358C0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Process pursuant to this policy</w:t>
       </w:r>
       <w:r w:rsidR="00C9375F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A4464" w:rsidRDefault="008A4464" w:rsidP="00BB51D4">
-[...14 lines deleted...]
-    <w:p w:rsidR="00313E42" w:rsidRPr="00522AB3" w:rsidRDefault="00313E42" w:rsidP="00BB51D4">
+    <w:p w14:paraId="54EFAE45" w14:textId="69330D04" w:rsidR="00313E42" w:rsidRPr="00522AB3" w:rsidRDefault="00572032" w:rsidP="00DD6D91">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">Coordinate the provision of supports to the </w:t>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="00313E42" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">oordinate the provision of supports to the </w:t>
       </w:r>
       <w:r w:rsidR="005405A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
-      <w:r w:rsidRPr="00522AB3">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> in accordance with the ISP</w:t>
+      <w:r w:rsidR="00313E42" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in accordance with the </w:t>
+      </w:r>
+      <w:r w:rsidR="00436B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
       </w:r>
       <w:r w:rsidR="00C9375F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A4464" w:rsidRDefault="008A4464" w:rsidP="00BB51D4">
-[...14 lines deleted...]
-    <w:p w:rsidR="00DC6435" w:rsidRPr="00150907" w:rsidRDefault="00313E42" w:rsidP="00BB51D4">
+    <w:p w14:paraId="5C782063" w14:textId="6B36A55B" w:rsidR="00DC6435" w:rsidRPr="00150907" w:rsidRDefault="00572032" w:rsidP="00DD6D91">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">On a </w:t>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="00313E42" w:rsidRPr="00150907">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">n a </w:t>
       </w:r>
       <w:r w:rsidR="00150907" w:rsidRPr="00150907">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>quarterly</w:t>
       </w:r>
-      <w:r w:rsidRPr="00150907">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> basis, review and evaluate the implementation of the ISP and the need for any modifications, as well as the satisfaction of the </w:t>
+      <w:r w:rsidR="00313E42" w:rsidRPr="00150907">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> basis, review and evaluate the implementation of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00436B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidR="00313E42" w:rsidRPr="00150907">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the need for any modifications, as well as the satisfaction of the </w:t>
       </w:r>
       <w:r w:rsidR="005405A3" w:rsidRPr="00150907">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
-      <w:r w:rsidRPr="00150907">
+      <w:r w:rsidR="00313E42" w:rsidRPr="00150907">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and the </w:t>
       </w:r>
       <w:r w:rsidR="005405A3" w:rsidRPr="00150907">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r w:rsidRPr="00150907">
+      <w:r w:rsidR="00313E42" w:rsidRPr="00150907">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s family and guardian</w:t>
       </w:r>
       <w:r w:rsidR="008F67F5" w:rsidRPr="00150907">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and LAR</w:t>
       </w:r>
       <w:r w:rsidR="00465DF2" w:rsidRPr="00150907">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="0081228D" w:rsidRPr="00150907">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>if applicable</w:t>
       </w:r>
       <w:r w:rsidR="00465DF2" w:rsidRPr="00150907">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00150907">
+      <w:r w:rsidR="00313E42" w:rsidRPr="00150907">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> with the supports and services provided</w:t>
       </w:r>
       <w:r w:rsidR="00C9375F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A4464" w:rsidRDefault="008A4464" w:rsidP="00BB51D4">
-[...14 lines deleted...]
-    <w:p w:rsidR="00313E42" w:rsidRPr="00150907" w:rsidRDefault="00DC6435" w:rsidP="00BB51D4">
+    <w:p w14:paraId="3CB7A5E5" w14:textId="050E29CA" w:rsidR="00313E42" w:rsidRPr="00150907" w:rsidRDefault="00913C84" w:rsidP="00DD6D91">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-[...11 lines deleted...]
-        <w:t>Maintain records of the ISP reviews in the participant</w:t>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC6435" w:rsidRPr="00150907">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">aintain records of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00436B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC6435" w:rsidRPr="00150907">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> reviews in the participant</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r w:rsidRPr="00150907">
+      <w:r w:rsidR="00DC6435" w:rsidRPr="00150907">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s record</w:t>
       </w:r>
       <w:r w:rsidR="00C9375F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>; and</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A4464" w:rsidRDefault="008A4464" w:rsidP="00BB51D4">
-[...14 lines deleted...]
-    <w:p w:rsidR="00313E42" w:rsidRPr="00522AB3" w:rsidRDefault="00313E42" w:rsidP="00BB51D4">
+    <w:p w14:paraId="5410790E" w14:textId="5C2E476A" w:rsidR="00313E42" w:rsidRPr="00522AB3" w:rsidRDefault="00913C84" w:rsidP="009C7AD8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="2160" w:right="100" w:hanging="360"/>
-        <w:rPr>
-[...21 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="00313E42" w:rsidRPr="3BE1B534">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">n a quarterly basis, </w:t>
+      </w:r>
+      <w:r w:rsidR="008552A3" w:rsidRPr="3BE1B534">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">or more frequently </w:t>
       </w:r>
-      <w:r w:rsidR="00E2529C">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00E2529C" w:rsidRPr="3BE1B534">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">if beneficial and if the participant agrees, </w:t>
       </w:r>
-      <w:r w:rsidR="008F67F5">
-[...9 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="008F67F5" w:rsidRPr="3BE1B534">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">visit and </w:t>
+      </w:r>
+      <w:r w:rsidR="00313E42" w:rsidRPr="3BE1B534">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">discuss any issues with the </w:t>
       </w:r>
-      <w:r w:rsidR="005405A3">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="005405A3" w:rsidRPr="3BE1B534">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
-      <w:r w:rsidRPr="00522AB3">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00313E42" w:rsidRPr="3BE1B534">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> related to the services and supports provided</w:t>
       </w:r>
-      <w:r w:rsidR="00C9375F">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00C9375F" w:rsidRPr="3BE1B534">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A4464" w:rsidRPr="008A4464" w:rsidRDefault="008A4464" w:rsidP="008A4464">
-[...14 lines deleted...]
-    <w:p w:rsidR="00313E42" w:rsidRPr="00522AB3" w:rsidRDefault="004909E6" w:rsidP="00313E42">
+    <w:p w14:paraId="1C54D82A" w14:textId="43603B66" w:rsidR="00313E42" w:rsidRPr="00522AB3" w:rsidRDefault="004909E6" w:rsidP="009C7AD8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:right="100"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Service Provider Responsibilities</w:t>
       </w:r>
+      <w:r w:rsidR="00913C84">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00913C84">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="007E04AF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">the State Agency shall ensure that </w:t>
+        <w:t xml:space="preserve">he </w:t>
+      </w:r>
+      <w:r w:rsidR="00D73298">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="007E04AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tate </w:t>
+      </w:r>
+      <w:r w:rsidR="00D73298">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="007E04AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">gency </w:t>
+      </w:r>
+      <w:r w:rsidR="000A01FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">must </w:t>
+      </w:r>
+      <w:r w:rsidR="007E04AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ensure that </w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>the providers of services and supports pursuant to the Individual Service Plan (ISP):</w:t>
+        <w:t xml:space="preserve">the providers of services and supports pursuant to the </w:t>
+      </w:r>
+      <w:r w:rsidR="00511B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Person Centered Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="007263DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00511B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>CP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A4464" w:rsidRPr="008A4464" w:rsidRDefault="008A4464" w:rsidP="008A4464">
-[...14 lines deleted...]
-    <w:p w:rsidR="00056734" w:rsidRPr="007A39BC" w:rsidRDefault="00CD2CFC" w:rsidP="00BB51D4">
+    <w:p w14:paraId="4E544AE6" w14:textId="5F34F376" w:rsidR="00056734" w:rsidRPr="007A39BC" w:rsidRDefault="00CD2CFC" w:rsidP="00ED30D7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:left="2160" w:right="100" w:hanging="360"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Complete assessments or professional consultations of the </w:t>
       </w:r>
       <w:r w:rsidR="005405A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> that are within the legal or contractual responsibility of </w:t>
@@ -5094,1670 +7173,1960 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the provider and forward them to the </w:t>
       </w:r>
       <w:r w:rsidR="005405A3" w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>s service coordinator at least 15 days in advance of the ISP meeting</w:t>
+        <w:t xml:space="preserve">s service coordinator at least 15 days in advance of the </w:t>
+      </w:r>
+      <w:r w:rsidR="007263DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00511B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>CP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A39BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> meeting</w:t>
       </w:r>
       <w:r w:rsidR="00C9375F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A4464" w:rsidRPr="008A4464" w:rsidRDefault="008A4464" w:rsidP="00BB51D4">
-[...14 lines deleted...]
-    <w:p w:rsidR="004909E6" w:rsidRPr="007A39BC" w:rsidRDefault="00056734" w:rsidP="00BB51D4">
+    <w:p w14:paraId="710E87C7" w14:textId="0D6CE43D" w:rsidR="004909E6" w:rsidRPr="007A39BC" w:rsidRDefault="005E12DC" w:rsidP="00ED30D7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-[...11 lines deleted...]
-        <w:t>Base a</w:t>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidR="00056734" w:rsidRPr="007A39BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ase a</w:t>
       </w:r>
       <w:r w:rsidR="00CD2CFC" w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ssessments on current, complete</w:t>
       </w:r>
       <w:r w:rsidR="00711CCA" w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00CD2CFC" w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and accurate information </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A39BC">
+      <w:r w:rsidR="00056734" w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>and focus</w:t>
       </w:r>
       <w:r w:rsidR="00CD2CFC" w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> on the </w:t>
       </w:r>
       <w:r w:rsidR="005405A3" w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00CD2CFC" w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s relative strengths, needs, and opportunities for development</w:t>
       </w:r>
       <w:r w:rsidR="00C9375F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A4464" w:rsidRPr="008A4464" w:rsidRDefault="008A4464" w:rsidP="00BB51D4">
-[...14 lines deleted...]
-    <w:p w:rsidR="00056734" w:rsidRPr="007A39BC" w:rsidRDefault="00CD2CFC" w:rsidP="00BB51D4">
+    <w:p w14:paraId="07E81130" w14:textId="257CC0FE" w:rsidR="00056734" w:rsidRPr="007A39BC" w:rsidRDefault="005E12DC" w:rsidP="00ED30D7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">Work collaboratively with the </w:t>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD2CFC" w:rsidRPr="007A39BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ork collaboratively with the </w:t>
       </w:r>
       <w:r w:rsidR="005405A3" w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A39BC">
+      <w:r w:rsidR="00CD2CFC" w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and other team members to identify the </w:t>
       </w:r>
       <w:r w:rsidR="005405A3" w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00056734" w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s goals</w:t>
       </w:r>
       <w:r w:rsidR="00C9375F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A4464" w:rsidRPr="008A4464" w:rsidRDefault="008A4464" w:rsidP="00BB51D4">
-[...14 lines deleted...]
-    <w:p w:rsidR="00CD2CFC" w:rsidRPr="007A39BC" w:rsidRDefault="00056734" w:rsidP="00BB51D4">
+    <w:p w14:paraId="1BDF0862" w14:textId="46CEFA6F" w:rsidR="00CD2CFC" w:rsidRPr="007A39BC" w:rsidRDefault="005E12DC" w:rsidP="00ED30D7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-[...11 lines deleted...]
-        <w:t>P</w:t>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="00CD2CFC" w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">articipate in the development </w:t>
       </w:r>
       <w:r w:rsidR="00711CCA" w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">of </w:t>
       </w:r>
+      <w:r w:rsidR="00800F46" w:rsidRPr="007A39BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
       <w:r w:rsidR="00CD2CFC" w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">an ISP </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="007A39BC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00511B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidR="00D070F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00056734" w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>when provider participation is</w:t>
       </w:r>
       <w:r w:rsidR="00CD2CFC" w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> likely to be effective in assisting the </w:t>
+      </w:r>
+      <w:r w:rsidR="005405A3" w:rsidRPr="007A39BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="00CD2CFC" w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...7 lines deleted...]
-        <w:t>participant</w:t>
+        <w:t xml:space="preserve"> to achieve </w:t>
+      </w:r>
+      <w:r w:rsidR="00056734" w:rsidRPr="007A39BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the participant</w:t>
+      </w:r>
+      <w:r w:rsidR="00453FD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidR="00056734" w:rsidRPr="007A39BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00CD2CFC" w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> to achieve </w:t>
-[...26 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> goals</w:t>
       </w:r>
       <w:r w:rsidR="00C9375F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A4464" w:rsidRPr="008A4464" w:rsidRDefault="008A4464" w:rsidP="00BB51D4">
-[...14 lines deleted...]
-    <w:p w:rsidR="00CD2CFC" w:rsidRPr="00522AB3" w:rsidRDefault="00CD2CFC" w:rsidP="00BB51D4">
+    <w:p w14:paraId="0AA56E51" w14:textId="5DD3903E" w:rsidR="00CD2CFC" w:rsidRPr="00522AB3" w:rsidRDefault="005E12DC" w:rsidP="00ED30D7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">Develop proposed ISP objectives and support strategies that may relate to the </w:t>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD2CFC" w:rsidRPr="007A39BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">evelop proposed </w:t>
+      </w:r>
+      <w:r w:rsidR="00511B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD2CFC" w:rsidRPr="007A39BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> objectives and support strategies that may relate to </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD2CFC" w:rsidRPr="007A39BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="005405A3" w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A39BC">
+      <w:r w:rsidR="00CD2CFC" w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">s vision statement and are consistent with the </w:t>
       </w:r>
       <w:r w:rsidR="005405A3" w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A39BC">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00522AB3">
+      <w:r w:rsidR="00CD2CFC" w:rsidRPr="007A39BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s assessed needs and to forward them to the service coordinator at least 15 days prior to the </w:t>
+      </w:r>
+      <w:r w:rsidR="00511B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD2CFC" w:rsidRPr="007A39BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> meeting. Objectives and support strategies </w:t>
+      </w:r>
+      <w:r w:rsidR="00E32D80">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidR="00E32D80" w:rsidRPr="007A39BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD2CFC" w:rsidRPr="007A39BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>be individualized, measurable, and include methods for evaluating</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD2CFC" w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> progress</w:t>
       </w:r>
       <w:r w:rsidR="00C9375F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A4464" w:rsidRPr="008A4464" w:rsidRDefault="008A4464" w:rsidP="00BB51D4">
-[...14 lines deleted...]
-    <w:p w:rsidR="00CD2CFC" w:rsidRPr="00522AB3" w:rsidRDefault="00CD2CFC" w:rsidP="00BB51D4">
+    <w:p w14:paraId="3368C7B6" w14:textId="3A5B1251" w:rsidR="00CD2CFC" w:rsidRPr="00522AB3" w:rsidRDefault="005E12DC" w:rsidP="00ED30D7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-[...11 lines deleted...]
-        <w:t>Implement the ISP by providing the agreed upon supports</w:t>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD2CFC" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mplement the </w:t>
+      </w:r>
+      <w:r w:rsidR="00511B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD2CFC" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by providing the agreed upon supports</w:t>
       </w:r>
       <w:r w:rsidR="00C9375F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A4464" w:rsidRPr="008A4464" w:rsidRDefault="008A4464" w:rsidP="00BB51D4">
-[...14 lines deleted...]
-    <w:p w:rsidR="00CD2CFC" w:rsidRPr="00522AB3" w:rsidRDefault="00CD2CFC" w:rsidP="00BB51D4">
+    <w:p w14:paraId="1D351A33" w14:textId="25A38072" w:rsidR="00CD2CFC" w:rsidRPr="00522AB3" w:rsidRDefault="005E12DC" w:rsidP="00ED30D7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">Provide reports regarding the implementation of the ISP and provision of services to the service coordinator, </w:t>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD2CFC" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rovide reports regarding the implementation of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00511B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD2CFC" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and provision of services to the service coordinator, </w:t>
       </w:r>
       <w:r w:rsidR="005405A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
-      <w:r w:rsidRPr="00522AB3">
+      <w:r w:rsidR="00CD2CFC" w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, guardian</w:t>
       </w:r>
       <w:r w:rsidR="003278BA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> or LAR,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00522AB3">
+      <w:r w:rsidR="00CD2CFC" w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0081228D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>if applicable</w:t>
       </w:r>
-      <w:r w:rsidRPr="00522AB3">
+      <w:r w:rsidR="00CD2CFC" w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, and family, if authorized, </w:t>
       </w:r>
       <w:r w:rsidR="00056734" w:rsidRPr="00150907">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>at least every six months or more frequentl</w:t>
       </w:r>
       <w:r w:rsidR="00380774" w:rsidRPr="00150907">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">y if the service coordinator </w:t>
       </w:r>
       <w:r w:rsidR="00056734" w:rsidRPr="00150907">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>agrees such frequency is reasonable</w:t>
       </w:r>
       <w:r w:rsidR="00C9375F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>; and</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A4464" w:rsidRPr="008A4464" w:rsidRDefault="008A4464" w:rsidP="00BB51D4">
-[...14 lines deleted...]
-    <w:p w:rsidR="00926CDA" w:rsidRPr="00522AB3" w:rsidRDefault="00CD2CFC" w:rsidP="00BB51D4">
+    <w:p w14:paraId="7EB2220D" w14:textId="327D3A1D" w:rsidR="00926CDA" w:rsidRPr="00522AB3" w:rsidRDefault="005E12DC" w:rsidP="00ED30D7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">Promptly notify the service coordinator of issues or circumstances </w:t>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD2CFC" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">romptly notify the service coordinator of issues or circumstances </w:t>
       </w:r>
       <w:r w:rsidR="00056734">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>that</w:t>
       </w:r>
-      <w:r w:rsidRPr="00522AB3">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> may affect the appropriateness of the current ISP or which may warrant modification of the ISP</w:t>
+      <w:r w:rsidR="00CD2CFC" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> may affect the appropriateness of the current </w:t>
+      </w:r>
+      <w:r w:rsidR="00E36FE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD2CFC" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or which may warrant modification of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00E36FE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
       </w:r>
       <w:r w:rsidR="00C9375F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F358C0" w:rsidRPr="008A4464" w:rsidRDefault="00F358C0" w:rsidP="008A4464">
-[...14 lines deleted...]
-    <w:p w:rsidR="00926CDA" w:rsidRPr="00522AB3" w:rsidRDefault="00CD2CFC" w:rsidP="00CD2CFC">
+    <w:p w14:paraId="007B8921" w14:textId="092B419B" w:rsidR="00926CDA" w:rsidRPr="00522AB3" w:rsidRDefault="00CD2CFC" w:rsidP="009C7AD8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:right="100"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Assessments and Consultations</w:t>
       </w:r>
+      <w:r w:rsidR="005E12DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A4464" w:rsidRPr="008A4464" w:rsidRDefault="008A4464" w:rsidP="008A4464">
-[...14 lines deleted...]
-    <w:p w:rsidR="00CD2CFC" w:rsidRPr="00522AB3" w:rsidRDefault="00926CDA" w:rsidP="00BB51D4">
+    <w:p w14:paraId="5851E99F" w14:textId="3288F9F9" w:rsidR="00CD2CFC" w:rsidRPr="00522AB3" w:rsidRDefault="00926CDA" w:rsidP="00F767D7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:left="2160" w:right="100" w:hanging="360"/>
+        <w:spacing w:before="120" w:after="0"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The purpose of assessments and consultations </w:t>
       </w:r>
-      <w:r w:rsidR="00C9375F">
-[...4 lines deleted...]
-        <w:t>are</w:t>
+      <w:r w:rsidR="00470C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidR="00470C1F" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> to obtain information that will assist the </w:t>
+        <w:t xml:space="preserve">to obtain information that will assist the </w:t>
       </w:r>
       <w:r w:rsidR="005405A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and other team members to establish goals related to one or more outcomes, to identify the </w:t>
       </w:r>
       <w:r w:rsidR="005405A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">s capabilities and areas in need of learning and skill development relative to those goals, and to identify the strategies and supports that are the least restrictive and likely to be effective in assisting the </w:t>
       </w:r>
       <w:r w:rsidR="005405A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> to attain his or her goals.</w:t>
+        <w:t xml:space="preserve"> to attain </w:t>
+      </w:r>
+      <w:r w:rsidR="001B15F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>their</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> goals.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A4464" w:rsidRPr="008A4464" w:rsidRDefault="008A4464" w:rsidP="00BB51D4">
-[...14 lines deleted...]
-    <w:p w:rsidR="00926CDA" w:rsidRPr="007A39BC" w:rsidRDefault="00926CDA" w:rsidP="00BB51D4">
+    <w:p w14:paraId="142740BD" w14:textId="287A189D" w:rsidR="00926CDA" w:rsidRPr="007A39BC" w:rsidRDefault="00470C1F" w:rsidP="00F767D7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-[...5 lines deleted...]
-      </w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The manner in which</w:t>
+      </w:r>
+      <w:r w:rsidR="00926CDA" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00926CDA" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ssessments and </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="00926CDA" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">onsultations </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">are conducted </w:t>
+      </w:r>
+      <w:r w:rsidR="00E32D80">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidR="00E32D80" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00926CDA" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">reflect consideration of the </w:t>
+      </w:r>
+      <w:r w:rsidR="005405A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>participant</w:t>
+      </w:r>
+      <w:r w:rsidR="00453FD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidR="00926CDA" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s cultural, ethnic, and linguistic background, as well as any need for accommodation based upon disability or other factors. The assessments and consultations regarding </w:t>
+      </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Conduct of Assessments and Consultations shall reflect consideration of the </w:t>
+        <w:t>skills</w:t>
+      </w:r>
+      <w:r w:rsidR="00926CDA" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or behaviors </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA0ADD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidR="00926CDA" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, as appropriate and feasible, be conducted in the actual environment in which the </w:t>
       </w:r>
       <w:r w:rsidR="005405A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
-      <w:r w:rsidR="00453FD6">
-[...13 lines deleted...]
-      <w:r w:rsidR="005405A3">
+      <w:r w:rsidR="00926CDA" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> would typically perform the skill or behavior, or in a similar setting. Assessments and consultations </w:t>
+      </w:r>
+      <w:r w:rsidR="00E32D80">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidR="00E32D80" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00926CDA" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">be conducted with </w:t>
+      </w:r>
+      <w:r w:rsidR="00926CDA" w:rsidRPr="007A39BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">respect for the dignity, comfort, and convenience of the </w:t>
+      </w:r>
+      <w:r w:rsidR="005405A3" w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
-      <w:r w:rsidRPr="00522AB3">
-[...20 lines deleted...]
-      <w:r w:rsidRPr="007A39BC">
+      <w:r w:rsidR="00926CDA" w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A4464" w:rsidRPr="008A4464" w:rsidRDefault="008A4464" w:rsidP="00BB51D4">
-[...14 lines deleted...]
-    <w:p w:rsidR="00926CDA" w:rsidRPr="007A39BC" w:rsidRDefault="00926CDA" w:rsidP="00BB51D4">
+    <w:p w14:paraId="1E86AC06" w14:textId="6F0F0B89" w:rsidR="00926CDA" w:rsidRPr="007A39BC" w:rsidRDefault="00926CDA" w:rsidP="00F767D7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:left="2160" w:right="100" w:hanging="360"/>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>The following assessments shall be reviewe</w:t>
+        <w:t xml:space="preserve">The following assessments </w:t>
+      </w:r>
+      <w:r w:rsidR="00E32D80">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidR="00E32D80" w:rsidRPr="007A39BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A39BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>be reviewe</w:t>
       </w:r>
       <w:r w:rsidR="00380774" w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">d by the service coordinator </w:t>
       </w:r>
       <w:r w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>on an annual basis</w:t>
       </w:r>
-      <w:r w:rsidR="00476A44">
-[...4 lines deleted...]
-        <w:t>:</w:t>
+      <w:r w:rsidR="00665313">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A4464" w:rsidRPr="008A4464" w:rsidRDefault="008A4464" w:rsidP="008A4464">
-[...14 lines deleted...]
-    <w:p w:rsidR="00926CDA" w:rsidRPr="00522AB3" w:rsidRDefault="00926CDA" w:rsidP="00926CDA">
+    <w:p w14:paraId="30BE6F14" w14:textId="0E0BE52B" w:rsidR="00926CDA" w:rsidRPr="00522AB3" w:rsidRDefault="00665313" w:rsidP="00ED30D7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">an assessment of the general type of </w:t>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00926CDA" w:rsidRPr="007A39BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">n assessment of the general type of </w:t>
       </w:r>
       <w:r w:rsidR="005405A3" w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">services and </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A39BC">
+      <w:r w:rsidR="00926CDA" w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>supports needed by the</w:t>
       </w:r>
-      <w:r w:rsidRPr="00522AB3">
+      <w:r w:rsidR="00926CDA" w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005405A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="00476A44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A4464" w:rsidRPr="008A4464" w:rsidRDefault="008A4464" w:rsidP="008A4464">
-[...14 lines deleted...]
-    <w:p w:rsidR="00926CDA" w:rsidRPr="0041282B" w:rsidRDefault="00847496" w:rsidP="00926CDA">
+    <w:p w14:paraId="7630B41E" w14:textId="79635592" w:rsidR="00926CDA" w:rsidRPr="0041282B" w:rsidRDefault="00847496" w:rsidP="00ED30D7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:right="100"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">an assessment of the </w:t>
       </w:r>
       <w:r w:rsidR="005405A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">s ability to make </w:t>
       </w:r>
       <w:r w:rsidRPr="0041282B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>informed decisions regarding his or her financial and personal affairs</w:t>
+        <w:t xml:space="preserve">informed decisions regarding </w:t>
+      </w:r>
+      <w:r w:rsidR="008536B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>their</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0041282B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> financial and personal affairs</w:t>
       </w:r>
       <w:r w:rsidR="00476A44" w:rsidRPr="0041282B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidR="008F30CC" w:rsidRPr="0041282B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A4464" w:rsidRPr="0041282B" w:rsidRDefault="008A4464" w:rsidP="008A4464">
-[...14 lines deleted...]
-    <w:p w:rsidR="00847496" w:rsidRPr="0041282B" w:rsidRDefault="00847496" w:rsidP="00926CDA">
+    <w:p w14:paraId="1713A66F" w14:textId="77777777" w:rsidR="00847496" w:rsidRPr="0041282B" w:rsidRDefault="00847496" w:rsidP="00ED30D7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-[...6 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:spacing w:after="120"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="0041282B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>an</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve">an assessment by MassHealth of the </w:t>
+      </w:r>
+      <w:r w:rsidR="005405A3" w:rsidRPr="0041282B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>participant</w:t>
+      </w:r>
+      <w:r w:rsidR="00453FD6" w:rsidRPr="0041282B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
       <w:r w:rsidRPr="0041282B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> assessment by MassHealth of the </w:t>
-[...19 lines deleted...]
-        </w:rPr>
         <w:t>s financial status and eligibility for services or benefits from other entities</w:t>
       </w:r>
       <w:r w:rsidR="008F30CC" w:rsidRPr="0041282B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00476A44" w:rsidRPr="0041282B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A4464" w:rsidRPr="008A4464" w:rsidRDefault="008A4464" w:rsidP="008A4464">
-[...14 lines deleted...]
-    <w:p w:rsidR="00847496" w:rsidRPr="00522AB3" w:rsidRDefault="00847496" w:rsidP="00BB51D4">
+    <w:p w14:paraId="4D97312A" w14:textId="2F3A7211" w:rsidR="00847496" w:rsidRPr="00522AB3" w:rsidRDefault="00665313" w:rsidP="00F767D7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">In the case of </w:t>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>For</w:t>
+      </w:r>
+      <w:r w:rsidR="00847496" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005405A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
-      <w:r w:rsidRPr="00522AB3">
-[...4 lines deleted...]
-        <w:t>s residing in homes licensed by the State Agency, the residential provider shall provide or arrange for annual health and dental assessments</w:t>
+      <w:r w:rsidR="00847496" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s residing in homes licensed by the </w:t>
+      </w:r>
+      <w:r w:rsidR="00D73298">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00847496" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tate </w:t>
+      </w:r>
+      <w:r w:rsidR="00D73298">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00847496" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">gency, the residential provider </w:t>
+      </w:r>
+      <w:r w:rsidR="00E32D80">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidR="00E32D80" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00847496" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>provide or arrange for annual health and dental assessments</w:t>
       </w:r>
       <w:r w:rsidR="00476A44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A4464" w:rsidRPr="008A4464" w:rsidRDefault="008A4464" w:rsidP="00BB51D4">
-[...14 lines deleted...]
-    <w:p w:rsidR="00847496" w:rsidRPr="00522AB3" w:rsidRDefault="00847496" w:rsidP="00BB51D4">
+    <w:p w14:paraId="632BD1D4" w14:textId="7036D435" w:rsidR="00847496" w:rsidRPr="00522AB3" w:rsidRDefault="00847496" w:rsidP="00F767D7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:left="2160" w:right="100" w:hanging="360"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Providers</w:t>
       </w:r>
       <w:r w:rsidR="00BD78DE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> of</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009D3864">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>services and supports for Waiver participants</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> shall conduct annual safety assessments</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E32D80">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidR="00E32D80" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>conduct annual safety assessments</w:t>
       </w:r>
       <w:r w:rsidR="00476A44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A4464" w:rsidRDefault="008A4464" w:rsidP="00BB51D4">
-[...14 lines deleted...]
-    <w:p w:rsidR="0080408A" w:rsidRPr="00522AB3" w:rsidRDefault="00380774" w:rsidP="00BB51D4">
+    <w:p w14:paraId="42DB1C14" w14:textId="35C5B6C7" w:rsidR="0080408A" w:rsidRPr="00522AB3" w:rsidRDefault="00380774" w:rsidP="00F767D7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:left="2160" w:right="100" w:hanging="360"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The service coordinator </w:t>
       </w:r>
+      <w:r w:rsidR="00E32D80">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidR="00E32D80" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="0080408A" w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">shall determine, in conjunction with the </w:t>
+        <w:t xml:space="preserve">determine, with the </w:t>
       </w:r>
       <w:r w:rsidR="005405A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="0080408A" w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and other ISP team members, whether additional assessments and professional consultations would benefit the </w:t>
+        <w:t xml:space="preserve"> and other </w:t>
+      </w:r>
+      <w:r w:rsidR="00E36FE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidR="0080408A" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> team members, whether additional assessments and professional consultations would benefit the </w:t>
       </w:r>
       <w:r w:rsidR="005405A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="0080408A" w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> or assist the team in identifying strengths and limitations related to the </w:t>
+        <w:t xml:space="preserve"> or assist the team in identifying </w:t>
+      </w:r>
+      <w:r w:rsidR="0080408A" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">strengths and limitations related to the </w:t>
       </w:r>
       <w:r w:rsidR="005405A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="0080408A" w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">s ability to live with greater independence and social competence in less restrictive environments. Such assessments may include, but shall not be limited to, an assessment of the </w:t>
+        <w:t xml:space="preserve">s ability to live with greater independence and social competence in less restrictive environments. Such assessments may include, but </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB42A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB42A5" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0080408A" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">not limited to, an assessment of the </w:t>
       </w:r>
       <w:r w:rsidR="005405A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="0080408A" w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">s daily living skills, communication skills, psychological status, social network, and whether the </w:t>
       </w:r>
       <w:r w:rsidR="005405A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="0080408A" w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> would benefit from assistive technology</w:t>
       </w:r>
       <w:r w:rsidR="00476A44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A4464" w:rsidRPr="008A4464" w:rsidRDefault="008A4464" w:rsidP="00BB51D4">
-[...14 lines deleted...]
-    <w:p w:rsidR="0080408A" w:rsidRPr="00522AB3" w:rsidRDefault="0080408A" w:rsidP="00BB51D4">
+    <w:p w14:paraId="71757AB1" w14:textId="7D01C568" w:rsidR="0080408A" w:rsidRPr="00522AB3" w:rsidRDefault="0080408A" w:rsidP="00F767D7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:left="2160" w:right="100" w:hanging="360"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Any assessments and consultations </w:t>
       </w:r>
       <w:r w:rsidR="00917B50">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">identified pursuant to IV.A.6.f. </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00BB42A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB42A5" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>shall</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> be performed by the current provider who has primary responsibility for providing supports encompassing the area to be assessed. Subject to the availability of resources, assessments which are not within the competence or responsibility of any of the current providers shall be arranged by the service coordinator</w:t>
+        <w:t>be performed by the current provider who has primary responsibility for providing supports encompassing the area to be assessed. Subject to the availability of resources, assessments which are not within the competence or responsibility  of the current providers shall be arranged by the service coordinator</w:t>
       </w:r>
       <w:r w:rsidR="00380774">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A53152">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>and provided or purchased by the State Agency</w:t>
+        <w:t xml:space="preserve">and provided or purchased by the </w:t>
+      </w:r>
+      <w:r w:rsidR="00D73298">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A53152">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tate </w:t>
+      </w:r>
+      <w:r w:rsidR="00D73298">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A53152">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gency</w:t>
       </w:r>
       <w:r w:rsidR="00476A44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A4464" w:rsidRPr="008A4464" w:rsidRDefault="008A4464" w:rsidP="00BB51D4">
-[...14 lines deleted...]
-    <w:p w:rsidR="0080408A" w:rsidRPr="00522AB3" w:rsidRDefault="0080408A" w:rsidP="00BB51D4">
+    <w:p w14:paraId="2A1F3C19" w14:textId="24814C89" w:rsidR="0080408A" w:rsidRPr="00522AB3" w:rsidRDefault="0080408A" w:rsidP="00F767D7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:left="2160" w:right="100" w:hanging="360"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">If requested, the service coordinator shall meet with the </w:t>
+        <w:t xml:space="preserve">If requested, the service coordinator </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB42A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB42A5" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">meet with the </w:t>
       </w:r>
       <w:r w:rsidR="005405A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>, his or her guardian</w:t>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="008536B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>their</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> guardian</w:t>
       </w:r>
       <w:r w:rsidR="008F67F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> or LAR</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00465DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0081228D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -6790,444 +9159,765 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s family</w:t>
       </w:r>
       <w:r w:rsidR="008F67F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, if authorized,</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in advance of the ISP meeting to discuss the assessments and consultations and shall, if feasible and requested, arrange an explanatory meeting with the person who performed the assessment or consultation</w:t>
+        <w:t xml:space="preserve"> in advance of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00E36FE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> meeting to discuss the assessments and consultations and </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB42A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, if feasible and requested, arrange an explanatory meeting with the person who performed the assessment or consultation</w:t>
       </w:r>
       <w:r w:rsidR="00476A44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A4464" w:rsidRPr="008A4464" w:rsidRDefault="008A4464" w:rsidP="008A4464">
-[...14 lines deleted...]
-    <w:p w:rsidR="0080408A" w:rsidRPr="00522AB3" w:rsidRDefault="0080408A" w:rsidP="0080408A">
+    <w:p w14:paraId="4AA839C7" w14:textId="48B4BB26" w:rsidR="0080408A" w:rsidRPr="00522AB3" w:rsidRDefault="0080408A" w:rsidP="009C7AD8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:right="100"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Development of the </w:t>
       </w:r>
-      <w:r w:rsidR="00CE573D">
+      <w:r w:rsidR="00AC5463">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Individual</w:t>
+        <w:t>Person Centered Plan</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Service Plan (ISP)</w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00D177FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A4464" w:rsidRPr="008A4464" w:rsidRDefault="008A4464" w:rsidP="008A4464">
-[...14 lines deleted...]
-    <w:p w:rsidR="0080408A" w:rsidRPr="00522AB3" w:rsidRDefault="0080408A" w:rsidP="00BB51D4">
+    <w:p w14:paraId="024C9F9F" w14:textId="0F61E15D" w:rsidR="00625D77" w:rsidRPr="00625D77" w:rsidRDefault="00AC5463" w:rsidP="009C7AD8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="2160" w:right="100" w:hanging="360"/>
-        <w:rPr>
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> The service coordinator shall convene and facilitate a meeting with the </w:t>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D177FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidR="0080408A" w:rsidRPr="00D177FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Meeting</w:t>
+      </w:r>
+      <w:r w:rsidR="0080408A" w:rsidRPr="00C25EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="0080408A" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The service coordinator </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB42A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB42A5" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0080408A" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">convene and facilitate a meeting with the </w:t>
       </w:r>
       <w:r w:rsidR="005405A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
-      <w:r w:rsidRPr="00522AB3">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> and other members of the ISP team to develop a support plan which sets forth</w:t>
+      <w:r w:rsidR="0080408A" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and other members of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E4ECE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF531D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0080408A" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>team to develop a support plan which sets forth</w:t>
       </w:r>
       <w:r w:rsidR="009D3864">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the following:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00522AB3">
-[...41 lines deleted...]
-      <w:r w:rsidRPr="00522AB3">
+      <w:r w:rsidR="0080408A" w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A53152">
-[...62 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="008A4464" w:rsidRPr="008A4464" w:rsidRDefault="008A4464" w:rsidP="00BB51D4">
+    <w:p w14:paraId="13310FDE" w14:textId="77777777" w:rsidR="00625D77" w:rsidRPr="00625D77" w:rsidRDefault="0080408A" w:rsidP="00625D77">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-[...5 lines deleted...]
-      </w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the vision statement and goals of the </w:t>
+      </w:r>
+      <w:r w:rsidR="005405A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="0080408A" w:rsidRPr="00522AB3" w:rsidRDefault="0080408A" w:rsidP="00BB51D4">
+    <w:p w14:paraId="04F68C01" w14:textId="390F6C1A" w:rsidR="00625D77" w:rsidRPr="00625D77" w:rsidRDefault="0080408A" w:rsidP="00625D77">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the supports needed by the </w:t>
+      </w:r>
+      <w:r w:rsidR="005405A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to attain those goals, which </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB42A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB42A5" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">be based on the assessed needs of the </w:t>
+      </w:r>
+      <w:r w:rsidR="005405A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A53152">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>without regard to the availability of such supports</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04633FDE" w14:textId="77777777" w:rsidR="00E7109D" w:rsidRPr="00E7109D" w:rsidRDefault="0080408A" w:rsidP="00625D77">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the availability of needed supports; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="700EA9A5" w14:textId="3B2B3A2A" w:rsidR="00625D77" w:rsidRPr="00625D77" w:rsidRDefault="0080408A" w:rsidP="00625D77">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the party responsible for providing supports; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D8CAD64" w14:textId="77777777" w:rsidR="00E7109D" w:rsidRPr="00E7109D" w:rsidRDefault="0080408A" w:rsidP="00625D77">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the frequency and duration of supports; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="298E6122" w14:textId="1FB2E795" w:rsidR="0080408A" w:rsidRPr="00522AB3" w:rsidRDefault="0080408A" w:rsidP="00625D77">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and strategies for meeting the support needs of the </w:t>
+      </w:r>
+      <w:r w:rsidR="005405A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. If the </w:t>
+      </w:r>
+      <w:r w:rsidR="005405A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> refuses to attend the </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463" w:rsidRPr="005E4ECE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> meeting, the team </w:t>
+      </w:r>
+      <w:r w:rsidR="00C65401">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidR="00C65401" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">consider what, if any, adjustments could be made in the </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463" w:rsidRPr="0008133D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> meeting to encourage greater participation by the </w:t>
+      </w:r>
+      <w:r w:rsidR="005405A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35207CAD" w14:textId="3B2BC88F" w:rsidR="0080408A" w:rsidRPr="00522AB3" w:rsidRDefault="0080408A" w:rsidP="009C7AD8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="2160" w:right="100" w:hanging="360"/>
-        <w:rPr>
-[...3 lines deleted...]
-      </w:pPr>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7109D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Outcomes</w:t>
+      </w:r>
       <w:r w:rsidRPr="00C25EA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Outcomes.</w:t>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> The goals, objectives</w:t>
       </w:r>
       <w:r w:rsidR="009D3864">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and any supports or strategies identified in the ISP must be consistent with and promote the following outcomes for </w:t>
+        <w:t xml:space="preserve"> and supports or strategies identified in the </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463" w:rsidRPr="0008133D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must be consistent with and promote the following outcomes for </w:t>
       </w:r>
       <w:r w:rsidR="005405A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>s:</w:t>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00E7109D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A4464" w:rsidRPr="008A4464" w:rsidRDefault="008A4464" w:rsidP="008A4464">
-[...14 lines deleted...]
-    <w:p w:rsidR="0080408A" w:rsidRPr="00522AB3" w:rsidRDefault="0080408A" w:rsidP="0080408A">
+    <w:p w14:paraId="6E2A6D11" w14:textId="0E253F11" w:rsidR="0080408A" w:rsidRPr="00522AB3" w:rsidRDefault="0080408A" w:rsidP="0032316D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:right="100"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Rights and Dignity.</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> The </w:t>
       </w:r>
       <w:r w:rsidR="005405A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">s rights are respected, he or she is supported in the responsible exercise of those rights, and other supports are in place to assist, as necessary, in protecting the </w:t>
+        <w:t xml:space="preserve">s rights are respected, </w:t>
+      </w:r>
+      <w:r w:rsidR="008C72B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">they are </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> supported in the responsible exercise of those rights, and other supports are in place to assist, as necessary, in protecting the </w:t>
       </w:r>
       <w:r w:rsidR="005405A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">s human and civil rights; the </w:t>
       </w:r>
       <w:r w:rsidR="005405A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -7246,194 +9936,223 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">s dignity is recognized and affirmed in the </w:t>
       </w:r>
       <w:r w:rsidR="005405A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>s home and community and in the manner in which supports are provided.</w:t>
+        <w:t xml:space="preserve">s home and community and in the </w:t>
+      </w:r>
+      <w:r w:rsidR="00E7109D" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>way</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> supports are provided.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A4464" w:rsidRPr="008A4464" w:rsidRDefault="008A4464" w:rsidP="008A4464">
-[...14 lines deleted...]
-    <w:p w:rsidR="0080408A" w:rsidRPr="00522AB3" w:rsidRDefault="005405A3" w:rsidP="0080408A">
+    <w:p w14:paraId="60638DD0" w14:textId="7242DAF9" w:rsidR="0080408A" w:rsidRPr="00522AB3" w:rsidRDefault="005405A3" w:rsidP="0032316D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:right="100"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidR="0080408A" w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> Control.</w:t>
       </w:r>
       <w:r w:rsidR="0080408A" w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> The </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="0080408A" w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> has opportunities to exercise control and choice in his or her life, and has access to education, experiences, and supports to increase his or her self-determination; the </w:t>
+        <w:t xml:space="preserve"> has opportunities to exercise control and choice in </w:t>
+      </w:r>
+      <w:r w:rsidR="008536B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>their</w:t>
+      </w:r>
+      <w:r w:rsidR="0080408A" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> life, and has access to education, experiences, and supports to increase </w:t>
+      </w:r>
+      <w:r w:rsidR="008536B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>their</w:t>
+      </w:r>
+      <w:r w:rsidR="0080408A" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> self-determination; the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="0080408A" w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">s opinions and preferences are listened to and treated seriously; the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="0080408A" w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>s needs and preferences are reflected in his or her activities and routines.</w:t>
+        <w:t xml:space="preserve">s needs and preferences are reflected in </w:t>
+      </w:r>
+      <w:r w:rsidR="008536B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>their</w:t>
+      </w:r>
+      <w:r w:rsidR="0080408A" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> activities and routines.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A4464" w:rsidRPr="008A4464" w:rsidRDefault="008A4464" w:rsidP="008A4464">
-[...14 lines deleted...]
-    <w:p w:rsidR="0080408A" w:rsidRPr="00522AB3" w:rsidRDefault="0080408A" w:rsidP="0080408A">
+    <w:p w14:paraId="6559AD39" w14:textId="56A5B92B" w:rsidR="0080408A" w:rsidRPr="00522AB3" w:rsidRDefault="0080408A" w:rsidP="0032316D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:right="100"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Community Membership.</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> The </w:t>
       </w:r>
       <w:r w:rsidR="005405A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -7464,785 +10183,960 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, and into which the </w:t>
       </w:r>
       <w:r w:rsidR="005405A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> can invite friends, family, neighbors and others to whom he or she wishes to offer hospitality; he or she has many and varied opportunities to participate in and contribute to the life of his or her community through work and through integrated social and recreational activities in culturally typical settings.</w:t>
+        <w:t xml:space="preserve"> can invite friends, family, neighbors and others to whom </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA1A4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>they wish</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to offer hospitality; </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA1A4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>they have</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> many opportunities to participate in and contribute to the life of </w:t>
+      </w:r>
+      <w:r w:rsidR="008536B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>their</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> community through work and through integrated social and recreational activities in culturally typical settings.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A4464" w:rsidRPr="008A4464" w:rsidRDefault="008A4464" w:rsidP="008A4464">
-[...14 lines deleted...]
-    <w:p w:rsidR="0080408A" w:rsidRPr="00522AB3" w:rsidRDefault="0080408A" w:rsidP="0080408A">
+    <w:p w14:paraId="7CC69429" w14:textId="2EBD8EED" w:rsidR="0080408A" w:rsidRPr="00522AB3" w:rsidRDefault="0080408A" w:rsidP="0032316D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:right="100"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Relationships.</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> The </w:t>
       </w:r>
       <w:r w:rsidR="005405A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> has opportunities and support, as needed, to develop, sustain, and strengthen varied and meaningful relationships with family, friends, neighbors and co-workers</w:t>
+        <w:t xml:space="preserve"> has opportunities and support, as needed, to develop, sustain, and strengthen meaningful relationships with family, friends, neighbors and co-workers</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A4464" w:rsidRPr="008A4464" w:rsidRDefault="008A4464" w:rsidP="008A4464">
-[...14 lines deleted...]
-    <w:p w:rsidR="0080408A" w:rsidRPr="00522AB3" w:rsidRDefault="0080408A" w:rsidP="0080408A">
+    <w:p w14:paraId="4943A3B9" w14:textId="70786178" w:rsidR="0080408A" w:rsidRPr="00522AB3" w:rsidRDefault="0080408A" w:rsidP="0032316D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:right="100"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Personal Growth and Accomplishments.</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> The </w:t>
       </w:r>
       <w:r w:rsidR="005405A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> has access to the supports necessary to enable him or her to contribute to his or her community, be as self-reliant as possible, develop his or her unique talents and abilities, and achieve his or her personal goals</w:t>
+        <w:t xml:space="preserve"> has access to the supports necessary to enable him or her to contribute to </w:t>
+      </w:r>
+      <w:r w:rsidR="008536B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>their</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> community, be as self-reliant as possible, develop </w:t>
+      </w:r>
+      <w:r w:rsidR="008536B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>their</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> unique talents and abilities, and achieve </w:t>
+      </w:r>
+      <w:r w:rsidR="008536B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>their</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> personal goals</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A4464" w:rsidRPr="008A4464" w:rsidRDefault="008A4464" w:rsidP="008A4464">
-[...14 lines deleted...]
-    <w:p w:rsidR="0080408A" w:rsidRPr="00F358C0" w:rsidRDefault="0080408A" w:rsidP="0080408A">
+    <w:p w14:paraId="11D0975F" w14:textId="6A1A588D" w:rsidR="0080408A" w:rsidRPr="00F358C0" w:rsidRDefault="0080408A" w:rsidP="0032316D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:right="100"/>
+        <w:spacing w:after="120"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Personal Well-being (Health, Safety, and Economic Security).</w:t>
       </w:r>
+      <w:r w:rsidR="0032316D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> The </w:t>
+        <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="005405A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> receives health care and related services which are sufficient and appropriate to optimize the </w:t>
       </w:r>
       <w:r w:rsidR="005405A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">s health and </w:t>
+        <w:t xml:space="preserve">s health and well-being; </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA1A4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>they live</w:t>
+      </w:r>
+      <w:r w:rsidR="009D3864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>well-being; he or she lives</w:t>
+        <w:t xml:space="preserve"> and work</w:t>
       </w:r>
       <w:r w:rsidR="009D3864">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>,</w:t>
+        <w:t xml:space="preserve"> if applicable,</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and works</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> if applicable,</w:t>
+        <w:t xml:space="preserve"> in environments that are safe, secure, and are adapted if necessary to meet the </w:t>
+      </w:r>
+      <w:r w:rsidR="005405A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>participant</w:t>
+      </w:r>
+      <w:r w:rsidR="00453FD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in environments that are safe, secure, and are adapted if necessary to meet the </w:t>
+        <w:t xml:space="preserve">s needs, and safeguards are in place to respond to emergencies and threats to the </w:t>
       </w:r>
       <w:r w:rsidR="005405A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">s needs, and safeguards are in place to respond to emergencies and threats to the </w:t>
-[...13 lines deleted...]
-        <w:t>’</w:t>
+        <w:t xml:space="preserve">s health or safety; </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA1A4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>they have</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>s health or safety; he or she has sufficient economic resources to meet his or her needs</w:t>
+        <w:t xml:space="preserve"> sufficient economic resources to meet </w:t>
+      </w:r>
+      <w:r w:rsidR="008536B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>their</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> needs</w:t>
       </w:r>
       <w:r w:rsidR="00F358C0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F358C0" w:rsidRPr="00F358C0" w:rsidRDefault="00F358C0" w:rsidP="00F358C0">
-[...14 lines deleted...]
-    <w:p w:rsidR="0080408A" w:rsidRPr="00522AB3" w:rsidRDefault="0080408A" w:rsidP="00BB51D4">
+    <w:p w14:paraId="17838B6C" w14:textId="6EC1C6B2" w:rsidR="0080408A" w:rsidRPr="00522AB3" w:rsidRDefault="0080408A" w:rsidP="00535140">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-[...5 lines deleted...]
-      </w:pPr>
+        <w:spacing w:before="120" w:after="0"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE3D4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Timing of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463" w:rsidRPr="00BE3D4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE3D4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Meeting</w:t>
+      </w:r>
       <w:r w:rsidRPr="00C25EA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Timing of the ISP Meeting.</w:t>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CE573D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Before the participant transitions into the community, t</w:t>
       </w:r>
       <w:r w:rsidR="00D106F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">he service coordinator shall develop an </w:t>
+        <w:t xml:space="preserve">he service coordinator </w:t>
+      </w:r>
+      <w:r w:rsidR="00C65401">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">must </w:t>
+      </w:r>
+      <w:r w:rsidR="00D106F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">develop an </w:t>
       </w:r>
       <w:r w:rsidR="00CE573D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>interim</w:t>
       </w:r>
       <w:r w:rsidR="00D106F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ISP with input from the part</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463" w:rsidRPr="0008133D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidR="00D106F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with input from the part</w:t>
       </w:r>
       <w:r w:rsidR="003278BA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>icipant and his or her guardian or LAR</w:t>
+        <w:t xml:space="preserve">icipant and </w:t>
+      </w:r>
+      <w:r w:rsidR="008536B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>their</w:t>
+      </w:r>
+      <w:r w:rsidR="003278BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> guardian or LAR</w:t>
       </w:r>
       <w:r w:rsidR="00D106F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0081228D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>if applicable</w:t>
       </w:r>
       <w:r w:rsidR="00D106F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, and the residential services provider</w:t>
       </w:r>
       <w:r w:rsidR="00D106F1" w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>The service coordinator shall</w:t>
+        <w:t xml:space="preserve">The service coordinator </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA0ADD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">must </w:t>
       </w:r>
       <w:r w:rsidR="009F06D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> convene a meeting to continue to develop the</w:t>
+        <w:t>convene a meeting to continue to develop the</w:t>
       </w:r>
       <w:r w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ISP within 60 days after the </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463" w:rsidRPr="0008133D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A39BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> within 60 days after the </w:t>
       </w:r>
       <w:r w:rsidR="005405A3" w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> begins receiving </w:t>
       </w:r>
       <w:r w:rsidR="009D3864" w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">services and </w:t>
       </w:r>
       <w:r w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">supports </w:t>
       </w:r>
       <w:r w:rsidR="009D3864" w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
       <w:r w:rsidR="009D3864">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>at</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> require the development of an </w:t>
+        <w:t xml:space="preserve"> require the development of a </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
       </w:r>
       <w:r w:rsidR="009D3864" w:rsidRPr="00150907">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">ISP </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00150907">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>and every year thereafter</w:t>
       </w:r>
       <w:r w:rsidR="00476A44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A4464" w:rsidRPr="008A4464" w:rsidRDefault="008A4464" w:rsidP="00BB51D4">
-[...14 lines deleted...]
-    <w:p w:rsidR="0080408A" w:rsidRPr="00522AB3" w:rsidRDefault="0080408A" w:rsidP="00BB51D4">
+    <w:p w14:paraId="09DF54D9" w14:textId="592264B6" w:rsidR="0080408A" w:rsidRPr="00522AB3" w:rsidRDefault="00AC5463" w:rsidP="00535140">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-[...16 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00535140">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidR="0080408A" w:rsidRPr="00535140">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0021484F" w:rsidRPr="00535140">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Meeting </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C25EA2">
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> The ISP meeting shall include but shall not be limited to the following</w:t>
+      <w:r w:rsidR="0080408A" w:rsidRPr="00535140">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Components</w:t>
+      </w:r>
+      <w:r w:rsidR="0080408A" w:rsidRPr="00C25EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="0080408A" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0008133D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidR="0080408A" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> meeting </w:t>
+      </w:r>
+      <w:r w:rsidR="00C65401">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidR="00C65401" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0080408A" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">include but </w:t>
+      </w:r>
+      <w:r w:rsidR="00E10962">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidR="00C65401" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0080408A" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>not limited to the following</w:t>
       </w:r>
       <w:r w:rsidR="00476A44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A4464" w:rsidRPr="008A4464" w:rsidRDefault="008A4464" w:rsidP="008A4464">
-[...14 lines deleted...]
-    <w:p w:rsidR="0080408A" w:rsidRPr="00522AB3" w:rsidRDefault="0080408A" w:rsidP="0080408A">
+    <w:p w14:paraId="00D0B63E" w14:textId="655DEEBD" w:rsidR="0080408A" w:rsidRPr="00522AB3" w:rsidRDefault="0080408A" w:rsidP="00535140">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:right="100"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Discussion of the </w:t>
       </w:r>
       <w:r w:rsidR="005405A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s vision statement and goals</w:t>
       </w:r>
-      <w:r w:rsidR="00476A44">
-[...4 lines deleted...]
-        <w:t>;</w:t>
+      <w:r w:rsidR="00F767D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F358C0" w:rsidRPr="00F358C0" w:rsidRDefault="00F358C0" w:rsidP="00F358C0">
-[...14 lines deleted...]
-    <w:p w:rsidR="0080408A" w:rsidRPr="00522AB3" w:rsidRDefault="0080408A" w:rsidP="0080408A">
+    <w:p w14:paraId="39BEA064" w14:textId="5F9CC5B7" w:rsidR="0080408A" w:rsidRPr="00522AB3" w:rsidRDefault="0080408A" w:rsidP="00535140">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:right="100"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Discussion of recent experiences and events that may affect the </w:t>
       </w:r>
       <w:r w:rsidR="005405A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s immediate future, general health, safety, or long-term goals</w:t>
       </w:r>
-      <w:r w:rsidR="00476A44">
-[...4 lines deleted...]
-        <w:t>;</w:t>
+      <w:r w:rsidR="00F767D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A4464" w:rsidRPr="008A4464" w:rsidRDefault="008A4464" w:rsidP="008A4464">
-[...14 lines deleted...]
-    <w:p w:rsidR="0021484F" w:rsidRPr="0021484F" w:rsidRDefault="0080408A" w:rsidP="0080408A">
+    <w:p w14:paraId="061EFF8F" w14:textId="10CBA767" w:rsidR="0021484F" w:rsidRPr="0021484F" w:rsidRDefault="0080408A" w:rsidP="00535140">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:right="100"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0021484F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Discussion of the </w:t>
       </w:r>
       <w:r w:rsidR="005405A3" w:rsidRPr="0021484F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
@@ -8251,1014 +11145,1111 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">s </w:t>
       </w:r>
       <w:r w:rsidR="0021484F" w:rsidRPr="0021484F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">satisfaction and </w:t>
       </w:r>
       <w:r w:rsidR="0021484F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ability</w:t>
       </w:r>
       <w:r w:rsidR="0021484F" w:rsidRPr="0021484F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> to achieve his or her goals </w:t>
+        <w:t xml:space="preserve"> to achieve </w:t>
+      </w:r>
+      <w:r w:rsidR="008536B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>their</w:t>
+      </w:r>
+      <w:r w:rsidR="0021484F" w:rsidRPr="0021484F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> goals </w:t>
       </w:r>
       <w:r w:rsidR="008F67F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>under the</w:t>
       </w:r>
       <w:r w:rsidR="0021484F" w:rsidRPr="0021484F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0021484F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">current circumstances, including his or her home, day or employment, behavioral supports, </w:t>
+        <w:t xml:space="preserve">current circumstances, including </w:t>
+      </w:r>
+      <w:r w:rsidR="008536B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>their</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021484F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> home, day or employment, behavioral supports, </w:t>
       </w:r>
       <w:r w:rsidR="008F67F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>and other</w:t>
       </w:r>
       <w:r w:rsidRPr="0021484F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0021484F" w:rsidRPr="0021484F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">services and </w:t>
       </w:r>
       <w:r w:rsidR="0021484F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>supports</w:t>
       </w:r>
-      <w:r w:rsidR="00476A44">
-[...4 lines deleted...]
-        <w:t>;</w:t>
+      <w:r w:rsidR="007D1089">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A4464" w:rsidRPr="008A4464" w:rsidRDefault="008A4464" w:rsidP="008A4464">
-[...14 lines deleted...]
-    <w:p w:rsidR="0080408A" w:rsidRPr="0021484F" w:rsidRDefault="0080408A" w:rsidP="0080408A">
+    <w:p w14:paraId="79BA52FD" w14:textId="6FE1E0A0" w:rsidR="0080408A" w:rsidRPr="0021484F" w:rsidRDefault="0080408A" w:rsidP="00535140">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:right="100"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0021484F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Identification of goals related to the </w:t>
       </w:r>
       <w:r w:rsidR="005405A3" w:rsidRPr="0021484F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="0021484F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">s vision statement and address assessed needs of the </w:t>
       </w:r>
       <w:r w:rsidR="005405A3" w:rsidRPr="0021484F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
-      <w:r w:rsidR="00476A44">
-[...4 lines deleted...]
-        <w:t>;</w:t>
+      <w:r w:rsidR="007D1089">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A4464" w:rsidRPr="008A4464" w:rsidRDefault="008A4464" w:rsidP="008A4464">
-[...14 lines deleted...]
-    <w:p w:rsidR="0080408A" w:rsidRPr="00522AB3" w:rsidRDefault="0080408A" w:rsidP="0080408A">
+    <w:p w14:paraId="5BCD0685" w14:textId="177E7814" w:rsidR="0080408A" w:rsidRPr="00522AB3" w:rsidRDefault="0080408A" w:rsidP="007D1089">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:right="100"/>
+        <w:spacing w:after="120"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Development of a </w:t>
       </w:r>
       <w:r w:rsidR="0021484F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>service</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> agreement as a part of the ISP </w:t>
+        <w:t xml:space="preserve"> agreement as a part of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463" w:rsidRPr="0008133D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0021484F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>that</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> sets forth</w:t>
       </w:r>
-      <w:r w:rsidR="00476A44">
-[...5 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="008A4464" w:rsidRPr="008A4464" w:rsidRDefault="008A4464" w:rsidP="008A4464">
-[...14 lines deleted...]
-    <w:p w:rsidR="0080408A" w:rsidRPr="00522AB3" w:rsidRDefault="0080408A" w:rsidP="0080408A">
+    <w:p w14:paraId="43407E18" w14:textId="77777777" w:rsidR="0080408A" w:rsidRPr="00522AB3" w:rsidRDefault="0080408A" w:rsidP="000A49D5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="29"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:right="100"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">specific objectives related to the </w:t>
       </w:r>
       <w:r w:rsidR="005405A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s goals</w:t>
       </w:r>
       <w:r w:rsidR="00476A44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A4464" w:rsidRPr="008A4464" w:rsidRDefault="008A4464" w:rsidP="008A4464">
-[...14 lines deleted...]
-    <w:p w:rsidR="0080408A" w:rsidRPr="00522AB3" w:rsidRDefault="0080408A" w:rsidP="0080408A">
+    <w:p w14:paraId="4DD8D5CF" w14:textId="5A912289" w:rsidR="0080408A" w:rsidRPr="00522AB3" w:rsidRDefault="0080408A" w:rsidP="000A49D5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="29"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:right="100"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">the strategies and supports that are the least restrictive and that will be utilized to assist the </w:t>
+        <w:t xml:space="preserve">the strategies and supports that are the least restrictive and that will be </w:t>
+      </w:r>
+      <w:r w:rsidR="007D1089">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>used</w:t>
+      </w:r>
+      <w:r w:rsidR="007D1089" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to assist the </w:t>
       </w:r>
       <w:r w:rsidR="005405A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> to attain goals and objectives, which may include but shall not be limited to instruction in skills related to health and safety, self-care, communication, home living, work, leisure, social interactions, community use, self-direction and functional academics, provision of medical, dental</w:t>
+        <w:t xml:space="preserve"> to attain goals and objectives, which may include but </w:t>
+      </w:r>
+      <w:r w:rsidR="00F131DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:r w:rsidR="00C65401" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>not limited to instruction in skills related to health and safety, self-care, communication, home living, work, leisure, social interactions, community use, self-direction and functional academics, provision of medical, dental</w:t>
       </w:r>
       <w:r w:rsidR="008B59DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and specialty services such as physical or occupational therapy, psychiatric or psychological services, legal or advocacy </w:t>
-[...7 lines deleted...]
-        <w:t>services, and the party responsible for implementation</w:t>
+        <w:t xml:space="preserve"> and specialty services such as physical or occupational therapy, psychiatric or psychological services, legal or advocacy services, and the party responsible for implementation</w:t>
       </w:r>
       <w:r w:rsidR="00476A44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A4464" w:rsidRPr="008A4464" w:rsidRDefault="008A4464" w:rsidP="008A4464">
-[...14 lines deleted...]
-    <w:p w:rsidR="0080408A" w:rsidRPr="00522AB3" w:rsidRDefault="0080408A" w:rsidP="0080408A">
+    <w:p w14:paraId="1F61713C" w14:textId="77777777" w:rsidR="0080408A" w:rsidRPr="00522AB3" w:rsidRDefault="0080408A" w:rsidP="000A49D5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="29"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:right="100"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the settings in which the strategies will be implemented and the</w:t>
       </w:r>
       <w:r w:rsidR="0021484F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> services and</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> supports provided</w:t>
       </w:r>
       <w:r w:rsidR="00476A44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A4464" w:rsidRPr="008A4464" w:rsidRDefault="008A4464" w:rsidP="008A4464">
-[...14 lines deleted...]
-    <w:p w:rsidR="0080408A" w:rsidRPr="00522AB3" w:rsidRDefault="0080408A" w:rsidP="0080408A">
+    <w:p w14:paraId="0F2CFE16" w14:textId="77777777" w:rsidR="0080408A" w:rsidRPr="00522AB3" w:rsidRDefault="0080408A" w:rsidP="000A49D5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="29"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:right="100"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the expected duration and frequency of the supports</w:t>
       </w:r>
       <w:r w:rsidR="00476A44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A4464" w:rsidRPr="008A4464" w:rsidRDefault="008A4464" w:rsidP="008A4464">
-[...14 lines deleted...]
-    <w:p w:rsidR="0080408A" w:rsidRPr="00522AB3" w:rsidRDefault="0080408A" w:rsidP="0080408A">
+    <w:p w14:paraId="72DE670F" w14:textId="16B67BC4" w:rsidR="0080408A" w:rsidRPr="00522AB3" w:rsidRDefault="0080408A" w:rsidP="000A49D5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="29"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:right="100"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">the criteria to be utilized in evaluating the effectiveness of </w:t>
+        <w:t xml:space="preserve">the criteria to be </w:t>
+      </w:r>
+      <w:r w:rsidR="007D1089">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>used</w:t>
+      </w:r>
+      <w:r w:rsidR="007D1089" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in evaluating the effectiveness of </w:t>
       </w:r>
       <w:r w:rsidR="0021484F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>services and</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> supports in achieving the </w:t>
       </w:r>
       <w:r w:rsidR="005405A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s goals</w:t>
       </w:r>
       <w:r w:rsidR="00476A44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A4464" w:rsidRPr="008A4464" w:rsidRDefault="008A4464" w:rsidP="008A4464">
-[...14 lines deleted...]
-    <w:p w:rsidR="0080408A" w:rsidRPr="00522AB3" w:rsidRDefault="0080408A" w:rsidP="0080408A">
+    <w:p w14:paraId="6AA3093A" w14:textId="77777777" w:rsidR="0080408A" w:rsidRPr="00522AB3" w:rsidRDefault="0080408A" w:rsidP="000A49D5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="29"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:right="100"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">any unmet support needs and the strategies </w:t>
       </w:r>
       <w:r w:rsidR="0021484F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>that</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> will be </w:t>
       </w:r>
       <w:r w:rsidR="0021484F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>used</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> to address those needs</w:t>
       </w:r>
       <w:r w:rsidR="00476A44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A4464" w:rsidRPr="008A4464" w:rsidRDefault="008A4464" w:rsidP="008A4464">
-[...14 lines deleted...]
-    <w:p w:rsidR="0080408A" w:rsidRPr="00522AB3" w:rsidRDefault="00544E51" w:rsidP="0080408A">
+    <w:p w14:paraId="79390959" w14:textId="71B6DBE7" w:rsidR="0080408A" w:rsidRPr="00522AB3" w:rsidRDefault="00544E51" w:rsidP="000A49D5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="29"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:right="100"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
+      <w:r w:rsidR="00AC5463">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
       <w:r w:rsidR="0080408A" w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">ISP team member(s) responsible for monitoring and reporting on implementation of the </w:t>
+        <w:t xml:space="preserve"> team member(s) responsible for monitoring and reporting on implementation of the </w:t>
       </w:r>
       <w:r w:rsidR="0021484F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>service</w:t>
       </w:r>
       <w:r w:rsidR="0080408A" w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> agreement as well as the format and frequency of such monitoring and reporting</w:t>
       </w:r>
       <w:r w:rsidR="00476A44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>; and</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A4464" w:rsidRPr="008A4464" w:rsidRDefault="008A4464" w:rsidP="008A4464">
-[...14 lines deleted...]
-    <w:p w:rsidR="00544E51" w:rsidRPr="00522AB3" w:rsidRDefault="00544E51" w:rsidP="0080408A">
+    <w:p w14:paraId="5C28D0FF" w14:textId="0CE6D204" w:rsidR="00544E51" w:rsidRPr="00522AB3" w:rsidRDefault="00544E51" w:rsidP="000A49D5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="29"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-[...6 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>the</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve">the date of the </w:t>
+      </w:r>
+      <w:r w:rsidR="007D1089">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PCP’s </w:t>
+      </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> date of the next review of the ISP, which can be no later than one year from the date of the ISP meeting</w:t>
+        <w:t xml:space="preserve">next review, which </w:t>
+      </w:r>
+      <w:r w:rsidR="009D2FA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidR="009D2FA3" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">be no later than one year from the date of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> meeting</w:t>
       </w:r>
       <w:r w:rsidR="00F92D2A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A4464" w:rsidRPr="008A4464" w:rsidRDefault="008A4464" w:rsidP="008A4464">
-[...14 lines deleted...]
-    <w:p w:rsidR="00544E51" w:rsidRPr="007A39BC" w:rsidRDefault="00544E51" w:rsidP="00544E51">
+    <w:p w14:paraId="4092C3E1" w14:textId="544BF10F" w:rsidR="000265A4" w:rsidRDefault="00544E51" w:rsidP="009C7AD8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:right="100"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Discussion o</w:t>
       </w:r>
       <w:r w:rsidR="00476A44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>f newly identified changes in a</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005405A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">s abilities or life circumstances, if any, that require monitoring by the ISP team </w:t>
+        <w:t xml:space="preserve">s abilities or life circumstances, if any, that require monitoring by the </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> team </w:t>
       </w:r>
       <w:r w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>over the course of the ISP year</w:t>
+        <w:t xml:space="preserve">over the course of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A39BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> year</w:t>
       </w:r>
       <w:r w:rsidR="00476A44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A4464" w:rsidRPr="008A4464" w:rsidRDefault="008A4464" w:rsidP="008A4464">
-[...14 lines deleted...]
-    <w:p w:rsidR="00544E51" w:rsidRPr="002700E9" w:rsidRDefault="00544E51" w:rsidP="00BB51D4">
+    <w:p w14:paraId="6C9540A7" w14:textId="51CE084C" w:rsidR="00544E51" w:rsidRPr="002700E9" w:rsidRDefault="00544E51" w:rsidP="009C7AD8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="2160" w:right="100" w:hanging="360"/>
-        <w:rPr>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D1089">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t>Distribution, Approval</w:t>
       </w:r>
-      <w:r w:rsidR="00C25EA2" w:rsidRPr="007A39BC">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00C25EA2" w:rsidRPr="007D1089">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A39BC">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> and Implementation of the ISP</w:t>
+      <w:r w:rsidRPr="007D1089">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Implementation of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463" w:rsidRPr="007D1089">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
       </w:r>
       <w:r w:rsidR="00476A44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002700E9" w:rsidRPr="007A39BC" w:rsidRDefault="002700E9" w:rsidP="002700E9">
-[...14 lines deleted...]
-    <w:p w:rsidR="00CE6F9D" w:rsidRPr="00CE6F9D" w:rsidRDefault="00544E51" w:rsidP="00544E51">
+    <w:p w14:paraId="4DF2CF1A" w14:textId="2121B3AB" w:rsidR="00CE6F9D" w:rsidRPr="00CE6F9D" w:rsidRDefault="00544E51" w:rsidP="007D1089">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:right="100"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Within 45 days following the ISP meeting, the ISP shall be reviewed by t</w:t>
+        <w:t xml:space="preserve">Within 45 days </w:t>
+      </w:r>
+      <w:r w:rsidR="007D1089">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidR="007D1089" w:rsidRPr="007A39BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A39BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A39BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> meeting, the </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A39BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009D2FA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidR="009D2FA3" w:rsidRPr="007A39BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A39BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>be reviewed by t</w:t>
       </w:r>
       <w:r w:rsidR="00952650" w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>he Regional Program Coordinator</w:t>
+        <w:t xml:space="preserve">he </w:t>
+      </w:r>
+      <w:r w:rsidR="007D1089">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="002B2A03" w:rsidRPr="00572032">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">egional ABI-MFP </w:t>
+      </w:r>
+      <w:r w:rsidR="007D1089">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="002B2A03" w:rsidRPr="00572032">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>irector</w:t>
+      </w:r>
+      <w:r w:rsidR="002B2A03" w:rsidRPr="553D7615">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> or designee, approved or disapproved</w:t>
+        <w:t>or designee, approved or disapproved</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE6F9D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> in part or in whole, and mailed to the </w:t>
       </w:r>
       <w:r w:rsidR="005405A3" w:rsidRPr="00CE6F9D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE6F9D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, family, if authorized, guardian</w:t>
       </w:r>
       <w:r w:rsidR="0081228D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -9286,719 +12277,1057 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00CE6F9D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">designated representative, </w:t>
       </w:r>
       <w:r w:rsidR="0081228D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>if applicable</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE6F9D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, and providers. A notice of appeal rights that are available under Mass Health regulations 130 CMR 610</w:t>
       </w:r>
+      <w:r w:rsidR="006E2415">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.000</w:t>
+      </w:r>
       <w:r w:rsidR="00F92D2A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00F92D2A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>MassHealth</w:t>
       </w:r>
       <w:r w:rsidR="00F92D2A" w:rsidRPr="00F92D2A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>: Fair Hearing Rules</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE6F9D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> will be mailed with the ISP. The service coordinator shall </w:t>
+        <w:t xml:space="preserve"> will be mailed with the </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE6F9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. The service coordinator </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA0ADD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA0ADD" w:rsidRPr="00CE6F9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CE6F9D" w:rsidRPr="00CE6F9D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">provide notice </w:t>
       </w:r>
       <w:r w:rsidR="00F92D2A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">to the participant, his or her family, if authorized, and guardian or LAR, if applicable, </w:t>
+        <w:t xml:space="preserve">to the participant, </w:t>
+      </w:r>
+      <w:r w:rsidR="008536B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>their</w:t>
+      </w:r>
+      <w:r w:rsidR="00F92D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> family, if authorized, and guardian or LAR, if applicable, </w:t>
       </w:r>
       <w:r w:rsidR="00CE6F9D" w:rsidRPr="00CE6F9D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
       <w:r w:rsidR="00F92D2A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> his or her</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008536B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>their</w:t>
       </w:r>
       <w:r w:rsidR="00CE6F9D" w:rsidRPr="00CE6F9D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> availability within ten days of receipt of the ISP to </w:t>
+        <w:t xml:space="preserve"> availability within ten days of receipt of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE6F9D" w:rsidRPr="00CE6F9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to </w:t>
       </w:r>
       <w:r w:rsidRPr="00CE6F9D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>explain the ISP</w:t>
+        <w:t xml:space="preserve">explain the </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
       </w:r>
       <w:r w:rsidR="00476A44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002700E9" w:rsidRPr="002700E9" w:rsidRDefault="002700E9" w:rsidP="002700E9">
-[...14 lines deleted...]
-    <w:p w:rsidR="00544E51" w:rsidRPr="00CE6F9D" w:rsidRDefault="00544E51" w:rsidP="00544E51">
+    <w:p w14:paraId="5366530B" w14:textId="33EAE61B" w:rsidR="00544E51" w:rsidRPr="00CE6F9D" w:rsidRDefault="00544E51" w:rsidP="007D1089">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:right="100"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE6F9D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>If the Regional Program Coordinator</w:t>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t xml:space="preserve">If the </w:t>
+      </w:r>
+      <w:r w:rsidR="00172BC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="002B2A03" w:rsidRPr="009876F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">egional ABI-MFP </w:t>
+      </w:r>
+      <w:r w:rsidR="00172BC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="002B2A03" w:rsidRPr="009876F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>irector</w:t>
+      </w:r>
+      <w:r w:rsidR="002B2A03" w:rsidRPr="553D7615">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CE6F9D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>or designee</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE6F9D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> disapproves the ISP, in whole or in part, he or she shall discu</w:t>
+        <w:t xml:space="preserve"> disapproves the </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE6F9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, in whole or in part, </w:t>
+      </w:r>
+      <w:r w:rsidR="001C6C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>they</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE6F9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA0ADD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA0ADD" w:rsidRPr="00CE6F9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE6F9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>discu</w:t>
       </w:r>
       <w:r w:rsidR="0081228D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ss with the service coordinator</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE6F9D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0081228D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="00CE6F9D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>reasons for disapproval and suggest changes to the ISP. If the suggested changes would be considered modifications of the ISP, the service coordinator</w:t>
+        <w:t xml:space="preserve">reasons for disapproval and suggest changes to the </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE6F9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. If the suggested changes </w:t>
+      </w:r>
+      <w:r w:rsidR="00172BC5" w:rsidRPr="00CE6F9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE6F9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> considered modifications of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE6F9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE6F9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>service coordinator</w:t>
       </w:r>
       <w:r w:rsidR="00380774">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00172BC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>will</w:t>
+      </w:r>
+      <w:r w:rsidR="00172BC5" w:rsidRPr="00CE6F9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00CE6F9D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">shall consult with the </w:t>
+        <w:t xml:space="preserve">consult with the </w:t>
       </w:r>
       <w:r w:rsidR="005405A3" w:rsidRPr="00CE6F9D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE6F9D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and other team members regarding the proposed changes to the ISP. The service coordinator</w:t>
+        <w:t xml:space="preserve"> and other team members regarding the proposed changes to the </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE6F9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. The service coordinator</w:t>
       </w:r>
       <w:r w:rsidR="00380774">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CE6F9D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">may reconvene the </w:t>
       </w:r>
+      <w:r w:rsidR="00AC5463">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
       <w:r w:rsidRPr="00CE6F9D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>ISP meeting for the purpose of revising the ISP in accordance with the recommendations of t</w:t>
+        <w:t xml:space="preserve"> meeting for the purpose of revising the </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE6F9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in accordance with the recommendations of t</w:t>
       </w:r>
       <w:r w:rsidR="00380774">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>he Regional Program Coordinator</w:t>
+        <w:t xml:space="preserve">he </w:t>
+      </w:r>
+      <w:r w:rsidR="00172BC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="002B2A03" w:rsidRPr="009876F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">egional ABI-MFP </w:t>
+      </w:r>
+      <w:r w:rsidR="00172BC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="002B2A03" w:rsidRPr="009876F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>irector</w:t>
+      </w:r>
+      <w:r w:rsidR="002B2A03" w:rsidRPr="553D7615">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CE6F9D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> if the service coordinator</w:t>
+        <w:t>if the service coordinator</w:t>
       </w:r>
       <w:r w:rsidR="00380774">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CE6F9D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>determines that the ISP meeting must be reconvened in order to develop an appropriate ISP</w:t>
+        <w:t xml:space="preserve">determines that the </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE6F9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> meeting must be reconvened </w:t>
+      </w:r>
+      <w:r w:rsidR="00E60215" w:rsidRPr="00CE6F9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE6F9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> develop an appropriate </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
       </w:r>
       <w:r w:rsidR="00CE6F9D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, or </w:t>
       </w:r>
       <w:r w:rsidR="00CE6F9D" w:rsidRPr="00CE6F9D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>at the request of the participant or his or her family</w:t>
+        <w:t xml:space="preserve">at the request of the participant or </w:t>
+      </w:r>
+      <w:r w:rsidR="008536B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>their</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE6F9D" w:rsidRPr="00CE6F9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> family</w:t>
       </w:r>
       <w:r w:rsidR="00F92D2A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00CE6F9D" w:rsidRPr="00CE6F9D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> guardian</w:t>
       </w:r>
       <w:r w:rsidR="00F92D2A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="003278BA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> or LAR</w:t>
       </w:r>
       <w:r w:rsidR="00F92D2A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002700E9" w:rsidRPr="002700E9" w:rsidRDefault="002700E9" w:rsidP="002700E9">
-[...14 lines deleted...]
-    <w:p w:rsidR="002700E9" w:rsidRPr="00476A44" w:rsidRDefault="00544E51" w:rsidP="00476A44">
+    <w:p w14:paraId="0DD74427" w14:textId="2593CEF7" w:rsidR="002700E9" w:rsidRPr="00476A44" w:rsidRDefault="00544E51" w:rsidP="007D1089">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:right="100"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="005405A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="0081228D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and his or her guardian or LAR</w:t>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="008536B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>their</w:t>
+      </w:r>
+      <w:r w:rsidR="0081228D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> guardian or LAR</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="0081228D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>if applicable</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, will be asked to signify, in writing, their approval or appeal of the ISP. Any participant with a right of appeal under MassHealth </w:t>
+        <w:t xml:space="preserve">, will be asked to signify, in writing, their approval or appeal of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Any participant with a right of appeal under </w:t>
       </w:r>
       <w:r w:rsidR="00F92D2A" w:rsidRPr="00CE6F9D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>130 CMR 610</w:t>
       </w:r>
+      <w:r w:rsidR="007008C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.000</w:t>
+      </w:r>
       <w:r w:rsidR="00F92D2A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
-[...15 lines deleted...]
-        <w:t>: Fair Hearing Rules</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>will be deemed to agree to the plan unless an appeal is filed within the li</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE6F9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mits set forth in </w:t>
       </w:r>
       <w:r w:rsidR="00F92D2A" w:rsidRPr="00CE6F9D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...19 lines deleted...]
-        </w:rPr>
         <w:t>130 CMR 610</w:t>
       </w:r>
-      <w:r w:rsidR="00F92D2A">
-[...20 lines deleted...]
-        <w:t>: Fair Hearing Rules</w:t>
+      <w:r w:rsidR="007008C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.000</w:t>
       </w:r>
       <w:r w:rsidR="00476A44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F358C0" w:rsidRPr="002700E9" w:rsidRDefault="00F358C0" w:rsidP="002700E9">
-[...14 lines deleted...]
-    <w:p w:rsidR="00BB51D4" w:rsidRPr="00673FF7" w:rsidRDefault="00544E51" w:rsidP="00673FF7">
+    <w:p w14:paraId="3AFB54C0" w14:textId="060F2B64" w:rsidR="00BB51D4" w:rsidRPr="00673FF7" w:rsidRDefault="00544E51" w:rsidP="007D1089">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:after="120"/>
         <w:ind w:right="100"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>When feasible and with the approval of t</w:t>
       </w:r>
       <w:r w:rsidR="00380774">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>he Regional Program Coordinator</w:t>
+        <w:t xml:space="preserve">he </w:t>
+      </w:r>
+      <w:r w:rsidR="00172BC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="002B2A03" w:rsidRPr="009876F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">egional ABI-MFP </w:t>
+      </w:r>
+      <w:r w:rsidR="00172BC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="002B2A03" w:rsidRPr="009876F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>irector</w:t>
+      </w:r>
+      <w:r w:rsidR="002B2A03" w:rsidRPr="553D7615">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> or designee and all parties having a right of appeal under MassHealth regulations </w:t>
+        <w:t xml:space="preserve">or designee and all parties having a right of appeal under </w:t>
       </w:r>
       <w:r w:rsidR="00F92D2A" w:rsidRPr="00CE6F9D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>130 CMR 610</w:t>
       </w:r>
-      <w:r w:rsidR="00F92D2A">
-[...20 lines deleted...]
-        <w:t>: Fair Hearing Rules</w:t>
+      <w:r w:rsidR="007008C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.000</w:t>
       </w:r>
       <w:r w:rsidR="00F92D2A" w:rsidRPr="00CE6F9D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">as well as the provider, the ISP or any portion thereof may be implemented prior to completion </w:t>
+        <w:t xml:space="preserve">as well as the provider, the </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or any portion thereof may be implemented prior to completion </w:t>
       </w:r>
       <w:r w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>of the distribution and approval process</w:t>
       </w:r>
       <w:r w:rsidR="00476A44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BB51D4" w:rsidRPr="00BB51D4" w:rsidRDefault="00BB51D4" w:rsidP="00BB51D4">
-[...14 lines deleted...]
-    <w:p w:rsidR="00544E51" w:rsidRPr="007A39BC" w:rsidRDefault="00544E51" w:rsidP="00544E51">
+    <w:p w14:paraId="2C5B0A61" w14:textId="6ABFEB91" w:rsidR="00544E51" w:rsidRPr="007A39BC" w:rsidRDefault="00544E51" w:rsidP="009C7AD8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:right="100"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Review of Individual Service Plans</w:t>
+        <w:t xml:space="preserve">Review of </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Person Centered Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A39BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00476A44" w:rsidRPr="00476A44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002700E9" w:rsidRPr="002700E9" w:rsidRDefault="002700E9" w:rsidP="002700E9">
-[...14 lines deleted...]
-    <w:p w:rsidR="00544E51" w:rsidRPr="00522AB3" w:rsidRDefault="00544E51" w:rsidP="00BB51D4">
+    <w:p w14:paraId="0064520D" w14:textId="0F0050E8" w:rsidR="00544E51" w:rsidRPr="00522AB3" w:rsidRDefault="00544E51" w:rsidP="000067C7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-[...5 lines deleted...]
-      </w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000067C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Frequency of Review</w:t>
+      </w:r>
       <w:r w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Frequency of Review. The ISP</w:t>
+        <w:t xml:space="preserve">. The </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> shall be </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00080F0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidR="00080F0C" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">be </w:t>
       </w:r>
       <w:r w:rsidRPr="00150907">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>reviewed and</w:t>
       </w:r>
       <w:r w:rsidR="009F06D8" w:rsidRPr="00150907">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00150907">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>update</w:t>
       </w:r>
       <w:r w:rsidR="009F06D8" w:rsidRPr="00150907">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -10041,265 +13370,335 @@
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s desires, goals, needs, and circumstances</w:t>
       </w:r>
       <w:r w:rsidR="00476A44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002700E9" w:rsidRPr="002700E9" w:rsidRDefault="002700E9" w:rsidP="00BB51D4">
-[...14 lines deleted...]
-    <w:p w:rsidR="00544E51" w:rsidRPr="00522AB3" w:rsidRDefault="00544E51" w:rsidP="00BB51D4">
+    <w:p w14:paraId="290E6991" w14:textId="6ADD9753" w:rsidR="00544E51" w:rsidRPr="00522AB3" w:rsidRDefault="00544E51" w:rsidP="000067C7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:left="2160" w:right="100" w:hanging="360"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00150907">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Within one year of the date on which an ISP was developed,</w:t>
+        <w:t xml:space="preserve">Within one year of the date on which an </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00150907">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> was developed,</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the service coordinator</w:t>
       </w:r>
       <w:r w:rsidR="00380774">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="000067C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>will set up</w:t>
+      </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">shall convene a meeting of the team to review and update the </w:t>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:r w:rsidR="000067C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">team </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">meeting to review and update the </w:t>
       </w:r>
       <w:r w:rsidR="005405A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>s ISP</w:t>
+        <w:t xml:space="preserve">s </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
       </w:r>
       <w:r w:rsidR="009F06D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> to develop an ISP for the upcoming year</w:t>
+        <w:t xml:space="preserve"> to develop a </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidR="009F06D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for the upcoming year</w:t>
       </w:r>
       <w:r w:rsidR="00476A44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002700E9" w:rsidRPr="002700E9" w:rsidRDefault="002700E9" w:rsidP="00BB51D4">
-[...14 lines deleted...]
-    <w:p w:rsidR="00544E51" w:rsidRPr="00522AB3" w:rsidRDefault="00544E51" w:rsidP="00BB51D4">
+    <w:p w14:paraId="4AA4067E" w14:textId="1A2C82E4" w:rsidR="00544E51" w:rsidRPr="00522AB3" w:rsidRDefault="00544E51" w:rsidP="000067C7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:left="2160" w:right="100" w:hanging="360"/>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">The service coordinator shall obtain and distribute any new or updated assessments, review monitoring reports generated by the </w:t>
+        <w:t xml:space="preserve">The service coordinator </w:t>
+      </w:r>
+      <w:r w:rsidR="00080F0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidR="00080F0C" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">obtain and distribute any new or updated assessments, review monitoring reports generated by the </w:t>
+      </w:r>
+      <w:r w:rsidR="008749C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00CE6F9D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>State Agency</w:t>
+        <w:t xml:space="preserve">tate </w:t>
+      </w:r>
+      <w:r w:rsidR="008749C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE6F9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gency</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and the provider(s), </w:t>
       </w:r>
       <w:r w:rsidR="00EE24B6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> in consultation with the </w:t>
       </w:r>
       <w:r w:rsidR="005405A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and other team members, make appropriate revisions to the ISP based on a review of the following</w:t>
+        <w:t xml:space="preserve"> and other team members, make appropriate revisions to the </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> based on a review of the following</w:t>
       </w:r>
       <w:r w:rsidR="00476A44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002700E9" w:rsidRPr="002700E9" w:rsidRDefault="002700E9" w:rsidP="002700E9">
-[...14 lines deleted...]
-    <w:p w:rsidR="00544E51" w:rsidRPr="00522AB3" w:rsidRDefault="00544E51" w:rsidP="00544E51">
+    <w:p w14:paraId="5AE8A395" w14:textId="77777777" w:rsidR="00544E51" w:rsidRPr="00522AB3" w:rsidRDefault="00544E51" w:rsidP="000067C7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:right="100"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the satisfaction of the </w:t>
       </w:r>
       <w:r w:rsidR="005405A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and others, including the </w:t>
@@ -10332,348 +13731,277 @@
         </w:rPr>
         <w:t xml:space="preserve"> or LAR</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="0081228D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>if applicable</w:t>
       </w:r>
       <w:r w:rsidR="00476A44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002700E9" w:rsidRPr="002700E9" w:rsidRDefault="002700E9" w:rsidP="002700E9">
-[...14 lines deleted...]
-    <w:p w:rsidR="00544E51" w:rsidRPr="00522AB3" w:rsidRDefault="00544E51" w:rsidP="00544E51">
+    <w:p w14:paraId="6F4FBC9F" w14:textId="2B6754FB" w:rsidR="00544E51" w:rsidRPr="00522AB3" w:rsidRDefault="00544E51" w:rsidP="000067C7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:right="100"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>progress toward achieving the goals identified in the ISP</w:t>
+        <w:t xml:space="preserve">progress toward achieving the goals identified in the </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
       </w:r>
       <w:r w:rsidR="00476A44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002700E9" w:rsidRPr="002700E9" w:rsidRDefault="002700E9" w:rsidP="002700E9">
-[...14 lines deleted...]
-    <w:p w:rsidR="00544E51" w:rsidRPr="00522AB3" w:rsidRDefault="00544E51" w:rsidP="00544E51">
+    <w:p w14:paraId="76CF5286" w14:textId="77777777" w:rsidR="00544E51" w:rsidRPr="00522AB3" w:rsidRDefault="00544E51" w:rsidP="000067C7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:right="100"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">any significant changes in the </w:t>
       </w:r>
       <w:r w:rsidR="005405A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s circumstances or abilities including:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002700E9" w:rsidRDefault="002700E9" w:rsidP="002700E9">
-[...14 lines deleted...]
-    <w:p w:rsidR="00544E51" w:rsidRPr="00522AB3" w:rsidRDefault="00544E51" w:rsidP="00544E51">
+    <w:p w14:paraId="66CCA6A4" w14:textId="77777777" w:rsidR="00544E51" w:rsidRPr="00522AB3" w:rsidRDefault="00544E51" w:rsidP="000A49D5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="30"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:right="100"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">changes in the </w:t>
       </w:r>
       <w:r w:rsidR="005405A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">s physical or mental health, </w:t>
-[...7 lines deleted...]
-        <w:t>including a review of the appropriateness and effectiveness of current medications</w:t>
+        <w:t>s physical or mental health, including a review of the appropriateness and effectiveness of current medications</w:t>
       </w:r>
       <w:r w:rsidR="00FC7235">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00CE6F9D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> if applicable</w:t>
       </w:r>
       <w:r w:rsidR="00476A44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002700E9" w:rsidRPr="002700E9" w:rsidRDefault="002700E9" w:rsidP="002700E9">
-[...14 lines deleted...]
-    <w:p w:rsidR="00544E51" w:rsidRPr="00522AB3" w:rsidRDefault="00544E51" w:rsidP="00544E51">
+    <w:p w14:paraId="2F89CDBD" w14:textId="77777777" w:rsidR="00544E51" w:rsidRPr="00522AB3" w:rsidRDefault="00544E51" w:rsidP="000A49D5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="30"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:right="100"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">changes in the </w:t>
       </w:r>
       <w:r w:rsidR="005405A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s financial resources</w:t>
       </w:r>
       <w:r w:rsidR="00476A44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002700E9" w:rsidRDefault="002700E9" w:rsidP="002700E9">
-[...14 lines deleted...]
-    <w:p w:rsidR="00544E51" w:rsidRPr="00522AB3" w:rsidRDefault="00544E51" w:rsidP="00544E51">
+    <w:p w14:paraId="1789D84A" w14:textId="77777777" w:rsidR="00544E51" w:rsidRPr="00522AB3" w:rsidRDefault="00544E51" w:rsidP="000A49D5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="30"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:right="100"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">changes which may affect the </w:t>
       </w:r>
       <w:r w:rsidR="005405A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
@@ -10685,524 +14013,592 @@
         </w:rPr>
         <w:t>s service</w:t>
       </w:r>
       <w:r w:rsidR="00CE6F9D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> support needs</w:t>
       </w:r>
       <w:r w:rsidR="00476A44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002700E9" w:rsidRPr="002700E9" w:rsidRDefault="002700E9" w:rsidP="002700E9">
-[...14 lines deleted...]
-    <w:p w:rsidR="00544E51" w:rsidRPr="00522AB3" w:rsidRDefault="00544E51" w:rsidP="00544E51">
+    <w:p w14:paraId="61D53BF2" w14:textId="3633DC74" w:rsidR="00544E51" w:rsidRPr="00522AB3" w:rsidRDefault="00544E51" w:rsidP="000A49D5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="30"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:right="100"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">changes in the </w:t>
       </w:r>
       <w:r w:rsidR="005405A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>s ability to make informed decisions regarding his or her personal or financial affairs</w:t>
+        <w:t xml:space="preserve">s ability to make informed decisions regarding </w:t>
+      </w:r>
+      <w:r w:rsidR="008536B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>their</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> personal or financial affairs</w:t>
       </w:r>
       <w:r w:rsidR="00476A44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidR="00DA14FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002700E9" w:rsidRPr="002700E9" w:rsidRDefault="002700E9" w:rsidP="002700E9">
-[...14 lines deleted...]
-    <w:p w:rsidR="00544E51" w:rsidRPr="00522AB3" w:rsidRDefault="00544E51" w:rsidP="00544E51">
+    <w:p w14:paraId="0C34CCA7" w14:textId="77777777" w:rsidR="00544E51" w:rsidRPr="00522AB3" w:rsidRDefault="00544E51" w:rsidP="000A49D5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="30"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-[...6 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>changes</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve">changes in the availability of needed </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE6F9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">services and </w:t>
+      </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in the availability of needed </w:t>
-[...12 lines deleted...]
-        </w:rPr>
         <w:t>supports</w:t>
       </w:r>
       <w:r w:rsidR="00DA14FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002700E9" w:rsidRPr="002700E9" w:rsidRDefault="002700E9" w:rsidP="002700E9">
-[...14 lines deleted...]
-    <w:p w:rsidR="00544E51" w:rsidRPr="00522AB3" w:rsidRDefault="00544E51" w:rsidP="00544E51">
+    <w:p w14:paraId="58501A22" w14:textId="6C394F31" w:rsidR="00544E51" w:rsidRPr="00522AB3" w:rsidRDefault="00544E51" w:rsidP="000067C7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:right="100"/>
+        <w:spacing w:before="120" w:after="0"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">whether the goals identified in the ISP are consistent with the current desires and needs of the </w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">whether the goals identified in the </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are consistent with the current desires and needs of the </w:t>
       </w:r>
       <w:r w:rsidR="005405A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and whether the strategies and supports identified in the ISP continue to be the least restrictive, appropriate and available strategies and supports to promote achievement of those goals</w:t>
+        <w:t xml:space="preserve"> and whether the strategies and supports identified in the </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> continue to be the least restrictive, appropriate and available strategies and supports to promote achievement of those goals</w:t>
       </w:r>
       <w:r w:rsidR="00476A44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>; and</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002700E9" w:rsidRPr="002700E9" w:rsidRDefault="002700E9" w:rsidP="002700E9">
-[...14 lines deleted...]
-    <w:p w:rsidR="00544E51" w:rsidRPr="00522AB3" w:rsidRDefault="00544E51" w:rsidP="00544E51">
+    <w:p w14:paraId="7E083606" w14:textId="6DA00010" w:rsidR="00544E51" w:rsidRPr="00522AB3" w:rsidRDefault="00544E51" w:rsidP="000067C7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-[...6 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:spacing w:after="120"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>the</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve">the continued effectiveness and appropriateness of any authorizations given by the </w:t>
+      </w:r>
+      <w:r w:rsidR="005405A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>participant</w:t>
+      </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> continued effectiveness and appropriateness of any authorizations given by the </w:t>
-[...6 lines deleted...]
-        <w:t>participant</w:t>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="008536B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>their</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>, his or her guardian</w:t>
+        <w:t xml:space="preserve"> guardian</w:t>
       </w:r>
       <w:r w:rsidR="0081228D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> or LAR</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="0081228D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>if applicable</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, a court, or other authority</w:t>
       </w:r>
       <w:r w:rsidR="00476A44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002700E9" w:rsidRPr="002700E9" w:rsidRDefault="002700E9" w:rsidP="002700E9">
-[...14 lines deleted...]
-    <w:p w:rsidR="00522AB3" w:rsidRPr="00522AB3" w:rsidRDefault="00522AB3" w:rsidP="00BB51D4">
+    <w:p w14:paraId="4EE7068D" w14:textId="38A6178E" w:rsidR="00522AB3" w:rsidRPr="00522AB3" w:rsidRDefault="00522AB3" w:rsidP="009C7AD8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="2160" w:right="100" w:hanging="360"/>
-        <w:rPr>
-[...3 lines deleted...]
-      </w:pPr>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000067C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Distribution, Approval</w:t>
+      </w:r>
+      <w:r w:rsidR="00476A44" w:rsidRPr="000067C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000067C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Implementation</w:t>
+      </w:r>
       <w:r w:rsidRPr="00CE6F9D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Distribution, Approval</w:t>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The updated </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00080F0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidR="00080F0C" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>be distributed, approved</w:t>
+      </w:r>
+      <w:r w:rsidR="008B59DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and implemented in accordance with the procedures set forth above</w:t>
       </w:r>
       <w:r w:rsidR="00476A44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>,</w:t>
-[...33 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002700E9" w:rsidRDefault="002700E9" w:rsidP="002700E9">
-[...15 lines deleted...]
-    <w:p w:rsidR="00522AB3" w:rsidRPr="00522AB3" w:rsidRDefault="00522AB3" w:rsidP="00522AB3">
+    <w:p w14:paraId="7E783C9C" w14:textId="2D7CC6C7" w:rsidR="00522AB3" w:rsidRPr="00522AB3" w:rsidRDefault="00522AB3" w:rsidP="009C7AD8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:right="100"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Modification of Individual Service Plans (ISP)</w:t>
+        <w:t xml:space="preserve">Modification of </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Person Centered Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>s (</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidR="000067C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="0076684C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002700E9" w:rsidRPr="002700E9" w:rsidRDefault="002700E9" w:rsidP="002700E9">
-[...14 lines deleted...]
-    <w:p w:rsidR="00522AB3" w:rsidRPr="00522AB3" w:rsidRDefault="00522AB3" w:rsidP="00BB51D4">
+    <w:p w14:paraId="32E538B6" w14:textId="56E27B4D" w:rsidR="00522AB3" w:rsidRPr="00522AB3" w:rsidRDefault="00522AB3" w:rsidP="000067C7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="0"/>
         <w:ind w:left="2160" w:right="100" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">The ISP shall be modified when necessary to reflect changes in the </w:t>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00080F0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidR="00080F0C" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">be modified when necessary to reflect changes in the </w:t>
       </w:r>
       <w:r w:rsidR="005405A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">s goals and needs, to promote a quality of life for the </w:t>
       </w:r>
       <w:r w:rsidR="005405A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -11238,502 +14634,504 @@
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s desires and needs</w:t>
       </w:r>
       <w:r w:rsidR="00476A44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002700E9" w:rsidRPr="002700E9" w:rsidRDefault="002700E9" w:rsidP="00BB51D4">
-[...14 lines deleted...]
-    <w:p w:rsidR="00522AB3" w:rsidRPr="00522AB3" w:rsidRDefault="00BF7403" w:rsidP="00BB51D4">
+    <w:p w14:paraId="641A75E9" w14:textId="49A11536" w:rsidR="00522AB3" w:rsidRPr="00522AB3" w:rsidRDefault="00BF7403" w:rsidP="000067C7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:after="120"/>
         <w:ind w:left="2160" w:right="100" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Any of the following changes,</w:t>
       </w:r>
       <w:r w:rsidR="00522AB3" w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> unless proposed as part of the annual review process</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00522AB3" w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> shall be considered a modification of the ISP</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000265A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>will</w:t>
+      </w:r>
+      <w:r w:rsidR="000265A4" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00522AB3" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">be considered a modification of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
       </w:r>
       <w:r w:rsidR="00476A44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002700E9" w:rsidRPr="002700E9" w:rsidRDefault="002700E9" w:rsidP="002700E9">
-[...14 lines deleted...]
-    <w:p w:rsidR="00522AB3" w:rsidRPr="00522AB3" w:rsidRDefault="00522AB3" w:rsidP="00522AB3">
+    <w:p w14:paraId="7F7ECECB" w14:textId="0A1B6F12" w:rsidR="00522AB3" w:rsidRPr="00522AB3" w:rsidRDefault="0076684C" w:rsidP="000067C7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:after="0"/>
         <w:ind w:right="100"/>
-        <w:rPr>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">Any change in the goals for the </w:t>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00522AB3" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hange in the goals for the </w:t>
       </w:r>
       <w:r w:rsidR="005405A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
-      <w:r w:rsidRPr="00522AB3">
+      <w:r w:rsidR="00522AB3" w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> identified</w:t>
       </w:r>
       <w:r w:rsidR="00476A44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002700E9" w:rsidRDefault="002700E9" w:rsidP="002700E9">
-[...14 lines deleted...]
-    <w:p w:rsidR="00BF7403" w:rsidRPr="00BF7403" w:rsidRDefault="00522AB3" w:rsidP="00522AB3">
+    <w:p w14:paraId="540F1529" w14:textId="3C7CE6A6" w:rsidR="00BF7403" w:rsidRPr="00BF7403" w:rsidRDefault="0076684C" w:rsidP="000067C7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:after="0"/>
         <w:ind w:right="100"/>
-        <w:rPr>
-[...9 lines deleted...]
-        <w:t>Any change in the strategies</w:t>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00522AB3" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>hange in the strategies</w:t>
       </w:r>
       <w:r w:rsidR="007315F7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> or types of supports identified pursuant to section IV.A.7.d.5.b. </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve"> or types of supports identified pursuant to section IV.A.7.d.5.b. of this policy </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF7403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>that will be used to assist the participant to attain the identified goals or address unmet support needs</w:t>
+      </w:r>
       <w:r w:rsidR="007315F7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>of</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve"> identified </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>under</w:t>
+      </w:r>
       <w:r w:rsidR="007315F7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> this policy </w:t>
-[...21 lines deleted...]
-        <w:t>of this policy</w:t>
+        <w:t xml:space="preserve"> section IV.A.7.d.5.f. of this policy</w:t>
       </w:r>
       <w:r w:rsidR="00476A44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002700E9" w:rsidRPr="002700E9" w:rsidRDefault="002700E9" w:rsidP="002700E9">
-[...14 lines deleted...]
-    <w:p w:rsidR="00B95F89" w:rsidRPr="00B95F89" w:rsidRDefault="00BF7403" w:rsidP="00B95F89">
+    <w:p w14:paraId="13EA3521" w14:textId="1EA9417A" w:rsidR="00B95F89" w:rsidRPr="00B95F89" w:rsidRDefault="0076684C" w:rsidP="000067C7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:after="0"/>
         <w:ind w:right="100"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Any change in the duration or frequency of services and supports</w:t>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF7403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>hange in the duration or frequency of services and supports</w:t>
       </w:r>
       <w:r w:rsidR="00476A44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidR="00B95F89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B95F89" w:rsidRPr="00B95F89" w:rsidRDefault="00B95F89" w:rsidP="00B95F89">
-[...14 lines deleted...]
-    <w:p w:rsidR="00522AB3" w:rsidRPr="00130EA4" w:rsidRDefault="007315F7" w:rsidP="00522AB3">
+    <w:p w14:paraId="29546F03" w14:textId="221EFD03" w:rsidR="00522AB3" w:rsidRPr="00130EA4" w:rsidRDefault="007315F7" w:rsidP="000067C7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:after="0"/>
         <w:ind w:right="100"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00BF7403" w:rsidRPr="00130EA4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> change in the location of a</w:t>
       </w:r>
       <w:r w:rsidR="00522AB3" w:rsidRPr="00130EA4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005405A3" w:rsidRPr="00130EA4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00522AB3" w:rsidRPr="00130EA4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">s residence from a home operated by a provider of residential supports licensed by the </w:t>
       </w:r>
+      <w:r w:rsidR="001740B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
       <w:r w:rsidR="00BF7403" w:rsidRPr="00130EA4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>State Agency</w:t>
+        <w:t xml:space="preserve">tate </w:t>
+      </w:r>
+      <w:r w:rsidR="001740B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF7403" w:rsidRPr="00130EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gency</w:t>
       </w:r>
       <w:r w:rsidR="00522AB3" w:rsidRPr="00130EA4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> to another such home</w:t>
       </w:r>
       <w:r w:rsidR="00476A44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C54BDD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>However, i</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">f the change in residence results from requirements of competitive procurement or is necessitated by circumstances such as contract termination, in whole or in part, lease termination, foreclosure, or any unsafe or hazardous condition of the residence, such change shall not be considered a modification within the meaning of section IV.A.9. </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve">f the change in residence results from requirements of competitive procurement or is necessitated by circumstances such as contract termination, in whole or in part, lease termination, foreclosure, or any unsafe or hazardous condition of the residence, such change </w:t>
+      </w:r>
+      <w:r w:rsidR="00181291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>will</w:t>
+      </w:r>
+      <w:r w:rsidR="00800F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>of</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> this policy.</w:t>
+        <w:t>not be considered a modification within the meaning of section IV.A.9. of this policy.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002700E9" w:rsidRPr="002700E9" w:rsidRDefault="002700E9" w:rsidP="002700E9">
-[...14 lines deleted...]
-    <w:p w:rsidR="00522AB3" w:rsidRPr="00522AB3" w:rsidRDefault="00522AB3" w:rsidP="00BB51D4">
+    <w:p w14:paraId="7FBF7F55" w14:textId="76787DB3" w:rsidR="00522AB3" w:rsidRPr="00522AB3" w:rsidRDefault="00522AB3" w:rsidP="000067C7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:left="2160" w:right="100" w:hanging="360"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Requests for modifications shall be addressed to the service coordinator and may be initiated by the </w:t>
+        <w:t>Requests for modifications</w:t>
+      </w:r>
+      <w:r w:rsidR="000A49D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD0410" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">be addressed to the service coordinator and may be initiated by the </w:t>
       </w:r>
       <w:r w:rsidR="005405A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, the </w:t>
       </w:r>
       <w:r w:rsidR="005405A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -11825,172 +15223,179 @@
         </w:rPr>
         <w:t xml:space="preserve">, the current provider(s) of services and supports, and the </w:t>
       </w:r>
       <w:r w:rsidR="005405A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s designated representative.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002700E9" w:rsidRPr="002700E9" w:rsidRDefault="002700E9" w:rsidP="00BB51D4">
-[...14 lines deleted...]
-    <w:p w:rsidR="00522AB3" w:rsidRPr="007A39BC" w:rsidRDefault="00522AB3" w:rsidP="00BB51D4">
+    <w:p w14:paraId="331148C3" w14:textId="3CCFAA47" w:rsidR="00522AB3" w:rsidRPr="007A39BC" w:rsidRDefault="00522AB3" w:rsidP="000067C7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:left="2160" w:right="100" w:hanging="360"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">A meeting to determine whether a requested modification should be made shall be convened by </w:t>
+        <w:t xml:space="preserve">A meeting to determine whether a requested modification should be made </w:t>
+      </w:r>
+      <w:r w:rsidR="0076684C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>will be set up</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by </w:t>
       </w:r>
       <w:r w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the service coordinator</w:t>
       </w:r>
       <w:r w:rsidR="00380774" w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">as soon as possible but </w:t>
       </w:r>
       <w:r w:rsidR="00BF7403" w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">at least </w:t>
       </w:r>
       <w:r w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>within 30 days of the request for the modification</w:t>
       </w:r>
       <w:r w:rsidR="00476A44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002700E9" w:rsidRDefault="002700E9" w:rsidP="002700E9">
-[...14 lines deleted...]
-    <w:p w:rsidR="00522AB3" w:rsidRPr="007A39BC" w:rsidRDefault="00522AB3" w:rsidP="00522AB3">
+    <w:p w14:paraId="47E99882" w14:textId="21814652" w:rsidR="00522AB3" w:rsidRPr="007A39BC" w:rsidRDefault="00522AB3" w:rsidP="000067C7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:right="100"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">The following persons shall be invited to attend the modification meeting: the </w:t>
+        <w:t xml:space="preserve">The following persons </w:t>
+      </w:r>
+      <w:r w:rsidR="00080F0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidR="00080F0C" w:rsidRPr="007A39BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A39BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">be invited to attend the modification meeting: the </w:t>
       </w:r>
       <w:r w:rsidR="005405A3" w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, the </w:t>
       </w:r>
       <w:r w:rsidR="005405A3" w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -12030,272 +15435,280 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>if applicable</w:t>
       </w:r>
       <w:r w:rsidR="00465DF2" w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and designated representative, </w:t>
       </w:r>
       <w:r w:rsidR="0081228D" w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>if applicable</w:t>
+        <w:t xml:space="preserve">if </w:t>
+      </w:r>
+      <w:r w:rsidR="0081228D" w:rsidRPr="007A39BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>applicable</w:t>
       </w:r>
       <w:r w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, and providers of </w:t>
       </w:r>
       <w:r w:rsidR="005405A3" w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">services or </w:t>
       </w:r>
       <w:r w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">supports to the </w:t>
       </w:r>
       <w:r w:rsidR="005405A3" w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="00476A44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002700E9" w:rsidRPr="002700E9" w:rsidRDefault="002700E9" w:rsidP="002700E9">
-[...14 lines deleted...]
-    <w:p w:rsidR="00522AB3" w:rsidRPr="007A39BC" w:rsidRDefault="00522AB3" w:rsidP="00522AB3">
+    <w:p w14:paraId="1593DC48" w14:textId="05C43811" w:rsidR="00522AB3" w:rsidRPr="007A39BC" w:rsidRDefault="00522AB3" w:rsidP="000067C7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:right="100"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The modification meeting may be held in conjunction with any other meeting</w:t>
       </w:r>
       <w:r w:rsidR="00EC20BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> that pertains to the ISP</w:t>
+        <w:t xml:space="preserve"> that pertains to the </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
       </w:r>
       <w:r w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> that is being held within 30 days of the request for modification</w:t>
       </w:r>
       <w:r w:rsidR="00476A44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002700E9" w:rsidRPr="002700E9" w:rsidRDefault="002700E9" w:rsidP="002700E9">
-[...14 lines deleted...]
-    <w:p w:rsidR="00522AB3" w:rsidRPr="007A39BC" w:rsidRDefault="00522AB3" w:rsidP="00522AB3">
+    <w:p w14:paraId="309F1C6B" w14:textId="77737C92" w:rsidR="00522AB3" w:rsidRPr="007A39BC" w:rsidRDefault="00522AB3" w:rsidP="000067C7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:right="100"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">At least </w:t>
       </w:r>
       <w:r w:rsidRPr="004A2E6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ten </w:t>
       </w:r>
       <w:r w:rsidR="00BF7403" w:rsidRPr="004A2E6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>days</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6" w:rsidRPr="004A2E6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00BF7403" w:rsidRPr="004A2E6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> notice</w:t>
       </w:r>
       <w:r w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> shall be provided to the participants prior to a meeting at which a requested modification is to be considered</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA0ADD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA0ADD" w:rsidRPr="007A39BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A39BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>be provided to the participants prior to a meeting at which a requested modification is to be considered</w:t>
       </w:r>
       <w:r w:rsidR="00476A44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002700E9" w:rsidRPr="002700E9" w:rsidRDefault="002700E9" w:rsidP="002700E9">
-[...14 lines deleted...]
-    <w:p w:rsidR="00522AB3" w:rsidRPr="007A39BC" w:rsidRDefault="00522AB3" w:rsidP="00BB51D4">
+    <w:p w14:paraId="43DA0FAC" w14:textId="53A7A896" w:rsidR="00522AB3" w:rsidRPr="007A39BC" w:rsidRDefault="00522AB3" w:rsidP="000067C7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:left="2160" w:right="100" w:hanging="360"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">The modification meeting and any timeline related to such meeting may be waived by the service coordinator at his or her discretion with the documented approval of the </w:t>
+        <w:t xml:space="preserve">The modification meeting and any timeline related to such meeting may be waived by the service coordinator at </w:t>
+      </w:r>
+      <w:r w:rsidR="008536B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>their</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A39BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> discretion with the documented approval of the </w:t>
       </w:r>
       <w:r w:rsidR="005405A3" w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, if not under guardianship, or the </w:t>
       </w:r>
       <w:r w:rsidR="005405A3" w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -12331,1370 +15744,1674 @@
         </w:rPr>
         <w:t>if applicable</w:t>
       </w:r>
       <w:r w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, if the </w:t>
       </w:r>
       <w:r w:rsidR="005405A3" w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> does not object.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002700E9" w:rsidRPr="002700E9" w:rsidRDefault="002700E9" w:rsidP="00BB51D4">
-[...14 lines deleted...]
-    <w:p w:rsidR="00522AB3" w:rsidRPr="007A39BC" w:rsidRDefault="00522AB3" w:rsidP="00BB51D4">
+    <w:p w14:paraId="28EDA008" w14:textId="77777777" w:rsidR="00522AB3" w:rsidRPr="007A39BC" w:rsidRDefault="00522AB3" w:rsidP="000067C7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:left="2160" w:right="100" w:hanging="360"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">In the case of any such waiver, the modification may be implemented </w:t>
-[...7 lines deleted...]
-        <w:t>subject to the requirements below</w:t>
+        <w:t>In the case of any such waiver, the modification may be implemented subject to the requirements below</w:t>
       </w:r>
       <w:r w:rsidR="00476A44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002700E9" w:rsidRPr="002700E9" w:rsidRDefault="002700E9" w:rsidP="00BB51D4">
-[...14 lines deleted...]
-    <w:p w:rsidR="00522AB3" w:rsidRPr="00EC20BD" w:rsidRDefault="00522AB3" w:rsidP="00EC20BD">
+    <w:p w14:paraId="74ECC202" w14:textId="6A26B2A3" w:rsidR="00522AB3" w:rsidRPr="00EC20BD" w:rsidRDefault="00522AB3" w:rsidP="000067C7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:left="2160" w:right="100" w:hanging="360"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Within ten days after a modification meeting, or after waiver of such meeting, recommended modifica</w:t>
       </w:r>
       <w:r w:rsidR="00BF7403" w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">tions shall be reviewed by the </w:t>
+        <w:t xml:space="preserve">tions </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA0ADD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA0ADD" w:rsidRPr="007A39BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF7403" w:rsidRPr="007A39BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">be reviewed by the </w:t>
+      </w:r>
+      <w:r w:rsidR="0076684C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="002B2A03" w:rsidRPr="009876F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">egional ABI-MFP </w:t>
+      </w:r>
+      <w:r w:rsidR="0076684C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="002B2A03" w:rsidRPr="009876F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>irector</w:t>
+      </w:r>
+      <w:r w:rsidR="002B2A03" w:rsidRPr="553D7615">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Regional Program Coordinator</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00952650" w:rsidRPr="007A39BC">
+        <w:t xml:space="preserve">or designee, and approved or disapproved. The service coordinator </w:t>
+      </w:r>
+      <w:r w:rsidR="00543E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidR="00543E51" w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">or designee, and approved or disapproved. The service coordinator shall notify the team members invited to participate in the modification meeting of the decision on the requested modification and of </w:t>
+        <w:t xml:space="preserve">notify the team members invited to participate in the modification meeting of the decision on the requested modification and of </w:t>
       </w:r>
       <w:r w:rsidR="00EC20BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the participant’s</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC20BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> right to appeal and shall, if applicable, issue a modified ISP</w:t>
+        <w:t xml:space="preserve"> right to appeal and </w:t>
+      </w:r>
+      <w:r w:rsidR="00543E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC20BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, if applicable, issue a modified </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
       </w:r>
       <w:r w:rsidR="00476A44" w:rsidRPr="00EC20BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002700E9" w:rsidRPr="002700E9" w:rsidRDefault="002700E9" w:rsidP="00BB51D4">
-[...14 lines deleted...]
-    <w:p w:rsidR="00522AB3" w:rsidRPr="007A39BC" w:rsidRDefault="00BF7403" w:rsidP="00BB51D4">
+    <w:p w14:paraId="3BEA928F" w14:textId="3CC9AD6B" w:rsidR="00522AB3" w:rsidRPr="007A39BC" w:rsidRDefault="00BF7403" w:rsidP="000067C7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-[...5 lines deleted...]
-      </w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0076684C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Emergency Modification</w:t>
+      </w:r>
       <w:r w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Emergency Modification. </w:t>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00522AB3" w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Where modifications are in response to circumstances that pose an emergency involving a serious or immediate threat to the health or safety of the </w:t>
       </w:r>
       <w:r w:rsidR="005405A3" w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="00522AB3" w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> or others, the modification may be implemented immediately and the modification meeting may be postponed to a date no later than 30 days after the emergency. On or before the next business day, the service coordinator</w:t>
+        <w:t xml:space="preserve"> or others, the modification may be implemented </w:t>
+      </w:r>
+      <w:r w:rsidR="00800F46" w:rsidRPr="007A39BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>immediately,</w:t>
+      </w:r>
+      <w:r w:rsidR="00522AB3" w:rsidRPr="007A39BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the modification meeting may be postponed to a date no later than 30 days after the emergency. On or before the next business day, the service coordinator</w:t>
       </w:r>
       <w:r w:rsidR="00380774" w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="002B095B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidR="002B095B" w:rsidRPr="007A39BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00522AB3" w:rsidRPr="007A39BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>shall notify all persons eligible to participate in the modification meeting of the emergency modification.</w:t>
+        <w:t>notify all persons eligible to participate in the modification meeting of the emergency modification.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F358C0" w:rsidRDefault="00F358C0" w:rsidP="002700E9">
+    <w:p w14:paraId="3250B8E1" w14:textId="0343CC2A" w:rsidR="00FC5872" w:rsidRPr="00476A44" w:rsidRDefault="00FC5872" w:rsidP="009C7AD8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:left="1440" w:right="100"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="1440" w:right="100" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F1DA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F92F89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve">Modifications to the </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidR="00F92F89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Involving a Change in Residential Habilitation Location</w:t>
+      </w:r>
+      <w:r w:rsidR="00574D81">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00FC5872" w:rsidRPr="00476A44" w:rsidRDefault="00FC5872" w:rsidP="004F1DA0">
-[...52 lines deleted...]
-    <w:p w:rsidR="00F92F89" w:rsidRPr="00673FF7" w:rsidRDefault="00F92F89" w:rsidP="007E33A8">
+    <w:p w14:paraId="41AD33E6" w14:textId="39C6E28D" w:rsidR="00F92F89" w:rsidRPr="00673FF7" w:rsidRDefault="00F92F89" w:rsidP="000A49D5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:right="100"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="2160" w:right="100"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00574D81">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Scope of Modifications Involving Change </w:t>
+      </w:r>
+      <w:r w:rsidR="004A1E63" w:rsidRPr="00574D81">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>in Residential Habilitation Service</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00574D81">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Location</w:t>
+      </w:r>
+      <w:r w:rsidR="00574D81">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Scope of Modifications Involving Change </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD0410">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">his policy applies to proposed or actual changes </w:t>
       </w:r>
       <w:r w:rsidR="004A1E63">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>in Residential Habilitation Service</w:t>
+        <w:t>in the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Location: this policy applies to proposed or actual changes </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005727FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">residential </w:t>
       </w:r>
       <w:r w:rsidR="004A1E63">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>in the</w:t>
+        <w:t xml:space="preserve">habilitation service </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>location of</w:t>
+      </w:r>
+      <w:r w:rsidR="004A1E63">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a Waiver participant</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> from one service location to another service</w:t>
+      </w:r>
+      <w:r w:rsidR="005727FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">location </w:t>
+      </w:r>
+      <w:r w:rsidR="00F7433F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>during</w:t>
+      </w:r>
+      <w:r w:rsidR="004A1E63">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Waiver participant’s </w:t>
+      </w:r>
+      <w:r w:rsidR="004A1E63">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>receipt of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="005727FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">residential </w:t>
+        <w:t>residential</w:t>
       </w:r>
       <w:r w:rsidR="004A1E63">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">habilitation service </w:t>
+        <w:t xml:space="preserve"> habilitation Waiver</w:t>
+      </w:r>
+      <w:r w:rsidR="005727FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>location of</w:t>
+        <w:t>services</w:t>
       </w:r>
       <w:r w:rsidR="004A1E63">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> a Waiver participant</w:t>
+        <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> from one service location to another service</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> an</w:t>
+      </w:r>
+      <w:r w:rsidR="004A1E63">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d while remaining eligible for the Waiver in which the participant is enrolled</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>location in the cours</w:t>
-[...82 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00673FF7" w:rsidRDefault="00673FF7" w:rsidP="00673FF7">
-[...15 lines deleted...]
-    <w:p w:rsidR="00673FF7" w:rsidRPr="00673FF7" w:rsidRDefault="007C6381" w:rsidP="00673FF7">
+    <w:p w14:paraId="0054F114" w14:textId="7BD8F6E2" w:rsidR="00673FF7" w:rsidRPr="00673FF7" w:rsidRDefault="00F7433F" w:rsidP="000A49D5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-[...11 lines deleted...]
-        <w:t>In the event a</w:t>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="2160" w:right="100"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>If</w:t>
+      </w:r>
+      <w:r w:rsidR="007C6381" w:rsidRPr="00673FF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a</w:t>
       </w:r>
       <w:r w:rsidR="004A1E63">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> W</w:t>
       </w:r>
       <w:r w:rsidR="00750E92" w:rsidRPr="00673FF7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">aiver </w:t>
       </w:r>
       <w:r w:rsidR="004A1E63">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">participant’s residential service location </w:t>
       </w:r>
-      <w:r w:rsidRPr="00673FF7">
+      <w:r w:rsidR="007C6381" w:rsidRPr="00673FF7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>proves unsuccessful</w:t>
       </w:r>
       <w:r w:rsidR="00750E92" w:rsidRPr="00673FF7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> such that the</w:t>
       </w:r>
       <w:r w:rsidR="004A1E63">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Waiver participant’s residential habilitation</w:t>
       </w:r>
       <w:r w:rsidR="00750E92" w:rsidRPr="00673FF7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> provider </w:t>
       </w:r>
       <w:r w:rsidR="004A1E63">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>determines</w:t>
       </w:r>
       <w:r w:rsidR="00750E92" w:rsidRPr="00673FF7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> that it can no longer safely serve </w:t>
       </w:r>
       <w:r w:rsidR="005A373D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the Waiver participant at that location</w:t>
       </w:r>
-      <w:r w:rsidRPr="00673FF7">
-[...4 lines deleted...]
-        <w:t>, the State Agency</w:t>
+      <w:r w:rsidR="007C6381" w:rsidRPr="00673FF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, the </w:t>
+      </w:r>
+      <w:r w:rsidR="001740B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="007C6381" w:rsidRPr="00673FF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tate </w:t>
+      </w:r>
+      <w:r w:rsidR="001740B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="007C6381" w:rsidRPr="00673FF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gency</w:t>
       </w:r>
       <w:r w:rsidR="00750E92" w:rsidRPr="00673FF7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, after making efforts to address </w:t>
       </w:r>
       <w:r w:rsidR="005727FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="005A373D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">identified safety </w:t>
       </w:r>
       <w:r w:rsidR="005727FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>issue</w:t>
       </w:r>
       <w:r w:rsidR="00750E92" w:rsidRPr="00673FF7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00673FF7">
-[...4 lines deleted...]
-        <w:t>shall make best efforts</w:t>
+      <w:r w:rsidR="002B095B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>will</w:t>
+      </w:r>
+      <w:r w:rsidR="002B095B" w:rsidRPr="00673FF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007C6381" w:rsidRPr="00673FF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>make best efforts</w:t>
       </w:r>
       <w:r w:rsidR="001268AE" w:rsidRPr="00673FF7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00673FF7">
+      <w:r w:rsidR="007C6381" w:rsidRPr="00673FF7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">to locate an alternative </w:t>
       </w:r>
       <w:r w:rsidR="005727FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>residential</w:t>
       </w:r>
       <w:r w:rsidR="005A373D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> habilitation service location covered under the applicable Waiver and identify </w:t>
       </w:r>
       <w:r w:rsidR="00EC20BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">applicable Waiver and Medicaid State Plan </w:t>
+        <w:t xml:space="preserve">applicable Waiver and Medicaid </w:t>
+      </w:r>
+      <w:r w:rsidR="001740B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC20BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tate </w:t>
+      </w:r>
+      <w:r w:rsidR="001740B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC20BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lan </w:t>
       </w:r>
       <w:r w:rsidR="005A373D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">services for </w:t>
       </w:r>
-      <w:r w:rsidRPr="00673FF7">
+      <w:r w:rsidR="007C6381" w:rsidRPr="00673FF7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the participant to maintain Waiver c</w:t>
       </w:r>
       <w:r w:rsidR="001268AE" w:rsidRPr="00673FF7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>linical eligibility</w:t>
       </w:r>
-      <w:r w:rsidRPr="00673FF7">
+      <w:r w:rsidR="007C6381" w:rsidRPr="00673FF7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="005603BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> In the event the </w:t>
       </w:r>
       <w:r w:rsidR="005603BB" w:rsidRPr="0041282B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">provider </w:t>
       </w:r>
       <w:r w:rsidR="00EC20BD" w:rsidRPr="0041282B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>prevails</w:t>
       </w:r>
       <w:r w:rsidR="005603BB" w:rsidRPr="0041282B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> in an eviction proceeding against a participant pursuant to the terms of a </w:t>
       </w:r>
       <w:r w:rsidR="008F30CC" w:rsidRPr="0041282B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">legally enforceable agreement entered into with a provider, </w:t>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:t>legally enforceable agreement entered into with a provider, such as a Residency Agr</w:t>
+      </w:r>
+      <w:r w:rsidR="001C20A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>eement, in accordance with 42 CF</w:t>
+      </w:r>
       <w:r w:rsidR="008F30CC" w:rsidRPr="0041282B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>such as a Residency Agr</w:t>
-[...6 lines deleted...]
-        <w:t>eement, in accordance with 42 CF</w:t>
+        <w:t>R 441.301(</w:t>
+      </w:r>
+      <w:r w:rsidR="009458FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>c</w:t>
       </w:r>
       <w:r w:rsidR="008F30CC" w:rsidRPr="0041282B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>R 441.301(C)(4)(vi)(A)</w:t>
+        <w:t>)(4)(vi)(A)</w:t>
       </w:r>
       <w:r w:rsidR="005603BB" w:rsidRPr="0041282B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>, the State Agency shall make best efforts to locate an alternative residential habilitation service location covered under the applicable Waiver and identify</w:t>
+        <w:t xml:space="preserve">, the </w:t>
+      </w:r>
+      <w:r w:rsidR="001740B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="005603BB" w:rsidRPr="0041282B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tate </w:t>
+      </w:r>
+      <w:r w:rsidR="00010E1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="005603BB" w:rsidRPr="0041282B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">gency </w:t>
+      </w:r>
+      <w:r w:rsidR="002B095B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>will</w:t>
+      </w:r>
+      <w:r w:rsidR="002B095B" w:rsidRPr="0041282B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005603BB" w:rsidRPr="0041282B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>make best efforts to locate an alternative residential habilitation service location covered under the applicable Waiver and identify</w:t>
       </w:r>
       <w:r w:rsidR="00EC20BD" w:rsidRPr="0041282B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> applicable Waiver and Medicaid State Plan</w:t>
+        <w:t xml:space="preserve"> applicable Waiver and Medicaid </w:t>
+      </w:r>
+      <w:r w:rsidR="001740B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC20BD" w:rsidRPr="0041282B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tate </w:t>
+      </w:r>
+      <w:r w:rsidR="001740B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC20BD" w:rsidRPr="0041282B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>lan</w:t>
       </w:r>
       <w:r w:rsidR="005603BB" w:rsidRPr="0041282B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> services for the participant to maintain Waiver clinical eligibility.</w:t>
       </w:r>
+      <w:r w:rsidR="007C6381" w:rsidRPr="0041282B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005A373D" w:rsidRPr="0041282B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Waiver p</w:t>
+      </w:r>
+      <w:r w:rsidR="001268AE" w:rsidRPr="0041282B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">articipants </w:t>
+      </w:r>
+      <w:r w:rsidR="002B095B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidR="002B095B" w:rsidRPr="0041282B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001268AE" w:rsidRPr="0041282B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>be afforded the</w:t>
+      </w:r>
+      <w:r w:rsidR="00750E92" w:rsidRPr="0041282B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidR="001268AE" w:rsidRPr="0041282B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> rights under the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">erson </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">entered </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>lan</w:t>
+      </w:r>
+      <w:r w:rsidR="001268AE" w:rsidRPr="0041282B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="001268AE" w:rsidRPr="0041282B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nformal </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="00A02DBE" w:rsidRPr="0041282B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>onference</w:t>
+      </w:r>
+      <w:r w:rsidR="001268AE" w:rsidRPr="0041282B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="001268AE" w:rsidRPr="0041282B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">esolution process in this policy and </w:t>
+      </w:r>
+      <w:r w:rsidR="002B095B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in </w:t>
+      </w:r>
+      <w:r w:rsidR="001268AE" w:rsidRPr="0041282B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>130 CMR 610</w:t>
+      </w:r>
+      <w:r w:rsidR="00C9067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.000</w:t>
+      </w:r>
+      <w:r w:rsidR="008F30CC" w:rsidRPr="0041282B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="008F30CC" w:rsidRPr="0041282B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>MassHealth: Fair Hearing Rules</w:t>
+      </w:r>
+      <w:r w:rsidR="000741E2" w:rsidRPr="0041282B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
       <w:r w:rsidRPr="0041282B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>If</w:t>
+      </w:r>
+      <w:r w:rsidR="00B934D4" w:rsidRPr="0041282B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> no alternative </w:t>
+      </w:r>
+      <w:r w:rsidR="005727FA" w:rsidRPr="0041282B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">residential </w:t>
+      </w:r>
+      <w:r w:rsidR="005A373D" w:rsidRPr="0041282B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>habilitation service location covered under the applicable Waiver is</w:t>
+      </w:r>
+      <w:r w:rsidR="00B934D4" w:rsidRPr="0041282B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="000741E2" w:rsidRPr="0041282B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">deemed safe and </w:t>
+      </w:r>
+      <w:r w:rsidR="00B934D4" w:rsidRPr="0041282B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>available</w:t>
+      </w:r>
       <w:r w:rsidR="005A373D" w:rsidRPr="0041282B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> rights under the </w:t>
+        <w:t xml:space="preserve"> for the Waiver participant</w:t>
+      </w:r>
+      <w:r w:rsidR="00B934D4" w:rsidRPr="0041282B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, after best efforts are made, the </w:t>
       </w:r>
       <w:r w:rsidR="005A373D" w:rsidRPr="0041282B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Individual </w:t>
-[...35 lines deleted...]
-        <w:t>MassHealth: Fair Hearing Rules</w:t>
+        <w:t>Waiver participant</w:t>
+      </w:r>
+      <w:r w:rsidR="00B934D4" w:rsidRPr="0041282B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000741E2" w:rsidRPr="0041282B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">.  </w:t>
-[...6 lines deleted...]
-        <w:t>In the event that</w:t>
+        <w:t>may</w:t>
       </w:r>
       <w:r w:rsidR="00B934D4" w:rsidRPr="0041282B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> no alternative </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">residential </w:t>
+        <w:t xml:space="preserve"> be redetermined for </w:t>
       </w:r>
       <w:r w:rsidR="005A373D" w:rsidRPr="0041282B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>habilitation service location covered under the applicable Waiver is</w:t>
+        <w:t xml:space="preserve">Waiver </w:t>
+      </w:r>
+      <w:r w:rsidR="000741E2" w:rsidRPr="0041282B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">clinical </w:t>
       </w:r>
       <w:r w:rsidR="00B934D4" w:rsidRPr="0041282B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>eligibility.</w:t>
+      </w:r>
+      <w:r w:rsidR="000741E2" w:rsidRPr="0041282B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> In such event, the Waiver participant may exercise </w:t>
+      </w:r>
+      <w:r w:rsidR="008536B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>their</w:t>
+      </w:r>
+      <w:r w:rsidR="000741E2" w:rsidRPr="0041282B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> right of appeal under 130 CMR 610</w:t>
+      </w:r>
+      <w:r w:rsidR="00C9067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.000</w:t>
+      </w:r>
+      <w:r w:rsidR="000741E2" w:rsidRPr="0041282B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="000741E2" w:rsidRPr="00673FF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000741E2" w:rsidRPr="0041282B">
-[...34 lines deleted...]
-      <w:r w:rsidR="00B934D4" w:rsidRPr="0041282B">
+      <w:r w:rsidR="00B934D4" w:rsidRPr="00673FF7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000741E2" w:rsidRPr="0041282B">
-[...76 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00673FF7" w:rsidRDefault="00673FF7" w:rsidP="00673FF7">
-[...14 lines deleted...]
-    <w:p w:rsidR="00F92F89" w:rsidRPr="00673FF7" w:rsidRDefault="00F92F89" w:rsidP="00673FF7">
+    <w:p w14:paraId="0DC1785D" w14:textId="425A81C1" w:rsidR="00F92F89" w:rsidRPr="00673FF7" w:rsidRDefault="00F92F89" w:rsidP="000A49D5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:right="100"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="2160" w:right="100"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00673FF7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The following situations are not considered changes of </w:t>
       </w:r>
       <w:r w:rsidR="005A373D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">residential habilitation service </w:t>
       </w:r>
       <w:r w:rsidRPr="00673FF7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>location pursuant to this policy:</w:t>
+        <w:t>location pursuant to this policy</w:t>
+      </w:r>
+      <w:r w:rsidR="00F7433F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00673FF7" w:rsidRDefault="00673FF7" w:rsidP="00673FF7">
-[...14 lines deleted...]
-    <w:p w:rsidR="00F92F89" w:rsidRPr="00F92F89" w:rsidRDefault="00F92F89" w:rsidP="00F92F89">
+    <w:p w14:paraId="106182F1" w14:textId="77777777" w:rsidR="00F92F89" w:rsidRPr="00F92F89" w:rsidRDefault="00F92F89" w:rsidP="000A49D5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="31"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:right="100"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Movement within </w:t>
       </w:r>
       <w:r w:rsidR="005A373D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> residential </w:t>
       </w:r>
       <w:r w:rsidR="005A373D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>habilitation service location</w:t>
       </w:r>
       <w:r w:rsidR="00476A44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00673FF7" w:rsidRDefault="00673FF7" w:rsidP="00673FF7">
-[...14 lines deleted...]
-    <w:p w:rsidR="00F92F89" w:rsidRPr="00F92F89" w:rsidRDefault="00F92F89" w:rsidP="00F92F89">
+    <w:p w14:paraId="118CC666" w14:textId="25309D7C" w:rsidR="00F92F89" w:rsidRPr="00F92F89" w:rsidRDefault="00F7433F" w:rsidP="000A49D5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="31"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:right="100"/>
-        <w:rPr>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">Relocation to a new </w:t>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="00F92F89" w:rsidRPr="00F92F89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">elocation to a new </w:t>
       </w:r>
       <w:r w:rsidR="005A373D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>residential habilitation service location</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F92F89">
+      <w:r w:rsidR="00F92F89" w:rsidRPr="00F92F89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> due to</w:t>
       </w:r>
       <w:r w:rsidR="005A373D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> a termination of a residential habilitation provider’s lease of a service location or foreclosure of the service location, or similar circumstances</w:t>
       </w:r>
       <w:r w:rsidR="00476A44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>; and</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00673FF7" w:rsidRDefault="00673FF7" w:rsidP="00673FF7">
-[...14 lines deleted...]
-    <w:p w:rsidR="00F92F89" w:rsidRDefault="00F92F89" w:rsidP="00F92F89">
+    <w:p w14:paraId="0EF2AC58" w14:textId="551665C1" w:rsidR="00F92F89" w:rsidRDefault="00F7433F" w:rsidP="000A49D5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="31"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:right="100"/>
-        <w:rPr>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">Change in identity of the </w:t>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="00F92F89" w:rsidRPr="00F92F89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hange in identity of the </w:t>
       </w:r>
       <w:r w:rsidR="005A373D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>residential habilitation service provider</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F92F89">
+      <w:r w:rsidR="00F92F89" w:rsidRPr="00F92F89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> pursuant to c</w:t>
       </w:r>
       <w:r w:rsidR="00476A44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ontract award involving no move</w:t>
       </w:r>
       <w:r w:rsidR="005A373D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the Waiver participant</w:t>
       </w:r>
       <w:r w:rsidR="00476A44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00673FF7" w:rsidRPr="00673FF7" w:rsidRDefault="00673FF7" w:rsidP="00673FF7">
-[...14 lines deleted...]
-    <w:p w:rsidR="00F92F89" w:rsidRPr="00F92F89" w:rsidRDefault="00F92F89" w:rsidP="00F92F89">
+    <w:p w14:paraId="0599C022" w14:textId="61E5724B" w:rsidR="00F92F89" w:rsidRPr="00F92F89" w:rsidRDefault="00F92F89" w:rsidP="000A49D5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:right="100"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="2160" w:right="100"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F92F89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>For modif</w:t>
       </w:r>
       <w:r w:rsidR="005A373D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ications involving a change in r</w:t>
       </w:r>
       <w:r w:rsidRPr="00F92F89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">esidential habilitation </w:t>
@@ -13703,808 +17420,899 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">service </w:t>
       </w:r>
       <w:r w:rsidRPr="00F92F89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">location, all parties </w:t>
       </w:r>
       <w:r w:rsidR="005A373D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>required</w:t>
       </w:r>
       <w:r w:rsidRPr="00F92F89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> to participate in the ISP modification meeting shall receive </w:t>
+        <w:t xml:space="preserve"> to participate in the </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F92F89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> modification meeting </w:t>
+      </w:r>
+      <w:r w:rsidR="002B095B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidR="002B095B" w:rsidRPr="00F92F89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F92F89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">receive </w:t>
       </w:r>
       <w:r w:rsidRPr="004A2E6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>written notice</w:t>
       </w:r>
       <w:r w:rsidRPr="00F92F89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the proposed </w:t>
       </w:r>
       <w:r w:rsidR="005A373D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>residential habilitation service location</w:t>
       </w:r>
       <w:r w:rsidR="00476A44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00F92F89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> The written notice shall include:</w:t>
+        <w:t xml:space="preserve"> The written notice </w:t>
+      </w:r>
+      <w:r w:rsidR="002B095B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidR="002B095B" w:rsidRPr="00F92F89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F92F89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>include:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00673FF7" w:rsidRPr="00673FF7" w:rsidRDefault="00673FF7" w:rsidP="00673FF7">
-[...14 lines deleted...]
-    <w:p w:rsidR="00F92F89" w:rsidRPr="00F92F89" w:rsidRDefault="00F92F89" w:rsidP="00F92F89">
+    <w:p w14:paraId="3B9C4871" w14:textId="77777777" w:rsidR="00F92F89" w:rsidRPr="00F92F89" w:rsidRDefault="00F92F89" w:rsidP="000A49D5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="32"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:right="100"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F92F89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="005A373D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>address</w:t>
       </w:r>
       <w:r w:rsidRPr="00F92F89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the proposed </w:t>
       </w:r>
       <w:r w:rsidR="005A373D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>residential habilitation service location</w:t>
       </w:r>
       <w:r w:rsidRPr="00F92F89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00673FF7" w:rsidRPr="00673FF7" w:rsidRDefault="00673FF7" w:rsidP="00673FF7">
-[...14 lines deleted...]
-    <w:p w:rsidR="00F92F89" w:rsidRPr="00F92F89" w:rsidRDefault="00F92F89" w:rsidP="00F92F89">
+    <w:p w14:paraId="450F0936" w14:textId="5DC82B90" w:rsidR="00F92F89" w:rsidRPr="00F92F89" w:rsidRDefault="00F7433F" w:rsidP="000A49D5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="32"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:right="100"/>
-        <w:rPr>
-[...3 lines deleted...]
-      </w:pPr>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
       <w:r w:rsidRPr="00F92F89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">A statement of the reason for the proposed change in </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F92F89" w:rsidRPr="00F92F89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">statement of the reason for the proposed change in </w:t>
       </w:r>
       <w:r w:rsidR="005A373D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">service </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F92F89">
+      <w:r w:rsidR="00F92F89" w:rsidRPr="00F92F89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>location;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00673FF7" w:rsidRPr="00673FF7" w:rsidRDefault="00673FF7" w:rsidP="00673FF7">
-[...14 lines deleted...]
-    <w:p w:rsidR="00F92F89" w:rsidRPr="00F92F89" w:rsidRDefault="00F92F89" w:rsidP="00F92F89">
+    <w:p w14:paraId="1601830B" w14:textId="13BCECBA" w:rsidR="00F92F89" w:rsidRPr="00F92F89" w:rsidRDefault="00F7433F" w:rsidP="000A49D5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="32"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:right="100"/>
-        <w:rPr>
-[...3 lines deleted...]
-      </w:pPr>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
       <w:r w:rsidRPr="00F92F89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">A statement that  parties may visit the proposed </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F92F89" w:rsidRPr="00F92F89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">statement that parties may visit the proposed </w:t>
       </w:r>
       <w:r w:rsidR="005A373D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>residential habilitation service location</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F92F89">
+      <w:r w:rsidR="00F92F89" w:rsidRPr="00F92F89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> at their convenience</w:t>
       </w:r>
       <w:r w:rsidR="005A373D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, but at a time that is not</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F92F89">
+      <w:r w:rsidR="00F92F89" w:rsidRPr="00F92F89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> disruptive to the individuals</w:t>
       </w:r>
       <w:r w:rsidR="005A373D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> currently</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F92F89">
+      <w:r w:rsidR="00F92F89" w:rsidRPr="00F92F89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> living at the </w:t>
       </w:r>
       <w:r w:rsidR="005A373D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>proposed location</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F92F89">
+      <w:r w:rsidR="00F92F89" w:rsidRPr="00F92F89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00673FF7" w:rsidRPr="00673FF7" w:rsidRDefault="00673FF7" w:rsidP="00673FF7">
-[...14 lines deleted...]
-    <w:p w:rsidR="00F92F89" w:rsidRPr="00F92F89" w:rsidRDefault="005727FA" w:rsidP="00F92F89">
+    <w:p w14:paraId="32892298" w14:textId="51D266CC" w:rsidR="00F92F89" w:rsidRPr="00F92F89" w:rsidRDefault="00F7433F" w:rsidP="000A49D5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="32"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:right="100"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>I</w:t>
+        <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="00F92F89" w:rsidRPr="00F92F89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">nvite the parties to consult with the service coordinator or designee to discuss the advantages and disadvantages of the proposed </w:t>
       </w:r>
       <w:r w:rsidR="005A373D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>residential habilitation service location</w:t>
       </w:r>
       <w:r w:rsidR="00F92F89" w:rsidRPr="00F92F89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. This consultation may take place as part of the modification meeting;</w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00673FF7" w:rsidRPr="00673FF7" w:rsidRDefault="00673FF7" w:rsidP="00673FF7">
-[...14 lines deleted...]
-    <w:p w:rsidR="00F92F89" w:rsidRPr="00F92F89" w:rsidRDefault="00F92F89" w:rsidP="0061737D">
+    <w:p w14:paraId="0B69F797" w14:textId="0FBE880A" w:rsidR="00F92F89" w:rsidRPr="00F92F89" w:rsidRDefault="00F7433F" w:rsidP="000A49D5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="32"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:right="101"/>
-        <w:rPr>
-[...3 lines deleted...]
-      </w:pPr>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
       <w:r w:rsidRPr="00F92F89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">A request for consent to the proposed change in </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F92F89" w:rsidRPr="00F92F89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">request for consent to the proposed change in </w:t>
       </w:r>
       <w:r w:rsidR="005A373D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">residential habilitation service </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F92F89">
+      <w:r w:rsidR="00F92F89" w:rsidRPr="00F92F89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>location</w:t>
       </w:r>
       <w:r w:rsidR="00E00914">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001268AE" w:rsidRPr="00F92F89" w:rsidRDefault="001268AE" w:rsidP="0061737D">
-[...15 lines deleted...]
-    <w:p w:rsidR="00EE08FF" w:rsidRPr="0041282B" w:rsidRDefault="00334B01" w:rsidP="0061737D">
+    <w:p w14:paraId="2F5F8847" w14:textId="61ADAD42" w:rsidR="00EE08FF" w:rsidRPr="0041282B" w:rsidRDefault="00334B01" w:rsidP="009C7AD8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="0"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:right="101"/>
-        <w:rPr>
-[...3 lines deleted...]
-      </w:pPr>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F7433F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Positive Behavior Supports.</w:t>
+      </w:r>
       <w:r w:rsidRPr="0041282B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Positive Behavior Supports. </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F62612">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">In accordance with DDS regulations at </w:t>
       </w:r>
       <w:r w:rsidR="00F62612">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>115 CMR 5.14, a</w:t>
+        <w:t>115 CMR 5.14</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD0410">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD0410" w:rsidRPr="00FD0410">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Positive Behavior Supports (PBS)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F62612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>, a</w:t>
       </w:r>
       <w:r w:rsidR="00F27671" w:rsidRPr="0041282B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>ll programs operated, funded</w:t>
       </w:r>
       <w:r w:rsidR="0041282B" w:rsidRPr="0041282B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00F27671" w:rsidRPr="0041282B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> or licensed by DDS </w:t>
       </w:r>
-      <w:r w:rsidR="00EE08FF" w:rsidRPr="0041282B">
-[...4 lines deleted...]
-        <w:t>shall</w:t>
+      <w:r w:rsidR="00FD0410">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD0410" w:rsidRPr="0041282B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006955CC" w:rsidRPr="0041282B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> adhere to 115 CMR 5.14</w:t>
+        <w:t>adhere to 115 CMR 5.14</w:t>
       </w:r>
       <w:r w:rsidR="00F62612">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, when </w:t>
-[...13 lines deleted...]
-        <w:t>,</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006955CC" w:rsidRPr="0041282B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in the development and implementation of Positive Behavior Supports</w:t>
+        <w:t>in the development and implementation of Positive Behavior Supports</w:t>
       </w:r>
       <w:r w:rsidR="00F27671" w:rsidRPr="0041282B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB6193" w:rsidRDefault="00AB6193" w:rsidP="0061737D">
-[...14 lines deleted...]
-    <w:p w:rsidR="000A60DF" w:rsidRPr="00522AB3" w:rsidRDefault="005A373D" w:rsidP="0061737D">
+    <w:p w14:paraId="1E386576" w14:textId="5AFE7E2A" w:rsidR="000A60DF" w:rsidRPr="00F7433F" w:rsidRDefault="00AC5463" w:rsidP="009C7AD8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:right="101"/>
-        <w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F7433F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Person Centered Plan</w:t>
+      </w:r>
+      <w:r w:rsidR="00522AB3" w:rsidRPr="00F7433F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005438B8" w:rsidRPr="00F92F89">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="005438B8" w:rsidRPr="00F7433F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Informal </w:t>
       </w:r>
-      <w:r w:rsidR="00A02DBE" w:rsidRPr="00F92F89">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00A02DBE" w:rsidRPr="00F7433F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Conference</w:t>
       </w:r>
-      <w:r w:rsidR="008435CA" w:rsidRPr="00F92F89">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="008435CA" w:rsidRPr="00F7433F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Resolution</w:t>
       </w:r>
-      <w:r w:rsidR="005438B8" w:rsidRPr="00522AB3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="005438B8" w:rsidRPr="00F7433F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Process</w:t>
       </w:r>
+      <w:r w:rsidR="00F7433F" w:rsidRPr="00F7433F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="002700E9" w:rsidRDefault="002700E9" w:rsidP="002700E9">
-[...15 lines deleted...]
-    <w:p w:rsidR="00522AB3" w:rsidRPr="00522AB3" w:rsidRDefault="00522AB3" w:rsidP="00BB2626">
+    <w:p w14:paraId="30A75BB6" w14:textId="54F66385" w:rsidR="00522AB3" w:rsidRPr="00522AB3" w:rsidRDefault="00522AB3" w:rsidP="009C7AD8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:right="100"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Scope and Purpose </w:t>
       </w:r>
       <w:r w:rsidR="00FD648F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">of </w:t>
       </w:r>
-      <w:r w:rsidR="005A373D">
+      <w:r w:rsidR="00AC5463">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">Individual </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0003475F">
+        <w:t>Person Centered Plan</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Service Plan</w:t>
+        <w:t xml:space="preserve"> Informal </w:t>
+      </w:r>
+      <w:r w:rsidR="00A02DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Conference</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Informal </w:t>
-[...7 lines deleted...]
-        <w:t>Conference</w:t>
+        <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This section contains the standards and procedures for redress of certain matters </w:t>
+      </w:r>
+      <w:r w:rsidR="008435CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">related to service planning </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>affecting</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Waiver participants. The provisions of this section </w:t>
+      </w:r>
+      <w:r w:rsidR="002B095B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">do </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">not apply to and </w:t>
+      </w:r>
+      <w:r w:rsidR="002B095B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">may </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">not be used to resolve disagreements within the </w:t>
+      </w:r>
+      <w:r w:rsidR="001740B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...23 lines deleted...]
-        <w:t>affecting</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tate </w:t>
+      </w:r>
+      <w:r w:rsidR="001740B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Waiver participants. The provisions of this section shall not apply to and shall not be used to resolve disagreements within the State Agency or between the State Agency and providers concerning services or supports to </w:t>
+        <w:t xml:space="preserve">gency or between the </w:t>
+      </w:r>
+      <w:r w:rsidR="001740B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tate </w:t>
+      </w:r>
+      <w:r w:rsidR="001740B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">gency and providers concerning services or supports to </w:t>
       </w:r>
       <w:r w:rsidR="005405A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002700E9" w:rsidRDefault="002700E9" w:rsidP="002700E9">
-[...15 lines deleted...]
-    <w:p w:rsidR="00130EA4" w:rsidRDefault="00130EA4" w:rsidP="005F6E53">
+    <w:p w14:paraId="0FA47057" w14:textId="74B05D90" w:rsidR="00130EA4" w:rsidRDefault="00130EA4" w:rsidP="009C7AD8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:right="100"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>No Limitation of Right to</w:t>
       </w:r>
       <w:r w:rsidR="009A14AB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> Fair Hearing</w:t>
       </w:r>
       <w:r w:rsidR="009A14AB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -14516,69 +18324,90 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> No provision of this policy should be construed to</w:t>
       </w:r>
       <w:r w:rsidR="001166F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> limit a Waiver participant</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="001166F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>s right to a fair hearing pursuant to</w:t>
+        <w:t xml:space="preserve">s right to a fair hearing </w:t>
+      </w:r>
+      <w:r w:rsidR="00F7433F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>under</w:t>
       </w:r>
       <w:r w:rsidR="001178DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001166F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">130 CMR 610: </w:t>
+        <w:t>130 CMR 610</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC0BB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.000</w:t>
       </w:r>
       <w:r w:rsidR="001166F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="001166F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>MassHealth: Fair Hearing Rules</w:t>
       </w:r>
       <w:r w:rsidR="001166F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
       <w:r w:rsidR="001178DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>require a</w:t>
       </w:r>
       <w:r w:rsidR="009A14AB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Waiver participant </w:t>
@@ -14615,878 +18444,1078 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> process prior to </w:t>
       </w:r>
       <w:r w:rsidR="001166F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>purs</w:t>
       </w:r>
       <w:r w:rsidR="00B848E6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidR="00FA746E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>ing a Fair H</w:t>
+        <w:t xml:space="preserve">ing a </w:t>
+      </w:r>
+      <w:r w:rsidR="00F7433F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA746E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">air </w:t>
+      </w:r>
+      <w:r w:rsidR="00F7433F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>h</w:t>
       </w:r>
       <w:r w:rsidR="001166F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>earing.</w:t>
       </w:r>
       <w:r w:rsidR="00FA746E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00F7433F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
       <w:r w:rsidR="00FA746E" w:rsidRPr="00755BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Informal conferences are</w:t>
+        <w:t>nformal conferences are</w:t>
       </w:r>
       <w:r w:rsidR="00FA746E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> not a substitute for a formal Fair H</w:t>
+        <w:t xml:space="preserve"> not a substitute for a formal </w:t>
+      </w:r>
+      <w:r w:rsidR="00F7433F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA746E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">air </w:t>
+      </w:r>
+      <w:r w:rsidR="00F7433F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>h</w:t>
       </w:r>
       <w:r w:rsidR="00FA746E" w:rsidRPr="00755BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>earing available under 130 CMR 610.</w:t>
+        <w:t>earing available under 130 CMR 610</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC0BB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.000</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA746E" w:rsidRPr="00755BA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00FA746E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> If an available ground for a Fair Hearing is identified at an informal conference, applicable parties to an informal conference retain the right to appeal based on that ground pursuant to 130 CMR 610.</w:t>
+        <w:t xml:space="preserve"> If an available ground for a </w:t>
+      </w:r>
+      <w:r w:rsidR="00F7433F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA746E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">air </w:t>
+      </w:r>
+      <w:r w:rsidR="00F7433F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>h</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA746E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>earing is identified at an informal conference, applicable parties to an informal conference retain the right to appeal based on that ground pursuant to 130 CMR 610</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC0BB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.000</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA746E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002700E9" w:rsidRDefault="002700E9" w:rsidP="002700E9">
-[...15 lines deleted...]
-    <w:p w:rsidR="00066164" w:rsidRPr="005F6E53" w:rsidRDefault="0003475F" w:rsidP="005F6E53">
+    <w:p w14:paraId="05A24087" w14:textId="0B54CF7E" w:rsidR="00066164" w:rsidRPr="005F6E53" w:rsidRDefault="0003475F" w:rsidP="009C7AD8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:right="100"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Subject Matter of a</w:t>
       </w:r>
       <w:r w:rsidR="005A373D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>n Individual</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Person Centered Plan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Service Plan Informal </w:t>
+        <w:t xml:space="preserve"> Informal </w:t>
       </w:r>
       <w:r w:rsidR="00A02DBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Conference</w:t>
       </w:r>
+      <w:r w:rsidR="00464F43">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
       <w:r w:rsidR="005F6E53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">: The following issues may be </w:t>
+        <w:t xml:space="preserve"> The following issues may be </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the subject of a</w:t>
       </w:r>
       <w:r w:rsidR="005A373D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>n ISP</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> informal </w:t>
       </w:r>
       <w:r w:rsidR="000741E2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">conference </w:t>
       </w:r>
+      <w:r w:rsidR="00464F43">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>under</w:t>
+      </w:r>
       <w:r w:rsidR="005F6E53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>pursuant to the procedures set forth below</w:t>
-[...6 lines deleted...]
-        <w:t>:</w:t>
+        <w:t xml:space="preserve"> the procedures set forth below</w:t>
+      </w:r>
+      <w:r w:rsidR="00464F43">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002700E9" w:rsidRPr="002700E9" w:rsidRDefault="002700E9" w:rsidP="002700E9">
-[...15 lines deleted...]
-    <w:p w:rsidR="005F6E53" w:rsidRPr="005F6E53" w:rsidRDefault="005F6E53" w:rsidP="00BB51D4">
+    <w:p w14:paraId="4E62FDBF" w14:textId="34A40405" w:rsidR="005F6E53" w:rsidRPr="005F6E53" w:rsidRDefault="005F6E53" w:rsidP="009C7AD8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="2160" w:right="100" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Whether the assessments performed or arranged by the </w:t>
       </w:r>
+      <w:r w:rsidR="00BF503F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
       <w:r w:rsidR="0098655A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>State Agency</w:t>
+        <w:t xml:space="preserve">tate </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF503F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="0098655A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gency</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> or the provider to serve as the basis for </w:t>
       </w:r>
       <w:r w:rsidR="0098655A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the development and review of a</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005405A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>s ISP were sufficient for that purpose</w:t>
+        <w:t xml:space="preserve">s </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> were sufficient for that purpose</w:t>
       </w:r>
       <w:r w:rsidR="00FA746E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002700E9" w:rsidRPr="002700E9" w:rsidRDefault="002700E9" w:rsidP="00BB51D4">
-[...15 lines deleted...]
-    <w:p w:rsidR="005F6E53" w:rsidRPr="005F6E53" w:rsidRDefault="005F6E53" w:rsidP="00BB51D4">
+    <w:p w14:paraId="071C4009" w14:textId="10CF5726" w:rsidR="005F6E53" w:rsidRPr="005F6E53" w:rsidRDefault="00464F43" w:rsidP="009C7AD8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="2160" w:right="100" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00522AB3">
-[...4 lines deleted...]
-        <w:t>Whether the goals identified in the ISP are consistent with and promote the outcomes set forth in the ISP</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidR="005F6E53" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hether the goals identified in the </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidR="005F6E53" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are consistent with and promote the outcomes set forth in the </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
       </w:r>
       <w:r w:rsidR="00FA746E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002700E9" w:rsidRPr="002700E9" w:rsidRDefault="002700E9" w:rsidP="00BB51D4">
-[...15 lines deleted...]
-    <w:p w:rsidR="002700E9" w:rsidRPr="00673FF7" w:rsidRDefault="005F6E53" w:rsidP="00673FF7">
+    <w:p w14:paraId="364903BF" w14:textId="5C925751" w:rsidR="002700E9" w:rsidRPr="00673FF7" w:rsidRDefault="00464F43" w:rsidP="009C7AD8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="2160" w:right="100" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00522AB3">
-[...5 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidR="005F6E53" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>hether the types of</w:t>
+      </w:r>
+      <w:r w:rsidR="005F6E53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> services and</w:t>
       </w:r>
-      <w:r w:rsidRPr="00522AB3">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> supports identified in the ISP are the least restrictive, appropriate</w:t>
+      <w:r w:rsidR="005F6E53" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> supports identified in the </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidR="005F6E53" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are the least restrictive, appropriate</w:t>
       </w:r>
       <w:r w:rsidR="00037BE8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00522AB3">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> and available to meet the goals stated in the ISP</w:t>
+      <w:r w:rsidR="005F6E53" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and available to meet the goals stated in the </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
       </w:r>
       <w:r w:rsidR="00FA746E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00673FF7" w:rsidRPr="00673FF7" w:rsidRDefault="00673FF7" w:rsidP="00673FF7">
-[...15 lines deleted...]
-    <w:p w:rsidR="002700E9" w:rsidRPr="00673FF7" w:rsidRDefault="00F70155" w:rsidP="00673FF7">
+    <w:p w14:paraId="661C81EE" w14:textId="4B10D7EB" w:rsidR="002700E9" w:rsidRPr="00673FF7" w:rsidRDefault="00464F43" w:rsidP="009C7AD8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="2160" w:right="100" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Any modification to the requirements of the ISP based on assessed needs</w:t>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00F70155">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ny modification to the requirements of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidR="00F70155">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> based on assessed needs</w:t>
       </w:r>
       <w:r w:rsidR="00FA746E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00673FF7" w:rsidRPr="00673FF7" w:rsidRDefault="00673FF7" w:rsidP="00673FF7">
-[...15 lines deleted...]
-    <w:p w:rsidR="002700E9" w:rsidRPr="00673FF7" w:rsidRDefault="005F6E53" w:rsidP="00673FF7">
+    <w:p w14:paraId="26111718" w14:textId="31B6601E" w:rsidR="002700E9" w:rsidRPr="00673FF7" w:rsidRDefault="00464F43" w:rsidP="009C7AD8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="2160" w:right="100" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidR="005F6E53" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hether the recommendation of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidR="005F6E53" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> team </w:t>
+      </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Whether the recommendation of the ISP team with regard to the </w:t>
+        <w:t>regarding</w:t>
+      </w:r>
+      <w:r w:rsidR="005F6E53" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
       </w:r>
       <w:r w:rsidR="005405A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r w:rsidRPr="00522AB3">
+      <w:r w:rsidR="005F6E53" w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s ability to make personal and financial decisions is consistent with the available evidence</w:t>
       </w:r>
       <w:r w:rsidR="00FA746E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00673FF7" w:rsidRPr="00673FF7" w:rsidRDefault="00673FF7" w:rsidP="00673FF7">
-[...15 lines deleted...]
-    <w:p w:rsidR="002700E9" w:rsidRPr="00673FF7" w:rsidRDefault="005F6E53" w:rsidP="00673FF7">
+    <w:p w14:paraId="09B8CC48" w14:textId="4D644130" w:rsidR="002700E9" w:rsidRPr="00673FF7" w:rsidRDefault="00464F43" w:rsidP="009C7AD8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="2160" w:right="100" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00522AB3">
-[...4 lines deleted...]
-        <w:t>Whether the ISP was developed, reviewed, or modified in accordance with the procedu</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidR="005F6E53" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hether the </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidR="005F6E53" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> was developed, reviewed, or modified in accordance with the procedu</w:t>
       </w:r>
       <w:r w:rsidR="00A67DD8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>res set forth in in this policy</w:t>
       </w:r>
       <w:r w:rsidR="00FA746E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>; and</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00673FF7" w:rsidRPr="00673FF7" w:rsidRDefault="00673FF7" w:rsidP="00673FF7">
-[...15 lines deleted...]
-    <w:p w:rsidR="002700E9" w:rsidRPr="00673FF7" w:rsidRDefault="005F6E53" w:rsidP="00673FF7">
+    <w:p w14:paraId="35C71851" w14:textId="352DB581" w:rsidR="002700E9" w:rsidRPr="00673FF7" w:rsidRDefault="00464F43" w:rsidP="009C7AD8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="2160" w:right="100" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00522AB3">
-[...4 lines deleted...]
-        <w:t>Whether the ISP is being implemented</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidR="005F6E53" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hether the </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidR="005F6E53" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is being implemented</w:t>
       </w:r>
       <w:r w:rsidR="00FA746E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00673FF7" w:rsidRPr="00673FF7" w:rsidRDefault="00673FF7" w:rsidP="00673FF7">
-[...15 lines deleted...]
-    <w:p w:rsidR="002700E9" w:rsidRPr="00673FF7" w:rsidRDefault="005F6E53" w:rsidP="00673FF7">
+    <w:p w14:paraId="43252D05" w14:textId="4FA8D702" w:rsidR="002700E9" w:rsidRPr="00673FF7" w:rsidRDefault="005F6E53" w:rsidP="009C7AD8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:right="100"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F6E53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Init</w:t>
       </w:r>
       <w:r w:rsidR="001166F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>iation of a</w:t>
       </w:r>
       <w:r w:rsidR="005A373D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">n </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001D5B75">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Individual</w:t>
+        <w:t>Person Centered Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F6E53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001166F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Service Plan</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005F6E53">
+        <w:t xml:space="preserve">Informal </w:t>
+      </w:r>
+      <w:r w:rsidR="000741E2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...14 lines deleted...]
-        </w:rPr>
         <w:t>Conference</w:t>
       </w:r>
-      <w:r w:rsidR="00FA746E">
-[...4 lines deleted...]
-        <w:t>:</w:t>
+      <w:r w:rsidR="00464F43">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00673FF7" w:rsidRPr="00673FF7" w:rsidRDefault="00673FF7" w:rsidP="00673FF7">
-[...15 lines deleted...]
-    <w:p w:rsidR="002700E9" w:rsidRPr="00673FF7" w:rsidRDefault="001166F9" w:rsidP="00673FF7">
+    <w:p w14:paraId="2EC904A4" w14:textId="1B4D5772" w:rsidR="002700E9" w:rsidRPr="00673FF7" w:rsidRDefault="001166F9" w:rsidP="009C7AD8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="2160" w:right="100" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="005A373D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>n ISP</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
       </w:r>
       <w:r w:rsidR="005F6E53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">informal </w:t>
       </w:r>
       <w:r w:rsidR="00A02DBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>conference</w:t>
       </w:r>
       <w:r w:rsidR="000741E2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005F6E53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">may be initiated by the </w:t>
       </w:r>
       <w:r w:rsidR="005405A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="005F6E53" w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> for whom the ISP has been develope</w:t>
+        <w:t xml:space="preserve"> for whom the </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidR="005F6E53" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> has been develope</w:t>
       </w:r>
       <w:r w:rsidR="00465DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>d, his or her family, guardian,</w:t>
+        <w:t xml:space="preserve">d, </w:t>
+      </w:r>
+      <w:r w:rsidR="008536B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>their</w:t>
+      </w:r>
+      <w:r w:rsidR="00465DF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> family, guardian,</w:t>
       </w:r>
       <w:r w:rsidR="00904AEE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> LAR,</w:t>
       </w:r>
       <w:r w:rsidR="00465DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005F6E53" w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">and designated representative, </w:t>
       </w:r>
       <w:r w:rsidR="0081228D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -15540,1569 +19569,1923 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> or LAR</w:t>
       </w:r>
       <w:r w:rsidR="005F6E53" w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, an appeal may only be filed by the </w:t>
       </w:r>
       <w:r w:rsidR="005405A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="005F6E53" w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and his or her guardian</w:t>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="008536B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>their</w:t>
+      </w:r>
+      <w:r w:rsidR="005F6E53" w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> guardian</w:t>
       </w:r>
       <w:r w:rsidR="00904AEE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, LAR or</w:t>
       </w:r>
       <w:r w:rsidR="005F6E53" w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> designated representative</w:t>
       </w:r>
       <w:r w:rsidR="00FA746E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00673FF7" w:rsidRPr="00673FF7" w:rsidRDefault="00673FF7" w:rsidP="00673FF7">
-[...15 lines deleted...]
-    <w:p w:rsidR="00673FF7" w:rsidRPr="005E5E6E" w:rsidRDefault="001166F9" w:rsidP="005E5E6E">
+    <w:p w14:paraId="21058D16" w14:textId="5764DCCB" w:rsidR="00673FF7" w:rsidRPr="005E5E6E" w:rsidRDefault="001166F9" w:rsidP="009C7AD8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="2160" w:right="100" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="005A373D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">n ISP </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidR="005A373D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">informal </w:t>
       </w:r>
       <w:r w:rsidR="00A02DBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>conference</w:t>
       </w:r>
       <w:r w:rsidR="005F6E53" w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> is initiated by notifying in writing the Regional </w:t>
-[...11 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t xml:space="preserve"> is initiated by notifying in writing the </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC4A78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="002B2A03" w:rsidRPr="009876F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>egional ABI</w:t>
+      </w:r>
+      <w:r w:rsidR="000265A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="002B2A03" w:rsidRPr="009876F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MFP </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC4A78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="002B2A03" w:rsidRPr="009876F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>irector</w:t>
+      </w:r>
+      <w:r w:rsidR="002B2A03" w:rsidRPr="553D7615">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005F6E53" w:rsidRPr="00150907">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">for the Region in which the applicant or </w:t>
+        <w:t xml:space="preserve">for the </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC4A78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="005F6E53" w:rsidRPr="00150907">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">egion in which the applicant or </w:t>
       </w:r>
       <w:r w:rsidR="005405A3" w:rsidRPr="00150907">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="005F6E53" w:rsidRPr="00150907">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> resides</w:t>
       </w:r>
       <w:r w:rsidR="00805213" w:rsidRPr="00150907">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005E5E6E" w:rsidRPr="005E5E6E" w:rsidRDefault="005E5E6E" w:rsidP="005E5E6E">
-[...15 lines deleted...]
-    <w:p w:rsidR="00F358C0" w:rsidRPr="00673FF7" w:rsidRDefault="005F6E53" w:rsidP="00673FF7">
+    <w:p w14:paraId="0BE386C0" w14:textId="21DDE04A" w:rsidR="00F358C0" w:rsidRPr="00673FF7" w:rsidRDefault="005F6E53" w:rsidP="009C7AD8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="2160" w:right="100" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00150907">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="005405A3" w:rsidRPr="00150907">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidRPr="00150907">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> who is the subject of the </w:t>
       </w:r>
       <w:r w:rsidR="001166F9" w:rsidRPr="00150907">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">service plan informal </w:t>
       </w:r>
       <w:r w:rsidR="00A02DBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>conference</w:t>
       </w:r>
       <w:r w:rsidRPr="00150907">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> shall </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C2E96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00150907">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00150907">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>be a party</w:t>
       </w:r>
       <w:r w:rsidRPr="00150907">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>, whether</w:t>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC4A78" w:rsidRPr="00150907">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>whether</w:t>
       </w:r>
       <w:r w:rsidRPr="00522AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> or not he or she initiated the </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001C6C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>they</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> initiated the </w:t>
       </w:r>
       <w:r w:rsidR="001166F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">service informal </w:t>
       </w:r>
       <w:r w:rsidR="00A02DBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>conference</w:t>
       </w:r>
       <w:r w:rsidR="001166F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> process</w:t>
       </w:r>
       <w:r w:rsidR="00FA746E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00673FF7" w:rsidRPr="00673FF7" w:rsidRDefault="00673FF7" w:rsidP="00673FF7">
-[...15 lines deleted...]
-    <w:p w:rsidR="00873A96" w:rsidRPr="00873A96" w:rsidRDefault="005F6E53" w:rsidP="00873A96">
+    <w:p w14:paraId="689DC589" w14:textId="570DE52B" w:rsidR="00873A96" w:rsidRPr="00873A96" w:rsidRDefault="005F6E53" w:rsidP="009C7AD8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:right="100"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F63BA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
+      <w:r w:rsidR="00AC5463">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Person Centered Plan</w:t>
+      </w:r>
+      <w:r w:rsidR="001166F9" w:rsidRPr="00755BA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Informal </w:t>
+      </w:r>
+      <w:r w:rsidR="00A02DBE" w:rsidRPr="00755BA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Conference</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00755BA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Process</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA746E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00915237" w:rsidRPr="00FA746E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Informal conferences are a process put in place to facilitate or obviate the need for a </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA0655">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA746E" w:rsidRPr="00FA746E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">air </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA0655">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>h</w:t>
+      </w:r>
+      <w:r w:rsidR="00915237" w:rsidRPr="00FA746E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">earing under 130 CMR </w:t>
+      </w:r>
+      <w:r w:rsidR="007E33A8" w:rsidRPr="00FA746E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>610</w:t>
+      </w:r>
+      <w:r w:rsidR="00E965F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.000</w:t>
+      </w:r>
+      <w:r w:rsidR="00F51FA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00F51FA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>MassHealth: Fair Hearing Rules</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA746E" w:rsidRPr="00FA746E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00915237" w:rsidRPr="00FA746E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>in ca</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA746E" w:rsidRPr="00FA746E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ses </w:t>
+      </w:r>
+      <w:r w:rsidR="00800F46" w:rsidRPr="00FA746E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>where</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA746E" w:rsidRPr="00FA746E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C8203B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the issue raised by the participant</w:t>
+      </w:r>
+      <w:r w:rsidR="00915237" w:rsidRPr="00FA746E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is resolved</w:t>
+      </w:r>
+      <w:r w:rsidR="00C8203B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at the </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA0655">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="00C8203B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nformal </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA0655">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="00C8203B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>onference</w:t>
+      </w:r>
+      <w:r w:rsidR="00755BA3" w:rsidRPr="00FA746E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="001A7E09" w:rsidRPr="00FA746E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If all parties agree on a resolution to the </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA746E" w:rsidRPr="00FA746E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>informal c</w:t>
+      </w:r>
+      <w:r w:rsidR="00A02DBE" w:rsidRPr="00FA746E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>onference</w:t>
+      </w:r>
+      <w:r w:rsidR="001A7E09" w:rsidRPr="00FA746E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, the process will end with the informal conference. If all parties do not agree on a resolution, </w:t>
+      </w:r>
       <w:r w:rsidR="004D5D69">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="single"/>
-[...27 lines deleted...]
-      <w:r w:rsidR="00FA746E">
+        </w:rPr>
+        <w:t xml:space="preserve">the Waiver participant may elect to pursue a </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA0655">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidR="004D5D69">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">air </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA0655">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>h</w:t>
+      </w:r>
+      <w:r w:rsidR="004D5D69">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">earing in </w:t>
+      </w:r>
+      <w:r w:rsidR="001A7E09" w:rsidRPr="00FA746E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>accordance with</w:t>
+      </w:r>
+      <w:r w:rsidR="004D5D69">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> appeal rights </w:t>
+      </w:r>
+      <w:r w:rsidR="00915097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">available </w:t>
+      </w:r>
+      <w:r w:rsidR="004D5D69">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>under</w:t>
+      </w:r>
+      <w:r w:rsidR="001A7E09" w:rsidRPr="00FA746E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 130 CMR</w:t>
+      </w:r>
+      <w:r w:rsidR="007E33A8" w:rsidRPr="00FA746E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 610</w:t>
+      </w:r>
+      <w:r w:rsidR="00E965F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.000</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF3A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="004D5D69">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF3A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and as described below </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA0655">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF3A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="004D5D69">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ection </w:t>
+      </w:r>
+      <w:r w:rsidR="002902EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>IV.</w:t>
+      </w:r>
+      <w:r w:rsidR="004D5D69">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00873A96">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00915237" w:rsidRPr="00FA746E">
-[...27 lines deleted...]
-      <w:r w:rsidR="00FA746E" w:rsidRPr="00FA746E">
+      <w:r w:rsidR="00A60798">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00915237" w:rsidRPr="00FA746E">
-[...181 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00873A96" w:rsidRPr="00873A96" w:rsidRDefault="00873A96" w:rsidP="00873A96">
-[...15 lines deleted...]
-    <w:p w:rsidR="00873A96" w:rsidRPr="00873A96" w:rsidRDefault="001A7E09" w:rsidP="00873A96">
+    <w:p w14:paraId="0850AA6D" w14:textId="7D4670BD" w:rsidR="00873A96" w:rsidRPr="00873A96" w:rsidRDefault="001A7E09" w:rsidP="00DA0655">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:right="100"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2347" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00873A96">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Participation in an informal conference is voluntary</w:t>
       </w:r>
       <w:r w:rsidR="00873A96">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00A60798">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00814469">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">An informal conference is not required in order for a waiver participant to request an appeal under 130 CMR 610: </w:t>
+        <w:t xml:space="preserve">An informal conference is not required </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA0655">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>for</w:t>
       </w:r>
       <w:r w:rsidR="00814469">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a waiver participant to request an appeal under 130 CMR 610</w:t>
+      </w:r>
+      <w:r w:rsidR="00E965F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.000</w:t>
+      </w:r>
+      <w:r w:rsidR="00814469">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00814469">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">MassHealth: Fair Hearing Rules. </w:t>
       </w:r>
       <w:r w:rsidR="00814469">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A waiver participant may pursue informal conference and appeal rights simultaneously.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00873A96" w:rsidRPr="00873A96" w:rsidRDefault="00873A96" w:rsidP="00873A96">
-[...15 lines deleted...]
-    <w:p w:rsidR="00873A96" w:rsidRPr="00873A96" w:rsidRDefault="005F6E53" w:rsidP="00873A96">
+    <w:p w14:paraId="31CBC6EB" w14:textId="63732D09" w:rsidR="00873A96" w:rsidRPr="00873A96" w:rsidRDefault="004D5D69" w:rsidP="00DA0655">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:right="100"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2347" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00873A96">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA0655">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="002B2A03" w:rsidRPr="009876F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">egional ABI-MFP </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA0655">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="002B2A03" w:rsidRPr="009876F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>irector</w:t>
+      </w:r>
+      <w:r w:rsidR="002B2A03" w:rsidRPr="553D7615">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004D5D69">
-[...20 lines deleted...]
-      <w:r w:rsidR="00952650" w:rsidRPr="00873A96">
+      <w:r w:rsidR="005F6E53" w:rsidRPr="00873A96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or designee </w:t>
+      </w:r>
+      <w:r w:rsidR="00543E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidR="00543E51" w:rsidRPr="00873A96">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00873A96">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">or designee shall hold an informal conference within 30 days of notification of the </w:t>
+      <w:r w:rsidR="005F6E53" w:rsidRPr="00873A96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hold an informal conference within 30 days of notification of the </w:t>
       </w:r>
       <w:r w:rsidR="001166F9" w:rsidRPr="00873A96">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">service plan informal </w:t>
       </w:r>
       <w:r w:rsidR="00A02DBE" w:rsidRPr="00873A96">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>conference</w:t>
       </w:r>
-      <w:r w:rsidRPr="00873A96">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">. The official responsible for the conference shall notify the </w:t>
+      <w:r w:rsidR="005F6E53" w:rsidRPr="00873A96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. The official responsible for the conference </w:t>
+      </w:r>
+      <w:r w:rsidR="00543E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidR="00543E51" w:rsidRPr="00873A96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F6E53" w:rsidRPr="00873A96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">notify the </w:t>
       </w:r>
       <w:r w:rsidR="005405A3" w:rsidRPr="00873A96">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
-      <w:r w:rsidRPr="00873A96">
+      <w:r w:rsidR="005F6E53" w:rsidRPr="00873A96">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, the </w:t>
       </w:r>
       <w:r w:rsidR="005405A3" w:rsidRPr="00873A96">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6" w:rsidRPr="00873A96">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r w:rsidRPr="00873A96">
+      <w:r w:rsidR="005F6E53" w:rsidRPr="00873A96">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s family, guardian,</w:t>
       </w:r>
       <w:r w:rsidR="00904AEE" w:rsidRPr="00873A96">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> LAR, and designated representative,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00873A96">
+      <w:r w:rsidR="005F6E53" w:rsidRPr="00873A96">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0081228D" w:rsidRPr="00873A96">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>if applicable</w:t>
       </w:r>
       <w:r w:rsidR="00465DF2" w:rsidRPr="00873A96">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00873A96">
+      <w:r w:rsidR="005F6E53" w:rsidRPr="00873A96">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>and the service coordinator of the date of the informal conference</w:t>
       </w:r>
       <w:r w:rsidR="00873A96">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00873A96" w:rsidRPr="00873A96" w:rsidRDefault="00873A96" w:rsidP="00873A96">
-[...8 lines deleted...]
-    <w:p w:rsidR="00873A96" w:rsidRPr="00873A96" w:rsidRDefault="005F6E53" w:rsidP="00873A96">
+    <w:p w14:paraId="5DA30150" w14:textId="5493A7FB" w:rsidR="00873A96" w:rsidRPr="00873A96" w:rsidRDefault="005F6E53" w:rsidP="00DA0655">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:right="100"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2347" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00873A96">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">The purpose of such informal conference shall be to conciliate the issues </w:t>
+        <w:t xml:space="preserve">The purpose of such informal conference </w:t>
+      </w:r>
+      <w:r w:rsidR="00543E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00873A96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to conciliate the issues </w:t>
       </w:r>
       <w:r w:rsidR="00C8203B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>raised by the participant</w:t>
       </w:r>
       <w:r w:rsidRPr="00873A96">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and, to the extent that conciliation is not </w:t>
+        <w:t xml:space="preserve"> and, to the extent that conciliation is not accomplished, to clarify issues for </w:t>
+      </w:r>
+      <w:r w:rsidR="001166F9" w:rsidRPr="00873A96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>review</w:t>
       </w:r>
       <w:r w:rsidRPr="00873A96">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...7 lines deleted...]
-        <w:t>review</w:t>
+        <w:t xml:space="preserve"> and determine the parties</w:t>
+      </w:r>
+      <w:r w:rsidR="00453FD6" w:rsidRPr="00873A96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00873A96">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and determine the parties</w:t>
-[...6 lines deleted...]
-        <w:t>’</w:t>
+        <w:t xml:space="preserve"> agreement, </w:t>
+      </w:r>
+      <w:r w:rsidR="0081228D" w:rsidRPr="00873A96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>if applicable</w:t>
       </w:r>
       <w:r w:rsidRPr="00873A96">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> agreement, </w:t>
-[...12 lines deleted...]
-        </w:rPr>
         <w:t>, to the material facts of the matter</w:t>
       </w:r>
       <w:r w:rsidR="00873A96">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00873A96" w:rsidRPr="00873A96" w:rsidRDefault="00873A96" w:rsidP="00873A96">
-[...8 lines deleted...]
-    <w:p w:rsidR="001C2193" w:rsidRPr="0041282B" w:rsidRDefault="005F6E53" w:rsidP="001C2193">
+    <w:p w14:paraId="3EDFF485" w14:textId="107A7420" w:rsidR="001C2193" w:rsidRPr="0041282B" w:rsidRDefault="005F6E53" w:rsidP="00DA0655">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:right="100"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2347" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00873A96">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Except to the extent that statements of the parties are reduced to an agreed statement of facts, all statements of the parties made during the informal conference shall </w:t>
+        <w:t xml:space="preserve">Except to the extent that statements of the parties are reduced to an agreed statement of facts, all statements made during the informal conference </w:t>
+      </w:r>
+      <w:r w:rsidR="00543E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>will</w:t>
+      </w:r>
+      <w:r w:rsidR="00543E51" w:rsidRPr="00873A96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0041282B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>be considered as offers in compromise, and shall be inadmissible in any subsequent hearing or court proceeding</w:t>
+        <w:t xml:space="preserve">be considered as offers in compromise, and </w:t>
+      </w:r>
+      <w:r w:rsidR="0077512B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">are not  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0041282B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>admissible in any subsequent hearing or court proceeding</w:t>
       </w:r>
       <w:r w:rsidR="00873A96" w:rsidRPr="0041282B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C2193" w:rsidRPr="0041282B" w:rsidRDefault="001C2193" w:rsidP="001C2193">
-[...8 lines deleted...]
-    <w:p w:rsidR="001C2193" w:rsidRPr="0041282B" w:rsidRDefault="001C2193" w:rsidP="001C2193">
+    <w:p w14:paraId="1632BA5C" w14:textId="44C5B070" w:rsidR="001C2193" w:rsidRPr="0041282B" w:rsidRDefault="001C2193" w:rsidP="00DA0655">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:right="100"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2347" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0041282B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:r w:rsidR="00BD162E">
-[...11 lines deleted...]
-        <w:t>Program Coordinator</w:t>
+      <w:r w:rsidR="00DA0655">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="002B2A03" w:rsidRPr="009876F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">egional ABI-MFP </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA0655">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="002B2A03" w:rsidRPr="009876F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>irector</w:t>
+      </w:r>
+      <w:r w:rsidR="002B2A03" w:rsidRPr="553D7615">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0041282B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> or designee shall issue a written letter within 10 days of the Informal Conference that summarizes the outcome of each basis for the Informal Conference.</w:t>
+        <w:t xml:space="preserve">or designee </w:t>
+      </w:r>
+      <w:r w:rsidR="00543E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidR="00543E51" w:rsidRPr="0041282B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0041282B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">issue a written letter within 10 days of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA0655">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0041282B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nformal </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA0655">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0041282B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">onference that summarizes the outcome of each basis for the </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA0655">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0041282B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nformal </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA0655">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0041282B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>onference.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00673FF7" w:rsidRDefault="00673FF7" w:rsidP="00673FF7">
-[...14 lines deleted...]
-    <w:p w:rsidR="009F742E" w:rsidRDefault="004D5D69" w:rsidP="009F742E">
+    <w:p w14:paraId="0A4DD45E" w14:textId="033DE3AD" w:rsidR="009F742E" w:rsidRDefault="004D5D69" w:rsidP="009C7AD8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:right="100"/>
-        <w:rPr>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A6776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Fair Hearing</w:t>
       </w:r>
+      <w:r w:rsidR="009F742E" w:rsidRPr="009A6776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
       <w:r w:rsidR="009F742E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006C63CE" w:rsidRPr="009F742E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The MassHealth Board of Hearings has authority t</w:t>
       </w:r>
       <w:r w:rsidR="00426385" w:rsidRPr="009F742E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>o hold a fair hearing for</w:t>
       </w:r>
       <w:r w:rsidR="006C63CE" w:rsidRPr="009F742E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the fol</w:t>
       </w:r>
       <w:r w:rsidR="009F742E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>lowing actions or inactions by the</w:t>
       </w:r>
       <w:r w:rsidR="006C63CE" w:rsidRPr="009F742E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> State Agency</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0036015B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="006C63CE" w:rsidRPr="009F742E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tate </w:t>
+      </w:r>
+      <w:r w:rsidR="0036015B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="006C63CE" w:rsidRPr="009F742E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gency</w:t>
       </w:r>
       <w:r w:rsidR="00915097">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> pursuant to 130 CMR 610.032: </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F673D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>under</w:t>
+      </w:r>
+      <w:r w:rsidR="00915097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 130 CMR 610.032: </w:t>
+      </w:r>
+      <w:r w:rsidR="00F673D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00915097" w:rsidRPr="00915097">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Grounds for Appeal</w:t>
       </w:r>
       <w:r w:rsidR="006C63CE" w:rsidRPr="009F742E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F742E" w:rsidRDefault="009F742E" w:rsidP="009F742E">
-[...14 lines deleted...]
-    <w:p w:rsidR="009F742E" w:rsidRDefault="006C63CE" w:rsidP="009F742E">
+    <w:p w14:paraId="26218720" w14:textId="77777777" w:rsidR="009F742E" w:rsidRDefault="006C63CE" w:rsidP="009C7AD8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:right="100"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F742E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Denial of services;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F742E" w:rsidRDefault="009F742E" w:rsidP="009F742E">
-[...14 lines deleted...]
-    <w:p w:rsidR="009F742E" w:rsidRDefault="006C63CE" w:rsidP="009F742E">
+    <w:p w14:paraId="78909C12" w14:textId="78540556" w:rsidR="009F742E" w:rsidRDefault="00F673D4" w:rsidP="009C7AD8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:right="100"/>
-        <w:rPr>
-[...9 lines deleted...]
-        <w:t>Suspension of services;</w:t>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="006C63CE" w:rsidRPr="009F742E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>uspension of services;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F742E" w:rsidRPr="009F742E" w:rsidRDefault="009F742E" w:rsidP="009F742E">
-[...8 lines deleted...]
-    <w:p w:rsidR="009F742E" w:rsidRDefault="006C63CE" w:rsidP="009F742E">
+    <w:p w14:paraId="16A8DDA2" w14:textId="4A5DBBDD" w:rsidR="009F742E" w:rsidRDefault="00F673D4" w:rsidP="009C7AD8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:right="100"/>
-        <w:rPr>
-[...9 lines deleted...]
-        <w:t>Reduction of services;</w:t>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="006C63CE" w:rsidRPr="009F742E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>eduction of services;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F742E" w:rsidRPr="009F742E" w:rsidRDefault="009F742E" w:rsidP="009F742E">
-[...8 lines deleted...]
-    <w:p w:rsidR="009F742E" w:rsidRDefault="006C63CE" w:rsidP="009F742E">
+    <w:p w14:paraId="4EF24D36" w14:textId="08FCF55D" w:rsidR="009F742E" w:rsidRDefault="00F673D4" w:rsidP="009C7AD8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:right="100"/>
-        <w:rPr>
-[...9 lines deleted...]
-        <w:t>Modification of services;</w:t>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="006C63CE" w:rsidRPr="009F742E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>odification of services;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F742E" w:rsidRPr="009F742E" w:rsidRDefault="009F742E" w:rsidP="009F742E">
-[...8 lines deleted...]
-    <w:p w:rsidR="009F742E" w:rsidRDefault="006C63CE" w:rsidP="009F742E">
+    <w:p w14:paraId="5FEAB86C" w14:textId="6B5DAFB9" w:rsidR="009F742E" w:rsidRDefault="00F673D4" w:rsidP="009C7AD8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:right="100"/>
-        <w:rPr>
-[...9 lines deleted...]
-        <w:t>Termination of services;</w:t>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="006C63CE" w:rsidRPr="009F742E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ermination of services;</w:t>
       </w:r>
       <w:r w:rsidR="00873A96">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00005547">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F742E" w:rsidRPr="009F742E" w:rsidRDefault="009F742E" w:rsidP="009F742E">
-[...8 lines deleted...]
-    <w:p w:rsidR="00915097" w:rsidRPr="00915097" w:rsidRDefault="006C63CE" w:rsidP="00915097">
+    <w:p w14:paraId="2A194DC4" w14:textId="09B245D4" w:rsidR="00915097" w:rsidRPr="00915097" w:rsidRDefault="00F673D4" w:rsidP="009C7AD8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:right="100"/>
-        <w:rPr>
-[...9 lines deleted...]
-        <w:t>Failure to act on a participant’s request for a service within 30</w:t>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidR="006C63CE" w:rsidRPr="009F742E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ailure to act on a participant’s request for a service within 30</w:t>
       </w:r>
       <w:r w:rsidR="00D36870" w:rsidRPr="009F742E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> days of receiving such request</w:t>
+        <w:t xml:space="preserve"> days of receiving </w:t>
+      </w:r>
+      <w:r w:rsidR="00182B44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="00182B44" w:rsidRPr="009F742E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D36870" w:rsidRPr="009F742E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>request</w:t>
       </w:r>
       <w:r w:rsidR="00915097">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00915097" w:rsidRPr="00915097" w:rsidRDefault="00915097" w:rsidP="00915097">
-[...14 lines deleted...]
-    <w:p w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="001F63BA" w:rsidP="00755BA3">
+    <w:p w14:paraId="6C66839B" w14:textId="595BB2C3" w:rsidR="002700E9" w:rsidRPr="009A6776" w:rsidRDefault="001F63BA" w:rsidP="009C7AD8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:right="100"/>
-        <w:rPr>
-[...8 lines deleted...]
-        </w:rPr>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A6776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>In</w:t>
       </w:r>
-      <w:r w:rsidR="00E8363A" w:rsidRPr="00941F7B">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00E8363A" w:rsidRPr="009A6776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>dividual Rights</w:t>
       </w:r>
+      <w:r w:rsidR="009A6776" w:rsidRPr="009A6776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00673FF7" w:rsidRPr="00673FF7" w:rsidRDefault="00673FF7" w:rsidP="00673FF7">
-[...14 lines deleted...]
-    <w:p w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="000739AE" w:rsidP="00755BA3">
+    <w:p w14:paraId="5DCC1AEC" w14:textId="172D97CE" w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="000739AE" w:rsidP="009C7AD8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:right="100"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000739AE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>General Principles</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00941F7B" w:rsidRPr="00941F7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>The following principles promote the welfare and dignity of all Waiver participants:</w:t>
+        <w:t>The following principles promote the welfare and dignity of all Waiver participants</w:t>
+      </w:r>
+      <w:r w:rsidR="00182B44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00673FF7" w:rsidRPr="00673FF7" w:rsidRDefault="00673FF7" w:rsidP="00673FF7">
-[...14 lines deleted...]
-    <w:p w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00941F7B" w:rsidP="00755BA3">
+    <w:p w14:paraId="6068455F" w14:textId="78A287EB" w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00941F7B" w:rsidP="00E83BA3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:left="2160" w:right="100" w:hanging="360"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00941F7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Services and supports are to be designed to provide meaningful assistance to the </w:t>
       </w:r>
       <w:r w:rsidR="00814B37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidRPr="00941F7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> in acquiring and maintaining physical, mental, and social skills </w:t>
@@ -17111,480 +21494,437 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>that</w:t>
       </w:r>
       <w:r w:rsidRPr="00941F7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> enable the </w:t>
       </w:r>
       <w:r w:rsidR="00814B37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidRPr="00941F7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> to cope most effectively with his or her own person and environment.</w:t>
+        <w:t xml:space="preserve"> to cope effectively with </w:t>
+      </w:r>
+      <w:r w:rsidR="008536B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>their</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00941F7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> own person and environment.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00673FF7" w:rsidRDefault="00673FF7" w:rsidP="00673FF7">
-[...14 lines deleted...]
-    <w:p w:rsidR="0058201C" w:rsidRPr="00755BA3" w:rsidRDefault="0058201C" w:rsidP="00755BA3">
+    <w:p w14:paraId="23BC1A13" w14:textId="0E4531CB" w:rsidR="0058201C" w:rsidRPr="00755BA3" w:rsidRDefault="0058201C" w:rsidP="00E83BA3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:left="2160" w:right="100" w:hanging="360"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F63BA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Residential settings are integrated in and support full access of individuals to the greater community, including opportunities to engage in community life, control personal resources, and receive services in the community, to the same degree of access as other individuals. </w:t>
+        <w:t xml:space="preserve">Residential settings are integrated in and support full access of individuals to the greater community, including opportunities to engage in community life, control personal resources, and receive </w:t>
+      </w:r>
+      <w:r w:rsidR="00182B44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">community </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F63BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">services, to the same degree of access as other individuals. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00673FF7" w:rsidRDefault="00673FF7" w:rsidP="00673FF7">
-[...14 lines deleted...]
-    <w:p w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00941F7B" w:rsidP="00755BA3">
+    <w:p w14:paraId="1260216E" w14:textId="77777777" w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00941F7B" w:rsidP="00E83BA3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:after="120"/>
         <w:ind w:left="2160" w:right="100" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00941F7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Services and supports are to be provided in a manner that promotes:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00673FF7" w:rsidRPr="00673FF7" w:rsidRDefault="00673FF7" w:rsidP="00673FF7">
-[...14 lines deleted...]
-    <w:p w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00941F7B" w:rsidP="00755BA3">
+    <w:p w14:paraId="50EFD1B0" w14:textId="77777777" w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00941F7B" w:rsidP="00E83BA3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:right="100"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00941F7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Human dignity;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00673FF7" w:rsidRPr="00673FF7" w:rsidRDefault="00673FF7" w:rsidP="00673FF7">
-[...14 lines deleted...]
-    <w:p w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00941F7B" w:rsidP="00755BA3">
+    <w:p w14:paraId="521CA19D" w14:textId="0F93F01F" w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00D81D88" w:rsidP="00E83BA3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-[...11 lines deleted...]
-        <w:t>Humane and adequate care and treatment;</w:t>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>h</w:t>
+      </w:r>
+      <w:r w:rsidR="00941F7B" w:rsidRPr="00941F7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>umane and adequate care and treatment;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00673FF7" w:rsidRPr="00673FF7" w:rsidRDefault="00673FF7" w:rsidP="00673FF7">
-[...14 lines deleted...]
-    <w:p w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00941F7B" w:rsidP="00755BA3">
+    <w:p w14:paraId="17E88CF4" w14:textId="396F91A8" w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00D81D88" w:rsidP="00E83BA3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">Self-determination and freedom of choice to the </w:t>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00941F7B" w:rsidRPr="00941F7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">elf-determination and freedom of choice to the </w:t>
       </w:r>
       <w:r w:rsidR="00814B37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00814B37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="00941F7B">
+      <w:r w:rsidR="00941F7B" w:rsidRPr="00941F7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> fullest capability;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00673FF7" w:rsidRPr="00673FF7" w:rsidRDefault="00673FF7" w:rsidP="00673FF7">
-[...14 lines deleted...]
-    <w:p w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00941F7B" w:rsidP="00755BA3">
+    <w:p w14:paraId="39425F8E" w14:textId="08339CF2" w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00D81D88" w:rsidP="00E83BA3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-[...11 lines deleted...]
-        <w:t>The opportunity to live and receive services or supports in the least restrictive and most typical setting possible;</w:t>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="00941F7B" w:rsidRPr="00941F7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>he opportunity to live and receive services or supports in the least restrictive and most typical setting possible;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00673FF7" w:rsidRPr="00673FF7" w:rsidRDefault="00673FF7" w:rsidP="00673FF7">
-[...14 lines deleted...]
-    <w:p w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00941F7B" w:rsidP="00755BA3">
+    <w:p w14:paraId="5F3E0908" w14:textId="6F0E9718" w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00D81D88" w:rsidP="00E83BA3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">The opportunity to undergo typical developmental experiences, even though such experiences may entail an element of risk; provided however, that the </w:t>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="00941F7B" w:rsidRPr="00941F7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he opportunity to undergo typical developmental experiences, even though such experiences may entail an element of risk; provided however, that the </w:t>
       </w:r>
       <w:r w:rsidR="00814B37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r w:rsidRPr="00941F7B">
-[...4 lines deleted...]
-        <w:t>s safety and well-being shall not be unreasonably jeopardized; and</w:t>
+      <w:r w:rsidR="00941F7B" w:rsidRPr="00941F7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s safety and well-being </w:t>
+      </w:r>
+      <w:r w:rsidR="00F51FA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>will</w:t>
+      </w:r>
+      <w:r w:rsidR="00F51FA8" w:rsidRPr="00941F7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00941F7B" w:rsidRPr="00941F7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>not be unreasonably jeopardized; and</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00673FF7" w:rsidRPr="00673FF7" w:rsidRDefault="00673FF7" w:rsidP="00673FF7">
-[...14 lines deleted...]
-    <w:p w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00755BA3" w:rsidP="00755BA3">
+    <w:p w14:paraId="553CC651" w14:textId="306ED76C" w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00D81D88" w:rsidP="00E83BA3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:right="100"/>
+        <w:spacing w:after="120"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>The opportunity to enga</w:t>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="00755BA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>he opportunity to enga</w:t>
       </w:r>
       <w:r w:rsidR="00941F7B" w:rsidRPr="00941F7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ge in activities and styles of living which encourage and maintain the integration of the </w:t>
       </w:r>
       <w:r w:rsidR="00814B37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="00941F7B" w:rsidRPr="00941F7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the community including:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00673FF7" w:rsidRPr="00673FF7" w:rsidRDefault="00673FF7" w:rsidP="00673FF7">
-[...14 lines deleted...]
-    <w:p w:rsidR="001F63BA" w:rsidRPr="00755BA3" w:rsidRDefault="00941F7B" w:rsidP="00755BA3">
+    <w:p w14:paraId="319513B9" w14:textId="77777777" w:rsidR="001F63BA" w:rsidRPr="00755BA3" w:rsidRDefault="00941F7B" w:rsidP="00BA61D5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="33"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:right="100"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00941F7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Social interactions in integrated settings typical of the community </w:t>
       </w:r>
       <w:r w:rsidR="00564C15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>that</w:t>
       </w:r>
       <w:r w:rsidRPr="00941F7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> maximize the </w:t>
@@ -17596,787 +21936,787 @@
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00564C15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">s contact with others </w:t>
       </w:r>
       <w:r w:rsidRPr="00941F7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>who live or work in that community;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00673FF7" w:rsidRPr="00673FF7" w:rsidRDefault="00673FF7" w:rsidP="00673FF7">
-[...14 lines deleted...]
-    <w:p w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00941F7B" w:rsidP="00755BA3">
+    <w:p w14:paraId="29158B82" w14:textId="070771D9" w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00586618" w:rsidP="00BA61D5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="33"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">Activities, routines, and patterns of living which are appropriate to the </w:t>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00941F7B" w:rsidRPr="00814B37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ctivities, routines, and patterns of living which are appropriate to the </w:t>
       </w:r>
       <w:r w:rsidR="00814B37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r w:rsidRPr="00814B37">
-[...4 lines deleted...]
-        <w:t>s age and the practices of the surrounding community, and which are consistent with his or her interests and capabilities;</w:t>
+      <w:r w:rsidR="00941F7B" w:rsidRPr="00814B37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s age and the practices of the surrounding community, and which are consistent with </w:t>
+      </w:r>
+      <w:r w:rsidR="008536B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>their</w:t>
+      </w:r>
+      <w:r w:rsidR="00941F7B" w:rsidRPr="00814B37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> interests and capabilities;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00673FF7" w:rsidRPr="00673FF7" w:rsidRDefault="00673FF7" w:rsidP="00673FF7">
-[...14 lines deleted...]
-    <w:p w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00941F7B" w:rsidP="00755BA3">
+    <w:p w14:paraId="1C85F4EF" w14:textId="43A74515" w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00586618" w:rsidP="00BA61D5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="33"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">Communication by staff in a manner appropriate to the </w:t>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="00941F7B" w:rsidRPr="00814B37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ommunication by staff in a manner appropriate to the </w:t>
       </w:r>
       <w:r w:rsidR="00814B37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r w:rsidRPr="00814B37">
+      <w:r w:rsidR="00941F7B" w:rsidRPr="00814B37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s age and the practices of the surrounding community;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00673FF7" w:rsidRPr="00673FF7" w:rsidRDefault="00673FF7" w:rsidP="00673FF7">
-[...14 lines deleted...]
-    <w:p w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00941F7B" w:rsidP="00755BA3">
+    <w:p w14:paraId="080AE7D8" w14:textId="031219C3" w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00586618" w:rsidP="00BA61D5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="33"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">Recreation and leisure time activities appropriate to the </w:t>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="00941F7B" w:rsidRPr="00814B37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ecreation and leisure time activities appropriate to the </w:t>
       </w:r>
       <w:r w:rsidR="00814B37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r w:rsidRPr="00814B37">
+      <w:r w:rsidR="00941F7B" w:rsidRPr="00814B37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">s age and the practices of the surrounding community and which are consistent with the </w:t>
       </w:r>
       <w:r w:rsidR="00814B37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r w:rsidRPr="00814B37">
+      <w:r w:rsidR="00941F7B" w:rsidRPr="00814B37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s interests a</w:t>
       </w:r>
       <w:r w:rsidR="00814B37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>nd capabilities;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00673FF7" w:rsidRPr="00673FF7" w:rsidRDefault="00673FF7" w:rsidP="00673FF7">
-[...14 lines deleted...]
-    <w:p w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00941F7B" w:rsidP="00755BA3">
+    <w:p w14:paraId="609288B2" w14:textId="68730D3A" w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00586618" w:rsidP="00BA61D5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="33"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-[...5 lines deleted...]
-      </w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
       <w:r w:rsidRPr="00814B37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">A home with a design </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00941F7B" w:rsidRPr="00814B37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">home with a design </w:t>
       </w:r>
       <w:r w:rsidR="00564C15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>that</w:t>
       </w:r>
-      <w:r w:rsidRPr="00814B37">
+      <w:r w:rsidR="00941F7B" w:rsidRPr="00814B37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> takes into consideration numbers of </w:t>
       </w:r>
       <w:r w:rsidR="00814B37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>individuals</w:t>
       </w:r>
-      <w:r w:rsidRPr="00814B37">
+      <w:r w:rsidR="00941F7B" w:rsidRPr="00814B37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> present, physical comfort, style of decor, opportunities for privacy, external appearance, type of neighborhood where the home is located, and access to the community;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00673FF7" w:rsidRPr="00673FF7" w:rsidRDefault="00673FF7" w:rsidP="00673FF7">
-[...14 lines deleted...]
-    <w:p w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00941F7B" w:rsidP="00755BA3">
+    <w:p w14:paraId="54FC012C" w14:textId="20CF5D8A" w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00586618" w:rsidP="00BA61D5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="33"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">Possessions </w:t>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="00941F7B" w:rsidRPr="00814B37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ossessions </w:t>
       </w:r>
       <w:r w:rsidR="00564C15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>that</w:t>
       </w:r>
-      <w:r w:rsidRPr="00814B37">
+      <w:r w:rsidR="00941F7B" w:rsidRPr="00814B37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> are appropriate to the </w:t>
       </w:r>
       <w:r w:rsidR="00814B37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r w:rsidRPr="00814B37">
+      <w:r w:rsidR="00941F7B" w:rsidRPr="00814B37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">s age and the practices of the local community and consistent with the </w:t>
       </w:r>
       <w:r w:rsidR="00814B37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r w:rsidRPr="00814B37">
+      <w:r w:rsidR="00941F7B" w:rsidRPr="00814B37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s interests;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00673FF7" w:rsidRPr="00673FF7" w:rsidRDefault="00673FF7" w:rsidP="00673FF7">
-[...14 lines deleted...]
-    <w:p w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00941F7B" w:rsidP="00755BA3">
+    <w:p w14:paraId="5D8A590F" w14:textId="4E443E17" w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00586618" w:rsidP="00BA61D5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="33"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-[...11 lines deleted...]
-        <w:t>Privacy, including the opportunity wherever possible, to be provided clearly defined private living, sleeping</w:t>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="00941F7B" w:rsidRPr="00814B37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rivacy, including the opportunity wherever possible, to be provided clearly defined private living, sleeping</w:t>
       </w:r>
       <w:r w:rsidR="00564C15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00814B37">
+      <w:r w:rsidR="00941F7B" w:rsidRPr="00814B37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and personal care spaces; and</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00673FF7" w:rsidRDefault="00673FF7" w:rsidP="00673FF7">
-[...14 lines deleted...]
-    <w:p w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00941F7B" w:rsidP="00755BA3">
+    <w:p w14:paraId="2BDDC4B1" w14:textId="2B0ED2B8" w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00586618" w:rsidP="00BA61D5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="33"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">Freedom from discomfort, distress, and deprivation </w:t>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidR="00941F7B" w:rsidRPr="00814B37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">reedom from discomfort, distress, and deprivation </w:t>
       </w:r>
       <w:r w:rsidR="00564C15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>that</w:t>
       </w:r>
-      <w:r w:rsidRPr="00814B37">
+      <w:r w:rsidR="00941F7B" w:rsidRPr="00814B37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> arise from an unresponsive and inhumane environment.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00673FF7" w:rsidRPr="00673FF7" w:rsidRDefault="00673FF7" w:rsidP="00673FF7">
-[...14 lines deleted...]
-    <w:p w:rsidR="00673FF7" w:rsidRDefault="000739AE" w:rsidP="00915097">
+    <w:p w14:paraId="3498DB9A" w14:textId="02FC52B3" w:rsidR="00673FF7" w:rsidRDefault="000739AE" w:rsidP="009C7AD8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000739AE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Rights of Participants</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
+      <w:r w:rsidR="00F51FA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="00537E1D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">n addition to </w:t>
+      </w:r>
       <w:r w:rsidR="00941F7B" w:rsidRPr="00941F7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Participants served by p</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00564C15">
+        <w:t>rights</w:t>
+      </w:r>
+      <w:r w:rsidR="00537E1D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00941F7B" w:rsidRPr="00941F7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>specified in applicable state or fe</w:t>
+      </w:r>
+      <w:r w:rsidR="00537E1D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>deral laws or judici</w:t>
+      </w:r>
+      <w:r w:rsidR="004D5D69">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">al decrees, </w:t>
+      </w:r>
+      <w:r w:rsidR="00F51FA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="00F51FA8" w:rsidRPr="00941F7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>articipants served by p</w:t>
+      </w:r>
+      <w:r w:rsidR="00F51FA8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>roviders subject to this policy</w:t>
       </w:r>
-      <w:r w:rsidR="00941F7B" w:rsidRPr="00941F7B">
-[...20 lines deleted...]
-      <w:r w:rsidR="00537E1D">
+      <w:r w:rsidR="00F51FA8" w:rsidRPr="00941F7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>  have</w:t>
+      </w:r>
+      <w:r w:rsidR="00F51FA8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00941F7B" w:rsidRPr="00941F7B">
-[...12 lines deleted...]
-      </w:r>
       <w:r w:rsidR="004D5D69">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">al decrees, the following rights. A </w:t>
+        <w:t xml:space="preserve">the following rights. A </w:t>
       </w:r>
       <w:r w:rsidR="004A2E6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">denial, </w:t>
       </w:r>
       <w:r w:rsidR="004D5D69">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>restriction</w:t>
       </w:r>
       <w:r w:rsidR="00915097">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="004D5D69">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> or modification</w:t>
       </w:r>
       <w:r w:rsidR="00915097">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004D5D69">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>of any of these rights shall be deemed a modification of the ISP</w:t>
+        <w:t xml:space="preserve">of any of these rights </w:t>
+      </w:r>
+      <w:r w:rsidR="00F51FA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will </w:t>
+      </w:r>
+      <w:r w:rsidR="004D5D69">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">be deemed a modification of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
       </w:r>
       <w:r w:rsidR="00915097">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004A2E6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
       <w:r w:rsidR="00CA352A" w:rsidRPr="004A2E6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> requir</w:t>
       </w:r>
       <w:r w:rsidR="00915097">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="00CA352A" w:rsidRPr="004A2E6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> compliance with the policy governing ISP modifications.</w:t>
+        <w:t xml:space="preserve"> compliance with the policy governing </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA352A" w:rsidRPr="004A2E6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> modifications.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00915097" w:rsidRPr="00915097" w:rsidRDefault="00915097" w:rsidP="00915097">
-[...9 lines deleted...]
-    <w:p w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00941F7B" w:rsidP="00755BA3">
+    <w:p w14:paraId="52EBACCD" w14:textId="77777777" w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00941F7B" w:rsidP="009C7AD8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="2160" w:right="100" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00564C15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The right to communicate, including:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00673FF7" w:rsidRDefault="00673FF7" w:rsidP="00673FF7">
-[...14 lines deleted...]
-    <w:p w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00941F7B" w:rsidP="00755BA3">
+    <w:p w14:paraId="5E542818" w14:textId="77777777" w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00941F7B" w:rsidP="00E83BA3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:right="100"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00564C15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The right to have reasonable access to a telephone</w:t>
       </w:r>
       <w:r w:rsidR="0058201C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, the internet, email, social media</w:t>
       </w:r>
       <w:r w:rsidR="00537E1D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
@@ -18423,119 +22763,91 @@
         </w:rPr>
         <w:t xml:space="preserve"> to make and receive </w:t>
       </w:r>
       <w:r w:rsidR="0091315B" w:rsidRPr="00564C15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>confidential</w:t>
       </w:r>
       <w:r w:rsidR="0091315B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> communications</w:t>
       </w:r>
       <w:r w:rsidRPr="00564C15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, and to have assistance when desired and necessary to implement this right; and</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00673FF7" w:rsidRDefault="00673FF7" w:rsidP="00673FF7">
-[...14 lines deleted...]
-    <w:p w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00941F7B" w:rsidP="00755BA3">
+    <w:p w14:paraId="6F20DDE3" w14:textId="77777777" w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00941F7B" w:rsidP="00E83BA3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:right="100"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00564C15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The right to unrestricted mailing privileges, to have access to stationery and postage, and to assistance when desired and necessary to implement this right.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00673FF7" w:rsidRDefault="00673FF7" w:rsidP="00673FF7">
-[...14 lines deleted...]
-    <w:p w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00941F7B" w:rsidP="00755BA3">
+    <w:p w14:paraId="5CE62993" w14:textId="77777777" w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00941F7B" w:rsidP="00E83BA3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:left="2160" w:right="100" w:hanging="360"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00564C15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The right to be protected from private and commercial exploitation including: the right not to be exposed to public view by photograph, film, video, interview, or other means unless prior written consent of the </w:t>
       </w:r>
       <w:r w:rsidR="00814B37" w:rsidRPr="00564C15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidRPr="00564C15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> or guardian</w:t>
@@ -18575,643 +22887,580 @@
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidRPr="00564C15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> or guardian</w:t>
       </w:r>
       <w:r w:rsidR="00564C15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, if applicable</w:t>
       </w:r>
       <w:r w:rsidRPr="00564C15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00673FF7" w:rsidRDefault="00673FF7" w:rsidP="00673FF7">
-[...14 lines deleted...]
-    <w:p w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00941F7B" w:rsidP="00755BA3">
+    <w:p w14:paraId="18AFE3DC" w14:textId="77777777" w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00941F7B" w:rsidP="00E83BA3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:left="2160" w:right="100" w:hanging="360"/>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00564C15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The right to be visited and to visit others under circumstances that are conducive to friendships and relationships, in accordance with the following requirements:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00673FF7" w:rsidRDefault="00673FF7" w:rsidP="00673FF7">
-[...14 lines deleted...]
-    <w:p w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00814B37" w:rsidP="00755BA3">
+    <w:p w14:paraId="5FEFE4BF" w14:textId="2F74BB62" w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00814B37" w:rsidP="00E83BA3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:right="100"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00564C15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00941F7B" w:rsidRPr="00564C15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00564C15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="00941F7B" w:rsidRPr="00564C15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> shall be permitted to receive visitors, unless ill or incapacitated to the degree that a visit would cause serious physical or emotional harm; provided that the </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F51FA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>will</w:t>
+      </w:r>
+      <w:r w:rsidR="00F51FA8" w:rsidRPr="00564C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00941F7B" w:rsidRPr="00564C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">be permitted to receive visitors, unless ill or incapacitated to the degree that a visit would cause serious physical or emotional harm; provided that the </w:t>
       </w:r>
       <w:r w:rsidRPr="00564C15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00941F7B" w:rsidRPr="00564C15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">s attorney, guardian, legal or designated representative, </w:t>
       </w:r>
       <w:r w:rsidR="00564C15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">if applicable, </w:t>
       </w:r>
       <w:r w:rsidR="00941F7B" w:rsidRPr="00564C15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>personal physician, clergy, or family members</w:t>
       </w:r>
       <w:r w:rsidR="00564C15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, if authorized,</w:t>
       </w:r>
       <w:r w:rsidR="00941F7B" w:rsidRPr="00564C15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> shall be permitted to visit at all times, unless the </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F51FA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>will</w:t>
+      </w:r>
+      <w:r w:rsidR="00F51FA8" w:rsidRPr="00564C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00941F7B" w:rsidRPr="00564C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">be permitted to visit at all times, unless the </w:t>
       </w:r>
       <w:r w:rsidRPr="00564C15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="00941F7B" w:rsidRPr="00564C15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> objects, and shall be provided with a suitable place to confer on a confidential basis;</w:t>
+        <w:t xml:space="preserve"> objects, and </w:t>
+      </w:r>
+      <w:r w:rsidR="00F51FA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>will</w:t>
+      </w:r>
+      <w:r w:rsidR="00F51FA8" w:rsidRPr="00564C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00941F7B" w:rsidRPr="00564C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>be provided with a suitable place to confer on a confidential basis;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00673FF7" w:rsidRDefault="00673FF7" w:rsidP="00673FF7">
-[...14 lines deleted...]
-    <w:p w:rsidR="00360F43" w:rsidRPr="00360F43" w:rsidRDefault="00941F7B" w:rsidP="00360F43">
+    <w:p w14:paraId="2C90D2D2" w14:textId="2C457AFD" w:rsidR="00360F43" w:rsidRPr="00360F43" w:rsidRDefault="00941F7B" w:rsidP="00E83BA3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:right="100"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00564C15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Reasonable restrictions may be placed on the time and place of the visit to protect the welfare of the </w:t>
       </w:r>
       <w:r w:rsidR="00814B37" w:rsidRPr="00564C15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidRPr="00564C15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> or the privacy of other individuals and to avoid serious disruptions in the normal functioning of the provider. Arrangements shall be made for private visitation to the maximum extent possib</w:t>
+        <w:t xml:space="preserve"> or the privacy of other individuals and to avoid serious disruptions in the normal functioning of the provider. Arrangements </w:t>
+      </w:r>
+      <w:r w:rsidR="00F51FA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>will</w:t>
+      </w:r>
+      <w:r w:rsidR="00F51FA8" w:rsidRPr="00564C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00564C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>be made for private visitation to the maximum extent possib</w:t>
       </w:r>
       <w:r w:rsidR="00360F43">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>le.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00360F43" w:rsidRPr="00360F43" w:rsidRDefault="00360F43" w:rsidP="00360F43">
-[...14 lines deleted...]
-    <w:p w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00941F7B" w:rsidP="00755BA3">
+    <w:p w14:paraId="22A6ABBA" w14:textId="77777777" w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00941F7B" w:rsidP="009C7AD8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="2160" w:right="100" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00564C15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>The right to enjoy basic goods and services without threat of denial or delay for any purpose by providers. Basic goods and services</w:t>
+        <w:t xml:space="preserve">The right to enjoy basic goods and services without threat of denial or delay </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00564C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>for any purpose by providers. Basic goods and services</w:t>
       </w:r>
       <w:r w:rsidR="00755BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> include at least the following:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00673FF7" w:rsidRDefault="00673FF7" w:rsidP="00673FF7">
-[...14 lines deleted...]
-    <w:p w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00941F7B" w:rsidP="00755BA3">
+    <w:p w14:paraId="5671143E" w14:textId="77777777" w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00941F7B" w:rsidP="00E83BA3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:right="100"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00564C15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A nutritionally sound diet of wholesome and appetizing food served at appropriate times and in as normative a manner as possible;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00673FF7" w:rsidRDefault="00673FF7" w:rsidP="00673FF7">
-[...14 lines deleted...]
-    <w:p w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00941F7B" w:rsidP="00755BA3">
+    <w:p w14:paraId="053AE4BB" w14:textId="77777777" w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00941F7B" w:rsidP="00E83BA3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:right="100"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00564C15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Opportunities for daily recreational activity and physical exercise, as appropriate to the age and interests of the </w:t>
       </w:r>
       <w:r w:rsidR="00814B37" w:rsidRPr="00564C15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidRPr="00564C15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00673FF7" w:rsidRDefault="00673FF7" w:rsidP="00673FF7">
-[...14 lines deleted...]
-    <w:p w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00941F7B" w:rsidP="00755BA3">
+    <w:p w14:paraId="38B1E701" w14:textId="77777777" w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00941F7B" w:rsidP="00E83BA3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:right="100"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00564C15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Unrestricted access </w:t>
       </w:r>
       <w:r w:rsidR="00564C15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>to drinking water and bathrooms;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00673FF7" w:rsidRDefault="00673FF7" w:rsidP="00673FF7">
-[...14 lines deleted...]
-    <w:p w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00941F7B" w:rsidP="00755BA3">
+    <w:p w14:paraId="0E831889" w14:textId="77777777" w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00941F7B" w:rsidP="00E83BA3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:right="100"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00564C15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Opportunities for social contact in the </w:t>
       </w:r>
       <w:r w:rsidR="00814B37" w:rsidRPr="00564C15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00564C15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s home, work, or community environments;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00673FF7" w:rsidRDefault="00673FF7" w:rsidP="00673FF7">
-[...14 lines deleted...]
-    <w:p w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00941F7B" w:rsidP="00755BA3">
+    <w:p w14:paraId="7ADB4631" w14:textId="77777777" w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00941F7B" w:rsidP="00E83BA3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:right="100"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00564C15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Opportunities to keep and use personal possessions;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00673FF7" w:rsidRDefault="00673FF7" w:rsidP="00673FF7">
-[...14 lines deleted...]
-    <w:p w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00941F7B" w:rsidP="00755BA3">
+    <w:p w14:paraId="0A78592E" w14:textId="77777777" w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00941F7B" w:rsidP="00E83BA3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:right="100"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00564C15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Access to individual storage space for personal use.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00673FF7" w:rsidRDefault="00673FF7" w:rsidP="00673FF7">
-[...14 lines deleted...]
-    <w:p w:rsidR="002700E9" w:rsidRPr="00360F43" w:rsidRDefault="00941F7B" w:rsidP="00755BA3">
+    <w:p w14:paraId="556A9FC9" w14:textId="77777777" w:rsidR="002700E9" w:rsidRPr="00360F43" w:rsidRDefault="00941F7B" w:rsidP="00E83BA3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
-        <w:ind w:left="2160" w:right="100" w:hanging="360"/>
+        <w:spacing w:before="120" w:after="0"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00564C15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The right to a reasonable expectation of privacy. In connection with hygiene and medication administration by non-licensed staff, such an expectation includes</w:t>
       </w:r>
       <w:r w:rsidR="0058201C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, to the extent possible,</w:t>
       </w:r>
       <w:r w:rsidRPr="00564C15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> assistance by same</w:t>
@@ -19230,1973 +23479,2283 @@
         </w:rPr>
         <w:t xml:space="preserve">gender staff for </w:t>
       </w:r>
       <w:r w:rsidRPr="00360F43">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">hygiene and medication administration when the partial or complete disrobing of the </w:t>
       </w:r>
       <w:r w:rsidR="00814B37" w:rsidRPr="00360F43">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidRPr="00360F43">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> is required.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00673FF7" w:rsidRPr="00360F43" w:rsidRDefault="00673FF7" w:rsidP="004B7D2A">
-[...14 lines deleted...]
-    <w:p w:rsidR="004B7D2A" w:rsidRPr="00360F43" w:rsidRDefault="00941F7B" w:rsidP="004B7D2A">
+    <w:p w14:paraId="465CF9F2" w14:textId="77777777" w:rsidR="004B7D2A" w:rsidRPr="00360F43" w:rsidRDefault="00941F7B" w:rsidP="00E83BA3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="400"/>
+        <w:spacing w:after="120"/>
         <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00360F43">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The right to decline any service or support.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CA352A" w:rsidRPr="00360F43" w:rsidRDefault="00CA352A" w:rsidP="004A2E6F">
-[...29 lines deleted...]
-    <w:p w:rsidR="002700E9" w:rsidRPr="00360F43" w:rsidRDefault="000739AE" w:rsidP="004B7D2A">
+    <w:p w14:paraId="45B0FDCD" w14:textId="008C1454" w:rsidR="002700E9" w:rsidRPr="00360F43" w:rsidRDefault="000739AE" w:rsidP="009C7AD8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="0"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:right="101"/>
-        <w:rPr>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="3BE1B534">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Mistreatment</w:t>
       </w:r>
-      <w:r w:rsidRPr="00360F43">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="3BE1B534">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="004D5D69" w:rsidRPr="00360F43">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="004D5D69" w:rsidRPr="3BE1B534">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00360F43" w:rsidRPr="00360F43">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">No provider shall mistreat an individual or permit the mistreatment of an individual by persons in its employ or subject to its direction.  Mistreatment includes any intentional or negligent action or omission </w:t>
+        <w:t xml:space="preserve">No provider </w:t>
+      </w:r>
+      <w:r w:rsidR="00F51FA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>may</w:t>
+      </w:r>
+      <w:r w:rsidR="00F51FA8" w:rsidRPr="00360F43">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00360F43" w:rsidRPr="00360F43">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mistreat an individual or permit the mistreatment of an individual by persons in </w:t>
+      </w:r>
+      <w:r w:rsidR="00586618">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>their</w:t>
+      </w:r>
+      <w:r w:rsidR="00586618" w:rsidRPr="00360F43">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00360F43" w:rsidRPr="00360F43">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">employ or subject to its direction.  Mistreatment includes any intentional or negligent action or omission </w:t>
       </w:r>
       <w:r w:rsidR="00360F43">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>that</w:t>
       </w:r>
       <w:r w:rsidR="00360F43" w:rsidRPr="00360F43">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> exposes an individual to a serious risk of physical or emotional harm.  Mistreatment includes, but is not limited to:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00673FF7" w:rsidRPr="00360F43" w:rsidRDefault="00673FF7" w:rsidP="00673FF7">
-[...14 lines deleted...]
-    <w:p w:rsidR="002700E9" w:rsidRPr="00360F43" w:rsidRDefault="00941F7B" w:rsidP="00BB51D4">
+    <w:p w14:paraId="15BA905C" w14:textId="77777777" w:rsidR="002700E9" w:rsidRPr="00360F43" w:rsidRDefault="00941F7B" w:rsidP="00E83BA3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="0" w:line="315" w:lineRule="atLeast"/>
-        <w:ind w:left="2160" w:right="100" w:hanging="360"/>
+        <w:spacing w:after="0" w:line="315" w:lineRule="atLeast"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00360F43">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Corporal punishment or any other unreasonable use or degree of force or threat of force not necessary to protect the participant or another person from bodily harm;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00673FF7" w:rsidRPr="00360F43" w:rsidRDefault="00673FF7" w:rsidP="00673FF7">
-[...14 lines deleted...]
-    <w:p w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00941F7B" w:rsidP="00755BA3">
+    <w:p w14:paraId="20A206F7" w14:textId="7BA5EB19" w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00805E00" w:rsidP="00E83BA3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="0" w:line="315" w:lineRule="atLeast"/>
-[...14 lines deleted...]
-      <w:r w:rsidRPr="000739AE">
+        <w:spacing w:after="0" w:line="315" w:lineRule="atLeast"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="00941F7B" w:rsidRPr="00360F43">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nfliction of mental or verbal</w:t>
+      </w:r>
+      <w:r w:rsidR="00941F7B" w:rsidRPr="000739AE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> abuse, such as screaming, name-calling, or any other activity which is</w:t>
       </w:r>
       <w:r w:rsidR="003265E1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> damaging to the participant</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="003265E1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">s </w:t>
       </w:r>
-      <w:r w:rsidRPr="000739AE">
+      <w:r w:rsidR="00941F7B" w:rsidRPr="000739AE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>self-respect;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00673FF7" w:rsidRDefault="00673FF7" w:rsidP="00673FF7">
-[...14 lines deleted...]
-    <w:p w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00941F7B" w:rsidP="00755BA3">
+    <w:p w14:paraId="19D83B8B" w14:textId="273919CA" w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00805E00" w:rsidP="00E83BA3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="0" w:line="315" w:lineRule="atLeast"/>
-[...11 lines deleted...]
-        <w:t>Incitement or encouragement of others to mistreat</w:t>
+        <w:spacing w:after="0" w:line="315" w:lineRule="atLeast"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="00941F7B" w:rsidRPr="000739AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ncitement or encouragement of others to mistreat</w:t>
       </w:r>
       <w:r w:rsidR="00814B37" w:rsidRPr="000739AE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the</w:t>
       </w:r>
-      <w:r w:rsidRPr="000739AE">
+      <w:r w:rsidR="00941F7B" w:rsidRPr="000739AE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> participant;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00673FF7" w:rsidRDefault="00673FF7" w:rsidP="00673FF7">
-[...14 lines deleted...]
-    <w:p w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="0088461F" w:rsidP="00755BA3">
+    <w:p w14:paraId="649FCD0B" w14:textId="549F3006" w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00805E00" w:rsidP="00E83BA3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="0" w:line="315" w:lineRule="atLeast"/>
-        <w:ind w:left="2160" w:right="100" w:hanging="360"/>
+        <w:spacing w:after="0" w:line="315" w:lineRule="atLeast"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Change of location</w:t>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="0088461F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>hange of location</w:t>
       </w:r>
       <w:r w:rsidR="00941F7B" w:rsidRPr="000739AE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> or the threat of </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="0088461F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>change of location</w:t>
       </w:r>
       <w:r w:rsidR="00941F7B" w:rsidRPr="000739AE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> of a participant for punitive reasons;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00673FF7" w:rsidRDefault="00673FF7" w:rsidP="00673FF7">
-[...14 lines deleted...]
-    <w:p w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00941F7B" w:rsidP="00755BA3">
+    <w:p w14:paraId="074102B7" w14:textId="7A02479E" w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00805E00" w:rsidP="00E83BA3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="0" w:line="315" w:lineRule="atLeast"/>
-[...11 lines deleted...]
-        <w:t>Termination of services or supports or threat of termination of services or supports for punitive reasons;</w:t>
+        <w:spacing w:after="0" w:line="315" w:lineRule="atLeast"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="00941F7B" w:rsidRPr="000739AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ermination of services or supports or threat of termination of services or supports for punitive reasons;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00673FF7" w:rsidRDefault="00673FF7" w:rsidP="00673FF7">
-[...14 lines deleted...]
-    <w:p w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00941F7B" w:rsidP="00755BA3">
+    <w:p w14:paraId="1E981E83" w14:textId="448278C0" w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00805E00" w:rsidP="00E83BA3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="0" w:line="315" w:lineRule="atLeast"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">Any act in retaliation against a participant for reporting any violation of </w:t>
+        <w:spacing w:after="0" w:line="315" w:lineRule="atLeast"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00941F7B" w:rsidRPr="000739AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ny act in retaliation against a participant for reporting any violation of </w:t>
       </w:r>
       <w:r w:rsidR="003265E1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>HCBS Waiver policies and regulations;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00673FF7" w:rsidRDefault="00673FF7" w:rsidP="00673FF7">
-[...14 lines deleted...]
-    <w:p w:rsidR="002700E9" w:rsidRPr="00673FF7" w:rsidRDefault="00941F7B" w:rsidP="00673FF7">
+    <w:p w14:paraId="78946640" w14:textId="5C5F3D6F" w:rsidR="002700E9" w:rsidRPr="00673FF7" w:rsidRDefault="00805E00" w:rsidP="00E83BA3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="0" w:line="315" w:lineRule="atLeast"/>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00673FF7">
+        <w:spacing w:after="0" w:line="315" w:lineRule="atLeast"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="00941F7B" w:rsidRPr="00673FF7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">he use of any </w:t>
       </w:r>
       <w:r w:rsidR="003265E1" w:rsidRPr="00673FF7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>restraint</w:t>
       </w:r>
       <w:r w:rsidR="00897F36" w:rsidRPr="00673FF7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> for the convenience of staff</w:t>
       </w:r>
       <w:r w:rsidR="003265E1" w:rsidRPr="00673FF7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00673FF7" w:rsidRDefault="00673FF7" w:rsidP="00673FF7">
-[...14 lines deleted...]
-    <w:p w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00941F7B" w:rsidP="00755BA3">
+    <w:p w14:paraId="1FBDA547" w14:textId="4CC4A370" w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00805E00" w:rsidP="00E83BA3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="0" w:line="315" w:lineRule="atLeast"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">Sexual abuse of </w:t>
+        <w:spacing w:after="0" w:line="315" w:lineRule="atLeast"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00941F7B" w:rsidRPr="000739AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">exual abuse of </w:t>
       </w:r>
       <w:r w:rsidR="00814B37" w:rsidRPr="000739AE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="000739AE">
+      <w:r w:rsidR="00941F7B" w:rsidRPr="000739AE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00814B37" w:rsidRPr="000739AE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
-      <w:r w:rsidRPr="000739AE">
+      <w:r w:rsidR="00941F7B" w:rsidRPr="000739AE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00673FF7" w:rsidRDefault="00673FF7" w:rsidP="00673FF7">
-[...14 lines deleted...]
-    <w:p w:rsidR="002700E9" w:rsidRDefault="00941F7B" w:rsidP="00755BA3">
+    <w:p w14:paraId="72EE53D7" w14:textId="2EBEF0E8" w:rsidR="002700E9" w:rsidRDefault="00805E00" w:rsidP="00E83BA3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="0" w:line="315" w:lineRule="atLeast"/>
-[...11 lines deleted...]
-        <w:t>Intentional failure to obt</w:t>
+        <w:spacing w:after="0" w:line="315" w:lineRule="atLeast"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="00941F7B" w:rsidRPr="000739AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ntentional failure to obt</w:t>
       </w:r>
       <w:r w:rsidR="00AF5ED1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ain or render medical services; and</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00864F81" w:rsidRPr="00AF5ED1" w:rsidRDefault="00864F81" w:rsidP="00AF5ED1">
-[...8 lines deleted...]
-    <w:p w:rsidR="00AF5ED1" w:rsidRPr="00AF5ED1" w:rsidRDefault="00864F81" w:rsidP="00AF5ED1">
+    <w:p w14:paraId="4BBE0828" w14:textId="6E2CB95D" w:rsidR="00AF5ED1" w:rsidRPr="00AF5ED1" w:rsidRDefault="00805E00" w:rsidP="00E83BA3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="0" w:line="315" w:lineRule="atLeast"/>
-[...11 lines deleted...]
-        <w:t>Misappropriation of an individual’s funds</w:t>
+        <w:spacing w:after="0" w:line="315" w:lineRule="atLeast"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="00864F81" w:rsidRPr="00AF5ED1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>isappropriation of an individual’s funds</w:t>
       </w:r>
       <w:r w:rsidR="00AF5ED1" w:rsidRPr="00AF5ED1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AF5ED1" w:rsidRPr="00AF5ED1" w:rsidRDefault="00AF5ED1" w:rsidP="00AF5ED1">
-[...15 lines deleted...]
-    <w:p w:rsidR="00C32F59" w:rsidRDefault="00C32F59" w:rsidP="00941F7B">
+    <w:p w14:paraId="34AF737B" w14:textId="441291E9" w:rsidR="002700E9" w:rsidRPr="00805E00" w:rsidRDefault="00C32F59" w:rsidP="00805E00">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="0" w:line="315" w:lineRule="atLeast"/>
+        <w:spacing w:before="120" w:after="120" w:line="315" w:lineRule="atLeast"/>
         <w:ind w:right="100"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C32F59">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Legal Competency, Guardianship, and Conservatorship</w:t>
       </w:r>
       <w:r w:rsidRPr="00C32F59">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
+      <w:r w:rsidR="00EC0571" w:rsidRPr="00805E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The following are general principles governing incapacitated persons </w:t>
+      </w:r>
+      <w:r w:rsidR="00805E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>under</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC0571" w:rsidRPr="00805E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the Massachusetts Uniform Probate Code. The </w:t>
+      </w:r>
+      <w:r w:rsidR="0036015B" w:rsidRPr="00805E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC0571" w:rsidRPr="00805E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tate </w:t>
+      </w:r>
+      <w:r w:rsidR="0036015B" w:rsidRPr="00805E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC0571" w:rsidRPr="00805E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">gency is not </w:t>
+      </w:r>
+      <w:r w:rsidR="00270794" w:rsidRPr="00805E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">responsible </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC0571" w:rsidRPr="00805E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">under this policy to provide legal </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC0571" w:rsidRPr="00805E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>assistance to Waiver participants</w:t>
+      </w:r>
+      <w:r w:rsidR="00235ED7" w:rsidRPr="00805E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or to petition for guardianship on their behalf </w:t>
+      </w:r>
+      <w:r w:rsidR="0091315B" w:rsidRPr="00805E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>or on</w:t>
+      </w:r>
+      <w:r w:rsidR="00235ED7" w:rsidRPr="00805E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC0571" w:rsidRPr="00805E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>their family members</w:t>
+      </w:r>
+      <w:r w:rsidR="00235ED7" w:rsidRPr="00805E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’ behalf </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC0571" w:rsidRPr="00805E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>but may do so at its discretion</w:t>
+      </w:r>
+      <w:r w:rsidR="00755BA3" w:rsidRPr="00805E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00EC0571" w:rsidP="00755BA3">
-[...97 lines deleted...]
-    <w:p w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00941F7B" w:rsidP="00755BA3">
+    <w:p w14:paraId="49EE076E" w14:textId="7AE684B3" w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00941F7B" w:rsidP="009C7AD8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="0" w:line="315" w:lineRule="atLeast"/>
+        <w:spacing w:before="120" w:after="120" w:line="315" w:lineRule="atLeast"/>
         <w:ind w:left="2160" w:right="100" w:hanging="360"/>
-        <w:rPr>
-[...3 lines deleted...]
-      </w:pPr>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00805E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All Adults </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD09D1" w:rsidRPr="00805E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Presumed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00805E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Competent Absent Legal Determination to </w:t>
+      </w:r>
+      <w:r w:rsidR="00873A96" w:rsidRPr="00805E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00805E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Contrary</w:t>
+      </w:r>
       <w:r w:rsidRPr="00873A96">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">All Adults </w:t>
-[...27 lines deleted...]
-        <w:t>Contrary.</w:t>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00C32F59">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> A participant who has reached 18 years of age shall be </w:t>
+        <w:t xml:space="preserve"> A participant who </w:t>
+      </w:r>
+      <w:r w:rsidR="00805E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C32F59">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 18 years </w:t>
+      </w:r>
+      <w:r w:rsidR="00805E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>or older</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C32F59">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F51FA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>will</w:t>
+      </w:r>
+      <w:r w:rsidR="00F51FA8" w:rsidRPr="00C32F59">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C32F59">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">be </w:t>
       </w:r>
       <w:r w:rsidR="00DD09D1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>presumed</w:t>
       </w:r>
       <w:r w:rsidRPr="00C32F59">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> to be competent to manage his or her affairs, including to contract, to hold a professional, occupational, or vehicle operator</w:t>
+        <w:t xml:space="preserve"> to be competent to manage </w:t>
+      </w:r>
+      <w:r w:rsidR="008536B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>their</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C32F59">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> affairs, including to contract, to hold a professional, occupational, or vehicle operator</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00C32F59">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s license; to make a will, or to vote</w:t>
       </w:r>
+      <w:r w:rsidR="00805E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F51FA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00805E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C32F59">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">o participant </w:t>
+      </w:r>
+      <w:r w:rsidR="00F51FA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>will</w:t>
+      </w:r>
+      <w:r w:rsidR="00F51FA8" w:rsidRPr="00C32F59">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C32F59">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">be </w:t>
+      </w:r>
+      <w:r w:rsidR="00E1426C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>presumed</w:t>
+      </w:r>
+      <w:r w:rsidR="00E1426C" w:rsidRPr="00C32F59">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C32F59">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>incompetent solely by reason of receiving services or supports from any provider, or services or support</w:t>
+      </w:r>
       <w:r w:rsidR="00C32F59" w:rsidRPr="00C32F59">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>,</w:t>
+        <w:t xml:space="preserve">s licensed by the </w:t>
+      </w:r>
+      <w:r w:rsidR="0036015B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00C32F59" w:rsidRPr="00C32F59">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tate </w:t>
+      </w:r>
+      <w:r w:rsidR="0036015B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00C32F59" w:rsidRPr="00C32F59">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gency</w:t>
       </w:r>
       <w:r w:rsidRPr="00C32F59">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and no participant shall be </w:t>
-[...33 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> absent a legal determination, including a guardianship or conservatorship proceeding or invocation of a health care proxy.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00673FF7" w:rsidRPr="00673FF7" w:rsidRDefault="00673FF7" w:rsidP="00673FF7">
-[...14 lines deleted...]
-    <w:p w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00941F7B" w:rsidP="00755BA3">
+    <w:p w14:paraId="5079FEE4" w14:textId="3CAE6B87" w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00941F7B" w:rsidP="009C7AD8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="0" w:line="315" w:lineRule="atLeast"/>
+        <w:spacing w:before="120" w:after="120" w:line="315" w:lineRule="atLeast"/>
         <w:ind w:left="2160" w:right="100" w:hanging="360"/>
-        <w:rPr>
-[...3 lines deleted...]
-      </w:pPr>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00805E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Notification </w:t>
+      </w:r>
+      <w:r w:rsidR="00E1426C" w:rsidRPr="00805E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>of Possible Need for Assistance with Decision-making</w:t>
+      </w:r>
       <w:r w:rsidRPr="00873A96">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Notification </w:t>
-[...12 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00360F43">
-[...12 lines deleted...]
-        <w:t>the event that</w:t>
+      <w:r w:rsidR="00805E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If </w:t>
       </w:r>
       <w:r w:rsidRPr="00C32F59">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> a participant</w:t>
+        <w:t>a participant</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00C32F59">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">s ISP team has reason to believe that he or she </w:t>
+        <w:t xml:space="preserve">s </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C32F59">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> team has reason to believe that </w:t>
+      </w:r>
+      <w:r w:rsidR="007C3396">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>they</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C32F59">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E1426C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>lacks capacity</w:t>
+        <w:t>lack capacity</w:t>
       </w:r>
       <w:r w:rsidRPr="00C32F59">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> to make informed decisions with regard to financial affairs, the State Agency or the head of the provider</w:t>
+        <w:t xml:space="preserve"> to make informed decisions </w:t>
+      </w:r>
+      <w:r w:rsidR="00E60215" w:rsidRPr="00C32F59">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>regarding</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C32F59">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> financial affairs, the </w:t>
+      </w:r>
+      <w:r w:rsidR="0036015B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C32F59">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tate </w:t>
+      </w:r>
+      <w:r w:rsidR="0036015B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C32F59">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gency or the</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA61D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C32F59">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>provider</w:t>
+      </w:r>
+      <w:r w:rsidR="00744ED6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> agency</w:t>
       </w:r>
       <w:r w:rsidR="00C32F59">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> shall notify the participant</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006F75AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidR="00F51FA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C32F59">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>notify the participant</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00C32F59">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00C32F59">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> nearest living relatives in writing, with an accompanying recommendation </w:t>
       </w:r>
+      <w:r w:rsidR="006543AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">about </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C32F59">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>steps to</w:t>
+      </w:r>
+      <w:r w:rsidR="006543AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> take to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C32F59">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> protect the </w:t>
+      </w:r>
+      <w:r w:rsidR="00814B37" w:rsidRPr="00C32F59">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>participant</w:t>
+      </w:r>
+      <w:r w:rsidR="00453FD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C32F59">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s finances. </w:t>
+      </w:r>
       <w:r w:rsidR="00E1426C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>that</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E1426C" w:rsidRPr="00C32F59">
+        <w:t>Such steps</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C32F59">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> may include</w:t>
+      </w:r>
+      <w:r w:rsidR="00E1426C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C32F59">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> appointment of a representative payee, co-signatory bank account, or a shared or delegated money-management plan</w:t>
+      </w:r>
+      <w:r w:rsidR="00E1426C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or the appointment of a conservator</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C32F59">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. A conservat</w:t>
+      </w:r>
+      <w:r w:rsidR="00C32F59">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or </w:t>
+      </w:r>
+      <w:r w:rsidR="00477527">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>will</w:t>
+      </w:r>
+      <w:r w:rsidR="00543E51">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00C32F59">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">be recommended only if </w:t>
+      </w:r>
       <w:r w:rsidRPr="00C32F59">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">steps to protect the </w:t>
-[...13 lines deleted...]
-        <w:t>’</w:t>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="0036015B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00C32F59">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>s finances</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> be taken</w:t>
+        <w:t xml:space="preserve">tate </w:t>
+      </w:r>
+      <w:r w:rsidR="0036015B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00C32F59">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...6 lines deleted...]
-        <w:t>Such steps</w:t>
+        <w:t xml:space="preserve">gency or head of the provider has reason to believe that alternatives such as a representative payee, co-signatory bank account, or a shared or delegated money management plan are inadequate to protect the participant from a substantial and unreasonable risk to </w:t>
+      </w:r>
+      <w:r w:rsidR="008536B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>their</w:t>
       </w:r>
       <w:r w:rsidRPr="00C32F59">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> may include</w:t>
-[...41 lines deleted...]
-        <w:t>the State Agency or head of the provider has reason to believe that alternatives such as a representative payee, co-signatory bank account, or a shared or delegated money management plan are inadequate to protect the participant from a substantial and unreasonable risk to his or her property</w:t>
+        <w:t xml:space="preserve"> property</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00673FF7" w:rsidRPr="00673FF7" w:rsidRDefault="00673FF7" w:rsidP="00673FF7">
-[...14 lines deleted...]
-    <w:p w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00941F7B" w:rsidP="00755BA3">
+    <w:p w14:paraId="3BD3093F" w14:textId="3A6C5C73" w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00941F7B" w:rsidP="009C7AD8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="0" w:line="315" w:lineRule="atLeast"/>
+        <w:spacing w:before="120" w:after="120" w:line="315" w:lineRule="atLeast"/>
         <w:ind w:left="2160" w:right="100" w:hanging="360"/>
-        <w:rPr>
-[...3 lines deleted...]
-      </w:pPr>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00805E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Guardianship </w:t>
+      </w:r>
+      <w:r w:rsidR="00C010E9" w:rsidRPr="00805E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>of the Person</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00805E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>; Least Restrictive Form of Guardianship</w:t>
+      </w:r>
       <w:r w:rsidRPr="00873A96">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Guardianship </w:t>
-[...13 lines deleted...]
-        <w:t>; Least Restrictive Form of Guardianship.</w:t>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00C32F59">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> If a participant</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00C32F59">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">s ISP team has reason to believe that </w:t>
+        <w:t xml:space="preserve">s </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C32F59">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> team has reason to believe that </w:t>
       </w:r>
       <w:r w:rsidR="00C010E9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>an individual lacks capacity</w:t>
       </w:r>
       <w:r w:rsidRPr="00C32F59">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> to make informed decisions with regard to personal affairs, and</w:t>
       </w:r>
       <w:r w:rsidR="00C32F59">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the</w:t>
       </w:r>
       <w:r w:rsidRPr="00C32F59">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> participant does not have a legally authorized representative, the State Agency or the head of the provider </w:t>
+        <w:t xml:space="preserve"> participant does not have a legally authorized representative, the </w:t>
+      </w:r>
+      <w:r w:rsidR="0036015B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C32F59">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tate </w:t>
+      </w:r>
+      <w:r w:rsidR="0036015B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C32F59">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">gency or the head of the provider </w:t>
+      </w:r>
+      <w:r w:rsidR="009D39CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidR="00543E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C32F59">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>shall notify the participant</w:t>
+        <w:t>notify the participant</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00C32F59">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">s </w:t>
       </w:r>
       <w:r w:rsidRPr="00C32F59">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>nearest living relative in writing, with an accompanying recommendation for supports necessary to assist the participant in decision-making. A guardian shall be recommended only if:</w:t>
+        <w:t xml:space="preserve">nearest living relative in writing, with an accompanying recommendation for supports necessary to assist the participant in decision-making. A guardian </w:t>
+      </w:r>
+      <w:r w:rsidR="009D39CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>will</w:t>
+      </w:r>
+      <w:r w:rsidR="00543E51" w:rsidRPr="00C32F59">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C32F59">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>be recommended only if:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00673FF7" w:rsidRDefault="00673FF7" w:rsidP="00673FF7">
-[...14 lines deleted...]
-    <w:p w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00941F7B" w:rsidP="00755BA3">
+    <w:p w14:paraId="3C8F3B85" w14:textId="0DB23C61" w:rsidR="002700E9" w:rsidRPr="00755BA3" w:rsidRDefault="00941F7B" w:rsidP="006543AE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="0" w:line="315" w:lineRule="atLeast"/>
-        <w:ind w:right="100"/>
+        <w:spacing w:after="0" w:line="315" w:lineRule="atLeast"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C32F59">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>the State Agency or head of the provider has reason to believe that no legally authorized representative exists, the less restrictive alternatives or other supports are inadequate to protect the participant from unreasonable risk to his or her health and welfare; and</w:t>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="0036015B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C32F59">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tate </w:t>
+      </w:r>
+      <w:r w:rsidR="0036015B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C32F59">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">gency or head of the provider has reason to believe that no legally authorized representative exists, the less restrictive alternatives or other supports are inadequate to protect the participant from unreasonable risk to </w:t>
+      </w:r>
+      <w:r w:rsidR="008536B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>their</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C32F59">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> health and welfare; and</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00673FF7" w:rsidRDefault="00673FF7" w:rsidP="00673FF7">
-[...14 lines deleted...]
-    <w:p w:rsidR="002700E9" w:rsidRPr="002E02D7" w:rsidRDefault="00941F7B" w:rsidP="00755BA3">
+    <w:p w14:paraId="258CF5BD" w14:textId="6A23801E" w:rsidR="002700E9" w:rsidRPr="002E02D7" w:rsidRDefault="00941F7B" w:rsidP="006543AE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="0" w:line="315" w:lineRule="atLeast"/>
-[...6 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:spacing w:after="0" w:line="315" w:lineRule="atLeast"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00C32F59">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>the</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> type </w:t>
+        <w:t xml:space="preserve">the type </w:t>
       </w:r>
       <w:r w:rsidRPr="002E02D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">of guardianship recommended shall be the narrowest and least restrictive necessary </w:t>
+        <w:t xml:space="preserve">of guardianship recommended </w:t>
+      </w:r>
+      <w:r w:rsidR="00543E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E02D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the narrowest and least restrictive necessary </w:t>
       </w:r>
       <w:r w:rsidR="00C32F59" w:rsidRPr="002E02D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>to protect the participant</w:t>
       </w:r>
       <w:r w:rsidRPr="002E02D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> from unreasonable risk to his or her health and welfare.</w:t>
+        <w:t xml:space="preserve"> from unreasonable risk to </w:t>
+      </w:r>
+      <w:r w:rsidR="008536B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>their</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E02D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> health and welfare.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00673FF7" w:rsidRPr="002E02D7" w:rsidRDefault="00673FF7" w:rsidP="00673FF7">
-[...14 lines deleted...]
-    <w:p w:rsidR="002700E9" w:rsidRPr="002E02D7" w:rsidRDefault="00C32F59" w:rsidP="00C834D0">
+    <w:p w14:paraId="6850910A" w14:textId="2165EFB5" w:rsidR="002700E9" w:rsidRPr="002E02D7" w:rsidRDefault="00C32F59" w:rsidP="009C7AD8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="0" w:line="315" w:lineRule="atLeast"/>
+        <w:spacing w:before="120" w:after="120" w:line="315" w:lineRule="atLeast"/>
         <w:ind w:right="100"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E02D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Consent</w:t>
       </w:r>
       <w:r w:rsidRPr="002E02D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00C834D0" w:rsidRPr="002E02D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> The</w:t>
       </w:r>
       <w:r w:rsidR="00360F43">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C834D0" w:rsidRPr="002E02D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>consent of the participant or guardian or LAR, if applicable, shall be required for all Waiver service referrals and service planning decisions made in the context of the ISP process.</w:t>
+        <w:t xml:space="preserve">consent of the participant or guardian or LAR, if applicable, </w:t>
+      </w:r>
+      <w:r w:rsidR="00543E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidR="00543E51" w:rsidRPr="002E02D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C834D0" w:rsidRPr="002E02D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">required for all Waiver service referrals and service planning decisions made in the context of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidR="00C834D0" w:rsidRPr="002E02D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> process.</w:t>
       </w:r>
       <w:r w:rsidR="00F2078E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Such consent must be voluntary approval given by written or verbal word, implied by the action of a person, with adequate information and sufficient understanding to comprehend the consequences of the decision.</w:t>
+        <w:t xml:space="preserve"> Such consent must be voluntary approval given by written or </w:t>
+      </w:r>
+      <w:r w:rsidR="00543E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">spoken </w:t>
+      </w:r>
+      <w:r w:rsidR="00F2078E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>word, implied by the action of a person, with adequate information and sufficient understanding to comprehend the consequences of the decision.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C834D0" w:rsidRPr="002E02D7" w:rsidRDefault="00C834D0" w:rsidP="00C834D0">
-[...15 lines deleted...]
-    <w:p w:rsidR="0035358D" w:rsidRPr="002E02D7" w:rsidRDefault="0035358D" w:rsidP="0035358D">
+    <w:p w14:paraId="241EC782" w14:textId="77777777" w:rsidR="0035358D" w:rsidRPr="002E02D7" w:rsidRDefault="0035358D" w:rsidP="009C7AD8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="0" w:line="315" w:lineRule="atLeast"/>
+        <w:spacing w:before="120" w:after="120" w:line="315" w:lineRule="atLeast"/>
         <w:ind w:right="100"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E02D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Labor</w:t>
       </w:r>
       <w:r w:rsidR="00873A96" w:rsidRPr="002E02D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0035358D" w:rsidRPr="002E02D7" w:rsidRDefault="0035358D" w:rsidP="0035358D">
+    <w:p w14:paraId="4BD884CB" w14:textId="5EA9BF2E" w:rsidR="0035358D" w:rsidRPr="002E02D7" w:rsidRDefault="0035358D" w:rsidP="00BA61D5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="0" w:line="315" w:lineRule="atLeast"/>
-        <w:ind w:right="100"/>
+        <w:spacing w:before="120" w:after="120" w:line="315" w:lineRule="atLeast"/>
+        <w:ind w:left="2160" w:right="100" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E02D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>No participant shall be required to assume the day-to day responsibilities of the provider or the regular care, treatment, or supervision of other individuals; provided, however, that:</w:t>
+        <w:t xml:space="preserve">No participant </w:t>
+      </w:r>
+      <w:r w:rsidR="00543E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>may</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E02D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be required to assume the day-to day responsibilities of the provider or the regular care, treatment, or supervision of other individuals; provided, however, that:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00673FF7" w:rsidRPr="002E02D7" w:rsidRDefault="00673FF7" w:rsidP="00673FF7">
-[...14 lines deleted...]
-    <w:p w:rsidR="0035358D" w:rsidRPr="002E02D7" w:rsidRDefault="0035358D" w:rsidP="0035358D">
+    <w:p w14:paraId="46A73705" w14:textId="77777777" w:rsidR="0035358D" w:rsidRPr="002E02D7" w:rsidRDefault="0035358D" w:rsidP="009C7AD8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="0" w:line="315" w:lineRule="atLeast"/>
+        <w:spacing w:before="120" w:after="120" w:line="315" w:lineRule="atLeast"/>
         <w:ind w:right="100"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E02D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Participants </w:t>
       </w:r>
       <w:r w:rsidRPr="0041282B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">may be expected to join in normal housekeeping </w:t>
       </w:r>
       <w:r w:rsidR="008F30CC" w:rsidRPr="0041282B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">activities </w:t>
       </w:r>
       <w:r w:rsidRPr="0041282B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
       <w:r w:rsidRPr="002E02D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> light home maintenance functions in their own home; and</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00673FF7" w:rsidRPr="002E02D7" w:rsidRDefault="00673FF7" w:rsidP="00673FF7">
-[...14 lines deleted...]
-    <w:p w:rsidR="0035358D" w:rsidRPr="002E02D7" w:rsidRDefault="0035358D" w:rsidP="0035358D">
+    <w:p w14:paraId="6A839943" w14:textId="31182C0B" w:rsidR="0035358D" w:rsidRPr="002E02D7" w:rsidRDefault="0035358D" w:rsidP="009C7AD8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="0" w:line="315" w:lineRule="atLeast"/>
+        <w:spacing w:before="120" w:after="120" w:line="315" w:lineRule="atLeast"/>
         <w:ind w:right="100"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E02D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Participants involved in other work shall be compensated in accordance with applicable state and federal laws regarding wages and hours.</w:t>
+        <w:t xml:space="preserve">Participants involved in other work </w:t>
+      </w:r>
+      <w:r w:rsidR="0075774A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E02D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> compensated in accordance with applicable state and federal laws regarding wages and hours.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00673FF7" w:rsidRPr="002E02D7" w:rsidRDefault="00673FF7" w:rsidP="00673FF7">
-[...14 lines deleted...]
-    <w:p w:rsidR="0035358D" w:rsidRPr="002E02D7" w:rsidRDefault="0035358D" w:rsidP="0035358D">
+    <w:p w14:paraId="495C41AF" w14:textId="77777777" w:rsidR="0035358D" w:rsidRPr="002E02D7" w:rsidRDefault="0035358D" w:rsidP="00BA61D5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="0" w:line="315" w:lineRule="atLeast"/>
-        <w:ind w:right="100"/>
+        <w:spacing w:before="120" w:after="120" w:line="315" w:lineRule="atLeast"/>
+        <w:ind w:left="2160" w:right="100" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E02D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Any participant may voluntarily perform any labor available, provided that all federal and state legal requirements are met.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EF2D9F" w:rsidRPr="002E02D7" w:rsidRDefault="00EF2D9F" w:rsidP="00673FF7">
-[...14 lines deleted...]
-    <w:p w:rsidR="002700E9" w:rsidRPr="002E02D7" w:rsidRDefault="006A39B6" w:rsidP="00755BA3">
+    <w:p w14:paraId="792808B4" w14:textId="77777777" w:rsidR="002700E9" w:rsidRPr="002E02D7" w:rsidRDefault="006A39B6" w:rsidP="009C7AD8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="0" w:line="315" w:lineRule="atLeast"/>
+        <w:spacing w:before="120" w:after="120" w:line="315" w:lineRule="atLeast"/>
         <w:ind w:right="100"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E02D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Possessions and Funds</w:t>
       </w:r>
       <w:r w:rsidRPr="002E02D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00673FF7" w:rsidRPr="002E02D7" w:rsidRDefault="00673FF7" w:rsidP="00673FF7">
-[...14 lines deleted...]
-    <w:p w:rsidR="00735F6E" w:rsidRDefault="00941F7B" w:rsidP="00BB51D4">
+    <w:p w14:paraId="0C856686" w14:textId="075E5DCB" w:rsidR="00735F6E" w:rsidRDefault="00941F7B" w:rsidP="009C7AD8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="0" w:line="315" w:lineRule="atLeast"/>
+        <w:spacing w:before="120" w:after="120" w:line="315" w:lineRule="atLeast"/>
         <w:ind w:left="2160" w:right="100" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E02D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">No provider shall interfere with the right of a participant to acquire, retain, and dispose of personal possessions unless authorized </w:t>
+        <w:t xml:space="preserve">No provider </w:t>
+      </w:r>
+      <w:r w:rsidR="0075774A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>may</w:t>
+      </w:r>
+      <w:r w:rsidR="0075774A" w:rsidRPr="002E02D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E02D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">interfere with the right of a participant to acquire, retain, and dispose of personal possessions unless authorized </w:t>
       </w:r>
       <w:r w:rsidRPr="006A39B6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>by a guardian, conservator, or representative payee or other LAR</w:t>
       </w:r>
       <w:r w:rsidR="002D17F3" w:rsidRPr="006A39B6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, if applicable</w:t>
       </w:r>
       <w:r w:rsidRPr="006A39B6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">; unless the interference or restriction is part of a duly developed and reviewed ISP or </w:t>
+        <w:t xml:space="preserve">; unless the interference or restriction is part of a duly developed and reviewed </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A39B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or </w:t>
       </w:r>
       <w:r w:rsidR="00EB523B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">positive </w:t>
       </w:r>
       <w:r w:rsidRPr="006A39B6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>behavior support plan; unless otherwise ordered by the court; or unless possession poses an immediate threat of serious physical harm to the participant or other persons. In the event of restriction of possession by the provider on the grounds of imminent and serious physical harm, the provider shall be authorized to place the object in custodial safekeeping for the</w:t>
       </w:r>
       <w:r w:rsidR="006A39B6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> participant.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002700E9" w:rsidRDefault="002700E9" w:rsidP="002700E9">
-[...14 lines deleted...]
-    <w:p w:rsidR="00735F6E" w:rsidRDefault="00941F7B" w:rsidP="00941F7B">
+    <w:p w14:paraId="3E40B382" w14:textId="77777777" w:rsidR="00735F6E" w:rsidRDefault="00941F7B" w:rsidP="009C7AD8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="0" w:line="315" w:lineRule="atLeast"/>
+        <w:spacing w:before="120" w:after="120" w:line="315" w:lineRule="atLeast"/>
         <w:ind w:right="100"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00735F6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Any restriction on personal possessions or funds shall be </w:t>
       </w:r>
       <w:r w:rsidR="00735F6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>documented in the participant</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
@@ -21222,464 +25781,563 @@
         </w:rPr>
         <w:t xml:space="preserve">provider </w:t>
       </w:r>
       <w:r w:rsidRPr="00735F6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>record, and a copy sent promptly to the provider</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00735F6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s human rights committee.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002700E9" w:rsidRDefault="002700E9" w:rsidP="002700E9">
-[...14 lines deleted...]
-    <w:p w:rsidR="00735F6E" w:rsidRDefault="00941F7B" w:rsidP="00941F7B">
+    <w:p w14:paraId="70E4B1F0" w14:textId="12FCB39E" w:rsidR="00735F6E" w:rsidRDefault="00941F7B" w:rsidP="009C7AD8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="0" w:line="315" w:lineRule="atLeast"/>
+        <w:spacing w:before="120" w:after="120" w:line="315" w:lineRule="atLeast"/>
         <w:ind w:right="100"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00735F6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Such restriction shall be accompanied by a training plan</w:t>
       </w:r>
       <w:r w:rsidR="00EB523B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> or a positive behavior support plan, as appropriate</w:t>
       </w:r>
       <w:r w:rsidRPr="00735F6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, d</w:t>
       </w:r>
       <w:r w:rsidR="00735F6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ocumented in the participant</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00735F6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">s </w:t>
       </w:r>
-      <w:r w:rsidR="00075182">
-[...4 lines deleted...]
-        <w:t>ISP</w:t>
+      <w:r w:rsidR="00AC5463">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
       </w:r>
       <w:r w:rsidRPr="00735F6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, to eliminate the need for the restriction.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002700E9" w:rsidRDefault="002700E9" w:rsidP="002700E9">
-[...14 lines deleted...]
-    <w:p w:rsidR="00873A96" w:rsidRDefault="00941F7B" w:rsidP="00873A96">
+    <w:p w14:paraId="45B53126" w14:textId="36CEE7BE" w:rsidR="00873A96" w:rsidRDefault="006543AE" w:rsidP="009C7AD8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="0" w:line="315" w:lineRule="atLeast"/>
+        <w:spacing w:before="120" w:after="120" w:line="315" w:lineRule="atLeast"/>
         <w:ind w:left="2160" w:right="100" w:hanging="360"/>
-        <w:rPr>
-[...3 lines deleted...]
-      </w:pPr>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>When</w:t>
+      </w:r>
       <w:r w:rsidRPr="00735F6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Where a participant seeks or requires assistance in the management or expenditure of funds, the provider shall establish, or assist the participant to establish, an individual interest-bearing bank a</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00941F7B" w:rsidRPr="00735F6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a participant seeks or requires assistance in the management or expenditure of funds, the provider </w:t>
+      </w:r>
+      <w:r w:rsidR="0075774A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">must </w:t>
+      </w:r>
+      <w:r w:rsidR="00941F7B" w:rsidRPr="00735F6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>establish, or assist the participant to establish, an individual interest-bearing bank a</w:t>
       </w:r>
       <w:r w:rsidR="00735F6E" w:rsidRPr="00735F6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ccount under the participant</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00735F6E" w:rsidRPr="00735F6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">s </w:t>
       </w:r>
-      <w:r w:rsidRPr="00735F6E">
-[...4 lines deleted...]
-        <w:t>name. All principal and interest shall be the property of the</w:t>
+      <w:r w:rsidR="00941F7B" w:rsidRPr="00735F6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">name. All principal and interest </w:t>
+      </w:r>
+      <w:r w:rsidR="0075774A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will </w:t>
+      </w:r>
+      <w:r w:rsidR="00941F7B" w:rsidRPr="00735F6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>be the property of the</w:t>
       </w:r>
       <w:r w:rsidR="00735F6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00735F6E">
+      <w:r w:rsidR="00941F7B" w:rsidRPr="00735F6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participa</w:t>
       </w:r>
       <w:r w:rsidR="00735F6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>nt.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00873A96" w:rsidRDefault="00873A96" w:rsidP="00873A96">
-[...14 lines deleted...]
-    <w:p w:rsidR="002700E9" w:rsidRPr="00873A96" w:rsidRDefault="00941F7B" w:rsidP="00873A96">
+    <w:p w14:paraId="428411A3" w14:textId="3C192771" w:rsidR="002700E9" w:rsidRPr="00873A96" w:rsidRDefault="00941F7B" w:rsidP="009C7AD8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="0" w:line="315" w:lineRule="atLeast"/>
+        <w:spacing w:before="120" w:after="120" w:line="315" w:lineRule="atLeast"/>
         <w:ind w:right="100"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00873A96">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Unless a guardian or legally authorized representative has been appointed, the participant shall have an unrestricted right to manage and spend his or her funds; provided, however, that if a determination is made pursuant to the development or r</w:t>
+        <w:t xml:space="preserve">Unless a guardian or legally authorized representative has been appointed, the participant </w:t>
+      </w:r>
+      <w:r w:rsidR="0075774A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidR="0075774A" w:rsidRPr="00873A96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00873A96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">have an unrestricted right to manage and spend </w:t>
+      </w:r>
+      <w:r w:rsidR="008536B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>their</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00873A96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> funds; provided, however, that if a determination is made pursuant to the development or r</w:t>
       </w:r>
       <w:r w:rsidR="00735F6E" w:rsidRPr="00873A96">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>eview of the participant</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6" w:rsidRPr="00873A96">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00735F6E" w:rsidRPr="00873A96">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00873A96">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ISP that the participant</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00873A96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> that the participant</w:t>
       </w:r>
       <w:r w:rsidR="00EB523B" w:rsidRPr="00873A96">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> lacks capacity</w:t>
       </w:r>
       <w:r w:rsidRPr="00873A96">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> to manage and spend all or a portion of his or her funds, </w:t>
+        <w:t xml:space="preserve"> to manage and spend all or a portion of </w:t>
+      </w:r>
+      <w:r w:rsidR="008536B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>their</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00873A96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> funds, </w:t>
       </w:r>
       <w:r w:rsidR="00EB523B" w:rsidRPr="00873A96">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">an ISP goal </w:t>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB523B" w:rsidRPr="00873A96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> goal </w:t>
+      </w:r>
+      <w:r w:rsidR="0075774A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>will</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB523B" w:rsidRPr="00873A96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be</w:t>
       </w:r>
       <w:r w:rsidRPr="00873A96">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>shall</w:t>
+        <w:t xml:space="preserve"> develop</w:t>
       </w:r>
       <w:r w:rsidR="00EB523B" w:rsidRPr="00873A96">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> be</w:t>
+        <w:t>ed</w:t>
       </w:r>
       <w:r w:rsidRPr="00873A96">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> develop</w:t>
+        <w:t xml:space="preserve"> to advise and assist the participant</w:t>
       </w:r>
       <w:r w:rsidR="00EB523B" w:rsidRPr="00873A96">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>ed</w:t>
+        <w:t xml:space="preserve"> to </w:t>
       </w:r>
       <w:r w:rsidRPr="00873A96">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> to advise and assist the participant</w:t>
+        <w:t>manage and expend that portion of the p</w:t>
       </w:r>
       <w:r w:rsidR="00EB523B" w:rsidRPr="00873A96">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> to </w:t>
+        <w:t>articipant</w:t>
+      </w:r>
+      <w:r w:rsidR="00453FD6" w:rsidRPr="00873A96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00873A96">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>manage and expend that portion of the p</w:t>
-[...13 lines deleted...]
-        <w:t>’</w:t>
+        <w:t>s funds, in ac</w:t>
+      </w:r>
+      <w:r w:rsidR="00735F6E" w:rsidRPr="00873A96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">cordance with </w:t>
+      </w:r>
+      <w:r w:rsidR="008536B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>their</w:t>
       </w:r>
       <w:r w:rsidRPr="00873A96">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>s funds, in ac</w:t>
-[...19 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> needs, capabilities, interests, and desires. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F078B" w:rsidRPr="00EB523B" w:rsidRDefault="003F078B" w:rsidP="00EB523B">
-[...14 lines deleted...]
-    <w:p w:rsidR="00735F6E" w:rsidRDefault="00941F7B" w:rsidP="00941F7B">
+    <w:p w14:paraId="69B56B01" w14:textId="2C0AF4A4" w:rsidR="00735F6E" w:rsidRDefault="00941F7B" w:rsidP="009C7AD8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="0" w:line="315" w:lineRule="atLeast"/>
+        <w:spacing w:before="120" w:after="120" w:line="315" w:lineRule="atLeast"/>
         <w:ind w:right="100"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00735F6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="00EB523B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>objectives to facilitate the ISP goal</w:t>
+        <w:t xml:space="preserve">objectives to facilitate the </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB523B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> goal</w:t>
       </w:r>
       <w:r w:rsidRPr="00735F6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> shall be the least restrictive poss</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0075774A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidR="0075774A" w:rsidRPr="00735F6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735F6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>be the least restrictive poss</w:t>
       </w:r>
       <w:r w:rsidR="00735F6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ible to meet the participant</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00735F6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">s </w:t>
       </w:r>
       <w:r w:rsidRPr="00735F6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -21694,575 +26352,792 @@
         </w:rPr>
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
       <w:r w:rsidR="00360F43">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> may include</w:t>
       </w:r>
       <w:r w:rsidR="00735F6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00735F6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>advice and training in the management and expenditure of funds, two-signature (co-signatory) accounts, and representative payee accounts.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002700E9" w:rsidRDefault="002700E9" w:rsidP="002700E9">
-[...14 lines deleted...]
-    <w:p w:rsidR="00735F6E" w:rsidRDefault="00941F7B" w:rsidP="00941F7B">
+    <w:p w14:paraId="264285C1" w14:textId="3A5981CC" w:rsidR="00735F6E" w:rsidRDefault="00941F7B" w:rsidP="009C7AD8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="0" w:line="315" w:lineRule="atLeast"/>
+        <w:spacing w:before="120" w:after="120" w:line="315" w:lineRule="atLeast"/>
         <w:ind w:right="100"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00735F6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>The provider shall obtain the agreement of the participant, or LAR if applicable, for any plan involving shared or delegat</w:t>
+        <w:t xml:space="preserve">The provider </w:t>
+      </w:r>
+      <w:r w:rsidR="0075774A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidR="0075774A" w:rsidRPr="00735F6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735F6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>obtain the agreement of the participant, or LAR if applicable, for any plan involving shared or delegat</w:t>
       </w:r>
       <w:r w:rsidR="00873A96">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ed management responsibilities. </w:t>
       </w:r>
       <w:r w:rsidRPr="00735F6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Where the participant does not have a LAR and is not capable of such agreement, the head of the provider may authorize </w:t>
       </w:r>
       <w:r w:rsidR="00873A96" w:rsidRPr="00735F6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a plan involving shared or delegated management responsibility</w:t>
       </w:r>
       <w:r w:rsidRPr="00735F6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> where necessary and as appropriate. This provision shall not apply, however, where the head of the provider has reason to believe that shared or delegated management is not sufficient to protect the </w:t>
+        <w:t xml:space="preserve"> where necessary and as appropriate. This provision </w:t>
+      </w:r>
+      <w:r w:rsidR="0075774A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>will</w:t>
+      </w:r>
+      <w:r w:rsidR="0075774A" w:rsidRPr="00735F6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735F6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">not apply, however, where the head of the provider has reason to believe that shared or delegated management is not sufficient to protect the </w:t>
       </w:r>
       <w:r w:rsidR="00814B37" w:rsidRPr="00735F6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00735F6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">s assets or where the </w:t>
       </w:r>
       <w:r w:rsidR="00814B37" w:rsidRPr="00735F6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidRPr="00735F6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> has cash or assets easily converted </w:t>
       </w:r>
       <w:r w:rsidR="00B9428E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>into cash in excess of $10,000.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002700E9" w:rsidRDefault="002700E9" w:rsidP="002700E9">
-[...14 lines deleted...]
-    <w:p w:rsidR="00735F6E" w:rsidRDefault="00941F7B" w:rsidP="00941F7B">
+    <w:p w14:paraId="0DDF2220" w14:textId="3EA90D97" w:rsidR="00735F6E" w:rsidRDefault="00941F7B" w:rsidP="009C7AD8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="0" w:line="315" w:lineRule="atLeast"/>
+        <w:spacing w:before="120" w:after="120" w:line="315" w:lineRule="atLeast"/>
         <w:ind w:right="100"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00735F6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Where the provider has shared or delegated management responsibilities, it shall meet the following requirements:</w:t>
+        <w:t>Whe</w:t>
+      </w:r>
+      <w:r w:rsidR="00744ED6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735F6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the provider </w:t>
+      </w:r>
+      <w:r w:rsidR="00744ED6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is engaged in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735F6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> shared or delegated</w:t>
+      </w:r>
+      <w:r w:rsidR="00744ED6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> financial</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735F6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> management responsibilities</w:t>
+      </w:r>
+      <w:r w:rsidR="00744ED6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with the participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735F6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00744ED6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the provider</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE7197">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0075774A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidR="0075774A" w:rsidRPr="00735F6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735F6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>meet the following requirements</w:t>
+      </w:r>
+      <w:r w:rsidR="001373D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002700E9" w:rsidRDefault="002700E9" w:rsidP="002700E9">
-[...14 lines deleted...]
-    <w:p w:rsidR="00735F6E" w:rsidRDefault="00814B37" w:rsidP="00941F7B">
+    <w:p w14:paraId="0A65EB88" w14:textId="389B80CB" w:rsidR="00735F6E" w:rsidRDefault="00814B37" w:rsidP="00FE7197">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="35"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="0" w:line="315" w:lineRule="atLeast"/>
-        <w:ind w:right="100"/>
+        <w:spacing w:after="0" w:line="315" w:lineRule="atLeast"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00735F6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidR="00941F7B" w:rsidRPr="00735F6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00941F7B" w:rsidRPr="00735F6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> funds shall not be applied to goods or services which the provider is obligated by law or funded by contract to provide;</w:t>
+        <w:t xml:space="preserve"> funds </w:t>
+      </w:r>
+      <w:r w:rsidR="0075774A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>may</w:t>
+      </w:r>
+      <w:r w:rsidR="0075774A" w:rsidRPr="00735F6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00941F7B" w:rsidRPr="00735F6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>not be applied to goods or services which the provider is obligated by law or funded by contract to provide</w:t>
+      </w:r>
+      <w:r w:rsidR="001373D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002700E9" w:rsidRDefault="002700E9" w:rsidP="002700E9">
-[...14 lines deleted...]
-    <w:p w:rsidR="00735F6E" w:rsidRDefault="00941F7B" w:rsidP="00941F7B">
+    <w:p w14:paraId="1C36BC35" w14:textId="3CA171E4" w:rsidR="00735F6E" w:rsidRDefault="00941F7B" w:rsidP="00FE7197">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="35"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="0" w:line="315" w:lineRule="atLeast"/>
-        <w:ind w:right="100"/>
+        <w:spacing w:after="0" w:line="315" w:lineRule="atLeast"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00735F6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The provider or provider staff may not expend or borrow the funds of any </w:t>
       </w:r>
       <w:r w:rsidR="00814B37" w:rsidRPr="00735F6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidRPr="00735F6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> for the use of anyone other than that </w:t>
       </w:r>
       <w:r w:rsidR="00814B37" w:rsidRPr="00735F6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
-      <w:r w:rsidRPr="00735F6E">
-[...4 lines deleted...]
-        <w:t>;</w:t>
+      <w:r w:rsidR="001373D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002700E9" w:rsidRDefault="002700E9" w:rsidP="002700E9">
-[...14 lines deleted...]
-    <w:p w:rsidR="00735F6E" w:rsidRDefault="00941F7B" w:rsidP="00941F7B">
+    <w:p w14:paraId="58A5FD80" w14:textId="40A8C7C2" w:rsidR="00735F6E" w:rsidRDefault="00941F7B" w:rsidP="00FE7197">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="35"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="0" w:line="315" w:lineRule="atLeast"/>
-        <w:ind w:right="100"/>
+        <w:spacing w:after="0" w:line="315" w:lineRule="atLeast"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00735F6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">The provider or provider staff shall have no direct or </w:t>
+        <w:t xml:space="preserve">The provider or provider staff </w:t>
+      </w:r>
+      <w:r w:rsidR="0075774A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>may</w:t>
+      </w:r>
+      <w:r w:rsidR="0075774A" w:rsidRPr="00735F6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00735F6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>indirect ownership or survivorship interest in the funds;</w:t>
+        <w:t>have no direct or indirect ownership or survivorship interest in the funds</w:t>
+      </w:r>
+      <w:r w:rsidR="001373D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002700E9" w:rsidRDefault="002700E9" w:rsidP="002700E9">
-[...14 lines deleted...]
-    <w:p w:rsidR="00735F6E" w:rsidRDefault="00C156C5" w:rsidP="00941F7B">
+    <w:p w14:paraId="217F1778" w14:textId="0B1B6C7B" w:rsidR="00735F6E" w:rsidRDefault="001373D8" w:rsidP="00FE7197">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="35"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="0" w:line="315" w:lineRule="atLeast"/>
-        <w:ind w:right="100"/>
+        <w:spacing w:after="0" w:line="315" w:lineRule="atLeast"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>for the ISP goal pertaining to</w:t>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidR="00C156C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or the </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidR="00C156C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> goal pertaining to</w:t>
       </w:r>
       <w:r w:rsidR="00941F7B" w:rsidRPr="00735F6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> shared or delegated management responsibilities shall </w:t>
+        <w:t xml:space="preserve"> shared or delegated management responsibilities</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">provide strategies </w:t>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00744ED6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the provider</w:t>
       </w:r>
       <w:r w:rsidR="00941F7B" w:rsidRPr="00735F6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>to eliminate the need for such assistance, unless it is established by clinical evaluation that the participant cannot learn how to manage or spend any portion of his o</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0075774A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidR="0075774A" w:rsidRPr="00735F6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00744ED6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">offer </w:t>
+      </w:r>
+      <w:r w:rsidR="00C156C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">strategies </w:t>
+      </w:r>
+      <w:r w:rsidR="00941F7B" w:rsidRPr="00735F6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to eliminate the need for such assistance, unless it </w:t>
+      </w:r>
+      <w:r w:rsidR="00941F7B" w:rsidRPr="00735F6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">is established by clinical evaluation that the participant cannot learn how to manage or spend any portion of </w:t>
+      </w:r>
+      <w:r w:rsidR="008536B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>their</w:t>
       </w:r>
       <w:r w:rsidR="00873A96">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>r her funds, even with supports;</w:t>
+        <w:t xml:space="preserve"> funds, even with supports</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002700E9" w:rsidRDefault="002700E9" w:rsidP="002700E9">
-[...14 lines deleted...]
-    <w:p w:rsidR="00735F6E" w:rsidRDefault="00941F7B" w:rsidP="00941F7B">
+    <w:p w14:paraId="4D15A4A9" w14:textId="361D5D69" w:rsidR="00735F6E" w:rsidRDefault="00941F7B" w:rsidP="00FE7197">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="35"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="0" w:line="315" w:lineRule="atLeast"/>
-        <w:ind w:right="100"/>
+        <w:spacing w:after="0" w:line="315" w:lineRule="atLeast"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00735F6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Provider staff shall not participate in arrangements for shared or delegated management of the participant</w:t>
+        <w:t xml:space="preserve">Provider staff </w:t>
+      </w:r>
+      <w:r w:rsidR="0075774A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>may</w:t>
+      </w:r>
+      <w:r w:rsidR="0075774A" w:rsidRPr="00735F6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735F6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>not participate in arrangements for shared or delegated management of the participant</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00735F6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>s  funds except as representatives of the provider;</w:t>
+        <w:t>s  funds except as representatives of the provider</w:t>
+      </w:r>
+      <w:r w:rsidR="001373D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002700E9" w:rsidRDefault="002700E9" w:rsidP="002700E9">
-[...14 lines deleted...]
-    <w:p w:rsidR="00735F6E" w:rsidRDefault="00941F7B" w:rsidP="00941F7B">
+    <w:p w14:paraId="7CF94062" w14:textId="1F955DDD" w:rsidR="00735F6E" w:rsidRDefault="00941F7B" w:rsidP="00FE7197">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="35"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="0" w:line="315" w:lineRule="atLeast"/>
-        <w:ind w:right="100"/>
+        <w:spacing w:after="0" w:line="315" w:lineRule="atLeast"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00735F6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>A record shall be kept of every transaction, including the date, amount received or disbursed, the manner in which such funds were managed or expended, identification of involved parties, and receipts for expenditures exceeding $25;</w:t>
+        <w:t xml:space="preserve">A record </w:t>
+      </w:r>
+      <w:r w:rsidR="0075774A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidR="0075774A" w:rsidRPr="00735F6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735F6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">be kept of every transaction, including the date, amount received or disbursed, the </w:t>
+      </w:r>
+      <w:r w:rsidR="001373D8" w:rsidRPr="00735F6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>way</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735F6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> such funds were managed or expended, identification of involved parties, and receipts for expenditures exceeding $25</w:t>
+      </w:r>
+      <w:r w:rsidR="001373D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002700E9" w:rsidRDefault="002700E9" w:rsidP="002700E9">
-[...14 lines deleted...]
-    <w:p w:rsidR="00735F6E" w:rsidRDefault="00941F7B" w:rsidP="00941F7B">
+    <w:p w14:paraId="7175A29E" w14:textId="7BDE66A0" w:rsidR="00735F6E" w:rsidRDefault="00941F7B" w:rsidP="00FE7197">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="35"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="0" w:line="315" w:lineRule="atLeast"/>
-        <w:ind w:right="100"/>
+        <w:spacing w:after="0" w:line="315" w:lineRule="atLeast"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00735F6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The</w:t>
       </w:r>
       <w:r w:rsidR="00564C15" w:rsidRPr="00735F6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00735F6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
@@ -22278,680 +27153,922 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> other legal representative,</w:t>
       </w:r>
       <w:r w:rsidR="00564C15" w:rsidRPr="00735F6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> if applicable,</w:t>
       </w:r>
       <w:r w:rsidR="001920C1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00735F6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>or the State Agency may inspect such records and may demand an accounting at any time;</w:t>
+        <w:t xml:space="preserve">or the </w:t>
+      </w:r>
+      <w:r w:rsidR="0036015B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735F6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tate </w:t>
+      </w:r>
+      <w:r w:rsidR="0036015B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735F6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gency may inspect such records and may demand an accounting at any time</w:t>
+      </w:r>
+      <w:r w:rsidR="001373D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002700E9" w:rsidRDefault="002700E9" w:rsidP="002700E9">
-[...14 lines deleted...]
-    <w:p w:rsidR="00735F6E" w:rsidRDefault="00941F7B" w:rsidP="00941F7B">
+    <w:p w14:paraId="34D31F64" w14:textId="0E88437C" w:rsidR="00735F6E" w:rsidRDefault="00941F7B" w:rsidP="00FE7197">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="35"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="0" w:line="315" w:lineRule="atLeast"/>
-        <w:ind w:right="100"/>
+        <w:spacing w:after="0" w:line="315" w:lineRule="atLeast"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00735F6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Funds held by the provider pursuant to a shared or delegated money management plan shall be treated as the property of the participant for the purpose of collecting</w:t>
+        <w:t xml:space="preserve">Funds held by the provider </w:t>
+      </w:r>
+      <w:r w:rsidR="001373D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>under</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735F6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a shared or delegated money management plan </w:t>
+      </w:r>
+      <w:r w:rsidR="00E01626">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidR="00E01626" w:rsidRPr="00735F6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735F6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>be treated as the property of the participant for the purpose of collecting</w:t>
       </w:r>
       <w:r w:rsidR="00735F6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> room and board</w:t>
       </w:r>
       <w:r w:rsidR="001920C1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. The participant and LAR, if applicable</w:t>
       </w:r>
       <w:r w:rsidRPr="00735F6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>, shall be informed of any room and board charges before services begin and following any change in the cost of services. These charges shall be treated as any other significant debt of the</w:t>
+        <w:t xml:space="preserve">, shall be informed of any room and board charges before services begin and following any change in the cost of services. These charges </w:t>
+      </w:r>
+      <w:r w:rsidR="0046790C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidR="0046790C" w:rsidRPr="00735F6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735F6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>be treated as any other significant debt of the</w:t>
       </w:r>
       <w:r w:rsidR="001920C1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00735F6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant, to be collected only after an appropriate explanation and written billing, including notice of means available to contest the charges for</w:t>
       </w:r>
       <w:r w:rsidR="001920C1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> room and board</w:t>
       </w:r>
       <w:r w:rsidRPr="00735F6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>. A copy of this billing shall be entered into the participant</w:t>
+        <w:t xml:space="preserve">. A copy of this billing </w:t>
+      </w:r>
+      <w:r w:rsidR="0046790C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidR="0046790C" w:rsidRPr="00735F6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735F6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>be entered into the participant</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00735F6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>s record;</w:t>
+        <w:t>s record</w:t>
+      </w:r>
+      <w:r w:rsidR="001373D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002700E9" w:rsidRDefault="002700E9" w:rsidP="002700E9">
-[...14 lines deleted...]
-    <w:p w:rsidR="00735F6E" w:rsidRDefault="00941F7B" w:rsidP="00941F7B">
+    <w:p w14:paraId="0C920FB4" w14:textId="266EE5CA" w:rsidR="00735F6E" w:rsidRDefault="00941F7B" w:rsidP="00FE7197">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="35"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="0" w:line="315" w:lineRule="atLeast"/>
-        <w:ind w:right="100"/>
+        <w:spacing w:after="0" w:line="315" w:lineRule="atLeast"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00735F6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Any arrangements made for a participant to move from one provider or location to another shall include provisions for transferring shared or delegated financial management responsibilities to the</w:t>
       </w:r>
       <w:r w:rsidR="00873A96">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> receiving provider or location;</w:t>
+        <w:t xml:space="preserve"> receiving provider or location</w:t>
+      </w:r>
+      <w:r w:rsidR="001373D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002700E9" w:rsidRDefault="002700E9" w:rsidP="002700E9">
-[...14 lines deleted...]
-    <w:p w:rsidR="00735F6E" w:rsidRDefault="00941F7B" w:rsidP="00941F7B">
+    <w:p w14:paraId="435B9CBD" w14:textId="1C919FE6" w:rsidR="00735F6E" w:rsidRDefault="00941F7B" w:rsidP="00FE7197">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="35"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="0" w:line="315" w:lineRule="atLeast"/>
-        <w:ind w:right="100"/>
+        <w:spacing w:after="0" w:line="315" w:lineRule="atLeast"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00735F6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>The provider shall consider, as part of the ISP process, alternatives to involvement by persons affiliated with the provider. Such alternatives may include family members, outside representative payees, durable powers of attorney, conservators, and guardian</w:t>
+        <w:t xml:space="preserve">The provider </w:t>
+      </w:r>
+      <w:r w:rsidR="0046790C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidR="0046790C" w:rsidRPr="00735F6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735F6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">consider, as part of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735F6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> process, alternatives to involvement by persons affiliated with the provider. Such alternatives may include family members, outside representative payees, durable powers of attorney, conservators, and guardian</w:t>
       </w:r>
       <w:r w:rsidR="00D814BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>ship;</w:t>
+        <w:t>ship</w:t>
+      </w:r>
+      <w:r w:rsidR="001373D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002700E9" w:rsidRDefault="002700E9" w:rsidP="002700E9">
-[...14 lines deleted...]
-    <w:p w:rsidR="00735F6E" w:rsidRDefault="00941F7B" w:rsidP="00941F7B">
+    <w:p w14:paraId="002387C0" w14:textId="19B008B5" w:rsidR="00735F6E" w:rsidRDefault="00941F7B" w:rsidP="00FE7197">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="35"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="0" w:line="315" w:lineRule="atLeast"/>
-        <w:ind w:right="100"/>
+        <w:spacing w:after="0" w:line="315" w:lineRule="atLeast"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00735F6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>The participant shall be informed of all proposed expenditures, and any expression of preference shall be honored if possible; and</w:t>
+        <w:t xml:space="preserve">The participant </w:t>
+      </w:r>
+      <w:r w:rsidR="0046790C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidR="0046790C" w:rsidRPr="00735F6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735F6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>be informed of all proposed expenditures, and any expression of preference shall be honored if possible</w:t>
+      </w:r>
+      <w:r w:rsidR="001373D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002700E9" w:rsidRDefault="002700E9" w:rsidP="002700E9">
-[...14 lines deleted...]
-    <w:p w:rsidR="00735F6E" w:rsidRDefault="00941F7B" w:rsidP="00941F7B">
+    <w:p w14:paraId="32A93FDB" w14:textId="7D959A3A" w:rsidR="00735F6E" w:rsidRDefault="00941F7B" w:rsidP="00FE7197">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="35"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="0" w:line="315" w:lineRule="atLeast"/>
-        <w:ind w:right="100"/>
+        <w:spacing w:after="0" w:line="315" w:lineRule="atLeast"/>
+        <w:ind w:right="101"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00735F6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Expenditures shall be made only for purposes which directly benefit the </w:t>
+        <w:t xml:space="preserve">Expenditures </w:t>
+      </w:r>
+      <w:r w:rsidR="0046790C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidR="0046790C" w:rsidRPr="00735F6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735F6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">be made only for purposes </w:t>
+      </w:r>
+      <w:r w:rsidR="0046790C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:r w:rsidR="0046790C" w:rsidRPr="00735F6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735F6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">directly benefit the </w:t>
       </w:r>
       <w:r w:rsidR="00814B37" w:rsidRPr="00735F6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidRPr="00735F6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>, in accordance with his or her interests and desires.</w:t>
+        <w:t xml:space="preserve">, in accordance with </w:t>
+      </w:r>
+      <w:r w:rsidR="008536B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>their</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735F6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> interests and desires.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002700E9" w:rsidRDefault="002700E9" w:rsidP="002700E9">
-[...14 lines deleted...]
-    <w:p w:rsidR="00735F6E" w:rsidRDefault="00941F7B" w:rsidP="00BB51D4">
+    <w:p w14:paraId="79C05BA9" w14:textId="6F4AA9F0" w:rsidR="00735F6E" w:rsidRDefault="00941F7B" w:rsidP="001373D8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="0" w:line="315" w:lineRule="atLeast"/>
-        <w:ind w:left="2160" w:right="100" w:hanging="360"/>
+        <w:spacing w:after="0" w:line="315" w:lineRule="atLeast"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00735F6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>With the assistance of the</w:t>
       </w:r>
       <w:r w:rsidR="00735F6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="0036015B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
       <w:r w:rsidR="00D814BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>State Agency</w:t>
+        <w:t xml:space="preserve">tate </w:t>
+      </w:r>
+      <w:r w:rsidR="0036015B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00D814BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gency</w:t>
       </w:r>
       <w:r w:rsidRPr="00735F6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>, every provider shall develop procedures to assist</w:t>
+        <w:t xml:space="preserve">, every provider </w:t>
+      </w:r>
+      <w:r w:rsidR="0046790C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidR="0046790C" w:rsidRPr="00735F6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735F6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>develop procedures to assist</w:t>
       </w:r>
       <w:r w:rsidR="00735F6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00735F6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>parti</w:t>
       </w:r>
       <w:r w:rsidR="00735F6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ci</w:t>
       </w:r>
       <w:r w:rsidRPr="00735F6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pants and their LARs</w:t>
       </w:r>
       <w:r w:rsidR="00D814BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, if applicable,</w:t>
       </w:r>
       <w:r w:rsidRPr="00735F6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in determining eligibility and applying for financial benefits.</w:t>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735F6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>determining eligibility and applying for financial benefits.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002700E9" w:rsidRDefault="002700E9" w:rsidP="00BB51D4">
-[...14 lines deleted...]
-    <w:p w:rsidR="00941F7B" w:rsidRDefault="00941F7B" w:rsidP="00BB51D4">
+    <w:p w14:paraId="2698B05A" w14:textId="67F453BA" w:rsidR="00941F7B" w:rsidRDefault="00941F7B" w:rsidP="001373D8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="0" w:line="315" w:lineRule="atLeast"/>
-        <w:ind w:left="2160" w:right="100" w:hanging="360"/>
+        <w:spacing w:after="0" w:line="315" w:lineRule="atLeast"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00735F6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Where a provider has shared or delegated money management responsibilities, it is required to have written procedures for </w:t>
       </w:r>
       <w:r w:rsidR="00735F6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>implementing the State Agency</w:t>
+        <w:t xml:space="preserve">implementing the </w:t>
+      </w:r>
+      <w:r w:rsidR="0036015B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00735F6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tate </w:t>
+      </w:r>
+      <w:r w:rsidR="0036015B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00735F6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gency</w:t>
       </w:r>
       <w:r w:rsidR="00453FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00735F6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00735F6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> regulations and policies regarding participant funds and for maintaining accurate financial accounts of such funds.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002700E9" w:rsidRPr="002700E9" w:rsidRDefault="002700E9" w:rsidP="00BB51D4">
-[...14 lines deleted...]
-    <w:p w:rsidR="00FE2177" w:rsidRDefault="00C834D0" w:rsidP="006E3597">
+    <w:p w14:paraId="30355663" w14:textId="77777777" w:rsidR="00FE2177" w:rsidRDefault="00C834D0" w:rsidP="009C7AD8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="0" w:line="315" w:lineRule="atLeast"/>
+        <w:spacing w:before="120" w:after="120" w:line="315" w:lineRule="atLeast"/>
         <w:ind w:right="100"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Participant Share</w:t>
       </w:r>
       <w:r w:rsidR="00FE2177">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> for Room and Board</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00865C1D" w:rsidRDefault="00865C1D" w:rsidP="00865C1D">
-[...14 lines deleted...]
-    <w:p w:rsidR="00FE2177" w:rsidRDefault="00FE2177" w:rsidP="00FE2177">
+    <w:p w14:paraId="7478EAAB" w14:textId="1E665A98" w:rsidR="00FE2177" w:rsidRDefault="00FE2177" w:rsidP="002B2180">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="0" w:line="315" w:lineRule="atLeast"/>
-[...16 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:spacing w:after="0" w:line="315" w:lineRule="atLeast"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009066A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>General Requirement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="62BF19C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00914485" w:rsidRPr="62BF19C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Participants living in group homes and shared living settings licensed by </w:t>
       </w:r>
-      <w:r w:rsidR="00873A96">
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> shall make payments in accordance with the applicable Waiver’s requirements.</w:t>
+      <w:r w:rsidR="00873A96" w:rsidRPr="62BF19C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="0036015B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00873A96" w:rsidRPr="62BF19C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tate </w:t>
+      </w:r>
+      <w:r w:rsidR="0036015B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00873A96" w:rsidRPr="62BF19C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>gency</w:t>
+      </w:r>
+      <w:r w:rsidR="00914485" w:rsidRPr="62BF19C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00010E1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidR="00010E1C" w:rsidRPr="62BF19C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00914485" w:rsidRPr="62BF19C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>make payments in accordance with the applicable Waiver’s requirements.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00865C1D" w:rsidRDefault="00865C1D" w:rsidP="00865C1D">
-[...14 lines deleted...]
-    <w:p w:rsidR="00FE2177" w:rsidRDefault="00865C1D" w:rsidP="003A5CDF">
+    <w:p w14:paraId="0150FECE" w14:textId="06EB7FFE" w:rsidR="00FE2177" w:rsidRDefault="00865C1D" w:rsidP="002B2180">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="0" w:line="315" w:lineRule="atLeast"/>
-[...5 lines deleted...]
-      </w:pPr>
+        <w:spacing w:after="0" w:line="315" w:lineRule="atLeast"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009066A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Specific Share Amount</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Specific Share Amount. Absent a determination of a specified hardship exemption, as provided below, p</w:t>
+        <w:t>. Absent a determination of a specified hardship exemption, as provided below, p</w:t>
       </w:r>
       <w:r w:rsidR="00FE2177">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">articipants must contribute </w:t>
       </w:r>
       <w:r w:rsidR="00070D33">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">75% of their monthly recurrent income </w:t>
       </w:r>
       <w:r w:rsidR="00FE2177">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>to the room and board of group homes and shared living settings</w:t>
       </w:r>
       <w:r w:rsidR="003A5CDF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -23001,1154 +28118,1601 @@
         </w:rPr>
         <w:t>for the</w:t>
       </w:r>
       <w:r w:rsidR="003A5CDF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> participant</w:t>
       </w:r>
       <w:r w:rsidR="003E0E75">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s’</w:t>
       </w:r>
       <w:r w:rsidR="003A5CDF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> personal needs’ expenses.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00865C1D" w:rsidRDefault="00865C1D" w:rsidP="00865C1D">
-[...14 lines deleted...]
-    <w:p w:rsidR="00FE2177" w:rsidRDefault="00865C1D" w:rsidP="00865C1D">
+    <w:p w14:paraId="449A0A8F" w14:textId="77777777" w:rsidR="00FE2177" w:rsidRDefault="00865C1D" w:rsidP="002B2180">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="0" w:line="315" w:lineRule="atLeast"/>
-[...5 lines deleted...]
-      </w:pPr>
+        <w:spacing w:after="0" w:line="315" w:lineRule="atLeast"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009066A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Payment</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Payment. P</w:t>
+        <w:t>. P</w:t>
       </w:r>
       <w:r w:rsidR="0009180B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>articipant p</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ayment</w:t>
       </w:r>
       <w:r w:rsidR="0009180B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> for room and board </w:t>
       </w:r>
       <w:r w:rsidR="0009180B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>are made</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> directly to </w:t>
+        <w:t xml:space="preserve"> directly to the </w:t>
+      </w:r>
+      <w:r w:rsidR="0009180B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Waiver </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...13 lines deleted...]
-        </w:rPr>
         <w:t>provider.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00865C1D" w:rsidRDefault="00865C1D" w:rsidP="00865C1D">
-[...14 lines deleted...]
-    <w:p w:rsidR="002035EE" w:rsidRDefault="00865C1D" w:rsidP="002035EE">
+    <w:p w14:paraId="12761D15" w14:textId="2C90FD17" w:rsidR="008C58E9" w:rsidRPr="0036015B" w:rsidRDefault="00865C1D" w:rsidP="002B2180">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="0" w:line="315" w:lineRule="atLeast"/>
-[...5 lines deleted...]
-      </w:pPr>
+        <w:spacing w:after="0" w:line="315" w:lineRule="atLeast"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009066A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Hardship Exemption</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Hardship Exemption. </w:t>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="002035EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">For a participant who has necessary expenses but does not have sufficient funds in their monthly personal needs amount to pay for these expenses in a particular month, the monthly participant share for room and board may be reduced by an amount that will enable the individual to pay such expenses. The participant, the service coordinator, and those involved in the ISP development </w:t>
+        <w:t xml:space="preserve">For a participant who has necessary expenses but does not have sufficient funds in their monthly personal needs amount to pay for these expenses in a particular month, the monthly participant share for room and board may be reduced by an amount that will enable the individual to pay such expenses. The participant, the service coordinator, and those involved in the </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidR="002035EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> development </w:t>
       </w:r>
       <w:r w:rsidR="005206F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">may </w:t>
       </w:r>
       <w:r w:rsidR="00070D33">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">discuss the basis for such an exemption, and </w:t>
       </w:r>
       <w:r w:rsidR="005206F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">may </w:t>
       </w:r>
       <w:r w:rsidR="00070D33">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">assist the participant in submitting a request for exemption.  A decision regarding the amount and duration of any hardship exemption will be made by </w:t>
+        <w:t xml:space="preserve">assist the participant in submitting a request for exemption. A decision regarding the amount and duration of any hardship exemption will be made by </w:t>
       </w:r>
       <w:r w:rsidR="00F2078E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidR="00070D33">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F2078E">
-[...4 lines deleted...]
-        <w:t>S</w:t>
+      <w:r w:rsidR="00B34A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00070D33">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">tate </w:t>
       </w:r>
-      <w:r w:rsidR="00F2078E">
+      <w:r w:rsidR="00B34A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00070D33">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">gency </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC1B8D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and communicated to the participant</w:t>
+      </w:r>
+      <w:r w:rsidR="006205C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in writing within 30 days of receiving the request</w:t>
+      </w:r>
+      <w:r w:rsidR="002035EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="005206F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidR="00070D33">
-[...12 lines deleted...]
-      </w:r>
       <w:r w:rsidR="006205C4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in writing within 30 days of receiving the request</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF356F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hardship exemption </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF3FA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>may</w:t>
+      </w:r>
+      <w:r w:rsidR="006205C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be provided by the </w:t>
+      </w:r>
+      <w:r w:rsidR="00B34A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="006205C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tate </w:t>
+      </w:r>
+      <w:r w:rsidR="00B34A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="006205C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">gency without the </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
+      </w:r>
+      <w:r w:rsidR="006205C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> team authorizing </w:t>
+      </w:r>
+      <w:r w:rsidR="008F07FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the request for</w:t>
+      </w:r>
+      <w:r w:rsidR="006205C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> exemption. </w:t>
       </w:r>
       <w:r w:rsidR="002035EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...54 lines deleted...]
-        </w:rPr>
         <w:t>Necessary expenses may include but are not limited to: legal obligations such as alimony and child support; and medical expenses.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008C58E9" w:rsidRPr="00FF3FA4" w:rsidRDefault="008C58E9" w:rsidP="00FF3FA4">
-[...8 lines deleted...]
-    <w:p w:rsidR="008C58E9" w:rsidRPr="002035EE" w:rsidRDefault="008C58E9" w:rsidP="002035EE">
+    <w:p w14:paraId="21E33851" w14:textId="57AE3D2D" w:rsidR="002035EE" w:rsidRPr="0036015B" w:rsidRDefault="008C58E9" w:rsidP="002B2180">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="0" w:line="315" w:lineRule="atLeast"/>
-[...5 lines deleted...]
-      </w:pPr>
+        <w:spacing w:after="0" w:line="315" w:lineRule="atLeast"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009066A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Assisted Living Residences</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Assisted Living Residences. Participants living in assisted living residences shall be responsible for the full room and board payment.</w:t>
+        <w:t xml:space="preserve">. Participants living in assisted living residences </w:t>
+      </w:r>
+      <w:r w:rsidR="00010E1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> responsible for the full room and board paymen</w:t>
+      </w:r>
+      <w:r w:rsidR="001B6EF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>t.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002035EE" w:rsidRPr="002035EE" w:rsidRDefault="0009180B" w:rsidP="0009180B">
-[...24 lines deleted...]
-    <w:p w:rsidR="007B2431" w:rsidRPr="007C03D7" w:rsidRDefault="00D814BB" w:rsidP="007C03D7">
+    <w:p w14:paraId="474ABEFE" w14:textId="26460E6D" w:rsidR="002E02D7" w:rsidRPr="0029278D" w:rsidRDefault="00D814BB" w:rsidP="0036015B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="0" w:line="315" w:lineRule="atLeast"/>
+        <w:spacing w:before="120" w:after="120" w:line="315" w:lineRule="atLeast"/>
         <w:ind w:right="100"/>
-        <w:rPr>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00D814BB">
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0029278D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>No Restraints</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D814BB">
+      <w:r w:rsidRPr="0029278D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="008E01DD">
+      <w:r w:rsidR="008E01DD" w:rsidRPr="0029278D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The use of restraints is not allowed in the Waivers. The application of any restraint or use of a restraint by providers must be reported by the provider as an incident in the Home and Community Services Information System (HCSIS) and to the DPPC.</w:t>
       </w:r>
-      <w:r w:rsidR="007C03D7">
-[...21 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="007C03D7" w:rsidRPr="0029278D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002E02D7" w:rsidRPr="002E02D7" w:rsidRDefault="002E02D7" w:rsidP="002E02D7">
-[...14 lines deleted...]
-    <w:p w:rsidR="0009180B" w:rsidRDefault="00C834D0" w:rsidP="00DE0031">
+    <w:p w14:paraId="782F9873" w14:textId="0CB969FC" w:rsidR="0009180B" w:rsidRPr="0036015B" w:rsidRDefault="00C834D0" w:rsidP="0036015B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="0" w:line="315" w:lineRule="atLeast"/>
+        <w:spacing w:before="120" w:after="120" w:line="315" w:lineRule="atLeast"/>
         <w:ind w:right="100"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Medication</w:t>
       </w:r>
       <w:r w:rsidR="00DE0031">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0009180B" w:rsidRDefault="0009180B" w:rsidP="0009180B">
-[...14 lines deleted...]
-    <w:p w:rsidR="0009180B" w:rsidRDefault="0009180B" w:rsidP="0009180B">
+    <w:p w14:paraId="54F8721B" w14:textId="526DDDE2" w:rsidR="0009180B" w:rsidRDefault="0009180B" w:rsidP="00052C31">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="0" w:line="315" w:lineRule="atLeast"/>
-        <w:ind w:right="100"/>
+        <w:spacing w:after="0" w:line="315" w:lineRule="atLeast"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Medication shall not be used by Waiver providers as </w:t>
+        <w:t xml:space="preserve">Medication </w:t>
+      </w:r>
+      <w:r w:rsidR="00010E1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">may </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">not be used by Waiver providers as </w:t>
       </w:r>
       <w:r w:rsidR="007B2431">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>punishment,</w:t>
       </w:r>
       <w:r w:rsidR="007B2431">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008E01DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">for </w:t>
       </w:r>
       <w:r w:rsidR="007B2431">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>restraint,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> or in quantities that interfere with the Waiver participant’s habilitation.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0009180B" w:rsidRDefault="0009180B" w:rsidP="0009180B">
-[...14 lines deleted...]
-    <w:p w:rsidR="0009180B" w:rsidRDefault="0009180B" w:rsidP="0009180B">
+    <w:p w14:paraId="24F2546D" w14:textId="5BE60E93" w:rsidR="0009180B" w:rsidRDefault="0009180B" w:rsidP="00052C31">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="0" w:line="315" w:lineRule="atLeast"/>
-        <w:ind w:right="100"/>
+        <w:spacing w:after="0" w:line="315" w:lineRule="atLeast"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Medication shall not be used by Waiver providers for the convenience of staff or as a substitute for programming.</w:t>
+        <w:t xml:space="preserve">Medication </w:t>
+      </w:r>
+      <w:r w:rsidR="00010E1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">may </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>not be used by Waiver providers for the convenience of staff or as a substitute for programming.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0009180B" w:rsidRDefault="0009180B" w:rsidP="0009180B">
-[...14 lines deleted...]
-    <w:p w:rsidR="0041282B" w:rsidRPr="0041282B" w:rsidRDefault="00DE0031" w:rsidP="0041282B">
+    <w:p w14:paraId="5B9893CC" w14:textId="721E90E5" w:rsidR="0041282B" w:rsidRPr="0041282B" w:rsidRDefault="00DE0031" w:rsidP="00FE7197">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="0" w:line="315" w:lineRule="atLeast"/>
-        <w:ind w:right="100"/>
+        <w:spacing w:after="0" w:line="315" w:lineRule="atLeast"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0009180B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="00BA5B8D" w:rsidRPr="0009180B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>administration</w:t>
       </w:r>
       <w:r w:rsidRPr="0009180B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> of medication</w:t>
       </w:r>
       <w:r w:rsidR="00BA5B8D" w:rsidRPr="0009180B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">s for participants who are not self-medicating is governed by regulations promulgated by the Department of Public Health at 105 CMR 700. These regulations establish the training and certification requirements for non-licensed staff as well as </w:t>
+        <w:t>s for participants who are not self-medicating is governed by regulations promulgated by the Department of Public Health at 105 CMR 700</w:t>
+      </w:r>
+      <w:r w:rsidR="0045710E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.000</w:t>
+      </w:r>
+      <w:r w:rsidR="002B095B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="002B095B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Implementation of M.G.L. c. 94C.</w:t>
       </w:r>
       <w:r w:rsidR="00BA5B8D" w:rsidRPr="0009180B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>safety, storage, and documentation requirements regarding medica</w:t>
+        <w:t>. These regulations establish the training and certification requirements for non-licensed staff as well as safety, storage, and documentation requirements regarding medica</w:t>
       </w:r>
       <w:r w:rsidR="002D5A49" w:rsidRPr="0009180B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>tion orders and administration.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0041282B" w:rsidRPr="0041282B" w:rsidRDefault="0041282B" w:rsidP="0041282B">
-[...14 lines deleted...]
-    <w:p w:rsidR="00296ED3" w:rsidRPr="008E01DD" w:rsidRDefault="00703006" w:rsidP="008E01DD">
+    <w:p w14:paraId="277F0DB6" w14:textId="514A2BE8" w:rsidR="00296ED3" w:rsidRPr="008E01DD" w:rsidRDefault="00E428B3" w:rsidP="00052C31">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="0" w:line="315" w:lineRule="atLeast"/>
-        <w:ind w:right="100"/>
+        <w:spacing w:after="0" w:line="315" w:lineRule="atLeast"/>
+        <w:ind w:left="2160" w:right="101" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E01DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E428B3" w:rsidRPr="008E01DD">
+        <w:t>Participants</w:t>
+      </w:r>
+      <w:r w:rsidR="008E01DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Participants</w:t>
+        <w:t xml:space="preserve"> whose </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5463">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PCP</w:t>
       </w:r>
       <w:r w:rsidR="008E01DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> whose ISP teams determined that they may be </w:t>
+        <w:t xml:space="preserve"> teams determined that they may be </w:t>
       </w:r>
       <w:r w:rsidR="00296ED3" w:rsidRPr="008E01DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>capable of benefiting from training to obtain or enhance self-medication skills shall receive such training</w:t>
       </w:r>
       <w:r w:rsidR="008E01DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00296ED3" w:rsidRDefault="00296ED3" w:rsidP="00296ED3">
-[...14 lines deleted...]
-    <w:p w:rsidR="00296ED3" w:rsidRPr="00941F7B" w:rsidRDefault="00DE0031" w:rsidP="00012A3B">
+    <w:p w14:paraId="6C77662E" w14:textId="4CBD902E" w:rsidR="00296ED3" w:rsidRPr="00941F7B" w:rsidRDefault="00DE0031" w:rsidP="009C7AD8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="200" w:after="0" w:line="315" w:lineRule="atLeast"/>
+        <w:spacing w:before="120" w:after="120" w:line="315" w:lineRule="atLeast"/>
         <w:ind w:right="100"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB37F4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Investigations and Reporting Responsibilities</w:t>
       </w:r>
       <w:r w:rsidR="00E126D5" w:rsidRPr="00CB37F4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00FE2177" w:rsidRPr="00CB37F4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Co</w:t>
       </w:r>
       <w:r w:rsidR="00E126D5" w:rsidRPr="00CB37F4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">mplaints </w:t>
       </w:r>
       <w:r w:rsidR="008E01DD" w:rsidRPr="00CB37F4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">of abuse or mistreatment </w:t>
       </w:r>
+      <w:r w:rsidR="002B095B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>will</w:t>
+      </w:r>
+      <w:r w:rsidR="002B095B" w:rsidRPr="00CB37F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00E126D5" w:rsidRPr="00CB37F4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">shall be investigated pursuant to </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>be investigated pursuant to 118 CMR 1</w:t>
+      </w:r>
+      <w:r w:rsidR="009C0F31">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.00</w:t>
+      </w:r>
+      <w:r w:rsidR="002B095B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="002B095B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Scope and Authority</w:t>
+      </w:r>
       <w:r w:rsidR="00E126D5" w:rsidRPr="00CB37F4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">118 CMR 1 </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E126D5" w:rsidRPr="00CB37F4">
+        <w:t xml:space="preserve"> or 115 CMR 9</w:t>
+      </w:r>
+      <w:r w:rsidR="009C0F31">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.00</w:t>
+      </w:r>
+      <w:r w:rsidR="002B095B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="002B095B" w:rsidRPr="0008133D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
-          <w:szCs w:val="24"/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> or 115 CMR 9</w:t>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Labor</w:t>
       </w:r>
       <w:r w:rsidR="00E428B3" w:rsidRPr="00CB37F4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, as appropriate</w:t>
       </w:r>
       <w:r w:rsidR="00CB37F4" w:rsidRPr="00CB37F4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00BA5B8D" w:rsidRPr="00CB37F4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CB37F4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Provider employees are mandated to file a complaint with DPPC when he or she has reasonable cause to believe that abuse or mistreatment of a participant has occurred. If a participant asks a provider employee for assistance, such employee shall direct the participant to an appropriate employee to assist in filing a complaint with DPPC.</w:t>
+        <w:t xml:space="preserve">Provider employees are mandated to file a complaint with DPPC when </w:t>
+      </w:r>
+      <w:r w:rsidR="007C3396">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>they have</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB37F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> reasonable cause to believe that abuse or mistreatment of a participant has occurred. If a participant asks a provider employee for assistance, </w:t>
+      </w:r>
+      <w:r w:rsidR="00010E1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">that </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB37F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">employee </w:t>
+      </w:r>
+      <w:r w:rsidR="00010E1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">must </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB37F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>direct the participant to an appropriate employee to assist in filing a complaint with DPPC.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00296ED3" w:rsidRPr="00941F7B">
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId11"/>
+    <w:sectPr w:rsidR="00296ED3" w:rsidRPr="00941F7B" w:rsidSect="0013638F">
+      <w:headerReference w:type="default" r:id="rId14"/>
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="1440" w:right="1296" w:bottom="1440" w:left="1296" w:header="720" w:footer="288" w:gutter="0"/>
+      <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00A95DC9" w:rsidRDefault="00A95DC9" w:rsidP="006F07AA">
+    <w:p w14:paraId="69920A2D" w14:textId="77777777" w:rsidR="00FA58FA" w:rsidRDefault="00FA58FA" w:rsidP="006F07AA">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00A95DC9" w:rsidRDefault="00A95DC9" w:rsidP="006F07AA">
+    <w:p w14:paraId="059A2BEE" w14:textId="77777777" w:rsidR="00FA58FA" w:rsidRDefault="00FA58FA" w:rsidP="006F07AA">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="786F1CEE" w14:textId="77777777" w:rsidR="00FA58FA" w:rsidRDefault="00FA58FA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
-      <w:id w:val="-771627716"/>
+      <w:id w:val="-445319730"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr>
-[...4 lines deleted...]
-    </w:sdtEndPr>
+    <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w:rsidR="0041282B" w:rsidRPr="00EF2D9F" w:rsidRDefault="0041282B">
-[...39 lines deleted...]
-      </w:p>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1705238520"/>
+          <w:docPartObj>
+            <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
+            <w:docPartUnique/>
+          </w:docPartObj>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:p w14:paraId="58FB660E" w14:textId="6F8B83FB" w:rsidR="0013638F" w:rsidRDefault="0013638F">
+            <w:pPr>
+              <w:pStyle w:val="Footer"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0013638F">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Page </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0013638F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="0013638F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGE </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="0013638F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="0013638F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0013638F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="0013638F">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 24</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="0016706F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>December 2025</w:t>
+            </w:r>
+          </w:p>
+        </w:sdtContent>
+      </w:sdt>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="0041282B" w:rsidRDefault="00F34354" w:rsidP="00F34354">
+  <w:p w14:paraId="0E8A0AAD" w14:textId="71299D64" w:rsidR="0041282B" w:rsidRPr="0016706F" w:rsidRDefault="0041282B" w:rsidP="00F34354">
     <w:pPr>
       <w:contextualSpacing/>
       <w:jc w:val="right"/>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00F34354">
-[...4 lines deleted...]
-    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00A95DC9" w:rsidRDefault="00A95DC9" w:rsidP="006F07AA">
+    <w:p w14:paraId="46082F7D" w14:textId="77777777" w:rsidR="00FA58FA" w:rsidRDefault="00FA58FA" w:rsidP="006F07AA">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00A95DC9" w:rsidRDefault="00A95DC9" w:rsidP="006F07AA">
+    <w:p w14:paraId="3C240410" w14:textId="77777777" w:rsidR="00FA58FA" w:rsidRDefault="00FA58FA" w:rsidP="006F07AA">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="7D9E26D6" w14:textId="77777777" w:rsidR="00FA58FA" w:rsidRDefault="00FA58FA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="009376B6" w:rsidRDefault="0041282B" w:rsidP="00BC129A">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2FAE558D" w14:textId="1C06BCAC" w:rsidR="009376B6" w:rsidRDefault="009376B6" w:rsidP="00BC129A">
+    <w:pPr>
+      <w:contextualSpacing/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b/>
+        <w:u w:val="single"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="10A22C0E" w14:textId="77777777" w:rsidR="0006545F" w:rsidRDefault="0006545F" w:rsidP="00BC129A">
     <w:pPr>
       <w:contextualSpacing/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:u w:val="single"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:u w:val="single"/>
       </w:rPr>
       <w:t>Policy for ABI-RH and MFP-RS Waivers</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="01C335FE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="868AFF96"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7560" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="8280" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="05651561"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DC5409C4"/>
+    <w:lvl w:ilvl="0" w:tplc="F4F298CA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="1014100A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="A298411C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="37A05D4A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="3844D4F2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="D9DC7256">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="C150B8BA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="6D76AF34">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="EC32F8E6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="05AA0BA5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C8E45FC4"/>
+    <w:lvl w:ilvl="0" w:tplc="4990A140">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="96CA3A1C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="98A44E1E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="5D6EBDD4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="F18AE578">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="B0229F52">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="BF0CAEA4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="3EE64A1A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="22486D94">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07F568B7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="13C83D5A"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="820" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1540" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -24217,51 +29781,567 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5860" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6580" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="087E0279"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="19041B7C"/>
+    <w:lvl w:ilvl="0" w:tplc="E6C6ED22">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="EDDEED06">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="8A14CAFA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="735C05CC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="A6268186">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="64463BF2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="135E3994">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="6D3E428E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="C0004C26">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="08DA3680"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2A40551C"/>
+    <w:lvl w:ilvl="0" w:tplc="649AD494">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3780" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="BC98A05A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3780" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="319A3EBC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3780" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="100C2238">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3780" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="38E879A0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3780" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="7850139A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3780" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="7F880A94">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3780" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="162E5D76">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3780" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="E2EC0BDE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3780" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0F1831B6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9582072C"/>
+    <w:lvl w:ilvl="0" w:tplc="866073FC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FA9A7A08">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="E66076B2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFA05ADE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="62B2B9B0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="2A86C87E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="054A4F66">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="5B08BCE4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="F94EBEB4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="12993278"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AFF242D4"/>
+    <w:lvl w:ilvl="0" w:tplc="1284D846">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="8C681454">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="5A083B42">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="A2BA32F6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="8C983FC0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="094862B2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="C54218EA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="12CA1124">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="108E64AE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="150B6F82"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3A2AB9E2"/>
+    <w:lvl w:ilvl="0" w:tplc="A6F0D14E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="3804459E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0F30F7E0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FB84A23C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="8174D9BA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="43544956">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="E4E6DB6E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="8E20084C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="9D8EDC98">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="16C7744E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5F0EF250"/>
+    <w:lvl w:ilvl="0" w:tplc="80B055CE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3780" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="4A40E0A0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3780" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="11B8FD68">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3780" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="4A4A760C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3780" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="1694746E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3780" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="3DAE9DD0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3780" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="9B4076B6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3780" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="B95C9CE8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3780" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="170ED4BE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3780" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="19DF3AF5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="61D0E6A2"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -24303,51 +30383,223 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7920" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="8640" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1B0F45AD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="93826018"/>
+    <w:lvl w:ilvl="0" w:tplc="0CCC416C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="4BD48D96">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="39EEC72A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="461E5536">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="82D21844">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="2DDCD3B8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="EE1AE264">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="932478F2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="5B7E6A50">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1B2E7848"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="70ECAAD6"/>
+    <w:lvl w:ilvl="0" w:tplc="6D724C14">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="06986E2E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="4C7829FA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="BC3AAC56">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="EB745DFE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="3FC866CC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="F76A22C4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="43DA4F6A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0E7648BE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="28241D60"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2C947B56"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -24389,146 +30641,324 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="293352E7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5952F43C"/>
+    <w:lvl w:ilvl="0" w:tplc="369EBE04">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="1B5ACD34">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="C6A890EA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="D9285E1E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="164CA098">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="858A69EA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="9DFE8752">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="BAC6C534">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="11740104">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2B470F99"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="375417BC"/>
+    <w:lvl w:ilvl="0" w:tplc="EF2E3D4A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="9EDABBC2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="75D4C318">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="1B9EBF94">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0144F270">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="5BC4EC0E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="5D5AC67A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="BA4A5792">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="01265F96">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2F9769BD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="DFE8549C"/>
-    <w:lvl w:ilvl="0" w:tplc="04090015">
+    <w:tmpl w:val="7F7660B6"/>
+    <w:lvl w:ilvl="0" w:tplc="B3EA8C30">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2340" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0409000F">
+    <w:lvl w:ilvl="3" w:tplc="04090001">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%4."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="34BC5A7F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="8B76D308"/>
-    <w:lvl w:ilvl="0" w:tplc="10E0B814">
+    <w:tmpl w:val="7A28AECC"/>
+    <w:lvl w:ilvl="0" w:tplc="6A86F004">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
+      <w:pStyle w:val="Heading2"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
@@ -24567,51 +30997,250 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="37D11779"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="62724398"/>
+    <w:lvl w:ilvl="0" w:tplc="7696F0E4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="EBEA29E8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="026E9502">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="D3E8EB64">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="15326BE6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="E072F9B8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="BEBCA226">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="110424E6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="CD4A2A94">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3B735E5E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="16205256"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4EB37595"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="71E03F7C"/>
     <w:lvl w:ilvl="0" w:tplc="2710E346">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -24656,51 +31285,500 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="54481362"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6A4C4454"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2340" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5A8445AC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3ABC9FF6"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2340" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5FA7428F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6FB03DF8"/>
+    <w:lvl w:ilvl="0" w:tplc="C7884F18">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="AE324A98">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="12861CCC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="16504D9E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="F982909A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="D1C8606C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="70E0D642">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="2578B3B4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="71A2B36C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="608E6BD9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="45CE4212"/>
+    <w:lvl w:ilvl="0" w:tplc="FBC2C36A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="728C08BE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="E0E67872">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="278C7514">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0944C2AA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="8E8650DC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="95A08232">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="48765390">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="10C82066">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="61A70E7B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8BD01C34"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7560" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="8280" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="62064A03"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="42146D70"/>
     <w:lvl w:ilvl="0" w:tplc="2C122ED0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -24745,51 +31823,145 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="691E7A72"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="672ED858"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2340" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="69D673DD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D758FC4C"/>
     <w:lvl w:ilvl="0" w:tplc="F85ED7F2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -24835,51 +32007,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6A981752"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EE5A80C6"/>
     <w:lvl w:ilvl="0" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="9620E03A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B">
@@ -24924,51 +32096,231 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="8280" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6B295DB7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4F746CC2"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2340" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6C8D3F01"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8FBEFBEC"/>
+    <w:lvl w:ilvl="0" w:tplc="5AFCD016">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="61768490">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="155E2E24">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="86E471B2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="2D00D82C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="923EE406">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="749C0CFC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="7A80E752">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="C0F40306">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="72881D75"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="96CE0308"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -25010,51 +32362,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="73FC59A6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E38B278"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -25123,869 +32475,1674 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="787C6DAC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8E98FA78"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2340" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="204493416">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1703507907">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1562056809">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="299117963">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1803576172">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1520587978">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1666936353">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="292978222">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="950207880">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1796295579">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1414739774">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1726295435">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="2014187596">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1005402317">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="305015086">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="509375932">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="889610183">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="734277541">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="153498459">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1501963261">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="955872967">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="1010061382">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="1633510716">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="1204562828">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="1705712408">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="166873096">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="512375069">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="596911017">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="880289549">
+    <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="1909881808">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="964962708">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="2144809715">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="33" w16cid:durableId="536432833">
+    <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="3">
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="34" w16cid:durableId="1243761826">
+    <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="4">
-[...21 lines deleted...]
-    <w:abstractNumId w:val="9"/>
+  <w:num w:numId="35" w16cid:durableId="724913571">
+    <w:abstractNumId w:val="27"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
+    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
+    <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C85710"/>
     <w:rsid w:val="00001DD8"/>
     <w:rsid w:val="00002006"/>
     <w:rsid w:val="00005017"/>
     <w:rsid w:val="00005547"/>
+    <w:rsid w:val="000067C7"/>
+    <w:rsid w:val="00007DE8"/>
+    <w:rsid w:val="00010E1C"/>
     <w:rsid w:val="00012A3B"/>
+    <w:rsid w:val="00014B29"/>
     <w:rsid w:val="000164F9"/>
+    <w:rsid w:val="00020B05"/>
+    <w:rsid w:val="000265A4"/>
     <w:rsid w:val="0003475F"/>
     <w:rsid w:val="00037BE8"/>
     <w:rsid w:val="000458B6"/>
+    <w:rsid w:val="00052C31"/>
     <w:rsid w:val="00053A2F"/>
     <w:rsid w:val="00056734"/>
     <w:rsid w:val="00065096"/>
+    <w:rsid w:val="0006545F"/>
     <w:rsid w:val="0006586E"/>
+    <w:rsid w:val="00065F3A"/>
     <w:rsid w:val="00066164"/>
     <w:rsid w:val="00070D33"/>
     <w:rsid w:val="000739AE"/>
     <w:rsid w:val="000741E2"/>
     <w:rsid w:val="000748B8"/>
     <w:rsid w:val="00075182"/>
+    <w:rsid w:val="00080F0C"/>
+    <w:rsid w:val="0008133D"/>
+    <w:rsid w:val="00081A77"/>
     <w:rsid w:val="0009180B"/>
     <w:rsid w:val="00097CEE"/>
+    <w:rsid w:val="000A01FA"/>
     <w:rsid w:val="000A12EC"/>
+    <w:rsid w:val="000A49D5"/>
     <w:rsid w:val="000A60DF"/>
+    <w:rsid w:val="000B0776"/>
     <w:rsid w:val="000B0808"/>
     <w:rsid w:val="000B24FC"/>
     <w:rsid w:val="000B5456"/>
+    <w:rsid w:val="000B5E57"/>
     <w:rsid w:val="000C0760"/>
     <w:rsid w:val="000D2DA3"/>
     <w:rsid w:val="000D6802"/>
+    <w:rsid w:val="000D7836"/>
     <w:rsid w:val="000F59BE"/>
     <w:rsid w:val="00101E0E"/>
     <w:rsid w:val="00102A64"/>
     <w:rsid w:val="0010306E"/>
+    <w:rsid w:val="00104949"/>
+    <w:rsid w:val="00104E1D"/>
     <w:rsid w:val="001166F9"/>
+    <w:rsid w:val="00117525"/>
     <w:rsid w:val="001178DB"/>
     <w:rsid w:val="001261DA"/>
     <w:rsid w:val="001268AE"/>
     <w:rsid w:val="00130238"/>
     <w:rsid w:val="00130EA4"/>
     <w:rsid w:val="001343EC"/>
+    <w:rsid w:val="0013638F"/>
+    <w:rsid w:val="001373D8"/>
     <w:rsid w:val="00144158"/>
     <w:rsid w:val="00150907"/>
     <w:rsid w:val="0015162E"/>
+    <w:rsid w:val="0016706F"/>
+    <w:rsid w:val="001672C1"/>
     <w:rsid w:val="001676F8"/>
+    <w:rsid w:val="00171F37"/>
     <w:rsid w:val="00172215"/>
+    <w:rsid w:val="00172BC5"/>
     <w:rsid w:val="0017388D"/>
+    <w:rsid w:val="001740B1"/>
+    <w:rsid w:val="00175FE6"/>
     <w:rsid w:val="001768FB"/>
+    <w:rsid w:val="00180EF7"/>
+    <w:rsid w:val="00181291"/>
     <w:rsid w:val="0018131E"/>
     <w:rsid w:val="001813BE"/>
     <w:rsid w:val="00181E7B"/>
+    <w:rsid w:val="00182B44"/>
     <w:rsid w:val="001920C1"/>
     <w:rsid w:val="00193062"/>
     <w:rsid w:val="001A19D1"/>
     <w:rsid w:val="001A7E09"/>
+    <w:rsid w:val="001A7FAD"/>
+    <w:rsid w:val="001B15F6"/>
     <w:rsid w:val="001B2EAC"/>
+    <w:rsid w:val="001B3EFD"/>
+    <w:rsid w:val="001B6EF9"/>
     <w:rsid w:val="001C016D"/>
     <w:rsid w:val="001C1C16"/>
     <w:rsid w:val="001C20A2"/>
     <w:rsid w:val="001C2193"/>
     <w:rsid w:val="001C28AB"/>
     <w:rsid w:val="001C2B74"/>
+    <w:rsid w:val="001C3AA8"/>
+    <w:rsid w:val="001C56F3"/>
+    <w:rsid w:val="001C6C3B"/>
     <w:rsid w:val="001C7308"/>
     <w:rsid w:val="001C763D"/>
     <w:rsid w:val="001D5B75"/>
     <w:rsid w:val="001F0411"/>
+    <w:rsid w:val="001F1980"/>
+    <w:rsid w:val="001F6122"/>
     <w:rsid w:val="001F63BA"/>
+    <w:rsid w:val="002032B1"/>
     <w:rsid w:val="002035EE"/>
+    <w:rsid w:val="0021354C"/>
     <w:rsid w:val="0021484F"/>
+    <w:rsid w:val="002233CD"/>
+    <w:rsid w:val="002240BF"/>
+    <w:rsid w:val="00226EB1"/>
+    <w:rsid w:val="00234B00"/>
     <w:rsid w:val="00235ED7"/>
+    <w:rsid w:val="002372EC"/>
     <w:rsid w:val="00255548"/>
     <w:rsid w:val="0026424E"/>
     <w:rsid w:val="00265C78"/>
     <w:rsid w:val="002700E9"/>
     <w:rsid w:val="00270794"/>
     <w:rsid w:val="0027277E"/>
+    <w:rsid w:val="00275A73"/>
     <w:rsid w:val="00290111"/>
     <w:rsid w:val="002902EB"/>
+    <w:rsid w:val="0029278D"/>
     <w:rsid w:val="00296ED3"/>
+    <w:rsid w:val="002B03BF"/>
+    <w:rsid w:val="002B095B"/>
+    <w:rsid w:val="002B2180"/>
+    <w:rsid w:val="002B2A03"/>
     <w:rsid w:val="002B30CD"/>
     <w:rsid w:val="002B31D9"/>
     <w:rsid w:val="002B515A"/>
+    <w:rsid w:val="002B573D"/>
+    <w:rsid w:val="002C3A24"/>
     <w:rsid w:val="002C47E4"/>
+    <w:rsid w:val="002D1051"/>
     <w:rsid w:val="002D17F3"/>
+    <w:rsid w:val="002D246A"/>
     <w:rsid w:val="002D5A49"/>
     <w:rsid w:val="002D661F"/>
     <w:rsid w:val="002E02D7"/>
     <w:rsid w:val="002E0313"/>
     <w:rsid w:val="002E4B19"/>
+    <w:rsid w:val="002F19BD"/>
     <w:rsid w:val="002F2323"/>
     <w:rsid w:val="002F66AC"/>
+    <w:rsid w:val="00304711"/>
+    <w:rsid w:val="00305B6E"/>
     <w:rsid w:val="0031074C"/>
     <w:rsid w:val="00310D19"/>
     <w:rsid w:val="003120FE"/>
     <w:rsid w:val="00313E42"/>
     <w:rsid w:val="00317991"/>
+    <w:rsid w:val="0032316D"/>
+    <w:rsid w:val="0032388E"/>
     <w:rsid w:val="00323D1F"/>
     <w:rsid w:val="003265E1"/>
     <w:rsid w:val="003278BA"/>
     <w:rsid w:val="00334B01"/>
     <w:rsid w:val="00335EFD"/>
+    <w:rsid w:val="00342093"/>
     <w:rsid w:val="00344140"/>
     <w:rsid w:val="0035358D"/>
     <w:rsid w:val="003554CE"/>
+    <w:rsid w:val="0036015B"/>
     <w:rsid w:val="0036081C"/>
     <w:rsid w:val="00360F43"/>
+    <w:rsid w:val="00362276"/>
     <w:rsid w:val="00363C54"/>
+    <w:rsid w:val="00363E17"/>
     <w:rsid w:val="003669F0"/>
+    <w:rsid w:val="00377F4A"/>
     <w:rsid w:val="003805A5"/>
     <w:rsid w:val="00380774"/>
+    <w:rsid w:val="003863DF"/>
     <w:rsid w:val="00395414"/>
+    <w:rsid w:val="00395D1F"/>
     <w:rsid w:val="00397C3D"/>
+    <w:rsid w:val="003A40E6"/>
     <w:rsid w:val="003A5CDF"/>
+    <w:rsid w:val="003A6BF0"/>
     <w:rsid w:val="003A796E"/>
     <w:rsid w:val="003B49A3"/>
     <w:rsid w:val="003B5420"/>
     <w:rsid w:val="003B5D94"/>
+    <w:rsid w:val="003B7824"/>
     <w:rsid w:val="003C0329"/>
+    <w:rsid w:val="003C1445"/>
     <w:rsid w:val="003C2EE6"/>
     <w:rsid w:val="003C3605"/>
+    <w:rsid w:val="003C4664"/>
     <w:rsid w:val="003C4D00"/>
     <w:rsid w:val="003C5DC0"/>
     <w:rsid w:val="003D02E5"/>
+    <w:rsid w:val="003D3CE5"/>
     <w:rsid w:val="003D5EA3"/>
+    <w:rsid w:val="003D6DCE"/>
     <w:rsid w:val="003E0E75"/>
     <w:rsid w:val="003E6B40"/>
     <w:rsid w:val="003F078B"/>
     <w:rsid w:val="003F07AA"/>
     <w:rsid w:val="003F0D3C"/>
     <w:rsid w:val="003F2598"/>
+    <w:rsid w:val="003F4512"/>
     <w:rsid w:val="003F72D5"/>
     <w:rsid w:val="00404F1B"/>
+    <w:rsid w:val="0040602B"/>
     <w:rsid w:val="0041282B"/>
     <w:rsid w:val="004160BA"/>
     <w:rsid w:val="00420765"/>
     <w:rsid w:val="00421374"/>
     <w:rsid w:val="00423508"/>
     <w:rsid w:val="004242E8"/>
     <w:rsid w:val="00426385"/>
+    <w:rsid w:val="004272D8"/>
+    <w:rsid w:val="00430072"/>
     <w:rsid w:val="0043075E"/>
     <w:rsid w:val="004313C8"/>
     <w:rsid w:val="0043545A"/>
+    <w:rsid w:val="00436B0A"/>
+    <w:rsid w:val="0044417B"/>
     <w:rsid w:val="00445C95"/>
     <w:rsid w:val="00451F5C"/>
     <w:rsid w:val="00453FD6"/>
     <w:rsid w:val="0045525A"/>
+    <w:rsid w:val="0045710E"/>
     <w:rsid w:val="004641B2"/>
+    <w:rsid w:val="00464F43"/>
     <w:rsid w:val="004653EA"/>
     <w:rsid w:val="00465DF2"/>
+    <w:rsid w:val="00466A5E"/>
+    <w:rsid w:val="0046790C"/>
+    <w:rsid w:val="00470C1F"/>
     <w:rsid w:val="00476A44"/>
+    <w:rsid w:val="00477527"/>
     <w:rsid w:val="0048565F"/>
+    <w:rsid w:val="00485B61"/>
+    <w:rsid w:val="0048776D"/>
     <w:rsid w:val="004909E6"/>
+    <w:rsid w:val="004A1A0D"/>
     <w:rsid w:val="004A1E63"/>
+    <w:rsid w:val="004A21D1"/>
     <w:rsid w:val="004A2E6F"/>
     <w:rsid w:val="004A548F"/>
     <w:rsid w:val="004A57C5"/>
+    <w:rsid w:val="004B0680"/>
     <w:rsid w:val="004B0F41"/>
     <w:rsid w:val="004B10BE"/>
+    <w:rsid w:val="004B178F"/>
     <w:rsid w:val="004B7C08"/>
     <w:rsid w:val="004B7D2A"/>
+    <w:rsid w:val="004C4EC2"/>
     <w:rsid w:val="004D3662"/>
     <w:rsid w:val="004D5D69"/>
     <w:rsid w:val="004E31A5"/>
     <w:rsid w:val="004E3BCA"/>
+    <w:rsid w:val="004E770E"/>
     <w:rsid w:val="004F1DA0"/>
     <w:rsid w:val="00500EE1"/>
     <w:rsid w:val="0050375E"/>
     <w:rsid w:val="00504BA9"/>
+    <w:rsid w:val="00505EB4"/>
     <w:rsid w:val="00510DEE"/>
+    <w:rsid w:val="00511B12"/>
+    <w:rsid w:val="00517B21"/>
     <w:rsid w:val="005206F5"/>
     <w:rsid w:val="00522AB3"/>
     <w:rsid w:val="00522B63"/>
     <w:rsid w:val="005232AB"/>
     <w:rsid w:val="00523FF0"/>
     <w:rsid w:val="00527491"/>
+    <w:rsid w:val="00535140"/>
+    <w:rsid w:val="00535B6B"/>
     <w:rsid w:val="00537E1D"/>
+    <w:rsid w:val="005404E1"/>
     <w:rsid w:val="005405A3"/>
+    <w:rsid w:val="0054329B"/>
     <w:rsid w:val="005438B8"/>
+    <w:rsid w:val="00543AE4"/>
+    <w:rsid w:val="00543E51"/>
     <w:rsid w:val="00544908"/>
     <w:rsid w:val="00544E51"/>
+    <w:rsid w:val="00544F2A"/>
     <w:rsid w:val="00551FF1"/>
     <w:rsid w:val="00554A59"/>
+    <w:rsid w:val="005560DE"/>
     <w:rsid w:val="005603BB"/>
     <w:rsid w:val="00560BCE"/>
     <w:rsid w:val="00564C15"/>
     <w:rsid w:val="00565E8B"/>
     <w:rsid w:val="00566156"/>
+    <w:rsid w:val="00572032"/>
     <w:rsid w:val="005727FA"/>
+    <w:rsid w:val="00574D81"/>
     <w:rsid w:val="00575667"/>
+    <w:rsid w:val="005814E2"/>
     <w:rsid w:val="00581F7B"/>
     <w:rsid w:val="0058201C"/>
+    <w:rsid w:val="00586618"/>
     <w:rsid w:val="00595486"/>
     <w:rsid w:val="005A06A5"/>
     <w:rsid w:val="005A373D"/>
     <w:rsid w:val="005B02B1"/>
+    <w:rsid w:val="005B210C"/>
     <w:rsid w:val="005B7437"/>
     <w:rsid w:val="005C4448"/>
+    <w:rsid w:val="005E12DC"/>
     <w:rsid w:val="005E4C40"/>
+    <w:rsid w:val="005E4ECE"/>
     <w:rsid w:val="005E5E6E"/>
+    <w:rsid w:val="005E5F87"/>
     <w:rsid w:val="005F1803"/>
+    <w:rsid w:val="005F294A"/>
     <w:rsid w:val="005F363D"/>
     <w:rsid w:val="005F47CE"/>
+    <w:rsid w:val="005F58D0"/>
     <w:rsid w:val="005F6E53"/>
     <w:rsid w:val="0060091A"/>
+    <w:rsid w:val="006118D7"/>
     <w:rsid w:val="006169C6"/>
     <w:rsid w:val="00617362"/>
     <w:rsid w:val="0061737D"/>
     <w:rsid w:val="006205C4"/>
+    <w:rsid w:val="00625D77"/>
     <w:rsid w:val="00636D98"/>
     <w:rsid w:val="00640B5B"/>
     <w:rsid w:val="0064211C"/>
+    <w:rsid w:val="00646D35"/>
+    <w:rsid w:val="006543AE"/>
     <w:rsid w:val="006547D8"/>
     <w:rsid w:val="00662F3B"/>
+    <w:rsid w:val="00665313"/>
+    <w:rsid w:val="00667762"/>
     <w:rsid w:val="00673FF7"/>
     <w:rsid w:val="00676A3F"/>
     <w:rsid w:val="0068261D"/>
+    <w:rsid w:val="006844F7"/>
     <w:rsid w:val="00686938"/>
     <w:rsid w:val="00687D5E"/>
+    <w:rsid w:val="00691207"/>
     <w:rsid w:val="00691BFE"/>
+    <w:rsid w:val="00692079"/>
     <w:rsid w:val="006955CC"/>
     <w:rsid w:val="006969CA"/>
     <w:rsid w:val="00696FA2"/>
+    <w:rsid w:val="00697BF6"/>
     <w:rsid w:val="006A39B6"/>
+    <w:rsid w:val="006A503A"/>
+    <w:rsid w:val="006B0026"/>
     <w:rsid w:val="006B0C5F"/>
+    <w:rsid w:val="006B32B3"/>
     <w:rsid w:val="006B3B7E"/>
     <w:rsid w:val="006C5FF2"/>
     <w:rsid w:val="006C6288"/>
     <w:rsid w:val="006C63CE"/>
+    <w:rsid w:val="006D0C11"/>
+    <w:rsid w:val="006D1A01"/>
+    <w:rsid w:val="006D3CBE"/>
     <w:rsid w:val="006D75C1"/>
     <w:rsid w:val="006E12FF"/>
+    <w:rsid w:val="006E2415"/>
     <w:rsid w:val="006E3597"/>
     <w:rsid w:val="006F07AA"/>
+    <w:rsid w:val="006F0B16"/>
+    <w:rsid w:val="006F3238"/>
     <w:rsid w:val="006F6B8F"/>
     <w:rsid w:val="006F74EF"/>
+    <w:rsid w:val="006F75AB"/>
+    <w:rsid w:val="007008C9"/>
     <w:rsid w:val="00702C32"/>
     <w:rsid w:val="00703006"/>
     <w:rsid w:val="007053F1"/>
+    <w:rsid w:val="00710640"/>
     <w:rsid w:val="00711CCA"/>
     <w:rsid w:val="00715E74"/>
     <w:rsid w:val="00716C8A"/>
+    <w:rsid w:val="007222EA"/>
     <w:rsid w:val="00723786"/>
+    <w:rsid w:val="007263DF"/>
+    <w:rsid w:val="007270C9"/>
     <w:rsid w:val="00727CEF"/>
     <w:rsid w:val="007315F7"/>
+    <w:rsid w:val="00731F94"/>
     <w:rsid w:val="00733FF1"/>
     <w:rsid w:val="00735F6E"/>
     <w:rsid w:val="007363A5"/>
     <w:rsid w:val="00737FA9"/>
     <w:rsid w:val="00740D9E"/>
     <w:rsid w:val="00741E18"/>
     <w:rsid w:val="0074440C"/>
+    <w:rsid w:val="00744ED6"/>
     <w:rsid w:val="007472A9"/>
     <w:rsid w:val="00750E92"/>
     <w:rsid w:val="007530DF"/>
     <w:rsid w:val="00755BA3"/>
+    <w:rsid w:val="0075774A"/>
+    <w:rsid w:val="00760143"/>
+    <w:rsid w:val="0076684C"/>
+    <w:rsid w:val="00766CD0"/>
+    <w:rsid w:val="007719B8"/>
+    <w:rsid w:val="0077512B"/>
+    <w:rsid w:val="007817B6"/>
     <w:rsid w:val="00782885"/>
     <w:rsid w:val="00785FC1"/>
+    <w:rsid w:val="00796B3F"/>
     <w:rsid w:val="007A15B1"/>
     <w:rsid w:val="007A2127"/>
     <w:rsid w:val="007A39BC"/>
+    <w:rsid w:val="007A68CF"/>
     <w:rsid w:val="007B2431"/>
     <w:rsid w:val="007C03D7"/>
     <w:rsid w:val="007C0C9C"/>
+    <w:rsid w:val="007C3396"/>
     <w:rsid w:val="007C5ADB"/>
+    <w:rsid w:val="007C62F7"/>
     <w:rsid w:val="007C6381"/>
+    <w:rsid w:val="007D1089"/>
     <w:rsid w:val="007E04AF"/>
     <w:rsid w:val="007E33A8"/>
+    <w:rsid w:val="007F2681"/>
     <w:rsid w:val="007F5EFB"/>
+    <w:rsid w:val="007F6268"/>
     <w:rsid w:val="007F6343"/>
     <w:rsid w:val="007F65D4"/>
+    <w:rsid w:val="00800F46"/>
     <w:rsid w:val="00803B69"/>
     <w:rsid w:val="0080408A"/>
     <w:rsid w:val="00805213"/>
+    <w:rsid w:val="00805E00"/>
+    <w:rsid w:val="00807032"/>
     <w:rsid w:val="0081228D"/>
+    <w:rsid w:val="00813CF8"/>
     <w:rsid w:val="00814469"/>
     <w:rsid w:val="00814B37"/>
     <w:rsid w:val="00816D5D"/>
     <w:rsid w:val="00824436"/>
+    <w:rsid w:val="008250D6"/>
+    <w:rsid w:val="00825E2E"/>
     <w:rsid w:val="00825EB7"/>
     <w:rsid w:val="00832A75"/>
+    <w:rsid w:val="00835744"/>
     <w:rsid w:val="008435CA"/>
     <w:rsid w:val="00845EBB"/>
     <w:rsid w:val="00847496"/>
     <w:rsid w:val="00850322"/>
     <w:rsid w:val="00852CA1"/>
+    <w:rsid w:val="008536B8"/>
     <w:rsid w:val="008552A3"/>
     <w:rsid w:val="00856697"/>
     <w:rsid w:val="00856EDE"/>
     <w:rsid w:val="00864F81"/>
     <w:rsid w:val="008650CB"/>
     <w:rsid w:val="00865C1D"/>
     <w:rsid w:val="00867B46"/>
     <w:rsid w:val="00870A68"/>
     <w:rsid w:val="00873A96"/>
     <w:rsid w:val="0087476E"/>
+    <w:rsid w:val="008749C5"/>
+    <w:rsid w:val="008760AA"/>
+    <w:rsid w:val="0088190F"/>
+    <w:rsid w:val="00883179"/>
     <w:rsid w:val="0088461F"/>
     <w:rsid w:val="00885B91"/>
+    <w:rsid w:val="00887313"/>
+    <w:rsid w:val="00896676"/>
     <w:rsid w:val="00897F36"/>
     <w:rsid w:val="008A3051"/>
     <w:rsid w:val="008A4464"/>
+    <w:rsid w:val="008A76C6"/>
     <w:rsid w:val="008A79A3"/>
     <w:rsid w:val="008B3AD3"/>
+    <w:rsid w:val="008B3B35"/>
     <w:rsid w:val="008B59DB"/>
     <w:rsid w:val="008B6806"/>
     <w:rsid w:val="008C272E"/>
     <w:rsid w:val="008C2F3E"/>
+    <w:rsid w:val="008C3138"/>
     <w:rsid w:val="008C58E9"/>
+    <w:rsid w:val="008C72B7"/>
     <w:rsid w:val="008C7595"/>
     <w:rsid w:val="008C75F3"/>
+    <w:rsid w:val="008D1F83"/>
+    <w:rsid w:val="008D2B00"/>
+    <w:rsid w:val="008D644C"/>
     <w:rsid w:val="008E01DD"/>
+    <w:rsid w:val="008E06C6"/>
     <w:rsid w:val="008E113F"/>
+    <w:rsid w:val="008E1B80"/>
     <w:rsid w:val="008E421A"/>
     <w:rsid w:val="008E6683"/>
     <w:rsid w:val="008F07FD"/>
     <w:rsid w:val="008F0BA9"/>
     <w:rsid w:val="008F30CC"/>
+    <w:rsid w:val="008F48AC"/>
     <w:rsid w:val="008F4942"/>
     <w:rsid w:val="008F67F5"/>
+    <w:rsid w:val="00902C47"/>
     <w:rsid w:val="00904AEE"/>
     <w:rsid w:val="00906064"/>
+    <w:rsid w:val="009066A2"/>
+    <w:rsid w:val="00907FB1"/>
     <w:rsid w:val="0091165F"/>
     <w:rsid w:val="00911920"/>
+    <w:rsid w:val="009119A4"/>
     <w:rsid w:val="0091315B"/>
+    <w:rsid w:val="00913C84"/>
     <w:rsid w:val="00914485"/>
     <w:rsid w:val="00915097"/>
     <w:rsid w:val="00915237"/>
+    <w:rsid w:val="009173E2"/>
     <w:rsid w:val="00917B50"/>
     <w:rsid w:val="009225FC"/>
     <w:rsid w:val="00926CDA"/>
     <w:rsid w:val="00930A15"/>
     <w:rsid w:val="00931A3A"/>
     <w:rsid w:val="009376B6"/>
     <w:rsid w:val="00941F7B"/>
     <w:rsid w:val="00944310"/>
+    <w:rsid w:val="009458FF"/>
     <w:rsid w:val="009501BA"/>
     <w:rsid w:val="009521BE"/>
     <w:rsid w:val="00952650"/>
     <w:rsid w:val="0096145F"/>
     <w:rsid w:val="00963B31"/>
+    <w:rsid w:val="00963BAD"/>
     <w:rsid w:val="00967FEF"/>
+    <w:rsid w:val="009715B1"/>
     <w:rsid w:val="0098040F"/>
+    <w:rsid w:val="0098269D"/>
     <w:rsid w:val="00983130"/>
     <w:rsid w:val="00984B90"/>
     <w:rsid w:val="00985696"/>
+    <w:rsid w:val="0098585A"/>
     <w:rsid w:val="0098655A"/>
     <w:rsid w:val="00987759"/>
     <w:rsid w:val="00990D13"/>
+    <w:rsid w:val="0099239D"/>
     <w:rsid w:val="009A0E96"/>
     <w:rsid w:val="009A14AB"/>
+    <w:rsid w:val="009A17DE"/>
+    <w:rsid w:val="009A6776"/>
     <w:rsid w:val="009B3175"/>
     <w:rsid w:val="009B60BE"/>
+    <w:rsid w:val="009C0F31"/>
+    <w:rsid w:val="009C1287"/>
     <w:rsid w:val="009C1CB6"/>
     <w:rsid w:val="009C20C2"/>
     <w:rsid w:val="009C2AF4"/>
+    <w:rsid w:val="009C2E96"/>
     <w:rsid w:val="009C6143"/>
+    <w:rsid w:val="009C7AD8"/>
+    <w:rsid w:val="009D2FA3"/>
     <w:rsid w:val="009D3864"/>
+    <w:rsid w:val="009D39CF"/>
+    <w:rsid w:val="009E29F6"/>
     <w:rsid w:val="009E408E"/>
+    <w:rsid w:val="009E708F"/>
     <w:rsid w:val="009F06D8"/>
     <w:rsid w:val="009F1760"/>
     <w:rsid w:val="009F742E"/>
     <w:rsid w:val="009F758C"/>
     <w:rsid w:val="00A02DBE"/>
     <w:rsid w:val="00A124BD"/>
     <w:rsid w:val="00A15141"/>
     <w:rsid w:val="00A26221"/>
+    <w:rsid w:val="00A379B3"/>
+    <w:rsid w:val="00A5131D"/>
     <w:rsid w:val="00A53152"/>
     <w:rsid w:val="00A545C0"/>
     <w:rsid w:val="00A60798"/>
+    <w:rsid w:val="00A6088A"/>
     <w:rsid w:val="00A65DC7"/>
     <w:rsid w:val="00A67DD8"/>
+    <w:rsid w:val="00A75806"/>
     <w:rsid w:val="00A768B8"/>
+    <w:rsid w:val="00A8108A"/>
     <w:rsid w:val="00A82771"/>
     <w:rsid w:val="00A8437E"/>
+    <w:rsid w:val="00A90C07"/>
     <w:rsid w:val="00A91472"/>
     <w:rsid w:val="00A95DC9"/>
+    <w:rsid w:val="00AA1A4D"/>
     <w:rsid w:val="00AA28E6"/>
     <w:rsid w:val="00AA6D14"/>
+    <w:rsid w:val="00AB132D"/>
     <w:rsid w:val="00AB49F4"/>
     <w:rsid w:val="00AB6193"/>
+    <w:rsid w:val="00AC07ED"/>
     <w:rsid w:val="00AC2A69"/>
+    <w:rsid w:val="00AC3F26"/>
+    <w:rsid w:val="00AC5463"/>
     <w:rsid w:val="00AC61D4"/>
     <w:rsid w:val="00AC65BC"/>
+    <w:rsid w:val="00AD0909"/>
+    <w:rsid w:val="00AD28CA"/>
     <w:rsid w:val="00AD508D"/>
+    <w:rsid w:val="00AD7B47"/>
     <w:rsid w:val="00AE031B"/>
     <w:rsid w:val="00AE4A4E"/>
+    <w:rsid w:val="00AF0577"/>
     <w:rsid w:val="00AF58BA"/>
     <w:rsid w:val="00AF5ED1"/>
+    <w:rsid w:val="00B01520"/>
     <w:rsid w:val="00B034A4"/>
     <w:rsid w:val="00B03B98"/>
     <w:rsid w:val="00B106B7"/>
     <w:rsid w:val="00B136AD"/>
     <w:rsid w:val="00B17357"/>
+    <w:rsid w:val="00B17611"/>
     <w:rsid w:val="00B2105C"/>
+    <w:rsid w:val="00B24038"/>
     <w:rsid w:val="00B252FF"/>
+    <w:rsid w:val="00B31EC5"/>
     <w:rsid w:val="00B325E4"/>
     <w:rsid w:val="00B32B32"/>
+    <w:rsid w:val="00B337AC"/>
+    <w:rsid w:val="00B34A39"/>
     <w:rsid w:val="00B350F3"/>
     <w:rsid w:val="00B35EA1"/>
+    <w:rsid w:val="00B375A7"/>
     <w:rsid w:val="00B40AA0"/>
     <w:rsid w:val="00B4395D"/>
+    <w:rsid w:val="00B43D51"/>
+    <w:rsid w:val="00B4432C"/>
+    <w:rsid w:val="00B4566E"/>
     <w:rsid w:val="00B46E6C"/>
     <w:rsid w:val="00B6173E"/>
     <w:rsid w:val="00B71145"/>
     <w:rsid w:val="00B74AEE"/>
     <w:rsid w:val="00B7682C"/>
+    <w:rsid w:val="00B76F18"/>
     <w:rsid w:val="00B836A2"/>
+    <w:rsid w:val="00B84055"/>
     <w:rsid w:val="00B848E6"/>
     <w:rsid w:val="00B91529"/>
     <w:rsid w:val="00B926A8"/>
     <w:rsid w:val="00B934D4"/>
     <w:rsid w:val="00B939A3"/>
     <w:rsid w:val="00B9428E"/>
     <w:rsid w:val="00B95F89"/>
+    <w:rsid w:val="00BA0CE9"/>
     <w:rsid w:val="00BA31EB"/>
     <w:rsid w:val="00BA5060"/>
     <w:rsid w:val="00BA5B8D"/>
     <w:rsid w:val="00BA5FA3"/>
+    <w:rsid w:val="00BA61D5"/>
+    <w:rsid w:val="00BA7636"/>
     <w:rsid w:val="00BB2626"/>
+    <w:rsid w:val="00BB42A5"/>
     <w:rsid w:val="00BB4548"/>
     <w:rsid w:val="00BB51D4"/>
+    <w:rsid w:val="00BC0BB1"/>
     <w:rsid w:val="00BC129A"/>
+    <w:rsid w:val="00BC3777"/>
     <w:rsid w:val="00BD162E"/>
     <w:rsid w:val="00BD78DE"/>
+    <w:rsid w:val="00BE3D4D"/>
     <w:rsid w:val="00BF1215"/>
     <w:rsid w:val="00BF4E66"/>
+    <w:rsid w:val="00BF503F"/>
+    <w:rsid w:val="00BF6960"/>
     <w:rsid w:val="00BF6C43"/>
     <w:rsid w:val="00BF7403"/>
     <w:rsid w:val="00C010E9"/>
+    <w:rsid w:val="00C0682B"/>
     <w:rsid w:val="00C06C7B"/>
+    <w:rsid w:val="00C07425"/>
+    <w:rsid w:val="00C10167"/>
     <w:rsid w:val="00C156C5"/>
+    <w:rsid w:val="00C2367E"/>
     <w:rsid w:val="00C2394A"/>
     <w:rsid w:val="00C25EA2"/>
     <w:rsid w:val="00C26D29"/>
     <w:rsid w:val="00C27D50"/>
     <w:rsid w:val="00C31CEF"/>
     <w:rsid w:val="00C32F59"/>
     <w:rsid w:val="00C34D44"/>
     <w:rsid w:val="00C3770E"/>
     <w:rsid w:val="00C428D4"/>
     <w:rsid w:val="00C4405A"/>
     <w:rsid w:val="00C54BDD"/>
     <w:rsid w:val="00C55556"/>
     <w:rsid w:val="00C56E83"/>
+    <w:rsid w:val="00C573B2"/>
     <w:rsid w:val="00C57F66"/>
     <w:rsid w:val="00C610AA"/>
+    <w:rsid w:val="00C65401"/>
     <w:rsid w:val="00C6568A"/>
+    <w:rsid w:val="00C74896"/>
+    <w:rsid w:val="00C75DB0"/>
     <w:rsid w:val="00C76281"/>
     <w:rsid w:val="00C8203B"/>
+    <w:rsid w:val="00C82207"/>
     <w:rsid w:val="00C834D0"/>
     <w:rsid w:val="00C85710"/>
+    <w:rsid w:val="00C9067C"/>
     <w:rsid w:val="00C9375F"/>
+    <w:rsid w:val="00CA01C7"/>
     <w:rsid w:val="00CA352A"/>
+    <w:rsid w:val="00CA5548"/>
     <w:rsid w:val="00CA6DEB"/>
     <w:rsid w:val="00CA6DF1"/>
     <w:rsid w:val="00CB101C"/>
     <w:rsid w:val="00CB37F4"/>
     <w:rsid w:val="00CC2A26"/>
+    <w:rsid w:val="00CC4A78"/>
     <w:rsid w:val="00CC6AA2"/>
     <w:rsid w:val="00CD2CFC"/>
+    <w:rsid w:val="00CD5A77"/>
+    <w:rsid w:val="00CE216A"/>
     <w:rsid w:val="00CE573D"/>
     <w:rsid w:val="00CE6F9D"/>
     <w:rsid w:val="00CE727C"/>
     <w:rsid w:val="00CF01FA"/>
     <w:rsid w:val="00CF2460"/>
     <w:rsid w:val="00CF4BAC"/>
+    <w:rsid w:val="00CF531D"/>
+    <w:rsid w:val="00D02278"/>
     <w:rsid w:val="00D038D2"/>
     <w:rsid w:val="00D04728"/>
+    <w:rsid w:val="00D070F4"/>
     <w:rsid w:val="00D106F1"/>
     <w:rsid w:val="00D139C8"/>
+    <w:rsid w:val="00D177FF"/>
     <w:rsid w:val="00D200F9"/>
+    <w:rsid w:val="00D23304"/>
+    <w:rsid w:val="00D26033"/>
     <w:rsid w:val="00D358C4"/>
     <w:rsid w:val="00D36870"/>
     <w:rsid w:val="00D4531F"/>
     <w:rsid w:val="00D46130"/>
     <w:rsid w:val="00D51B0D"/>
     <w:rsid w:val="00D5240B"/>
     <w:rsid w:val="00D61806"/>
+    <w:rsid w:val="00D62BEC"/>
+    <w:rsid w:val="00D637EB"/>
     <w:rsid w:val="00D63DBB"/>
     <w:rsid w:val="00D64999"/>
     <w:rsid w:val="00D67ACF"/>
     <w:rsid w:val="00D71DCE"/>
+    <w:rsid w:val="00D73298"/>
     <w:rsid w:val="00D73334"/>
     <w:rsid w:val="00D814BB"/>
+    <w:rsid w:val="00D81D88"/>
     <w:rsid w:val="00D824F0"/>
     <w:rsid w:val="00D825D0"/>
+    <w:rsid w:val="00D844CB"/>
+    <w:rsid w:val="00D856D8"/>
+    <w:rsid w:val="00D874F0"/>
+    <w:rsid w:val="00D90A64"/>
     <w:rsid w:val="00D90BE4"/>
+    <w:rsid w:val="00DA0655"/>
     <w:rsid w:val="00DA14FF"/>
+    <w:rsid w:val="00DA2D8E"/>
     <w:rsid w:val="00DA53C8"/>
     <w:rsid w:val="00DB257C"/>
     <w:rsid w:val="00DB3998"/>
+    <w:rsid w:val="00DB585D"/>
+    <w:rsid w:val="00DC5B45"/>
     <w:rsid w:val="00DC6435"/>
     <w:rsid w:val="00DD09D1"/>
     <w:rsid w:val="00DD0E99"/>
     <w:rsid w:val="00DD20C7"/>
+    <w:rsid w:val="00DD6D91"/>
     <w:rsid w:val="00DE0031"/>
+    <w:rsid w:val="00DF2495"/>
     <w:rsid w:val="00DF356F"/>
     <w:rsid w:val="00DF3A3C"/>
     <w:rsid w:val="00DF45FA"/>
     <w:rsid w:val="00DF5583"/>
     <w:rsid w:val="00E00914"/>
+    <w:rsid w:val="00E01626"/>
     <w:rsid w:val="00E07A11"/>
     <w:rsid w:val="00E108D5"/>
+    <w:rsid w:val="00E10962"/>
     <w:rsid w:val="00E126D5"/>
     <w:rsid w:val="00E1426C"/>
     <w:rsid w:val="00E23CF9"/>
+    <w:rsid w:val="00E24AC8"/>
     <w:rsid w:val="00E2529C"/>
     <w:rsid w:val="00E266E9"/>
+    <w:rsid w:val="00E32D80"/>
     <w:rsid w:val="00E348EA"/>
+    <w:rsid w:val="00E34C3E"/>
+    <w:rsid w:val="00E36FE1"/>
     <w:rsid w:val="00E428B3"/>
     <w:rsid w:val="00E50A6F"/>
+    <w:rsid w:val="00E52992"/>
     <w:rsid w:val="00E52E41"/>
     <w:rsid w:val="00E600DF"/>
+    <w:rsid w:val="00E60215"/>
+    <w:rsid w:val="00E613E0"/>
+    <w:rsid w:val="00E65CAC"/>
     <w:rsid w:val="00E7074D"/>
+    <w:rsid w:val="00E7109D"/>
     <w:rsid w:val="00E739E2"/>
     <w:rsid w:val="00E73AEE"/>
     <w:rsid w:val="00E73D2E"/>
     <w:rsid w:val="00E74621"/>
     <w:rsid w:val="00E74935"/>
     <w:rsid w:val="00E75C40"/>
+    <w:rsid w:val="00E829BA"/>
     <w:rsid w:val="00E8363A"/>
+    <w:rsid w:val="00E83BA3"/>
+    <w:rsid w:val="00E84DE6"/>
+    <w:rsid w:val="00E87252"/>
+    <w:rsid w:val="00E95B0A"/>
+    <w:rsid w:val="00E965F0"/>
+    <w:rsid w:val="00EA2877"/>
     <w:rsid w:val="00EA363A"/>
     <w:rsid w:val="00EB523B"/>
     <w:rsid w:val="00EC0571"/>
     <w:rsid w:val="00EC20BD"/>
+    <w:rsid w:val="00EC3E36"/>
     <w:rsid w:val="00EC48AE"/>
+    <w:rsid w:val="00EC71B0"/>
     <w:rsid w:val="00EC7AEF"/>
     <w:rsid w:val="00EC7D12"/>
+    <w:rsid w:val="00ED30D7"/>
     <w:rsid w:val="00ED5E9A"/>
+    <w:rsid w:val="00ED64F8"/>
     <w:rsid w:val="00EE08FF"/>
     <w:rsid w:val="00EE24B6"/>
     <w:rsid w:val="00EE27BE"/>
     <w:rsid w:val="00EE54DF"/>
+    <w:rsid w:val="00EE5B04"/>
     <w:rsid w:val="00EF2549"/>
     <w:rsid w:val="00EF2D9F"/>
     <w:rsid w:val="00EF475C"/>
     <w:rsid w:val="00F01F1E"/>
+    <w:rsid w:val="00F131DE"/>
     <w:rsid w:val="00F133AF"/>
+    <w:rsid w:val="00F14CEB"/>
     <w:rsid w:val="00F2078E"/>
     <w:rsid w:val="00F23371"/>
     <w:rsid w:val="00F23DBD"/>
+    <w:rsid w:val="00F2523E"/>
     <w:rsid w:val="00F27671"/>
     <w:rsid w:val="00F34354"/>
     <w:rsid w:val="00F358C0"/>
     <w:rsid w:val="00F359FC"/>
     <w:rsid w:val="00F36D11"/>
+    <w:rsid w:val="00F371B9"/>
     <w:rsid w:val="00F37A16"/>
+    <w:rsid w:val="00F404D1"/>
     <w:rsid w:val="00F4483C"/>
+    <w:rsid w:val="00F51FA8"/>
     <w:rsid w:val="00F561F6"/>
     <w:rsid w:val="00F5643B"/>
+    <w:rsid w:val="00F60FEC"/>
+    <w:rsid w:val="00F625A4"/>
     <w:rsid w:val="00F62612"/>
+    <w:rsid w:val="00F673D4"/>
+    <w:rsid w:val="00F67528"/>
     <w:rsid w:val="00F70155"/>
+    <w:rsid w:val="00F7433F"/>
+    <w:rsid w:val="00F767D7"/>
+    <w:rsid w:val="00F861CD"/>
     <w:rsid w:val="00F92D2A"/>
     <w:rsid w:val="00F92F89"/>
+    <w:rsid w:val="00F94D77"/>
     <w:rsid w:val="00F96373"/>
+    <w:rsid w:val="00F96C4C"/>
+    <w:rsid w:val="00FA0ADD"/>
     <w:rsid w:val="00FA2E01"/>
     <w:rsid w:val="00FA3F5D"/>
+    <w:rsid w:val="00FA58FA"/>
+    <w:rsid w:val="00FA5B18"/>
     <w:rsid w:val="00FA746E"/>
+    <w:rsid w:val="00FB57E3"/>
     <w:rsid w:val="00FC1B8D"/>
     <w:rsid w:val="00FC5872"/>
+    <w:rsid w:val="00FC5A97"/>
     <w:rsid w:val="00FC7235"/>
+    <w:rsid w:val="00FD0410"/>
+    <w:rsid w:val="00FD0881"/>
     <w:rsid w:val="00FD0F28"/>
+    <w:rsid w:val="00FD1A8A"/>
     <w:rsid w:val="00FD58D6"/>
     <w:rsid w:val="00FD648F"/>
+    <w:rsid w:val="00FD77A6"/>
+    <w:rsid w:val="00FD791F"/>
     <w:rsid w:val="00FE2177"/>
     <w:rsid w:val="00FE3C51"/>
+    <w:rsid w:val="00FE5C1C"/>
     <w:rsid w:val="00FE6E09"/>
+    <w:rsid w:val="00FE7197"/>
+    <w:rsid w:val="00FF033D"/>
     <w:rsid w:val="00FF3FA4"/>
+    <w:rsid w:val="018C47AF"/>
+    <w:rsid w:val="0F4DAFBA"/>
+    <w:rsid w:val="176C15D2"/>
+    <w:rsid w:val="2C0A7149"/>
+    <w:rsid w:val="2CB20EDC"/>
+    <w:rsid w:val="2E113EF3"/>
+    <w:rsid w:val="3BE1B534"/>
+    <w:rsid w:val="40BC8050"/>
+    <w:rsid w:val="40D0DEA7"/>
+    <w:rsid w:val="4C9EB40F"/>
+    <w:rsid w:val="553D7615"/>
+    <w:rsid w:val="5F00B2E0"/>
+    <w:rsid w:val="62BF19C8"/>
+    <w:rsid w:val="650B5D18"/>
+    <w:rsid w:val="70E0FA97"/>
+    <w:rsid w:val="7F29ECD8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="308AC6F7"/>
+  <w15:docId w15:val="{CA76C698-8CAD-4F7E-9143-7AF72B13B3F0}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="003805A5"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
       <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="0006545F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:after="0"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="ListParagraph"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00B17611"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:numPr>
+        <w:numId w:val="2"/>
+      </w:numPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:before="120" w:after="120"/>
+      <w:ind w:right="101"/>
+      <w:contextualSpacing w:val="0"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
@@ -26196,478 +34353,174 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007C03D7"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007C03D7"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-</w:styles>
-[...159 lines deleted...]
-    <w:name w:val="Normal"/>
+  <w:style w:type="character" w:styleId="Mention">
+    <w:name w:val="Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D26033"/>
+    <w:rPr>
+      <w:color w:val="2B579A"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="0006545F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
     <w:qFormat/>
-    <w:rsid w:val="003805A5"/>
+    <w:rsid w:val="0006545F"/>
     <w:pPr>
-      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:spacing w:after="160"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
-      <w:sz w:val="24"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+      <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
-[...3 lines deleted...]
-    <w:unhideWhenUsed/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="0006545F"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
+      <w:spacing w:val="15"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
-[...31 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00B17611"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentReference">
-[...3 lines deleted...]
-    <w:semiHidden/>
+  <w:style w:type="paragraph" w:styleId="TOCHeading">
+    <w:name w:val="TOC Heading"/>
+    <w:basedOn w:val="Heading1"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="007A2127"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B17611"/>
+    <w:pPr>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+      <w:jc w:val="left"/>
+      <w:outlineLvl w:val="9"/>
+    </w:pPr>
     <w:rPr>
-      <w:sz w:val="16"/>
-      <w:szCs w:val="16"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentText">
-    <w:name w:val="annotation text"/>
+  <w:style w:type="paragraph" w:styleId="TOC1">
+    <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="CommentTextChar"/>
-    <w:uiPriority w:val="99"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="007A2127"/>
-[...3 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00B17611"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+    </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
-[...17 lines deleted...]
-    <w:semiHidden/>
+  <w:style w:type="paragraph" w:styleId="TOC2">
+    <w:name w:val="toc 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="007A2127"/>
-[...56 lines deleted...]
-    <w:rsid w:val="006F07AA"/>
+    <w:rsid w:val="00430072"/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="center" w:pos="4680"/>
-        <w:tab w:val="right" w:pos="9360"/>
+        <w:tab w:val="left" w:pos="990"/>
+        <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
       </w:tabs>
-      <w:spacing w:after="0"/>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="240"/>
     </w:pPr>
-  </w:style>
-[...96 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1211378156">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1280990619">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -26698,51 +34551,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2044747220">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/eohhs/docs/dmr/hcsis/mrc-dds-alcohol-unauthorized-restraints.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -26990,83 +34843,419 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <SharedWithUsers xmlns="bfbac546-a2fc-4229-9ece-d0acbd3b42bf">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="02a64acd-37b4-4213-adcf-69e7bb6f99b3">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="bfbac546-a2fc-4229-9ece-d0acbd3b42bf" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000551E79CFCC21E4BB8F8B3EBDDCB45F6" ma:contentTypeVersion="12" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="d2858a3b61c1d2ca56db8e703330afe0">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="02a64acd-37b4-4213-adcf-69e7bb6f99b3" xmlns:ns3="bfbac546-a2fc-4229-9ece-d0acbd3b42bf" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ed9488fd3e2f46a731c8db0582f77b57" ns2:_="" ns3:_="">
+    <xsd:import namespace="02a64acd-37b4-4213-adcf-69e7bb6f99b3"/>
+    <xsd:import namespace="bfbac546-a2fc-4229-9ece-d0acbd3b42bf"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="02a64acd-37b4-4213-adcf-69e7bb6f99b3" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="12" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="13" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="14" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="16" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="9f123c60-6d59-4beb-a46f-4c7d903a1f29" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="18" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="19" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="bfbac546-a2fc-4229-9ece-d0acbd3b42bf" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="17" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{40b084c6-c231-4556-b6e5-48946ab8fb21}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="bfbac546-a2fc-4229-9ece-d0acbd3b42bf">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7CAD1924-2098-4E87-A7CD-9EE0CC60DDCD}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="02a64acd-37b4-4213-adcf-69e7bb6f99b3"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="bfbac546-a2fc-4229-9ece-d0acbd3b42bf"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E0A00694-B6C0-4428-997F-F1947AB897B9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="02a64acd-37b4-4213-adcf-69e7bb6f99b3"/>
+    <ds:schemaRef ds:uri="bfbac546-a2fc-4229-9ece-d0acbd3b42bf"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C718EE3D-95A8-4FEE-BE67-AD758372FCC0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DBB13A16-C71D-45D1-B4AA-71A1068F1520}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>30</Pages>
-[...1 lines deleted...]
-  <Characters>53472</Characters>
+  <Pages>25</Pages>
+  <Words>11423</Words>
+  <Characters>51180</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>445</Lines>
-  <Paragraphs>125</Paragraphs>
+  <Lines>787</Lines>
+  <Paragraphs>477</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>EOHHS</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>62727</CharactersWithSpaces>
+  <CharactersWithSpaces>62126</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>Yee, Michelle (DDS)</dc:creator>
+  <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x0101000551E79CFCC21E4BB8F8B3EBDDCB45F6</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="xd_ProgID">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ComplianceAssetId">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="TemplateUrl">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="_ExtendedDescription">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="TriggerFlowInfo">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="xd_Signature">
+    <vt:bool>false</vt:bool>
+  </property>
+</Properties>
+</file>