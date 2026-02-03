--- v0 (2025-12-19)
+++ v1 (2026-02-03)
@@ -1,29 +1,29 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="76758498" w14:textId="77777777" w:rsidR="008E545C" w:rsidRPr="0091462B" w:rsidRDefault="008E545C" w:rsidP="003B521B">
@@ -88,175 +88,159 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>178 Albion Street</w:t>
       </w:r>
       <w:r w:rsidR="003B521B" w:rsidRPr="0091462B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, Suite 330 - Wakefield, MA 01880</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64958A13" w14:textId="77777777" w:rsidR="003B521B" w:rsidRPr="0091462B" w:rsidRDefault="003B521B" w:rsidP="000D767C">
+    <w:p w14:paraId="57DED531" w14:textId="5F750317" w:rsidR="003B521B" w:rsidRPr="0091462B" w:rsidRDefault="003B521B" w:rsidP="00F50D2A">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0091462B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Telephone: (781) 876-8210</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000D767C" w:rsidRPr="0091462B">
+        <w:t>Telephone: (781) 876-82</w:t>
+      </w:r>
+      <w:r w:rsidR="00F50D2A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">   </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0091462B">
+        <w:t>00</w:t>
+      </w:r>
+      <w:r w:rsidR="000D767C" w:rsidRPr="0091462B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Fax: (781) 876-8383</w:t>
-[...6 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F50D2A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:r w:rsidRPr="0091462B">
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidR="00F50D2A" w:rsidRPr="008D3D16">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>www.mass.gov/massmedboard</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="1AA58DEC" w14:textId="77777777" w:rsidR="00267BA1" w:rsidRPr="0091462B" w:rsidRDefault="00267BA1" w:rsidP="00502D16">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="720" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-25"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5C425765" w14:textId="1E5F8342" w:rsidR="00850CB5" w:rsidRPr="00850CB5" w:rsidRDefault="00DE40DB" w:rsidP="008E545C">
+    <w:p w14:paraId="5C425765" w14:textId="190A44E4" w:rsidR="00850CB5" w:rsidRPr="00850CB5" w:rsidRDefault="00DE40DB" w:rsidP="008E545C">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> J</w:t>
+        <w:t>J</w:t>
       </w:r>
       <w:r w:rsidR="00E83A0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>anuar</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">y </w:t>
       </w:r>
-      <w:r w:rsidR="008A0291">
-[...15 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="00F50D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>5, 2026</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="781FB486" w14:textId="77777777" w:rsidR="00850CB5" w:rsidRPr="00850CB5" w:rsidRDefault="00850CB5" w:rsidP="008E545C">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="735D7C07" w14:textId="77777777" w:rsidR="00850CB5" w:rsidRPr="00850CB5" w:rsidRDefault="00850CB5" w:rsidP="008E545C">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="646C026A" w14:textId="77777777" w:rsidR="00850CB5" w:rsidRPr="00850CB5" w:rsidRDefault="00850CB5" w:rsidP="008E545C">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
@@ -601,186 +585,198 @@
         </w:rPr>
         <w:t xml:space="preserve"> as a primary source to verification of both medical school and postgraduate training.  The information on board certification status is provided by the physician on the license application, profile, or renewal application.  Board certification is not a requirement for licensure and therefore is not primary source verified.  Please access</w:t>
       </w:r>
       <w:r w:rsidR="00752215">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> the Board’s website </w:t>
       </w:r>
       <w:r w:rsidRPr="00850CB5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>for additional licensing requirements.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31F8C481" w14:textId="77777777" w:rsidR="00737F04" w:rsidRDefault="00737F04" w:rsidP="008E545C">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2F9753DE" w14:textId="77777777" w:rsidR="00737F04" w:rsidRPr="00850CB5" w:rsidRDefault="00737F04" w:rsidP="008E545C">
+    <w:p w14:paraId="2F9753DE" w14:textId="77777777" w:rsidR="00737F04" w:rsidRDefault="00737F04" w:rsidP="008E545C">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Sincerely,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B793EAB" w14:textId="77777777" w:rsidR="00850CB5" w:rsidRPr="00850CB5" w:rsidRDefault="00850CB5" w:rsidP="008E545C">
-[...7 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="4704153F" w14:textId="77777777" w:rsidR="00467CC8" w:rsidRDefault="00467CC8" w:rsidP="008E545C">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6CD59A28" w14:textId="5A0FF5EF" w:rsidR="00F50D2A" w:rsidRPr="00850CB5" w:rsidRDefault="00467CC8" w:rsidP="008E545C">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00467CC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="53BBBC97" wp14:editId="643EC62B">
-[...2 lines deleted...]
-            <wp:docPr id="6" name="Picture 6" descr="Carol's signature"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="57E5FE19" wp14:editId="7E8BE701">
+            <wp:extent cx="1887322" cy="347420"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1325664084" name="Picture 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 4" descr="Carol's signature"/>
+                    <pic:cNvPr id="0" name="Picture 3"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8" cstate="print">
+                    <a:blip r:embed="rId8">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1965960" cy="548640"/>
+                      <a:ext cx="1977003" cy="363929"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="556609DA" w14:textId="77777777" w:rsidR="00850CB5" w:rsidRPr="00850CB5" w:rsidRDefault="00850CB5" w:rsidP="008E545C">
-[...14 lines deleted...]
-    <w:p w14:paraId="4694C0F8" w14:textId="77777777" w:rsidR="00735904" w:rsidRDefault="009448C3" w:rsidP="008E545C">
+    <w:p w14:paraId="5B793EAB" w14:textId="407E0928" w:rsidR="00850CB5" w:rsidRPr="00850CB5" w:rsidRDefault="00850CB5" w:rsidP="008E545C">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="556609DA" w14:textId="1BF4C016" w:rsidR="00850CB5" w:rsidRPr="00850CB5" w:rsidRDefault="00F50D2A" w:rsidP="008E545C">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Michael Sinacola </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4694C0F8" w14:textId="1779BFEC" w:rsidR="00735904" w:rsidRDefault="008031FF" w:rsidP="008E545C">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="7E6EA8"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w14:textFill>
             <w14:gradFill>
               <w14:gsLst>
                 <w14:gs w14:pos="0">
                   <w14:srgbClr w14:val="7E6EA8">
                     <w14:shade w14:val="30000"/>
                     <w14:satMod w14:val="115000"/>
                   </w14:srgbClr>
                 </w14:gs>
                 <w14:gs w14:pos="50000">
                   <w14:srgbClr w14:val="7E6EA8">
                     <w14:shade w14:val="67500"/>
                     <w14:satMod w14:val="115000"/>
                   </w14:srgbClr>
                 </w14:gs>
                 <w14:gs w14:pos="100000">
                   <w14:srgbClr w14:val="7E6EA8">
                     <w14:shade w14:val="100000"/>
                     <w14:satMod w14:val="115000"/>
                   </w14:srgbClr>
                 </w14:gs>
               </w14:gsLst>
               <w14:lin w14:ang="2700000" w14:scaled="0"/>
             </w14:gradFill>
           </w14:textFill>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...4 lines deleted...]
-      <w:r w:rsidR="008031FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Director of Licensing</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00735904" w:rsidSect="00D220C0">
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="432" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="49BFACE0" w14:textId="77777777" w:rsidR="003A4BCD" w:rsidRDefault="003A4BCD" w:rsidP="003B35AB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
@@ -815,51 +811,51 @@
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
@@ -1008,178 +1004,176 @@
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1649632349">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
-[...1 lines deleted...]
-  <w:removeDateAndTime/>
+  <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004E3559"/>
     <w:rsid w:val="0006128B"/>
     <w:rsid w:val="000A0DA0"/>
     <w:rsid w:val="000C1D45"/>
     <w:rsid w:val="000D767C"/>
     <w:rsid w:val="0011166A"/>
     <w:rsid w:val="00154463"/>
     <w:rsid w:val="002172D8"/>
     <w:rsid w:val="00267BA1"/>
     <w:rsid w:val="00274FA0"/>
     <w:rsid w:val="00313CCC"/>
     <w:rsid w:val="003221C1"/>
     <w:rsid w:val="00325564"/>
     <w:rsid w:val="003340FA"/>
     <w:rsid w:val="003624D8"/>
     <w:rsid w:val="003A4BCD"/>
     <w:rsid w:val="003B35AB"/>
     <w:rsid w:val="003B521B"/>
     <w:rsid w:val="0040689D"/>
+    <w:rsid w:val="00467CC8"/>
     <w:rsid w:val="004E3559"/>
     <w:rsid w:val="00502D16"/>
     <w:rsid w:val="005B6435"/>
     <w:rsid w:val="005D77FC"/>
     <w:rsid w:val="006F16FE"/>
     <w:rsid w:val="00735904"/>
     <w:rsid w:val="00737F04"/>
     <w:rsid w:val="00752215"/>
     <w:rsid w:val="00770380"/>
     <w:rsid w:val="00791D63"/>
     <w:rsid w:val="00794D65"/>
-    <w:rsid w:val="00796C14"/>
     <w:rsid w:val="008031FF"/>
     <w:rsid w:val="00850CB5"/>
     <w:rsid w:val="00850FAA"/>
     <w:rsid w:val="008A0291"/>
     <w:rsid w:val="008E545C"/>
     <w:rsid w:val="0091462B"/>
     <w:rsid w:val="00937D1F"/>
     <w:rsid w:val="009448C3"/>
-    <w:rsid w:val="009B226E"/>
     <w:rsid w:val="009D77F5"/>
     <w:rsid w:val="009F4940"/>
+    <w:rsid w:val="00A16F1C"/>
     <w:rsid w:val="00A4658C"/>
     <w:rsid w:val="00A6638C"/>
     <w:rsid w:val="00A97EC9"/>
     <w:rsid w:val="00AD4976"/>
     <w:rsid w:val="00B30BA3"/>
-    <w:rsid w:val="00B50B73"/>
     <w:rsid w:val="00B83253"/>
     <w:rsid w:val="00B83925"/>
     <w:rsid w:val="00BB6211"/>
     <w:rsid w:val="00BE7A24"/>
     <w:rsid w:val="00C01A02"/>
     <w:rsid w:val="00C22295"/>
+    <w:rsid w:val="00C611D9"/>
     <w:rsid w:val="00C70169"/>
     <w:rsid w:val="00C90F68"/>
     <w:rsid w:val="00CC5289"/>
-    <w:rsid w:val="00CD7342"/>
     <w:rsid w:val="00D008C6"/>
     <w:rsid w:val="00D10DA2"/>
     <w:rsid w:val="00D220C0"/>
     <w:rsid w:val="00D64E55"/>
     <w:rsid w:val="00DB1917"/>
     <w:rsid w:val="00DE40DB"/>
     <w:rsid w:val="00E21999"/>
     <w:rsid w:val="00E83A0C"/>
     <w:rsid w:val="00EF3623"/>
-    <w:rsid w:val="00F2518B"/>
     <w:rsid w:val="00F26E05"/>
+    <w:rsid w:val="00F50D2A"/>
     <w:rsid w:val="00F65417"/>
     <w:rsid w:val="00FA1AC5"/>
     <w:rsid w:val="00FA4684"/>
     <w:rsid w:val="00FA65C2"/>
     <w:rsid w:val="00FB3C88"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="4DEC162B"/>
+  <w15:docId w15:val="{44A97192-C1AE-4EB2-B2BE-0E69B4D8FE7F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1732,88 +1726,100 @@
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00DE40DB"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00DE40DB"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F50D2A"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="147021029">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2099665879">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/massmedboard" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/massmedboard" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2060,64 +2066,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>296</Words>
-  <Characters>1688</Characters>
+  <Words>283</Words>
+  <Characters>1619</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-  <Lines>14</Lines>
+  <DocSecurity>4</DocSecurity>
+  <Lines>13</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1981</CharactersWithSpaces>
+  <CharactersWithSpaces>1899</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator/>
-  <cp:lastModifiedBy/>
+  <dc:creator>Cahill, Roisin (DPH)</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>