--- v0 (2025-11-03)
+++ v1 (2025-12-23)
@@ -5,108 +5,108 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://massgov-my.sharepoint.com/personal/flora_spitzer_mass_gov/Documents/Desktop/weekly PPA Report/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="118" documentId="13_ncr:1_{C58AB0CA-006C-4DA1-8E6B-9AF1BE6BF0C7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{B510CE60-AC56-4BC1-A4F9-57B28AF1644D}"/>
+  <xr:revisionPtr revIDLastSave="181" documentId="13_ncr:1_{C58AB0CA-006C-4DA1-8E6B-9AF1BE6BF0C7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{902744F2-F6BB-4F42-B2CB-750E34423261}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11040" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Website posting list" sheetId="1" r:id="rId1"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId2"/>
   </externalReferences>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Website posting list'!$A$2:$I$1343</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Website posting list'!$A$2:$I$1348</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="H933" i="1" l="1"/>
   <c r="H928" i="1"/>
   <c r="H927" i="1"/>
   <c r="H921" i="1"/>
   <c r="H917" i="1"/>
   <c r="H916" i="1"/>
   <c r="H914" i="1"/>
   <c r="H913" i="1"/>
   <c r="H906" i="1"/>
   <c r="H895" i="1"/>
   <c r="H889" i="1"/>
   <c r="H886" i="1"/>
   <c r="H807" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5580" uniqueCount="2772">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5629" uniqueCount="2800">
   <si>
     <t>PRIVATE PASSENGER MOTOR VEHICLE FILINGS THAT THE DIVISION HAS PLACED ON FILE</t>
   </si>
   <si>
     <t>Received</t>
   </si>
   <si>
     <t>Company</t>
   </si>
   <si>
     <t>SRB #</t>
   </si>
   <si>
     <t>Filing Type</t>
   </si>
   <si>
     <t>Effective Date</t>
   </si>
   <si>
     <t>Website Posting Date</t>
   </si>
   <si>
     <t xml:space="preserve">Safety Insurance Company  </t>
   </si>
   <si>
@@ -9474,90 +9474,84 @@
     <t>SERFF# PGAC-134528814</t>
   </si>
   <si>
     <t>Filed Effec. 07/15/2025(new)and 09/02/2025(renewal).</t>
   </si>
   <si>
     <t xml:space="preserve"> SERFF# NGMC-134441322.</t>
   </si>
   <si>
     <t>Norfolk &amp; Dedham Mutual Fire</t>
   </si>
   <si>
     <t xml:space="preserve"> SERFF# NFDG-134444933</t>
   </si>
   <si>
     <t xml:space="preserve">Filed Effec. 10/01/2025 (new and renewal) .
 </t>
   </si>
   <si>
     <t>SERFF# USAA-134533953</t>
   </si>
   <si>
     <t>SERFF# MRTN-134544180</t>
   </si>
   <si>
-    <t>Filed Effec. 11/01/2025 (new) and 01/01/2026 (renewal)</t>
-[...1 lines deleted...]
-  <si>
     <t>SERFF# PRAC-134518025</t>
   </si>
   <si>
     <t>Filed Effec. 08/25/2025 (new) and 10/10/2025(renewal).</t>
   </si>
   <si>
     <t xml:space="preserve">The effective dates were amended from August 18, 2025 to August 25, 2025 for new business and from October 03, 2025 to October 10, 2025 for renewal business </t>
   </si>
   <si>
     <t>SERFF# AOIC-134541299</t>
   </si>
   <si>
     <t>Filed Effec. 08/01/2025 (new) and 10/01/2025 (renewal).</t>
   </si>
   <si>
     <t>SERFF# PMUT-134472373</t>
   </si>
   <si>
     <t>Amica Group (on behalf of two insurers)</t>
   </si>
   <si>
     <t>SERFF# AMMA-134378573</t>
   </si>
   <si>
     <t>CARFAX Advisory Services, LLC</t>
   </si>
   <si>
     <t>SERFF# CARF-134459892</t>
   </si>
   <si>
     <t>Filed Effec. 07/17/2025 (new only)</t>
   </si>
   <si>
     <t>New Entity</t>
-  </si>
-[...1 lines deleted...]
-    <t>The effective dates were amended from August 01, 2025 to January 01, 2026 for new and renewal business.</t>
   </si>
   <si>
     <t>SERFF# AMMA-134604600</t>
   </si>
   <si>
     <t>SERFF# PGAC-134611567</t>
   </si>
   <si>
     <t>Filed Effec. 09/09/2025 (new) and 10/28/2025 (renewal)</t>
   </si>
   <si>
     <t>American Economy Insurance Company</t>
   </si>
   <si>
     <t xml:space="preserve"> SERFF# LBPM-134460771</t>
   </si>
   <si>
     <t>SERFF# BKON-134430824</t>
   </si>
   <si>
     <t>Filed Effec. 09/20/2025 (new)and 11/04/2025 (renewal).</t>
   </si>
   <si>
     <t>Filed Effec. 11/01/2025(new and renewal).</t>
   </si>
@@ -9637,50 +9631,141 @@
   </si>
   <si>
     <t xml:space="preserve"> 9/18/2025</t>
   </si>
   <si>
     <t>SERFF# FAIG-134672010</t>
   </si>
   <si>
     <t>Filed Effec. 12/15/2025 (new) 12/20/2025 (renewal).</t>
   </si>
   <si>
     <t>SERFF# AMMA-134690259</t>
   </si>
   <si>
     <t xml:space="preserve">Filed Effec. 12/01/2025 (new) and 01/01/2026(renewal)
 </t>
   </si>
   <si>
     <t xml:space="preserve"> Nationwide Insurance Company of America</t>
   </si>
   <si>
     <t>SERFF# NWPP-134680261</t>
   </si>
   <si>
     <t>Filed Effec. 02/20/2026 (new) and 03/01/2026 (renewal).</t>
+  </si>
+  <si>
+    <t>Filed Effec. 01/01/2026 (new) and 02/01/2026 (renewal)</t>
+  </si>
+  <si>
+    <t>The effective dates were amended from November 01, 2025 to January 01, 2026 for new business and from January 01, 2026 to February 01, 2026 for renewal business.</t>
+  </si>
+  <si>
+    <t>SERFF# ACEH-134687921</t>
+  </si>
+  <si>
+    <t>Filed Effec.  03/03/2026 (new) and 05/01/2026 (renewal).</t>
+  </si>
+  <si>
+    <t>SERFF# CMRC-134671317</t>
+  </si>
+  <si>
+    <t>Filed Effec. 12/29/2025 (new and renewal).</t>
+  </si>
+  <si>
+    <t>Palisades Insurance Company</t>
+  </si>
+  <si>
+    <t>SERFF#HPIC-134596954</t>
+  </si>
+  <si>
+    <t>Filed Effec. 11/15/ 2025 (new).</t>
+  </si>
+  <si>
+    <t>SERFF# PRIV-134670662</t>
+  </si>
+  <si>
+    <t>Filed Effec. 02/15/2026 (new )and 04/01/2026 (renewal).</t>
+  </si>
+  <si>
+    <t>SERFF# HNVR-G134708603</t>
+  </si>
+  <si>
+    <t>Filed Effec. 01/16/2026 (new) and 03/03/2026 (renewal).</t>
+  </si>
+  <si>
+    <t>SERFF# HMSS-134394279</t>
+  </si>
+  <si>
+    <t>Filed Effec. 02/22/2026 (new business only)</t>
+  </si>
+  <si>
+    <t>SERFF# HMSS-134410794</t>
+  </si>
+  <si>
+    <t>SERFF# ESSN-134497090</t>
+  </si>
+  <si>
+    <t>Filed Effec. 01/15/2026 (new) and 02/15/2026 (renewal).</t>
+  </si>
+  <si>
+    <t>SERFF# PERR-134741635</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Filed Effec. 01/01/2026 (new and renewal).
+</t>
+  </si>
+  <si>
+    <t>Motor Club Insurance Company</t>
+  </si>
+  <si>
+    <t>SERFF# AAAN-134606294</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Filed Effec.  01/01/2026 (new) </t>
+  </si>
+  <si>
+    <t>Filed Effec. 05/01/2026 (new and renewal).</t>
+  </si>
+  <si>
+    <t>The effective dates were amended from August 01, 2025 to January 01, 2026 for new and renewal business.The effective dates were amended again from January 01, 2026 to May 01, 2026 for new and renewal business.</t>
+  </si>
+  <si>
+    <t>SERFF# TRVD-G134703469</t>
+  </si>
+  <si>
+    <t>Filed Effec. 01/30/ 2026 (new) and 03/01/2026 (renewal).</t>
+  </si>
+  <si>
+    <t>USAA Group (4 insurers)</t>
+  </si>
+  <si>
+    <t>SERFF# USAA-134751770</t>
+  </si>
+  <si>
+    <t>Filed Effec. 05/01/2026 (new and renewal).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
@@ -9832,51 +9917,51 @@
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="76">
+  <cellXfs count="77">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="14" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="14" fontId="0" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="14" fontId="0" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="14" fontId="2" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="14" fontId="0" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="14" fontId="2" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="14" fontId="0" fillId="6" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="14" fontId="0" fillId="8" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="14" fontId="2" fillId="8" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="8" borderId="0" xfId="0" applyFill="1"/>
@@ -9937,50 +10022,51 @@
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="12" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="12" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="12" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="9" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="14" fontId="6" fillId="6" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="14" fontId="6" fillId="6" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="6" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="14" fontId="6" fillId="11" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="14" fontId="6" fillId="8" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFBC293"/>
       <color rgb="FFCCFFCC"/>
       <color rgb="FF66FF99"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -15712,63 +15798,63 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:J1346"/>
+  <dimension ref="A1:J1358"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A1343" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="E1355" sqref="E1355"/>
+    <sheetView tabSelected="1" topLeftCell="A1356" zoomScale="98" zoomScaleNormal="98" workbookViewId="0">
+      <selection activeCell="B1368" sqref="B1368"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="13.5703125" customWidth="1"/>
     <col min="2" max="2" width="51.85546875" customWidth="1"/>
     <col min="3" max="3" width="26.140625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="22" customWidth="1"/>
-    <col min="5" max="5" width="46.140625" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="51.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="18.85546875" customWidth="1"/>
     <col min="7" max="7" width="28.140625" hidden="1" customWidth="1"/>
     <col min="8" max="8" width="0" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A1" s="18" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A2" s="11" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="11" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="11" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="11" t="s">
         <v>4</v>
       </c>
       <c r="E2" s="11" t="s">
         <v>5</v>
@@ -41982,57 +42068,57 @@
       </c>
       <c r="D1304" s="49" t="s">
         <v>161</v>
       </c>
       <c r="E1304" s="73" t="s">
         <v>2688</v>
       </c>
       <c r="F1304" s="27">
         <v>45775</v>
       </c>
     </row>
     <row r="1305" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A1305" s="47">
         <v>45252</v>
       </c>
       <c r="B1305" s="26" t="s">
         <v>2689</v>
       </c>
       <c r="C1305" s="26" t="s">
         <v>2690</v>
       </c>
       <c r="D1305" s="26" t="s">
         <v>144</v>
       </c>
       <c r="E1305" s="25" t="s">
-        <v>2753</v>
+        <v>2751</v>
       </c>
       <c r="F1305" s="27">
         <v>45944</v>
       </c>
       <c r="I1305" t="s">
-        <v>2754</v>
+        <v>2752</v>
       </c>
     </row>
     <row r="1306" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A1306" s="47">
         <v>45426</v>
       </c>
       <c r="B1306" s="26" t="s">
         <v>298</v>
       </c>
       <c r="C1306" s="26" t="s">
         <v>2691</v>
       </c>
       <c r="D1306" s="26" t="s">
         <v>1613</v>
       </c>
       <c r="E1306" s="25" t="s">
         <v>2692</v>
       </c>
       <c r="F1306" s="27">
         <v>45782</v>
       </c>
     </row>
     <row r="1307" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A1307" s="47" t="s">
         <v>2648</v>
@@ -42351,587 +42437,810 @@
       </c>
       <c r="D1322" s="49" t="s">
         <v>1613</v>
       </c>
       <c r="E1322" s="73" t="s">
         <v>2715</v>
       </c>
       <c r="F1322" s="27">
         <v>45817</v>
       </c>
     </row>
     <row r="1323" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A1323" s="47">
         <v>45793</v>
       </c>
       <c r="B1323" s="26" t="s">
         <v>2591</v>
       </c>
       <c r="C1323" s="26" t="s">
         <v>2716</v>
       </c>
       <c r="D1323" s="49" t="s">
         <v>1585</v>
       </c>
       <c r="E1323" s="73" t="s">
-        <v>2720</v>
+        <v>2719</v>
       </c>
       <c r="F1323" s="27">
         <v>45845</v>
       </c>
       <c r="I1323" t="s">
-        <v>2721</v>
+        <v>2720</v>
       </c>
     </row>
     <row r="1324" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A1324" s="47">
         <v>45804</v>
       </c>
       <c r="B1324" s="26" t="s">
         <v>1726</v>
       </c>
       <c r="C1324" s="26" t="s">
         <v>2717</v>
       </c>
       <c r="D1324" s="49" t="s">
         <v>161</v>
       </c>
       <c r="E1324" s="73" t="s">
-        <v>2718</v>
+        <v>2770</v>
       </c>
       <c r="F1324" s="27">
-        <v>45824</v>
+        <v>45964</v>
+      </c>
+      <c r="I1324" t="s">
+        <v>2771</v>
       </c>
     </row>
     <row r="1325" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A1325" s="47">
         <v>45785</v>
       </c>
       <c r="B1325" s="26" t="s">
         <v>1247</v>
       </c>
       <c r="C1325" s="26" t="s">
-        <v>2719</v>
+        <v>2718</v>
       </c>
       <c r="D1325" s="49" t="s">
         <v>1585</v>
       </c>
       <c r="E1325" s="73" t="s">
         <v>2705</v>
       </c>
       <c r="F1325" s="27">
         <v>45831</v>
       </c>
     </row>
     <row r="1326" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A1326" s="47">
         <v>45750</v>
       </c>
       <c r="B1326" s="26" t="s">
         <v>1679</v>
       </c>
       <c r="C1326" s="26" t="s">
         <v>2703</v>
       </c>
       <c r="D1326" s="49" t="s">
         <v>161</v>
       </c>
       <c r="E1326" s="73" t="s">
         <v>2608</v>
       </c>
       <c r="F1326" s="27">
         <v>45838</v>
       </c>
       <c r="G1326" s="27">
         <v>45805</v>
       </c>
       <c r="H1326" s="27">
         <v>45806</v>
       </c>
     </row>
     <row r="1327" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A1327" s="47">
         <v>45807</v>
       </c>
       <c r="B1327" s="26" t="s">
         <v>2037</v>
       </c>
       <c r="C1327" s="26" t="s">
-        <v>2722</v>
+        <v>2721</v>
       </c>
       <c r="D1327" s="49" t="s">
         <v>161</v>
       </c>
       <c r="E1327" s="73" t="s">
-        <v>2723</v>
+        <v>2722</v>
       </c>
       <c r="F1327" s="27">
         <v>45852</v>
       </c>
     </row>
     <row r="1328" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A1328" s="47">
         <v>45778</v>
       </c>
       <c r="B1328" s="26" t="s">
         <v>93</v>
       </c>
       <c r="C1328" s="26" t="s">
-        <v>2724</v>
+        <v>2723</v>
       </c>
       <c r="D1328" s="49" t="s">
         <v>220</v>
       </c>
       <c r="E1328" s="73" t="s">
-        <v>2739</v>
+        <v>2737</v>
       </c>
       <c r="F1328" s="27">
         <v>45894</v>
       </c>
       <c r="I1328" t="s">
-        <v>2740</v>
+        <v>2738</v>
       </c>
     </row>
     <row r="1329" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A1329" s="47">
         <v>45765</v>
       </c>
       <c r="B1329" s="26" t="s">
+        <v>2724</v>
+      </c>
+      <c r="C1329" s="26" t="s">
         <v>2725</v>
-      </c>
-[...1 lines deleted...]
-        <v>2726</v>
       </c>
       <c r="D1329" s="49" t="s">
         <v>1613</v>
       </c>
       <c r="E1329" s="73" t="s">
-        <v>2692</v>
+        <v>2793</v>
       </c>
       <c r="F1329" s="27">
-        <v>45873</v>
+        <v>45999</v>
       </c>
       <c r="I1329" t="s">
-        <v>2731</v>
+        <v>2794</v>
       </c>
     </row>
     <row r="1330" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A1330" s="47">
         <v>45798</v>
       </c>
       <c r="B1330" s="26" t="s">
+        <v>2726</v>
+      </c>
+      <c r="C1330" s="26" t="s">
         <v>2727</v>
-      </c>
-[...1 lines deleted...]
-        <v>2728</v>
       </c>
       <c r="D1330" s="49" t="s">
         <v>1585</v>
       </c>
       <c r="E1330" s="73" t="s">
-        <v>2729</v>
+        <v>2728</v>
       </c>
       <c r="F1330" s="27">
         <v>45866</v>
       </c>
       <c r="I1330" t="s">
-        <v>2730</v>
+        <v>2729</v>
       </c>
     </row>
     <row r="1331" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A1331" s="47">
         <v>45853</v>
       </c>
       <c r="B1331" s="26" t="s">
-        <v>2725</v>
+        <v>2724</v>
       </c>
       <c r="C1331" s="26" t="s">
-        <v>2732</v>
+        <v>2730</v>
       </c>
       <c r="D1331" s="49" t="s">
         <v>1585</v>
       </c>
       <c r="E1331" s="73" t="s">
         <v>2692</v>
       </c>
       <c r="F1331" s="27">
         <v>45880</v>
       </c>
     </row>
     <row r="1332" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A1332" s="47">
         <v>45859</v>
       </c>
       <c r="B1332" s="26" t="s">
         <v>1611</v>
       </c>
       <c r="C1332" s="26" t="s">
-        <v>2733</v>
+        <v>2731</v>
       </c>
       <c r="D1332" s="49" t="s">
         <v>161</v>
       </c>
       <c r="E1332" s="73" t="s">
-        <v>2734</v>
+        <v>2732</v>
       </c>
       <c r="F1332" s="27">
         <v>45880</v>
       </c>
     </row>
     <row r="1333" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A1333" s="47">
         <v>45735</v>
       </c>
       <c r="B1333" s="26" t="s">
-        <v>2735</v>
+        <v>2733</v>
       </c>
       <c r="C1333" s="26" t="s">
-        <v>2736</v>
+        <v>2734</v>
       </c>
       <c r="D1333" s="49" t="s">
         <v>144</v>
       </c>
       <c r="E1333" s="73" t="s">
-        <v>2751</v>
+        <v>2749</v>
       </c>
       <c r="F1333" s="27">
         <v>45922</v>
       </c>
       <c r="I1333" s="45" t="s">
-        <v>2752</v>
+        <v>2750</v>
       </c>
     </row>
     <row r="1334" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A1334" s="47">
         <v>45758</v>
       </c>
       <c r="B1334" s="26" t="s">
         <v>2626</v>
       </c>
       <c r="C1334" s="26" t="s">
-        <v>2737</v>
+        <v>2735</v>
       </c>
       <c r="D1334" s="49" t="s">
         <v>1613</v>
       </c>
       <c r="E1334" s="73" t="s">
-        <v>2738</v>
+        <v>2736</v>
       </c>
       <c r="F1334" s="27">
         <v>45887</v>
       </c>
     </row>
     <row r="1335" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A1335" s="47">
         <v>45867</v>
       </c>
       <c r="B1335" s="26" t="s">
         <v>177</v>
       </c>
       <c r="C1335" s="26" t="s">
-        <v>2741</v>
+        <v>2739</v>
       </c>
       <c r="D1335" s="49" t="s">
         <v>161</v>
       </c>
       <c r="E1335" s="73" t="s">
-        <v>2742</v>
+        <v>2740</v>
       </c>
       <c r="F1335" s="27">
         <v>45894</v>
       </c>
     </row>
     <row r="1336" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A1336" s="47">
         <v>45868</v>
       </c>
       <c r="B1336" s="26" t="s">
         <v>227</v>
       </c>
       <c r="C1336" s="26" t="s">
-        <v>2743</v>
+        <v>2741</v>
       </c>
       <c r="D1336" s="49" t="s">
         <v>220</v>
       </c>
       <c r="E1336" s="73" t="s">
-        <v>2744</v>
+        <v>2742</v>
       </c>
       <c r="F1336" s="27">
         <v>45902</v>
       </c>
     </row>
     <row r="1337" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A1337" s="47">
         <v>45873</v>
       </c>
       <c r="B1337" s="26" t="s">
         <v>812</v>
       </c>
       <c r="C1337" s="26" t="s">
-        <v>2745</v>
+        <v>2743</v>
       </c>
       <c r="D1337" s="49" t="s">
         <v>318</v>
       </c>
       <c r="E1337" s="73" t="s">
-        <v>2746</v>
+        <v>2744</v>
       </c>
       <c r="F1337" s="27">
         <v>45902</v>
       </c>
     </row>
     <row r="1338" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A1338" s="47">
         <v>45882</v>
       </c>
       <c r="B1338" s="26" t="s">
         <v>172</v>
       </c>
       <c r="C1338" s="26" t="s">
-        <v>2747</v>
+        <v>2745</v>
       </c>
       <c r="D1338" s="49" t="s">
         <v>161</v>
       </c>
       <c r="E1338" s="73" t="s">
-        <v>2748</v>
+        <v>2746</v>
       </c>
       <c r="F1338" s="27">
         <v>45915</v>
       </c>
     </row>
     <row r="1339" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A1339" s="47">
         <v>45882</v>
       </c>
       <c r="B1339" s="26" t="s">
         <v>2543</v>
       </c>
       <c r="C1339" s="26" t="s">
-        <v>2749</v>
+        <v>2747</v>
       </c>
       <c r="D1339" s="49" t="s">
         <v>161</v>
       </c>
       <c r="E1339" s="73" t="s">
-        <v>2750</v>
+        <v>2748</v>
       </c>
       <c r="F1339" s="27">
         <v>45915</v>
       </c>
     </row>
     <row r="1340" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A1340" s="47">
         <v>45874</v>
       </c>
       <c r="B1340" s="26" t="s">
         <v>227</v>
       </c>
       <c r="C1340" s="26" t="s">
-        <v>2755</v>
+        <v>2753</v>
       </c>
       <c r="D1340" s="49" t="s">
         <v>1613</v>
       </c>
       <c r="E1340" s="73" t="s">
-        <v>2756</v>
+        <v>2754</v>
       </c>
       <c r="F1340" s="27">
         <v>45944</v>
       </c>
     </row>
     <row r="1341" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A1341" s="69">
         <v>45252</v>
       </c>
       <c r="B1341" s="15" t="s">
         <v>2689</v>
       </c>
       <c r="C1341" s="14" t="s">
-        <v>2757</v>
+        <v>2755</v>
       </c>
       <c r="D1341" s="13" t="s">
         <v>149</v>
       </c>
       <c r="E1341" s="16" t="s">
-        <v>2753</v>
+        <v>2751</v>
       </c>
       <c r="F1341" s="27">
         <v>45944</v>
       </c>
       <c r="I1341" t="s">
-        <v>2758</v>
+        <v>2756</v>
       </c>
     </row>
     <row r="1342" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A1342" s="56">
         <v>45926</v>
       </c>
       <c r="B1342" s="15" t="s">
-        <v>2759</v>
+        <v>2757</v>
       </c>
       <c r="C1342" s="14" t="s">
-        <v>2760</v>
+        <v>2758</v>
       </c>
       <c r="D1342" s="13" t="s">
         <v>149</v>
       </c>
       <c r="E1342" s="16" t="s">
-        <v>2761</v>
+        <v>2759</v>
       </c>
       <c r="F1342" s="27">
         <v>45944</v>
       </c>
     </row>
     <row r="1343" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A1343" s="56">
         <v>45929</v>
       </c>
       <c r="B1343" s="15" t="s">
         <v>172</v>
       </c>
       <c r="C1343" s="14" t="s">
-        <v>2762</v>
+        <v>2760</v>
       </c>
       <c r="D1343" s="15" t="s">
         <v>149</v>
       </c>
       <c r="E1343" s="16" t="s">
-        <v>2763</v>
+        <v>2761</v>
       </c>
       <c r="F1343" s="27">
         <v>45944</v>
       </c>
     </row>
     <row r="1344" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A1344" s="47" t="s">
-        <v>2764</v>
+        <v>2762</v>
       </c>
       <c r="B1344" s="26" t="s">
         <v>2115</v>
       </c>
       <c r="C1344" s="26" t="s">
-        <v>2765</v>
+        <v>2763</v>
       </c>
       <c r="D1344" s="49" t="s">
         <v>318</v>
       </c>
       <c r="E1344" s="73" t="s">
-        <v>2766</v>
+        <v>2764</v>
       </c>
       <c r="F1344" s="27">
         <v>45950</v>
       </c>
     </row>
     <row r="1345" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A1345" s="47">
         <v>45931</v>
       </c>
       <c r="B1345" s="26" t="s">
         <v>81</v>
       </c>
       <c r="C1345" s="26" t="s">
-        <v>2767</v>
+        <v>2765</v>
       </c>
       <c r="D1345" s="49" t="s">
         <v>220</v>
       </c>
       <c r="E1345" s="73" t="s">
-        <v>2768</v>
+        <v>2766</v>
       </c>
       <c r="F1345" s="27">
         <v>45950</v>
       </c>
     </row>
     <row r="1346" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A1346" s="47">
         <v>45938</v>
       </c>
       <c r="B1346" s="26" t="s">
-        <v>2769</v>
+        <v>2767</v>
       </c>
       <c r="C1346" s="26" t="s">
-        <v>2770</v>
+        <v>2768</v>
       </c>
       <c r="D1346" s="49" t="s">
         <v>161</v>
       </c>
       <c r="E1346" s="73" t="s">
-        <v>2771</v>
+        <v>2769</v>
       </c>
       <c r="F1346" s="27">
         <v>45957</v>
       </c>
     </row>
+    <row r="1347" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A1347" s="47">
+        <v>45915</v>
+      </c>
+      <c r="B1347" s="26" t="s">
+        <v>167</v>
+      </c>
+      <c r="C1347" s="26" t="s">
+        <v>2774</v>
+      </c>
+      <c r="D1347" s="49" t="s">
+        <v>144</v>
+      </c>
+      <c r="E1347" s="73" t="s">
+        <v>2775</v>
+      </c>
+      <c r="F1347" s="27">
+        <v>45964</v>
+      </c>
+    </row>
+    <row r="1348" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A1348" s="47">
+        <v>45933</v>
+      </c>
+      <c r="B1348" s="26" t="s">
+        <v>398</v>
+      </c>
+      <c r="C1348" s="26" t="s">
+        <v>2772</v>
+      </c>
+      <c r="D1348" s="49" t="s">
+        <v>1585</v>
+      </c>
+      <c r="E1348" s="73" t="s">
+        <v>2773</v>
+      </c>
+      <c r="F1348" s="27">
+        <v>45964</v>
+      </c>
+    </row>
+    <row r="1349" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A1349" s="22">
+        <v>45847</v>
+      </c>
+      <c r="B1349" s="51" t="s">
+        <v>2776</v>
+      </c>
+      <c r="C1349" s="51" t="s">
+        <v>2777</v>
+      </c>
+      <c r="D1349" s="63" t="s">
+        <v>1613</v>
+      </c>
+      <c r="E1349" s="76" t="s">
+        <v>2778</v>
+      </c>
+      <c r="F1349" s="27">
+        <v>45971</v>
+      </c>
+    </row>
+    <row r="1350" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A1350" s="62">
+        <v>45912</v>
+      </c>
+      <c r="B1350" s="51" t="s">
+        <v>2790</v>
+      </c>
+      <c r="C1350" s="51" t="s">
+        <v>2791</v>
+      </c>
+      <c r="D1350" s="63" t="s">
+        <v>181</v>
+      </c>
+      <c r="E1350" s="76" t="s">
+        <v>2792</v>
+      </c>
+      <c r="F1350" s="27">
+        <v>45971</v>
+      </c>
+    </row>
+    <row r="1351" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A1351" s="47">
+        <v>45919</v>
+      </c>
+      <c r="B1351" s="26" t="s">
+        <v>642</v>
+      </c>
+      <c r="C1351" s="26" t="s">
+        <v>2779</v>
+      </c>
+      <c r="D1351" s="49" t="s">
+        <v>161</v>
+      </c>
+      <c r="E1351" s="73" t="s">
+        <v>2780</v>
+      </c>
+      <c r="F1351" s="27">
+        <v>45971</v>
+      </c>
+    </row>
+    <row r="1352" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A1352" s="47">
+        <v>45947</v>
+      </c>
+      <c r="B1352" s="26" t="s">
+        <v>227</v>
+      </c>
+      <c r="C1352" s="26" t="s">
+        <v>2781</v>
+      </c>
+      <c r="D1352" s="49" t="s">
+        <v>1030</v>
+      </c>
+      <c r="E1352" s="73" t="s">
+        <v>2782</v>
+      </c>
+      <c r="F1352" s="27">
+        <v>45971</v>
+      </c>
+    </row>
+    <row r="1353" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A1353" s="47">
+        <v>45687</v>
+      </c>
+      <c r="B1353" s="26" t="s">
+        <v>1632</v>
+      </c>
+      <c r="C1353" s="26" t="s">
+        <v>2783</v>
+      </c>
+      <c r="D1353" s="49" t="s">
+        <v>1613</v>
+      </c>
+      <c r="E1353" s="73" t="s">
+        <v>2784</v>
+      </c>
+      <c r="F1353" s="27">
+        <v>45978</v>
+      </c>
+    </row>
+    <row r="1354" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A1354" s="56">
+        <v>45695</v>
+      </c>
+      <c r="B1354" s="15" t="s">
+        <v>1632</v>
+      </c>
+      <c r="C1354" s="14" t="s">
+        <v>2785</v>
+      </c>
+      <c r="D1354" s="13" t="s">
+        <v>1654</v>
+      </c>
+      <c r="E1354" s="16" t="s">
+        <v>2784</v>
+      </c>
+      <c r="F1354" s="27">
+        <v>45985</v>
+      </c>
+    </row>
+    <row r="1355" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A1355" s="47">
+        <v>45778</v>
+      </c>
+      <c r="B1355" s="26" t="s">
+        <v>1569</v>
+      </c>
+      <c r="C1355" s="26" t="s">
+        <v>2786</v>
+      </c>
+      <c r="D1355" s="49" t="s">
+        <v>144</v>
+      </c>
+      <c r="E1355" s="73" t="s">
+        <v>2787</v>
+      </c>
+      <c r="F1355" s="27">
+        <v>45992</v>
+      </c>
+    </row>
+    <row r="1356" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A1356" s="47">
+        <v>45975</v>
+      </c>
+      <c r="B1356" s="26" t="s">
+        <v>1938</v>
+      </c>
+      <c r="C1356" s="26" t="s">
+        <v>2788</v>
+      </c>
+      <c r="D1356" s="49" t="s">
+        <v>220</v>
+      </c>
+      <c r="E1356" s="73" t="s">
+        <v>2789</v>
+      </c>
+      <c r="F1356" s="27">
+        <v>45992</v>
+      </c>
+    </row>
+    <row r="1357" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A1357" s="47">
+        <v>45978</v>
+      </c>
+      <c r="B1357" s="26" t="s">
+        <v>1274</v>
+      </c>
+      <c r="C1357" s="26" t="s">
+        <v>2795</v>
+      </c>
+      <c r="D1357" s="49" t="s">
+        <v>161</v>
+      </c>
+      <c r="E1357" s="73" t="s">
+        <v>2796</v>
+      </c>
+      <c r="F1357" s="27">
+        <v>46006</v>
+      </c>
+    </row>
+    <row r="1358" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A1358" s="47">
+        <v>45985</v>
+      </c>
+      <c r="B1358" s="26" t="s">
+        <v>2797</v>
+      </c>
+      <c r="C1358" s="26" t="s">
+        <v>2798</v>
+      </c>
+      <c r="D1358" s="49" t="s">
+        <v>161</v>
+      </c>
+      <c r="E1358" s="73" t="s">
+        <v>2799</v>
+      </c>
+      <c r="F1358" s="27">
+        <v>46006</v>
+      </c>
+    </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="LoQMl7vkr2C4YKidHTBI3oMsn3Mdz980Hk0xgAf5LGktv5CP/cQdSVi8+swCJ8tznMcY7ZBf2ej4kOE0+AlP7g==" saltValue="fO0rUMXJSgWU7d85eJ5/og==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
-  <autoFilter ref="A2:I1343" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="QLfBG5eT40LdB3S1F1Fod/urR0/oXPJoB3NKZP3b+urAb7xGe/CfXE9WgMA0KjSShDN3bYENsW7OO/7kfu6I8A==" saltValue="tPkbaaeJUOyOfE4NPAhriA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <autoFilter ref="A2:I1348" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup scale="37" fitToHeight="12" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="8" max="1048575" man="1"/>
   </colBreaks>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...18 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100CC43F186D082EA468EA7E4F1F092FC47" ma:contentTypeVersion="11" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="41a6851864aa6b2309014011b2247308">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="e86af516-08af-420e-ad5c-d162defa213f" xmlns:ns3="85471739-20a3-405f-8957-71a2abecc360" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="882b86dc3b2b37f7bcd02fd6807220d2" ns2:_="" ns3:_="">
     <xsd:import namespace="e86af516-08af-420e-ad5c-d162defa213f"/>
     <xsd:import namespace="85471739-20a3-405f-8957-71a2abecc360"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
@@ -43098,84 +43407,104 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="85471739-20a3-405f-8957-71a2abecc360" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="e86af516-08af-420e-ad5c-d162defa213f">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{90B380D3-04FD-4807-B62A-B2EB6E4C9431}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="e86af516-08af-420e-ad5c-d162defa213f"/>
     <ds:schemaRef ds:uri="85471739-20a3-405f-8957-71a2abecc360"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EEFF760F-334F-48AB-B352-70522FBE5FE9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9B30C19F-2060-4D25-8BA1-B6D00EB9B4EC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="85471739-20a3-405f-8957-71a2abecc360"/>
+    <ds:schemaRef ds:uri="e86af516-08af-420e-ad5c-d162defa213f"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Website posting list</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>