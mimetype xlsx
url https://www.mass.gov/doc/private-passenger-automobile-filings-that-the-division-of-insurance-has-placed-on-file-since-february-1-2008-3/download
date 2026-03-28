--- v1 (2025-12-23)
+++ v2 (2026-03-28)
@@ -5,108 +5,108 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29725"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://massgov-my.sharepoint.com/personal/flora_spitzer_mass_gov/Documents/Desktop/weekly PPA Report/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="181" documentId="13_ncr:1_{C58AB0CA-006C-4DA1-8E6B-9AF1BE6BF0C7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{902744F2-F6BB-4F42-B2CB-750E34423261}"/>
+  <xr:revisionPtr revIDLastSave="246" documentId="13_ncr:1_{C58AB0CA-006C-4DA1-8E6B-9AF1BE6BF0C7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{023DF94B-CBA1-4633-BC23-8F972052FC60}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11040" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Website posting list" sheetId="1" r:id="rId1"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId2"/>
   </externalReferences>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Website posting list'!$A$2:$I$1348</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="H933" i="1" l="1"/>
   <c r="H928" i="1"/>
   <c r="H927" i="1"/>
   <c r="H921" i="1"/>
   <c r="H917" i="1"/>
   <c r="H916" i="1"/>
   <c r="H914" i="1"/>
   <c r="H913" i="1"/>
   <c r="H906" i="1"/>
   <c r="H895" i="1"/>
   <c r="H889" i="1"/>
   <c r="H886" i="1"/>
   <c r="H807" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5629" uniqueCount="2800">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5701" uniqueCount="2841">
   <si>
     <t>PRIVATE PASSENGER MOTOR VEHICLE FILINGS THAT THE DIVISION HAS PLACED ON FILE</t>
   </si>
   <si>
     <t>Received</t>
   </si>
   <si>
     <t>Company</t>
   </si>
   <si>
     <t>SRB #</t>
   </si>
   <si>
     <t>Filing Type</t>
   </si>
   <si>
     <t>Effective Date</t>
   </si>
   <si>
     <t>Website Posting Date</t>
   </si>
   <si>
     <t xml:space="preserve">Safety Insurance Company  </t>
   </si>
   <si>
@@ -9722,50 +9722,176 @@
     <t>SERFF# AAAN-134606294</t>
   </si>
   <si>
     <t xml:space="preserve">Filed Effec.  01/01/2026 (new) </t>
   </si>
   <si>
     <t>Filed Effec. 05/01/2026 (new and renewal).</t>
   </si>
   <si>
     <t>The effective dates were amended from August 01, 2025 to January 01, 2026 for new and renewal business.The effective dates were amended again from January 01, 2026 to May 01, 2026 for new and renewal business.</t>
   </si>
   <si>
     <t>SERFF# TRVD-G134703469</t>
   </si>
   <si>
     <t>Filed Effec. 01/30/ 2026 (new) and 03/01/2026 (renewal).</t>
   </si>
   <si>
     <t>USAA Group (4 insurers)</t>
   </si>
   <si>
     <t>SERFF# USAA-134751770</t>
   </si>
   <si>
     <t>Filed Effec. 05/01/2026 (new and renewal).</t>
+  </si>
+  <si>
+    <t>Allstate North American Insurance Company</t>
+  </si>
+  <si>
+    <t>SERFF# ALSE-134299739</t>
+  </si>
+  <si>
+    <t>Filed Effec. 03/17/2026 (New).</t>
+  </si>
+  <si>
+    <t>Anywhere Insurance Services, LLC</t>
+  </si>
+  <si>
+    <t>SERFF# MOCC-134027942</t>
+  </si>
+  <si>
+    <t>Filed Effec. 07/01/2025(New).</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> American Family Connect Property and Casualty Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SERFF# PRCA-134752452
+</t>
+  </si>
+  <si>
+    <t>Filed Effec. 03/01/2026 (new and renewal).</t>
+  </si>
+  <si>
+    <t>Main Street America Protection Insurance Company</t>
+  </si>
+  <si>
+    <t>SERFF# NGMC-134753862</t>
+  </si>
+  <si>
+    <t>SERFF# PRAC-134765124</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Filed Effec. 04/01/ 2026 (new and renewal).
+</t>
+  </si>
+  <si>
+    <t>SERFF# LBPM-134828724</t>
+  </si>
+  <si>
+    <t>Filed Effec. 04/09/2026 (renewal).</t>
+  </si>
+  <si>
+    <t>SERFF# CLIN-134360202</t>
+  </si>
+  <si>
+    <t>Root Property &amp; Casualty Insurance Company</t>
+  </si>
+  <si>
+    <t>Filed Effec. 09/01/2026(new)</t>
+  </si>
+  <si>
+    <t>New Entrant</t>
+  </si>
+  <si>
+    <t>Argonaut Insurance Company</t>
+  </si>
+  <si>
+    <t>SERFF# ARGN-134660223</t>
+  </si>
+  <si>
+    <t>Filed Effec. 02/28/2026 (new)</t>
+  </si>
+  <si>
+    <t>SERFF# CNNB-134666966</t>
+  </si>
+  <si>
+    <t>Filed Effec.05/16/2026 (new)and 08/01/2026 (renewal).</t>
+  </si>
+  <si>
+    <t>SERFF# QUEN-134761725</t>
+  </si>
+  <si>
+    <t>SERFF# CARI-134766056</t>
+  </si>
+  <si>
+    <t>Filed Effec. 07/01/2026 (new and renewal).</t>
+  </si>
+  <si>
+    <t>SERFF# CMRC-134806039</t>
+  </si>
+  <si>
+    <t>Filed Effec. 05/15/2026 (new and renewal).</t>
+  </si>
+  <si>
+    <t>Amica Mutual Insurance Company, …</t>
+  </si>
+  <si>
+    <t>SERFF# AMMA-134817314</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Filed Effec. 07/01/2026 (new and renewal).
+</t>
+  </si>
+  <si>
+    <t>SERFF# ACEH-134864488</t>
+  </si>
+  <si>
+    <t>Filed Effec. 04/11/2026 (new and renewal).</t>
+  </si>
+  <si>
+    <t>SERFF# BRWS-134807470</t>
+  </si>
+  <si>
+    <t>Filed Effec. 04/24/2026 (new )and 05/29/2026 (renewal).</t>
+  </si>
+  <si>
+    <t>SERFF# HNVR-G134810230</t>
+  </si>
+  <si>
+    <t>Filed Effec. 04/17/2026 (new) and 06/01/2026 (renewal).</t>
+  </si>
+  <si>
+    <t>Safety Insurance Company, …</t>
+  </si>
+  <si>
+    <t>SERFF# SFTY-134797578</t>
+  </si>
+  <si>
+    <t>3/23/20206</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
@@ -15798,54 +15924,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:J1358"/>
+  <dimension ref="A1:J1375"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A1356" zoomScale="98" zoomScaleNormal="98" workbookViewId="0">
-      <selection activeCell="B1368" sqref="B1368"/>
+    <sheetView tabSelected="1" topLeftCell="A1366" zoomScale="98" zoomScaleNormal="98" workbookViewId="0">
+      <selection activeCell="E1383" sqref="E1383"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="13.5703125" customWidth="1"/>
     <col min="2" max="2" width="51.85546875" customWidth="1"/>
     <col min="3" max="3" width="26.140625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="22" customWidth="1"/>
     <col min="5" max="5" width="51.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="18.85546875" customWidth="1"/>
     <col min="7" max="7" width="28.140625" hidden="1" customWidth="1"/>
     <col min="8" max="8" width="0" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A1" s="18" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A2" s="11" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="11" t="s">
         <v>2</v>
@@ -43170,77 +43296,440 @@
       </c>
       <c r="F1357" s="27">
         <v>46006</v>
       </c>
     </row>
     <row r="1358" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A1358" s="47">
         <v>45985</v>
       </c>
       <c r="B1358" s="26" t="s">
         <v>2797</v>
       </c>
       <c r="C1358" s="26" t="s">
         <v>2798</v>
       </c>
       <c r="D1358" s="49" t="s">
         <v>161</v>
       </c>
       <c r="E1358" s="73" t="s">
         <v>2799</v>
       </c>
       <c r="F1358" s="27">
         <v>46006</v>
       </c>
     </row>
+    <row r="1359" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A1359" s="72">
+        <v>45594</v>
+      </c>
+      <c r="B1359" s="49" t="s">
+        <v>2800</v>
+      </c>
+      <c r="C1359" s="49" t="s">
+        <v>2801</v>
+      </c>
+      <c r="D1359" s="49" t="s">
+        <v>144</v>
+      </c>
+      <c r="E1359" s="73" t="s">
+        <v>2802</v>
+      </c>
+      <c r="F1359" s="27">
+        <v>46042</v>
+      </c>
+    </row>
+    <row r="1360" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A1360" s="47">
+        <v>45385</v>
+      </c>
+      <c r="B1360" s="26" t="s">
+        <v>2803</v>
+      </c>
+      <c r="C1360" s="26" t="s">
+        <v>2804</v>
+      </c>
+      <c r="D1360" s="26" t="s">
+        <v>1613</v>
+      </c>
+      <c r="E1360" s="25" t="s">
+        <v>2805</v>
+      </c>
+      <c r="F1360" s="27">
+        <v>46062</v>
+      </c>
+    </row>
+    <row r="1361" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A1361" s="56">
+        <v>45986</v>
+      </c>
+      <c r="B1361" s="15" t="s">
+        <v>2806</v>
+      </c>
+      <c r="C1361" s="14" t="s">
+        <v>2807</v>
+      </c>
+      <c r="D1361" s="15" t="s">
+        <v>181</v>
+      </c>
+      <c r="E1361" s="16" t="s">
+        <v>2808</v>
+      </c>
+      <c r="F1361" s="27">
+        <v>46062</v>
+      </c>
+    </row>
+    <row r="1362" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A1362" s="56">
+        <v>45987</v>
+      </c>
+      <c r="B1362" s="15" t="s">
+        <v>2809</v>
+      </c>
+      <c r="C1362" s="14" t="s">
+        <v>2810</v>
+      </c>
+      <c r="D1362" s="15" t="s">
+        <v>181</v>
+      </c>
+      <c r="E1362" s="16" t="s">
+        <v>2808</v>
+      </c>
+      <c r="F1362" s="27">
+        <v>46062</v>
+      </c>
+    </row>
+    <row r="1363" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A1363" s="47">
+        <v>46007</v>
+      </c>
+      <c r="B1363" s="26" t="s">
+        <v>1247</v>
+      </c>
+      <c r="C1363" s="26" t="s">
+        <v>2811</v>
+      </c>
+      <c r="D1363" s="49" t="s">
+        <v>144</v>
+      </c>
+      <c r="E1363" s="73" t="s">
+        <v>2812</v>
+      </c>
+      <c r="F1363" s="27">
+        <v>46070</v>
+      </c>
+    </row>
+    <row r="1364" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A1364" s="47">
+        <v>46058</v>
+      </c>
+      <c r="B1364" s="26" t="s">
+        <v>752</v>
+      </c>
+      <c r="C1364" s="26" t="s">
+        <v>2813</v>
+      </c>
+      <c r="D1364" s="49" t="s">
+        <v>161</v>
+      </c>
+      <c r="E1364" s="73" t="s">
+        <v>2814</v>
+      </c>
+      <c r="F1364" s="27">
+        <v>46076</v>
+      </c>
+    </row>
+    <row r="1365" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A1365" s="62">
+        <v>45653</v>
+      </c>
+      <c r="B1365" s="51" t="s">
+        <v>2816</v>
+      </c>
+      <c r="C1365" s="51" t="s">
+        <v>2815</v>
+      </c>
+      <c r="D1365" s="51" t="s">
+        <v>1613</v>
+      </c>
+      <c r="E1365" s="23" t="s">
+        <v>2817</v>
+      </c>
+      <c r="F1365" s="27">
+        <v>46083</v>
+      </c>
+      <c r="I1365" t="s">
+        <v>2818</v>
+      </c>
+    </row>
+    <row r="1366" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A1366" s="47">
+        <v>45904</v>
+      </c>
+      <c r="B1366" s="26" t="s">
+        <v>2819</v>
+      </c>
+      <c r="C1366" s="26" t="s">
+        <v>2820</v>
+      </c>
+      <c r="D1366" s="49" t="s">
+        <v>144</v>
+      </c>
+      <c r="E1366" s="73" t="s">
+        <v>2821</v>
+      </c>
+      <c r="F1366" s="27">
+        <v>46083</v>
+      </c>
+    </row>
+    <row r="1367" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A1367" s="47">
+        <v>46021</v>
+      </c>
+      <c r="B1367" s="26" t="s">
+        <v>1266</v>
+      </c>
+      <c r="C1367" s="26" t="s">
+        <v>2822</v>
+      </c>
+      <c r="D1367" s="49" t="s">
+        <v>1030</v>
+      </c>
+      <c r="E1367" s="73" t="s">
+        <v>2823</v>
+      </c>
+      <c r="F1367" s="27">
+        <v>46083</v>
+      </c>
+    </row>
+    <row r="1368" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A1368" s="47">
+        <v>46007</v>
+      </c>
+      <c r="B1368" s="26" t="s">
+        <v>1355</v>
+      </c>
+      <c r="C1368" s="26" t="s">
+        <v>2824</v>
+      </c>
+      <c r="D1368" s="49" t="s">
+        <v>144</v>
+      </c>
+      <c r="E1368" s="73" t="s">
+        <v>2793</v>
+      </c>
+      <c r="F1368" s="27">
+        <v>46090</v>
+      </c>
+    </row>
+    <row r="1369" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A1369" s="47">
+        <v>46038</v>
+      </c>
+      <c r="B1369" s="26" t="s">
+        <v>298</v>
+      </c>
+      <c r="C1369" s="26" t="s">
+        <v>2825</v>
+      </c>
+      <c r="D1369" s="49" t="s">
+        <v>220</v>
+      </c>
+      <c r="E1369" s="73" t="s">
+        <v>2826</v>
+      </c>
+      <c r="F1369" s="27">
+        <v>46097</v>
+      </c>
+    </row>
+    <row r="1370" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A1370" s="47">
+        <v>46045</v>
+      </c>
+      <c r="B1370" s="26" t="s">
+        <v>167</v>
+      </c>
+      <c r="C1370" s="26" t="s">
+        <v>2827</v>
+      </c>
+      <c r="D1370" s="49" t="s">
+        <v>220</v>
+      </c>
+      <c r="E1370" s="73" t="s">
+        <v>2828</v>
+      </c>
+      <c r="F1370" s="27">
+        <v>46097</v>
+      </c>
+    </row>
+    <row r="1371" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A1371" s="47">
+        <v>46056</v>
+      </c>
+      <c r="B1371" s="26" t="s">
+        <v>2829</v>
+      </c>
+      <c r="C1371" s="26" t="s">
+        <v>2830</v>
+      </c>
+      <c r="D1371" s="49" t="s">
+        <v>220</v>
+      </c>
+      <c r="E1371" s="73" t="s">
+        <v>2831</v>
+      </c>
+      <c r="F1371" s="27">
+        <v>46097</v>
+      </c>
+    </row>
+    <row r="1372" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A1372" s="56">
+        <v>46090</v>
+      </c>
+      <c r="B1372" s="15" t="s">
+        <v>398</v>
+      </c>
+      <c r="C1372" s="14" t="s">
+        <v>2832</v>
+      </c>
+      <c r="D1372" s="15" t="s">
+        <v>149</v>
+      </c>
+      <c r="E1372" s="16" t="s">
+        <v>2833</v>
+      </c>
+      <c r="F1372" s="27">
+        <v>46097</v>
+      </c>
+    </row>
+    <row r="1373" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A1373" s="47">
+        <v>46044</v>
+      </c>
+      <c r="B1373" s="26" t="s">
+        <v>1679</v>
+      </c>
+      <c r="C1373" s="26" t="s">
+        <v>2834</v>
+      </c>
+      <c r="D1373" s="49" t="s">
+        <v>220</v>
+      </c>
+      <c r="E1373" s="73" t="s">
+        <v>2835</v>
+      </c>
+      <c r="F1373" s="71" t="s">
+        <v>2840</v>
+      </c>
+    </row>
+    <row r="1374" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A1374" s="47">
+        <v>46045</v>
+      </c>
+      <c r="B1374" s="26" t="s">
+        <v>227</v>
+      </c>
+      <c r="C1374" s="26" t="s">
+        <v>2836</v>
+      </c>
+      <c r="D1374" s="49" t="s">
+        <v>161</v>
+      </c>
+      <c r="E1374" s="73" t="s">
+        <v>2837</v>
+      </c>
+      <c r="F1374" s="71" t="s">
+        <v>2840</v>
+      </c>
+    </row>
+    <row r="1375" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A1375" s="47">
+        <v>46058</v>
+      </c>
+      <c r="B1375" s="26" t="s">
+        <v>2838</v>
+      </c>
+      <c r="C1375" s="26" t="s">
+        <v>2839</v>
+      </c>
+      <c r="D1375" s="49" t="s">
+        <v>220</v>
+      </c>
+      <c r="E1375" s="73" t="s">
+        <v>2826</v>
+      </c>
+      <c r="F1375" s="71" t="s">
+        <v>2840</v>
+      </c>
+    </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="QLfBG5eT40LdB3S1F1Fod/urR0/oXPJoB3NKZP3b+urAb7xGe/CfXE9WgMA0KjSShDN3bYENsW7OO/7kfu6I8A==" saltValue="tPkbaaeJUOyOfE4NPAhriA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="m3Audo9w8gvCyc3/ADKxp3EdAX4C3m4HrVOV4oS/arHeCa07ohxImVL482G1abGMl066P2lMzEsvwI5cWKwn6w==" saltValue="peIddR38CtNyg/Ojuz9pMw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <autoFilter ref="A2:I1348" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup scale="37" fitToHeight="12" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="8" max="1048575" man="1"/>
   </colBreaks>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="85471739-20a3-405f-8957-71a2abecc360" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="e86af516-08af-420e-ad5c-d162defa213f">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100CC43F186D082EA468EA7E4F1F092FC47" ma:contentTypeVersion="11" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="41a6851864aa6b2309014011b2247308">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="e86af516-08af-420e-ad5c-d162defa213f" xmlns:ns3="85471739-20a3-405f-8957-71a2abecc360" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="882b86dc3b2b37f7bcd02fd6807220d2" ns2:_="" ns3:_="">
     <xsd:import namespace="e86af516-08af-420e-ad5c-d162defa213f"/>
     <xsd:import namespace="85471739-20a3-405f-8957-71a2abecc360"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
@@ -43407,104 +43896,84 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EEFF760F-334F-48AB-B352-70522FBE5FE9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9B30C19F-2060-4D25-8BA1-B6D00EB9B4EC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="85471739-20a3-405f-8957-71a2abecc360"/>
+    <ds:schemaRef ds:uri="e86af516-08af-420e-ad5c-d162defa213f"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{90B380D3-04FD-4807-B62A-B2EB6E4C9431}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="e86af516-08af-420e-ad5c-d162defa213f"/>
     <ds:schemaRef ds:uri="85471739-20a3-405f-8957-71a2abecc360"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...17 lines deleted...]
-    <ds:schemaRef ds:uri="e86af516-08af-420e-ad5c-d162defa213f"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Website posting list</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>