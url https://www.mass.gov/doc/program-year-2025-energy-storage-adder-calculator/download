--- v0 (2025-10-18)
+++ v1 (2025-12-06)
@@ -8,60 +8,60 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://massgov.sharepoint.com/sites/ENV-TEAMS-DOERRENEWABLES/Shared Documents/Solar Check-In Mtg/SMART 3.0/Guidelines/SMART 3.0 Draft Guidelines/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://massgov.sharepoint.com/sites/ENV-TEAMS-DOERRENEWABLES/Shared Documents/Solar Check-In Mtg/SMART 3.0/Guidelines/Guidelines to Post/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="11" documentId="8_{96B0CCCD-EAF7-4B89-A7D9-3B48F4F031E3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{968CAD21-A548-4551-A561-66BAC75D92BB}"/>
+  <xr:revisionPtr revIDLastSave="12" documentId="8_{96B0CCCD-EAF7-4B89-A7D9-3B48F4F031E3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{EB494B90-26B3-4AAE-95F1-9FFA3F623C89}"/>
   <bookViews>
-    <workbookView xWindow="10" yWindow="10" windowWidth="19180" windowHeight="10060" xr2:uid="{C569A9B0-B250-4A28-8589-0E9CB7248290}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" activeTab="1" xr2:uid="{C569A9B0-B250-4A28-8589-0E9CB7248290}"/>
   </bookViews>
   <sheets>
     <sheet name="Instructions" sheetId="2" r:id="rId1"/>
     <sheet name="Storage Adder Calculator" sheetId="1" r:id="rId2"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId3"/>
   </externalReferences>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
@@ -3350,51 +3350,51 @@
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5E7D8326-9D06-443C-8364-F1CCBE8F81F3}">
   <dimension ref="B9:F19"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A5" workbookViewId="0">
+    <sheetView topLeftCell="A10" workbookViewId="0">
       <selection activeCell="C29" sqref="C29"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="6" width="10.54296875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="9" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B9" s="2"/>
       <c r="D9" s="2"/>
       <c r="F9" s="2"/>
     </row>
     <row r="10" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B10" s="2"/>
       <c r="D10" s="2"/>
       <c r="F10" s="2"/>
     </row>
     <row r="11" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B11" s="2"/>
       <c r="D11" s="2"/>
       <c r="F11" s="2"/>
     </row>
     <row r="12" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B12" s="2"/>
@@ -3419,52 +3419,52 @@
     </row>
     <row r="17" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B17" s="27"/>
       <c r="D17" s="27"/>
       <c r="F17" s="28"/>
     </row>
     <row r="18" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B18" s="29"/>
       <c r="D18" s="27"/>
       <c r="F18" s="28"/>
     </row>
     <row r="19" spans="2:6" x14ac:dyDescent="0.35">
       <c r="D19" s="27"/>
       <c r="F19" s="28"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{03942A75-4B95-4721-8BC7-18E9408106D8}">
   <dimension ref="A1:Q80"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="N12" sqref="N12"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="M11" sqref="M11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="38" customWidth="1"/>
     <col min="2" max="2" width="3.7265625" customWidth="1"/>
     <col min="3" max="3" width="9.453125" customWidth="1"/>
     <col min="4" max="5" width="10.54296875" customWidth="1"/>
     <col min="6" max="12" width="10.54296875" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="29.453125" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="10.54296875" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="20.81640625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" x14ac:dyDescent="0.35">
       <c r="A1" s="30" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="31"/>
       <c r="C1" s="32"/>
     </row>
     <row r="2" spans="1:17" x14ac:dyDescent="0.35">
       <c r="A2" s="46" t="s">
         <v>1</v>
       </c>
@@ -3494,62 +3494,62 @@
       <c r="J3" s="1"/>
     </row>
     <row r="4" spans="1:17" x14ac:dyDescent="0.35">
       <c r="A4" s="48" t="s">
         <v>4</v>
       </c>
       <c r="B4" s="48"/>
       <c r="C4" s="33">
         <v>3</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
     </row>
     <row r="5" spans="1:17" x14ac:dyDescent="0.35">
       <c r="A5" s="48" t="s">
         <v>6</v>
       </c>
       <c r="B5" s="48"/>
       <c r="C5" s="3">
-        <v>2.646906151664595E-2</v>
+        <v>4.4999999999999998E-2</v>
       </c>
       <c r="G5" s="4"/>
     </row>
     <row r="6" spans="1:17" x14ac:dyDescent="0.35">
       <c r="A6" s="48" t="s">
         <v>7</v>
       </c>
       <c r="B6" s="48"/>
       <c r="C6" s="5">
         <f>MAX(0.0001,((C3/C2)/((C3/C2)+EXP(0.7-(8*(C3/C2)))))*(0.8+(0.5*LN(C4)))*$C$5)</f>
-        <v>3.5690756848998945E-2</v>
+        <v>6.0677786297595515E-2</v>
       </c>
       <c r="G6" s="4"/>
     </row>
     <row r="7" spans="1:17" x14ac:dyDescent="0.35">
       <c r="A7" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C7" s="2"/>
       <c r="D7" s="6"/>
       <c r="G7" s="4"/>
     </row>
     <row r="8" spans="1:17" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="C8" s="2"/>
       <c r="D8" s="6"/>
       <c r="G8" s="4"/>
     </row>
     <row r="9" spans="1:17" x14ac:dyDescent="0.35">
       <c r="B9" s="34" t="s">
         <v>9</v>
       </c>
       <c r="C9" s="35"/>
       <c r="D9" s="35"/>
       <c r="E9" s="35"/>
       <c r="F9" s="35"/>
       <c r="G9" s="35"/>
@@ -3607,744 +3607,744 @@
       </c>
       <c r="I12" s="12">
         <v>4.5</v>
       </c>
       <c r="J12" s="12">
         <v>5</v>
       </c>
       <c r="K12" s="12">
         <v>5.5</v>
       </c>
       <c r="L12" s="13">
         <v>6</v>
       </c>
       <c r="M12" s="2"/>
       <c r="P12" s="2"/>
     </row>
     <row r="13" spans="1:17" x14ac:dyDescent="0.35">
       <c r="B13" s="43" t="s">
         <v>10</v>
       </c>
       <c r="C13" s="14">
         <v>0.25</v>
       </c>
       <c r="D13" s="15">
         <f>($C13/($C13+EXP(0.7-(8*$C13))))*(0.8+(0.5*LN(D$12)))*$C$5</f>
-        <v>1.4520038445061063E-2</v>
+        <v>2.4685489117807762E-2</v>
       </c>
       <c r="E13" s="16">
         <f t="shared" ref="D13:L28" si="0">($C13/($C13+EXP(0.7-(8*$C13))))*(0.8+(0.5*LN(E$12)))*$C$5</f>
-        <v>1.5932966917911469E-2</v>
+        <v>2.7087606066241415E-2</v>
       </c>
       <c r="F13" s="16">
         <f t="shared" si="0"/>
-        <v>1.708741353889337E-2</v>
+        <v>2.9050278521081382E-2</v>
       </c>
       <c r="G13" s="16">
         <f t="shared" si="0"/>
-        <v>1.8063484249224986E-2</v>
+        <v>3.0709694437180267E-2</v>
       </c>
       <c r="H13" s="16">
         <f t="shared" si="0"/>
-        <v>1.8908995157101892E-2</v>
+        <v>3.2147145887075193E-2</v>
       </c>
       <c r="I13" s="16">
         <f t="shared" si="0"/>
-        <v>1.965478863272568E-2</v>
+        <v>3.3415067924355009E-2</v>
       </c>
       <c r="J13" s="16">
         <f t="shared" si="0"/>
-        <v>2.0321923629952301E-2</v>
+        <v>3.4549262835508854E-2</v>
       </c>
       <c r="K13" s="16">
         <f t="shared" si="0"/>
-        <v>2.0925420643443847E-2</v>
+        <v>3.5575266934295684E-2</v>
       </c>
       <c r="L13" s="17">
         <f t="shared" si="0"/>
-        <v>2.1476370250934206E-2</v>
+        <v>3.6511935290348817E-2</v>
       </c>
       <c r="M13" s="4"/>
       <c r="P13" s="4"/>
     </row>
     <row r="14" spans="1:17" x14ac:dyDescent="0.35">
       <c r="B14" s="44"/>
       <c r="C14" s="18">
         <v>0.3</v>
       </c>
       <c r="D14" s="19">
         <f t="shared" si="0"/>
-        <v>1.8862500198680816E-2</v>
+        <v>3.206809989869995E-2</v>
       </c>
       <c r="E14" s="20">
         <f t="shared" si="0"/>
-        <v>2.0697988699672213E-2</v>
+        <v>3.5188610329062918E-2</v>
       </c>
       <c r="F14" s="20">
         <f t="shared" si="0"/>
-        <v>2.2197692002802544E-2</v>
+        <v>3.7738252997671466E-2</v>
       </c>
       <c r="G14" s="20">
         <f t="shared" si="0"/>
-        <v>2.3465673078556456E-2</v>
+        <v>3.9893945158235695E-2</v>
       </c>
       <c r="H14" s="20">
         <f t="shared" si="0"/>
-        <v>2.456404824664974E-2</v>
+        <v>4.1761290645083202E-2</v>
       </c>
       <c r="I14" s="20">
         <f t="shared" si="0"/>
-        <v>2.553288380692428E-2</v>
+        <v>4.3408406096642996E-2</v>
       </c>
       <c r="J14" s="20">
         <f t="shared" si="0"/>
-        <v>2.6399536747641141E-2</v>
+        <v>4.4881801075446183E-2</v>
       </c>
       <c r="K14" s="20">
         <f t="shared" si="0"/>
-        <v>2.7183519695066435E-2</v>
+        <v>4.6214648959454145E-2</v>
       </c>
       <c r="L14" s="21">
         <f t="shared" si="0"/>
-        <v>2.7899240050771476E-2</v>
+        <v>4.7431443744054731E-2</v>
       </c>
       <c r="M14" s="4"/>
       <c r="P14" s="4"/>
       <c r="Q14" s="4"/>
     </row>
     <row r="15" spans="1:17" x14ac:dyDescent="0.35">
       <c r="B15" s="44"/>
       <c r="C15" s="18">
         <v>0.35</v>
       </c>
       <c r="D15" s="19">
         <f t="shared" si="0"/>
-        <v>2.248261168198367E-2</v>
+        <v>3.8222644390055648E-2</v>
       </c>
       <c r="E15" s="20">
         <f t="shared" si="0"/>
-        <v>2.4670369125581841E-2</v>
+        <v>4.1942046564553019E-2</v>
       </c>
       <c r="F15" s="20">
         <f t="shared" si="0"/>
-        <v>2.6457897112185949E-2</v>
+        <v>4.498101941769321E-2</v>
       </c>
       <c r="G15" s="20">
         <f t="shared" si="0"/>
-        <v>2.7969230490370502E-2</v>
+        <v>4.7550434354280011E-2</v>
       </c>
       <c r="H15" s="20">
         <f t="shared" si="0"/>
-        <v>2.9278407011259389E-2</v>
+        <v>4.977616281098976E-2</v>
       </c>
       <c r="I15" s="20">
         <f t="shared" si="0"/>
-        <v>3.0433182542388235E-2</v>
+        <v>5.1739394445330787E-2</v>
       </c>
       <c r="J15" s="20">
         <f t="shared" si="0"/>
-        <v>3.1466164454857559E-2</v>
+        <v>5.3495564985487132E-2</v>
       </c>
       <c r="K15" s="20">
         <f t="shared" si="0"/>
-        <v>3.2400610259316322E-2</v>
+        <v>5.5084214480075361E-2</v>
       </c>
       <c r="L15" s="21">
         <f t="shared" si="0"/>
-        <v>3.3253692441461667E-2</v>
+        <v>5.6534537838627337E-2</v>
       </c>
       <c r="M15" s="4"/>
       <c r="P15" s="4"/>
     </row>
     <row r="16" spans="1:17" x14ac:dyDescent="0.35">
       <c r="B16" s="44"/>
       <c r="C16" s="18">
         <v>0.4</v>
       </c>
       <c r="D16" s="19">
         <f t="shared" si="0"/>
-        <v>2.518122487205534E-2</v>
+        <v>4.281055142547717E-2</v>
       </c>
       <c r="E16" s="20">
         <f t="shared" si="0"/>
-        <v>2.7631581304484624E-2</v>
+        <v>4.6976397630110203E-2</v>
       </c>
       <c r="F16" s="20">
         <f t="shared" si="0"/>
-        <v>2.9633668287637055E-2</v>
+        <v>5.0380141815947729E-2</v>
       </c>
       <c r="G16" s="20">
         <f t="shared" si="0"/>
-        <v>3.1326408712594234E-2</v>
+        <v>5.3257966519901397E-2</v>
       </c>
       <c r="H16" s="20">
         <f t="shared" si="0"/>
-        <v>3.2792727165095722E-2</v>
+        <v>5.5750851668892057E-2</v>
       </c>
       <c r="I16" s="20">
         <f t="shared" si="0"/>
-        <v>3.4086111703218784E-2</v>
+        <v>5.7949732206418303E-2</v>
       </c>
       <c r="J16" s="20">
         <f t="shared" si="0"/>
-        <v>3.524308359752501E-2</v>
+        <v>5.991669787352509E-2</v>
       </c>
       <c r="K16" s="20">
         <f t="shared" si="0"/>
-        <v>3.6289691983848772E-2</v>
+        <v>6.1696034755376779E-2</v>
       </c>
       <c r="L16" s="21">
         <f t="shared" si="0"/>
-        <v>3.7245170580677445E-2</v>
+        <v>6.332044205936263E-2</v>
       </c>
       <c r="M16" s="4"/>
       <c r="P16" s="4"/>
     </row>
     <row r="17" spans="2:16" x14ac:dyDescent="0.35">
       <c r="B17" s="44"/>
       <c r="C17" s="18">
         <v>0.45</v>
       </c>
       <c r="D17" s="19">
         <f t="shared" si="0"/>
-        <v>2.7042176597328771E-2</v>
+        <v>4.5974351833914018E-2</v>
       </c>
       <c r="E17" s="20">
         <f t="shared" si="0"/>
-        <v>2.9673620131502838E-2</v>
+        <v>5.04480638679944E-2</v>
       </c>
       <c r="F17" s="20">
         <f t="shared" si="0"/>
-        <v>3.1823666050107211E-2</v>
+        <v>5.410335275220176E-2</v>
       </c>
       <c r="G17" s="20">
         <f t="shared" si="0"/>
-        <v>3.3641503972516147E-2</v>
+        <v>5.719385546824849E-2</v>
       </c>
       <c r="H17" s="20">
         <f t="shared" si="0"/>
-        <v>3.5216186806331394E-2</v>
+        <v>5.9870970691133243E-2</v>
       </c>
       <c r="I17" s="20">
         <f t="shared" si="0"/>
-        <v>3.6605155502885643E-2</v>
+        <v>6.2232353670489494E-2</v>
       </c>
       <c r="J17" s="20">
         <f t="shared" si="0"/>
-        <v>3.7847630340505457E-2</v>
+        <v>6.4344682725213626E-2</v>
       </c>
       <c r="K17" s="20">
         <f t="shared" si="0"/>
-        <v>3.8971585547411265E-2</v>
+        <v>6.6255516786291074E-2</v>
       </c>
       <c r="L17" s="21">
         <f t="shared" si="0"/>
-        <v>3.9997676259109827E-2</v>
+        <v>6.7999971609420992E-2</v>
       </c>
       <c r="M17" s="4"/>
       <c r="P17" s="4"/>
     </row>
     <row r="18" spans="2:16" x14ac:dyDescent="0.35">
       <c r="B18" s="44"/>
       <c r="C18" s="18">
         <v>0.5</v>
       </c>
       <c r="D18" s="19">
         <f t="shared" si="0"/>
-        <v>2.8263809276591705E-2</v>
+        <v>4.8051247175755284E-2</v>
       </c>
       <c r="E18" s="20">
         <f t="shared" si="0"/>
-        <v>3.10141285012418E-2</v>
+        <v>5.2727059539991204E-2</v>
       </c>
       <c r="F18" s="20">
         <f t="shared" si="0"/>
-        <v>3.3261302931178439E-2</v>
+        <v>5.6547476417391801E-2</v>
       </c>
       <c r="G18" s="20">
         <f t="shared" si="0"/>
-        <v>3.5161261839804059E-2</v>
+        <v>5.9777592862373594E-2</v>
       </c>
       <c r="H18" s="20">
         <f t="shared" si="0"/>
-        <v>3.6807081107564976E-2</v>
+        <v>6.257564699824332E-2</v>
       </c>
       <c r="I18" s="20">
         <f t="shared" si="0"/>
-        <v>3.8258796585765177E-2</v>
+        <v>6.5043705659028325E-2</v>
       </c>
       <c r="J18" s="20">
         <f t="shared" si="0"/>
-        <v>3.9557400332215067E-2</v>
+        <v>6.7251459362479227E-2</v>
       </c>
       <c r="K18" s="20">
         <f t="shared" si="0"/>
-        <v>4.0732130313327453E-2</v>
+        <v>6.9248615518424261E-2</v>
       </c>
       <c r="L18" s="21">
         <f t="shared" si="0"/>
-        <v>4.1804574762151714E-2</v>
+        <v>7.107187623987983E-2</v>
       </c>
       <c r="M18" s="4"/>
       <c r="P18" s="4"/>
     </row>
     <row r="19" spans="2:16" x14ac:dyDescent="0.35">
       <c r="B19" s="44"/>
       <c r="C19" s="18">
         <v>0.55000000000000004</v>
       </c>
       <c r="D19" s="19">
         <f t="shared" si="0"/>
-        <v>2.9043181674635432E-2</v>
+        <v>4.9376256673727539E-2</v>
       </c>
       <c r="E19" s="20">
         <f t="shared" si="0"/>
-        <v>3.1869340743395876E-2</v>
+        <v>5.4181004209420874E-2</v>
       </c>
       <c r="F19" s="20">
         <f t="shared" si="0"/>
-        <v>3.4178480837873448E-2</v>
+        <v>5.8106768792579325E-2</v>
       </c>
       <c r="G19" s="20">
         <f t="shared" si="0"/>
-        <v>3.6130830969363231E-2</v>
+        <v>6.1425955453647346E-2</v>
       </c>
       <c r="H19" s="20">
         <f t="shared" si="0"/>
-        <v>3.7822033578658501E-2</v>
+        <v>6.4301165720185377E-2</v>
       </c>
       <c r="I19" s="20">
         <f t="shared" si="0"/>
-        <v>3.9313780001111479E-2</v>
+        <v>6.6837280911431124E-2</v>
       </c>
       <c r="J19" s="20">
         <f t="shared" si="0"/>
-        <v>4.0648192647418945E-2</v>
+        <v>6.9105913255878712E-2</v>
       </c>
       <c r="K19" s="20">
         <f t="shared" si="0"/>
-        <v>4.185531571870095E-2</v>
+        <v>7.1158140841413961E-2</v>
       </c>
       <c r="L19" s="21">
         <f t="shared" si="0"/>
-        <v>4.2957332741896524E-2</v>
+        <v>7.3031677839037176E-2</v>
       </c>
       <c r="M19" s="4"/>
       <c r="P19" s="4"/>
     </row>
     <row r="20" spans="2:16" x14ac:dyDescent="0.35">
       <c r="B20" s="44"/>
       <c r="C20" s="18">
         <v>0.6</v>
       </c>
       <c r="D20" s="19">
         <f t="shared" si="0"/>
-        <v>2.9532992400002341E-2</v>
+        <v>5.0208982935202637E-2</v>
       </c>
       <c r="E20" s="20">
         <f t="shared" si="0"/>
-        <v>3.2406814394918042E-2</v>
+        <v>5.5094762118944304E-2</v>
       </c>
       <c r="F20" s="20">
         <f t="shared" si="0"/>
-        <v>3.4754897935651625E-2</v>
+        <v>5.9086734379334468E-2</v>
       </c>
       <c r="G20" s="20">
         <f t="shared" si="0"/>
-        <v>3.6740174281796135E-2</v>
+        <v>6.2461898833892852E-2</v>
       </c>
       <c r="H20" s="20">
         <f t="shared" si="0"/>
-        <v>3.8459898875565467E-2</v>
+        <v>6.5385599270757683E-2</v>
       </c>
       <c r="I20" s="20">
         <f t="shared" si="0"/>
-        <v>3.9976803471300927E-2</v>
+        <v>6.7964485823466314E-2</v>
       </c>
       <c r="J20" s="20">
         <f t="shared" si="0"/>
-        <v>4.1333720870481164E-2</v>
+        <v>7.027137845449935E-2</v>
       </c>
       <c r="K20" s="20">
         <f t="shared" si="0"/>
-        <v>4.2561201967057212E-2</v>
+        <v>7.2358216679239015E-2</v>
       </c>
       <c r="L20" s="21">
         <f t="shared" si="0"/>
-        <v>4.3681804411214761E-2</v>
+        <v>7.4263350714889542E-2</v>
       </c>
       <c r="M20" s="4"/>
       <c r="P20" s="4"/>
     </row>
     <row r="21" spans="2:16" x14ac:dyDescent="0.35">
       <c r="B21" s="44"/>
       <c r="C21" s="18">
         <v>0.65</v>
       </c>
       <c r="D21" s="19">
         <f t="shared" si="0"/>
-        <v>2.9838759697278349E-2</v>
+        <v>5.0728817322559634E-2</v>
       </c>
       <c r="E21" s="20">
         <f t="shared" si="0"/>
-        <v>3.2742335561098901E-2</v>
+        <v>5.5665181000952781E-2</v>
       </c>
       <c r="F21" s="20">
         <f t="shared" si="0"/>
-        <v>3.5114729782860142E-2</v>
+        <v>5.9698483802871828E-2</v>
       </c>
       <c r="G21" s="20">
         <f t="shared" si="0"/>
-        <v>3.7120560516940848E-2</v>
+        <v>6.310859273238062E-2</v>
       </c>
       <c r="H21" s="20">
         <f t="shared" si="0"/>
-        <v>3.885809013141292E-2</v>
+        <v>6.6062563450309988E-2</v>
       </c>
       <c r="I21" s="20">
         <f t="shared" si="0"/>
-        <v>4.0390699868441932E-2</v>
+        <v>6.8668150283184029E-2</v>
       </c>
       <c r="J21" s="20">
         <f t="shared" si="0"/>
-        <v>4.1761665995233475E-2</v>
+        <v>7.0998927128703135E-2</v>
       </c>
       <c r="K21" s="20">
         <f t="shared" si="0"/>
-        <v>4.3001855711792013E-2</v>
+        <v>7.3107371253555736E-2</v>
       </c>
       <c r="L21" s="21">
         <f t="shared" si="0"/>
-        <v>4.4134060216994717E-2</v>
+        <v>7.5032229930622196E-2</v>
       </c>
       <c r="M21" s="4"/>
       <c r="P21" s="4"/>
     </row>
     <row r="22" spans="2:16" x14ac:dyDescent="0.35">
       <c r="B22" s="44"/>
       <c r="C22" s="18">
         <v>0.7</v>
       </c>
       <c r="D22" s="19">
         <f t="shared" si="0"/>
-        <v>3.0029276180711641E-2</v>
+        <v>5.1052714025474712E-2</v>
       </c>
       <c r="E22" s="20">
         <f t="shared" si="0"/>
-        <v>3.2951390987456392E-2</v>
+        <v>5.6020595724673564E-2</v>
       </c>
       <c r="F22" s="20">
         <f t="shared" si="0"/>
-        <v>3.5338932628514973E-2</v>
+        <v>6.0079650624677079E-2</v>
       </c>
       <c r="G22" s="20">
         <f t="shared" si="0"/>
-        <v>3.7357570323129446E-2</v>
+        <v>6.3511532642878746E-2</v>
       </c>
       <c r="H22" s="20">
         <f t="shared" si="0"/>
-        <v>3.9106193831428507E-2</v>
+        <v>6.6484364068124857E-2</v>
       </c>
       <c r="I22" s="20">
         <f t="shared" si="0"/>
-        <v>4.0648589076318326E-2</v>
+        <v>6.9106587223879454E-2</v>
       </c>
       <c r="J22" s="20">
         <f t="shared" si="0"/>
-        <v>4.2028308638173258E-2</v>
+        <v>7.1452245767323716E-2</v>
       </c>
       <c r="K22" s="20">
         <f t="shared" si="0"/>
-        <v>4.3276416799934811E-2</v>
+        <v>7.3574152025463954E-2</v>
       </c>
       <c r="L22" s="21">
         <f t="shared" si="0"/>
-        <v>4.4415850279231846E-2</v>
+        <v>7.5511300667327239E-2</v>
       </c>
       <c r="M22" s="4"/>
       <c r="P22" s="4"/>
     </row>
     <row r="23" spans="2:16" x14ac:dyDescent="0.35">
       <c r="B23" s="44"/>
       <c r="C23" s="18">
         <v>0.75</v>
       </c>
       <c r="D23" s="19">
         <f t="shared" si="0"/>
-        <v>3.0148077613786163E-2</v>
+        <v>5.1254688110766389E-2</v>
       </c>
       <c r="E23" s="20">
         <f t="shared" si="0"/>
-        <v>3.3081752853242004E-2</v>
+        <v>5.6242223679131384E-2</v>
       </c>
       <c r="F23" s="20">
         <f t="shared" si="0"/>
-        <v>3.5478740055584712E-2</v>
+        <v>6.0317336959501665E-2</v>
       </c>
       <c r="G23" s="20">
         <f t="shared" si="0"/>
-        <v>3.7505363858473494E-2</v>
+        <v>6.3762796144846881E-2</v>
       </c>
       <c r="H23" s="20">
         <f t="shared" si="0"/>
-        <v>3.9260905248423898E-2</v>
+        <v>6.6747388647232606E-2</v>
       </c>
       <c r="I23" s="20">
         <f t="shared" si="0"/>
-        <v>4.0809402497383261E-2</v>
+        <v>6.9379985808236955E-2</v>
       </c>
       <c r="J23" s="20">
         <f t="shared" si="0"/>
-        <v>4.2194580487879732E-2</v>
+        <v>7.1734924215597587E-2</v>
       </c>
       <c r="K23" s="20">
         <f t="shared" si="0"/>
-        <v>4.3447626398968209E-2</v>
+        <v>7.3865225131764203E-2</v>
       </c>
       <c r="L23" s="21">
         <f t="shared" si="0"/>
-        <v>4.4591567690222454E-2</v>
+        <v>7.5810037495967889E-2</v>
       </c>
       <c r="M23" s="4"/>
       <c r="P23" s="4"/>
     </row>
     <row r="24" spans="2:16" x14ac:dyDescent="0.35">
       <c r="B24" s="44"/>
       <c r="C24" s="18">
         <v>0.8</v>
       </c>
       <c r="D24" s="19">
         <f t="shared" si="0"/>
-        <v>3.0222323332090083E-2</v>
+        <v>5.1380913112040995E-2</v>
       </c>
       <c r="E24" s="20">
         <f t="shared" si="0"/>
-        <v>3.3163223338186568E-2</v>
+        <v>5.6380731492119009E-2</v>
       </c>
       <c r="F24" s="20">
         <f t="shared" si="0"/>
-        <v>3.5566113604694201E-2</v>
+        <v>6.0465880560394147E-2</v>
       </c>
       <c r="G24" s="20">
         <f t="shared" si="0"/>
-        <v>3.7597728377219752E-2</v>
+        <v>6.3919824883510987E-2</v>
       </c>
       <c r="H24" s="20">
         <f t="shared" si="0"/>
-        <v>3.9357593141720895E-2</v>
+        <v>6.6911767546561113E-2</v>
       </c>
       <c r="I24" s="20">
         <f t="shared" si="0"/>
-        <v>4.0909903877298329E-2</v>
+        <v>6.9550848008747307E-2</v>
       </c>
       <c r="J24" s="20">
         <f t="shared" si="0"/>
-        <v>4.2298493147817376E-2</v>
+        <v>7.1911585926639113E-2</v>
       </c>
       <c r="K24" s="20">
         <f t="shared" si="0"/>
-        <v>4.3554624937048016E-2</v>
+        <v>7.404713313823294E-2</v>
       </c>
       <c r="L24" s="21">
         <f t="shared" si="0"/>
-        <v>4.4701383414325016E-2</v>
+        <v>7.5996734994914258E-2</v>
       </c>
       <c r="M24" s="4"/>
       <c r="P24" s="4"/>
     </row>
     <row r="25" spans="2:16" x14ac:dyDescent="0.35">
       <c r="B25" s="44"/>
       <c r="C25" s="18">
         <v>0.85</v>
       </c>
       <c r="D25" s="19">
         <f t="shared" si="0"/>
-        <v>3.0268857431847377E-2</v>
+        <v>5.1460025644525814E-2</v>
       </c>
       <c r="E25" s="20">
         <f t="shared" si="0"/>
-        <v>3.3214285618413518E-2</v>
+        <v>5.6467542375412599E-2</v>
       </c>
       <c r="F25" s="20">
         <f t="shared" si="0"/>
-        <v>3.5620875677757687E-2</v>
+        <v>6.055898145429274E-2</v>
       </c>
       <c r="G25" s="20">
         <f t="shared" si="0"/>
-        <v>3.7655618580554828E-2</v>
+        <v>6.4018243905599861E-2</v>
       </c>
       <c r="H25" s="20">
         <f t="shared" si="0"/>
-        <v>3.9418193054750056E-2</v>
+        <v>6.7014793340830298E-2</v>
       </c>
       <c r="I25" s="20">
         <f t="shared" si="0"/>
-        <v>4.0972893923668E-2</v>
+        <v>6.965793726405968E-2</v>
       </c>
       <c r="J25" s="20">
         <f t="shared" si="0"/>
-        <v>4.2363621241316193E-2</v>
+        <v>7.2022310071717083E-2</v>
       </c>
       <c r="K25" s="20">
         <f t="shared" si="0"/>
-        <v>4.3621687129436121E-2</v>
+        <v>7.4161145441070608E-2</v>
       </c>
       <c r="L25" s="21">
         <f t="shared" si="0"/>
-        <v>4.4770211300660369E-2</v>
+        <v>7.6113749150597224E-2</v>
       </c>
       <c r="M25" s="4"/>
       <c r="P25" s="4"/>
     </row>
     <row r="26" spans="2:16" x14ac:dyDescent="0.35">
       <c r="B26" s="44"/>
       <c r="C26" s="18">
         <v>0.9</v>
       </c>
       <c r="D26" s="19">
         <f t="shared" si="0"/>
-        <v>3.0298114258427281E-2</v>
+        <v>5.1509765118487434E-2</v>
       </c>
       <c r="E26" s="20">
         <f t="shared" si="0"/>
-        <v>3.3246389393605601E-2</v>
+        <v>5.6522121941172253E-2</v>
       </c>
       <c r="F26" s="20">
         <f t="shared" si="0"/>
-        <v>3.5655305579338048E-2</v>
+        <v>6.0617515663000589E-2</v>
       </c>
       <c r="G26" s="20">
         <f t="shared" si="0"/>
-        <v>3.7692015193973458E-2</v>
+        <v>6.4080121717278532E-2</v>
       </c>
       <c r="H26" s="20">
         <f t="shared" si="0"/>
-        <v>3.9456293311454248E-2</v>
+        <v>6.7079567513145033E-2</v>
       </c>
       <c r="I26" s="20">
         <f t="shared" si="0"/>
-        <v>4.1012496900248815E-2</v>
+        <v>6.9725266207513764E-2</v>
       </c>
       <c r="J26" s="20">
         <f t="shared" si="0"/>
-        <v>4.2404568446632575E-2</v>
+        <v>7.2091924335829852E-2</v>
       </c>
       <c r="K26" s="20">
         <f t="shared" si="0"/>
-        <v>4.3663850337556626E-2</v>
+        <v>7.4232827029185447E-2</v>
       </c>
       <c r="L26" s="21">
         <f t="shared" si="0"/>
-        <v>4.4813484632365022E-2</v>
+        <v>7.6187318057658202E-2</v>
       </c>
       <c r="M26" s="4"/>
       <c r="P26" s="4"/>
     </row>
     <row r="27" spans="2:16" x14ac:dyDescent="0.35">
       <c r="B27" s="44"/>
       <c r="C27" s="18">
         <v>0.95</v>
       </c>
       <c r="D27" s="19">
         <f t="shared" si="0"/>
-        <v>3.031656626948729E-2</v>
+        <v>5.154113534659991E-2</v>
       </c>
       <c r="E27" s="20">
         <f t="shared" si="0"/>
-        <v>3.3266636948934079E-2</v>
+        <v>5.6556544770603075E-2</v>
       </c>
       <c r="F27" s="20">
         <f t="shared" si="0"/>
-        <v>3.5677020201155304E-2</v>
+        <v>6.0654432649315429E-2</v>
       </c>
       <c r="G27" s="20">
         <f t="shared" si="0"/>
-        <v>3.7714970202833112E-2</v>
+        <v>6.4119147483191488E-2</v>
       </c>
       <c r="H27" s="20">
         <f t="shared" si="0"/>
-        <v>3.9480322792443061E-2</v>
+        <v>6.7120419987034843E-2</v>
       </c>
       <c r="I27" s="20">
         <f t="shared" si="0"/>
-        <v>4.1037474132823326E-2</v>
+        <v>6.9767729952030955E-2</v>
       </c>
       <c r="J27" s="20">
         <f t="shared" si="0"/>
-        <v>4.2430393471889857E-2</v>
+        <v>7.2135829411038022E-2</v>
       </c>
       <c r="K27" s="20">
         <f t="shared" si="0"/>
-        <v>4.3690442284582728E-2</v>
+        <v>7.4278035946601068E-2</v>
       </c>
       <c r="L27" s="21">
         <f t="shared" si="0"/>
-        <v>4.4840776724111089E-2</v>
+        <v>7.6233717289750383E-2</v>
       </c>
       <c r="M27" s="4"/>
       <c r="P27" s="4"/>
     </row>
     <row r="28" spans="2:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B28" s="45"/>
       <c r="C28" s="22">
         <v>1</v>
       </c>
       <c r="D28" s="23">
         <f t="shared" si="0"/>
-        <v>3.0328238993059052E-2</v>
+        <v>5.1560980121239879E-2</v>
       </c>
       <c r="E28" s="24">
         <f t="shared" si="0"/>
-        <v>3.3279445531997728E-2</v>
+        <v>5.6578320617755855E-2</v>
       </c>
       <c r="F28" s="24">
         <f t="shared" si="0"/>
-        <v>3.5690756848998945E-2</v>
+        <v>6.0677786297595515E-2</v>
       </c>
       <c r="G28" s="24">
         <f t="shared" si="0"/>
-        <v>3.7729491518267773E-2</v>
+        <v>6.4143835143316827E-2</v>
       </c>
       <c r="H28" s="24">
         <f t="shared" si="0"/>
-        <v>3.9495523817862095E-2</v>
+        <v>6.7146263220782529E-2</v>
       </c>
       <c r="I28" s="24">
         <f t="shared" si="0"/>
-        <v>4.1053274704938844E-2</v>
+        <v>6.9794592473951172E-2</v>
       </c>
       <c r="J28" s="24">
         <f t="shared" si="0"/>
-        <v>4.2446730356800765E-2</v>
+        <v>7.2163603717298491E-2</v>
       </c>
       <c r="K28" s="24">
         <f t="shared" si="0"/>
-        <v>4.3707264323430493E-2</v>
+        <v>7.4306635062125925E-2</v>
       </c>
       <c r="L28" s="25">
         <f t="shared" si="0"/>
-        <v>4.4858041673801995E-2</v>
+        <v>7.6263069397138172E-2</v>
       </c>
       <c r="M28" s="4"/>
       <c r="P28" s="4"/>
     </row>
     <row r="29" spans="2:16" x14ac:dyDescent="0.35">
       <c r="F29" s="4"/>
       <c r="G29" s="4"/>
       <c r="H29" s="4"/>
       <c r="I29" s="4"/>
       <c r="J29" s="4"/>
       <c r="K29" s="4"/>
       <c r="L29" s="4"/>
       <c r="M29" s="4"/>
       <c r="N29" s="4"/>
     </row>
     <row r="30" spans="2:16" x14ac:dyDescent="0.35">
       <c r="F30" s="4"/>
       <c r="G30" s="4"/>
       <c r="H30" s="4"/>
       <c r="I30" s="4"/>
       <c r="J30" s="4"/>
       <c r="K30" s="4"/>
       <c r="L30" s="4"/>
       <c r="M30" s="4"/>
       <c r="N30" s="4"/>
@@ -4551,52 +4551,52 @@
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D3:J3">
     <cfRule type="expression" dxfId="0" priority="2">
       <formula>($C$3/$C$2)&lt;0.25</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100CCE5B1B55FDC6F46992CBD8D384DCF63" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1566f63fc74633a1402d03043731c51f">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="79499340-b9cf-4458-9368-33036c1b4dc9" xmlns:ns3="a2187807-d16b-4f26-8c23-1ecdc31f3e2b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="206c5a92d7b72de1500431291d894573" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100CCE5B1B55FDC6F46992CBD8D384DCF63" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="d91805c530d79d77661bf88f00794d64">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="79499340-b9cf-4458-9368-33036c1b4dc9" xmlns:ns3="a2187807-d16b-4f26-8c23-1ecdc31f3e2b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f5dc1c3dc6b17312b75ed92fd51d9420" ns2:_="" ns3:_="">
     <xsd:import namespace="79499340-b9cf-4458-9368-33036c1b4dc9"/>
     <xsd:import namespace="a2187807-d16b-4f26-8c23-1ecdc31f3e2b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -4792,109 +4792,94 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="79499340-b9cf-4458-9368-33036c1b4dc9">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="a2187807-d16b-4f26-8c23-1ecdc31f3e2b" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9B7E9DEA-93F0-4D35-AEC5-1EB894280031}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1BD2EDE7-5C67-42EB-9B9E-4C705CA2EA86}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1ADC98F4-5D26-47FF-85E1-536BF6BB6B7D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{93841E2D-5CA7-4845-81F0-AE2B45447674}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="79499340-b9cf-4458-9368-33036c1b4dc9"/>
+    <ds:schemaRef ds:uri="a2187807-d16b-4f26-8c23-1ecdc31f3e2b"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{93841E2D-5CA7-4845-81F0-AE2B45447674}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1ADC98F4-5D26-47FF-85E1-536BF6BB6B7D}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-[...8 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Instructions</vt:lpstr>
       <vt:lpstr>Storage Adder Calculator</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>