--- v0 (2025-12-23)
+++ v1 (2026-03-28)
@@ -1,41 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="5FBF3CBE" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00C7686F">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="109"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="26"/>
         </w:rPr>
@@ -382,65 +386,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="40"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>These</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">can be purchased at pharmacies, medical supply stores or ordered through the mail. If you do not have access to a </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> container, place sharps in a puncture resistant container such as a rigid plastic bottle or coffee can with a secure cap.</w:t>
+        <w:t>can be purchased at pharmacies, medical supply stores or ordered through the mail. If you do not have access to a sharps container, place sharps in a puncture resistant container such as a rigid plastic bottle or coffee can with a secure cap.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3CC1" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:spacing w:before="1"/>
         <w:ind w:left="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>These</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -642,52 +632,56 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>back</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>service.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3CC2" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00C7686F">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:sectPr w:rsidR="00C7686F">
-          <w:headerReference w:type="default" r:id="rId7"/>
-          <w:footerReference w:type="default" r:id="rId8"/>
+          <w:headerReference w:type="even" r:id="rId7"/>
+          <w:headerReference w:type="default" r:id="rId8"/>
+          <w:footerReference w:type="even" r:id="rId9"/>
+          <w:footerReference w:type="default" r:id="rId10"/>
+          <w:headerReference w:type="first" r:id="rId11"/>
+          <w:footerReference w:type="first" r:id="rId12"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="2180" w:right="620" w:bottom="1840" w:left="600" w:header="793" w:footer="1651" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5FBF3CC3" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:spacing w:before="183"/>
         <w:ind w:left="552" w:hanging="432"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>DO</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -918,67 +912,57 @@
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>They provide a variety of container sizes and prepaid mailing cartons:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3CC5" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="839"/>
           <w:tab w:val="left" w:pos="3719"/>
         </w:tabs>
         <w:spacing w:before="1" w:line="293" w:lineRule="exact"/>
         <w:ind w:left="839" w:hanging="287"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-        <w:t>:</w:t>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Medasend:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>800-200-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>3581</w:t>
       </w:r>
     </w:p>
@@ -3861,97 +3845,88 @@
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>same</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>spot</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>over</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>over</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> again</w:t>
-[...7 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> again.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3CE4" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:ind w:left="983" w:right="600" w:hanging="864"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>DO</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -4750,70 +4725,70 @@
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>link</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">below: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9">
+      <w:hyperlink r:id="rId13">
         <w:r>
           <w:rPr>
             <w:color w:val="6F2F9F"/>
             <w:spacing w:val="-2"/>
             <w:sz w:val="24"/>
             <w:u w:val="single" w:color="6F2F9F"/>
           </w:rPr>
           <w:t>https://www.mass.gov/info-details/syringe-service-</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="6F2F9F"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10">
+      <w:hyperlink r:id="rId14">
         <w:r>
           <w:rPr>
             <w:color w:val="6F2F9F"/>
             <w:spacing w:val="-2"/>
             <w:sz w:val="24"/>
             <w:u w:val="single" w:color="6F2F9F"/>
           </w:rPr>
           <w:t>program-locator</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="5FBF3CEE" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:spacing w:before="275"/>
         <w:ind w:left="119" w:right="452"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Substance</w:t>
       </w:r>
@@ -4875,51 +4850,51 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Helpline </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>800-327-5050</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3CEF" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:ind w:left="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId11">
+      <w:hyperlink r:id="rId15">
         <w:r>
           <w:rPr>
             <w:spacing w:val="-2"/>
             <w:sz w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>www.helpline-online.com</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="5FBF3CF0" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:spacing w:before="99"/>
         <w:ind w:left="120"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="column"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -5061,51 +5036,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>574-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>6868</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3CF3" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:spacing w:line="275" w:lineRule="exact"/>
         <w:ind w:left="480"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId12">
+      <w:hyperlink r:id="rId16">
         <w:r>
           <w:rPr>
             <w:spacing w:val="-2"/>
             <w:sz w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>www.mass.gov/dep</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="5FBF3CF4" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00C7686F">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="2"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5FBF3CF5" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -5206,51 +5181,51 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>617-624-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>6000</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3CF7" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:spacing w:line="275" w:lineRule="exact"/>
         <w:ind w:left="480"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId13">
+      <w:hyperlink r:id="rId17">
         <w:r>
           <w:rPr>
             <w:spacing w:val="-2"/>
             <w:sz w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>www.mass.gov/dph</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="5FBF3CF8" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:spacing w:before="275"/>
         <w:ind w:left="480"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>DPH</w:t>
@@ -5356,51 +5331,51 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>617-624-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>5757</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3CFA" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:spacing w:line="275" w:lineRule="exact"/>
         <w:ind w:left="480"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId14">
+      <w:hyperlink r:id="rId18">
         <w:r>
           <w:rPr>
             <w:spacing w:val="-2"/>
             <w:sz w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>www.mass.gov/dph/environmental_health</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="5FBF3CFB" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:spacing w:before="275"/>
         <w:ind w:left="480" w:right="106"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>DPH</w:t>
@@ -5518,68 +5493,68 @@
         <w:t>(617)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>983–6800</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3CFD" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:spacing w:before="1"/>
         <w:ind w:left="480" w:right="566"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId15">
+      <w:hyperlink r:id="rId19">
         <w:r>
           <w:rPr>
             <w:spacing w:val="-2"/>
             <w:sz w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.mass.gov/orgs/bureau-of-infectious-</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16">
+      <w:hyperlink r:id="rId20">
         <w:r>
           <w:rPr>
             <w:spacing w:val="-2"/>
             <w:sz w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>disease-and-laboratory-sciences</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="5FBF3CFE" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:spacing w:before="274"/>
         <w:ind w:left="480"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>DPH</w:t>
@@ -5670,51 +5645,51 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>617-624-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>5111</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3D00" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:spacing w:line="275" w:lineRule="exact"/>
         <w:ind w:left="480"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId17">
+      <w:hyperlink r:id="rId21">
         <w:r>
           <w:rPr>
             <w:spacing w:val="-2"/>
             <w:sz w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>www.mass.gov/dph/bsas</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="5FBF3D01" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00C7686F">
       <w:pPr>
         <w:spacing w:line="275" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:sectPr w:rsidR="00C7686F">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="2180" w:right="620" w:bottom="1840" w:left="600" w:header="793" w:footer="1651" w:gutter="0"/>
           <w:cols w:num="2" w:space="720" w:equalWidth="0">
             <w:col w:w="5184" w:space="576"/>
             <w:col w:w="5260"/>
           </w:cols>
         </w:sectPr>
@@ -5830,51 +5805,51 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>617-624-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>5485</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3D05" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:spacing w:line="275" w:lineRule="exact"/>
         <w:ind w:left="6240"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId18">
+      <w:hyperlink r:id="rId22">
         <w:r>
           <w:rPr>
             <w:spacing w:val="-2"/>
             <w:sz w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>www.mass.gov/dph/diabetes</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="5FBF3D06" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00C7686F">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5FBF3D07" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00C7686F">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="155"/>
         <w:ind w:left="0"/>
         <w:rPr>
@@ -6350,80 +6325,70 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5FBF3D0B" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1920"/>
         </w:tabs>
         <w:spacing w:before="170"/>
         <w:ind w:right="824" w:hanging="1800"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Abington</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Abington</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Health</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Department 500 </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Way</w:t>
+        <w:t>Department 500 Gliniewicz Way</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3D0C" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
       <w:r>
         <w:t>Abington</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>MA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -6735,55 +6700,53 @@
         <w:t>0275</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3D18" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1919"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:ind w:right="1011" w:hanging="1800"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Adams</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Adams</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Police</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Department 4 School Street</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3D19" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
       <w:r>
         <w:t>Adams,</w:t>
@@ -6821,55 +6784,53 @@
         <w:t>8330</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3D1B" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1919"/>
         </w:tabs>
         <w:spacing w:before="241"/>
         <w:ind w:right="834" w:hanging="1800"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Agawam</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Agawam</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Health</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Department 36 Main Street</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3D1C" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="263" w:lineRule="exact"/>
       </w:pPr>
       <w:r>
@@ -6917,55 +6878,53 @@
         <w:t>x207</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3D1E" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1919"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:ind w:right="865" w:hanging="1801"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Amherst</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Amherst</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Health</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Department 70 Boltwood Road</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3D1F" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
       <w:r>
         <w:t>Amherst,</w:t>
@@ -7101,55 +7060,53 @@
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5FBF3D25" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1919"/>
         </w:tabs>
         <w:ind w:right="728" w:hanging="1801"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Andover</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Andover</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Public</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Safety</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -7630,55 +7587,53 @@
         <w:t>3335</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3D37" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1919"/>
         </w:tabs>
         <w:spacing w:before="242"/>
         <w:ind w:right="1380" w:hanging="1801"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Athol</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Athol</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Health</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Department 584</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -7767,58 +7722,56 @@
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1919"/>
         </w:tabs>
         <w:spacing w:before="241"/>
         <w:ind w:left="1919" w:right="1674" w:hanging="1800"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Attleboro</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Attleboro</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Fire</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Station 100 Union Street</w:t>
@@ -7968,55 +7921,53 @@
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5FBF3D42" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1919"/>
         </w:tabs>
         <w:ind w:right="1317" w:hanging="1800"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Auburn</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Auburn</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Fire</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Rescue</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -8045,89 +7996,87 @@
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> 01501</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3D44" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>508-832-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>7800</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3D45" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00C7686F">
       <w:pPr>
         <w:sectPr w:rsidR="00C7686F">
-          <w:headerReference w:type="default" r:id="rId19"/>
-          <w:footerReference w:type="default" r:id="rId20"/>
+          <w:headerReference w:type="default" r:id="rId23"/>
+          <w:footerReference w:type="default" r:id="rId24"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="2460" w:right="620" w:bottom="920" w:left="600" w:header="793" w:footer="727" w:gutter="0"/>
           <w:cols w:num="2" w:space="720" w:equalWidth="0">
             <w:col w:w="5126" w:space="526"/>
             <w:col w:w="5368"/>
           </w:cols>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5FBF3D46" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1920"/>
         </w:tabs>
         <w:spacing w:before="170"/>
         <w:ind w:left="1920" w:right="1159" w:hanging="1801"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Avon</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Avon</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Health</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Department 65 Main Street</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3D47" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="1920"/>
       </w:pPr>
       <w:r>
@@ -8279,55 +8228,53 @@
         <w:t>3335</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3D4C" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1920"/>
         </w:tabs>
         <w:spacing w:before="241"/>
         <w:ind w:left="1920" w:right="38" w:hanging="1800"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Barnstable</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Barnstable</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>County</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Health</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -8534,55 +8481,53 @@
         <w:t>2375</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3D55" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1919"/>
         </w:tabs>
         <w:spacing w:before="241"/>
         <w:ind w:right="1371" w:hanging="1800"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Barre</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Barre</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Transfer</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Station 72 Depot Road</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3D56" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
       <w:r>
         <w:t>Barre,</w:t>
@@ -8626,80 +8571,70 @@
         <w:t>5002</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3D58" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1919"/>
         </w:tabs>
         <w:spacing w:before="241"/>
         <w:ind w:right="930" w:hanging="1800"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Bedford</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Bedford</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Health</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Department 12 </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Way</w:t>
+        <w:t>Department 12 Mudge Way</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3D59" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1" w:line="263" w:lineRule="exact"/>
       </w:pPr>
       <w:r>
         <w:t>Bedford</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>MA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> 01730</w:t>
       </w:r>
@@ -8832,58 +8767,56 @@
     <w:p w14:paraId="5FBF3D60" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1919"/>
         </w:tabs>
         <w:ind w:left="119"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Belchertown</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Belchertown</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Board</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>of</w:t>
@@ -8982,55 +8915,53 @@
     <w:p w14:paraId="5FBF3D64" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1919"/>
         </w:tabs>
         <w:spacing w:before="172"/>
         <w:ind w:right="1119" w:hanging="1800"/>
       </w:pPr>
       <w:r>
         <w:br w:type="column"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Belmont</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Belmont</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Health</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Department 19 Moore St</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3D65" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1" w:line="263" w:lineRule="exact"/>
       </w:pPr>
       <w:r>
@@ -9310,57 +9241,52 @@
         <w:t>2438</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3D6E" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1919"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:ind w:right="2029" w:hanging="1800"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Beverly</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> Hospital 85</w:t>
+      <w:r>
+        <w:t>Beverly Hospital 85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Herrick</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Street</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3D6F" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
@@ -9477,55 +9403,53 @@
         <w:t>1212</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3D75" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1919"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:ind w:right="1150" w:hanging="1800"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Billerica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Billerica</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Health</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Department 365 Boston Road</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3D76" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
       <w:r>
         <w:t>Billerica,</w:t>
@@ -10402,166 +10326,143 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> 02118</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3D96" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:line="263" w:lineRule="exact"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>617-414-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>4495</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FBF3D97" w14:textId="4AD7C568" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
+    <w:p w14:paraId="5FBF3D97" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1919"/>
         </w:tabs>
         <w:spacing w:before="242"/>
         <w:ind w:right="1181" w:hanging="1801"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Bourne</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Bourne</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Fire</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Rescue </w:t>
-[...17 lines deleted...]
-    <w:p w14:paraId="5FBF3D98" w14:textId="02464E02" w:rsidR="00C7686F" w:rsidRDefault="005477E5">
+        <w:t>Rescue 130 Main Street</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FBF3D98" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1" w:line="263" w:lineRule="exact"/>
       </w:pPr>
       <w:r>
-        <w:t>Sagamore Beach</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00286E23">
+        <w:t>Bourne</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00286E23">
+      <w:r>
         <w:t>MA</w:t>
       </w:r>
-      <w:r w:rsidR="00286E23">
-[...12 lines deleted...]
-    <w:p w14:paraId="5FBF3D99" w14:textId="0C37EF56" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 02532</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FBF3D99" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:line="263" w:lineRule="exact"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>508-759-</w:t>
       </w:r>
-      <w:r w:rsidR="005477E5">
-[...3 lines deleted...]
-        <w:t>4412</w:t>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>0630</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3D9A" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1919"/>
         </w:tabs>
         <w:spacing w:before="242"/>
         <w:ind w:right="38" w:hanging="1800"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Boxborough</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
@@ -10655,55 +10556,53 @@
     <w:p w14:paraId="5FBF3D9D" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1920"/>
         </w:tabs>
         <w:spacing w:before="172"/>
         <w:ind w:left="1920" w:right="499" w:hanging="1800"/>
       </w:pPr>
       <w:r>
         <w:br w:type="column"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Boxford</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Masconomet</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Regional</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>High</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -10755,55 +10654,53 @@
         <w:t>x507</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3DA0" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1919"/>
         </w:tabs>
         <w:spacing w:before="242"/>
         <w:ind w:right="1044" w:hanging="1801"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Braintree</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Braintree</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Health</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Department 1 JFK Memorial Drive Braintree, MA 02184</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3DA1" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -10818,55 +10715,53 @@
         <w:t>8090</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3DA2" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1919"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:ind w:right="1286" w:hanging="1800"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Brewster</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Brewster</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Fire</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Department 1657 Main Street</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3DA3" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="2" w:line="263" w:lineRule="exact"/>
       </w:pPr>
       <w:r>
@@ -10916,58 +10811,56 @@
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1919"/>
         </w:tabs>
         <w:spacing w:before="241"/>
         <w:ind w:left="119"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Bridgewater</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Bridgewater</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Health</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="23"/>
         </w:rPr>
@@ -11052,55 +10945,53 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3DA9" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1920"/>
         </w:tabs>
         <w:spacing w:before="241"/>
         <w:ind w:left="120" w:right="458"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Brockton</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Brockton</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Neighborhood</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Community Health Center</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3DAA" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="0" w:right="299"/>
         <w:jc w:val="center"/>
       </w:pPr>
@@ -11402,55 +11293,53 @@
         <w:t>7175</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3DB7" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1920"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:ind w:left="1920" w:right="1213" w:hanging="1801"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Brookfield</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Brookfield</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Transfer</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Station 7 Quaboag Street</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3DB8" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="1920"/>
       </w:pPr>
       <w:r>
@@ -11509,55 +11398,53 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5FBF3DBB" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1919"/>
         </w:tabs>
         <w:spacing w:before="170"/>
         <w:ind w:right="739" w:hanging="1800"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Brookline</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Brookline</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Health</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Department 11 Pierce Street</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3DBC" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="2"/>
       </w:pPr>
       <w:r>
@@ -11728,58 +11615,56 @@
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1919"/>
         </w:tabs>
         <w:spacing w:before="241"/>
         <w:ind w:left="1919" w:right="896" w:hanging="1800"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Burlington</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Burlington</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Fire</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Department 21 Center Street</w:t>
@@ -11835,58 +11720,56 @@
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1919"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:ind w:left="119"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Cambridge</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Cambridge</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Public</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Health</w:t>
@@ -12083,55 +11966,53 @@
         <w:t>0246</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3DCC" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1919"/>
         </w:tabs>
         <w:spacing w:before="241"/>
         <w:ind w:right="917" w:hanging="1801"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Canton</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Canton</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Health</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Department 79 Pleasant Street</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3DCD" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="2" w:line="263" w:lineRule="exact"/>
         <w:ind w:left="1918"/>
       </w:pPr>
@@ -12173,55 +12054,53 @@
         <w:t>5021</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3DCF" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1919"/>
         </w:tabs>
         <w:spacing w:before="241"/>
         <w:ind w:right="960" w:hanging="1800"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Carver</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Carver</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Health</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Department 108 Main Street</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3DD0" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="263" w:lineRule="exact"/>
         <w:ind w:left="1918"/>
       </w:pPr>
@@ -12412,55 +12291,53 @@
     <w:p w14:paraId="5FBF3DD6" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1919"/>
         </w:tabs>
         <w:spacing w:before="172"/>
         <w:ind w:left="1918" w:right="1434" w:hanging="1800"/>
       </w:pPr>
       <w:r>
         <w:br w:type="column"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Chatham</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Chatham</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Fire</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>&amp;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -12641,58 +12518,56 @@
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1919"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:ind w:left="119"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Chelmsford</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Chelmsford</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Health</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="23"/>
         </w:rPr>
@@ -12795,55 +12670,53 @@
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5FBF3DE2" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1919"/>
         </w:tabs>
         <w:ind w:left="1918" w:right="1432" w:hanging="1800"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Chicopee</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Chicopee</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Health</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Center 505 Front Street</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3DE3" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="2"/>
         <w:ind w:left="1918"/>
       </w:pPr>
@@ -13068,55 +12941,53 @@
         <w:t>2105</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3DEC" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1920"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:ind w:right="1014" w:hanging="1800"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Cohasset</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Cohasset</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Health</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Department 41 Highland Avenue</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3DED" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="262" w:lineRule="exact"/>
       </w:pPr>
       <w:r>
@@ -13291,55 +13162,53 @@
         <w:t>2438</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3DF3" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1920"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:ind w:left="1920" w:right="1129" w:hanging="1801"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Concord</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Concord</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Police</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Department 219 Walden Street</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3DF4" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="2"/>
         <w:ind w:left="1920"/>
       </w:pPr>
@@ -13646,55 +13515,53 @@
         <w:t>5744</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3DFF" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1920"/>
         </w:tabs>
         <w:spacing w:before="241"/>
         <w:ind w:right="919" w:hanging="1800"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Danvers</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Danvers</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Police</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Department 120 Ash Street</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3E00" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1"/>
       </w:pPr>
       <w:r>
@@ -13750,55 +13617,53 @@
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5FBF3E03" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1919"/>
         </w:tabs>
         <w:ind w:right="982" w:hanging="1800"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Dartmouth</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Dartmouth</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Board</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -13862,55 +13727,53 @@
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5FBF3E07" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1919"/>
         </w:tabs>
         <w:ind w:right="877" w:hanging="1800"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Dedham</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Dedham</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Health</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Department 450 Washington Street</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3E08" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1" w:line="263" w:lineRule="exact"/>
       </w:pPr>
       <w:r>
@@ -14074,60 +13937,58 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>413-772-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>2438</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3E0E" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1920"/>
         </w:tabs>
         <w:spacing w:before="241"/>
         <w:ind w:left="120"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Dennisport</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Dennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Health</w:t>
@@ -14159,83 +14020,73 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Main</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Street</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>(</w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>(Rte</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t>28)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3E10" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="263" w:lineRule="exact"/>
         <w:ind w:left="1920"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-        <w:t>,</w:t>
+      <w:r>
+        <w:t>Dennisport,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>MA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>02639</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3E11" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
@@ -14255,55 +14106,53 @@
         <w:t>6158</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3E12" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1920"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:ind w:left="1920" w:right="1033" w:hanging="1800"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Dracut</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Dracut</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Health</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Department 11 Spring Park Avenue Dracut, MA 01826</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3E13" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="1"/>
         <w:ind w:left="1920"/>
       </w:pPr>
@@ -14429,55 +14278,53 @@
     <w:p w14:paraId="5FBF3E17" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1920"/>
         </w:tabs>
         <w:spacing w:before="172"/>
         <w:ind w:left="1920" w:right="1327" w:hanging="1801"/>
       </w:pPr>
       <w:r>
         <w:br w:type="column"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Duxbury</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Duxbury</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Fire</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Department 668 Tremont Street</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3E18" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1"/>
         <w:ind w:left="1920"/>
       </w:pPr>
@@ -14845,55 +14692,53 @@
         <w:t>508-867-6769 x307</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3E21" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1919"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:ind w:right="1286" w:hanging="1800"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Eastham</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Eastham</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Fire</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Department 2520 State Highway</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3E22" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="263" w:lineRule="exact"/>
       </w:pPr>
       <w:r>
@@ -15407,55 +15252,53 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3E32" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1919"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:ind w:right="2042" w:hanging="1800"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Essex</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Essex</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Town</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Hall 30 Martin Street</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3E33" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="0" w:right="1967"/>
         <w:jc w:val="right"/>
       </w:pPr>
@@ -15520,58 +15363,56 @@
     <w:p w14:paraId="5FBF3E37" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1919"/>
         </w:tabs>
         <w:ind w:left="120"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Everett</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Everett</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>City</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="23"/>
         </w:rPr>
@@ -16178,51 +16019,59 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>6009</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3E4A" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>508-675-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>0087</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FBF3E4B" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
+    <w:p w14:paraId="7CEFF8E7" w14:textId="77777777" w:rsidR="00DE3D46" w:rsidRDefault="00DE3D46">
+      <w:pPr>
+        <w:ind w:left="1920" w:right="1043"/>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5FBF3E4B" w14:textId="562FA594" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:ind w:left="1920" w:right="1043"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Center Fire Station 165 Center Street Fall</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>River,</w:t>
@@ -16344,55 +16193,53 @@
         <w:t>508-324-2410 BOH</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3E4E" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1920"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:ind w:left="1920" w:right="382" w:hanging="1800"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Falmouth</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Falmouth</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Health</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Department 59 Town Hall Square Falmouth, MA 02540</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3E4F" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="1"/>
         <w:ind w:left="1920"/>
       </w:pPr>
@@ -16669,59 +16516,51 @@
         <w:t>978-829-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>1870</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3E59" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="241"/>
         <w:ind w:left="1920" w:right="906"/>
       </w:pPr>
       <w:r>
         <w:t>Fitchburg/Westminster</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>Landfill 165 Fitchburg Road (</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> 31)</w:t>
+        <w:t>Landfill 165 Fitchburg Road (Rte 31)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3E5A" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="262" w:lineRule="exact"/>
         <w:ind w:left="1920"/>
       </w:pPr>
       <w:r>
         <w:t>Westminster,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>MA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -16917,59 +16756,57 @@
     <w:p w14:paraId="5FBF3E63" w14:textId="4DA27EF8" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1920"/>
         </w:tabs>
         <w:ind w:left="120"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Framingham</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00753630">
         <w:rPr>
           <w:b/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Framingham</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00EC55B2">
         <w:rPr>
           <w:b/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> Public Health </w:t>
       </w:r>
       <w:r w:rsidR="00AA0275">
         <w:rPr>
           <w:b/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Dept</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3E65" w14:textId="7075329D" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="1920"/>
       </w:pPr>
       <w:r>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00274888">
         <w:t>88 Concord Street</w:t>
@@ -16992,74 +16829,161 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>MA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>01702</w:t>
       </w:r>
       <w:r w:rsidR="00DE4187">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FBF3E66" w14:textId="571DBF59" w:rsidR="00C7686F" w:rsidRPr="00DE4187" w:rsidRDefault="00DE4187">
+    <w:p w14:paraId="5FBF3E66" w14:textId="571DBF59" w:rsidR="00C7686F" w:rsidRDefault="00DE4187">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="1920"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:spacing w:val="-4"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE4187">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>508-532-547</w:t>
       </w:r>
       <w:r w:rsidR="00AA0275">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>9</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CB35E84" w14:textId="77777777" w:rsidR="00E02639" w:rsidRDefault="00E02639">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="1920"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D79E8EF" w14:textId="1D1DF313" w:rsidR="00E02639" w:rsidRDefault="00F42B4E">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="1920"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Edward M. Kennedy</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04BEBE8D" w14:textId="31BFE99E" w:rsidR="00F42B4E" w:rsidRDefault="00F42B4E">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="1920"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Community Health Center</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="208D743C" w14:textId="343BF229" w:rsidR="00DE3D46" w:rsidRDefault="00DE3D46">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="1920"/>
+      </w:pPr>
+      <w:r>
+        <w:t>354 Waverly Street</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14D1CDBB" w14:textId="303F32E3" w:rsidR="00DE3D46" w:rsidRDefault="00DE3D46">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="1920"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Framingham, MA </w:t>
+      </w:r>
+      <w:r w:rsidR="00572FF3">
+        <w:t>01702</w:t>
+      </w:r>
+      <w:r w:rsidR="004F67A6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77B661BC" w14:textId="4B59BD22" w:rsidR="00F42B4E" w:rsidRPr="00B46B5F" w:rsidRDefault="00B46B5F" w:rsidP="00B46B5F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="1920"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B46B5F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>508-532-2635</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3E68" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1920"/>
         </w:tabs>
         <w:spacing w:before="239"/>
         <w:ind w:left="120"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Franklin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="23"/>
@@ -17670,55 +17594,53 @@
         <w:t>1212</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3E7E" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1919"/>
         </w:tabs>
         <w:spacing w:before="242"/>
         <w:ind w:right="289" w:hanging="1800"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Grafton</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Grafton</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Health</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Department 30 Providence Road</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3E7F" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1"/>
       </w:pPr>
       <w:r>
@@ -17779,55 +17701,53 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5FBF3E82" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1919"/>
         </w:tabs>
         <w:spacing w:before="1"/>
         <w:ind w:left="1918" w:right="519" w:hanging="1800"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Granby</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Granby</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Fire</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Department 259</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -18449,55 +18369,53 @@
         <w:t>2513</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3E95" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1919"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:ind w:right="1380" w:hanging="1800"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Halifax</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Halifax</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Recycling</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Center 917 Plymouth Street</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3E96" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="2"/>
       </w:pPr>
       <w:r>
@@ -18536,55 +18454,53 @@
         <w:t>6768</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3E98" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1919"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:ind w:right="995" w:hanging="1800"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Hampden</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Hampden</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Health</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Department 625 Main Street</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3E99" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="2" w:line="263" w:lineRule="exact"/>
       </w:pPr>
       <w:r>
@@ -18633,55 +18549,53 @@
         <w:t>x102</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3E9B" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1919"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:ind w:right="1843" w:hanging="1800"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Hanover</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Hanover</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Town</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Hall 32 Center Street</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3E9C" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1"/>
         <w:ind w:left="1918"/>
       </w:pPr>
@@ -18728,55 +18642,53 @@
         <w:t>4611</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3E9E" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1918"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:ind w:left="1918" w:right="1403" w:hanging="1800"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Hanson</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Hanson</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Transfer</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Station 201 Franklin Street</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3E9F" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="2"/>
         <w:ind w:left="1918"/>
       </w:pPr>
@@ -18922,55 +18834,53 @@
         <w:t>3335</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3EA4" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1920"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:ind w:left="1920" w:right="1371" w:hanging="1800"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Harwich</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Harwich</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Transfer</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Station 209 Queen Anne Road Harwich, MA 02645</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3EA5" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="1"/>
         <w:ind w:left="1920"/>
       </w:pPr>
@@ -19563,55 +19473,53 @@
         <w:t>1466</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3EBA" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1920"/>
         </w:tabs>
         <w:spacing w:before="241"/>
         <w:ind w:right="520" w:hanging="1800"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Holyoke</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Holyoke</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Health</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Department 20 Korean Veteran’s Plaza Holyoke, MA 01040</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3EBB" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -19772,55 +19680,53 @@
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5FBF3EC2" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1920"/>
         </w:tabs>
         <w:ind w:left="1920" w:right="384" w:hanging="1801"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Hopkinton</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Hopkinton</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Police</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Department 74 Main Street</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3EC3" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="2" w:line="263" w:lineRule="exact"/>
         <w:ind w:left="1920"/>
       </w:pPr>
@@ -19868,55 +19774,53 @@
         <w:t>9700</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3EC5" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1920"/>
         </w:tabs>
         <w:spacing w:before="241"/>
         <w:ind w:left="1921" w:right="791" w:hanging="1801"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Hudson</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Hudson</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Transfer</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Station 300 Cox Street</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3EC6" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1" w:line="263" w:lineRule="exact"/>
         <w:ind w:left="1921"/>
       </w:pPr>
@@ -19961,55 +19865,53 @@
     <w:p w14:paraId="5FBF3EC8" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1921"/>
         </w:tabs>
         <w:spacing w:before="172"/>
         <w:ind w:left="1921" w:right="1485" w:hanging="1800"/>
       </w:pPr>
       <w:r>
         <w:br w:type="column"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>Hull</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Hull</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Health</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Department 253 Atlantic Avenue</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3EC9" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1" w:line="263" w:lineRule="exact"/>
         <w:ind w:left="1921"/>
       </w:pPr>
@@ -20175,55 +20077,53 @@
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5FBF3ECF" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1921"/>
         </w:tabs>
         <w:ind w:left="1921" w:right="1210" w:hanging="1800"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Ipswich</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Ipswich</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Police</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Department 25 Green Street</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3ED0" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1" w:line="263" w:lineRule="exact"/>
         <w:ind w:left="1921"/>
       </w:pPr>
@@ -20346,55 +20246,53 @@
         <w:t>6606</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3ED6" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1922"/>
         </w:tabs>
         <w:spacing w:before="241"/>
         <w:ind w:left="1921" w:right="1317" w:hanging="1800"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Lakeville</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Lakeville</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Transfer</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Station 10 Kenneth Welch Drive Lakeville, MA 02347</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3ED7" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="1"/>
         <w:ind w:left="1921"/>
       </w:pPr>
@@ -20626,55 +20524,53 @@
         <w:t>7663</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3EDE" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1920"/>
         </w:tabs>
         <w:spacing w:before="239"/>
         <w:ind w:right="1191" w:hanging="1800"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Leicester</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Leicester</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Recycling</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Center 233 Mainville Street</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3EDF" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1"/>
       </w:pPr>
       <w:r>
@@ -20731,58 +20627,56 @@
     <w:p w14:paraId="5FBF3EE2" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1919"/>
         </w:tabs>
         <w:ind w:left="1919" w:right="877" w:hanging="1800"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Leominster</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Leominster</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Health</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Department 25 West St</w:t>
@@ -21621,55 +21515,53 @@
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5FBF3EFE" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1920"/>
         </w:tabs>
         <w:ind w:left="1920" w:right="467" w:hanging="1801"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Lowell</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Lowell</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Community</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Health</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -22004,55 +21896,53 @@
         <w:t>1171</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3F0B" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1920"/>
         </w:tabs>
         <w:spacing w:before="241"/>
         <w:ind w:left="1920" w:right="1211" w:hanging="1801"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Ludlow</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Ludlow</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Health</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Department 488 Chapin Street</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3F0C" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1"/>
         <w:ind w:left="1920"/>
       </w:pPr>
@@ -22274,59 +22164,57 @@
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Willow</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Street</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>2</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:position w:val="6"/>
           <w:sz w:val="15"/>
         </w:rPr>
         <w:t>nd</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="9"/>
           <w:position w:val="6"/>
           <w:sz w:val="15"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>floor Lynn MA 01901</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3F14" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>339-987-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
@@ -22564,55 +22452,53 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5FBF3F1D" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1920"/>
         </w:tabs>
         <w:spacing w:before="1"/>
         <w:ind w:left="1920" w:right="1275" w:hanging="1801"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Lynnfield</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Lynnfield</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Fire</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Department 59 Summer Street Lynnfield, MA</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3F1E" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="1920"/>
       </w:pPr>
       <w:r>
@@ -22854,55 +22740,53 @@
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5FBF3F28" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1919"/>
         </w:tabs>
         <w:ind w:right="38" w:hanging="1800"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Mansfield</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Mansfield</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Public</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Safety</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -23483,58 +23367,56 @@
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1920"/>
         </w:tabs>
         <w:spacing w:before="241"/>
         <w:ind w:left="120"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Marshfield</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Marshfield</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Health</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> Department</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3F3D" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="2" w:line="263" w:lineRule="exact"/>
@@ -23614,55 +23496,53 @@
         <w:t>5558</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3F40" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1920"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:ind w:left="1920" w:right="906" w:hanging="1800"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Mashpee</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Mashpee</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Department of Public Works</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3F41" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1"/>
         <w:ind w:left="1920"/>
       </w:pPr>
       <w:r>
         <w:t>350</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -23733,58 +23613,56 @@
         </w:tabs>
         <w:spacing w:before="172"/>
         <w:ind w:left="120"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="column"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Mattapoisett</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Mattapoisett</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Public</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="23"/>
         </w:rPr>
@@ -23890,55 +23768,53 @@
         <w:t>4100</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3F49" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1920"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:ind w:left="1920" w:right="1820" w:hanging="1800"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Maynard</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Maynard</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Town</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Hall 195 Main Street</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3F4A" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1"/>
       </w:pPr>
       <w:r>
@@ -23992,55 +23868,53 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5FBF3F4D" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1920"/>
         </w:tabs>
         <w:spacing w:before="1"/>
         <w:ind w:left="1920" w:right="1579" w:hanging="1801"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Medfield</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Medfield</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Public</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Safety 112 North Street</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3F4E" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1" w:line="263" w:lineRule="exact"/>
         <w:ind w:left="1920"/>
       </w:pPr>
@@ -24096,55 +23970,53 @@
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5FBF3F51" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1920"/>
         </w:tabs>
         <w:ind w:left="1920" w:right="1390" w:hanging="1800"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Medford</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Medford</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Board</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -24940,58 +24812,56 @@
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1919"/>
         </w:tabs>
         <w:spacing w:before="263"/>
         <w:ind w:left="119"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Milford</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Milford</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Transfer</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="23"/>
         </w:rPr>
@@ -25063,55 +24933,53 @@
         <w:t>8093</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3F71" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1920"/>
         </w:tabs>
         <w:spacing w:before="241"/>
         <w:ind w:left="1920" w:right="582" w:hanging="1800"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Milton</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Milton</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Health</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Department 525 Canton Avenue</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3F72" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1"/>
       </w:pPr>
       <w:r>
@@ -25151,55 +25019,53 @@
         <w:t>4886</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3F74" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1919"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:ind w:right="415" w:hanging="1800"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Monson</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Monson</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Health</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Department 29 Thompson Street</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3F75" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1"/>
       </w:pPr>
       <w:r>
@@ -25444,58 +25310,56 @@
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1920"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:ind w:left="120"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Montgomery</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Montgomery</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Health</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="23"/>
         </w:rPr>
@@ -26015,58 +25879,56 @@
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1920"/>
         </w:tabs>
         <w:spacing w:before="241"/>
         <w:ind w:left="120"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Natick</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Natick</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Town</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="23"/>
         </w:rPr>
@@ -26096,59 +25958,57 @@
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Central</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>St,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>2</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:position w:val="6"/>
           <w:sz w:val="15"/>
         </w:rPr>
         <w:t>nd</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="11"/>
           <w:position w:val="6"/>
           <w:sz w:val="15"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>floor Natick, MA 01760</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3F90" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:line="262" w:lineRule="exact"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>508-647-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -26165,55 +26025,53 @@
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5FBF3F92" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1919"/>
         </w:tabs>
         <w:ind w:left="119"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Needham</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Needham</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Recycling</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>&amp;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -27215,55 +27073,53 @@
         <w:t>1000</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3FB1" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1920"/>
         </w:tabs>
         <w:spacing w:before="241"/>
         <w:ind w:left="1920" w:right="771" w:hanging="1800"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Norfolk</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Norfolk</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Fire</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Department 117 Main Street</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3FB2" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="2"/>
         <w:ind w:left="1920"/>
       </w:pPr>
@@ -27734,58 +27590,56 @@
         </w:tabs>
         <w:spacing w:before="172"/>
         <w:ind w:left="120"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="column"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Northampton</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Northampton</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Health</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="23"/>
         </w:rPr>
@@ -27797,59 +27651,57 @@
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1"/>
         <w:ind w:left="1920" w:right="906"/>
       </w:pPr>
       <w:r>
         <w:t>Municipal</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Building,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>1</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:position w:val="6"/>
           <w:sz w:val="15"/>
         </w:rPr>
         <w:t>st</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="6"/>
           <w:position w:val="6"/>
           <w:sz w:val="15"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Floor 212 Main Street</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3FBE" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="263" w:lineRule="exact"/>
         <w:ind w:left="1920"/>
       </w:pPr>
       <w:r>
         <w:t>Northampton</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
         </w:rPr>
@@ -28206,55 +28058,53 @@
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5FBF3FCB" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1920"/>
         </w:tabs>
         <w:ind w:left="1920" w:right="1401" w:hanging="1800"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Norwell</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Norwell</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Fire</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Department 300 Washington Street</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3FCC" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="1920"/>
       </w:pPr>
       <w:r>
@@ -28659,55 +28509,53 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5FBF3FD9" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1920"/>
         </w:tabs>
         <w:spacing w:before="170"/>
         <w:ind w:right="1149" w:hanging="1800"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Orleans</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Orleans</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Fire</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Department 58 Eldridge Parkway</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3FDA" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="2" w:line="263" w:lineRule="exact"/>
       </w:pPr>
       <w:r>
@@ -28889,55 +28737,53 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5FBF3FE0" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1919"/>
         </w:tabs>
         <w:spacing w:before="1"/>
         <w:ind w:right="992" w:hanging="1800"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Palmer</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Palmer</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Health</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Department 4417 Main Street</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3FE1" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
       <w:r>
         <w:t>Palmer,</w:t>
@@ -29354,55 +29200,53 @@
         <w:t>1212</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3FF0" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1920"/>
         </w:tabs>
         <w:spacing w:before="242"/>
         <w:ind w:left="1920" w:right="1349" w:hanging="1800"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Pembroke</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Pembroke</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Fire</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Station 100 Center Street</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3FF1" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1"/>
         <w:ind w:left="1920"/>
       </w:pPr>
@@ -29546,60 +29390,58 @@
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>978-772-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>3335</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF3FF6" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1920"/>
         </w:tabs>
         <w:spacing w:before="172"/>
         <w:ind w:left="1920" w:right="1347" w:hanging="1800"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="column"/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Phillipston</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Athol</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-12"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Memorial</w:t>
@@ -29767,58 +29609,56 @@
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1920"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:ind w:left="1920" w:right="1285" w:hanging="1800"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Plainville</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Plainville</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Fire</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Department 157 South Street</w:t>
@@ -30220,59 +30060,51 @@
     <w:p w14:paraId="5FBF4009" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="262"/>
         <w:ind w:right="738"/>
       </w:pPr>
       <w:r>
         <w:t>Provincetown</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Fire</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Department 25 </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Road</w:t>
+        <w:t>Department 25 Shankpainter Road</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF400A" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="263" w:lineRule="exact"/>
       </w:pPr>
       <w:r>
         <w:t>Provincetown</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>MA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -30497,155 +30329,139 @@
     </w:p>
     <w:p w14:paraId="5FBF4014" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="263" w:lineRule="exact"/>
       </w:pPr>
       <w:r>
         <w:t>Quincy,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>MA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> 02169</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FBF4015" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
+    <w:p w14:paraId="5E6D0D20" w14:textId="36F17BDB" w:rsidR="00534275" w:rsidRDefault="00286E23" w:rsidP="00534275">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:line="263" w:lineRule="exact"/>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>617-376-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>1273</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FBF4016" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
-[...14 lines deleted...]
-          <w:sz w:val="23"/>
+    <w:p w14:paraId="4D2DFF40" w14:textId="77777777" w:rsidR="00534275" w:rsidRDefault="00534275">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:line="263" w:lineRule="exact"/>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="115E512C" w14:textId="4A7F9826" w:rsidR="00534275" w:rsidRDefault="00534275" w:rsidP="00534275">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00286E23">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Randolph</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:sz w:val="23"/>
+      <w:r w:rsidR="00286E23">
+        <w:rPr>
+          <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="23"/>
-        </w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidR="00286E23" w:rsidRPr="00534275">
         <w:t>Board</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00286E23" w:rsidRPr="00534275">
         <w:rPr>
           <w:spacing w:val="-14"/>
-          <w:sz w:val="23"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00286E23" w:rsidRPr="00534275">
         <w:t>of</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00286E23" w:rsidRPr="00534275">
         <w:rPr>
           <w:spacing w:val="-13"/>
-          <w:sz w:val="23"/>
-[...37 lines deleted...]
-        <w:t>02368</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00286E23" w:rsidRPr="00534275">
+        <w:t xml:space="preserve">Health </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FBF4017" w14:textId="09638D39" w:rsidR="00C7686F" w:rsidRPr="00534275" w:rsidRDefault="00534275" w:rsidP="00534275">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00534275">
+        <w:t>41 South Main Street Randolph, MA 02368</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF4018" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:line="263" w:lineRule="exact"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>781-961-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>0924</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF4019" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1920"/>
@@ -30761,55 +30577,53 @@
         <w:t>Fire</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> Station</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF401D" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1" w:line="263" w:lineRule="exact"/>
         <w:ind w:left="1920"/>
       </w:pPr>
       <w:r>
         <w:t>334</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Anawan</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Street</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF401E" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="263" w:lineRule="exact"/>
         <w:ind w:left="1920"/>
       </w:pPr>
       <w:r>
         <w:t>Rehoboth,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
@@ -30851,55 +30665,53 @@
         <w:t>3725</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF4020" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1920"/>
         </w:tabs>
         <w:spacing w:before="242"/>
         <w:ind w:left="1920" w:right="268" w:hanging="1800"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Revere</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Revere</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Health</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Department 249 Broadway, #R</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF4021" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1" w:line="263" w:lineRule="exact"/>
         <w:ind w:left="1920"/>
       </w:pPr>
@@ -31636,55 +31448,53 @@
         <w:t>2438</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF4039" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1920"/>
         </w:tabs>
         <w:spacing w:before="239"/>
         <w:ind w:left="1920" w:right="1191" w:hanging="1800"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Rowley</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Rowley</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Health</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Department 30 Central Street</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF403A" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1" w:line="263" w:lineRule="exact"/>
         <w:ind w:left="1920"/>
       </w:pPr>
@@ -31724,60 +31534,58 @@
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>2231</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF403C" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00C7686F">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5FBF403D" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1920"/>
         </w:tabs>
         <w:ind w:left="120"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Royalston</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Town</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="23"/>
         </w:rPr>
@@ -31793,57 +31601,52 @@
       <w:r>
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>School</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> Street</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF403F" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="263" w:lineRule="exact"/>
         <w:ind w:left="1920"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-        <w:t>,</w:t>
+      <w:r>
+        <w:t>Royalston,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>MA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>01368</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF4040" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
@@ -32501,55 +32304,53 @@
         <w:t>4115</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF4056" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1919"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:ind w:right="1127" w:hanging="1800"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Scituate</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Scituate</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Fire</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Department 149 First Parish Road Scituate, MA 02066</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF4057" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="2"/>
       </w:pPr>
       <w:r>
@@ -33131,58 +32932,56 @@
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1919"/>
         </w:tabs>
         <w:spacing w:before="241"/>
         <w:ind w:left="119"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Shrewsbury</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Shrewsbury</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Health</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="23"/>
         </w:rPr>
@@ -33246,260 +33045,141 @@
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>01545</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF406D" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:line="263" w:lineRule="exact"/>
         <w:ind w:left="1918"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>508-841-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>8512</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FBF406E" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
-[...140 lines deleted...]
-    <w:p w14:paraId="5FBF4072" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
+    <w:p w14:paraId="5FBF4071" w14:textId="22F955B5" w:rsidR="00805DD0" w:rsidRDefault="00805DD0" w:rsidP="00B46B5F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1799"/>
         </w:tabs>
         <w:spacing w:before="241"/>
         <w:ind w:right="2020"/>
-        <w:jc w:val="right"/>
-[...4 lines deleted...]
-      <w:r>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5FBF4072" w14:textId="13DA437C" w:rsidR="00C7686F" w:rsidRDefault="00B46B5F" w:rsidP="00B46B5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1799"/>
+        </w:tabs>
+        <w:spacing w:before="241"/>
+        <w:ind w:right="2020"/>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00286E23">
         <w:rPr>
           <w:b/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>South</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00286E23">
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00286E23">
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Hadley</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00286E23">
         <w:rPr>
           <w:b/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:b/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00286E23">
+        <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Council</w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00286E23">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00286E23">
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>on</w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00286E23">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00286E23">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Aging</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF4073" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="2"/>
         <w:ind w:left="0" w:right="2029"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:t>45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Dayton</w:t>
@@ -33572,105 +33252,101 @@
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1919"/>
         </w:tabs>
         <w:spacing w:before="241"/>
         <w:ind w:left="119"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Southborough</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Southborough</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Transfer</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Station</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF4077" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1"/>
       </w:pPr>
       <w:r>
         <w:t>147</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Cordaville</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>Road</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF4078" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
       <w:r>
         <w:t>Southborough,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -33721,58 +33397,56 @@
     <w:p w14:paraId="5FBF407B" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1920"/>
         </w:tabs>
         <w:ind w:left="1920" w:right="1171" w:hanging="1801"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Southwick</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Southwick</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Fire</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Department 15 Depot St.</w:t>
@@ -34959,55 +34633,53 @@
         <w:t>424</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF40A2" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1919"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:ind w:right="792" w:hanging="1800"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>Stow</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Stow</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Board</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -35617,55 +35289,53 @@
         <w:t>8850</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF40B6" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1919"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:ind w:right="1034" w:hanging="1800"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Swansea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Swansea</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Health</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Department 68 Stevens Road</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF40B7" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
       <w:r>
         <w:t>Swansea,</w:t>
@@ -35704,55 +35374,53 @@
         <w:t>6704</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF40B9" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1918"/>
         </w:tabs>
         <w:spacing w:before="241"/>
         <w:ind w:right="1119" w:hanging="1800"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Taunton</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Taunton</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Health</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Department 45 School Street</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF40BA" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1"/>
         <w:ind w:left="1918"/>
       </w:pPr>
@@ -35992,58 +35660,56 @@
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1919"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:ind w:left="119"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Templeton</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Templeton</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Health</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="23"/>
         </w:rPr>
@@ -36405,55 +36071,53 @@
         <w:t>1520</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF40D2" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1919"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:ind w:right="478" w:hanging="1801"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Townsend</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Townsend</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Health</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Department 272 Main Street</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF40D3" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="2"/>
       </w:pPr>
       <w:r>
@@ -36502,58 +36166,56 @@
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1919"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:ind w:left="120"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Truro</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Truro</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Transfer</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="23"/>
         </w:rPr>
@@ -36637,58 +36299,56 @@
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1919"/>
         </w:tabs>
         <w:spacing w:before="242"/>
         <w:ind w:left="119"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Tyngsboro</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Tyngsboro</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Health</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="23"/>
         </w:rPr>
@@ -36760,59 +36420,57 @@
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:line="263" w:lineRule="exact"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>978-649-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>7907</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF40DC" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1919"/>
         </w:tabs>
         <w:spacing w:before="241"/>
         <w:ind w:right="688" w:hanging="1800"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Tyringham</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>South</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Berkshire</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -36837,55 +36495,53 @@
         <w:t>1749</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF40DE" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1919"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:ind w:right="846" w:hanging="1800"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Upton</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Upton</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Health</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Department 1 Main Street</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF40DF" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1"/>
       </w:pPr>
       <w:r>
@@ -37199,59 +36855,57 @@
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>Visiting</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Nurses</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Association 55 West Street, 3</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:position w:val="6"/>
           <w:sz w:val="15"/>
         </w:rPr>
         <w:t>rd</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="40"/>
           <w:position w:val="6"/>
           <w:sz w:val="15"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Floor Walpole, MA 02081</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF40EA" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:line="262" w:lineRule="exact"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>508-660-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -37465,55 +37119,53 @@
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5FBF40F4" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1919"/>
         </w:tabs>
         <w:ind w:left="1920" w:right="1191" w:hanging="1801"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Warren</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Warren</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Health</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Department 48 High Street,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF40F5" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1" w:line="263" w:lineRule="exact"/>
         <w:ind w:left="1920"/>
       </w:pPr>
@@ -38042,55 +37694,53 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5FBF4108" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1919"/>
         </w:tabs>
         <w:spacing w:before="170"/>
         <w:ind w:right="928" w:hanging="1800"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Webster</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Webster</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Health</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Department 350 Main Street</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF4109" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="2"/>
       </w:pPr>
       <w:r>
@@ -38150,58 +37800,56 @@
     <w:p w14:paraId="5FBF410C" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1919"/>
         </w:tabs>
         <w:ind w:left="119"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Wellesley</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Wellesley</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Emergency/Fire</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="23"/>
         </w:rPr>
@@ -38313,55 +37961,53 @@
         <w:t>1300</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF4110" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1920"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:ind w:right="1126" w:hanging="1800"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Wellfleet</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Wellfleet</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Fire</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Department 10 Lawrence Road</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF4111" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1"/>
       </w:pPr>
       <w:r>
@@ -39866,55 +39512,53 @@
         <w:t>3000</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF413F" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1919"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:ind w:right="1034" w:hanging="1801"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Westfield</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Westfield</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Health</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Department 59 Court Street</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF4140" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="2"/>
       </w:pPr>
       <w:r>
@@ -39959,55 +39603,53 @@
         <w:t>6210</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF4142" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1919"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:ind w:right="1054" w:hanging="1801"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Westford</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Westford</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Health</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Department 55 Main Street</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF4143" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1"/>
       </w:pPr>
       <w:r>
@@ -40110,57 +39752,52 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Fitchburg</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Road</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>(</w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>(Rte</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t>31)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF4147" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="263" w:lineRule="exact"/>
       </w:pPr>
       <w:r>
         <w:t>Westminster,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
@@ -40211,58 +39848,56 @@
     <w:p w14:paraId="5FBF414A" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1919"/>
         </w:tabs>
         <w:ind w:left="120"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Weston</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Weston</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Health</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="23"/>
         </w:rPr>
@@ -40790,55 +40425,53 @@
         <w:t>8799</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF415D" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1920"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:ind w:left="1920" w:right="38" w:hanging="1800"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Weymouth</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Weymouth</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Department</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -41044,55 +40677,53 @@
         <w:t>2438</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF4165" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1920"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:ind w:left="1920" w:right="960" w:hanging="1800"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Whitman</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Whitman</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Health</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Department 54 South Avenue</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF4166" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1"/>
       </w:pPr>
       <w:r>
@@ -41142,58 +40773,56 @@
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1920"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:ind w:left="120"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Wilbraham</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Wilbraham</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Health</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> Department</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF4169" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1"/>
@@ -41276,58 +40905,56 @@
         </w:tabs>
         <w:spacing w:before="172"/>
         <w:ind w:left="120"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="column"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Wilmington</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Wilmington</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Health</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> Department</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF416D" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1"/>
@@ -41496,55 +41123,53 @@
         <w:t>1212</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF4173" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1920"/>
         </w:tabs>
         <w:spacing w:before="242"/>
         <w:ind w:left="1920" w:right="1275" w:hanging="1800"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Winthrop</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Winthrop</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Fire</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Department 40 Pauline Street</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF4174" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1"/>
         <w:ind w:left="1920"/>
       </w:pPr>
@@ -41680,57 +41305,52 @@
         <w:t>1212</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF417A" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1920"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:ind w:left="1920" w:right="1860" w:hanging="1800"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Woburn</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> City Hall 10</w:t>
+      <w:r>
+        <w:t>Woburn City Hall 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Common</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Street</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF417B" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1"/>
         <w:ind w:left="1920"/>
@@ -42460,58 +42080,58 @@
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>508-398-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>2212</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00C7686F">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="2460" w:right="620" w:bottom="920" w:left="600" w:header="793" w:footer="727" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2430B202" w14:textId="77777777" w:rsidR="00231765" w:rsidRDefault="00231765">
+    <w:p w14:paraId="5E22E857" w14:textId="77777777" w:rsidR="00B507F0" w:rsidRDefault="00B507F0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0A61C852" w14:textId="77777777" w:rsidR="00231765" w:rsidRDefault="00231765">
+    <w:p w14:paraId="155CDE42" w14:textId="77777777" w:rsidR="00B507F0" w:rsidRDefault="00B507F0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
@@ -42525,99 +42145,109 @@
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1273E3E5" w14:textId="77777777" w:rsidR="008A20FD" w:rsidRDefault="008A20FD">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5FBF4196" w14:textId="575FF872" w:rsidR="00C7686F" w:rsidRDefault="00CF568E">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:ind w:left="0"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5FBF41A3" wp14:editId="413A5C96">
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658243" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5FBF41A3" wp14:editId="5754644C">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
-                <wp:posOffset>4574116</wp:posOffset>
+                <wp:posOffset>4582958</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9601200</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="2543175" cy="171450"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Textbox 6"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks/>
                     </wps:cNvSpPr>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="2543175" cy="171450"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="5FBF41B5" w14:textId="4665804C" w:rsidR="00C7686F" w:rsidRDefault="00286E23" w:rsidP="00CF568E">
+                        <w:p w14:paraId="5FBF41B5" w14:textId="41E496B5" w:rsidR="00C7686F" w:rsidRDefault="00286E23" w:rsidP="00CF568E">
                           <w:pPr>
                             <w:spacing w:line="183" w:lineRule="exact"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                               <w:i/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                               <w:i/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                             <w:t>Massachusetts</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                               <w:i/>
                               <w:spacing w:val="-8"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
@@ -42675,94 +42305,110 @@
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                               <w:i/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                             <w:t>Health</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                               <w:i/>
                               <w:spacing w:val="-9"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                               <w:i/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                             <w:t>–</w:t>
                           </w:r>
+                          <w:r w:rsidR="008A20FD">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                              <w:i/>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>March</w:t>
+                          </w:r>
                           <w:r w:rsidR="00097AFA">
                             <w:rPr>
                               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                               <w:i/>
                               <w:sz w:val="16"/>
                             </w:rPr>
-                            <w:t xml:space="preserve">September </w:t>
+                            <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:r w:rsidR="00E16A98">
                             <w:rPr>
                               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                               <w:i/>
                               <w:sz w:val="16"/>
                             </w:rPr>
-                            <w:t>2025</w:t>
+                            <w:t>202</w:t>
+                          </w:r>
+                          <w:r w:rsidR="00062F70">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                              <w:i/>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>6</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="5FBF41A3" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textbox 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:360.15pt;margin-top:756pt;width:200.25pt;height:13.5pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDlqfkVmQEAACIDAAAOAAAAZHJzL2Uyb0RvYy54bWysUsGO0zAQvSPxD5bvNE3ZsihqugJWIKQV&#10;rLTwAa5jNxaxx8y4Tfr3jL1pi+CGuNjjmfHze2+8uZv8II4GyUFoZb1YSmGChs6FfSu/f/v46q0U&#10;lFTo1ADBtPJkSN5tX77YjLExK+hh6AwKBgnUjLGVfUqxqSrSvfGKFhBN4KIF9CrxEfdVh2pkdD9U&#10;q+XyTTUCdhFBGyLO3j8X5bbgW2t0+motmSSGVjK3VFYs6y6v1Xajmj2q2Ds901D/wMIrF/jRC9S9&#10;Skoc0P0F5Z1GILBpocFXYK3TpmhgNfXyDzVPvYqmaGFzKF5sov8Hq78cn+IjijS9h4kHWERQfAD9&#10;g9ibaozUzD3ZU2qIu7PQyaLPO0sQfJG9PV38NFMSmpOr9c3r+nYtheZafVvfrIvh1fV2REqfDHiR&#10;g1Yiz6swUMcHSvl91ZxbZjLP72cmadpNwnWZNHfmzA66E2sZeZytpJ8HhUaK4XNgv/LszwGeg905&#10;wDR8gPJDsqQA7w4JrCsErrgzAR5E4TV/mjzp38+l6/q1t78AAAD//wMAUEsDBBQABgAIAAAAIQDV&#10;HJHZ5AAAABMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTE9NT8MwDL0j7T9EnsSNJevEYF3TaeLjhITo&#10;yoFj2mRttMYpTbaVf497gotl+z0/v5ftRtexixmC9ShhuRDADNZeW2wkfJavd4/AQlSoVefRSPgx&#10;AXb57CZTqfZXLMzlEBtGIhhSJaGNsU85D3VrnAoL3xsk7OgHpyKNQ8P1oK4k7jqeCLHmTlmkD63q&#10;zVNr6tPh7CTsv7B4sd/v1UdxLGxZbgS+rU9S3s7H5y2V/RZYNGP8u4ApA/mHnIxV/ow6sE7CQyJW&#10;RCXgfplQtIlCDWWqpt1qI4DnGf+fJf8FAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA5an5&#10;FZkBAAAiAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;1RyR2eQAAAATAQAADwAAAAAAAAAAAAAAAADzAwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAAQFAAAAAA==&#10;" filled="f" stroked="f">
+            <v:shape id="Textbox 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:360.85pt;margin-top:756pt;width:200.25pt;height:13.5pt;z-index:-251658237;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDlqfkVmQEAACIDAAAOAAAAZHJzL2Uyb0RvYy54bWysUsGO0zAQvSPxD5bvNE3ZsihqugJWIKQV&#10;rLTwAa5jNxaxx8y4Tfr3jL1pi+CGuNjjmfHze2+8uZv8II4GyUFoZb1YSmGChs6FfSu/f/v46q0U&#10;lFTo1ADBtPJkSN5tX77YjLExK+hh6AwKBgnUjLGVfUqxqSrSvfGKFhBN4KIF9CrxEfdVh2pkdD9U&#10;q+XyTTUCdhFBGyLO3j8X5bbgW2t0+motmSSGVjK3VFYs6y6v1Xajmj2q2Ds901D/wMIrF/jRC9S9&#10;Skoc0P0F5Z1GILBpocFXYK3TpmhgNfXyDzVPvYqmaGFzKF5sov8Hq78cn+IjijS9h4kHWERQfAD9&#10;g9ibaozUzD3ZU2qIu7PQyaLPO0sQfJG9PV38NFMSmpOr9c3r+nYtheZafVvfrIvh1fV2REqfDHiR&#10;g1Yiz6swUMcHSvl91ZxbZjLP72cmadpNwnWZNHfmzA66E2sZeZytpJ8HhUaK4XNgv/LszwGeg905&#10;wDR8gPJDsqQA7w4JrCsErrgzAR5E4TV/mjzp38+l6/q1t78AAAD//wMAUEsDBBQABgAIAAAAIQAF&#10;vi/d4QAAAA4BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqBMjWprGqSoEJyRE&#10;Gg49OrGbWI3XIXbb8PdsTnDcmafZmXw7uZ5dzBisRwnpIgFmsPHaYivhq3p7eAYWokKteo9Gwo8J&#10;sC1ub3KVaX/F0lz2sWUUgiFTEroYh4zz0HTGqbDwg0Hyjn50KtI5tlyP6krhruciSZbcKYv0oVOD&#10;eelMc9qfnYTdActX+/1Rf5bH0lbVOsH35UnK+7tptwEWzRT/YJjrU3UoqFPtz6gD6yWsRLoilIyn&#10;VNCqGUmFEMDqWXtcJ8CLnP+fUfwCAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA5an5FZkB&#10;AAAiAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEABb4v&#10;3eEAAAAOAQAADwAAAAAAAAAAAAAAAADzAwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AAEFAAAAAA==&#10;" filled="f" stroked="f">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="5FBF41B5" w14:textId="4665804C" w:rsidR="00C7686F" w:rsidRDefault="00286E23" w:rsidP="00CF568E">
+                  <w:p w14:paraId="5FBF41B5" w14:textId="41E496B5" w:rsidR="00C7686F" w:rsidRDefault="00286E23" w:rsidP="00CF568E">
                     <w:pPr>
                       <w:spacing w:line="183" w:lineRule="exact"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                         <w:i/>
                         <w:sz w:val="16"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                         <w:i/>
                         <w:sz w:val="16"/>
                       </w:rPr>
                       <w:t>Massachusetts</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                         <w:i/>
                         <w:spacing w:val="-8"/>
                         <w:sz w:val="16"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
@@ -42820,83 +42466,99 @@
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                         <w:i/>
                         <w:sz w:val="16"/>
                       </w:rPr>
                       <w:t>Health</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                         <w:i/>
                         <w:spacing w:val="-9"/>
                         <w:sz w:val="16"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                         <w:i/>
                         <w:sz w:val="16"/>
                       </w:rPr>
                       <w:t>–</w:t>
                     </w:r>
+                    <w:r w:rsidR="008A20FD">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                        <w:i/>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>March</w:t>
+                    </w:r>
                     <w:r w:rsidR="00097AFA">
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                         <w:i/>
                         <w:sz w:val="16"/>
                       </w:rPr>
-                      <w:t xml:space="preserve">September </w:t>
+                      <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:r w:rsidR="00E16A98">
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                         <w:i/>
                         <w:sz w:val="16"/>
                       </w:rPr>
-                      <w:t>2025</w:t>
+                      <w:t>202</w:t>
+                    </w:r>
+                    <w:r w:rsidR="00062F70">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                        <w:i/>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>6</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00286E23">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251653120" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5FBF419D" wp14:editId="5FBF419E">
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5FBF419D" wp14:editId="5FBF419E">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>429261</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>8837196</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7042150" cy="1270"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="3" name="Graphic 3"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr>
                       <a:spLocks/>
                     </wps:cNvSpPr>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="7042150" cy="1270"/>
                       </a:xfrm>
@@ -42914,68 +42576,68 @@
                             <a:lnTo>
                               <a:pt x="7042150" y="0"/>
                             </a:lnTo>
                           </a:path>
                         </a:pathLst>
                       </a:custGeom>
                       <a:ln w="9525">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:prstDash val="solid"/>
                       </a:ln>
                     </wps:spPr>
                     <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
           <w:pict>
             <v:shape w14:anchorId="79C5CB9C" id="Graphic 3" o:spid="_x0000_s1026" style="position:absolute;margin-left:33.8pt;margin-top:695.85pt;width:554.5pt;height:.1pt;z-index:-251663360;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" coordsize="7042150,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBBgfRtEAIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X5wEy7oZcYqhQYcB&#10;RVegGXZWZDk2JosaqcTpvx8lfyTrbsN8ECjxiXzko7y+PbdWnAxSA66Qi9lcCuM0lI07FPL77v7d&#10;RykoKFcqC84U8sWQvN28fbPufG6WUIMtDQoO4ijvfCHrEHyeZaRr0yqagTeOnRVgqwJv8ZCVqDqO&#10;3tpsOZ9/yDrA0iNoQ8Sn294pNyl+VRkdvlUVmSBsIZlbSCumdR/XbLNW+QGVrxs90FD/wKJVjeOk&#10;U6itCkocsfkrVNtoBIIqzDS0GVRVo02qgatZzF9V81wrb1It3BzyU5vo/4XVj6dn/4SROvkH0D+J&#10;O5J1nvLJEzc0YM4VthHLxMU5dfFl6qI5B6H58Gb+frlYcbM1+xbLm9TkTOXjXX2k8MVAiqNODxR6&#10;DcrRUvVo6bMbTWQlo4Y2aRikYA1RCtZw32voVYj3Irloiu5CJJ61cDI7SN7wijlTu3itu0ZNpYxV&#10;MrZHsBHTcK96I6Vm+7o46yKLT6vlKo0GgW3K+8bayILwsL+zKE4qDmb6Yh0c4Q+YRwpbRXWPS64B&#10;Zt2gUy9NFGkP5csTio6nuZD066jQSGG/Oh6XOPqjgaOxHw0M9g7SA0kN4py78w+FXsT0hQys7COM&#10;w6jyUbRY+oSNNx18PgaomqhomqGe0bDhCU4FDq8tPpHrfUJd/gmb3wAAAP//AwBQSwMEFAAGAAgA&#10;AAAhAFk0HQbhAAAAEgEAAA8AAABkcnMvZG93bnJldi54bWxMT01PwzAMvSPxHyIjcWNph9TSrunE&#10;hzhyYJuEuLmNaSuapGqyrPv3eOIAF0t+fn4f1XYxo4g0+8FZBekqAUG2dXqwnYLD/vXuAYQPaDWO&#10;zpKCM3nY1tdXFZbanew7xV3oBItYX6KCPoSplNK3PRn0KzeR5duXmw0GXudO6hlPLG5GuU6STBoc&#10;LDv0ONFzT+337mgUvCXFOpoJoz48pfFD4tJ8nhelbm+Wlw2Pxw2IQEv4+4BLB84PNQdr3NFqL0YF&#10;WZ4xk/H7Is1BXBhpnjHW/GIFyLqS/6vUPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBB&#10;gfRtEAIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQBZNB0G4QAAABIBAAAPAAAAAAAAAAAAAAAAAGoEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;" path="m,l7042150,e" filled="f">
               <v:path arrowok="t"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00286E23">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251655168" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5FBF419F" wp14:editId="5FBF41A0">
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658241" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5FBF419F" wp14:editId="5FBF41A0">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>513080</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>8898318</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="3070860" cy="622935"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="4" name="Textbox 4"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks/>
                     </wps:cNvSpPr>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="3070860" cy="622935"/>
                       </a:xfrm>
@@ -43412,51 +43074,51 @@
                               <w:spacing w:val="40"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                               <w:spacing w:val="-2"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                             <w:t>identification.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
           <w:pict>
             <v:shape w14:anchorId="5FBF419F" id="Textbox 4" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:40.4pt;margin-top:700.65pt;width:241.8pt;height:49.05pt;z-index:-251661312;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDBG05smQEAACIDAAAOAAAAZHJzL2Uyb0RvYy54bWysUsFuGyEQvVfqPyDuNZuN6iYrr6M2UatK&#10;URsp6QdgFryoC0MY7F3/fQe8tqv2VvUCw8zweO8Nq7vJDWyvI1rwLb9aVJxpr6CzftvyHy+f391w&#10;hkn6Tg7gdcsPGvnd+u2b1RgaXUMPQ6cjIxCPzRha3qcUGiFQ9dpJXEDQnooGopOJjnEruihHQneD&#10;qKtqKUaIXYigNCJlH45Fvi74xmiVvhuDOrGh5cQtlTWWdZNXsV7JZhtl6K2aach/YOGk9fToGepB&#10;Jsl20f4F5ayKgGDSQoETYIxVumggNVfVH2qeexl00ULmYDjbhP8PVn3bP4enyNL0CSYaYBGB4RHU&#10;TyRvxBiwmXuyp9ggdWehk4ku7ySB0UXy9nD2U0+JKUpeVx+qmyWVFNWWdX17/T4bLi63Q8T0RYNj&#10;OWh5pHkVBnL/iOnYemqZyRzfz0zStJmY7VpeZ9Cc2UB3IC0jjbPl+LqTUXM2fPXkV579KYinYHMK&#10;YhruofyQLMnDx10CYwuBC+5MgAZRJMyfJk/693Ppunzt9S8AAAD//wMAUEsDBBQABgAIAAAAIQBp&#10;wdhD5QAAABEBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9PT8MwDMXvSHyHyEjcWDIo1do1nSb+nJAQ&#10;XTlwTJusjdY4pcm28u3xTnCx5Gf7+feKzewGdjJTsB4lLBcCmMHWa4udhM/69W4FLESFWg0ejYQf&#10;E2BTXl8VKtf+jJU57WLHyARDriT0MY4556HtjVNh4UeDNNv7yalI7dRxPakzmbuB3wuRcqcs0ode&#10;jeapN+1hd3QStl9Yvdjv9+aj2le2rjOBb+lBytub+XlNZbsGFs0c/y7gkoH4oSSwxh9RBzZIWAnC&#10;j6QnYvkAjDYe0yQB1lykLEuAlwX/n6T8BQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMEb&#10;TmyZAQAAIgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AGnB2EPlAAAAEQEAAA8AAAAAAAAAAAAAAAAA8wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAAFBQAAAAA=&#10;" filled="f" stroked="f">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="5FBF41B0" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
                     <w:pPr>
                       <w:spacing w:line="183" w:lineRule="exact"/>
                       <w:ind w:left="20"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri"/>
                         <w:b/>
                         <w:sz w:val="16"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri"/>
                         <w:b/>
                         <w:sz w:val="16"/>
                       </w:rPr>
                       <w:t>Sale</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri"/>
@@ -43870,51 +43532,51 @@
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                         <w:spacing w:val="-2"/>
                         <w:sz w:val="16"/>
                       </w:rPr>
                       <w:t>identification.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00286E23">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251657216" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5FBF41A1" wp14:editId="6A7AF56E">
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658242" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5FBF41A1" wp14:editId="6A7AF56E">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>4170679</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>8898318</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="3037205" cy="499109"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="5" name="Textbox 5"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks/>
                     </wps:cNvSpPr>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="3037205" cy="499109"/>
                       </a:xfrm>
@@ -44308,51 +43970,51 @@
                               <w:rFonts w:ascii="Calibri"/>
                               <w:spacing w:val="-7"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Calibri"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                             <w:t>facility.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
           <w:pict>
             <v:shape w14:anchorId="5FBF41A1" id="Textbox 5" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:328.4pt;margin-top:700.65pt;width:239.15pt;height:39.3pt;z-index:-251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBcuA6emQEAACIDAAAOAAAAZHJzL2Uyb0RvYy54bWysUttuGyEQfa+Uf0C816ydXuKV11HTqFWl&#10;qImU9AMwC17UhaEM9q7/vgNe21XzVvUFhpnhcM4ZVrej69leR7TgGz6fVZxpr6C1ftvwHy9f3t5w&#10;hkn6VvbgdcMPGvnt+urNagi1XkAHfasjIxCP9RAa3qUUaiFQddpJnEHQnooGopOJjnEr2igHQne9&#10;WFTVBzFAbEMEpREpe38s8nXBN0ar9GgM6sT6hhO3VNZY1k1exXol622UobNqoiH/gYWT1tOjZ6h7&#10;mSTbRfsKylkVAcGkmQInwBirdNFAaubVX2qeOxl00ULmYDjbhP8PVn3fP4enyNJ4ByMNsIjA8ADq&#10;J5I3YghYTz3ZU6yRurPQ0USXd5LA6CJ5ezj7qcfEFCWvq+uPi+o9Z4pq75bLebXMhovL7RAxfdXg&#10;WA4aHmlehYHcP2A6tp5aJjLH9zOTNG5GZlt6JoPmzAbaA2kZaJwNx187GTVn/TdPfuXZn4J4Cjan&#10;IKb+M5QfkiV5+LRLYGwhcMGdCNAgioTp0+RJ/3kuXZevvf4NAAD//wMAUEsDBBQABgAIAAAAIQDJ&#10;rAiL5wAAABMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9PT8MwDMXvSHyHyEjcWFLGCu2aThN/TkgT&#10;XTlwTNusjdY4pcm28u1xT3CxZD/7+feyzWR7dtajNw4lRAsBTGPtGoOthM/y7e4JmA8KG9U71BJ+&#10;tIdNfn2VqbRxFyz0eR9aRiboUyWhC2FIOfd1p63yCzdoJO3gRqsCtWPLm1FdyNz2/F6ImFtlkD50&#10;atDPna6P+5OVsP3C4tV876qP4lCYskwEvsdHKW9vppc1le0aWNBT+LuAOQPxQ05glTth41kvIV7F&#10;xB9IeBDREti8Ei1XEbBqnj0mCfA84/+z5L8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;XLgOnpkBAAAiAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAyawIi+cAAAATAQAADwAAAAAAAAAAAAAAAADzAwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAAcFAAAAAA==&#10;" filled="f" stroked="f">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="5FBF41B3" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
                     <w:pPr>
                       <w:spacing w:line="183" w:lineRule="exact"/>
                       <w:ind w:left="20"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri"/>
                         <w:b/>
                         <w:sz w:val="16"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri"/>
                         <w:b/>
                         <w:sz w:val="16"/>
                       </w:rPr>
                       <w:t>State</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri"/>
@@ -44720,103 +44382,114 @@
                         <w:spacing w:val="-7"/>
                         <w:sz w:val="16"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri"/>
                         <w:sz w:val="16"/>
                       </w:rPr>
                       <w:t>facility.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="66A532EA" w14:textId="77777777" w:rsidR="008A20FD" w:rsidRDefault="008A20FD">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5FBF4198" w14:textId="3414D55F" w:rsidR="00C7686F" w:rsidRDefault="00CF568E">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:ind w:left="0"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5FBF41AB" wp14:editId="51D5145F">
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658245" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5FBF41AB" wp14:editId="13408B26">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
-                <wp:posOffset>4552950</wp:posOffset>
+                <wp:posOffset>4851400</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
-                <wp:posOffset>9563100</wp:posOffset>
+                <wp:posOffset>9531350</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="2777490" cy="120650"/>
+              <wp:extent cx="2479040" cy="152400"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textbox 10"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks/>
                     </wps:cNvSpPr>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="2777490" cy="120650"/>
+                        <a:ext cx="2479040" cy="152400"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="5FBF41BB" w14:textId="170FD860" w:rsidR="00C7686F" w:rsidRDefault="00286E23" w:rsidP="005477E5">
+                        <w:p w14:paraId="5FBF41BB" w14:textId="52AB9164" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
                           <w:pPr>
                             <w:spacing w:line="183" w:lineRule="exact"/>
+                            <w:ind w:left="20"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Calibri"/>
                               <w:i/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Calibri"/>
                               <w:i/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                             <w:t>Massachusetts</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Calibri"/>
                               <w:i/>
                               <w:spacing w:val="-8"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
@@ -44864,96 +44537,105 @@
                             <w:rPr>
                               <w:rFonts w:ascii="Calibri"/>
                               <w:i/>
                               <w:spacing w:val="-7"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Calibri"/>
                               <w:i/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                             <w:t>Health</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Calibri"/>
                               <w:i/>
                               <w:spacing w:val="-8"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
-                          <w:r w:rsidR="005477E5">
+                          <w:r w:rsidR="008A20FD">
                             <w:rPr>
                               <w:rFonts w:ascii="Calibri"/>
                               <w:i/>
                               <w:sz w:val="16"/>
                             </w:rPr>
-                            <w:t>September</w:t>
+                            <w:t>March</w:t>
                           </w:r>
                           <w:r w:rsidR="00E16A98">
                             <w:rPr>
                               <w:rFonts w:ascii="Calibri"/>
                               <w:i/>
                               <w:sz w:val="16"/>
                             </w:rPr>
-                            <w:t xml:space="preserve"> 2025</w:t>
+                            <w:t xml:space="preserve"> 202</w:t>
+                          </w:r>
+                          <w:r w:rsidR="00E02639">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri"/>
+                              <w:i/>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>6</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="5FBF41AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textbox 10" o:spid="_x0000_s1031" type="#_x0000_t202" style="position:absolute;margin-left:358.5pt;margin-top:753pt;width:218.7pt;height:9.5pt;z-index:-251653120;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAxe9VbmAEAACIDAAAOAAAAZHJzL2Uyb0RvYy54bWysUs2O0zAQviPxDpbvNGnFbiFqugJWIKQV&#10;rLTwAK5jNxaxx8y4Tfr2jL1pi+CGuDgTz/jz9+PN3eQHcTRIDkIrl4taChM0dC7sW/n928dXb6Sg&#10;pEKnBgimlSdD8m778sVmjI1ZQQ9DZ1AwSKBmjK3sU4pNVZHujVe0gGgCNy2gV4l/cV91qEZG90O1&#10;quvbagTsIoI2RLx7/9yU24JvrdHpq7VkkhhaydxSWbGsu7xW241q9qhi7/RMQ/0DC69c4EsvUPcq&#10;KXFA9xeUdxqBwKaFBl+BtU6booHVLOs/1Dz1Kpqihc2heLGJ/h+s/nJ8io8o0vQeJg6wiKD4APoH&#10;sTfVGKmZZ7Kn1BBPZ6GTRZ+/LEHwQfb2dPHTTElo3lyt1+vXb7mlubdc1bc3xfDqejoipU8GvMhF&#10;K5HzKgzU8YFSvl8155GZzPP9mUmadpNwXStvcop5ZwfdibWMHGcr6edBoZFi+BzYr5z9ucBzsTsX&#10;mIYPUF5IlhTg3SGBdYXAFXcmwEEUXvOjyUn//l+mrk97+wsAAP//AwBQSwMEFAAGAAgAAAAhADtY&#10;3ajiAAAADgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyonapJaRqnqhCckBBp&#10;OHB0EjexGq9D7Lbh79mcym13ZzT7JttNtmcXPXrjUEK0EMA01q4x2Er4Kt+enoH5oLBRvUMt4Vd7&#10;2OX3d5lKG3fFQl8OoWUUgj5VEroQhpRzX3faKr9wg0bSjm60KtA6trwZ1ZXCbc+XQiTcKoP0oVOD&#10;ful0fTqcrYT9Nxav5uej+iyOhSnLjcD35CTl48O03wILego3M8z4hA45MVXujI1nvYR1tKYugYRY&#10;JDTNliherYBV820ZC+B5xv/XyP8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAMXvVW5gB&#10;AAAiAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAO1jd&#10;qOIAAAAOAQAADwAAAAAAAAAAAAAAAADyAwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AAEFAAAAAA==&#10;" filled="f" stroked="f">
+            <v:shape id="Textbox 10" o:spid="_x0000_s1031" type="#_x0000_t202" style="position:absolute;margin-left:382pt;margin-top:750.5pt;width:195.2pt;height:12pt;z-index:-251658235;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAZSL2rmAEAACIDAAAOAAAAZHJzL2Uyb0RvYy54bWysUtuO0zAQfUfiHyy/06RVl0vUdAWsQEgr&#10;QFr2A1zHbixij5lxm/TvGXvTFrFviBdn4hkfn4s3t5MfxNEgOQitXC5qKUzQ0Lmwb+Xjj0+v3kpB&#10;SYVODRBMK0+G5O325YvNGBuzgh6GzqBgkEDNGFvZpxSbqiLdG69oAdEEblpArxL/4r7qUI2M7odq&#10;VdevqxGwiwjaEPHu3VNTbgu+tUanb9aSSWJoJXNLZcWy7vJabTeq2aOKvdMzDfUPLLxygS+9QN2p&#10;pMQB3TMo7zQCgU0LDb4Ca502RQOrWdZ/qXnoVTRFC5tD8WIT/T9Y/fX4EL+jSNMHmDjAIoLiPeif&#10;xN5UY6RmnsmeUkM8nYVOFn3+sgTBB9nb08VPMyWheXO1fvOuXnNLc295s1rXxfDqejoipc8GvMhF&#10;K5HzKgzU8Z5Svl8155GZzNP9mUmadpNwXStvcop5ZwfdibWMHGcr6ddBoZFi+BLYr5z9ucBzsTsX&#10;mIaPUF5IlhTg/SGBdYXAFXcmwEEUXvOjyUn/+V+mrk97+xsAAP//AwBQSwMEFAAGAAgAAAAhAARX&#10;6R7hAAAADgEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPg0AQhe8m/ofNmHizuzSAFlmaxujJxEjx&#10;0OMCW9iUnUV22+K/dzjpbWbey5vv5dvZDuyiJ28cSohWApjGxrUGOwlf1dvDEzAfFLZqcKgl/GgP&#10;2+L2JldZ665Y6ss+dIxC0GdKQh/CmHHum15b5Vdu1Eja0U1WBVqnjreTulK4HfhaiJRbZZA+9GrU&#10;L71uTvuzlbA7YPlqvj/qz/JYmqraCHxPT1Le3827Z2BBz+HPDAs+oUNBTLU7Y+vZIOExjalLICER&#10;EU2LJUriGFi93NaJAF7k/H+N4hcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAZSL2rmAEA&#10;ACIDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAEV+ke&#10;4QAAAA4BAAAPAAAAAAAAAAAAAAAAAPIDAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;AAUAAAAA&#10;" filled="f" stroked="f">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="5FBF41BB" w14:textId="170FD860" w:rsidR="00C7686F" w:rsidRDefault="00286E23" w:rsidP="005477E5">
+                  <w:p w14:paraId="5FBF41BB" w14:textId="52AB9164" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
                     <w:pPr>
                       <w:spacing w:line="183" w:lineRule="exact"/>
+                      <w:ind w:left="20"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri"/>
                         <w:i/>
                         <w:sz w:val="16"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri"/>
                         <w:i/>
                         <w:sz w:val="16"/>
                       </w:rPr>
                       <w:t>Massachusetts</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri"/>
                         <w:i/>
                         <w:spacing w:val="-8"/>
                         <w:sz w:val="16"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
@@ -45001,83 +44683,91 @@
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri"/>
                         <w:i/>
                         <w:spacing w:val="-7"/>
                         <w:sz w:val="16"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri"/>
                         <w:i/>
                         <w:sz w:val="16"/>
                       </w:rPr>
                       <w:t>Health</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri"/>
                         <w:i/>
                         <w:spacing w:val="-8"/>
                         <w:sz w:val="16"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
-                    <w:r w:rsidR="005477E5">
+                    <w:r w:rsidR="008A20FD">
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri"/>
                         <w:i/>
                         <w:sz w:val="16"/>
                       </w:rPr>
-                      <w:t>September</w:t>
+                      <w:t>March</w:t>
                     </w:r>
                     <w:r w:rsidR="00E16A98">
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri"/>
                         <w:i/>
                         <w:sz w:val="16"/>
                       </w:rPr>
-                      <w:t xml:space="preserve"> 2025</w:t>
+                      <w:t xml:space="preserve"> 202</w:t>
+                    </w:r>
+                    <w:r w:rsidR="00E02639">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri"/>
+                        <w:i/>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>6</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00286E23">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5FBF41A9" wp14:editId="0CF8E583">
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658244" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5FBF41A9" wp14:editId="0CF8E583">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>429261</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9423845</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="6903720" cy="1270"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="9" name="Graphic 9"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr>
                       <a:spLocks/>
                     </wps:cNvSpPr>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="6903720" cy="1270"/>
                       </a:xfrm>
@@ -45095,102 +44785,112 @@
                             <a:lnTo>
                               <a:pt x="6903720" y="0"/>
                             </a:lnTo>
                           </a:path>
                         </a:pathLst>
                       </a:custGeom>
                       <a:ln w="9525">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:prstDash val="solid"/>
                       </a:ln>
                     </wps:spPr>
                     <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
           <w:pict>
             <v:shape w14:anchorId="15012911" id="Graphic 9" o:spid="_x0000_s1026" style="position:absolute;margin-left:33.8pt;margin-top:742.05pt;width:543.6pt;height:.1pt;z-index:-251655168;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" coordsize="6903720,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC+rhh8EAIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X5xkaLsacYqhQYcB&#10;RVegGXZWZDk2JosaqcTpvx8lfyTrbsN8ECjxiXzko7y6O7VWHA1SA66Qi9lcCuM0lI3bF/L79uHD&#10;JykoKFcqC84U8tWQvFu/f7fqfG6WUIMtDQoO4ijvfCHrEHyeZaRr0yqagTeOnRVgqwJvcZ+VqDqO&#10;3tpsOZ9fZx1g6RG0IeLTTe+U6xS/qowO36qKTBC2kMwtpBXTuotrtl6pfI/K140eaKh/YNGqxnHS&#10;KdRGBSUO2PwVqm00AkEVZhraDKqq0SbVwNUs5m+qeamVN6kWbg75qU30/8Lqp+OLf8ZInfwj6J/E&#10;Hck6T/nkiRsaMKcK24hl4uKUuvg6ddGcgtB8eH07/3iz5GZr9i2WN6nJmcrHu/pA4YuBFEcdHyn0&#10;GpSjperR0ic3mshKRg1t0jBIwRqiFKzhrtfQqxDvRXLRFN2ZSDxr4Wi2kLzhDXOmdvZad4maShmr&#10;ZGyPYCOm4V71RkrN9mVx1kUWt1fLqzQaBLYpHxprIwvC/e7eojiqOJjpi3VwhD9gHilsFNU9LrkG&#10;mHWDTr00UaQdlK/PKDqe5kLSr4NCI4X96nhc4uiPBo7GbjQw2HtIDyQ1iHNuTz8UehHTFzKwsk8w&#10;DqPKR9Fi6RM23nTw+RCgaqKiaYZ6RsOGJzgVOLy2+EQu9wl1/iesfwMAAP//AwBQSwMEFAAGAAgA&#10;AAAhADy6shblAAAAEgEAAA8AAABkcnMvZG93bnJldi54bWxMTz1PwzAQ3ZH4D9YhsVEnEEKVxqn4&#10;UGAoQylZ2FzbTSLscxS7beDXcxUDLCfdu3fvo1xOzrKDGUPvUUA6S4AZVF732Apo3uurObAQJWpp&#10;PRoBXybAsjo/K2Wh/RHfzGETW0YiGAopoItxKDgPqjNOhpkfDNJt50cnI61jy/UojyTuLL9Okpw7&#10;2SM5dHIwj51Rn5u9E/CRrda1nVT9uhtWmXr+bl7WD40QlxfT04LG/QJYNFP8+4BTB8oPFQXb+j3q&#10;wKyA/C4nJuHZPEuBnRjpbUaVtr/YDfCq5P+rVD8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAvq4YfBACAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAPLqyFuUAAAASAQAADwAAAAAAAAAAAAAAAABqBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6903720,e" filled="f">
               <v:path arrowok="t"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3FB9800B" w14:textId="77777777" w:rsidR="00231765" w:rsidRDefault="00231765">
+    <w:p w14:paraId="3E8CFAC0" w14:textId="77777777" w:rsidR="00B507F0" w:rsidRDefault="00B507F0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0F4BAAA1" w14:textId="77777777" w:rsidR="00231765" w:rsidRDefault="00231765">
+    <w:p w14:paraId="5FB6AD29" w14:textId="77777777" w:rsidR="00B507F0" w:rsidRDefault="00B507F0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4E52F0DC" w14:textId="77777777" w:rsidR="008A20FD" w:rsidRDefault="008A20FD">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5FBF4195" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:ind w:left="0"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="486892544" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5FBF4199" wp14:editId="5FBF419A">
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658246" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5FBF4199" wp14:editId="5FBF419A">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>429261</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>1389391</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7010400" cy="1270"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="1" name="Graphic 1"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr>
                       <a:spLocks/>
                     </wps:cNvSpPr>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="7010400" cy="1270"/>
                       </a:xfrm>
@@ -45208,68 +44908,68 @@
                             <a:lnTo>
                               <a:pt x="7010400" y="635"/>
                             </a:lnTo>
                           </a:path>
                         </a:pathLst>
                       </a:custGeom>
                       <a:ln w="9525">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:prstDash val="solid"/>
                       </a:ln>
                     </wps:spPr>
                     <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
           <w:pict>
             <v:shape w14:anchorId="1F7DCA3B" id="Graphic 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:33.8pt;margin-top:109.4pt;width:552pt;height:.1pt;z-index:-16423936;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" coordsize="7010400,635" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDRLf0eEwIAAGUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X5xka7sZcYqhQYcB&#10;RVegGXZmZDk2JosapcTJvx8lfzTrbsN8EEiRoh7fo7y6PbVGHDX5Bm0hF7O5FNoqLBu7L+T37f27&#10;j1L4ALYEg1YX8qy9vF2/fbPqXK6XWKMpNQkuYn3euULWIbg8y7yqdQt+hk5bDlZILQR2aZ+VBB1X&#10;b022nM+vsw6pdIRKe8+7mz4o16l+VWkVvlWV10GYQjK2kFZK6y6u2XoF+Z7A1Y0aYMA/oGihsXzp&#10;VGoDAcSBmr9KtY0i9FiFmcI2w6pqlE49cDeL+atunmtwOvXC5Hg30eT/X1n1eHx2TxShe/eA6qdn&#10;RrLO+XyKRMcPOaeK2pjLwMUpsXieWNSnIBRv3nAjH+ZMtuLYYnmTSM4gH8+qgw9fNKY6cHzwodeg&#10;HC2oR0ud7GgSKxk1NEnDIAVrSFKwhrteQwchnovgoim6CyB1Ia/fXyV9WjzqLaas8KoDhvgSNfYy&#10;a2qJO4qVIkeQ9zlsxAvTzgSCNy/bNDbi+XS17EF4NE153xiTaKf97s6QOEIc0fQN9f9Ic+TDBnzd&#10;56XQBGNQrBcpyrXD8vxEouO5LqT/dQDSUpivlgcnPoLRoNHYjQYFc4fpqSSK+M7t6QeQE/H6QgbW&#10;+BHHsYR8lC9yMOXGkxY/HwJWTdQ2TVOPaHB4lhNdw7uLj+XST1kvf4f1bwAAAP//AwBQSwMEFAAG&#10;AAgAAAAhAGvN96fjAAAAEAEAAA8AAABkcnMvZG93bnJldi54bWxMT8tqwzAQvBf6D2IDvYRGUgqO&#10;61gOoaGHUgjEzQfIlmqbWJKRlET9+65P7WVhZ2fnUe6SGclN+zA4K4CvGBBtW6cG2wk4f70/50BC&#10;lFbJ0Vkt4EcH2FWPD6UslLvbk77VsSMoYkMhBfQxTgWloe21kWHlJm3x9u28kRFX31Hl5R3FzUjX&#10;jGXUyMGiQy8n/dbr9lJfjYCP5Wdida260zn5fXPgx/z4shTiaZEOWxz7LZCoU/z7gLkD5ocKgzXu&#10;alUgo4BskyFTwJrn2GMm8A1HqJmhVwa0Kun/ItUvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhANEt/R4TAgAAZQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAGvN96fjAAAAEAEAAA8AAAAAAAAAAAAAAAAAbQQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAB9BQAAAAA=&#10;" path="m,l7010400,635e" filled="f">
               <v:path arrowok="t"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="486893056" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5FBF419B" wp14:editId="5FBF419C">
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658247" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5FBF419B" wp14:editId="5FBF419C">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>778255</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>490981</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="6215380" cy="875665"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="2" name="Textbox 2"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks/>
                     </wps:cNvSpPr>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="6215380" cy="875665"/>
                       </a:xfrm>
@@ -45820,81 +45520,65 @@
                               <w:b/>
                               <w:spacing w:val="-2"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                               <w:b/>
                             </w:rPr>
                             <w:t>at</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                               <w:b/>
                               <w:spacing w:val="-4"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                               <w:b/>
                             </w:rPr>
-                            <w:t xml:space="preserve">home, </w:t>
-[...15 lines deleted...]
-                            <w:t xml:space="preserve"> what you need to know about the safe use and disposal of needles, syringes and lancets (sharps).</w:t>
+                            <w:t>home, Here’s what you need to know about the safe use and disposal of needles, syringes and lancets (sharps).</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
           <w:pict>
             <v:shapetype w14:anchorId="5FBF419B" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Textbox 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:61.3pt;margin-top:38.65pt;width:489.4pt;height:68.95pt;z-index:-16423424;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB7XTESkwEAABsDAAAOAAAAZHJzL2Uyb0RvYy54bWysUtGuEyEQfTfxHwjvlramtdl0e6PeaExu&#10;1OTqB1AWuhsXBmdod/v3DnTbGn0zvsDADGfOOcP2YfS9OFmkDkItF7O5FDYYaLpwqOX3bx9ebaSg&#10;pEOjewi2lmdL8mH38sV2iJVdQgt9Y1EwSKBqiLVsU4qVUmRa6zXNINrASQfodeIjHlSDemB036vl&#10;fL5WA2ATEYwl4tvHS1LuCr5z1qQvzpFNoq8lc0tlxbLu86p2W10dUMe2MxMN/Q8svO4CN71BPeqk&#10;xRG7v6B8ZxAIXJoZ8Aqc64wtGljNYv6HmudWR1u0sDkUbzbR/4M1n0/P8SuKNL6DkQdYRFB8AvOD&#10;2Bs1RKqmmuwpVcTVWejo0OedJQh+yN6eb37aMQnDl+vlYvV6wynDuc2b1Xq9yoar++uIlD5a8CIH&#10;tUSeV2GgT0+ULqXXkonMpX9mksb9yCU53ENzZhEDz7GW9POo0UrRfwpsVB76NcBrsL8GmPr3UL5G&#10;1hLg7TGB60rnO+7UmSdQuE+/JY/493Opuv/p3S8AAAD//wMAUEsDBBQABgAIAAAAIQBsrwpR4gAA&#10;ABABAAAPAAAAZHJzL2Rvd25yZXYueG1sTE87T8MwEN6R+A/WIbFROwZSSONUFY8JCZGGgdGJ3SRq&#10;fA6x24Z/z3WC5aRP9z3z9ewGdrRT6D0qSBYCmMXGmx5bBZ/V680DsBA1Gj14tAp+bIB1cXmR68z4&#10;E5b2uI0tIxMMmVbQxThmnIems06HhR8t0m/nJ6cjwanlZtInMncDl0Kk3OkeKaHTo33qbLPfHpyC&#10;zReWL/33e/1R7sq+qh4FvqV7pa6v5ucVnc0KWLRz/FPAeQP1h4KK1f6AJrCBsJQpURUsl7fAzoRE&#10;JHfAagUyuZfAi5z/H1L8AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHtdMRKTAQAAGwMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGyvClHiAAAA&#10;EAEAAA8AAAAAAAAAAAAAAAAA7QMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" filled="f" stroked="f">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="5FBF41AD" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
                     <w:pPr>
                       <w:spacing w:line="387" w:lineRule="exact"/>
                       <w:ind w:left="1"/>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri"/>
                         <w:b/>
                         <w:sz w:val="36"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri"/>
                         <w:b/>
                         <w:sz w:val="36"/>
                       </w:rPr>
@@ -46453,69 +46137,79 @@
                         <w:b/>
                       </w:rPr>
                       <w:t>Here’s</w:t>
                     </w:r>
                     <w:proofErr w:type="gramEnd"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                         <w:b/>
                       </w:rPr>
                       <w:t xml:space="preserve"> what you need to know about the safe use and disposal of needles, syringes and lancets (sharps).</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5E4A6216" w14:textId="77777777" w:rsidR="008A20FD" w:rsidRDefault="008A20FD">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5FBF4197" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:ind w:left="0"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="486895616" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5FBF41A5" wp14:editId="5FBF41A6">
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658248" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5FBF41A5" wp14:editId="5FBF41A6">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>429261</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>1547855</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="6903720" cy="12065"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="7" name="Graphic 7"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr>
                       <a:spLocks/>
                     </wps:cNvSpPr>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="6903720" cy="12065"/>
                       </a:xfrm>
@@ -46533,68 +46227,68 @@
                             <a:lnTo>
                               <a:pt x="6903720" y="0"/>
                             </a:lnTo>
                           </a:path>
                         </a:pathLst>
                       </a:custGeom>
                       <a:ln w="9525">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:prstDash val="solid"/>
                       </a:ln>
                     </wps:spPr>
                     <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
           <w:pict>
             <v:shape w14:anchorId="0F51B844" id="Graphic 7" o:spid="_x0000_s1026" style="position:absolute;margin-left:33.8pt;margin-top:121.9pt;width:543.6pt;height:.95pt;z-index:-16420864;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" coordsize="6903720,12065" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC9/zdREwIAAGoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P0zAQvSPxHyzfadKgFjZqukJbLUJa&#10;LSttEWfXcZoIx2M8bpP+e8bORwvcED1Y48zz+M17427u+1azs3LYgCn4cpFypoyEsjHHgn/bP777&#10;yBl6YUqhwaiCXxTy++3bN5vO5iqDGnSpHKMiBvPOFrz23uZJgrJWrcAFWGUoWYFrhaetOyalEx1V&#10;b3WSpek66cCV1oFUiPR1NyT5NtavKiX916pC5ZkuOHHzcXVxPYQ12W5EfnTC1o0caYh/YNGKxtCl&#10;c6md8IKdXPNXqbaRDhAqv5DQJlBVjVSxB+pmmf7RzWstrIq9kDhoZ5nw/5WVz+dX++ICdbRPIH8g&#10;KZJ0FvM5EzY4YvrKtQFLxFkfVbzMKqreM0kf13fp+w8ZiS0pt8zS9SqonIh8OixP6D8riIXE+Qn9&#10;YEI5RaKeItmbKXRkZTBRRxM9Z2Si44xMPAwmWuHDucAuhKy7YVJPREK2hbPaQ8T5axO3RK8IbW6R&#10;c2dT09TUgKAgXBrbnInQx9tWtQmc7lbZKk4Kgm7Kx0brwATd8fCgHTuLMKfxN4r2G8w69DuB9YCL&#10;qRGmzWjb4FTw7ADl5cWxjoa74PjzJJziTH8xND3hJUyBm4LDFDivHyC+lygS3bnvvwtnWbi+4J6M&#10;foZpNkU+WRg0mLHhpIFPJw9VE/yNIzUwGjc00FGu8fGFF3O7j6jrX8T2FwAAAP//AwBQSwMEFAAG&#10;AAgAAAAhAFPQjDfkAAAAEAEAAA8AAABkcnMvZG93bnJldi54bWxMT0tPwkAQvpv4HzZj4k22IG1J&#10;6ZaoxGgwhgDG87Y7dhu6u013gfrvmZ70MpnHN98jXw2mZWfsfeOsgOkkAoa2cqqxtYCvw+vDApgP&#10;0irZOosCftHDqri9yWWm3MXu8LwPNSMS6zMpQIfQZZz7SqORfuI6tHT7cb2Rgca+5qqXFyI3LZ9F&#10;UcKNbCwpaNnhi8bquD8ZAe+f8eYbP9bHtzTeNOZQPlfbhRbi/m5YL6k8LYEFHMLfB4wZyD8UZKx0&#10;J6s8awUkaUJIAbP5I+UYAdN4Tl05ruIUeJHz/0GKKwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQC9/zdREwIAAGoEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQBT0Iw35AAAABABAAAPAAAAAAAAAAAAAAAAAG0EAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAfgUAAAAA&#10;" path="m,12065l6903720,e" filled="f">
               <v:path arrowok="t"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="486896128" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5FBF41A7" wp14:editId="5FBF41A8">
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658249" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5FBF41A7" wp14:editId="5FBF41A8">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>1164651</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>490981</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="5441950" cy="1046480"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="8" name="Textbox 8"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks/>
                     </wps:cNvSpPr>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="5441950" cy="1046480"/>
                       </a:xfrm>
@@ -46750,119 +46444,102 @@
                               <w:rFonts w:ascii="Calibri"/>
                               <w:b/>
                               <w:sz w:val="36"/>
                             </w:rPr>
                             <w:t>of</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Calibri"/>
                               <w:b/>
                               <w:spacing w:val="-1"/>
                               <w:sz w:val="36"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Calibri"/>
                               <w:b/>
                               <w:spacing w:val="-2"/>
                               <w:sz w:val="36"/>
                             </w:rPr>
                             <w:t>Massachusetts</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="5FBF41B8" w14:textId="44D796E6" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
+                        <w:p w14:paraId="5FBF41B8" w14:textId="0F4C859F" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
                           <w:pPr>
                             <w:ind w:left="3" w:right="1"/>
                             <w:jc w:val="center"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Calibri"/>
                               <w:b/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Calibri"/>
                               <w:b/>
                             </w:rPr>
                             <w:t>as</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Calibri"/>
                               <w:b/>
                               <w:spacing w:val="-4"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Calibri"/>
                               <w:b/>
                             </w:rPr>
                             <w:t>of</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Calibri"/>
                               <w:b/>
                               <w:spacing w:val="-5"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
-                          <w:r w:rsidR="000B1A67">
+                          <w:r w:rsidR="008A20FD">
                             <w:rPr>
                               <w:rFonts w:ascii="Calibri"/>
                               <w:b/>
                             </w:rPr>
-                            <w:t>September</w:t>
+                            <w:t>March</w:t>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidR="00E02639">
                             <w:rPr>
                               <w:rFonts w:ascii="Calibri"/>
                               <w:b/>
-                              <w:spacing w:val="-5"/>
                             </w:rPr>
-                            <w:t xml:space="preserve"> </w:t>
-[...15 lines deleted...]
-                            <w:t>5</w:t>
+                            <w:t xml:space="preserve"> 2026</w:t>
                           </w:r>
                         </w:p>
                         <w:p w14:paraId="5FBF41B9" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
                           <w:pPr>
                             <w:ind w:left="3" w:right="1"/>
                             <w:jc w:val="center"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Calibri"/>
                               <w:b/>
                               <w:i/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Calibri"/>
                               <w:b/>
                               <w:i/>
                             </w:rPr>
                             <w:t>Restrictions</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Calibri"/>
                               <w:b/>
                               <w:i/>
@@ -47158,51 +46835,51 @@
                             <w:rPr>
                               <w:rFonts w:ascii="Calibri"/>
                               <w:b/>
                               <w:spacing w:val="-2"/>
                             </w:rPr>
                             <w:t>schedules.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="5FBF41A7" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textbox 8" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:91.7pt;margin-top:38.65pt;width:428.5pt;height:82.4pt;z-index:-16420352;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHFYlZmQEAACMDAAAOAAAAZHJzL2Uyb0RvYy54bWysUt1u2yAUvp+0d0DcLziVW3VWnGpb1WlS&#10;tU1q+wAEQ4xmOJRDYuftd6BOMq13VW/wgXP4/P2wupncwPY6ogXf8uWi4kx7BZ3125Y/Pd59uuYM&#10;k/SdHMDrlh808pv1xw+rMTT6AnoYOh0ZgXhsxtDyPqXQCIGq107iAoL21DQQnUy0jVvRRTkSuhvE&#10;RVVdiRFiFyIojUinty9Nvi74xmiVfhmDOrGh5cQtlTWWdZNXsV7JZhtl6K2aacg3sHDSevrpCepW&#10;Jsl20b6CclZFQDBpocAJMMYqXTSQmmX1n5qHXgZdtJA5GE424fvBqp/7h/A7sjR9hYkCLCIw3IP6&#10;g+SNGAM280z2FBuk6Sx0MtHlL0lgdJG8PZz81FNiig4v63r5+ZJainrLqr6qr4vj4nw9REzfNTiW&#10;i5ZHCqxQkPt7TJmAbI4jM5sXAplKmjYTs13L6xxjPtlAdyAxI+XZcnzeyag5G354MiyHfyzisdgc&#10;i5iGb1CeSNbk4csugbGFwBl3JkBJFF7zq8lR/7svU+e3vf4LAAD//wMAUEsDBBQABgAIAAAAIQD8&#10;MC/Z4wAAABABAAAPAAAAZHJzL2Rvd25yZXYueG1sTE/LTsMwELwj8Q/WInGjdtOoLWmcquJxQkKk&#10;4cDRid3EarwOsduGv2d7gstKszs7j3w7uZ6dzRisRwnzmQBmsPHaYivhs3p9WAMLUaFWvUcj4ccE&#10;2Ba3N7nKtL9gac772DISwZApCV2MQ8Z5aDrjVJj5wSDdDn50KhIcW65HdSFx1/NEiCV3yiI5dGow&#10;T51pjvuTk7D7wvLFfr/XH+WhtFX1KPBteZTy/m563tDYbYBFM8W/D7h2oPxQULDan1AH1hNeL1Ki&#10;SlitFsCuBJEK2tQSkjSZAy9y/r9I8QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAHFYlZ&#10;mQEAACMDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQD8&#10;MC/Z4wAAABABAAAPAAAAAAAAAAAAAAAAAPMDAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAAwUAAAAA&#10;" filled="f" stroked="f">
+            <v:shape id="Textbox 8" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:91.7pt;margin-top:38.65pt;width:428.5pt;height:82.4pt;z-index:-251658231;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHFYlZmQEAACMDAAAOAAAAZHJzL2Uyb0RvYy54bWysUt1u2yAUvp+0d0DcLziVW3VWnGpb1WlS&#10;tU1q+wAEQ4xmOJRDYuftd6BOMq13VW/wgXP4/P2wupncwPY6ogXf8uWi4kx7BZ3125Y/Pd59uuYM&#10;k/SdHMDrlh808pv1xw+rMTT6AnoYOh0ZgXhsxtDyPqXQCIGq107iAoL21DQQnUy0jVvRRTkSuhvE&#10;RVVdiRFiFyIojUinty9Nvi74xmiVfhmDOrGh5cQtlTWWdZNXsV7JZhtl6K2aacg3sHDSevrpCepW&#10;Jsl20b6CclZFQDBpocAJMMYqXTSQmmX1n5qHXgZdtJA5GE424fvBqp/7h/A7sjR9hYkCLCIw3IP6&#10;g+SNGAM280z2FBuk6Sx0MtHlL0lgdJG8PZz81FNiig4v63r5+ZJainrLqr6qr4vj4nw9REzfNTiW&#10;i5ZHCqxQkPt7TJmAbI4jM5sXAplKmjYTs13L6xxjPtlAdyAxI+XZcnzeyag5G354MiyHfyzisdgc&#10;i5iGb1CeSNbk4csugbGFwBl3JkBJFF7zq8lR/7svU+e3vf4LAAD//wMAUEsDBBQABgAIAAAAIQCs&#10;p+N74AAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUjsqN006iONU1UIVkiI&#10;NCxYOrGbWI3HIXbb8PdMV7C8M0d3zuS7yfXsYsZgPUqYzwQwg43XFlsJn9Xr0xpYiAq16j0aCT8m&#10;wK64v8tVpv0VS3M5xJZRCYZMSehiHDLOQ9MZp8LMDwZpd/SjU5Hi2HI9qiuVu54nQiy5UxbpQqcG&#10;89yZ5nQ4Own7Lyxf7Pd7/VEeS1tVG4Fvy5OUjw/Tfgssmin+wXDTJ3UoyKn2Z9SB9ZTXi5RQCavV&#10;AtgNEKmgSS0hSZM58CLn/38ofgEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAHFYlZmQEA&#10;ACMDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCsp+N7&#10;4AAAAAsBAAAPAAAAAAAAAAAAAAAAAPMDAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;AAUAAAAA&#10;" filled="f" stroked="f">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="5FBF41B6" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
                     <w:pPr>
                       <w:spacing w:line="387" w:lineRule="exact"/>
                       <w:ind w:left="3" w:right="2"/>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri"/>
                         <w:b/>
                         <w:sz w:val="36"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri"/>
                         <w:b/>
                         <w:sz w:val="36"/>
                       </w:rPr>
                       <w:t>Syringe</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri"/>
                         <w:b/>
@@ -47329,119 +47006,102 @@
                         <w:rFonts w:ascii="Calibri"/>
                         <w:b/>
                         <w:sz w:val="36"/>
                       </w:rPr>
                       <w:t>of</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri"/>
                         <w:b/>
                         <w:spacing w:val="-1"/>
                         <w:sz w:val="36"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri"/>
                         <w:b/>
                         <w:spacing w:val="-2"/>
                         <w:sz w:val="36"/>
                       </w:rPr>
                       <w:t>Massachusetts</w:t>
                     </w:r>
                   </w:p>
-                  <w:p w14:paraId="5FBF41B8" w14:textId="44D796E6" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
+                  <w:p w14:paraId="5FBF41B8" w14:textId="0F4C859F" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
                     <w:pPr>
                       <w:ind w:left="3" w:right="1"/>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri"/>
                         <w:b/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri"/>
                         <w:b/>
                       </w:rPr>
                       <w:t>as</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri"/>
                         <w:b/>
                         <w:spacing w:val="-4"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri"/>
                         <w:b/>
                       </w:rPr>
                       <w:t>of</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri"/>
                         <w:b/>
                         <w:spacing w:val="-5"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
-                    <w:r w:rsidR="000B1A67">
+                    <w:r w:rsidR="008A20FD">
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri"/>
                         <w:b/>
                       </w:rPr>
-                      <w:t>September</w:t>
+                      <w:t>March</w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidR="00E02639">
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri"/>
                         <w:b/>
-                        <w:spacing w:val="-5"/>
                       </w:rPr>
-                      <w:t xml:space="preserve"> </w:t>
-[...15 lines deleted...]
-                      <w:t>5</w:t>
+                      <w:t xml:space="preserve"> 2026</w:t>
                     </w:r>
                   </w:p>
                   <w:p w14:paraId="5FBF41B9" w14:textId="77777777" w:rsidR="00C7686F" w:rsidRDefault="00286E23">
                     <w:pPr>
                       <w:ind w:left="3" w:right="1"/>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri"/>
                         <w:b/>
                         <w:i/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri"/>
                         <w:b/>
                         <w:i/>
                       </w:rPr>
                       <w:t>Restrictions</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri"/>
                         <w:b/>
                         <w:i/>
@@ -47988,137 +47648,164 @@
     <w:lvl w:ilvl="8" w:tplc="29CA7C32">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4155" w:hanging="288"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="97910799">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1671103831">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C7686F"/>
     <w:rsid w:val="00045D76"/>
+    <w:rsid w:val="00062F70"/>
     <w:rsid w:val="00097AFA"/>
     <w:rsid w:val="000B1A67"/>
+    <w:rsid w:val="000E6CA1"/>
+    <w:rsid w:val="000F59B6"/>
     <w:rsid w:val="00111178"/>
     <w:rsid w:val="001702FC"/>
-    <w:rsid w:val="00231765"/>
+    <w:rsid w:val="00191BA8"/>
+    <w:rsid w:val="001A7009"/>
+    <w:rsid w:val="00234695"/>
     <w:rsid w:val="00274888"/>
     <w:rsid w:val="00286E23"/>
+    <w:rsid w:val="00294312"/>
     <w:rsid w:val="003D27BE"/>
+    <w:rsid w:val="00414E1E"/>
+    <w:rsid w:val="00437A87"/>
     <w:rsid w:val="00473396"/>
-    <w:rsid w:val="005477E5"/>
+    <w:rsid w:val="004F67A6"/>
+    <w:rsid w:val="00534275"/>
+    <w:rsid w:val="00572FF3"/>
+    <w:rsid w:val="005C69BD"/>
     <w:rsid w:val="006844B4"/>
-    <w:rsid w:val="00696470"/>
+    <w:rsid w:val="00727C31"/>
+    <w:rsid w:val="0073406C"/>
     <w:rsid w:val="00753630"/>
+    <w:rsid w:val="0079634A"/>
+    <w:rsid w:val="00805DD0"/>
     <w:rsid w:val="0088508B"/>
+    <w:rsid w:val="008A20FD"/>
+    <w:rsid w:val="009065DB"/>
     <w:rsid w:val="00910BAE"/>
+    <w:rsid w:val="00984D0D"/>
     <w:rsid w:val="00A12C81"/>
     <w:rsid w:val="00A6562C"/>
     <w:rsid w:val="00A84593"/>
     <w:rsid w:val="00AA0275"/>
     <w:rsid w:val="00AD054B"/>
     <w:rsid w:val="00B05A49"/>
+    <w:rsid w:val="00B46B5F"/>
+    <w:rsid w:val="00B507F0"/>
     <w:rsid w:val="00BD6595"/>
+    <w:rsid w:val="00BE4419"/>
     <w:rsid w:val="00C67745"/>
+    <w:rsid w:val="00C7262E"/>
     <w:rsid w:val="00C7686F"/>
-    <w:rsid w:val="00CE2363"/>
+    <w:rsid w:val="00C83032"/>
+    <w:rsid w:val="00CF2998"/>
     <w:rsid w:val="00CF568E"/>
+    <w:rsid w:val="00D1577B"/>
     <w:rsid w:val="00D93C01"/>
+    <w:rsid w:val="00DE3D46"/>
     <w:rsid w:val="00DE4187"/>
+    <w:rsid w:val="00E02639"/>
     <w:rsid w:val="00E1625E"/>
     <w:rsid w:val="00E16A98"/>
     <w:rsid w:val="00E97523"/>
+    <w:rsid w:val="00EB58FB"/>
     <w:rsid w:val="00EC55B2"/>
+    <w:rsid w:val="00F02F1A"/>
     <w:rsid w:val="00F13C26"/>
+    <w:rsid w:val="00F42B4E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="5FBF3CBE"/>
-  <w15:docId w15:val="{84E0C7D4-A65E-47D3-9CFA-F39649D7C0DB}"/>
+  <w15:docId w15:val="{A8775B85-A5F7-437E-A85F-7C481CCD683C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -48614,51 +48301,51 @@
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00CF568E"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
     <w:name w:val="normaltextrun"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00C67745"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/dph" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/dph/diabetes" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/dep" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/dph/bsas" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/bureau-of-infectious-disease-and-laboratory-sciences" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.helpline-online.com/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/bureau-of-infectious-disease-and-laboratory-sciences" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/syringe-service-program-locator" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/syringe-service-program-locator" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/dph/environmental_health" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/syringe-service-program-locator" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/dph/environmental_health" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/dph/bsas" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/dph" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/dep" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/bureau-of-infectious-disease-and-laboratory-sciences" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.helpline-online.com/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/bureau-of-infectious-disease-and-laboratory-sciences" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/syringe-service-program-locator" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/dph/diabetes" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -48911,76 +48598,260 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>22</Pages>
-  <Words>5087</Words>
-  <Characters>28999</Characters>
+  <Words>5088</Words>
+  <Characters>29006</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
+  <DocSecurity>4</DocSecurity>
   <Lines>241</Lines>
   <Paragraphs>68</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Proper Use and Disposal of Needles and Syringes</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Massachusetts Department of Public Health - Office of HIV/AIDS</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>34018</CharactersWithSpaces>
+  <CharactersWithSpaces>34026</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
+  <HLinks>
+    <vt:vector size="60" baseType="variant">
+      <vt:variant>
+        <vt:i4>524378</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>27</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://www.mass.gov/dph/diabetes</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>262236</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>24</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://www.mass.gov/dph/bsas</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>8323119</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>21</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.mass.gov/orgs/bureau-of-infectious-disease-and-laboratory-sciences</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>8323119</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>18</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.mass.gov/orgs/bureau-of-infectious-disease-and-laboratory-sciences</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3145808</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>15</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://www.mass.gov/dph/environmental_health</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2818103</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>12</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://www.mass.gov/dph</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4063287</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>9</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://www.mass.gov/dep</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>7077989</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://www.helpline-online.com/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1114183</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.mass.gov/info-details/syringe-service-program-locator</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1114183</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.mass.gov/info-details/syringe-service-program-locator</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+    </vt:vector>
+  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Proper Use and Disposal of Needles and Syringes</dc:title>
   <dc:subject>Proper use and disposal of needles and syringes in Massachusetts - includes disposal sites list</dc:subject>
   <dc:creator>Massachusetts Department of Public Health - Office of HIV/AIDS</dc:creator>
   <cp:keywords>needle, syringe, sharps, disposal, environmental health, HIV, AIDS</cp:keywords>
   <dc:description>Contains tips on how to safely use and dispose of needles and syringes.  Also contains a list of disposal sites in Massachusetts.</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2024-06-26T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">