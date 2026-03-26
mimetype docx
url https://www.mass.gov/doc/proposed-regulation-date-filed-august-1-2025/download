--- v0 (2025-12-30)
+++ v1 (2026-03-26)
@@ -1,50 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9601" w:type="dxa"/>
         <w:tblInd w:w="132" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="132" w:type="dxa"/>
           <w:right w:w="132" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -20087,137 +20083,115 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00056048">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">)  </w:t>
       </w:r>
       <w:r w:rsidRPr="00B679BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Notice of Deferral</w:t>
       </w:r>
       <w:r w:rsidRPr="00056048">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">. If the MassHealth agency or its designee defers a </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00AD1361" w:rsidRPr="00056048">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>prior</w:t>
       </w:r>
       <w:r w:rsidR="00AD1361">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00056048">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>authorization</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve">authorization request due to an incomplete submission or lack of documentation to support medical necessity, the MassHealth agency or its designee will notify the member and </w:t>
+      </w:r>
+      <w:r w:rsidR="002B6D66">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="0030171E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">herapy </w:t>
+      </w:r>
       <w:r w:rsidRPr="00056048">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> request due to an incomplete submission or lack of documentation to support medical necessity, the MassHealth agency or its designee will notify the member and </w:t>
-[...12 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">provider of the deferral, the reason for the deferral, and provide an opportunity for the provider to submit the incomplete or missing documentation. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="338E73E1" w14:textId="4D0C605D" w:rsidR="005418B4" w:rsidRDefault="00056048" w:rsidP="00E90518">
+      <w:pPr>
+        <w:pStyle w:val="ban"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="936"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:firstLine="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00056048">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">provider of the deferral, the reason for the deferral, and provide an opportunity for the provider to submit the incomplete or missing documentation. </w:t>
-[...12 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">If the provider does not submit the required information within </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF72CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>the timeframe specified at 130 CMR 450.303</w:t>
+      </w:r>
       <w:r w:rsidRPr="00056048">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">If the provider does not submit the required information within </w:t>
-[...25 lines deleted...]
-        <w:t xml:space="preserve"> on the </w:t>
+        <w:t xml:space="preserve">, the MassHealth agency or its designee will make a decision on the </w:t>
       </w:r>
       <w:r w:rsidR="00AD1361" w:rsidRPr="00056048">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>prior</w:t>
       </w:r>
       <w:r w:rsidR="00AD1361">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00056048">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">authorization request using all documentation and forms submitted to the MassHealth agency and will send notice of its decision to the provider and the member in accordance with 130 CMR </w:t>
       </w:r>
       <w:r w:rsidR="00FC16E6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>432.417</w:t>
       </w:r>
@@ -23438,77 +23412,76 @@
         <w:t>§§ 7 and 12</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidRPr="009F2766">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:sectPr w:rsidR="00A04DD4" w:rsidRPr="00BC054E" w:rsidSect="00087254">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="1296" w:bottom="720" w:left="1296" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5B8AF3C4" w14:textId="77777777" w:rsidR="00B47F1C" w:rsidRDefault="00B47F1C" w:rsidP="005D6AA1">
+    <w:p w14:paraId="6124FD39" w14:textId="77777777" w:rsidR="006E6888" w:rsidRDefault="006E6888" w:rsidP="005D6AA1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="02662022" w14:textId="77777777" w:rsidR="00B47F1C" w:rsidRDefault="00B47F1C" w:rsidP="005D6AA1">
+    <w:p w14:paraId="777B9B0E" w14:textId="77777777" w:rsidR="006E6888" w:rsidRDefault="006E6888" w:rsidP="005D6AA1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helv">
-    <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -23533,58 +23506,58 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2C1CD9F4" w14:textId="77777777" w:rsidR="00B47F1C" w:rsidRDefault="00B47F1C" w:rsidP="005D6AA1">
+    <w:p w14:paraId="65750911" w14:textId="77777777" w:rsidR="006E6888" w:rsidRDefault="006E6888" w:rsidP="005D6AA1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="24460A6A" w14:textId="77777777" w:rsidR="00B47F1C" w:rsidRDefault="00B47F1C" w:rsidP="005D6AA1">
+    <w:p w14:paraId="00E80367" w14:textId="77777777" w:rsidR="006E6888" w:rsidRDefault="006E6888" w:rsidP="005D6AA1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="52E25C99"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4B767BD6"/>
     <w:lvl w:ilvl="0" w:tplc="59BCDBE8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2419" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
@@ -23931,50 +23904,52 @@
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7056" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="942037297">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1645547561">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="364642626">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1196961807">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:removePersonalInformation/>
+  <w:removeDateAndTime/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A4515D"/>
     <w:rsid w:val="00001D30"/>
     <w:rsid w:val="000072DA"/>
@@ -24132,50 +24107,51 @@
     <w:rsid w:val="005F4320"/>
     <w:rsid w:val="006161D1"/>
     <w:rsid w:val="0062038A"/>
     <w:rsid w:val="00622EBE"/>
     <w:rsid w:val="00634E08"/>
     <w:rsid w:val="00665524"/>
     <w:rsid w:val="00666029"/>
     <w:rsid w:val="00666914"/>
     <w:rsid w:val="006724E9"/>
     <w:rsid w:val="006755D4"/>
     <w:rsid w:val="00677094"/>
     <w:rsid w:val="00680EF6"/>
     <w:rsid w:val="006837A4"/>
     <w:rsid w:val="00685B00"/>
     <w:rsid w:val="0068758A"/>
     <w:rsid w:val="00690CB2"/>
     <w:rsid w:val="006956E7"/>
     <w:rsid w:val="006B399E"/>
     <w:rsid w:val="006C4608"/>
     <w:rsid w:val="006C61D7"/>
     <w:rsid w:val="006D0A37"/>
     <w:rsid w:val="006D3679"/>
     <w:rsid w:val="006E089A"/>
     <w:rsid w:val="006E1403"/>
     <w:rsid w:val="006E5014"/>
+    <w:rsid w:val="006E6888"/>
     <w:rsid w:val="006E7FBE"/>
     <w:rsid w:val="006F675A"/>
     <w:rsid w:val="00700335"/>
     <w:rsid w:val="007025C5"/>
     <w:rsid w:val="00715959"/>
     <w:rsid w:val="007344DF"/>
     <w:rsid w:val="0073502E"/>
     <w:rsid w:val="007413CB"/>
     <w:rsid w:val="00752EEC"/>
     <w:rsid w:val="00766B37"/>
     <w:rsid w:val="00770ED7"/>
     <w:rsid w:val="00775324"/>
     <w:rsid w:val="00780F46"/>
     <w:rsid w:val="00791481"/>
     <w:rsid w:val="007944A1"/>
     <w:rsid w:val="007952E8"/>
     <w:rsid w:val="007A1389"/>
     <w:rsid w:val="007B4EF7"/>
     <w:rsid w:val="007B778F"/>
     <w:rsid w:val="007C09A2"/>
     <w:rsid w:val="007E1EE1"/>
     <w:rsid w:val="00800E94"/>
     <w:rsid w:val="008054E1"/>
     <w:rsid w:val="00812016"/>
     <w:rsid w:val="00813849"/>
@@ -24195,94 +24171,96 @@
     <w:rsid w:val="00874F08"/>
     <w:rsid w:val="0088654D"/>
     <w:rsid w:val="00886BFD"/>
     <w:rsid w:val="00893229"/>
     <w:rsid w:val="008A1F99"/>
     <w:rsid w:val="008A7429"/>
     <w:rsid w:val="008B342D"/>
     <w:rsid w:val="008C3284"/>
     <w:rsid w:val="008C35CF"/>
     <w:rsid w:val="008E449B"/>
     <w:rsid w:val="008E6427"/>
     <w:rsid w:val="008E7B43"/>
     <w:rsid w:val="0090451C"/>
     <w:rsid w:val="009115F8"/>
     <w:rsid w:val="009144C6"/>
     <w:rsid w:val="00916349"/>
     <w:rsid w:val="009176AE"/>
     <w:rsid w:val="0093578E"/>
     <w:rsid w:val="0093699A"/>
     <w:rsid w:val="00937F35"/>
     <w:rsid w:val="00967E8F"/>
     <w:rsid w:val="00972B3B"/>
     <w:rsid w:val="009A38C9"/>
     <w:rsid w:val="009B3A82"/>
     <w:rsid w:val="009B420A"/>
+    <w:rsid w:val="009C2815"/>
     <w:rsid w:val="009C5835"/>
     <w:rsid w:val="009C59EA"/>
     <w:rsid w:val="009D047A"/>
     <w:rsid w:val="009D4ED9"/>
     <w:rsid w:val="009D727C"/>
     <w:rsid w:val="009D7BC8"/>
     <w:rsid w:val="009E1042"/>
     <w:rsid w:val="009E5191"/>
     <w:rsid w:val="009F0514"/>
     <w:rsid w:val="009F3F53"/>
     <w:rsid w:val="009F5ECA"/>
     <w:rsid w:val="00A0105E"/>
     <w:rsid w:val="00A04DD4"/>
     <w:rsid w:val="00A06085"/>
     <w:rsid w:val="00A35F72"/>
     <w:rsid w:val="00A37407"/>
     <w:rsid w:val="00A436CD"/>
     <w:rsid w:val="00A4515D"/>
     <w:rsid w:val="00A566FC"/>
     <w:rsid w:val="00A608A9"/>
     <w:rsid w:val="00A60A45"/>
     <w:rsid w:val="00A61A38"/>
     <w:rsid w:val="00A63788"/>
     <w:rsid w:val="00A648BB"/>
     <w:rsid w:val="00A67A14"/>
     <w:rsid w:val="00A711A2"/>
     <w:rsid w:val="00A72A02"/>
     <w:rsid w:val="00A73B16"/>
     <w:rsid w:val="00A917F9"/>
     <w:rsid w:val="00A91E3F"/>
     <w:rsid w:val="00AA5862"/>
     <w:rsid w:val="00AB00EC"/>
     <w:rsid w:val="00AC2B8A"/>
     <w:rsid w:val="00AC6467"/>
     <w:rsid w:val="00AD1361"/>
     <w:rsid w:val="00AE0813"/>
     <w:rsid w:val="00AE2873"/>
     <w:rsid w:val="00AF3C5E"/>
     <w:rsid w:val="00B01DA2"/>
     <w:rsid w:val="00B044FB"/>
     <w:rsid w:val="00B04B59"/>
     <w:rsid w:val="00B11B74"/>
     <w:rsid w:val="00B32897"/>
     <w:rsid w:val="00B34ED8"/>
+    <w:rsid w:val="00B35CF5"/>
     <w:rsid w:val="00B41FD8"/>
     <w:rsid w:val="00B466AD"/>
     <w:rsid w:val="00B47F1C"/>
     <w:rsid w:val="00B50143"/>
     <w:rsid w:val="00B5069D"/>
     <w:rsid w:val="00B547AD"/>
     <w:rsid w:val="00B54A33"/>
     <w:rsid w:val="00B60626"/>
     <w:rsid w:val="00B679BF"/>
     <w:rsid w:val="00B67A32"/>
     <w:rsid w:val="00B750E4"/>
     <w:rsid w:val="00B83163"/>
     <w:rsid w:val="00B871D5"/>
     <w:rsid w:val="00BA3B31"/>
     <w:rsid w:val="00BC054E"/>
     <w:rsid w:val="00BC5152"/>
     <w:rsid w:val="00BD05AD"/>
     <w:rsid w:val="00BD710A"/>
     <w:rsid w:val="00BD7B0D"/>
     <w:rsid w:val="00BE3E69"/>
     <w:rsid w:val="00BE3F36"/>
     <w:rsid w:val="00C06184"/>
     <w:rsid w:val="00C17760"/>
     <w:rsid w:val="00C239BE"/>
     <w:rsid w:val="00C268A1"/>
@@ -24393,51 +24371,50 @@
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="PlaceName"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="0D0F9747"/>
-  <w15:docId w15:val="{D921C059-3A75-4BDB-BB2A-93EAB2E2BC86}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -25254,51 +25231,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1838494922">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -25542,367 +25519,71 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...285 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>16</Pages>
   <Words>6409</Words>
   <Characters>36537</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>304</Lines>
   <Paragraphs>85</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Commonwealth of Massachusetts</vt:lpstr>
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Office of Health and Human Services</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>42861</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>130 CMR 432</dc:title>
-[...1 lines deleted...]
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <dc:title/>
+  <dc:creator/>
+  <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...6 lines deleted...]
-</file>