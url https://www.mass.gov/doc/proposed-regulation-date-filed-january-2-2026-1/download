--- v0 (2026-01-11)
+++ v1 (2026-03-29)
@@ -1,54 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="1F885459" w14:textId="77777777" w:rsidR="008E058F" w:rsidRPr="008773E1" w:rsidRDefault="008E058F" w:rsidP="00E66221">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1200"/>
           <w:tab w:val="left" w:pos="1555"/>
           <w:tab w:val="left" w:pos="1915"/>
           <w:tab w:val="left" w:pos="2275"/>
           <w:tab w:val="left" w:pos="2635"/>
           <w:tab w:val="left" w:pos="2995"/>
           <w:tab w:val="left" w:pos="7675"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008773E1">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -460,51 +456,51 @@
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C67DC90" w14:textId="77777777" w:rsidR="008E058F" w:rsidRPr="008773E1" w:rsidRDefault="008E058F" w:rsidP="00194C81">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1200"/>
           <w:tab w:val="left" w:pos="1555"/>
           <w:tab w:val="left" w:pos="1915"/>
           <w:tab w:val="left" w:pos="2275"/>
           <w:tab w:val="left" w:pos="2635"/>
           <w:tab w:val="left" w:pos="2995"/>
           <w:tab w:val="left" w:pos="7675"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="57854911" w14:textId="23B332C8" w:rsidR="00B802F9" w:rsidRPr="008773E1" w:rsidRDefault="004403DE" w:rsidP="00194C81">
+    <w:p w14:paraId="57854911" w14:textId="38D6FFEC" w:rsidR="00B802F9" w:rsidRPr="008773E1" w:rsidRDefault="004403DE" w:rsidP="00194C81">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1200"/>
           <w:tab w:val="left" w:pos="1555"/>
           <w:tab w:val="left" w:pos="1915"/>
           <w:tab w:val="left" w:pos="2275"/>
           <w:tab w:val="left" w:pos="2635"/>
           <w:tab w:val="left" w:pos="2995"/>
           <w:tab w:val="left" w:pos="7675"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008773E1">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2) </w:t>
       </w:r>
       <w:r w:rsidR="006B506F" w:rsidRPr="008773E1">
         <w:rPr>
@@ -671,51 +667,51 @@
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>101 CMR 330.00 is neither authorization for nor approval of the services for which rates are determined pursuant to 101 CMR 330.00. Governmental units that purchase the services described in 101 CMR 330.00 are responsible for the definition, authorization, and approval of services provided to clients.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C640821" w14:textId="77777777" w:rsidR="008E058F" w:rsidRPr="008773E1" w:rsidRDefault="008E058F" w:rsidP="00194C81">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1200"/>
           <w:tab w:val="left" w:pos="1555"/>
           <w:tab w:val="left" w:pos="1915"/>
           <w:tab w:val="left" w:pos="2275"/>
           <w:tab w:val="left" w:pos="2635"/>
           <w:tab w:val="left" w:pos="2995"/>
           <w:tab w:val="left" w:pos="7675"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5498C968" w14:textId="2CAFDA2E" w:rsidR="008E058F" w:rsidRPr="008773E1" w:rsidRDefault="008E058F" w:rsidP="00194C81">
+    <w:p w14:paraId="5498C968" w14:textId="2B24C884" w:rsidR="008E058F" w:rsidRPr="008773E1" w:rsidRDefault="008E058F" w:rsidP="00194C81">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1200"/>
           <w:tab w:val="left" w:pos="1555"/>
           <w:tab w:val="left" w:pos="1915"/>
           <w:tab w:val="left" w:pos="2275"/>
           <w:tab w:val="left" w:pos="2635"/>
           <w:tab w:val="left" w:pos="2995"/>
           <w:tab w:val="left" w:pos="7675"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008773E1">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="004D04C9" w:rsidRPr="008773E1">
         <w:rPr>
@@ -2259,51 +2255,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">330.02 and </w:t>
             </w:r>
             <w:r w:rsidR="30C73126" w:rsidRPr="0F49EA75">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">the rate in </w:t>
             </w:r>
             <w:r w:rsidR="003411A5" w:rsidRPr="0F49EA75">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>330.04(2).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4682" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43EDD21D" w14:textId="6D331DAA" w:rsidR="003411A5" w:rsidRPr="008773E1" w:rsidRDefault="003411A5">
+          <w:p w14:paraId="43EDD21D" w14:textId="0D8601A5" w:rsidR="003411A5" w:rsidRPr="008773E1" w:rsidRDefault="003411A5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1200"/>
                 <w:tab w:val="left" w:pos="1555"/>
                 <w:tab w:val="left" w:pos="1915"/>
                 <w:tab w:val="left" w:pos="2275"/>
                 <w:tab w:val="left" w:pos="2635"/>
                 <w:tab w:val="left" w:pos="2995"/>
                 <w:tab w:val="left" w:pos="7675"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>101 CMR 329.00</w:t>
             </w:r>
             <w:r w:rsidR="002936B4">
               <w:rPr>
                 <w:sz w:val="22"/>
@@ -6174,51 +6170,51 @@
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="008773E1">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> include public school departments.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0AD29908" w14:textId="22BFFF20" w:rsidR="00B72BFF" w:rsidRDefault="00B72BFF">
       <w:pPr>
         <w:widowControl/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="46741B8F" w14:textId="2697D400" w:rsidR="008E058F" w:rsidRPr="008773E1" w:rsidRDefault="008E058F" w:rsidP="00194C81">
+    <w:p w14:paraId="46741B8F" w14:textId="27D9EB61" w:rsidR="008E058F" w:rsidRPr="008773E1" w:rsidRDefault="008E058F" w:rsidP="00194C81">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1200"/>
           <w:tab w:val="left" w:pos="1555"/>
           <w:tab w:val="left" w:pos="1915"/>
           <w:tab w:val="left" w:pos="2275"/>
           <w:tab w:val="left" w:pos="2635"/>
           <w:tab w:val="left" w:pos="2995"/>
           <w:tab w:val="left" w:pos="7675"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008773E1">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Individual Consideration </w:t>
       </w:r>
@@ -6636,51 +6632,51 @@
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>governmental units of the Commonwealth are in whole or in part liable under a statutory public program.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="245D348C" w14:textId="77777777" w:rsidR="008E058F" w:rsidRPr="008773E1" w:rsidRDefault="008E058F" w:rsidP="00194C81">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1200"/>
           <w:tab w:val="left" w:pos="1555"/>
           <w:tab w:val="left" w:pos="1915"/>
           <w:tab w:val="left" w:pos="2275"/>
           <w:tab w:val="left" w:pos="2635"/>
           <w:tab w:val="left" w:pos="2995"/>
           <w:tab w:val="left" w:pos="7675"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26B59DF3" w14:textId="29ACDD9E" w:rsidR="008E058F" w:rsidRPr="008773E1" w:rsidRDefault="008E058F" w:rsidP="00194C81">
+    <w:p w14:paraId="26B59DF3" w14:textId="6E27ADFE" w:rsidR="008E058F" w:rsidRPr="008773E1" w:rsidRDefault="008E058F" w:rsidP="00194C81">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1200"/>
           <w:tab w:val="left" w:pos="1555"/>
           <w:tab w:val="left" w:pos="1915"/>
           <w:tab w:val="left" w:pos="2275"/>
           <w:tab w:val="left" w:pos="2635"/>
           <w:tab w:val="left" w:pos="2995"/>
           <w:tab w:val="left" w:pos="7675"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008773E1">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="000A5615" w:rsidRPr="008773E1">
@@ -8124,51 +8120,51 @@
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34D14D6B" w14:textId="77777777" w:rsidR="00A35496" w:rsidRDefault="00A35496" w:rsidP="008773E1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1200"/>
           <w:tab w:val="left" w:pos="1555"/>
           <w:tab w:val="left" w:pos="1915"/>
           <w:tab w:val="left" w:pos="2275"/>
           <w:tab w:val="left" w:pos="2635"/>
           <w:tab w:val="left" w:pos="2995"/>
           <w:tab w:val="left" w:pos="7675"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="512F9B17" w14:textId="19EC3803" w:rsidR="008539F0" w:rsidRPr="008773E1" w:rsidRDefault="00187487" w:rsidP="008773E1">
+    <w:p w14:paraId="512F9B17" w14:textId="6C89D807" w:rsidR="008539F0" w:rsidRPr="008773E1" w:rsidRDefault="00187487" w:rsidP="008773E1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1200"/>
           <w:tab w:val="left" w:pos="1555"/>
           <w:tab w:val="left" w:pos="1915"/>
           <w:tab w:val="left" w:pos="2275"/>
           <w:tab w:val="left" w:pos="2635"/>
           <w:tab w:val="left" w:pos="2995"/>
           <w:tab w:val="left" w:pos="7675"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008773E1">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00262453">
         <w:rPr>
@@ -8486,51 +8482,51 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">ssessment, including </w:t>
             </w:r>
             <w:r w:rsidR="00B350E3">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">a </w:t>
             </w:r>
             <w:r w:rsidRPr="00187487">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>written assessment, not to exceed 2.5 hours</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2063" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26B60CD2" w14:textId="6E34661E" w:rsidR="00B966CA" w:rsidRPr="00187487" w:rsidRDefault="009B6422">
+          <w:p w14:paraId="26B60CD2" w14:textId="7F316F64" w:rsidR="00B966CA" w:rsidRPr="00187487" w:rsidRDefault="009B6422">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1200"/>
                 <w:tab w:val="left" w:pos="1555"/>
                 <w:tab w:val="left" w:pos="1915"/>
                 <w:tab w:val="left" w:pos="2275"/>
                 <w:tab w:val="left" w:pos="2635"/>
                 <w:tab w:val="left" w:pos="2995"/>
                 <w:tab w:val="left" w:pos="7675"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B6422">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$138.81</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -8625,51 +8621,51 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ducation</w:t>
             </w:r>
             <w:r w:rsidR="004E7660">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>, or the parent</w:t>
             </w:r>
             <w:r w:rsidRPr="00187487">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2063" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="252F105C" w14:textId="6B3E7053" w:rsidR="00B966CA" w:rsidRPr="00187487" w:rsidRDefault="00B22D0A">
+          <w:p w14:paraId="252F105C" w14:textId="268B40FF" w:rsidR="00B966CA" w:rsidRPr="00187487" w:rsidRDefault="00B22D0A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1200"/>
                 <w:tab w:val="left" w:pos="1555"/>
                 <w:tab w:val="left" w:pos="1915"/>
                 <w:tab w:val="left" w:pos="2275"/>
                 <w:tab w:val="left" w:pos="2635"/>
                 <w:tab w:val="left" w:pos="2995"/>
                 <w:tab w:val="left" w:pos="7675"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B22D0A">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$98.48</w:t>
             </w:r>
             <w:r w:rsidR="00B966CA" w:rsidRPr="00187487">
               <w:rPr>
@@ -8742,51 +8738,51 @@
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00187487">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>nurse</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00187487">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>, or counselor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2063" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2CB95751" w14:textId="556821DA" w:rsidR="00B966CA" w:rsidRPr="00187487" w:rsidRDefault="00B22D0A">
+          <w:p w14:paraId="2CB95751" w14:textId="47493F3E" w:rsidR="00B966CA" w:rsidRPr="00187487" w:rsidRDefault="00B22D0A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1200"/>
                 <w:tab w:val="left" w:pos="1555"/>
                 <w:tab w:val="left" w:pos="1915"/>
                 <w:tab w:val="left" w:pos="2275"/>
                 <w:tab w:val="left" w:pos="2635"/>
                 <w:tab w:val="left" w:pos="2995"/>
                 <w:tab w:val="left" w:pos="7675"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B22D0A">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$55.52</w:t>
             </w:r>
             <w:r w:rsidR="00B966CA" w:rsidRPr="00187487">
               <w:rPr>
@@ -8963,93 +8959,93 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">the classroom </w:t>
             </w:r>
             <w:r w:rsidR="00967114">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">or proposed classroom, or other community settings </w:t>
             </w:r>
             <w:r w:rsidRPr="00187487">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>to examine and determine the child’s physical, psychological, social, economic, educational, and vocational assets and disabilities for purposes of developing a diagnostic formulation and designing a treatment plan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2063" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60A835FE" w14:textId="16E79239" w:rsidR="00B966CA" w:rsidRPr="00187487" w:rsidRDefault="00B22D0A">
+          <w:p w14:paraId="60A835FE" w14:textId="600C07BC" w:rsidR="00B966CA" w:rsidRPr="00187487" w:rsidRDefault="00B22D0A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1200"/>
                 <w:tab w:val="left" w:pos="1555"/>
                 <w:tab w:val="left" w:pos="1915"/>
                 <w:tab w:val="left" w:pos="2275"/>
                 <w:tab w:val="left" w:pos="2635"/>
                 <w:tab w:val="left" w:pos="2995"/>
                 <w:tab w:val="left" w:pos="7675"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B22D0A">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$105.31</w:t>
             </w:r>
             <w:r w:rsidR="00B966CA" w:rsidRPr="00187487">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>/hour</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B966CA" w:rsidRPr="00187487" w14:paraId="0FE53597" w14:textId="77777777" w:rsidTr="00F92647">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="533"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5857" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22FD98D8" w14:textId="79BAA352" w:rsidR="00B966CA" w:rsidRPr="00187487" w:rsidDel="00306AF9" w:rsidRDefault="00B966CA" w:rsidP="00DA36D2">
+          <w:p w14:paraId="22FD98D8" w14:textId="17790F59" w:rsidR="00B966CA" w:rsidRPr="00187487" w:rsidDel="00306AF9" w:rsidRDefault="00B966CA" w:rsidP="00DA36D2">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1200"/>
                 <w:tab w:val="left" w:pos="1555"/>
                 <w:tab w:val="left" w:pos="1915"/>
                 <w:tab w:val="left" w:pos="2275"/>
                 <w:tab w:val="left" w:pos="2635"/>
                 <w:tab w:val="left" w:pos="2995"/>
                 <w:tab w:val="left" w:pos="7675"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00187487">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Comprehensive neuropsychological assessment</w:t>
             </w:r>
             <w:r w:rsidR="00423852">
               <w:rPr>
                 <w:sz w:val="22"/>
@@ -9063,51 +9059,51 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> The allowed range of hours is nine through </w:t>
             </w:r>
             <w:r w:rsidR="00DA36D2">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>24</w:t>
             </w:r>
             <w:r w:rsidRPr="00187487">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> hours</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2063" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="522A635B" w14:textId="08187994" w:rsidR="00B966CA" w:rsidRPr="00187487" w:rsidRDefault="00B22D0A">
+          <w:p w14:paraId="522A635B" w14:textId="1A4E996F" w:rsidR="00B966CA" w:rsidRPr="00187487" w:rsidRDefault="00B22D0A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1200"/>
                 <w:tab w:val="left" w:pos="1555"/>
                 <w:tab w:val="left" w:pos="1915"/>
                 <w:tab w:val="left" w:pos="2275"/>
                 <w:tab w:val="left" w:pos="2635"/>
                 <w:tab w:val="left" w:pos="2995"/>
                 <w:tab w:val="left" w:pos="7675"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B22D0A">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$116.21</w:t>
             </w:r>
             <w:r w:rsidR="00B966CA" w:rsidRPr="00187487">
               <w:rPr>
@@ -10424,52 +10420,52 @@
         <w:t>101 CMR 330.00</w:t>
       </w:r>
       <w:r w:rsidR="008E058F" w:rsidRPr="008773E1">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:  M.G.L. c. 118</w:t>
       </w:r>
       <w:r w:rsidR="000B6A90" w:rsidRPr="008773E1">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidR="008E058F" w:rsidRPr="008773E1">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="008E058F" w:rsidRPr="008773E1" w:rsidSect="00194C81">
-      <w:headerReference w:type="default" r:id="rId11"/>
-      <w:footerReference w:type="default" r:id="rId12"/>
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="default" r:id="rId9"/>
       <w:endnotePr>
         <w:numFmt w:val="decimal"/>
       </w:endnotePr>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="720" w:right="1440" w:bottom="720" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="584C87E1" w14:textId="77777777" w:rsidR="00110E9B" w:rsidRDefault="00110E9B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="71408C57" w14:textId="77777777" w:rsidR="00110E9B" w:rsidRDefault="00110E9B">
       <w:r>
         <w:continuationSeparator/>
@@ -11467,50 +11463,52 @@
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1069419520">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1875190709">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="2098793770">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1661813874">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="101264704">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1815488107">
     <w:abstractNumId w:val="12"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:removePersonalInformation/>
+  <w:removeDateAndTime/>
   <w:embedSystemFonts/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:doNotHyphenateCaps/>
   <w:drawingGridHorizontalSpacing w:val="0"/>
   <w:drawingGridVerticalSpacing w:val="0"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:drawingGridHorizontalOrigin w:val="0"/>
   <w:drawingGridVerticalOrigin w:val="0"/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
@@ -11617,50 +11615,51 @@
     <w:rsid w:val="002936B4"/>
     <w:rsid w:val="002945C5"/>
     <w:rsid w:val="002A14C5"/>
     <w:rsid w:val="002A5CC8"/>
     <w:rsid w:val="002A7158"/>
     <w:rsid w:val="002C59B4"/>
     <w:rsid w:val="002D3670"/>
     <w:rsid w:val="002D50AF"/>
     <w:rsid w:val="002E3DEE"/>
     <w:rsid w:val="002E40BB"/>
     <w:rsid w:val="002E7FBE"/>
     <w:rsid w:val="002F3AA8"/>
     <w:rsid w:val="002F5C4D"/>
     <w:rsid w:val="00306AF9"/>
     <w:rsid w:val="00317613"/>
     <w:rsid w:val="00330EE0"/>
     <w:rsid w:val="00331C7F"/>
     <w:rsid w:val="003328AE"/>
     <w:rsid w:val="003411A5"/>
     <w:rsid w:val="003425E8"/>
     <w:rsid w:val="00352865"/>
     <w:rsid w:val="0035727D"/>
     <w:rsid w:val="00360C6F"/>
     <w:rsid w:val="00385854"/>
     <w:rsid w:val="003873E4"/>
+    <w:rsid w:val="00390C56"/>
     <w:rsid w:val="0039117F"/>
     <w:rsid w:val="003947C4"/>
     <w:rsid w:val="003958AA"/>
     <w:rsid w:val="00397CB5"/>
     <w:rsid w:val="003B0700"/>
     <w:rsid w:val="003B40C2"/>
     <w:rsid w:val="003C5FEC"/>
     <w:rsid w:val="003D61AF"/>
     <w:rsid w:val="003E2853"/>
     <w:rsid w:val="003E4D08"/>
     <w:rsid w:val="003F21FD"/>
     <w:rsid w:val="003F5039"/>
     <w:rsid w:val="004045D8"/>
     <w:rsid w:val="004161AC"/>
     <w:rsid w:val="00423852"/>
     <w:rsid w:val="004403DE"/>
     <w:rsid w:val="00441D04"/>
     <w:rsid w:val="00443F5B"/>
     <w:rsid w:val="004500E2"/>
     <w:rsid w:val="00456A40"/>
     <w:rsid w:val="004606BD"/>
     <w:rsid w:val="00464257"/>
     <w:rsid w:val="004661FB"/>
     <w:rsid w:val="00477A5C"/>
     <w:rsid w:val="00487735"/>
@@ -11714,63 +11713,63 @@
     <w:rsid w:val="00675078"/>
     <w:rsid w:val="00677399"/>
     <w:rsid w:val="00690549"/>
     <w:rsid w:val="006930EE"/>
     <w:rsid w:val="00697715"/>
     <w:rsid w:val="006A1A66"/>
     <w:rsid w:val="006A31AA"/>
     <w:rsid w:val="006B1DA3"/>
     <w:rsid w:val="006B344A"/>
     <w:rsid w:val="006B3C71"/>
     <w:rsid w:val="006B506F"/>
     <w:rsid w:val="006C7889"/>
     <w:rsid w:val="006E4308"/>
     <w:rsid w:val="006F52BC"/>
     <w:rsid w:val="00714F0F"/>
     <w:rsid w:val="007165F7"/>
     <w:rsid w:val="00716993"/>
     <w:rsid w:val="007209E8"/>
     <w:rsid w:val="007319C5"/>
     <w:rsid w:val="0074588A"/>
     <w:rsid w:val="00755226"/>
     <w:rsid w:val="007561A6"/>
     <w:rsid w:val="0076190A"/>
     <w:rsid w:val="00772C00"/>
     <w:rsid w:val="007926C6"/>
+    <w:rsid w:val="007A3AC5"/>
     <w:rsid w:val="007A53A4"/>
     <w:rsid w:val="007B3A52"/>
     <w:rsid w:val="007B613B"/>
     <w:rsid w:val="007C2AB5"/>
     <w:rsid w:val="007C3D3A"/>
     <w:rsid w:val="007C40CF"/>
     <w:rsid w:val="007D058F"/>
     <w:rsid w:val="007E6A60"/>
     <w:rsid w:val="007E6F75"/>
     <w:rsid w:val="007F2964"/>
     <w:rsid w:val="007F2BB9"/>
     <w:rsid w:val="0080167F"/>
-    <w:rsid w:val="0080413A"/>
     <w:rsid w:val="00806296"/>
     <w:rsid w:val="00814967"/>
     <w:rsid w:val="00814A8F"/>
     <w:rsid w:val="008239DB"/>
     <w:rsid w:val="008257F4"/>
     <w:rsid w:val="008271F4"/>
     <w:rsid w:val="0083607F"/>
     <w:rsid w:val="008503A0"/>
     <w:rsid w:val="00851425"/>
     <w:rsid w:val="008539F0"/>
     <w:rsid w:val="008707B0"/>
     <w:rsid w:val="008773E1"/>
     <w:rsid w:val="00881566"/>
     <w:rsid w:val="0089164F"/>
     <w:rsid w:val="008933C5"/>
     <w:rsid w:val="00893665"/>
     <w:rsid w:val="00897E20"/>
     <w:rsid w:val="008A0C3E"/>
     <w:rsid w:val="008B7203"/>
     <w:rsid w:val="008D2315"/>
     <w:rsid w:val="008D5886"/>
     <w:rsid w:val="008E058F"/>
     <w:rsid w:val="008E5D64"/>
     <w:rsid w:val="008F5D9C"/>
     <w:rsid w:val="008F73EB"/>
@@ -11819,135 +11818,136 @@
     <w:rsid w:val="00AD6527"/>
     <w:rsid w:val="00AD7E36"/>
     <w:rsid w:val="00AF24CD"/>
     <w:rsid w:val="00B00D4F"/>
     <w:rsid w:val="00B0121F"/>
     <w:rsid w:val="00B179D9"/>
     <w:rsid w:val="00B21360"/>
     <w:rsid w:val="00B2194A"/>
     <w:rsid w:val="00B22D0A"/>
     <w:rsid w:val="00B25A73"/>
     <w:rsid w:val="00B308C8"/>
     <w:rsid w:val="00B30C24"/>
     <w:rsid w:val="00B30EAC"/>
     <w:rsid w:val="00B3245D"/>
     <w:rsid w:val="00B33D11"/>
     <w:rsid w:val="00B350E3"/>
     <w:rsid w:val="00B40DD7"/>
     <w:rsid w:val="00B4762B"/>
     <w:rsid w:val="00B5003C"/>
     <w:rsid w:val="00B51AC9"/>
     <w:rsid w:val="00B56A9C"/>
     <w:rsid w:val="00B57079"/>
     <w:rsid w:val="00B72BFF"/>
     <w:rsid w:val="00B7506B"/>
     <w:rsid w:val="00B802F9"/>
+    <w:rsid w:val="00B81A83"/>
     <w:rsid w:val="00B82A75"/>
     <w:rsid w:val="00B93E1D"/>
     <w:rsid w:val="00B966CA"/>
     <w:rsid w:val="00B96CC3"/>
     <w:rsid w:val="00BA16AD"/>
     <w:rsid w:val="00BA7C86"/>
     <w:rsid w:val="00BB68F2"/>
     <w:rsid w:val="00BC4D25"/>
     <w:rsid w:val="00BD6C15"/>
     <w:rsid w:val="00BE084A"/>
     <w:rsid w:val="00BE40DE"/>
     <w:rsid w:val="00BE4CD1"/>
     <w:rsid w:val="00C00679"/>
     <w:rsid w:val="00C06E8F"/>
-    <w:rsid w:val="00C0796A"/>
     <w:rsid w:val="00C11745"/>
     <w:rsid w:val="00C12137"/>
     <w:rsid w:val="00C25C06"/>
     <w:rsid w:val="00C26788"/>
     <w:rsid w:val="00C31DC2"/>
     <w:rsid w:val="00C43392"/>
     <w:rsid w:val="00C463BF"/>
     <w:rsid w:val="00C465B3"/>
     <w:rsid w:val="00C5745B"/>
     <w:rsid w:val="00C75495"/>
     <w:rsid w:val="00C76FC5"/>
     <w:rsid w:val="00C86C5A"/>
     <w:rsid w:val="00C93A0F"/>
     <w:rsid w:val="00CB2193"/>
+    <w:rsid w:val="00CB5305"/>
     <w:rsid w:val="00CD59AE"/>
     <w:rsid w:val="00CE7148"/>
     <w:rsid w:val="00CF0F3C"/>
     <w:rsid w:val="00CF3D6A"/>
     <w:rsid w:val="00D134DC"/>
     <w:rsid w:val="00D14408"/>
     <w:rsid w:val="00D21BB7"/>
     <w:rsid w:val="00D22F0C"/>
     <w:rsid w:val="00D25D6D"/>
     <w:rsid w:val="00D27DB9"/>
     <w:rsid w:val="00D46459"/>
     <w:rsid w:val="00D563D1"/>
     <w:rsid w:val="00D734A4"/>
     <w:rsid w:val="00D74C85"/>
     <w:rsid w:val="00D83207"/>
     <w:rsid w:val="00D848DB"/>
     <w:rsid w:val="00DA0DD6"/>
     <w:rsid w:val="00DA14C1"/>
     <w:rsid w:val="00DA2179"/>
     <w:rsid w:val="00DA32BB"/>
     <w:rsid w:val="00DA36D2"/>
     <w:rsid w:val="00DA420E"/>
     <w:rsid w:val="00DB34BB"/>
     <w:rsid w:val="00DB7FC6"/>
     <w:rsid w:val="00DC6B7C"/>
     <w:rsid w:val="00DD0E41"/>
     <w:rsid w:val="00DD761E"/>
     <w:rsid w:val="00DE319C"/>
     <w:rsid w:val="00DE487B"/>
     <w:rsid w:val="00DE4ECA"/>
     <w:rsid w:val="00E02A7F"/>
     <w:rsid w:val="00E06CE6"/>
     <w:rsid w:val="00E14CE8"/>
     <w:rsid w:val="00E20635"/>
     <w:rsid w:val="00E215D8"/>
     <w:rsid w:val="00E2259D"/>
     <w:rsid w:val="00E26C47"/>
     <w:rsid w:val="00E3383D"/>
     <w:rsid w:val="00E5380F"/>
     <w:rsid w:val="00E57259"/>
     <w:rsid w:val="00E616E8"/>
     <w:rsid w:val="00E66221"/>
     <w:rsid w:val="00E67E88"/>
     <w:rsid w:val="00E81978"/>
     <w:rsid w:val="00E856DD"/>
     <w:rsid w:val="00E91168"/>
     <w:rsid w:val="00E92924"/>
     <w:rsid w:val="00E962CE"/>
+    <w:rsid w:val="00EA0BEB"/>
     <w:rsid w:val="00EA6D1D"/>
     <w:rsid w:val="00EB0132"/>
     <w:rsid w:val="00EB13F8"/>
     <w:rsid w:val="00EB3350"/>
     <w:rsid w:val="00EB616A"/>
     <w:rsid w:val="00EC07E7"/>
     <w:rsid w:val="00EC41F3"/>
-    <w:rsid w:val="00ED7696"/>
     <w:rsid w:val="00ED7AAF"/>
     <w:rsid w:val="00EE3A0B"/>
     <w:rsid w:val="00EF506A"/>
     <w:rsid w:val="00EF6BEF"/>
     <w:rsid w:val="00F03A22"/>
     <w:rsid w:val="00F0669C"/>
     <w:rsid w:val="00F07D4C"/>
     <w:rsid w:val="00F24537"/>
     <w:rsid w:val="00F24ACD"/>
     <w:rsid w:val="00F31EE9"/>
     <w:rsid w:val="00F3390D"/>
     <w:rsid w:val="00F571A9"/>
     <w:rsid w:val="00F57A3A"/>
     <w:rsid w:val="00F60B2A"/>
     <w:rsid w:val="00F61A35"/>
     <w:rsid w:val="00F62505"/>
     <w:rsid w:val="00F65170"/>
     <w:rsid w:val="00F76165"/>
     <w:rsid w:val="00F902A2"/>
     <w:rsid w:val="00F918B6"/>
     <w:rsid w:val="00F92647"/>
     <w:rsid w:val="00F92BFC"/>
     <w:rsid w:val="00FA02F6"/>
     <w:rsid w:val="00FA0E98"/>
     <w:rsid w:val="00FA53B9"/>
@@ -11986,51 +11986,50 @@
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="3B7928C0"/>
-  <w15:docId w15:val="{1982F93F-9DC1-44D8-9021-15E68715DA39}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -12559,51 +12558,51 @@
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="008F5D9C"/>
     <w:rPr>
       <w:snapToGrid w:val="0"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -12851,398 +12850,89 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...10 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...18 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...241 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6138419B-72D9-4C99-9CDD-B0BE235AB736}">
-[...16 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C1E152BC-B14F-4DCE-A332-78BD40522864}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
-  </ds:schemaRefs>
-[...17 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
   <Words>2695</Words>
   <Characters>16318</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>135</Lines>
   <Paragraphs>37</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company>DHCFP</Company>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>18976</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>114</dc:title>
-[...1 lines deleted...]
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <dc:title/>
+  <dc:creator/>
+  <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...9 lines deleted...]
-</file>