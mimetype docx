--- v0 (2026-01-11)
+++ v1 (2026-03-31)
@@ -1,44 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="66A91FCA" w14:textId="77777777" w:rsidR="001C7818" w:rsidRPr="006D3A4C" w:rsidRDefault="001C7818" w:rsidP="00342C2D">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
@@ -7074,69 +7070,51 @@
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00431E71" w:rsidRPr="009D6D03">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009D6D03">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A </w:t>
       </w:r>
       <w:r w:rsidR="00A65B01" w:rsidRPr="009D6D03">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">24/7 out-of-home treatment service that provides flexible, individualized treatment and assessment with the goal of reintegrating </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> their families and communities; also provides short-term, planned respite</w:t>
+        <w:t>24/7 out-of-home treatment service that provides flexible, individualized treatment and assessment with the goal of reintegrating youth to their families and communities; also provides short-term, planned respite</w:t>
       </w:r>
       <w:r w:rsidRPr="009D6D03">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="420E7C69" w14:textId="02DB2274" w:rsidR="00035A0D" w:rsidRDefault="00035A0D" w:rsidP="00AE2DC8">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6877C57B" w14:textId="5F6946D4" w:rsidR="001C7818" w:rsidRPr="006D3A4C" w:rsidRDefault="001C7818" w:rsidP="00AE2DC8">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
@@ -7250,69 +7228,51 @@
         </w:rPr>
         <w:t>25</w:t>
       </w:r>
       <w:r w:rsidR="008E3D2A" w:rsidRPr="006D3A4C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> years </w:t>
       </w:r>
       <w:r w:rsidR="0028317F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>old</w:t>
       </w:r>
       <w:r w:rsidRPr="006D3A4C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">, designed to promote health and wellness and recovery through person-centered services and </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> that enable individuals to live, work</w:t>
+        <w:t>, designed to promote health and wellness and recovery through person-centered services and supports that enable individuals to live, work</w:t>
       </w:r>
       <w:r w:rsidR="004E71A8" w:rsidRPr="006D3A4C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="006D3A4C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and participate in their communities. The Transitional Age</w:t>
       </w:r>
       <w:r w:rsidRPr="00E81ECD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Youth Program </w:t>
       </w:r>
@@ -8433,69 +8393,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E81ECD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Residential services offered to older adolescents or young adults living in multi-occupancy units (</w:t>
       </w:r>
       <w:r w:rsidRPr="00E81ECD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>e.g.,</w:t>
       </w:r>
       <w:r w:rsidRPr="00E81ECD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> apartments, </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">) that provide opportunities for linkages to community-based services, support with life skills development, vocational and career planning, and supportive services to promote community living with permanency.  </w:t>
+        <w:t xml:space="preserve"> apartments, townhomes) that provide opportunities for linkages to community-based services, support with life skills development, vocational and career planning, and supportive services to promote community living with permanency.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DEC1FF1" w14:textId="77777777" w:rsidR="000B6BB1" w:rsidRPr="00E81ECD" w:rsidRDefault="000B6BB1" w:rsidP="000B6BB1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="72D12041" w14:textId="4F156A79" w:rsidR="000B6BB1" w:rsidRPr="00E81ECD" w:rsidRDefault="000B6BB1" w:rsidP="000B6BB1">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E81ECD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="22"/>
@@ -8691,75 +8633,65 @@
       </w:r>
       <w:r w:rsidRPr="00E81ECD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">An add-on rate to support additional costs associated with a one-time assessment of young parents upon intake to a </w:t>
       </w:r>
       <w:r w:rsidR="00290D0E" w:rsidRPr="00E81ECD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
       <w:r w:rsidRPr="00E81ECD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">oung </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00290D0E" w:rsidRPr="00E81ECD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00E81ECD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>arent</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">arent </w:t>
       </w:r>
       <w:r w:rsidR="00290D0E" w:rsidRPr="00E81ECD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="00E81ECD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">esidence.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C24B5C6" w14:textId="77777777" w:rsidR="00035A0D" w:rsidRPr="00E81ECD" w:rsidRDefault="00035A0D" w:rsidP="000B6BB1">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -8813,69 +8745,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E81ECD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This program is for young adults, 18 through 25 years </w:t>
       </w:r>
       <w:r w:rsidR="000A43B0" w:rsidRPr="00E81ECD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>old</w:t>
       </w:r>
       <w:r w:rsidRPr="00E81ECD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">, and is designed to promote health, wellness, and recovery through person-centered services and </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> that enable individuals to live, work, and participate in their communities. This service provides multiple levels of intensity to meet the individual needs, including</w:t>
+        <w:t>, and is designed to promote health, wellness, and recovery through person-centered services and supports that enable individuals to live, work, and participate in their communities. This service provides multiple levels of intensity to meet the individual needs, including</w:t>
       </w:r>
       <w:r w:rsidR="00290D0E" w:rsidRPr="00E81ECD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> the following.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B3997C4" w14:textId="05F92F48" w:rsidR="00035A0D" w:rsidRPr="00E81ECD" w:rsidRDefault="00290D0E" w:rsidP="008B34BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="413E3E"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
@@ -9383,71 +9297,51 @@
       <w:r w:rsidRPr="00E81ECD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">lient </w:t>
       </w:r>
       <w:r w:rsidR="00972CB2" w:rsidRPr="00E81ECD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>are</w:t>
       </w:r>
       <w:r w:rsidRPr="00E81ECD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> reduced by the amount of </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> from any other source.</w:t>
+        <w:t xml:space="preserve"> reduced by the amount of any payment from any other source.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="040C3D01" w14:textId="77777777" w:rsidR="001C7818" w:rsidRPr="00E81ECD" w:rsidRDefault="001C7818" w:rsidP="00342C2D">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="648D06CF" w14:textId="77777777" w:rsidR="001C7818" w:rsidRPr="00E81ECD" w:rsidRDefault="001C7818" w:rsidP="00342C2D">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
@@ -9603,69 +9497,51 @@
       </w:pPr>
       <w:r w:rsidRPr="00E81ECD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4)  </w:t>
       </w:r>
       <w:r w:rsidRPr="00E81ECD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Administrative Adjustment for Extraordinary Circumstances</w:t>
       </w:r>
       <w:r w:rsidRPr="00E81ECD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">.  A method whereby, subject to availability of funds, </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> governmental unit may provide additional resource allocations to a qualified provider in response to unusual and unforeseen circumstances that substantially increase the cost of service delivery in ways not contemplated in the development of current rates. It must be demonstrated that such cost increases gravely threaten the stability of service provision such that client or consumer access to necessary services is at risk. The purchasing governmental unit will evaluate the need for the administrative adjustment, determine whether funding is available, and convey that information to EOHHS for review to determine the amount of any adjustment.</w:t>
+        <w:t>.  A method whereby, subject to availability of funds, a purchasing governmental unit may provide additional resource allocations to a qualified provider in response to unusual and unforeseen circumstances that substantially increase the cost of service delivery in ways not contemplated in the development of current rates. It must be demonstrated that such cost increases gravely threaten the stability of service provision such that client or consumer access to necessary services is at risk. The purchasing governmental unit will evaluate the need for the administrative adjustment, determine whether funding is available, and convey that information to EOHHS for review to determine the amount of any adjustment.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39ADF4AB" w14:textId="77777777" w:rsidR="00B6091F" w:rsidRPr="00E81ECD" w:rsidRDefault="00B6091F" w:rsidP="00342C2D">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="09A16EE4" w14:textId="6572E4B8" w:rsidR="001C7818" w:rsidRPr="00E81ECD" w:rsidRDefault="001C7818" w:rsidP="00342C2D">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E81ECD">
         <w:rPr>
@@ -10769,51 +10645,51 @@
               <w:t>per diem</w:t>
             </w:r>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> (residential treatment services for youth: clinically intensive youth residential substance use disorder treatment).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="16EBDCF8" w14:textId="2514D089" w:rsidR="000756A9" w:rsidRPr="00E81ECD" w:rsidRDefault="000756A9" w:rsidP="000756A9">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="52B79889" w14:textId="22D97BD0" w:rsidR="00D63FC8" w:rsidRPr="00E81ECD" w:rsidRDefault="00D466F1" w:rsidP="00B27EA5">
+    <w:p w14:paraId="52B79889" w14:textId="665ED492" w:rsidR="00D63FC8" w:rsidRPr="00E81ECD" w:rsidRDefault="00D466F1" w:rsidP="00B27EA5">
       <w:pPr>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00D63FC8" w:rsidRPr="00E81ECD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
       <w:r>
@@ -11222,51 +11098,51 @@
           <w:p w14:paraId="43315FA2" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>90%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1441" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="582E97DA" w14:textId="23ACFDCA" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="582E97DA" w14:textId="547F7831" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$741.85</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1284" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0E846369" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
@@ -11394,51 +11270,51 @@
           <w:p w14:paraId="581A8013" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>85%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1441" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0BB03AB0" w14:textId="3E90F617" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="0BB03AB0" w14:textId="3932CAC4" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$785.49</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1284" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="02C826FE" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
@@ -11566,51 +11442,51 @@
           <w:p w14:paraId="050EC118" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>80%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1441" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="22126AD8" w14:textId="5A3DA3AD" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="22126AD8" w14:textId="6C99884F" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$834.58</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1284" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3799B1FE" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
@@ -11738,51 +11614,51 @@
           <w:p w14:paraId="624218D0" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>75%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1441" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1CBEDC6D" w14:textId="09BCFD17" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="1CBEDC6D" w14:textId="590F2700" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$890.22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1284" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="611AF48C" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
@@ -11910,51 +11786,51 @@
           <w:p w14:paraId="27E22606" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>70%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1441" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="29D96AA7" w14:textId="32461BA5" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="29D96AA7" w14:textId="3557FED9" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$953.81</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1284" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="14DD6488" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
@@ -12082,51 +11958,51 @@
           <w:p w14:paraId="56358B1C" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>65%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1441" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5F269CFE" w14:textId="469F5CF0" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="5F269CFE" w14:textId="0BD88820" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$1,027.18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1284" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6761A4B9" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
@@ -12254,51 +12130,51 @@
           <w:p w14:paraId="68319F32" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>60%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1441" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="52B528CA" w14:textId="6ABD2E6A" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="52B528CA" w14:textId="0CEAFD6F" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$1,112.77</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1284" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0AEAAF3E" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
@@ -12426,51 +12302,51 @@
           <w:p w14:paraId="22E4FD57" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>55%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1441" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="45D7C2DB" w14:textId="76AA806E" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="45D7C2DB" w14:textId="2E093B94" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$1,213.93</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1284" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="015B13A5" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
@@ -12598,51 +12474,51 @@
           <w:p w14:paraId="7F90608F" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>50%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1441" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="60D53D84" w14:textId="060DF9B2" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="60D53D84" w14:textId="333F75B5" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$1,335.33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1284" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6FA5DC9F" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
@@ -12719,51 +12595,51 @@
             <w:tcW w:w="1046" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="451C59D3" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$734.04</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1D00D661" w14:textId="420B08B3" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD">
+    <w:p w14:paraId="1D00D661" w14:textId="3F82A21E" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1806"/>
         <w:gridCol w:w="1444"/>
         <w:gridCol w:w="1515"/>
         <w:gridCol w:w="1246"/>
         <w:gridCol w:w="1113"/>
         <w:gridCol w:w="1113"/>
         <w:gridCol w:w="1113"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w14:paraId="08625116" w14:textId="77777777" w:rsidTr="008151A0">
         <w:trPr>
@@ -13046,51 +12922,51 @@
           </w:tcPr>
           <w:p w14:paraId="5565BC88" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>90%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3AFEA119" w14:textId="3C59855B" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
+          <w:p w14:paraId="3AFEA119" w14:textId="11923E34" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$701.56</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1246" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="557700F1" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
@@ -13215,51 +13091,51 @@
           </w:tcPr>
           <w:p w14:paraId="1B2DC10C" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>85%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4553AB4C" w14:textId="515DD517" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
+          <w:p w14:paraId="4553AB4C" w14:textId="32691A8C" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$742.83</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1246" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="35DF5675" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
@@ -13384,51 +13260,51 @@
           </w:tcPr>
           <w:p w14:paraId="1F065311" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>80%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="50AD7FC0" w14:textId="17C4B5D0" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
+          <w:p w14:paraId="50AD7FC0" w14:textId="052C358B" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$789.26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1246" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2B0ADB04" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
@@ -13553,51 +13429,51 @@
           </w:tcPr>
           <w:p w14:paraId="46DA6B58" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>75%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4454F1B9" w14:textId="707FB9F6" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
+          <w:p w14:paraId="4454F1B9" w14:textId="0C0ED051" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$841.88</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1246" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="09CA2F7C" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
@@ -13722,51 +13598,51 @@
           </w:tcPr>
           <w:p w14:paraId="1B88893D" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>70%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6005A89F" w14:textId="6F0E048E" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
+          <w:p w14:paraId="6005A89F" w14:textId="2F5A7D75" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$902.01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1246" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5422D632" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
@@ -13891,51 +13767,51 @@
           </w:tcPr>
           <w:p w14:paraId="4C08678C" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>65%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="79794E75" w14:textId="07D1B4E6" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
+          <w:p w14:paraId="79794E75" w14:textId="3D8BB6AA" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$971.40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1246" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3DC3CE39" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
@@ -14060,51 +13936,51 @@
           </w:tcPr>
           <w:p w14:paraId="4B80F8D9" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>60%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2DD77254" w14:textId="13159208" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
+          <w:p w14:paraId="2DD77254" w14:textId="33EB6456" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$1,052.34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1246" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3D49BDA8" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
@@ -14229,51 +14105,51 @@
           </w:tcPr>
           <w:p w14:paraId="7AAED00C" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>55%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1F705632" w14:textId="3D8FF268" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
+          <w:p w14:paraId="1F705632" w14:textId="68750324" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$1,148.01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1246" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="33A77D21" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
@@ -14398,51 +14274,51 @@
           </w:tcPr>
           <w:p w14:paraId="7CAD4B36" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>50%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1F2B47C3" w14:textId="56534DC8" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
+          <w:p w14:paraId="1F2B47C3" w14:textId="6C067C5A" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$1,262.81</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1246" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5A6CC21B" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
@@ -14866,51 +14742,51 @@
           </w:tcPr>
           <w:p w14:paraId="1576B4C5" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>90%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0601AD28" w14:textId="6CC5B3AB" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
+          <w:p w14:paraId="0601AD28" w14:textId="560D1914" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$693.89</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="095C84DE" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
@@ -15035,51 +14911,51 @@
           </w:tcPr>
           <w:p w14:paraId="06C26282" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>85%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6A49B90A" w14:textId="778A8634" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
+          <w:p w14:paraId="6A49B90A" w14:textId="4F87FEBD" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$734.71</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="294CAE18" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
@@ -15204,51 +15080,51 @@
           </w:tcPr>
           <w:p w14:paraId="40731343" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>80%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="19B6CCE8" w14:textId="184B6610" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
+          <w:p w14:paraId="19B6CCE8" w14:textId="2F44823C" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$780.63</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="14DF9269" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
@@ -15373,51 +15249,51 @@
           </w:tcPr>
           <w:p w14:paraId="120A936A" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>75%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3AC601C8" w14:textId="1F974051" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
+          <w:p w14:paraId="3AC601C8" w14:textId="72450F03" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$832.67</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="593F18F1" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
@@ -15542,51 +15418,51 @@
           </w:tcPr>
           <w:p w14:paraId="632AED28" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>70%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="00D8F1F9" w14:textId="088B285D" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
+          <w:p w14:paraId="00D8F1F9" w14:textId="5E5DD069" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$892.14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1DC79A27" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
@@ -15711,51 +15587,51 @@
           </w:tcPr>
           <w:p w14:paraId="4DCA0AAB" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>65%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5B082DCB" w14:textId="5D982F75" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
+          <w:p w14:paraId="5B082DCB" w14:textId="501142C1" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$960.77</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="63D19F42" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
@@ -15880,51 +15756,51 @@
           </w:tcPr>
           <w:p w14:paraId="0266C6B2" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>60%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3BE13CC2" w14:textId="326173C5" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
+          <w:p w14:paraId="3BE13CC2" w14:textId="413AD48F" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$1,040.83</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4AE4AAC1" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
@@ -16049,51 +15925,51 @@
           </w:tcPr>
           <w:p w14:paraId="6CF63879" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>55%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3CE17763" w14:textId="10DCF744" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
+          <w:p w14:paraId="3CE17763" w14:textId="08F941C0" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$1,135.46</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="30ADED81" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
@@ -16218,51 +16094,51 @@
           </w:tcPr>
           <w:p w14:paraId="2F875BED" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>50%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="76DE5388" w14:textId="0806B211" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
+          <w:p w14:paraId="76DE5388" w14:textId="5D5C2762" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$1,249.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4A3790B3" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
@@ -16660,51 +16536,51 @@
           </w:tcPr>
           <w:p w14:paraId="65051293" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>90%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0EA68C37" w14:textId="03E9D8CC" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
+          <w:p w14:paraId="0EA68C37" w14:textId="335FC321" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$615.18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="265DC24B" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
@@ -16829,51 +16705,51 @@
           </w:tcPr>
           <w:p w14:paraId="78A051A7" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>85%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="39697D76" w14:textId="3D2EBA70" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
+          <w:p w14:paraId="39697D76" w14:textId="7BCD8B5F" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$651.37</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1EFEF335" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
@@ -16998,51 +16874,51 @@
           </w:tcPr>
           <w:p w14:paraId="43C3B603" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>80%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="462A5EB7" w14:textId="44B33A99" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
+          <w:p w14:paraId="462A5EB7" w14:textId="1768B92B" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$692.08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="62807336" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
@@ -17167,51 +17043,51 @@
           </w:tcPr>
           <w:p w14:paraId="7FBB9ABD" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>75%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5B2C3A4C" w14:textId="2ADBC63E" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
+          <w:p w14:paraId="5B2C3A4C" w14:textId="279471A0" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$738.22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4AC55657" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
@@ -17336,51 +17212,51 @@
           </w:tcPr>
           <w:p w14:paraId="6FD95426" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>70%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7F7E1FF9" w14:textId="4C50F703" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
+          <w:p w14:paraId="7F7E1FF9" w14:textId="04D7DA26" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$790.95</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="249DA27F" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
@@ -17505,51 +17381,51 @@
           </w:tcPr>
           <w:p w14:paraId="246FA53E" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>65%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6A22F032" w14:textId="59211AA9" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
+          <w:p w14:paraId="6A22F032" w14:textId="67D8A12B" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$851.79</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5965A29A" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
@@ -17674,51 +17550,51 @@
           </w:tcPr>
           <w:p w14:paraId="0789972E" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>60%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="44797031" w14:textId="6608A6CD" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
+          <w:p w14:paraId="44797031" w14:textId="7CABE5C1" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$922.78</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="01D1CF49" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
@@ -17843,51 +17719,51 @@
           </w:tcPr>
           <w:p w14:paraId="748399AA" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>55%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="77AB13FA" w14:textId="74F3E567" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
+          <w:p w14:paraId="77AB13FA" w14:textId="699A15F8" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$1,006.67</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="792A5C85" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
@@ -18012,51 +17888,51 @@
           </w:tcPr>
           <w:p w14:paraId="3FE12E05" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>50%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3CAF3E93" w14:textId="4BB4A5F1" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
+          <w:p w14:paraId="3CAF3E93" w14:textId="5749CAD8" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$1,107.33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2A004F31" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00F76320">
@@ -18191,51 +18067,69 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5B5AAC90" w14:textId="77777777" w:rsidR="009E2E8F" w:rsidRPr="00E81ECD" w:rsidRDefault="009E2E8F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Intensive Trans. Indep. Living (A)</w:t>
+              <w:t xml:space="preserve">Intensive Trans. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E81ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Indep</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E81ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>. Living (A)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="409AF23E" w14:textId="77777777" w:rsidR="009E2E8F" w:rsidRPr="00E81ECD" w:rsidRDefault="009E2E8F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -18456,51 +18350,51 @@
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6116C8F6" w14:textId="77777777" w:rsidR="00706415" w:rsidRPr="00E81ECD" w:rsidRDefault="00706415" w:rsidP="00B261B1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>18-22</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w14:paraId="2BAF0375" w14:textId="77777777" w:rsidTr="000C78EE">
+      <w:tr w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w14:paraId="2BAF0375" w14:textId="77777777" w:rsidTr="000E7B04">
         <w:trPr>
           <w:trHeight w:val="276"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="25403EBE" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -18527,164 +18421,164 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>90%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="075A6D14" w14:textId="6C4EDC66" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="075A6D14" w14:textId="44F7B50F" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$493.50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="331744C6" w14:textId="286A2AB2" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="331744C6" w14:textId="6DE9CC33" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$449.55</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1EB635BA" w14:textId="0BF4A909" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="1EB635BA" w14:textId="3D4BB2DE" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$444.30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4F37D339" w14:textId="440584DA" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="4F37D339" w14:textId="1C19CFAF" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$423.35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w14:paraId="01E03791" w14:textId="77777777" w:rsidTr="000C78EE">
+      <w:tr w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w14:paraId="01E03791" w14:textId="77777777" w:rsidTr="000E7B04">
         <w:trPr>
           <w:trHeight w:val="276"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7424597F" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -18711,164 +18605,164 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>85%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="21CFFF83" w14:textId="22C67D15" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="21CFFF83" w14:textId="254128AB" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$522.53</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="438A1404" w14:textId="33B958F5" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="438A1404" w14:textId="4FC1F585" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$475.99</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="232EA59C" w14:textId="68969009" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="232EA59C" w14:textId="5EF4E181" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$470.44</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4F942870" w14:textId="73208BB9" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="4F942870" w14:textId="737C0B2B" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$448.25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w14:paraId="087D2263" w14:textId="77777777" w:rsidTr="000C78EE">
+      <w:tr w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w14:paraId="087D2263" w14:textId="77777777" w:rsidTr="000E7B04">
         <w:trPr>
           <w:trHeight w:val="276"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="11C07837" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -18895,164 +18789,164 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>80%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1FEB2286" w14:textId="429D2BF9" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="1FEB2286" w14:textId="78C573BE" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$555.19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1A98326B" w14:textId="22ACBB5D" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="1A98326B" w14:textId="49F63B6E" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$505.74</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5BD2EE23" w14:textId="579C9256" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="5BD2EE23" w14:textId="0652CB19" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$499.84</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4606A88E" w14:textId="2CA6C5E2" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="4606A88E" w14:textId="31463348" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$476.27</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w14:paraId="4E5457FB" w14:textId="77777777" w:rsidTr="000C78EE">
+      <w:tr w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w14:paraId="4E5457FB" w14:textId="77777777" w:rsidTr="000E7B04">
         <w:trPr>
           <w:trHeight w:val="276"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="439CD86D" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -19079,164 +18973,164 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>75%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="53CDBFAB" w14:textId="1502445F" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="53CDBFAB" w14:textId="6D2A29A5" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$592.20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="173EE727" w14:textId="1305BF1D" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="173EE727" w14:textId="058C8CA4" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$539.46</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="63368973" w14:textId="5E8183C4" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="63368973" w14:textId="7BFC200E" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$533.16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3E43E927" w14:textId="29A8D3F1" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="3E43E927" w14:textId="1266A6EF" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$508.02</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w14:paraId="7080B691" w14:textId="77777777" w:rsidTr="000C78EE">
+      <w:tr w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w14:paraId="7080B691" w14:textId="77777777" w:rsidTr="000E7B04">
         <w:trPr>
           <w:trHeight w:val="276"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="14C017B8" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -19263,164 +19157,164 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>70%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3B529147" w14:textId="4CD780F1" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="3B529147" w14:textId="071EDD65" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$634.50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="699C1520" w14:textId="027A86D4" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="699C1520" w14:textId="46201281" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$577.99</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="23E35FA4" w14:textId="31932E5C" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="23E35FA4" w14:textId="5772BC26" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$571.24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="64D8E972" w14:textId="766653DE" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="64D8E972" w14:textId="67A8DD1D" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$544.31</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w14:paraId="15C7C486" w14:textId="77777777" w:rsidTr="000C78EE">
+      <w:tr w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w14:paraId="15C7C486" w14:textId="77777777" w:rsidTr="000E7B04">
         <w:trPr>
           <w:trHeight w:val="276"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="14E8D80F" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -19447,164 +19341,164 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>65%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="209D65BD" w14:textId="4EAC5153" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="209D65BD" w14:textId="54377D2C" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$683.31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5154CDC3" w14:textId="43B8C9B9" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="5154CDC3" w14:textId="6FC9E071" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$622.45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3D66A455" w14:textId="231F9F9E" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="3D66A455" w14:textId="2EB438A0" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$615.18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="25BB1956" w14:textId="0F3B28F9" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="25BB1956" w14:textId="52ED296A" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$586.18</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w14:paraId="2293A10D" w14:textId="77777777" w:rsidTr="000C78EE">
+      <w:tr w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w14:paraId="2293A10D" w14:textId="77777777" w:rsidTr="000E7B04">
         <w:trPr>
           <w:trHeight w:val="276"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2BCAF8B6" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -19631,164 +19525,164 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>60%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2D8F0950" w14:textId="6B9F9140" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="2D8F0950" w14:textId="6F5AB8CC" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$740.25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6364FF0D" w14:textId="63943850" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="6364FF0D" w14:textId="06705C87" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$674.32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="34999062" w14:textId="48413CD7" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="34999062" w14:textId="1F9A689C" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$666.45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0244C058" w14:textId="09C7CD8A" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="0244C058" w14:textId="01ABD9AE" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$635.03</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w14:paraId="2B297980" w14:textId="77777777" w:rsidTr="000C78EE">
+      <w:tr w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w14:paraId="2B297980" w14:textId="77777777" w:rsidTr="000E7B04">
         <w:trPr>
           <w:trHeight w:val="276"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1496223B" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -19815,164 +19709,164 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>55%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="039EEEA4" w14:textId="5124DAE8" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="039EEEA4" w14:textId="38CA93BF" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$807.55</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0335AD66" w14:textId="0DEEE3D4" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="0335AD66" w14:textId="4E92CE52" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$735.63</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3D49CECA" w14:textId="20A704EC" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="3D49CECA" w14:textId="7101F8A7" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$727.04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="538EDFB8" w14:textId="4274A175" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="538EDFB8" w14:textId="73AD08D7" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$692.75</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w14:paraId="66E58EC7" w14:textId="77777777" w:rsidTr="000C78EE">
+      <w:tr w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w14:paraId="66E58EC7" w14:textId="77777777" w:rsidTr="000E7B04">
         <w:trPr>
           <w:trHeight w:val="276"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7126ED4D" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -19999,144 +19893,144 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>50%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7E872C94" w14:textId="0F62E989" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="7E872C94" w14:textId="503908C8" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$888.30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="22C61AFC" w14:textId="60A5F30D" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="22C61AFC" w14:textId="3712B10E" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$809.19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2505FAB5" w14:textId="596A2219" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="2505FAB5" w14:textId="631F3C1A" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$799.74</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="716FBE54" w14:textId="57AAF3E5" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="716FBE54" w14:textId="40519F5E" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$762.03</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="47085FDF" w14:textId="6AF5D410" w:rsidR="004C5DF5" w:rsidRPr="00E81ECD" w:rsidRDefault="004C5DF5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
@@ -20169,51 +20063,69 @@
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3C364AAC" w14:textId="77777777" w:rsidR="009E2E8F" w:rsidRPr="00E81ECD" w:rsidRDefault="009E2E8F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Trans. Indep. Living (B)</w:t>
+              <w:t xml:space="preserve">Trans. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E81ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Indep</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E81ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>. Living (B)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="09DB700B" w14:textId="77777777" w:rsidR="009E2E8F" w:rsidRPr="00E81ECD" w:rsidRDefault="009E2E8F" w:rsidP="009E2E8F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -20432,51 +20344,51 @@
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2B48E0C0" w14:textId="77777777" w:rsidR="00706415" w:rsidRPr="00E81ECD" w:rsidRDefault="00706415" w:rsidP="00B261B1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>18-22</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w14:paraId="22FE10F6" w14:textId="77777777" w:rsidTr="000C78EE">
+      <w:tr w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w14:paraId="22FE10F6" w14:textId="77777777" w:rsidTr="000E7B04">
         <w:trPr>
           <w:trHeight w:val="276"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1692" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0FD03CE7" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -20502,164 +20414,164 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>90%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6CC155FD" w14:textId="258E434D" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="6CC155FD" w14:textId="179DFBA4" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$192.76</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="500CC5F1" w14:textId="5DB8B6C4" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="500CC5F1" w14:textId="22CB92AE" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$136.34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="15129249" w14:textId="12485639" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="15129249" w14:textId="76C6D75A" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$151.80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0482A4EF" w14:textId="7C207416" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="0482A4EF" w14:textId="45409619" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$136.31</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w14:paraId="61C7BC42" w14:textId="77777777" w:rsidTr="000C78EE">
+      <w:tr w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w14:paraId="61C7BC42" w14:textId="77777777" w:rsidTr="000E7B04">
         <w:trPr>
           <w:trHeight w:val="276"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1692" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="07DD6052" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -20685,164 +20597,164 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>85%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6860293B" w14:textId="041276B8" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="6860293B" w14:textId="59CB2767" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$204.10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4C1AAE66" w14:textId="536114BC" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="4C1AAE66" w14:textId="61B390F4" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$144.36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="36A16376" w14:textId="4E654A5C" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="36A16376" w14:textId="40CCC81E" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$160.73</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="687168A0" w14:textId="1EE29200" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="687168A0" w14:textId="0B25FAD2" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$144.33</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w14:paraId="62555386" w14:textId="77777777" w:rsidTr="000C78EE">
+      <w:tr w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w14:paraId="62555386" w14:textId="77777777" w:rsidTr="000E7B04">
         <w:trPr>
           <w:trHeight w:val="276"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1692" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="468E0CAA" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -20868,164 +20780,164 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>80%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5EFC46D1" w14:textId="7507D706" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="5EFC46D1" w14:textId="4B140E8C" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$216.86</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0F359C64" w14:textId="48D0F6E4" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="0F359C64" w14:textId="5B7EFCE8" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$153.38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="16BD615A" w14:textId="139C7075" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="16BD615A" w14:textId="31B92746" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$170.77</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7A4C75EF" w14:textId="7392F3FF" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="7A4C75EF" w14:textId="27247DDA" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$153.35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w14:paraId="4A9C5289" w14:textId="77777777" w:rsidTr="000C78EE">
+      <w:tr w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w14:paraId="4A9C5289" w14:textId="77777777" w:rsidTr="000E7B04">
         <w:trPr>
           <w:trHeight w:val="276"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1692" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7E7225B3" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -21051,164 +20963,164 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>75%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="09EEFBD6" w14:textId="67A76004" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="09EEFBD6" w14:textId="3DFCCA5E" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$231.32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="303FFAD0" w14:textId="1B1B6654" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="303FFAD0" w14:textId="25EC5E81" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$163.60</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2185CEA3" w14:textId="05315513" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="2185CEA3" w14:textId="77F232FB" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$182.16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="25550B39" w14:textId="509961FD" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="25550B39" w14:textId="219AC943" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$163.57</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w14:paraId="5E991637" w14:textId="77777777" w:rsidTr="000C78EE">
+      <w:tr w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w14:paraId="5E991637" w14:textId="77777777" w:rsidTr="000E7B04">
         <w:trPr>
           <w:trHeight w:val="276"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1692" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6A1740E3" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -21234,164 +21146,164 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>70%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="28B96F4F" w14:textId="27510792" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="28B96F4F" w14:textId="4A27CF67" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$247.84</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6CEFEF3B" w14:textId="6A9C2BA7" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="6CEFEF3B" w14:textId="744C87DE" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$175.29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4BB999DA" w14:textId="044387AE" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="4BB999DA" w14:textId="37054D9B" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$195.17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2A501DEF" w14:textId="2DB8C1CE" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="2A501DEF" w14:textId="617EF3D2" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$175.26</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w14:paraId="37626993" w14:textId="77777777" w:rsidTr="000C78EE">
+      <w:tr w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w14:paraId="37626993" w14:textId="77777777" w:rsidTr="000E7B04">
         <w:trPr>
           <w:trHeight w:val="276"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1692" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="31F62542" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -21417,164 +21329,164 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>65%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5C7EEE3B" w14:textId="23EFBA07" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="5C7EEE3B" w14:textId="5E5CA830" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$266.91</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0C86427A" w14:textId="3EC06F3E" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="0C86427A" w14:textId="23AD1EAB" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$188.77</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="15B0EB29" w14:textId="7778690C" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="15B0EB29" w14:textId="437E48CF" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$210.18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3F3A3725" w14:textId="6162F528" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="3F3A3725" w14:textId="5EBBFA00" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$188.74</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w14:paraId="48500DC7" w14:textId="77777777" w:rsidTr="000C78EE">
+      <w:tr w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w14:paraId="48500DC7" w14:textId="77777777" w:rsidTr="000E7B04">
         <w:trPr>
           <w:trHeight w:val="276"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1692" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5578EBCA" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -21600,164 +21512,164 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>60%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1AA03627" w14:textId="2C63ECDA" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="1AA03627" w14:textId="6C72B2CE" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$289.15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0F4A333D" w14:textId="10824190" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="0F4A333D" w14:textId="07427CC1" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$204.50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2C9C6010" w14:textId="7019E709" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="2C9C6010" w14:textId="1CB8AB97" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$227.70</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="061E026F" w14:textId="2CC1272D" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="061E026F" w14:textId="739B9186" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$204.46</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w14:paraId="4E3A7F4C" w14:textId="77777777" w:rsidTr="000C78EE">
+      <w:tr w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w14:paraId="4E3A7F4C" w14:textId="77777777" w:rsidTr="000E7B04">
         <w:trPr>
           <w:trHeight w:val="276"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1692" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="422D60A3" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -21783,164 +21695,164 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>55%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="15003D22" w14:textId="0908BA33" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="15003D22" w14:textId="322AC16F" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$315.43</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4535F919" w14:textId="2EDBE9A1" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="4535F919" w14:textId="2D4B8DA0" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$223.10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="42A21351" w14:textId="459E9AAF" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="42A21351" w14:textId="468505D9" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$248.39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5ECBDF18" w14:textId="70A0F334" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="5ECBDF18" w14:textId="783E1DAF" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$223.05</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w14:paraId="2211638C" w14:textId="77777777" w:rsidTr="000C78EE">
+      <w:tr w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w14:paraId="2211638C" w14:textId="77777777" w:rsidTr="000E7B04">
         <w:trPr>
           <w:trHeight w:val="276"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1692" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="35326FCF" w14:textId="77777777" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -21966,177 +21878,177 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>50%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4EC6F9C1" w14:textId="699F049B" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="4EC6F9C1" w14:textId="0205CA33" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$346.98</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="42682F90" w14:textId="14808BBF" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="42682F90" w14:textId="332AB150" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$245.41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="31F587F9" w14:textId="227DE545" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="31F587F9" w14:textId="07E1190B" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$273.23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="336E1B12" w14:textId="52D15B76" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
+          <w:p w14:paraId="336E1B12" w14:textId="618A7058" w:rsidR="00E81ECD" w:rsidRPr="00E81ECD" w:rsidRDefault="00E81ECD" w:rsidP="00E81ECD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$245.36</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="44279527" w14:textId="77777777" w:rsidR="008A2701" w:rsidRPr="00E81ECD" w:rsidRDefault="008A2701" w:rsidP="00EF4322">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="608027A2" w14:textId="44AE9E13" w:rsidR="00A8315B" w:rsidRPr="00E81ECD" w:rsidRDefault="00D466F1" w:rsidP="000B1430">
+    <w:p w14:paraId="608027A2" w14:textId="1704C666" w:rsidR="00A8315B" w:rsidRPr="00E81ECD" w:rsidRDefault="00D466F1" w:rsidP="000B1430">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00D944B9" w:rsidRPr="00E81ECD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
@@ -26328,51 +26240,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00FE69A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>per bed day</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4A3A2E2D" w14:textId="77777777" w:rsidR="00AC24C8" w:rsidRPr="00FE69A0" w:rsidRDefault="00AC24C8" w:rsidP="00EF4322">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="215E95C7" w14:textId="79F3216E" w:rsidR="009C2508" w:rsidRDefault="00A03B1F" w:rsidP="000B1430">
+    <w:p w14:paraId="215E95C7" w14:textId="2D3BF625" w:rsidR="009C2508" w:rsidRDefault="00A03B1F" w:rsidP="000B1430">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00A37F47" w:rsidRPr="00A80C8E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -29705,51 +29617,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D3A4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Extraordinary Circumstances/Flex Funding</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3060" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B143F80" w14:textId="32A13B85" w:rsidR="00D8533C" w:rsidRPr="006D3A4C" w:rsidRDefault="00D8533C" w:rsidP="00D8533C">
+          <w:p w14:paraId="2B143F80" w14:textId="7E2036B4" w:rsidR="00D8533C" w:rsidRPr="006D3A4C" w:rsidRDefault="00D8533C" w:rsidP="00D8533C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D3A4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Individual Consideration </w:t>
             </w:r>
             <w:r w:rsidRPr="00FC3596">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(IC)</w:t>
@@ -30076,51 +29988,51 @@
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A4922">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Per Youth, Per Day</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3FF840AF" w14:textId="6E753EA5" w:rsidR="001A4922" w:rsidRPr="001A4922" w:rsidRDefault="001A4922" w:rsidP="00BB0D24">
+          <w:p w14:paraId="3FF840AF" w14:textId="34DF9FB0" w:rsidR="001A4922" w:rsidRPr="001A4922" w:rsidRDefault="001A4922" w:rsidP="00BB0D24">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A4922">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
             <w:r w:rsidR="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>30.64</w:t>
             </w:r>
             <w:r w:rsidRPr="001A4922">
@@ -30174,98 +30086,98 @@
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A4922">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Per Youth, Per Day</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="14139EDE" w14:textId="22F13E46" w:rsidR="001A4922" w:rsidRPr="001A4922" w:rsidRDefault="001A4922" w:rsidP="00BB0D24">
+          <w:p w14:paraId="14139EDE" w14:textId="01FDE601" w:rsidR="001A4922" w:rsidRPr="001A4922" w:rsidRDefault="001A4922" w:rsidP="00BB0D24">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A4922">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
             <w:r w:rsidR="00E81ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>17.05</w:t>
             </w:r>
             <w:r w:rsidRPr="001A4922">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="35E20568" w14:textId="77777777" w:rsidR="001A4922" w:rsidRDefault="001A4922" w:rsidP="00EF4322">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7D061673" w14:textId="281C2816" w:rsidR="00DF4C97" w:rsidRDefault="00A03B1F" w:rsidP="00CC5C0D">
+    <w:p w14:paraId="7D061673" w14:textId="1879B3EA" w:rsidR="00DF4C97" w:rsidRDefault="00A03B1F" w:rsidP="00CC5C0D">
       <w:pPr>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00A37F47" w:rsidRPr="00A80C8E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -30716,51 +30628,51 @@
             </w:pPr>
             <w:r w:rsidRPr="006D3A4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Central Region</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3C776345" w14:textId="5B3AA956" w:rsidR="005A212E" w:rsidRPr="00AE49FA" w:rsidRDefault="005A212E" w:rsidP="005A212E">
+          <w:p w14:paraId="3C776345" w14:textId="0FF7E3B0" w:rsidR="005A212E" w:rsidRPr="00AE49FA" w:rsidRDefault="005A212E" w:rsidP="005A212E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AE49FA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> $</w:t>
             </w:r>
             <w:r w:rsidR="007F2A47">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -30806,51 +30718,51 @@
             </w:pPr>
             <w:r w:rsidRPr="006D3A4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Metro Boston Region</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3491F701" w14:textId="747F1DCF" w:rsidR="005A212E" w:rsidRPr="00AE49FA" w:rsidRDefault="005A212E" w:rsidP="005A212E">
+          <w:p w14:paraId="3491F701" w14:textId="33E69BF3" w:rsidR="005A212E" w:rsidRPr="00AE49FA" w:rsidRDefault="005A212E" w:rsidP="005A212E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AE49FA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> $</w:t>
             </w:r>
             <w:r w:rsidR="007F2A47">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -30896,51 +30808,51 @@
             </w:pPr>
             <w:r w:rsidRPr="006D3A4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Northeast Region</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7EFD3A55" w14:textId="4BA778AC" w:rsidR="005A212E" w:rsidRPr="00AE49FA" w:rsidRDefault="005A212E" w:rsidP="005A212E">
+          <w:p w14:paraId="7EFD3A55" w14:textId="30F977EB" w:rsidR="005A212E" w:rsidRPr="00AE49FA" w:rsidRDefault="005A212E" w:rsidP="005A212E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AE49FA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> $</w:t>
             </w:r>
             <w:r w:rsidR="007F2A47">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -30986,51 +30898,51 @@
             </w:pPr>
             <w:r w:rsidRPr="006D3A4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Southeast Region</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2AC46065" w14:textId="72CD3CAB" w:rsidR="005A212E" w:rsidRPr="00AE49FA" w:rsidRDefault="005A212E" w:rsidP="005A212E">
+          <w:p w14:paraId="2AC46065" w14:textId="6D7A4683" w:rsidR="005A212E" w:rsidRPr="00AE49FA" w:rsidRDefault="005A212E" w:rsidP="005A212E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AE49FA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> $</w:t>
             </w:r>
             <w:r w:rsidR="007F2A47">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -31076,51 +30988,51 @@
             </w:pPr>
             <w:r w:rsidRPr="006D3A4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>West Region</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="55D8A5BD" w14:textId="469D5253" w:rsidR="005A212E" w:rsidRPr="00AE49FA" w:rsidRDefault="005A212E" w:rsidP="005A212E">
+          <w:p w14:paraId="55D8A5BD" w14:textId="06F00F1F" w:rsidR="005A212E" w:rsidRPr="00AE49FA" w:rsidRDefault="005A212E" w:rsidP="005A212E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AE49FA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> $</w:t>
             </w:r>
             <w:r w:rsidR="007F2A47">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -31501,51 +31413,51 @@
             </w:pPr>
             <w:r w:rsidRPr="006D3A4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Monthly</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1254" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="361FA717" w14:textId="1C6C0AB4" w:rsidR="006243D3" w:rsidRPr="006D3A4C" w:rsidRDefault="006243D3" w:rsidP="00165B87">
+          <w:p w14:paraId="361FA717" w14:textId="4280D1BB" w:rsidR="006243D3" w:rsidRPr="006D3A4C" w:rsidRDefault="006243D3" w:rsidP="00165B87">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D3A4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
             <w:r w:rsidR="007F2A47">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -31633,51 +31545,51 @@
             </w:pPr>
             <w:r w:rsidRPr="006D3A4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Monthly</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1254" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="64473E49" w14:textId="77E358FB" w:rsidR="006243D3" w:rsidRPr="006D3A4C" w:rsidRDefault="006243D3" w:rsidP="00165B87">
+          <w:p w14:paraId="64473E49" w14:textId="62FAD8FC" w:rsidR="006243D3" w:rsidRPr="006D3A4C" w:rsidRDefault="006243D3" w:rsidP="00165B87">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D3A4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
             <w:r w:rsidR="007F2A47">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -31810,51 +31722,51 @@
             </w:pPr>
             <w:r w:rsidRPr="006D3A4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Monthly</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1254" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="18E26145" w14:textId="67D97ADC" w:rsidR="006243D3" w:rsidRPr="006D3A4C" w:rsidRDefault="006243D3" w:rsidP="00165B87">
+          <w:p w14:paraId="18E26145" w14:textId="4C632485" w:rsidR="006243D3" w:rsidRPr="006D3A4C" w:rsidRDefault="006243D3" w:rsidP="00165B87">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D3A4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
             <w:r w:rsidR="005A212E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -31966,51 +31878,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D3A4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Monthly</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1254" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0045C1A6" w14:textId="1D4B367F" w:rsidR="00165B87" w:rsidRPr="006D3A4C" w:rsidRDefault="00165B87" w:rsidP="00165B87">
+          <w:p w14:paraId="0045C1A6" w14:textId="127CEE84" w:rsidR="00165B87" w:rsidRPr="006D3A4C" w:rsidRDefault="00165B87" w:rsidP="00165B87">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D3A4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
             <w:r w:rsidR="007F2A47">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -32098,51 +32010,51 @@
             </w:pPr>
             <w:r w:rsidRPr="006D3A4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Enrolled Day</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1254" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="031FD315" w14:textId="6976612E" w:rsidR="00165B87" w:rsidRPr="006D3A4C" w:rsidRDefault="00165B87" w:rsidP="00165B87">
+          <w:p w14:paraId="031FD315" w14:textId="5DD6FC84" w:rsidR="00165B87" w:rsidRPr="006D3A4C" w:rsidRDefault="00165B87" w:rsidP="00165B87">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D3A4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
             <w:r w:rsidR="007F2A47">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -33946,56 +33858,52 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidR="009E348D" w:rsidRPr="006D3A4C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00967509">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="001C7818" w:rsidRPr="00967509" w:rsidSect="005C1FCB">
-      <w:headerReference w:type="even" r:id="rId8"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId13"/>
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="default" r:id="rId9"/>
       <w:endnotePr>
         <w:numFmt w:val="decimal"/>
       </w:endnotePr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="141659F2" w14:textId="77777777" w:rsidR="006341EF" w:rsidRDefault="006341EF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="6DEFDD11" w14:textId="77777777" w:rsidR="006341EF" w:rsidRDefault="006341EF">
@@ -34036,60 +33944,50 @@
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-[...8 lines deleted...]
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="119541B9" w14:textId="77777777" w:rsidR="00BB0D24" w:rsidRDefault="00BB0D24">
     <w:pPr>
       <w:spacing w:before="140" w:line="100" w:lineRule="exact"/>
       <w:rPr>
         <w:sz w:val="10"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="26070E1B" w14:textId="77777777" w:rsidR="00BB0D24" w:rsidRDefault="00BB0D24">
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="77B4E89D" w14:textId="6AA1B7EC" w:rsidR="00BB0D24" w:rsidRDefault="00BB0D24">
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="7D6A4269" wp14:editId="6FFD7C98">
               <wp:simplePos x="0" y="0"/>
@@ -34284,93 +34182,73 @@
                       </w:rPr>
                       <w:t>8</w:t>
                     </w:r>
                     <w:r w:rsidRPr="0037551C">
                       <w:rPr>
                         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                         <w:spacing w:val="-3"/>
                         <w:sz w:val="22"/>
                         <w:szCs w:val="22"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="39D6904F" w14:textId="77777777" w:rsidR="006341EF" w:rsidRDefault="006341EF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="5F7C1A3E" w14:textId="77777777" w:rsidR="006341EF" w:rsidRDefault="006341EF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="3B4266E3" w14:textId="77777777" w:rsidR="006341EF" w:rsidRDefault="006341EF"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-[...8 lines deleted...]
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="492716D7" w14:textId="12EECE4A" w:rsidR="00BB0D24" w:rsidRDefault="001526BF" w:rsidP="00C9569F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>Proposed Regulation</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="60FBBD76" w14:textId="3D66DD83" w:rsidR="00BB0D24" w:rsidRDefault="007E6EC7" w:rsidP="00C9569F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
@@ -34500,60 +34378,50 @@
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:caps/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00827D9C">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:caps/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>SERVICES</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="6ACAE9FF" w14:textId="77777777" w:rsidR="00BB0D24" w:rsidRPr="00A01102" w:rsidRDefault="00BB0D24" w:rsidP="00C9569F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-    </w:pPr>
-[...8 lines deleted...]
-      <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="01596AD9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D8027F6E"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
@@ -36067,50 +35935,52 @@
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1321543693">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="497187298">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="850608471">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1146624333">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1997416603">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1621035616">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:removePersonalInformation/>
+  <w:removeDateAndTime/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:numFmt w:val="decimal"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -36176,61 +36046,61 @@
     <w:rsid w:val="000A346B"/>
     <w:rsid w:val="000A399B"/>
     <w:rsid w:val="000A43B0"/>
     <w:rsid w:val="000A55CD"/>
     <w:rsid w:val="000A56A9"/>
     <w:rsid w:val="000A6FF4"/>
     <w:rsid w:val="000B058D"/>
     <w:rsid w:val="000B0B63"/>
     <w:rsid w:val="000B135D"/>
     <w:rsid w:val="000B1430"/>
     <w:rsid w:val="000B2346"/>
     <w:rsid w:val="000B2B55"/>
     <w:rsid w:val="000B2F5D"/>
     <w:rsid w:val="000B36FB"/>
     <w:rsid w:val="000B3AF0"/>
     <w:rsid w:val="000B6303"/>
     <w:rsid w:val="000B6BB1"/>
     <w:rsid w:val="000B6E8A"/>
     <w:rsid w:val="000B71A9"/>
     <w:rsid w:val="000B75AB"/>
     <w:rsid w:val="000C2111"/>
     <w:rsid w:val="000C54E9"/>
     <w:rsid w:val="000C6D42"/>
     <w:rsid w:val="000C7169"/>
     <w:rsid w:val="000C7460"/>
-    <w:rsid w:val="000C78EE"/>
     <w:rsid w:val="000D364F"/>
     <w:rsid w:val="000D45A7"/>
     <w:rsid w:val="000D47CE"/>
     <w:rsid w:val="000D602A"/>
     <w:rsid w:val="000D6676"/>
     <w:rsid w:val="000D6882"/>
     <w:rsid w:val="000E0E02"/>
     <w:rsid w:val="000E21EF"/>
     <w:rsid w:val="000E4BFE"/>
     <w:rsid w:val="000E6803"/>
+    <w:rsid w:val="000E7B04"/>
     <w:rsid w:val="000F0E48"/>
     <w:rsid w:val="000F25FF"/>
     <w:rsid w:val="000F4273"/>
     <w:rsid w:val="000F7BBD"/>
     <w:rsid w:val="001057AC"/>
     <w:rsid w:val="00111157"/>
     <w:rsid w:val="001133BE"/>
     <w:rsid w:val="00113CDA"/>
     <w:rsid w:val="00115293"/>
     <w:rsid w:val="00116CB6"/>
     <w:rsid w:val="00120C6C"/>
     <w:rsid w:val="00122419"/>
     <w:rsid w:val="00126475"/>
     <w:rsid w:val="00132E93"/>
     <w:rsid w:val="00133A90"/>
     <w:rsid w:val="00135086"/>
     <w:rsid w:val="001356AD"/>
     <w:rsid w:val="001369A3"/>
     <w:rsid w:val="00137094"/>
     <w:rsid w:val="00140D60"/>
     <w:rsid w:val="00142515"/>
     <w:rsid w:val="00142971"/>
     <w:rsid w:val="00145BF1"/>
     <w:rsid w:val="00145E7B"/>
     <w:rsid w:val="0014723D"/>
@@ -36353,51 +36223,50 @@
     <w:rsid w:val="0028317F"/>
     <w:rsid w:val="002838D4"/>
     <w:rsid w:val="00285364"/>
     <w:rsid w:val="00285C88"/>
     <w:rsid w:val="002868F7"/>
     <w:rsid w:val="00286DC7"/>
     <w:rsid w:val="00287D7E"/>
     <w:rsid w:val="00290206"/>
     <w:rsid w:val="00290D0E"/>
     <w:rsid w:val="00291C60"/>
     <w:rsid w:val="00292079"/>
     <w:rsid w:val="00292670"/>
     <w:rsid w:val="00293106"/>
     <w:rsid w:val="00293650"/>
     <w:rsid w:val="00295886"/>
     <w:rsid w:val="002962CC"/>
     <w:rsid w:val="00296B47"/>
     <w:rsid w:val="0029728B"/>
     <w:rsid w:val="00297463"/>
     <w:rsid w:val="002A0521"/>
     <w:rsid w:val="002A4962"/>
     <w:rsid w:val="002A4CCB"/>
     <w:rsid w:val="002A761B"/>
     <w:rsid w:val="002B33DC"/>
     <w:rsid w:val="002B3898"/>
-    <w:rsid w:val="002B41A4"/>
     <w:rsid w:val="002B5501"/>
     <w:rsid w:val="002B5AFA"/>
     <w:rsid w:val="002B5C3B"/>
     <w:rsid w:val="002B5CC3"/>
     <w:rsid w:val="002C0F79"/>
     <w:rsid w:val="002C18AE"/>
     <w:rsid w:val="002C2A02"/>
     <w:rsid w:val="002C3EA2"/>
     <w:rsid w:val="002C647E"/>
     <w:rsid w:val="002C7AB8"/>
     <w:rsid w:val="002D18BD"/>
     <w:rsid w:val="002D19CD"/>
     <w:rsid w:val="002D40A1"/>
     <w:rsid w:val="002D4733"/>
     <w:rsid w:val="002D4D8B"/>
     <w:rsid w:val="002D6A0B"/>
     <w:rsid w:val="002D7502"/>
     <w:rsid w:val="002E35AD"/>
     <w:rsid w:val="002E4F85"/>
     <w:rsid w:val="002E70BA"/>
     <w:rsid w:val="002F0A91"/>
     <w:rsid w:val="002F0DF7"/>
     <w:rsid w:val="002F18D0"/>
     <w:rsid w:val="002F2CDF"/>
     <w:rsid w:val="002F52EF"/>
@@ -36440,50 +36309,51 @@
     <w:rsid w:val="00360979"/>
     <w:rsid w:val="00364503"/>
     <w:rsid w:val="00364894"/>
     <w:rsid w:val="00365197"/>
     <w:rsid w:val="003660FC"/>
     <w:rsid w:val="00367B08"/>
     <w:rsid w:val="0037028C"/>
     <w:rsid w:val="00372D39"/>
     <w:rsid w:val="003740BD"/>
     <w:rsid w:val="00374610"/>
     <w:rsid w:val="0037551C"/>
     <w:rsid w:val="003765AC"/>
     <w:rsid w:val="003765F8"/>
     <w:rsid w:val="00377704"/>
     <w:rsid w:val="003777F7"/>
     <w:rsid w:val="0038268D"/>
     <w:rsid w:val="00382781"/>
     <w:rsid w:val="003834AD"/>
     <w:rsid w:val="003845F0"/>
     <w:rsid w:val="00384E26"/>
     <w:rsid w:val="003853FE"/>
     <w:rsid w:val="00385913"/>
     <w:rsid w:val="00386CE8"/>
     <w:rsid w:val="003879DB"/>
     <w:rsid w:val="00387CF1"/>
+    <w:rsid w:val="00390C56"/>
     <w:rsid w:val="003910F7"/>
     <w:rsid w:val="00391F42"/>
     <w:rsid w:val="0039219F"/>
     <w:rsid w:val="00394011"/>
     <w:rsid w:val="003A0307"/>
     <w:rsid w:val="003A06FD"/>
     <w:rsid w:val="003A0E61"/>
     <w:rsid w:val="003A1E9E"/>
     <w:rsid w:val="003A5EBF"/>
     <w:rsid w:val="003A675E"/>
     <w:rsid w:val="003A7D53"/>
     <w:rsid w:val="003B0A10"/>
     <w:rsid w:val="003B0E5A"/>
     <w:rsid w:val="003B1A2E"/>
     <w:rsid w:val="003B21A4"/>
     <w:rsid w:val="003B2B58"/>
     <w:rsid w:val="003B4011"/>
     <w:rsid w:val="003B4B0E"/>
     <w:rsid w:val="003B530B"/>
     <w:rsid w:val="003B6378"/>
     <w:rsid w:val="003B6B89"/>
     <w:rsid w:val="003B6BC3"/>
     <w:rsid w:val="003B7B0B"/>
     <w:rsid w:val="003C0370"/>
     <w:rsid w:val="003C0855"/>
@@ -36615,50 +36485,51 @@
     <w:rsid w:val="00501F0D"/>
     <w:rsid w:val="005034B6"/>
     <w:rsid w:val="00503AE3"/>
     <w:rsid w:val="005044CE"/>
     <w:rsid w:val="0050509D"/>
     <w:rsid w:val="00507DAD"/>
     <w:rsid w:val="00510DA0"/>
     <w:rsid w:val="00513FD3"/>
     <w:rsid w:val="005160DF"/>
     <w:rsid w:val="00520322"/>
     <w:rsid w:val="00523408"/>
     <w:rsid w:val="00527245"/>
     <w:rsid w:val="00530A1C"/>
     <w:rsid w:val="00532624"/>
     <w:rsid w:val="00535F1C"/>
     <w:rsid w:val="0053732B"/>
     <w:rsid w:val="005378E8"/>
     <w:rsid w:val="005415CC"/>
     <w:rsid w:val="0054192F"/>
     <w:rsid w:val="005433B2"/>
     <w:rsid w:val="005440DC"/>
     <w:rsid w:val="0054726D"/>
     <w:rsid w:val="00550043"/>
     <w:rsid w:val="00550329"/>
     <w:rsid w:val="00552677"/>
+    <w:rsid w:val="00554993"/>
     <w:rsid w:val="00556A2E"/>
     <w:rsid w:val="00562A82"/>
     <w:rsid w:val="005634B8"/>
     <w:rsid w:val="00564F81"/>
     <w:rsid w:val="00565FF9"/>
     <w:rsid w:val="00566650"/>
     <w:rsid w:val="00567AAC"/>
     <w:rsid w:val="00570A9A"/>
     <w:rsid w:val="00571632"/>
     <w:rsid w:val="00571881"/>
     <w:rsid w:val="00571909"/>
     <w:rsid w:val="005732B9"/>
     <w:rsid w:val="005801DD"/>
     <w:rsid w:val="005813DC"/>
     <w:rsid w:val="005821E0"/>
     <w:rsid w:val="0058239F"/>
     <w:rsid w:val="005833C9"/>
     <w:rsid w:val="0058709C"/>
     <w:rsid w:val="005875F1"/>
     <w:rsid w:val="0059028E"/>
     <w:rsid w:val="0059103D"/>
     <w:rsid w:val="0059231F"/>
     <w:rsid w:val="00595F0F"/>
     <w:rsid w:val="005A212E"/>
     <w:rsid w:val="005A22A8"/>
@@ -36807,50 +36678,51 @@
     <w:rsid w:val="0076061D"/>
     <w:rsid w:val="00760903"/>
     <w:rsid w:val="00761245"/>
     <w:rsid w:val="00763E47"/>
     <w:rsid w:val="007648F8"/>
     <w:rsid w:val="007655B0"/>
     <w:rsid w:val="00765924"/>
     <w:rsid w:val="00766A1C"/>
     <w:rsid w:val="00766B94"/>
     <w:rsid w:val="007676A9"/>
     <w:rsid w:val="00767CC4"/>
     <w:rsid w:val="007701B9"/>
     <w:rsid w:val="00770A5D"/>
     <w:rsid w:val="00771FF2"/>
     <w:rsid w:val="00774DCB"/>
     <w:rsid w:val="00775B4F"/>
     <w:rsid w:val="0078147E"/>
     <w:rsid w:val="00781BB5"/>
     <w:rsid w:val="00782207"/>
     <w:rsid w:val="00782E1C"/>
     <w:rsid w:val="0078500E"/>
     <w:rsid w:val="0079051A"/>
     <w:rsid w:val="00791953"/>
     <w:rsid w:val="007A0C1E"/>
     <w:rsid w:val="007A33E8"/>
+    <w:rsid w:val="007A465A"/>
     <w:rsid w:val="007A4ABD"/>
     <w:rsid w:val="007A51F0"/>
     <w:rsid w:val="007A58AF"/>
     <w:rsid w:val="007B0D79"/>
     <w:rsid w:val="007B1A80"/>
     <w:rsid w:val="007B4CED"/>
     <w:rsid w:val="007B555E"/>
     <w:rsid w:val="007B6BFD"/>
     <w:rsid w:val="007C0148"/>
     <w:rsid w:val="007C043D"/>
     <w:rsid w:val="007C3642"/>
     <w:rsid w:val="007C5217"/>
     <w:rsid w:val="007C57F4"/>
     <w:rsid w:val="007C7E35"/>
     <w:rsid w:val="007D08BE"/>
     <w:rsid w:val="007D27DE"/>
     <w:rsid w:val="007D2C81"/>
     <w:rsid w:val="007D350E"/>
     <w:rsid w:val="007D6B16"/>
     <w:rsid w:val="007E3FD2"/>
     <w:rsid w:val="007E5EA5"/>
     <w:rsid w:val="007E64F1"/>
     <w:rsid w:val="007E6A32"/>
     <w:rsid w:val="007E6EC7"/>
     <w:rsid w:val="007E78C6"/>
@@ -37105,50 +36977,51 @@
     <w:rsid w:val="00A72A30"/>
     <w:rsid w:val="00A73BBC"/>
     <w:rsid w:val="00A74F5B"/>
     <w:rsid w:val="00A80C8E"/>
     <w:rsid w:val="00A827FF"/>
     <w:rsid w:val="00A828C1"/>
     <w:rsid w:val="00A8315B"/>
     <w:rsid w:val="00A835FA"/>
     <w:rsid w:val="00A84DBC"/>
     <w:rsid w:val="00A85A84"/>
     <w:rsid w:val="00A8604D"/>
     <w:rsid w:val="00A86183"/>
     <w:rsid w:val="00A8768F"/>
     <w:rsid w:val="00A93431"/>
     <w:rsid w:val="00A94D53"/>
     <w:rsid w:val="00A950E6"/>
     <w:rsid w:val="00A97A29"/>
     <w:rsid w:val="00AA0C32"/>
     <w:rsid w:val="00AA35EA"/>
     <w:rsid w:val="00AA476A"/>
     <w:rsid w:val="00AA5BBC"/>
     <w:rsid w:val="00AA7CD5"/>
     <w:rsid w:val="00AB0609"/>
     <w:rsid w:val="00AB1E8D"/>
     <w:rsid w:val="00AB4C8F"/>
+    <w:rsid w:val="00AC2235"/>
     <w:rsid w:val="00AC22C2"/>
     <w:rsid w:val="00AC24C8"/>
     <w:rsid w:val="00AC4B8A"/>
     <w:rsid w:val="00AC4D42"/>
     <w:rsid w:val="00AC6CAF"/>
     <w:rsid w:val="00AC7548"/>
     <w:rsid w:val="00AD18EB"/>
     <w:rsid w:val="00AD2833"/>
     <w:rsid w:val="00AD79AE"/>
     <w:rsid w:val="00AE1EC8"/>
     <w:rsid w:val="00AE2DC8"/>
     <w:rsid w:val="00AE49FA"/>
     <w:rsid w:val="00AE4EBA"/>
     <w:rsid w:val="00AE5158"/>
     <w:rsid w:val="00AE7080"/>
     <w:rsid w:val="00AF06B2"/>
     <w:rsid w:val="00AF08C9"/>
     <w:rsid w:val="00AF0BFD"/>
     <w:rsid w:val="00AF2947"/>
     <w:rsid w:val="00AF3F8B"/>
     <w:rsid w:val="00AF47EA"/>
     <w:rsid w:val="00AF48BE"/>
     <w:rsid w:val="00AF4EBE"/>
     <w:rsid w:val="00AF5799"/>
     <w:rsid w:val="00AF6BEF"/>
@@ -37597,51 +37470,50 @@
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="13006461"/>
-  <w15:docId w15:val="{C022DCDA-2847-4E95-8BC2-3943D5890536}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:locked="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:locked="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -38970,51 +38842,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2131781541">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -39284,68 +39156,52 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F1278521-8B63-4ECA-87A3-E5C4DC3A6F15}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>16</Pages>
-[...1 lines deleted...]
-  <Characters>32886</Characters>
+  <Pages>19</Pages>
+  <Words>5668</Words>
+  <Characters>32308</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>274</Lines>
+  <Lines>269</Lines>
   <Paragraphs>75</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...14 lines deleted...]
-  <Company>Hewlett-Packard</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>37901</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Section</dc:title>
-[...1 lines deleted...]
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <dc:title/>
+  <dc:creator/>
+  <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>