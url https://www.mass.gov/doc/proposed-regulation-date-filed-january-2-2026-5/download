--- v0 (2026-01-11)
+++ v1 (2026-03-31)
@@ -1,43 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="68994B92" w14:textId="0C15E60D" w:rsidR="009974F1" w:rsidRPr="00C040F5" w:rsidRDefault="009974F1" w:rsidP="009974F1">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -204,51 +203,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C040F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>422.01:  General Provisions</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B115061" w14:textId="77777777" w:rsidR="009974F1" w:rsidRPr="00C040F5" w:rsidRDefault="009974F1" w:rsidP="009974F1">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="624582F6" w14:textId="109875D8" w:rsidR="009974F1" w:rsidRPr="00C040F5" w:rsidRDefault="009974F1" w:rsidP="009974F1">
+    <w:p w14:paraId="624582F6" w14:textId="48BC7E4C" w:rsidR="009974F1" w:rsidRPr="00C040F5" w:rsidRDefault="009974F1" w:rsidP="009974F1">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C040F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1)  </w:t>
       </w:r>
       <w:r w:rsidRPr="00C040F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -418,51 +417,51 @@
         </w:rPr>
         <w:t xml:space="preserve">to disabled individuals to aid them in </w:t>
       </w:r>
       <w:r w:rsidRPr="00C040F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">achieving personal independence. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FBDFC99" w14:textId="77777777" w:rsidR="00AE5D98" w:rsidRPr="00C040F5" w:rsidRDefault="00AE5D98" w:rsidP="009974F1">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="56903C44" w14:textId="43ED8D53" w:rsidR="00AE5D98" w:rsidRPr="00C040F5" w:rsidRDefault="00AE5D98" w:rsidP="009974F1">
+    <w:p w14:paraId="56903C44" w14:textId="0246173C" w:rsidR="00AE5D98" w:rsidRPr="00C040F5" w:rsidRDefault="00AE5D98" w:rsidP="009974F1">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C040F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2)  </w:t>
       </w:r>
       <w:r w:rsidR="00284C01" w:rsidRPr="00C040F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -1071,51 +1070,51 @@
         <w:t xml:space="preserve">     </w:t>
       </w:r>
       <w:r w:rsidR="009974F1" w:rsidRPr="00C040F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>As used in 101 CMR 422.00, unless the context requires otherwise, terms have the meanings in 101 CMR 422.02.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AA2C089" w14:textId="77777777" w:rsidR="009974F1" w:rsidRPr="00C040F5" w:rsidRDefault="009974F1" w:rsidP="009974F1">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="40C11EB0" w14:textId="41898B98" w:rsidR="009974F1" w:rsidRPr="00C040F5" w:rsidRDefault="009974F1" w:rsidP="009974F1">
+    <w:p w14:paraId="40C11EB0" w14:textId="7010F64B" w:rsidR="009974F1" w:rsidRPr="00C040F5" w:rsidRDefault="009974F1" w:rsidP="009974F1">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C040F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Assistive Technology Independent Living</w:t>
       </w:r>
       <w:r w:rsidRPr="00C040F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
@@ -1450,51 +1449,51 @@
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00DA1D2F" w:rsidRPr="00C040F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and maintain skills and abilities needed for community participation, meaningful socialization, and quality of life.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5185B3AA" w14:textId="77777777" w:rsidR="009974F1" w:rsidRPr="00C040F5" w:rsidRDefault="009974F1" w:rsidP="009974F1">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="114A7114" w14:textId="7A2E4005" w:rsidR="009974F1" w:rsidRPr="00C040F5" w:rsidRDefault="009974F1" w:rsidP="009974F1">
+    <w:p w14:paraId="114A7114" w14:textId="244E6CB1" w:rsidR="009974F1" w:rsidRPr="00C040F5" w:rsidRDefault="009974F1" w:rsidP="009974F1">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C040F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Client</w:t>
       </w:r>
       <w:r w:rsidRPr="00C040F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
@@ -1703,51 +1702,51 @@
     <w:p w14:paraId="2CD50279" w14:textId="77777777" w:rsidR="0056051C" w:rsidRPr="00C040F5" w:rsidRDefault="0056051C" w:rsidP="009974F1">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="017E4F43" w14:textId="77777777" w:rsidR="009974F1" w:rsidRPr="00C040F5" w:rsidRDefault="009974F1" w:rsidP="009974F1">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="65B364E7" w14:textId="64FACA64" w:rsidR="00FE3B85" w:rsidRPr="00C040F5" w:rsidRDefault="009974F1" w:rsidP="009974F1">
+    <w:p w14:paraId="65B364E7" w14:textId="41481D36" w:rsidR="00FE3B85" w:rsidRPr="00C040F5" w:rsidRDefault="009974F1" w:rsidP="009974F1">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C040F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Disability </w:t>
       </w:r>
       <w:r w:rsidR="00756178" w:rsidRPr="00C040F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
@@ -2403,51 +2402,51 @@
         <w:lastRenderedPageBreak/>
         <w:t>Governmental Unit</w:t>
       </w:r>
       <w:r w:rsidRPr="00C040F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.  The Commonwealth, any board, commission, department, division, or agency of the Commonwealth, and any political subdivision of the Commonwealth.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D673067" w14:textId="77777777" w:rsidR="00CA50AA" w:rsidRPr="00C040F5" w:rsidRDefault="00CA50AA" w:rsidP="009974F1">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3AB8BDE7" w14:textId="1CCD98E6" w:rsidR="0004245A" w:rsidRPr="00C040F5" w:rsidRDefault="00742B8A" w:rsidP="00CA50AA">
+    <w:p w14:paraId="3AB8BDE7" w14:textId="22B01A0D" w:rsidR="0004245A" w:rsidRPr="00C040F5" w:rsidRDefault="00742B8A" w:rsidP="00CA50AA">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C040F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Home </w:t>
       </w:r>
       <w:r w:rsidR="00C1145C" w:rsidRPr="00C040F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
@@ -3035,51 +3034,69 @@
       </w:r>
       <w:r w:rsidRPr="00C040F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:r w:rsidR="007E60FD" w:rsidRPr="00C040F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>A program that provides</w:t>
       </w:r>
       <w:r w:rsidR="007E60FD" w:rsidRPr="00C040F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> orientation and mobility services for individuals with legal blindness and intellectual disabilities who reside in the community and may also provide trainings for individuals and families and staff. V</w:t>
+        <w:t xml:space="preserve"> orientation and mobility services for individuals with legal blindness and intellectual disabilities who reside in the community and may also provide </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007E60FD" w:rsidRPr="00C040F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>trainings</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007E60FD" w:rsidRPr="00C040F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for individuals and families and staff. V</w:t>
       </w:r>
       <w:r w:rsidR="00A40EAE" w:rsidRPr="00C040F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ocational</w:t>
       </w:r>
       <w:r w:rsidR="007E60FD" w:rsidRPr="00C040F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004203C5" w:rsidRPr="00C040F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
@@ -3316,60 +3333,80 @@
       <w:r w:rsidRPr="00C040F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  Each eligible </w:t>
       </w:r>
       <w:r w:rsidR="005A2CC1" w:rsidRPr="00C040F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">provider </w:t>
       </w:r>
       <w:r w:rsidRPr="00C040F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">must, as a condition of payment by any purchasing </w:t>
+        <w:t xml:space="preserve">must, as a condition of payment by any </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C040F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">purchasing </w:t>
       </w:r>
       <w:r w:rsidR="005A2CC1" w:rsidRPr="00C040F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>governmental unit</w:t>
+        <w:t>governmental</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="005A2CC1" w:rsidRPr="00C040F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> unit</w:t>
       </w:r>
       <w:r w:rsidRPr="00C040F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, accept the approved rate as full payment and discharge of all obligations for the services rendered. Payments by the purchasing </w:t>
       </w:r>
       <w:r w:rsidR="005A2CC1" w:rsidRPr="00C040F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">governmental unit </w:t>
       </w:r>
       <w:r w:rsidRPr="00C040F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -3770,51 +3807,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="6E0ABD4F" w14:textId="77777777" w:rsidR="00D35329" w:rsidRPr="00C040F5" w:rsidRDefault="00D35329" w:rsidP="00E74996">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="6963" w:type="dxa"/>
         <w:tblInd w:w="558" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4117"/>
         <w:gridCol w:w="1316"/>
         <w:gridCol w:w="1530"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F97E7C" w:rsidRPr="00C040F5" w14:paraId="2F0DEE61" w14:textId="77777777" w:rsidTr="000C11EA">
+      <w:tr w:rsidR="00F97E7C" w:rsidRPr="00C040F5" w14:paraId="2F0DEE61" w14:textId="77777777" w:rsidTr="009A62ED">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4117" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2D0D782F" w14:textId="77777777" w:rsidR="00F97E7C" w:rsidRPr="00C040F5" w:rsidRDefault="00F97E7C" w:rsidP="008B77A4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
@@ -3882,549 +3919,549 @@
           </w:tcPr>
           <w:p w14:paraId="3EDFE982" w14:textId="77777777" w:rsidR="00F97E7C" w:rsidRPr="00C040F5" w:rsidRDefault="00F97E7C" w:rsidP="008B77A4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C040F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Unit </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0002677E" w:rsidRPr="00C040F5" w14:paraId="02F71004" w14:textId="77777777" w:rsidTr="000C11EA">
+      <w:tr w:rsidR="0002677E" w:rsidRPr="00C040F5" w14:paraId="02F71004" w14:textId="77777777" w:rsidTr="009A62ED">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4117" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="447EC406" w14:textId="77777777" w:rsidR="0002677E" w:rsidRPr="00C040F5" w:rsidRDefault="0002677E" w:rsidP="0002677E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C040F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Orientation and Mobility (Level 1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4E32EA47" w14:textId="166F61AF" w:rsidR="0002677E" w:rsidRPr="00C040F5" w:rsidRDefault="0002677E" w:rsidP="0002677E">
+          <w:p w14:paraId="4E32EA47" w14:textId="58E42097" w:rsidR="0002677E" w:rsidRPr="00C040F5" w:rsidRDefault="0002677E" w:rsidP="0002677E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000C11EA">
+            <w:r w:rsidRPr="009A62ED">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> $105.84 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1252864E" w14:textId="77777777" w:rsidR="0002677E" w:rsidRPr="00C040F5" w:rsidRDefault="0002677E" w:rsidP="0002677E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C040F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Per Hour</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0002677E" w:rsidRPr="00C040F5" w14:paraId="7A92D0F3" w14:textId="77777777" w:rsidTr="000C11EA">
+      <w:tr w:rsidR="0002677E" w:rsidRPr="00C040F5" w14:paraId="7A92D0F3" w14:textId="77777777" w:rsidTr="009A62ED">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4117" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B2E2D56" w14:textId="77777777" w:rsidR="0002677E" w:rsidRPr="00C040F5" w:rsidRDefault="0002677E" w:rsidP="0002677E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C040F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Orientation and Mobility (Level 2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="158E2BD1" w14:textId="4A033DE8" w:rsidR="0002677E" w:rsidRPr="00C040F5" w:rsidRDefault="0002677E" w:rsidP="0002677E">
+          <w:p w14:paraId="158E2BD1" w14:textId="42C31FB7" w:rsidR="0002677E" w:rsidRPr="00C040F5" w:rsidRDefault="0002677E" w:rsidP="0002677E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000C11EA">
+            <w:r w:rsidRPr="009A62ED">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> $119.72 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0A33A6CE" w14:textId="77777777" w:rsidR="0002677E" w:rsidRPr="00C040F5" w:rsidRDefault="0002677E" w:rsidP="0002677E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C040F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Per Hour</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0002677E" w:rsidRPr="00C040F5" w14:paraId="1BFA7321" w14:textId="77777777" w:rsidTr="000C11EA">
+      <w:tr w:rsidR="0002677E" w:rsidRPr="00C040F5" w14:paraId="1BFA7321" w14:textId="77777777" w:rsidTr="009A62ED">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4117" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D66E93E" w14:textId="77777777" w:rsidR="0002677E" w:rsidRPr="00C040F5" w:rsidRDefault="0002677E" w:rsidP="0002677E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C040F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Orientation and Mobility (Level 3)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="200EF02D" w14:textId="796AC41F" w:rsidR="0002677E" w:rsidRPr="00C040F5" w:rsidRDefault="0002677E" w:rsidP="0002677E">
+          <w:p w14:paraId="200EF02D" w14:textId="52A487AC" w:rsidR="0002677E" w:rsidRPr="00C040F5" w:rsidRDefault="0002677E" w:rsidP="0002677E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000C11EA">
+            <w:r w:rsidRPr="009A62ED">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> $133.60 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7820C38A" w14:textId="77777777" w:rsidR="0002677E" w:rsidRPr="00C040F5" w:rsidRDefault="0002677E" w:rsidP="0002677E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C040F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Per Hour</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0002677E" w:rsidRPr="00C040F5" w14:paraId="1C9D9487" w14:textId="77777777" w:rsidTr="000C11EA">
+      <w:tr w:rsidR="0002677E" w:rsidRPr="00C040F5" w14:paraId="1C9D9487" w14:textId="77777777" w:rsidTr="009A62ED">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4117" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5823DF23" w14:textId="77777777" w:rsidR="0002677E" w:rsidRPr="00C040F5" w:rsidRDefault="0002677E" w:rsidP="0002677E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C040F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Deaf/Blind Community Access Network</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="73342883" w14:textId="0FF2C71C" w:rsidR="0002677E" w:rsidRPr="00C040F5" w:rsidRDefault="0002677E" w:rsidP="0002677E">
+          <w:p w14:paraId="73342883" w14:textId="0CF5A34F" w:rsidR="0002677E" w:rsidRPr="00C040F5" w:rsidRDefault="0002677E" w:rsidP="0002677E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000C11EA">
+            <w:r w:rsidRPr="009A62ED">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> $49.29 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="330331E3" w14:textId="77777777" w:rsidR="0002677E" w:rsidRPr="00C040F5" w:rsidRDefault="0002677E" w:rsidP="0002677E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C040F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Per Hour</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0002677E" w:rsidRPr="00C040F5" w14:paraId="6EB9CB33" w14:textId="77777777" w:rsidTr="000C11EA">
+      <w:tr w:rsidR="0002677E" w:rsidRPr="00C040F5" w14:paraId="6EB9CB33" w14:textId="77777777" w:rsidTr="009A62ED">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4117" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6457C852" w14:textId="77777777" w:rsidR="0002677E" w:rsidRPr="00C040F5" w:rsidRDefault="0002677E" w:rsidP="0002677E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C040F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Assistive Technology Independent Living</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="16ACE45B" w14:textId="6FCD3BBC" w:rsidR="0002677E" w:rsidRPr="00C040F5" w:rsidRDefault="0002677E" w:rsidP="0002677E">
+          <w:p w14:paraId="16ACE45B" w14:textId="4686CEA9" w:rsidR="0002677E" w:rsidRPr="00C040F5" w:rsidRDefault="0002677E" w:rsidP="0002677E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000C11EA">
+            <w:r w:rsidRPr="009A62ED">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> $187.13 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="01C1467D" w14:textId="77777777" w:rsidR="0002677E" w:rsidRPr="00C040F5" w:rsidRDefault="0002677E" w:rsidP="0002677E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C040F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Per Hour</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001D32D3" w:rsidRPr="00C040F5" w14:paraId="3441D444" w14:textId="77777777" w:rsidTr="000C11EA">
+      <w:tr w:rsidR="001D32D3" w:rsidRPr="00C040F5" w14:paraId="3441D444" w14:textId="77777777" w:rsidTr="009A62ED">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4117" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68B560A8" w14:textId="77777777" w:rsidR="001D32D3" w:rsidRPr="00C040F5" w:rsidRDefault="001D32D3" w:rsidP="001D32D3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C040F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -4479,720 +4516,720 @@
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="60944C59" w14:textId="77777777" w:rsidR="001D32D3" w:rsidRPr="00C040F5" w:rsidRDefault="001D32D3" w:rsidP="003E7114">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C040F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Device</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B0706A" w:rsidRPr="00C040F5" w14:paraId="4A8C8E79" w14:textId="77777777" w:rsidTr="000C11EA">
+      <w:tr w:rsidR="00B0706A" w:rsidRPr="00C040F5" w14:paraId="4A8C8E79" w14:textId="77777777" w:rsidTr="009A62ED">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6963" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F6E6E5B" w14:textId="5CA907A3" w:rsidR="00B0706A" w:rsidRPr="00C040F5" w:rsidRDefault="00B0706A" w:rsidP="00396894">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C040F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Home Care Assistance</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0002677E" w:rsidRPr="00C040F5" w14:paraId="697A8E76" w14:textId="77777777" w:rsidTr="000C11EA">
+      <w:tr w:rsidR="0002677E" w:rsidRPr="00C040F5" w14:paraId="697A8E76" w14:textId="77777777" w:rsidTr="009A62ED">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4117" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D4283B7" w14:textId="77777777" w:rsidR="0002677E" w:rsidRPr="00C040F5" w:rsidRDefault="0002677E" w:rsidP="0002677E">
             <w:pPr>
               <w:ind w:left="342"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C040F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>West</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="4BC3A918" w14:textId="2F798ED6" w:rsidR="0002677E" w:rsidRPr="00C040F5" w:rsidRDefault="0002677E" w:rsidP="0002677E">
+          <w:p w14:paraId="4BC3A918" w14:textId="3CB315BE" w:rsidR="0002677E" w:rsidRPr="00C040F5" w:rsidRDefault="0002677E" w:rsidP="0002677E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000C11EA">
+            <w:r w:rsidRPr="009A62ED">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> $35.12 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2C3ADE9A" w14:textId="77777777" w:rsidR="0002677E" w:rsidRPr="00C040F5" w:rsidRDefault="0002677E" w:rsidP="0002677E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C040F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Per Hour</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0002677E" w:rsidRPr="00C040F5" w14:paraId="6DE11998" w14:textId="77777777" w:rsidTr="000C11EA">
+      <w:tr w:rsidR="0002677E" w:rsidRPr="00C040F5" w14:paraId="6DE11998" w14:textId="77777777" w:rsidTr="009A62ED">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4117" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1DB840E0" w14:textId="77777777" w:rsidR="0002677E" w:rsidRPr="00C040F5" w:rsidRDefault="0002677E" w:rsidP="0002677E">
             <w:pPr>
               <w:ind w:left="342"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C040F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Central</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="409D9C74" w14:textId="6569852D" w:rsidR="0002677E" w:rsidRPr="00C040F5" w:rsidRDefault="0002677E" w:rsidP="0002677E">
+          <w:p w14:paraId="409D9C74" w14:textId="3D55E687" w:rsidR="0002677E" w:rsidRPr="00C040F5" w:rsidRDefault="0002677E" w:rsidP="0002677E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000C11EA">
+            <w:r w:rsidRPr="009A62ED">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> $33.04 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7987E820" w14:textId="77777777" w:rsidR="0002677E" w:rsidRPr="00C040F5" w:rsidRDefault="0002677E" w:rsidP="0002677E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C040F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Per Hour</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0002677E" w:rsidRPr="00C040F5" w14:paraId="1539DBF4" w14:textId="77777777" w:rsidTr="000C11EA">
+      <w:tr w:rsidR="0002677E" w:rsidRPr="00C040F5" w14:paraId="1539DBF4" w14:textId="77777777" w:rsidTr="009A62ED">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4117" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F9FD3BA" w14:textId="77777777" w:rsidR="0002677E" w:rsidRPr="00C040F5" w:rsidRDefault="0002677E" w:rsidP="0002677E">
             <w:pPr>
               <w:ind w:left="342"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C040F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Metropolitan Boston</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="618A7BFB" w14:textId="1C26FC98" w:rsidR="0002677E" w:rsidRPr="00C040F5" w:rsidRDefault="0002677E" w:rsidP="0002677E">
+          <w:p w14:paraId="618A7BFB" w14:textId="23798DFB" w:rsidR="0002677E" w:rsidRPr="00C040F5" w:rsidRDefault="0002677E" w:rsidP="0002677E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000C11EA">
+            <w:r w:rsidRPr="009A62ED">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> $33.20 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="18C33E4D" w14:textId="77777777" w:rsidR="0002677E" w:rsidRPr="00C040F5" w:rsidRDefault="0002677E" w:rsidP="0002677E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C040F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Per Hour</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0002677E" w:rsidRPr="00C040F5" w14:paraId="19733E40" w14:textId="77777777" w:rsidTr="000C11EA">
+      <w:tr w:rsidR="0002677E" w:rsidRPr="00C040F5" w14:paraId="19733E40" w14:textId="77777777" w:rsidTr="009A62ED">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4117" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="67B7DA28" w14:textId="77777777" w:rsidR="0002677E" w:rsidRPr="00C040F5" w:rsidRDefault="0002677E" w:rsidP="0002677E">
             <w:pPr>
               <w:ind w:left="342"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C040F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>North</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="13392B6B" w14:textId="1EB5269E" w:rsidR="0002677E" w:rsidRPr="00C040F5" w:rsidRDefault="0002677E" w:rsidP="0002677E">
+          <w:p w14:paraId="13392B6B" w14:textId="09488DDC" w:rsidR="0002677E" w:rsidRPr="00C040F5" w:rsidRDefault="0002677E" w:rsidP="0002677E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000C11EA">
+            <w:r w:rsidRPr="009A62ED">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> $34.22 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="13435727" w14:textId="77777777" w:rsidR="0002677E" w:rsidRPr="00C040F5" w:rsidRDefault="0002677E" w:rsidP="0002677E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C040F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Per Hour</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0002677E" w:rsidRPr="00C040F5" w14:paraId="02EC3FA4" w14:textId="77777777" w:rsidTr="000C11EA">
+      <w:tr w:rsidR="0002677E" w:rsidRPr="00C040F5" w14:paraId="02EC3FA4" w14:textId="77777777" w:rsidTr="009A62ED">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4117" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7527D0DF" w14:textId="77777777" w:rsidR="0002677E" w:rsidRPr="00C040F5" w:rsidRDefault="0002677E" w:rsidP="0002677E">
             <w:pPr>
               <w:ind w:left="342"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C040F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>South</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="138500FD" w14:textId="2697353F" w:rsidR="0002677E" w:rsidRPr="00C040F5" w:rsidRDefault="0002677E" w:rsidP="0002677E">
+          <w:p w14:paraId="138500FD" w14:textId="3F76E2D3" w:rsidR="0002677E" w:rsidRPr="00C040F5" w:rsidRDefault="0002677E" w:rsidP="0002677E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000C11EA">
+            <w:r w:rsidRPr="009A62ED">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> $34.11 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="708394B1" w14:textId="77777777" w:rsidR="0002677E" w:rsidRPr="00C040F5" w:rsidRDefault="0002677E" w:rsidP="0002677E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C040F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Per Hour</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0002677E" w:rsidRPr="00C040F5" w14:paraId="06C82537" w14:textId="77777777" w:rsidTr="000C11EA">
+      <w:tr w:rsidR="0002677E" w:rsidRPr="00C040F5" w14:paraId="06C82537" w14:textId="77777777" w:rsidTr="009A62ED">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4117" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C523B70" w14:textId="77777777" w:rsidR="0002677E" w:rsidRPr="00C040F5" w:rsidRDefault="0002677E" w:rsidP="0002677E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C040F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Vocational Rehabilitation Assistant</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="39BF0EC2" w14:textId="11E26E0F" w:rsidR="0002677E" w:rsidRPr="00C040F5" w:rsidRDefault="0002677E" w:rsidP="0002677E">
+          <w:p w14:paraId="39BF0EC2" w14:textId="4EE89171" w:rsidR="0002677E" w:rsidRPr="00C040F5" w:rsidRDefault="0002677E" w:rsidP="0002677E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000C11EA">
+            <w:r w:rsidRPr="009A62ED">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> $73.47 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="71A5F580" w14:textId="77777777" w:rsidR="0002677E" w:rsidRPr="00C040F5" w:rsidRDefault="0002677E" w:rsidP="0002677E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C040F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Per Hour</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001D32D3" w:rsidRPr="00C040F5" w14:paraId="7406A5DA" w14:textId="77777777" w:rsidTr="000C11EA">
+      <w:tr w:rsidR="001D32D3" w:rsidRPr="00C040F5" w14:paraId="7406A5DA" w14:textId="77777777" w:rsidTr="009A62ED">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4117" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="36C48F1D" w14:textId="77777777" w:rsidR="001D32D3" w:rsidRPr="00C040F5" w:rsidRDefault="001D32D3" w:rsidP="001D32D3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C040F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Brain Injury Community Outreach Service</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2DB31E1C" w14:textId="36A4E375" w:rsidR="001D32D3" w:rsidRPr="00C040F5" w:rsidRDefault="001D32D3" w:rsidP="003E7114">
+          <w:p w14:paraId="2DB31E1C" w14:textId="4B207F41" w:rsidR="001D32D3" w:rsidRPr="00C040F5" w:rsidRDefault="001D32D3" w:rsidP="003E7114">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C040F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
             <w:r w:rsidR="0002677E" w:rsidRPr="00C040F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>25.71</w:t>
             </w:r>
             <w:r w:rsidRPr="00C040F5">
@@ -5217,165 +5254,165 @@
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B96D217" w14:textId="77777777" w:rsidR="001D32D3" w:rsidRPr="00C040F5" w:rsidRDefault="001D32D3" w:rsidP="003E7114">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C040F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Per ¼ hour</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001D32D3" w:rsidRPr="00C040F5" w14:paraId="66F94987" w14:textId="77777777" w:rsidTr="000C11EA">
+      <w:tr w:rsidR="001D32D3" w:rsidRPr="00C040F5" w14:paraId="66F94987" w14:textId="77777777" w:rsidTr="009A62ED">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4117" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E1592CF" w14:textId="77777777" w:rsidR="001D32D3" w:rsidRPr="00C040F5" w:rsidRDefault="001D32D3" w:rsidP="001D32D3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C040F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Brain Injury Site-based Service</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5CADD75B" w14:textId="631286FC" w:rsidR="001D32D3" w:rsidRPr="00C040F5" w:rsidRDefault="001D32D3" w:rsidP="003E7114">
+          <w:p w14:paraId="5CADD75B" w14:textId="00BFDF8C" w:rsidR="001D32D3" w:rsidRPr="00C040F5" w:rsidRDefault="001D32D3" w:rsidP="003E7114">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C040F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
             <w:r w:rsidR="00C23AC2" w:rsidRPr="00C040F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>81.83</w:t>
             </w:r>
             <w:r w:rsidRPr="00C040F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="142B94D4" w14:textId="707F640C" w:rsidR="001D32D3" w:rsidRPr="00C040F5" w:rsidRDefault="00C23AC2" w:rsidP="003E7114">
+          <w:p w14:paraId="142B94D4" w14:textId="16CED245" w:rsidR="001D32D3" w:rsidRPr="00C040F5" w:rsidRDefault="00C23AC2" w:rsidP="003E7114">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C040F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Half Day</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C23AC2" w:rsidRPr="00C040F5" w14:paraId="7DABBAEB" w14:textId="77777777" w:rsidTr="000C11EA">
+      <w:tr w:rsidR="00C23AC2" w:rsidRPr="00C040F5" w14:paraId="7DABBAEB" w14:textId="77777777" w:rsidTr="009A62ED">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4117" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37DD5D4C" w14:textId="63377DAB" w:rsidR="00C23AC2" w:rsidRPr="00C040F5" w:rsidRDefault="00C23AC2" w:rsidP="001D32D3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C040F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -5429,97 +5466,97 @@
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="367D3D76" w14:textId="0568C1BC" w:rsidR="00C23AC2" w:rsidRPr="00C040F5" w:rsidRDefault="00C23AC2" w:rsidP="003E7114">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C040F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Full Day</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001D32D3" w:rsidRPr="00C040F5" w14:paraId="1937C5C6" w14:textId="77777777" w:rsidTr="000C11EA">
+      <w:tr w:rsidR="001D32D3" w:rsidRPr="00C040F5" w14:paraId="1937C5C6" w14:textId="77777777" w:rsidTr="009A62ED">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4117" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0486A8F2" w14:textId="77777777" w:rsidR="001D32D3" w:rsidRPr="00C040F5" w:rsidRDefault="001D32D3" w:rsidP="001D32D3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C040F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Brain Injury Direct Care Add-on</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D0C0AC8" w14:textId="622E1A6A" w:rsidR="001D32D3" w:rsidRPr="00C040F5" w:rsidRDefault="001D32D3" w:rsidP="003E7114">
+          <w:p w14:paraId="3D0C0AC8" w14:textId="17655FA2" w:rsidR="001D32D3" w:rsidRPr="00C040F5" w:rsidRDefault="001D32D3" w:rsidP="003E7114">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C040F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
             <w:r w:rsidR="00E911F2" w:rsidRPr="00C040F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7.69</w:t>
             </w:r>
             <w:r w:rsidRPr="00C040F5">
@@ -7871,82 +7908,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>101 CMR 422.00:  M.G.L. c</w:t>
       </w:r>
       <w:r w:rsidR="00D14CA3" w:rsidRPr="00C040F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00C040F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 118E.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="003F09E7" w:rsidRPr="00820E99" w:rsidSect="00A95142">
-      <w:headerReference w:type="even" r:id="rId8"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId13"/>
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="even" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:headerReference w:type="first" r:id="rId11"/>
+      <w:footerReference w:type="first" r:id="rId12"/>
       <w:endnotePr>
         <w:numFmt w:val="decimal"/>
       </w:endnotePr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4117AC28" w14:textId="77777777" w:rsidR="005D1E81" w:rsidRDefault="005D1E81">
+    <w:p w14:paraId="7CC87786" w14:textId="77777777" w:rsidR="004138E0" w:rsidRDefault="004138E0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="23B8932A" w14:textId="77777777" w:rsidR="005D1E81" w:rsidRDefault="005D1E81">
+    <w:p w14:paraId="2345AD70" w14:textId="77777777" w:rsidR="004138E0" w:rsidRDefault="004138E0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
@@ -8271,77 +8307,67 @@
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="00455EB8">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="0CCD66A6" w14:textId="77777777" w:rsidR="00455EB8" w:rsidRDefault="00455EB8">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7832744A" w14:textId="77777777" w:rsidR="005D1E81" w:rsidRDefault="005D1E81">
+    <w:p w14:paraId="19542915" w14:textId="77777777" w:rsidR="004138E0" w:rsidRDefault="004138E0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="31FCE6D8" w14:textId="77777777" w:rsidR="005D1E81" w:rsidRDefault="005D1E81">
+    <w:p w14:paraId="6802B0BA" w14:textId="77777777" w:rsidR="004138E0" w:rsidRDefault="004138E0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-[...8 lines deleted...]
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2279A735" w14:textId="743934DA" w:rsidR="00D8252A" w:rsidRDefault="00B61702" w:rsidP="00C9569F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>Proposed Regulation</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="30106BD4" w14:textId="26195596" w:rsidR="00F552E8" w:rsidRPr="00F56569" w:rsidRDefault="00B947C2" w:rsidP="00C9569F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
@@ -8422,51 +8448,51 @@
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>101 CMR:  EXECUTIVE OFFICE OF HEALTH AND HUMAN SERVICES</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="54B35E4A" w14:textId="77777777" w:rsidR="00380808" w:rsidRDefault="00380808" w:rsidP="00C9569F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="00352A35" w14:textId="1DB850AB" w:rsidR="00171352" w:rsidRDefault="00171352" w:rsidP="00C9569F">
+  <w:p w14:paraId="00352A35" w14:textId="27129708" w:rsidR="00171352" w:rsidRDefault="00171352" w:rsidP="00C9569F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00F56569">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve">101 CMR </w:t>
     </w:r>
     <w:r w:rsidR="008C61CE" w:rsidRPr="00E74996">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve">422.00:  </w:t>
     </w:r>
@@ -8502,51 +8528,51 @@
       </w:rPr>
       <w:t>SERVICES</w:t>
     </w:r>
     <w:r w:rsidR="0098099A">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="12A0E742" w14:textId="77777777" w:rsidR="00380808" w:rsidRPr="00E74996" w:rsidRDefault="00380808" w:rsidP="00C9569F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="73452808" w14:textId="4FAD7AC7" w:rsidR="004238FE" w:rsidRDefault="00B61702" w:rsidP="008C61CE">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>Proposed Regulation</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="3F1DA65B" w14:textId="5E7B3463" w:rsidR="00F93AF5" w:rsidRPr="00DC43DA" w:rsidRDefault="00651B55" w:rsidP="008C61CE">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
@@ -8607,51 +8633,51 @@
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00E50EF3">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>101 CMR:  EXECUTIVE OFFICE OF HEALTH AND HUMAN SERVICES</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="1EFDCEEA" w14:textId="77777777" w:rsidR="00171352" w:rsidRPr="00E50EF3" w:rsidRDefault="00171352" w:rsidP="003450E7">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="09F7AB7F" w14:textId="42FB62C6" w:rsidR="00171352" w:rsidRPr="00F56569" w:rsidRDefault="00171352" w:rsidP="0094347A">
+  <w:p w14:paraId="09F7AB7F" w14:textId="0F38C4D5" w:rsidR="00171352" w:rsidRPr="00F56569" w:rsidRDefault="00171352" w:rsidP="0094347A">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00E50EF3">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve">101 CMR </w:t>
     </w:r>
     <w:r w:rsidR="00853ABC" w:rsidRPr="00E74996">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve">422.00:   </w:t>
     </w:r>
@@ -9227,108 +9253,108 @@
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1465850491">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1731003663">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="658576937">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="800810849">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1483617283">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:removePersonalInformation/>
+  <w:removeDateAndTime/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:numFmt w:val="decimal"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00342C2D"/>
     <w:rsid w:val="00003BAD"/>
     <w:rsid w:val="000075CE"/>
     <w:rsid w:val="00007E1B"/>
     <w:rsid w:val="000111BB"/>
-    <w:rsid w:val="000135FF"/>
     <w:rsid w:val="00022D9F"/>
     <w:rsid w:val="00024567"/>
     <w:rsid w:val="00025910"/>
     <w:rsid w:val="0002677E"/>
     <w:rsid w:val="00035524"/>
     <w:rsid w:val="0004245A"/>
     <w:rsid w:val="00050F6C"/>
     <w:rsid w:val="00053100"/>
     <w:rsid w:val="000559D0"/>
     <w:rsid w:val="00063A6E"/>
     <w:rsid w:val="0006413C"/>
     <w:rsid w:val="00065CEE"/>
     <w:rsid w:val="000708D5"/>
     <w:rsid w:val="00076503"/>
     <w:rsid w:val="00077D5C"/>
     <w:rsid w:val="00085F3B"/>
     <w:rsid w:val="000907C2"/>
     <w:rsid w:val="00095B2C"/>
     <w:rsid w:val="00095E06"/>
     <w:rsid w:val="0009606D"/>
     <w:rsid w:val="00097265"/>
     <w:rsid w:val="000A01E4"/>
     <w:rsid w:val="000A100A"/>
     <w:rsid w:val="000A764E"/>
     <w:rsid w:val="000B168D"/>
     <w:rsid w:val="000B7233"/>
-    <w:rsid w:val="000C11EA"/>
     <w:rsid w:val="000C122A"/>
     <w:rsid w:val="000C2A1E"/>
     <w:rsid w:val="000C3B4A"/>
     <w:rsid w:val="000C4988"/>
     <w:rsid w:val="000C7169"/>
     <w:rsid w:val="000D47CE"/>
     <w:rsid w:val="000E1564"/>
     <w:rsid w:val="000E23A1"/>
     <w:rsid w:val="000E41AF"/>
     <w:rsid w:val="000E4F82"/>
     <w:rsid w:val="000E5FE7"/>
     <w:rsid w:val="000E6CAE"/>
     <w:rsid w:val="000F0782"/>
     <w:rsid w:val="000F25FF"/>
     <w:rsid w:val="000F4B92"/>
     <w:rsid w:val="000F7BBD"/>
     <w:rsid w:val="001057AC"/>
     <w:rsid w:val="00111E5E"/>
     <w:rsid w:val="00116CB6"/>
     <w:rsid w:val="00122419"/>
     <w:rsid w:val="00124181"/>
     <w:rsid w:val="001311CA"/>
     <w:rsid w:val="001340CB"/>
     <w:rsid w:val="00135086"/>
     <w:rsid w:val="00142D20"/>
@@ -9418,108 +9444,111 @@
     <w:rsid w:val="00317FDB"/>
     <w:rsid w:val="003228D3"/>
     <w:rsid w:val="00326CD1"/>
     <w:rsid w:val="00333B3A"/>
     <w:rsid w:val="003343D7"/>
     <w:rsid w:val="00335D3B"/>
     <w:rsid w:val="00337778"/>
     <w:rsid w:val="003424DF"/>
     <w:rsid w:val="00342915"/>
     <w:rsid w:val="00342C2D"/>
     <w:rsid w:val="00344709"/>
     <w:rsid w:val="003450E7"/>
     <w:rsid w:val="0034690B"/>
     <w:rsid w:val="003522DF"/>
     <w:rsid w:val="00352D4C"/>
     <w:rsid w:val="00353DB1"/>
     <w:rsid w:val="00363E43"/>
     <w:rsid w:val="00364503"/>
     <w:rsid w:val="00372D39"/>
     <w:rsid w:val="00374610"/>
     <w:rsid w:val="003746E3"/>
     <w:rsid w:val="003765F8"/>
     <w:rsid w:val="0038041D"/>
     <w:rsid w:val="00380808"/>
     <w:rsid w:val="00380DE9"/>
+    <w:rsid w:val="00390C56"/>
     <w:rsid w:val="0039219F"/>
     <w:rsid w:val="003944C1"/>
     <w:rsid w:val="00396894"/>
     <w:rsid w:val="003A0307"/>
     <w:rsid w:val="003A0E61"/>
     <w:rsid w:val="003A13C6"/>
     <w:rsid w:val="003A1E9E"/>
     <w:rsid w:val="003A5EBF"/>
     <w:rsid w:val="003A7D53"/>
     <w:rsid w:val="003B0A10"/>
     <w:rsid w:val="003B0C75"/>
     <w:rsid w:val="003B0E5A"/>
     <w:rsid w:val="003B23F1"/>
     <w:rsid w:val="003B6B89"/>
     <w:rsid w:val="003B6FE2"/>
     <w:rsid w:val="003C0DEB"/>
     <w:rsid w:val="003C5178"/>
     <w:rsid w:val="003C7BA5"/>
     <w:rsid w:val="003D2B8E"/>
     <w:rsid w:val="003D4E6F"/>
     <w:rsid w:val="003D6CCA"/>
     <w:rsid w:val="003D6ECA"/>
     <w:rsid w:val="003E1538"/>
     <w:rsid w:val="003E2A51"/>
     <w:rsid w:val="003E4485"/>
     <w:rsid w:val="003E7114"/>
     <w:rsid w:val="003F09E7"/>
     <w:rsid w:val="003F2A64"/>
     <w:rsid w:val="003F487B"/>
     <w:rsid w:val="003F6148"/>
     <w:rsid w:val="0040300C"/>
     <w:rsid w:val="004111F5"/>
     <w:rsid w:val="0041337D"/>
+    <w:rsid w:val="004138E0"/>
     <w:rsid w:val="004169B3"/>
     <w:rsid w:val="00416F16"/>
     <w:rsid w:val="00417BFC"/>
     <w:rsid w:val="004203C5"/>
     <w:rsid w:val="00420AA4"/>
     <w:rsid w:val="004238FE"/>
     <w:rsid w:val="00424497"/>
     <w:rsid w:val="0042698E"/>
     <w:rsid w:val="00434B48"/>
     <w:rsid w:val="00440260"/>
     <w:rsid w:val="0044246A"/>
     <w:rsid w:val="00445594"/>
     <w:rsid w:val="004462A0"/>
     <w:rsid w:val="00450ADD"/>
     <w:rsid w:val="00455EB8"/>
     <w:rsid w:val="004650F3"/>
     <w:rsid w:val="0046625F"/>
     <w:rsid w:val="00466601"/>
     <w:rsid w:val="00471463"/>
     <w:rsid w:val="004722DC"/>
     <w:rsid w:val="00474EF7"/>
     <w:rsid w:val="00475D07"/>
     <w:rsid w:val="004769EB"/>
     <w:rsid w:val="00477DFA"/>
     <w:rsid w:val="00477F1B"/>
+    <w:rsid w:val="00483D9F"/>
     <w:rsid w:val="00491667"/>
     <w:rsid w:val="00492283"/>
     <w:rsid w:val="004934E2"/>
     <w:rsid w:val="0049722E"/>
     <w:rsid w:val="004975D7"/>
     <w:rsid w:val="004A2184"/>
     <w:rsid w:val="004A6872"/>
     <w:rsid w:val="004B1F65"/>
     <w:rsid w:val="004B5132"/>
     <w:rsid w:val="004B5441"/>
     <w:rsid w:val="004B7914"/>
     <w:rsid w:val="004C3DFC"/>
     <w:rsid w:val="004C506C"/>
     <w:rsid w:val="004D3F1C"/>
     <w:rsid w:val="004D547E"/>
     <w:rsid w:val="004D6027"/>
     <w:rsid w:val="004D7677"/>
     <w:rsid w:val="004E10FA"/>
     <w:rsid w:val="004E2A5D"/>
     <w:rsid w:val="004E6BF0"/>
     <w:rsid w:val="004F0414"/>
     <w:rsid w:val="004F0B47"/>
     <w:rsid w:val="004F0DC3"/>
     <w:rsid w:val="004F1F66"/>
     <w:rsid w:val="004F345C"/>
@@ -9711,50 +9740,51 @@
     <w:rsid w:val="009346FC"/>
     <w:rsid w:val="00937CDF"/>
     <w:rsid w:val="00942BD2"/>
     <w:rsid w:val="0094347A"/>
     <w:rsid w:val="00944285"/>
     <w:rsid w:val="00945394"/>
     <w:rsid w:val="00946ED2"/>
     <w:rsid w:val="00947457"/>
     <w:rsid w:val="00947A3F"/>
     <w:rsid w:val="00955A4A"/>
     <w:rsid w:val="009563A1"/>
     <w:rsid w:val="0095789B"/>
     <w:rsid w:val="00961FC9"/>
     <w:rsid w:val="00966E4D"/>
     <w:rsid w:val="009702E0"/>
     <w:rsid w:val="00970EE9"/>
     <w:rsid w:val="00974E8F"/>
     <w:rsid w:val="0098099A"/>
     <w:rsid w:val="00980CD8"/>
     <w:rsid w:val="00983276"/>
     <w:rsid w:val="009860FE"/>
     <w:rsid w:val="00986875"/>
     <w:rsid w:val="00990916"/>
     <w:rsid w:val="0099276A"/>
     <w:rsid w:val="009974F1"/>
+    <w:rsid w:val="009A62ED"/>
     <w:rsid w:val="009B1235"/>
     <w:rsid w:val="009B3030"/>
     <w:rsid w:val="009B33F0"/>
     <w:rsid w:val="009B4F59"/>
     <w:rsid w:val="009B737E"/>
     <w:rsid w:val="009B7E7F"/>
     <w:rsid w:val="009C21AC"/>
     <w:rsid w:val="009C30E2"/>
     <w:rsid w:val="009C6D82"/>
     <w:rsid w:val="009D14D6"/>
     <w:rsid w:val="009D1ACC"/>
     <w:rsid w:val="009D3234"/>
     <w:rsid w:val="009D5669"/>
     <w:rsid w:val="009D7EFA"/>
     <w:rsid w:val="009E0DDB"/>
     <w:rsid w:val="009E44FA"/>
     <w:rsid w:val="009E588F"/>
     <w:rsid w:val="009E599B"/>
     <w:rsid w:val="009E648D"/>
     <w:rsid w:val="009E6968"/>
     <w:rsid w:val="009F33DC"/>
     <w:rsid w:val="009F34C6"/>
     <w:rsid w:val="009F68A9"/>
     <w:rsid w:val="00A06BEA"/>
     <w:rsid w:val="00A1251F"/>
@@ -9860,50 +9890,51 @@
     <w:rsid w:val="00BE29F8"/>
     <w:rsid w:val="00BF555E"/>
     <w:rsid w:val="00BF6648"/>
     <w:rsid w:val="00C01C84"/>
     <w:rsid w:val="00C031D9"/>
     <w:rsid w:val="00C040F5"/>
     <w:rsid w:val="00C0796A"/>
     <w:rsid w:val="00C1145C"/>
     <w:rsid w:val="00C137C4"/>
     <w:rsid w:val="00C13C60"/>
     <w:rsid w:val="00C1486C"/>
     <w:rsid w:val="00C1749D"/>
     <w:rsid w:val="00C20720"/>
     <w:rsid w:val="00C2267D"/>
     <w:rsid w:val="00C23AC2"/>
     <w:rsid w:val="00C26B85"/>
     <w:rsid w:val="00C30432"/>
     <w:rsid w:val="00C33475"/>
     <w:rsid w:val="00C37413"/>
     <w:rsid w:val="00C45995"/>
     <w:rsid w:val="00C47B16"/>
     <w:rsid w:val="00C54512"/>
     <w:rsid w:val="00C5586F"/>
     <w:rsid w:val="00C637EA"/>
     <w:rsid w:val="00C72736"/>
+    <w:rsid w:val="00C7388E"/>
     <w:rsid w:val="00C73995"/>
     <w:rsid w:val="00C76D58"/>
     <w:rsid w:val="00C81122"/>
     <w:rsid w:val="00C8602D"/>
     <w:rsid w:val="00C91E71"/>
     <w:rsid w:val="00C935AC"/>
     <w:rsid w:val="00C936E8"/>
     <w:rsid w:val="00C9569F"/>
     <w:rsid w:val="00CA3F82"/>
     <w:rsid w:val="00CA441F"/>
     <w:rsid w:val="00CA4BDB"/>
     <w:rsid w:val="00CA50AA"/>
     <w:rsid w:val="00CA595C"/>
     <w:rsid w:val="00CA66D6"/>
     <w:rsid w:val="00CA6C28"/>
     <w:rsid w:val="00CA6F60"/>
     <w:rsid w:val="00CB014C"/>
     <w:rsid w:val="00CB19BB"/>
     <w:rsid w:val="00CC0350"/>
     <w:rsid w:val="00CC1C6B"/>
     <w:rsid w:val="00CC57C2"/>
     <w:rsid w:val="00CD05AA"/>
     <w:rsid w:val="00CD0DA5"/>
     <w:rsid w:val="00CD5FD4"/>
     <w:rsid w:val="00CE4FA0"/>
@@ -10002,50 +10033,51 @@
     <w:rsid w:val="00EA2EB7"/>
     <w:rsid w:val="00EA4B8C"/>
     <w:rsid w:val="00EA530E"/>
     <w:rsid w:val="00EA69C7"/>
     <w:rsid w:val="00EB0E82"/>
     <w:rsid w:val="00EB6047"/>
     <w:rsid w:val="00EC1BE1"/>
     <w:rsid w:val="00EC6CDD"/>
     <w:rsid w:val="00EC7390"/>
     <w:rsid w:val="00EC7EF9"/>
     <w:rsid w:val="00ED03EC"/>
     <w:rsid w:val="00ED0C2A"/>
     <w:rsid w:val="00ED4614"/>
     <w:rsid w:val="00EE12CB"/>
     <w:rsid w:val="00EE1A71"/>
     <w:rsid w:val="00EE6759"/>
     <w:rsid w:val="00EE6E74"/>
     <w:rsid w:val="00EF715E"/>
     <w:rsid w:val="00F03457"/>
     <w:rsid w:val="00F04541"/>
     <w:rsid w:val="00F07107"/>
     <w:rsid w:val="00F133AE"/>
     <w:rsid w:val="00F14636"/>
     <w:rsid w:val="00F20F44"/>
     <w:rsid w:val="00F2194E"/>
+    <w:rsid w:val="00F222EA"/>
     <w:rsid w:val="00F2415C"/>
     <w:rsid w:val="00F24B69"/>
     <w:rsid w:val="00F27596"/>
     <w:rsid w:val="00F31169"/>
     <w:rsid w:val="00F3220C"/>
     <w:rsid w:val="00F32F9F"/>
     <w:rsid w:val="00F365CF"/>
     <w:rsid w:val="00F41816"/>
     <w:rsid w:val="00F42514"/>
     <w:rsid w:val="00F4313F"/>
     <w:rsid w:val="00F466E3"/>
     <w:rsid w:val="00F50C64"/>
     <w:rsid w:val="00F5249E"/>
     <w:rsid w:val="00F539FF"/>
     <w:rsid w:val="00F552E8"/>
     <w:rsid w:val="00F56569"/>
     <w:rsid w:val="00F60B7B"/>
     <w:rsid w:val="00F671DA"/>
     <w:rsid w:val="00F70139"/>
     <w:rsid w:val="00F774FC"/>
     <w:rsid w:val="00F90F44"/>
     <w:rsid w:val="00F930B9"/>
     <w:rsid w:val="00F935D6"/>
     <w:rsid w:val="00F93AF5"/>
     <w:rsid w:val="00F97E7C"/>
@@ -10066,51 +10098,50 @@
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7FE08AC3"/>
-  <w15:docId w15:val="{73B66C8D-20BD-466F-9059-3518E5CDB78D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:locked="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:locked="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -10787,51 +10818,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2084983669">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -11109,60 +11140,44 @@
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{47BD73BC-23AF-4733-8246-6A86B355F950}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
   <Words>1954</Words>
   <Characters>12778</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>106</Lines>
   <Paragraphs>29</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>14703</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Farrell, Conor (EHS)</dc:creator>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <dc:creator/>
+  <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>