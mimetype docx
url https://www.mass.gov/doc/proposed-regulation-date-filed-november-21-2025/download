--- v0 (2025-11-26)
+++ v1 (2026-03-31)
@@ -548,51 +548,51 @@
       <w:r w:rsidR="00F303D3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>governmental unit.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D656FD2" w14:textId="77777777" w:rsidR="006B08ED" w:rsidRDefault="006B08ED" w:rsidP="008E27D5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1890"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="077F7A59" w14:textId="1E9B4719" w:rsidR="006B08ED" w:rsidRPr="00E46185" w:rsidRDefault="006B08ED" w:rsidP="008E27D5">
+    <w:p w14:paraId="077F7A59" w14:textId="6FE810CA" w:rsidR="006B08ED" w:rsidRPr="00E46185" w:rsidRDefault="006B08ED" w:rsidP="008E27D5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1890"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2)  </w:t>
       </w:r>
       <w:r w:rsidR="00336122">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -3695,51 +3695,51 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Per Service Day</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="251CD636" w14:textId="4B80B9BD" w:rsidR="002F153A" w:rsidRPr="00EF0440" w:rsidRDefault="002F153A" w:rsidP="00751E0C">
+          <w:p w14:paraId="251CD636" w14:textId="03166B18" w:rsidR="002F153A" w:rsidRPr="00EF0440" w:rsidRDefault="002F153A" w:rsidP="00751E0C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
             <w:r w:rsidR="00D51F60">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>82.04</w:t>
             </w:r>
           </w:p>
@@ -3803,51 +3803,51 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Per Service Day</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2866F61A" w14:textId="24626DF0" w:rsidR="002F153A" w:rsidRPr="00EF0440" w:rsidRDefault="002F153A" w:rsidP="00751E0C">
+          <w:p w14:paraId="2866F61A" w14:textId="0E1734A4" w:rsidR="002F153A" w:rsidRPr="00EF0440" w:rsidRDefault="002F153A" w:rsidP="00751E0C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
             <w:r w:rsidR="00A21418">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>78.86</w:t>
             </w:r>
           </w:p>
@@ -3911,51 +3911,51 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Per Service Day</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3472263B" w14:textId="684124D5" w:rsidR="002F153A" w:rsidRPr="00EF0440" w:rsidRDefault="002F153A" w:rsidP="00751E0C">
+          <w:p w14:paraId="3472263B" w14:textId="4B98156C" w:rsidR="002F153A" w:rsidRPr="00EF0440" w:rsidRDefault="002F153A" w:rsidP="00751E0C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
             <w:r w:rsidR="00A21418">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>58.78</w:t>
             </w:r>
           </w:p>
@@ -4019,51 +4019,51 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Per Service Day</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6AA8C4D3" w14:textId="262EEF53" w:rsidR="002F153A" w:rsidRPr="00170F77" w:rsidRDefault="002F153A" w:rsidP="00751E0C">
+          <w:p w14:paraId="6AA8C4D3" w14:textId="247AAD86" w:rsidR="002F153A" w:rsidRPr="00D765AC" w:rsidRDefault="002F153A" w:rsidP="00751E0C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D51F60">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
             <w:r w:rsidR="00A21418">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>103.14</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -9350,50 +9350,52 @@
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1968732102">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="735783959">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="2029019532">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1600675827">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="401685374">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1793861521">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:removePersonalInformation/>
+  <w:removeDateAndTime/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:numFmt w:val="decimal"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
@@ -9430,137 +9432,139 @@
     <w:rsid w:val="000C7169"/>
     <w:rsid w:val="000D01CB"/>
     <w:rsid w:val="000D203A"/>
     <w:rsid w:val="000D47CE"/>
     <w:rsid w:val="000D7FBF"/>
     <w:rsid w:val="000E5281"/>
     <w:rsid w:val="000F25FF"/>
     <w:rsid w:val="000F5A95"/>
     <w:rsid w:val="000F7BBD"/>
     <w:rsid w:val="001057AC"/>
     <w:rsid w:val="00113E56"/>
     <w:rsid w:val="00116CB6"/>
     <w:rsid w:val="00122419"/>
     <w:rsid w:val="00125DFF"/>
     <w:rsid w:val="00131C94"/>
     <w:rsid w:val="0013285E"/>
     <w:rsid w:val="0013303C"/>
     <w:rsid w:val="001344E7"/>
     <w:rsid w:val="00135086"/>
     <w:rsid w:val="001369B5"/>
     <w:rsid w:val="00145C17"/>
     <w:rsid w:val="00151BAD"/>
     <w:rsid w:val="0015522E"/>
     <w:rsid w:val="00164461"/>
     <w:rsid w:val="00165A60"/>
-    <w:rsid w:val="00170F77"/>
     <w:rsid w:val="001773A1"/>
     <w:rsid w:val="00177D9C"/>
     <w:rsid w:val="001819D7"/>
     <w:rsid w:val="00186BCF"/>
     <w:rsid w:val="00190CF0"/>
     <w:rsid w:val="00192EFA"/>
     <w:rsid w:val="00193DE9"/>
     <w:rsid w:val="0019678E"/>
     <w:rsid w:val="00196AD2"/>
     <w:rsid w:val="001A10DE"/>
     <w:rsid w:val="001A3231"/>
     <w:rsid w:val="001C1739"/>
     <w:rsid w:val="001C1746"/>
     <w:rsid w:val="001C2EFB"/>
     <w:rsid w:val="001C4E52"/>
     <w:rsid w:val="001C7E8C"/>
     <w:rsid w:val="001D1CB2"/>
     <w:rsid w:val="001D5757"/>
     <w:rsid w:val="001D641B"/>
     <w:rsid w:val="001E63DA"/>
     <w:rsid w:val="001E7A8C"/>
     <w:rsid w:val="001F3524"/>
     <w:rsid w:val="001F36D0"/>
     <w:rsid w:val="001F7A4B"/>
     <w:rsid w:val="0020221B"/>
     <w:rsid w:val="00204253"/>
     <w:rsid w:val="00205031"/>
     <w:rsid w:val="00210327"/>
     <w:rsid w:val="0021093F"/>
     <w:rsid w:val="00221520"/>
-    <w:rsid w:val="00221EE4"/>
     <w:rsid w:val="002250D7"/>
     <w:rsid w:val="00227D7C"/>
     <w:rsid w:val="0023664E"/>
     <w:rsid w:val="002369ED"/>
     <w:rsid w:val="0024061D"/>
     <w:rsid w:val="0024371D"/>
     <w:rsid w:val="00246479"/>
     <w:rsid w:val="0024685E"/>
     <w:rsid w:val="0025073D"/>
     <w:rsid w:val="00250EA2"/>
     <w:rsid w:val="0025209C"/>
     <w:rsid w:val="0025780F"/>
     <w:rsid w:val="002656FC"/>
     <w:rsid w:val="00267F46"/>
     <w:rsid w:val="0027550B"/>
     <w:rsid w:val="00282038"/>
     <w:rsid w:val="00285364"/>
     <w:rsid w:val="00285B92"/>
     <w:rsid w:val="00286FF9"/>
     <w:rsid w:val="00287BBF"/>
     <w:rsid w:val="00291807"/>
     <w:rsid w:val="00291C60"/>
     <w:rsid w:val="00292079"/>
     <w:rsid w:val="00295947"/>
     <w:rsid w:val="002A12BA"/>
     <w:rsid w:val="002A2061"/>
     <w:rsid w:val="002A3CC3"/>
     <w:rsid w:val="002A6843"/>
     <w:rsid w:val="002B5AFA"/>
     <w:rsid w:val="002C7AB8"/>
     <w:rsid w:val="002F0681"/>
     <w:rsid w:val="002F153A"/>
+    <w:rsid w:val="002F391C"/>
     <w:rsid w:val="00302213"/>
     <w:rsid w:val="00317FDB"/>
     <w:rsid w:val="00322051"/>
     <w:rsid w:val="003251AB"/>
     <w:rsid w:val="00326F6D"/>
     <w:rsid w:val="003275CD"/>
     <w:rsid w:val="00331D6B"/>
     <w:rsid w:val="00333B3A"/>
     <w:rsid w:val="003343D7"/>
     <w:rsid w:val="00334F2A"/>
     <w:rsid w:val="00336122"/>
     <w:rsid w:val="00337778"/>
     <w:rsid w:val="00342C2D"/>
     <w:rsid w:val="00344A0C"/>
+    <w:rsid w:val="00354BDE"/>
     <w:rsid w:val="003602B2"/>
+    <w:rsid w:val="0036335C"/>
     <w:rsid w:val="00364503"/>
     <w:rsid w:val="00370D49"/>
     <w:rsid w:val="003720B8"/>
     <w:rsid w:val="00372D39"/>
     <w:rsid w:val="003738A4"/>
     <w:rsid w:val="00374610"/>
     <w:rsid w:val="003765F8"/>
     <w:rsid w:val="0038542E"/>
+    <w:rsid w:val="00390C56"/>
     <w:rsid w:val="0039219F"/>
     <w:rsid w:val="003959E4"/>
     <w:rsid w:val="00396334"/>
     <w:rsid w:val="003978F9"/>
     <w:rsid w:val="003A0307"/>
     <w:rsid w:val="003A0E61"/>
     <w:rsid w:val="003A10AD"/>
     <w:rsid w:val="003A1E9E"/>
     <w:rsid w:val="003A5EBF"/>
     <w:rsid w:val="003A7D53"/>
     <w:rsid w:val="003B0A10"/>
     <w:rsid w:val="003B0E5A"/>
     <w:rsid w:val="003B1174"/>
     <w:rsid w:val="003B6B89"/>
     <w:rsid w:val="003C0A4C"/>
     <w:rsid w:val="003C489B"/>
     <w:rsid w:val="003C735A"/>
     <w:rsid w:val="003C76FB"/>
     <w:rsid w:val="003E50D5"/>
     <w:rsid w:val="003F2A64"/>
     <w:rsid w:val="004111F5"/>
     <w:rsid w:val="0041288D"/>
     <w:rsid w:val="0041337D"/>
     <w:rsid w:val="004168C8"/>
     <w:rsid w:val="00416F16"/>
@@ -9887,59 +9891,59 @@
     <w:rsid w:val="00CF110D"/>
     <w:rsid w:val="00CF25EF"/>
     <w:rsid w:val="00CF4A1D"/>
     <w:rsid w:val="00CF5B4C"/>
     <w:rsid w:val="00CF7F4A"/>
     <w:rsid w:val="00D05D4F"/>
     <w:rsid w:val="00D15174"/>
     <w:rsid w:val="00D170B4"/>
     <w:rsid w:val="00D171F9"/>
     <w:rsid w:val="00D217B7"/>
     <w:rsid w:val="00D220FD"/>
     <w:rsid w:val="00D2462A"/>
     <w:rsid w:val="00D310D8"/>
     <w:rsid w:val="00D325DE"/>
     <w:rsid w:val="00D348C1"/>
     <w:rsid w:val="00D34F46"/>
     <w:rsid w:val="00D43779"/>
     <w:rsid w:val="00D437C0"/>
     <w:rsid w:val="00D51F60"/>
     <w:rsid w:val="00D55746"/>
     <w:rsid w:val="00D56290"/>
     <w:rsid w:val="00D60554"/>
     <w:rsid w:val="00D61931"/>
     <w:rsid w:val="00D70F25"/>
     <w:rsid w:val="00D7275A"/>
+    <w:rsid w:val="00D765AC"/>
     <w:rsid w:val="00D7664C"/>
     <w:rsid w:val="00D822A8"/>
     <w:rsid w:val="00D87ED5"/>
     <w:rsid w:val="00D9029C"/>
     <w:rsid w:val="00D90572"/>
     <w:rsid w:val="00D966E9"/>
     <w:rsid w:val="00DA351D"/>
     <w:rsid w:val="00DB080C"/>
-    <w:rsid w:val="00DB54BB"/>
     <w:rsid w:val="00DC24D9"/>
     <w:rsid w:val="00DC72B4"/>
     <w:rsid w:val="00DD0E53"/>
     <w:rsid w:val="00DD293B"/>
     <w:rsid w:val="00DE16F1"/>
     <w:rsid w:val="00DF04DC"/>
     <w:rsid w:val="00DF39B4"/>
     <w:rsid w:val="00DF61CF"/>
     <w:rsid w:val="00E0133D"/>
     <w:rsid w:val="00E0189D"/>
     <w:rsid w:val="00E0536C"/>
     <w:rsid w:val="00E068CF"/>
     <w:rsid w:val="00E13BD8"/>
     <w:rsid w:val="00E20962"/>
     <w:rsid w:val="00E219A8"/>
     <w:rsid w:val="00E225FF"/>
     <w:rsid w:val="00E229C0"/>
     <w:rsid w:val="00E23C1B"/>
     <w:rsid w:val="00E351A5"/>
     <w:rsid w:val="00E35D13"/>
     <w:rsid w:val="00E4503D"/>
     <w:rsid w:val="00E46185"/>
     <w:rsid w:val="00E4736B"/>
     <w:rsid w:val="00E47E2B"/>
     <w:rsid w:val="00E833AE"/>
@@ -9955,83 +9959,83 @@
     <w:rsid w:val="00EC7EF9"/>
     <w:rsid w:val="00EE00F3"/>
     <w:rsid w:val="00EF3E28"/>
     <w:rsid w:val="00F022A5"/>
     <w:rsid w:val="00F04541"/>
     <w:rsid w:val="00F07107"/>
     <w:rsid w:val="00F1347D"/>
     <w:rsid w:val="00F13D3D"/>
     <w:rsid w:val="00F14892"/>
     <w:rsid w:val="00F24DA5"/>
     <w:rsid w:val="00F303D3"/>
     <w:rsid w:val="00F41816"/>
     <w:rsid w:val="00F42514"/>
     <w:rsid w:val="00F4313F"/>
     <w:rsid w:val="00F454D6"/>
     <w:rsid w:val="00F466E3"/>
     <w:rsid w:val="00F539FF"/>
     <w:rsid w:val="00F60D4D"/>
     <w:rsid w:val="00F70139"/>
     <w:rsid w:val="00F7366C"/>
     <w:rsid w:val="00F9037D"/>
     <w:rsid w:val="00F930B9"/>
     <w:rsid w:val="00F935D6"/>
     <w:rsid w:val="00F963E0"/>
     <w:rsid w:val="00FA21EC"/>
+    <w:rsid w:val="00FB3915"/>
     <w:rsid w:val="00FC5668"/>
     <w:rsid w:val="00FC5D1A"/>
     <w:rsid w:val="00FC61BD"/>
     <w:rsid w:val="00FD1DF9"/>
     <w:rsid w:val="00FD2C9F"/>
     <w:rsid w:val="00FF2CE4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="32632DB9"/>
-  <w15:docId w15:val="{FDA8949B-36AC-4ECC-BE7F-63BECAFA0CC0}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -11494,60 +11498,44 @@
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7FB74778-AD71-417E-A548-B0C8F9FB3EAD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
   <Words>924</Words>
   <Characters>5251</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>43</Lines>
   <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...14 lines deleted...]
-  <Company>DHCFP</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>6163</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Section</dc:title>
-[...1 lines deleted...]
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <dc:title/>
+  <dc:creator/>
+  <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>