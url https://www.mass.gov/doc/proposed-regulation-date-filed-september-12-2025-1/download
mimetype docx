--- v0 (2025-11-04)
+++ v1 (2026-03-26)
@@ -4554,52 +4554,52 @@
       <w:r w:rsidR="002F0D7C" w:rsidRPr="0069730C">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>B</w:t>
       </w:r>
       <w:r w:rsidRPr="0069730C">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">)  </w:t>
       </w:r>
       <w:r w:rsidRPr="0069730C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>In State</w:t>
       </w:r>
       <w:r w:rsidRPr="0069730C">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  To participate in MassHealth, a provider with a service facility in </w:t>
       </w:r>
-      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
-        <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="State">
+      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="State">
+        <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
           <w:r w:rsidRPr="0069730C">
             <w:rPr>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:t>Massachusetts</w:t>
           </w:r>
         </w:smartTag>
       </w:smartTag>
       <w:r w:rsidRPr="0069730C">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> must:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A692F1A" w14:textId="77777777" w:rsidR="006B3705" w:rsidRPr="0069730C" w:rsidRDefault="006B3705" w:rsidP="00771D58">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="922"/>
           <w:tab w:val="left" w:pos="1310"/>
           <w:tab w:val="left" w:pos="1699"/>
           <w:tab w:val="left" w:pos="2074"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1080"/>
@@ -11786,58 +11786,58 @@
           <w:tab w:val="left" w:pos="1310"/>
           <w:tab w:val="left" w:pos="1699"/>
           <w:tab w:val="left" w:pos="2074"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="007F3F46" w:rsidSect="0069730C">
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="432" w:right="1440" w:bottom="720" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="39CE5016" w14:textId="77777777" w:rsidR="003F3C1B" w:rsidRDefault="003F3C1B">
+    <w:p w14:paraId="39BF3FDB" w14:textId="77777777" w:rsidR="00EB6EA3" w:rsidRDefault="00EB6EA3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3B4CCA44" w14:textId="77777777" w:rsidR="003F3C1B" w:rsidRDefault="003F3C1B">
+    <w:p w14:paraId="4CB225DD" w14:textId="77777777" w:rsidR="00EB6EA3" w:rsidRDefault="00EB6EA3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Bookman Old Style">
     <w:panose1 w:val="02050604050505020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times Roman">
@@ -11861,58 +11861,58 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="239EC78D" w14:textId="77777777" w:rsidR="003F3C1B" w:rsidRDefault="003F3C1B">
+    <w:p w14:paraId="32460ED0" w14:textId="77777777" w:rsidR="00EB6EA3" w:rsidRDefault="00EB6EA3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="26453EC7" w14:textId="77777777" w:rsidR="003F3C1B" w:rsidRDefault="003F3C1B">
+    <w:p w14:paraId="265D0E06" w14:textId="77777777" w:rsidR="00EB6EA3" w:rsidRDefault="00EB6EA3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="14BE729B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FBACB4E4"/>
     <w:lvl w:ilvl="0" w:tplc="47D07870">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1356"/>
         </w:tabs>
         <w:ind w:left="1356" w:hanging="420"/>
       </w:pPr>
@@ -12242,78 +12242,81 @@
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7430"/>
         </w:tabs>
         <w:ind w:left="7430" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1984041669">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1298562649">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="997462862">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:removePersonalInformation/>
+  <w:removeDateAndTime/>
   <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:trackRevisions/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C267F8"/>
+    <w:rsid w:val="00023DBE"/>
     <w:rsid w:val="0002517F"/>
     <w:rsid w:val="00026B65"/>
     <w:rsid w:val="000312AA"/>
     <w:rsid w:val="000446FC"/>
     <w:rsid w:val="0006534A"/>
     <w:rsid w:val="00076E35"/>
     <w:rsid w:val="00095FB2"/>
     <w:rsid w:val="000A6D66"/>
     <w:rsid w:val="000E67BB"/>
     <w:rsid w:val="000F3B4B"/>
     <w:rsid w:val="00102C2B"/>
     <w:rsid w:val="0011283D"/>
     <w:rsid w:val="00115A8A"/>
     <w:rsid w:val="001317E0"/>
     <w:rsid w:val="0016566F"/>
     <w:rsid w:val="00184AB4"/>
     <w:rsid w:val="0018721C"/>
     <w:rsid w:val="0019067C"/>
     <w:rsid w:val="00190DBB"/>
     <w:rsid w:val="001B10FB"/>
     <w:rsid w:val="00220294"/>
     <w:rsid w:val="002348C2"/>
     <w:rsid w:val="00245FA4"/>
     <w:rsid w:val="0026494B"/>
     <w:rsid w:val="00267D62"/>
@@ -12358,50 +12361,51 @@
     <w:rsid w:val="0069730C"/>
     <w:rsid w:val="006A5D1E"/>
     <w:rsid w:val="006B3705"/>
     <w:rsid w:val="006D1101"/>
     <w:rsid w:val="006D39F8"/>
     <w:rsid w:val="006F1B54"/>
     <w:rsid w:val="006F5CE6"/>
     <w:rsid w:val="007041C8"/>
     <w:rsid w:val="00716DD5"/>
     <w:rsid w:val="007222E7"/>
     <w:rsid w:val="0077116D"/>
     <w:rsid w:val="00771D58"/>
     <w:rsid w:val="00791090"/>
     <w:rsid w:val="00795688"/>
     <w:rsid w:val="007A3849"/>
     <w:rsid w:val="007A65FE"/>
     <w:rsid w:val="007B2AB0"/>
     <w:rsid w:val="007C3B62"/>
     <w:rsid w:val="007F3F46"/>
     <w:rsid w:val="0081197E"/>
     <w:rsid w:val="00811DA4"/>
     <w:rsid w:val="008261CB"/>
     <w:rsid w:val="00893A57"/>
     <w:rsid w:val="008B22D6"/>
     <w:rsid w:val="008D061B"/>
+    <w:rsid w:val="008F3B64"/>
     <w:rsid w:val="009002B3"/>
     <w:rsid w:val="00902B06"/>
     <w:rsid w:val="00907AE1"/>
     <w:rsid w:val="0091109A"/>
     <w:rsid w:val="009133DD"/>
     <w:rsid w:val="00916B25"/>
     <w:rsid w:val="00927121"/>
     <w:rsid w:val="00957680"/>
     <w:rsid w:val="00963659"/>
     <w:rsid w:val="00966ED3"/>
     <w:rsid w:val="009743BB"/>
     <w:rsid w:val="009A233F"/>
     <w:rsid w:val="009B4F07"/>
     <w:rsid w:val="009E35FD"/>
     <w:rsid w:val="009E79BD"/>
     <w:rsid w:val="00A17401"/>
     <w:rsid w:val="00A77746"/>
     <w:rsid w:val="00AA1B16"/>
     <w:rsid w:val="00AA7251"/>
     <w:rsid w:val="00AB3597"/>
     <w:rsid w:val="00AB5353"/>
     <w:rsid w:val="00AB7E74"/>
     <w:rsid w:val="00AD060F"/>
     <w:rsid w:val="00AD0720"/>
     <w:rsid w:val="00AD56CD"/>
@@ -12432,90 +12436,90 @@
     <w:rsid w:val="00CE41F8"/>
     <w:rsid w:val="00D032F4"/>
     <w:rsid w:val="00D068FD"/>
     <w:rsid w:val="00D16606"/>
     <w:rsid w:val="00D25D8D"/>
     <w:rsid w:val="00D55DEF"/>
     <w:rsid w:val="00D665C1"/>
     <w:rsid w:val="00D73058"/>
     <w:rsid w:val="00DA0E38"/>
     <w:rsid w:val="00DA3161"/>
     <w:rsid w:val="00DD28B9"/>
     <w:rsid w:val="00DF627C"/>
     <w:rsid w:val="00E06770"/>
     <w:rsid w:val="00E15D86"/>
     <w:rsid w:val="00E16765"/>
     <w:rsid w:val="00E25F66"/>
     <w:rsid w:val="00E368DA"/>
     <w:rsid w:val="00E525FB"/>
     <w:rsid w:val="00E61959"/>
     <w:rsid w:val="00E62195"/>
     <w:rsid w:val="00E6366D"/>
     <w:rsid w:val="00E91E7B"/>
     <w:rsid w:val="00E94A40"/>
     <w:rsid w:val="00E97A78"/>
     <w:rsid w:val="00EA3CB3"/>
+    <w:rsid w:val="00EB6EA3"/>
     <w:rsid w:val="00EE62A7"/>
     <w:rsid w:val="00F67AA4"/>
     <w:rsid w:val="00F74042"/>
     <w:rsid w:val="00F76F3B"/>
     <w:rsid w:val="00F77556"/>
     <w:rsid w:val="00F8754D"/>
     <w:rsid w:val="00F91682"/>
     <w:rsid w:val="00F9673E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="PersonName"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="State"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="place"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="PlaceType"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="PlaceName"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="4A31EE0F"/>
-  <w15:docId w15:val="{1EB416BD-2438-4A9E-A8D0-B6833793D3A7}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -13447,60 +13451,44 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>11</Pages>
   <Words>4358</Words>
   <Characters>24847</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>207</Lines>
   <Paragraphs>58</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...14 lines deleted...]
-  <Company>Commonwealth of Massachusetts</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>29147</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Commonwealth of Massachusetts</dc:title>
-[...1 lines deleted...]
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <dc:title/>
+  <dc:creator/>
+  <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>