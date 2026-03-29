--- v0 (2025-11-01)
+++ v1 (2026-03-29)
@@ -4075,50 +4075,51 @@
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4E8A78AF" w14:textId="77777777" w:rsidR="00D46006" w:rsidRPr="004553AF" w:rsidRDefault="00D46006" w:rsidP="004022FD">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004553AF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Commonwealth of Massachusetts</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3144A618" w14:textId="77777777" w:rsidR="00D46006" w:rsidRPr="004553AF" w:rsidRDefault="00D46006" w:rsidP="004022FD">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004553AF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>MassHealth</w:t>
             </w:r>
@@ -5126,50 +5127,51 @@
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="147C9D8C" w14:textId="77777777" w:rsidR="00D46006" w:rsidRPr="004553AF" w:rsidRDefault="00D46006" w:rsidP="004022FD">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004553AF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Commonwealth of Massachusetts</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0BB4D23D" w14:textId="77777777" w:rsidR="00D46006" w:rsidRPr="004553AF" w:rsidRDefault="00D46006" w:rsidP="004022FD">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004553AF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>MassHealth</w:t>
             </w:r>
@@ -6311,50 +6313,51 @@
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="61CE862D" w14:textId="77777777" w:rsidR="00FB4A60" w:rsidRPr="004553AF" w:rsidRDefault="00FB4A60" w:rsidP="008A17E8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004553AF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Commonwealth of Massachusetts</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4AFE6881" w14:textId="77777777" w:rsidR="00FB4A60" w:rsidRPr="004553AF" w:rsidRDefault="00FB4A60" w:rsidP="008A17E8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004553AF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>MassHealth</w:t>
             </w:r>
@@ -7409,50 +7412,51 @@
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2CAA0BB5" w14:textId="77777777" w:rsidR="00FB4A60" w:rsidRPr="004553AF" w:rsidRDefault="00FB4A60" w:rsidP="008A17E8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004553AF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Commonwealth of Massachusetts</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="128FF1A1" w14:textId="77777777" w:rsidR="00FB4A60" w:rsidRPr="004553AF" w:rsidRDefault="00FB4A60" w:rsidP="008A17E8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004553AF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>MassHealth</w:t>
             </w:r>
@@ -8809,50 +8813,51 @@
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="311E9B95" w14:textId="77777777" w:rsidR="00FB4A60" w:rsidRPr="004553AF" w:rsidRDefault="00FB4A60" w:rsidP="008A17E8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004553AF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Commonwealth of Massachusetts</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7E436FC7" w14:textId="77777777" w:rsidR="00FB4A60" w:rsidRPr="004553AF" w:rsidRDefault="00FB4A60" w:rsidP="008A17E8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004553AF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>MassHealth</w:t>
             </w:r>
@@ -9844,50 +9849,51 @@
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="20EF7E8F" w14:textId="77777777" w:rsidR="00FB4A60" w:rsidRPr="004553AF" w:rsidRDefault="00FB4A60" w:rsidP="008A17E8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004553AF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Commonwealth of Massachusetts</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1ED6FF68" w14:textId="77777777" w:rsidR="00FB4A60" w:rsidRPr="004553AF" w:rsidRDefault="00FB4A60" w:rsidP="008A17E8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004553AF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>MassHealth</w:t>
             </w:r>
@@ -11112,50 +11118,51 @@
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6C234478" w14:textId="77777777" w:rsidR="00D62AB0" w:rsidRPr="004553AF" w:rsidRDefault="00D62AB0" w:rsidP="008A17E8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004553AF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Commonwealth of Massachusetts</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="200697E5" w14:textId="77777777" w:rsidR="00D62AB0" w:rsidRPr="004553AF" w:rsidRDefault="00D62AB0" w:rsidP="008A17E8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004553AF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>MassHealth</w:t>
             </w:r>
@@ -12018,50 +12025,51 @@
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="61C54BB4" w14:textId="77777777" w:rsidR="00FB4A60" w:rsidRPr="004553AF" w:rsidRDefault="00FB4A60" w:rsidP="008A17E8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004553AF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Commonwealth of Massachusetts</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="68F62BB4" w14:textId="77777777" w:rsidR="00FB4A60" w:rsidRPr="004553AF" w:rsidRDefault="00FB4A60" w:rsidP="008A17E8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004553AF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>MassHealth</w:t>
             </w:r>
@@ -13069,50 +13077,51 @@
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6C59F8DF" w14:textId="77777777" w:rsidR="00837270" w:rsidRPr="004553AF" w:rsidRDefault="00837270" w:rsidP="00466F2B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004553AF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Commonwealth of Massachusetts</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="52AD66E4" w14:textId="77777777" w:rsidR="00837270" w:rsidRPr="004553AF" w:rsidRDefault="00837270" w:rsidP="00466F2B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004553AF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>MassHealth</w:t>
             </w:r>
@@ -14186,50 +14195,51 @@
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6A2B418A" w14:textId="77777777" w:rsidR="006E4DD4" w:rsidRPr="003863F5" w:rsidRDefault="006E4DD4" w:rsidP="00466F2B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003863F5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Commonwealth of Massachusetts</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="187E3F93" w14:textId="77777777" w:rsidR="006E4DD4" w:rsidRPr="003863F5" w:rsidRDefault="006E4DD4" w:rsidP="00466F2B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003863F5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>MassHealth</w:t>
             </w:r>
@@ -15356,50 +15366,51 @@
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4D5D491A" w14:textId="77777777" w:rsidR="006E4DD4" w:rsidRPr="003863F5" w:rsidRDefault="006E4DD4" w:rsidP="00466F2B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003863F5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Commonwealth of Massachusetts</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0ECA5BF7" w14:textId="77777777" w:rsidR="006E4DD4" w:rsidRPr="003863F5" w:rsidRDefault="006E4DD4" w:rsidP="00466F2B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003863F5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>MassHealth</w:t>
             </w:r>
@@ -16469,50 +16480,51 @@
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="15E1FFD6" w14:textId="77777777" w:rsidR="006E4DD4" w:rsidRPr="003863F5" w:rsidRDefault="006E4DD4" w:rsidP="00466F2B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003863F5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Commonwealth of Massachusetts</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1A207E79" w14:textId="77777777" w:rsidR="006E4DD4" w:rsidRPr="003863F5" w:rsidRDefault="006E4DD4" w:rsidP="00466F2B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003863F5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>MassHealth</w:t>
             </w:r>
@@ -17226,50 +17238,51 @@
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1C0B37B3" w14:textId="77777777" w:rsidR="006E4DD4" w:rsidRPr="003863F5" w:rsidRDefault="006E4DD4" w:rsidP="00466F2B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003863F5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Commonwealth of Massachusetts</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="75649B80" w14:textId="77777777" w:rsidR="006E4DD4" w:rsidRPr="003863F5" w:rsidRDefault="006E4DD4" w:rsidP="00466F2B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003863F5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>MassHealth</w:t>
             </w:r>
@@ -18328,50 +18341,51 @@
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="38925E4C" w14:textId="77777777" w:rsidR="006E4DD4" w:rsidRPr="003863F5" w:rsidRDefault="006E4DD4" w:rsidP="00466F2B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003863F5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Commonwealth of Massachusetts</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6238501D" w14:textId="77777777" w:rsidR="006E4DD4" w:rsidRPr="003863F5" w:rsidRDefault="006E4DD4" w:rsidP="00466F2B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003863F5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>MassHealth</w:t>
             </w:r>
@@ -19349,50 +19363,51 @@
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0535A6CE" w14:textId="77777777" w:rsidR="006E4DD4" w:rsidRPr="003863F5" w:rsidRDefault="006E4DD4" w:rsidP="00466F2B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003863F5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Commonwealth of Massachusetts</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="764CE0AF" w14:textId="77777777" w:rsidR="006E4DD4" w:rsidRPr="003863F5" w:rsidRDefault="006E4DD4" w:rsidP="00466F2B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003863F5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>MassHealth</w:t>
             </w:r>
@@ -20756,50 +20771,51 @@
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5A65B7E8" w14:textId="77777777" w:rsidR="00957D80" w:rsidRPr="003863F5" w:rsidRDefault="00957D80" w:rsidP="0081576B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003863F5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Commonwealth of Massachusetts</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0B4D3453" w14:textId="77777777" w:rsidR="00957D80" w:rsidRPr="003863F5" w:rsidRDefault="00957D80" w:rsidP="0081576B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003863F5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>MassHealth</w:t>
             </w:r>
@@ -21880,50 +21896,51 @@
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0B13A2E1" w14:textId="77777777" w:rsidR="0039567B" w:rsidRPr="003863F5" w:rsidRDefault="0039567B" w:rsidP="0039567B">
             <w:pPr>
               <w:keepNext/>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003863F5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Commonwealth of Massachusetts</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0B5C48F7" w14:textId="77777777" w:rsidR="0039567B" w:rsidRPr="003863F5" w:rsidRDefault="0039567B" w:rsidP="0039567B">
             <w:pPr>
               <w:keepNext/>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003863F5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>MassHealth</w:t>
@@ -22367,50 +22384,51 @@
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="50625387" w14:textId="77777777" w:rsidR="006E4DD4" w:rsidRPr="003863F5" w:rsidRDefault="006E4DD4" w:rsidP="00466F2B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003863F5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Commonwealth of Massachusetts</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="672B43AC" w14:textId="77777777" w:rsidR="006E4DD4" w:rsidRPr="003863F5" w:rsidRDefault="006E4DD4" w:rsidP="00466F2B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003863F5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>MassHealth</w:t>
             </w:r>
@@ -22946,50 +22964,51 @@
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="75410604" w14:textId="77777777" w:rsidR="006E4DD4" w:rsidRPr="003863F5" w:rsidRDefault="006E4DD4" w:rsidP="00466F2B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003863F5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Commonwealth of Massachusetts</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5A90CBDA" w14:textId="77777777" w:rsidR="006E4DD4" w:rsidRPr="003863F5" w:rsidRDefault="006E4DD4" w:rsidP="00466F2B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003863F5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>MassHealth</w:t>
             </w:r>
@@ -24136,50 +24155,51 @@
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5FDB3333" w14:textId="77777777" w:rsidR="006E4DD4" w:rsidRPr="003863F5" w:rsidRDefault="006E4DD4" w:rsidP="00466F2B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003863F5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Commonwealth of Massachusetts</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="774818D8" w14:textId="77777777" w:rsidR="006E4DD4" w:rsidRPr="003863F5" w:rsidRDefault="006E4DD4" w:rsidP="00466F2B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003863F5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>MassHealth</w:t>
             </w:r>
@@ -25098,50 +25118,51 @@
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4CC4172D" w14:textId="77777777" w:rsidR="006E4DD4" w:rsidRPr="003863F5" w:rsidRDefault="006E4DD4" w:rsidP="00466F2B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003863F5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Commonwealth of Massachusetts</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="19B9FEE1" w14:textId="77777777" w:rsidR="006E4DD4" w:rsidRPr="003863F5" w:rsidRDefault="006E4DD4" w:rsidP="00466F2B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003863F5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>MassHealth</w:t>
             </w:r>
@@ -26160,50 +26181,51 @@
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2A7BB3E5" w14:textId="77777777" w:rsidR="006E4DD4" w:rsidRPr="003863F5" w:rsidRDefault="006E4DD4" w:rsidP="00466F2B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003863F5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Commonwealth of Massachusetts</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="66B12BBC" w14:textId="77777777" w:rsidR="006E4DD4" w:rsidRPr="003863F5" w:rsidRDefault="006E4DD4" w:rsidP="00466F2B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003863F5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>MassHealth</w:t>
             </w:r>
@@ -27317,50 +27339,51 @@
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4CEBB729" w14:textId="77777777" w:rsidR="006E4DD4" w:rsidRPr="003863F5" w:rsidRDefault="006E4DD4" w:rsidP="00466F2B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003863F5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Commonwealth of Massachusetts</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="09DE874D" w14:textId="77777777" w:rsidR="006E4DD4" w:rsidRPr="003863F5" w:rsidRDefault="006E4DD4" w:rsidP="00466F2B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003863F5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>MassHealth</w:t>
             </w:r>
@@ -27839,58 +27862,58 @@
       <w:r w:rsidRPr="003863F5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>130 CMR 442.000:  M.G.L. c. 118E, §§ 7 and 12</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="006E4DD4" w:rsidSect="00F9787D">
       <w:endnotePr>
         <w:numFmt w:val="decimal"/>
       </w:endnotePr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="432" w:right="1440" w:bottom="720" w:left="1440" w:header="86" w:footer="432" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="290BEF75" w14:textId="77777777" w:rsidR="009C263C" w:rsidRDefault="009C263C">
+    <w:p w14:paraId="617DC5E3" w14:textId="77777777" w:rsidR="00A565A1" w:rsidRDefault="00A565A1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="501CFE30" w14:textId="77777777" w:rsidR="009C263C" w:rsidRDefault="009C263C">
+    <w:p w14:paraId="529425E0" w14:textId="77777777" w:rsidR="00A565A1" w:rsidRDefault="00A565A1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times Roman">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
@@ -27967,58 +27990,58 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cardo">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0F5EB6ED" w14:textId="77777777" w:rsidR="009C263C" w:rsidRDefault="009C263C">
+    <w:p w14:paraId="2CCEF514" w14:textId="77777777" w:rsidR="00A565A1" w:rsidRDefault="00A565A1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6D4F05C5" w14:textId="77777777" w:rsidR="009C263C" w:rsidRDefault="009C263C">
+    <w:p w14:paraId="0C9F040C" w14:textId="77777777" w:rsidR="00A565A1" w:rsidRDefault="00A565A1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="50272262" w14:textId="77777777" w:rsidR="00AE5E61" w:rsidRDefault="00AE5E61" w:rsidP="00AE5E61">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="left" w:pos="5760"/>
       </w:tabs>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Helv" w:hAnsi="Helv"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:pPr>
   </w:p>
@@ -30734,86 +30757,89 @@
   </w:num>
   <w:num w:numId="25" w16cid:durableId="87624249">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="2073191249">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="292293602">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="904687226">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="1932204274">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="103505759">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:removePersonalInformation/>
+  <w:removeDateAndTime/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:trackRevisions/>
   <w:defaultTabStop w:val="720"/>
   <w:doNotHyphenateCaps/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="24577"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:numFmt w:val="decimal"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004C5316"/>
     <w:rsid w:val="00012E64"/>
     <w:rsid w:val="00022E6D"/>
+    <w:rsid w:val="00023DBE"/>
     <w:rsid w:val="00033354"/>
     <w:rsid w:val="00036390"/>
     <w:rsid w:val="000373DE"/>
     <w:rsid w:val="00037508"/>
     <w:rsid w:val="000375D5"/>
     <w:rsid w:val="00044735"/>
     <w:rsid w:val="0004796B"/>
     <w:rsid w:val="00051DDA"/>
     <w:rsid w:val="00054141"/>
     <w:rsid w:val="00091C84"/>
     <w:rsid w:val="00092AE9"/>
     <w:rsid w:val="000A08A8"/>
     <w:rsid w:val="000A7902"/>
     <w:rsid w:val="000B17B0"/>
     <w:rsid w:val="000B2575"/>
     <w:rsid w:val="000B274B"/>
     <w:rsid w:val="000D4E3B"/>
     <w:rsid w:val="000D6535"/>
     <w:rsid w:val="000D7311"/>
     <w:rsid w:val="000E4C21"/>
     <w:rsid w:val="000F2109"/>
     <w:rsid w:val="00112807"/>
     <w:rsid w:val="00122D9D"/>
     <w:rsid w:val="001317E0"/>
     <w:rsid w:val="00141B02"/>
@@ -30951,50 +30977,51 @@
     <w:rsid w:val="008F6655"/>
     <w:rsid w:val="00906EFC"/>
     <w:rsid w:val="00911A2F"/>
     <w:rsid w:val="00914AA5"/>
     <w:rsid w:val="00931E7B"/>
     <w:rsid w:val="009344A2"/>
     <w:rsid w:val="0094288A"/>
     <w:rsid w:val="00957D80"/>
     <w:rsid w:val="00970E16"/>
     <w:rsid w:val="00973470"/>
     <w:rsid w:val="009751D4"/>
     <w:rsid w:val="009974B6"/>
     <w:rsid w:val="009B0448"/>
     <w:rsid w:val="009B08C0"/>
     <w:rsid w:val="009B2CB9"/>
     <w:rsid w:val="009C263C"/>
     <w:rsid w:val="009D0231"/>
     <w:rsid w:val="009D6E53"/>
     <w:rsid w:val="009E5B61"/>
     <w:rsid w:val="00A1010F"/>
     <w:rsid w:val="00A175AA"/>
     <w:rsid w:val="00A17A8E"/>
     <w:rsid w:val="00A3078E"/>
     <w:rsid w:val="00A36CFC"/>
     <w:rsid w:val="00A56596"/>
+    <w:rsid w:val="00A565A1"/>
     <w:rsid w:val="00A65821"/>
     <w:rsid w:val="00AA56BA"/>
     <w:rsid w:val="00AB1EA6"/>
     <w:rsid w:val="00AC75D4"/>
     <w:rsid w:val="00AD337E"/>
     <w:rsid w:val="00AD5974"/>
     <w:rsid w:val="00AD788E"/>
     <w:rsid w:val="00AE4E30"/>
     <w:rsid w:val="00AE5E61"/>
     <w:rsid w:val="00AE76FE"/>
     <w:rsid w:val="00AF671D"/>
     <w:rsid w:val="00AF6961"/>
     <w:rsid w:val="00B00CDA"/>
     <w:rsid w:val="00B07521"/>
     <w:rsid w:val="00B1363F"/>
     <w:rsid w:val="00B20419"/>
     <w:rsid w:val="00B23F23"/>
     <w:rsid w:val="00B266CB"/>
     <w:rsid w:val="00B30C0C"/>
     <w:rsid w:val="00B52850"/>
     <w:rsid w:val="00B657C6"/>
     <w:rsid w:val="00B849B6"/>
     <w:rsid w:val="00B84BE2"/>
     <w:rsid w:val="00B877DD"/>
     <w:rsid w:val="00BA5336"/>
@@ -31029,108 +31056,108 @@
     <w:rsid w:val="00D20A82"/>
     <w:rsid w:val="00D219D4"/>
     <w:rsid w:val="00D35A64"/>
     <w:rsid w:val="00D44A7A"/>
     <w:rsid w:val="00D46006"/>
     <w:rsid w:val="00D62AB0"/>
     <w:rsid w:val="00D66A39"/>
     <w:rsid w:val="00D73058"/>
     <w:rsid w:val="00D75649"/>
     <w:rsid w:val="00D96004"/>
     <w:rsid w:val="00D964D7"/>
     <w:rsid w:val="00DA2C0D"/>
     <w:rsid w:val="00DA6B62"/>
     <w:rsid w:val="00DC0196"/>
     <w:rsid w:val="00DD3434"/>
     <w:rsid w:val="00DD4C29"/>
     <w:rsid w:val="00DE4F4A"/>
     <w:rsid w:val="00DF2A27"/>
     <w:rsid w:val="00E249E7"/>
     <w:rsid w:val="00E261A4"/>
     <w:rsid w:val="00E33B33"/>
     <w:rsid w:val="00E35AC0"/>
     <w:rsid w:val="00E42B65"/>
     <w:rsid w:val="00E4643F"/>
     <w:rsid w:val="00E5079A"/>
+    <w:rsid w:val="00E540DB"/>
     <w:rsid w:val="00E60DC3"/>
     <w:rsid w:val="00E8015C"/>
     <w:rsid w:val="00E84989"/>
     <w:rsid w:val="00E95FE6"/>
     <w:rsid w:val="00EB2E06"/>
     <w:rsid w:val="00EB5949"/>
     <w:rsid w:val="00EC286B"/>
     <w:rsid w:val="00EC5EFA"/>
     <w:rsid w:val="00EC695A"/>
     <w:rsid w:val="00F10D6D"/>
     <w:rsid w:val="00F32DB6"/>
     <w:rsid w:val="00F50CF4"/>
     <w:rsid w:val="00F652B2"/>
     <w:rsid w:val="00F72DBB"/>
     <w:rsid w:val="00F72F61"/>
     <w:rsid w:val="00F77BFE"/>
     <w:rsid w:val="00F87613"/>
     <w:rsid w:val="00F9787D"/>
     <w:rsid w:val="00FA0632"/>
     <w:rsid w:val="00FA2CED"/>
     <w:rsid w:val="00FA78BA"/>
     <w:rsid w:val="00FB0B78"/>
     <w:rsid w:val="00FB1C65"/>
     <w:rsid w:val="00FB26EF"/>
     <w:rsid w:val="00FB4A60"/>
     <w:rsid w:val="00FC1BD1"/>
     <w:rsid w:val="00FC38D2"/>
     <w:rsid w:val="00FC7D2C"/>
     <w:rsid w:val="00FD6050"/>
     <w:rsid w:val="00FE1A3C"/>
     <w:rsid w:val="00FE2097"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="24577"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="48D73FBD"/>
-  <w15:docId w15:val="{71CB70A7-6FC4-4B14-8EDC-41BAFE67943A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -32169,75 +32196,60 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>26</Pages>
-  <Words>11040</Words>
-  <Characters>64264</Characters>
+  <Words>11239</Words>
+  <Characters>64065</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>1647</Lines>
-  <Paragraphs>649</Paragraphs>
+  <Lines>533</Lines>
+  <Paragraphs>150</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...14 lines deleted...]
-  <Company>Commonwealth of Massachusetts</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>74655</CharactersWithSpaces>
+  <CharactersWithSpaces>75154</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="18" baseType="variant">
       <vt:variant>
         <vt:i4>3276801</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:providersupport@mahealth.net</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>852095</vt:i4>
       </vt:variant>
       <vt:variant>
@@ -32260,33 +32272,32 @@
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.mass.gov/masshealth-transmittal-letters</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>LAURA WATSON</dc:creator>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <dc:creator/>
+  <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>