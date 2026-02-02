--- v0 (2025-12-18)
+++ v1 (2026-02-02)
@@ -1,1223 +1,1464 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="639CD9D0" w14:textId="77777777" w:rsidR="00C240E5" w:rsidRPr="003E7C6D" w:rsidRDefault="00C240E5" w:rsidP="00A2694A">
-[...5 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9601" w:type="dxa"/>
         <w:tblInd w:w="132" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="132" w:type="dxa"/>
           <w:right w:w="132" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4080"/>
         <w:gridCol w:w="3750"/>
         <w:gridCol w:w="1771"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00484614" w:rsidRPr="001A052A" w14:paraId="7CA32DED" w14:textId="77777777" w:rsidTr="00254976">
+      <w:tr w:rsidR="001A052A" w:rsidRPr="001A052A" w14:paraId="7C556BFF" w14:textId="77777777" w:rsidTr="00254976">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="864"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4080" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2AC8C4DA" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
+          <w:p w14:paraId="5854E796" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
-              <w:spacing w:before="120"/>
+              <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A052A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Commonwealth of Massachusetts</w:t>
+              <w:t xml:space="preserve">Commonwealth of </w:t>
             </w:r>
+            <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="PlaceName">
+              <w:r w:rsidRPr="001A052A">
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:b/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>Massachusetts</w:t>
+              </w:r>
+            </w:smartTag>
           </w:p>
-          <w:p w14:paraId="7334A015" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
+          <w:p w14:paraId="4C455104" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A052A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>MassHealth</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="44EE2B02" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
+          <w:p w14:paraId="1A41D308" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A052A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Provider Manual Series</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3750" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7FF4BC6C" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
+          <w:p w14:paraId="6A49A5CE" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
-              <w:spacing w:before="120"/>
+              <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A052A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Subchapter Number and Title</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6AED6D20" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
+          <w:p w14:paraId="266AD01D" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
-              <w:spacing w:before="120"/>
+              <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A052A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Table of Contents</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1771" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31804210" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
+          <w:p w14:paraId="6ABEC12C" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
-              <w:spacing w:before="120"/>
+              <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A052A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Page</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="207326C6" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
+          <w:p w14:paraId="3305B09E" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
-              <w:spacing w:before="120"/>
+              <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A052A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>vi</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00484614" w:rsidRPr="001A052A" w14:paraId="47E10FDA" w14:textId="77777777" w:rsidTr="00254976">
+      <w:tr w:rsidR="001A052A" w:rsidRPr="001A052A" w14:paraId="34E1F63D" w14:textId="77777777" w:rsidTr="00254976">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="864"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B25DF8D" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
+          <w:p w14:paraId="741D043A" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A052A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Prosthetics Manual</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3750" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16FDE0D8" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
+          <w:p w14:paraId="1838292C" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
-              <w:spacing w:before="120"/>
+              <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A052A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Transmittal Letter</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="24A76FEC" w14:textId="7C3D5E70" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
+          <w:p w14:paraId="3D903974" w14:textId="288F2D56" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
-              <w:spacing w:before="120"/>
+              <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D712B4">
+            <w:r w:rsidRPr="001A052A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>PRT-</w:t>
             </w:r>
-            <w:r w:rsidR="00D712B4">
+            <w:r w:rsidR="00D6746B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>30</w:t>
+              <w:t>31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1771" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="467D8614" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
+          <w:p w14:paraId="60F8E105" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
-              <w:spacing w:before="120"/>
+              <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A052A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="588D82D5" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
+          <w:p w14:paraId="46DD5A67" w14:textId="495BB5F9" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="00856689" w:rsidP="001A052A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
-              <w:spacing w:before="120"/>
+              <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>10/01/2024</w:t>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00997436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00997436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1/2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2029FC4F" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
+    <w:p w14:paraId="5BB04D50" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="4824"/>
         </w:tabs>
-        <w:rPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:sectPr w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidSect="00484614">
-[...1 lines deleted...]
-          <w:footerReference w:type="default" r:id="rId12"/>
+        <w:sectPr w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidSect="00FD29C3">
+          <w:headerReference w:type="even" r:id="rId11"/>
+          <w:headerReference w:type="default" r:id="rId12"/>
+          <w:footerReference w:type="even" r:id="rId13"/>
+          <w:footerReference w:type="default" r:id="rId14"/>
+          <w:headerReference w:type="first" r:id="rId15"/>
+          <w:footerReference w:type="first" r:id="rId16"/>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
-          <w:pgMar w:top="576" w:right="1440" w:bottom="1440" w:left="1440" w:header="446" w:footer="490" w:gutter="0"/>
+          <w:pgMar w:top="432" w:right="1296" w:bottom="720" w:left="1296" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:pgNumType w:start="0"/>
           <w:cols w:space="720"/>
-          <w:docGrid w:linePitch="299"/>
+          <w:titlePg/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5C4B84B5" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
+    <w:p w14:paraId="1592D706" w14:textId="790CCA92" w:rsidR="001A052A" w:rsidRPr="00FC6997" w:rsidRDefault="00FC6997" w:rsidP="001A052A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4824"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC6997">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Subchapter 6: Prosthetics Manual</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20539FA7" w14:textId="77777777" w:rsidR="00FC6997" w:rsidRDefault="00FC6997" w:rsidP="001A052A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4824"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="025E2BEC" w14:textId="7D9E1347" w:rsidR="00856689" w:rsidRDefault="00856689" w:rsidP="001A052A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4824"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>TL PRT-</w:t>
+      </w:r>
+      <w:r w:rsidR="00D6746B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>31</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="199B0235" w14:textId="002E58F3" w:rsidR="00856689" w:rsidRDefault="00856689" w:rsidP="001A052A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4824"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Date: 04/01/2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A859C8E" w14:textId="77777777" w:rsidR="00856689" w:rsidRDefault="00856689" w:rsidP="001A052A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4824"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63E37BD6" w14:textId="3409EBE1" w:rsidR="00FC6997" w:rsidRPr="00FC6997" w:rsidRDefault="00FC6997" w:rsidP="001A052A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4824"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC6997">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Table of Contents</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C7BFEA9" w14:textId="77777777" w:rsidR="00FC6997" w:rsidRPr="001A052A" w:rsidRDefault="00FC6997" w:rsidP="001A052A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4824"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D4FB64E" w14:textId="2A7AA951" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8679"/>
           <w:tab w:val="right" w:pos="9378"/>
         </w:tabs>
-        <w:rPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>6</w:t>
-[...16 lines deleted...]
-    <w:p w14:paraId="582EF755" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
+        <w:t>6.  Service Codes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36119FDC" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8679"/>
           <w:tab w:val="right" w:pos="9378"/>
         </w:tabs>
-        <w:rPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1CD36115" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
+    <w:p w14:paraId="5D2E8660" w14:textId="4DD91C5A" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="00495F75" w:rsidP="001A052A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8679"/>
           <w:tab w:val="right" w:pos="9378"/>
         </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">601: </w:t>
       </w:r>
-      <w:r w:rsidRPr="001A052A">
-        <w:rPr>
+      <w:r w:rsidR="001A052A" w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Introduction</w:t>
       </w:r>
-      <w:r w:rsidRPr="001A052A">
-        <w:rPr>
+      <w:r w:rsidR="001A052A" w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="001A052A">
-        <w:rPr>
+      <w:r w:rsidR="001A052A" w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>6-1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74401700" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
+    <w:p w14:paraId="5CE5E757" w14:textId="1D217F04" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="00495F75" w:rsidP="001A052A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8679"/>
           <w:tab w:val="right" w:pos="9378"/>
         </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">602: </w:t>
       </w:r>
-      <w:r w:rsidRPr="001A052A">
-        <w:rPr>
+      <w:r w:rsidR="001A052A" w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Service Codes</w:t>
       </w:r>
-      <w:r w:rsidRPr="001A052A">
-        <w:rPr>
+      <w:r w:rsidR="001A052A" w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="001A052A">
-        <w:rPr>
+      <w:r w:rsidR="001A052A" w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>6-1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59BF59ED" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
+    <w:p w14:paraId="7AE8E5F8" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8679"/>
           <w:tab w:val="right" w:pos="9378"/>
         </w:tabs>
-        <w:rPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1CE9CDEA" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
+    <w:p w14:paraId="53CB547A" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8679"/>
           <w:tab w:val="right" w:pos="9378"/>
         </w:tabs>
-        <w:rPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Appendix A.  Directory </w:t>
       </w:r>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:noBreakHyphen/>
         <w:t>1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="508D444D" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
+    <w:p w14:paraId="3A74B00D" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8679"/>
           <w:tab w:val="right" w:pos="9378"/>
         </w:tabs>
-        <w:rPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="568223F3" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
+    <w:p w14:paraId="2F68DD2B" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8679"/>
           <w:tab w:val="right" w:pos="9378"/>
         </w:tabs>
-        <w:rPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Appendix C.  Third</w:t>
       </w:r>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:noBreakHyphen/>
         <w:t xml:space="preserve">Party-Liability Codes </w:t>
       </w:r>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:noBreakHyphen/>
         <w:t>1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59AA0348" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
+    <w:p w14:paraId="64F981E0" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8679"/>
           <w:tab w:val="right" w:pos="9378"/>
         </w:tabs>
-        <w:rPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6A4CD179" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
+    <w:p w14:paraId="52F8649C" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8679"/>
           <w:tab w:val="right" w:pos="9378"/>
         </w:tabs>
-        <w:rPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Appendix T.  CMSP Covered Codes </w:t>
       </w:r>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:noBreakHyphen/>
         <w:t>1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="200CF383" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
+    <w:p w14:paraId="1E38A6A4" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8679"/>
           <w:tab w:val="right" w:pos="9378"/>
         </w:tabs>
-        <w:rPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2BE6B94A" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="00453193">
+    <w:p w14:paraId="68C15985" w14:textId="3EBE5E4B" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="00453193">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8679"/>
           <w:tab w:val="right" w:pos="9378"/>
         </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1224" w:hanging="1224"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Appendix U.  DPH-Designated Serious Reportable Events That Are Not Provider Preventable</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidR="00A92828">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Conditions </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>Conditions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>U-1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D5F1769" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
+    <w:p w14:paraId="5C943D86" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8679"/>
           <w:tab w:val="right" w:pos="9378"/>
         </w:tabs>
-        <w:rPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5411F494" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
+    <w:p w14:paraId="3E092156" w14:textId="2834433B" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8679"/>
           <w:tab w:val="right" w:pos="9378"/>
         </w:tabs>
-        <w:rPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Appendix V.  MassHealth Billing Instructions for Provider Preventable Conditions </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>Appendix V.  MassHealth Billing Instructions for Provider Preventable Conditions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>V</w:t>
       </w:r>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:noBreakHyphen/>
         <w:t>1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FE0BF03" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
+    <w:p w14:paraId="7F50AA0B" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8679"/>
           <w:tab w:val="right" w:pos="9378"/>
         </w:tabs>
-        <w:rPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7C0CA97B" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
+    <w:p w14:paraId="549864FA" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8679"/>
           <w:tab w:val="right" w:pos="9378"/>
         </w:tabs>
-        <w:rPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Appendix W.  EPSDT </w:t>
-[...3 lines deleted...]
-        <w:rPr>
+        <w:t>Appendix W.  EPSDT Services  Medical and Dental Protocols and Periodicity Schedules</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Services  Medical</w:t>
-[...11 lines deleted...]
-        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>W-1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CCEDA42" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
+    <w:p w14:paraId="7566A3C2" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8679"/>
           <w:tab w:val="right" w:pos="9378"/>
         </w:tabs>
-        <w:rPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7697D224" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
+    <w:p w14:paraId="7DA53A9D" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8679"/>
           <w:tab w:val="right" w:pos="9378"/>
         </w:tabs>
-        <w:rPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Appendix X.  Family Assistance Copayments and Deductibles</w:t>
       </w:r>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>X-1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3965A9D0" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
+    <w:p w14:paraId="46C6A407" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8679"/>
           <w:tab w:val="right" w:pos="9378"/>
         </w:tabs>
-        <w:rPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0C30586C" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
+    <w:p w14:paraId="4D8F7849" w14:textId="7803FC0E" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8679"/>
           <w:tab w:val="right" w:pos="9378"/>
         </w:tabs>
-        <w:rPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Appendix Y.  EVS Codes and Messages </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>Appendix Y.  EVS Codes and Messages</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Y-1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35BCE221" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
+    <w:p w14:paraId="140656E6" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8679"/>
           <w:tab w:val="right" w:pos="9378"/>
         </w:tabs>
-        <w:rPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2A3BDCFD" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
+    <w:p w14:paraId="524068E1" w14:textId="4BE9AC2E" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8679"/>
           <w:tab w:val="right" w:pos="9378"/>
         </w:tabs>
-        <w:rPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Appendix Z.  EPSDT/PPHSD Screening Services Codes </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>Appendix Z.  EPSDT/PPHSD Screening Services Codes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Z-1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="559996F2" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
+    <w:p w14:paraId="0C0469D7" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8679"/>
           <w:tab w:val="right" w:pos="9378"/>
         </w:tabs>
-        <w:rPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0040B53C" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
+    <w:p w14:paraId="205D1860" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8679"/>
           <w:tab w:val="right" w:pos="9378"/>
         </w:tabs>
-        <w:rPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:sectPr w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidSect="00484614">
+        <w:sectPr w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidSect="00FD29C3">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="576" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:pgNumType w:start="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9741" w:type="dxa"/>
         <w:tblInd w:w="-8" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="132" w:type="dxa"/>
           <w:right w:w="132" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4220"/>
         <w:gridCol w:w="3750"/>
         <w:gridCol w:w="1771"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00484614" w:rsidRPr="001A052A" w14:paraId="14ABA936" w14:textId="77777777" w:rsidTr="00D83F23">
+      <w:tr w:rsidR="00D83F23" w:rsidRPr="001A052A" w14:paraId="21E1B0F3" w14:textId="77777777" w:rsidTr="00D83F23">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="864"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4220" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4D7560D0" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="00AB661E" w:rsidRDefault="00484614" w:rsidP="00B83981">
+          <w:p w14:paraId="5E7D8316" w14:textId="77777777" w:rsidR="00D83F23" w:rsidRPr="00AB661E" w:rsidRDefault="00D83F23" w:rsidP="00B83981">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB661E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:br w:type="page"/>
             </w:r>
             <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
               <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="PlaceType">
@@ -1228,185 +1469,199 @@
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>Commonwealth</w:t>
                 </w:r>
               </w:smartTag>
               <w:r w:rsidRPr="00AB661E">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> of </w:t>
               </w:r>
               <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="PlaceName">
                 <w:r w:rsidRPr="00AB661E">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>Massachusetts</w:t>
                 </w:r>
               </w:smartTag>
             </w:smartTag>
           </w:p>
-          <w:p w14:paraId="2B0FF73D" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="00AB661E" w:rsidRDefault="00484614" w:rsidP="00B83981">
+          <w:p w14:paraId="101AD483" w14:textId="77777777" w:rsidR="00D83F23" w:rsidRPr="00AB661E" w:rsidRDefault="00D83F23" w:rsidP="00B83981">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB661E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>MassHealth</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1E8CA1B3" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="00AB661E" w:rsidRDefault="00484614" w:rsidP="00B83981">
+          <w:p w14:paraId="7057602E" w14:textId="77777777" w:rsidR="00D83F23" w:rsidRPr="00AB661E" w:rsidRDefault="00D83F23" w:rsidP="00B83981">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB661E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Provider Manual Series</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3750" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14240EE5" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="00AB661E" w:rsidRDefault="00484614" w:rsidP="00B83981">
+          <w:p w14:paraId="6311C68F" w14:textId="77777777" w:rsidR="00D83F23" w:rsidRPr="00AB661E" w:rsidRDefault="00D83F23" w:rsidP="00B83981">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB661E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Subchapter Number and Title</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="465C29E1" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="00AB661E" w:rsidRDefault="00484614" w:rsidP="00B83981">
+          <w:p w14:paraId="3BFB53E9" w14:textId="7891E9A6" w:rsidR="00D83F23" w:rsidRPr="00AB661E" w:rsidRDefault="00D83F23" w:rsidP="00B83981">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB661E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>6 Service Codes</w:t>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00573FEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB661E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Service Codes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1771" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="58BF698A" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="00AB661E" w:rsidRDefault="00484614" w:rsidP="00B83981">
+          <w:p w14:paraId="33CEE411" w14:textId="77777777" w:rsidR="00D83F23" w:rsidRPr="00AB661E" w:rsidRDefault="00D83F23" w:rsidP="00B83981">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB661E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Page</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4240B3F1" w14:textId="5E1F3F89" w:rsidR="00484614" w:rsidRPr="00AB661E" w:rsidRDefault="00484614" w:rsidP="00B83981">
+          <w:p w14:paraId="23103286" w14:textId="10572B27" w:rsidR="00D83F23" w:rsidRPr="00AB661E" w:rsidRDefault="00D83F23" w:rsidP="00B83981">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="PageNumber"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB661E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
               </w:rPr>
               <w:t>6-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -1419,2979 +1674,6054 @@
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="PageNumber"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGE  </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="PageNumber"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00BC2DA2">
+            <w:r w:rsidR="00F55A15">
               <w:rPr>
                 <w:rStyle w:val="PageNumber"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="PageNumber"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4743F21A" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="00AB661E" w:rsidRDefault="00484614" w:rsidP="00B83981">
+          <w:p w14:paraId="3F6F0A0F" w14:textId="77777777" w:rsidR="00D83F23" w:rsidRPr="00AB661E" w:rsidRDefault="00D83F23" w:rsidP="00B83981">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00484614" w:rsidRPr="001A052A" w14:paraId="4DFA2038" w14:textId="77777777" w:rsidTr="00D83F23">
+      <w:tr w:rsidR="00D83F23" w:rsidRPr="001A052A" w14:paraId="4F4CDD28" w14:textId="77777777" w:rsidTr="00D83F23">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="864"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4220" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="18874753" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="00AB661E" w:rsidRDefault="00484614" w:rsidP="00B83981">
+          <w:p w14:paraId="6A4E2966" w14:textId="77777777" w:rsidR="00D83F23" w:rsidRPr="00AB661E" w:rsidRDefault="00D83F23" w:rsidP="00B83981">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB661E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Prosthetics Manual</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3750" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="18C7F24D" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="00AB661E" w:rsidRDefault="00484614" w:rsidP="00B83981">
+          <w:p w14:paraId="53972710" w14:textId="77777777" w:rsidR="00D83F23" w:rsidRPr="00AB661E" w:rsidRDefault="00D83F23" w:rsidP="00B83981">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB661E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Transmittal Letter</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="49A741D3" w14:textId="1D0C95F8" w:rsidR="00484614" w:rsidRPr="00AB661E" w:rsidRDefault="00484614" w:rsidP="00B83981">
+          <w:p w14:paraId="68C27810" w14:textId="081DFC7C" w:rsidR="00D83F23" w:rsidRPr="00AB661E" w:rsidRDefault="00D83F23" w:rsidP="00B83981">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB661E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>PRT-</w:t>
             </w:r>
-            <w:r w:rsidR="00D712B4">
+            <w:r w:rsidR="00D6746B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>30</w:t>
+              <w:t>31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1771" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="30950AEE" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="00AB661E" w:rsidRDefault="00484614" w:rsidP="00B83981">
+          <w:p w14:paraId="0784E332" w14:textId="77777777" w:rsidR="00D83F23" w:rsidRPr="00AB661E" w:rsidRDefault="00D83F23" w:rsidP="00B83981">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB661E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="60D106AE" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="00AB661E" w:rsidRDefault="00484614" w:rsidP="00B83981">
+          <w:p w14:paraId="100C9F6D" w14:textId="70CD99DA" w:rsidR="00D83F23" w:rsidRPr="00AB661E" w:rsidRDefault="00856689" w:rsidP="00B83981">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>10/01/</w:t>
+              <w:t>0</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AB661E">
+            <w:r w:rsidR="00997436">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>2024</w:t>
+              <w:t>4/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00997436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1/</w:t>
+            </w:r>
+            <w:r w:rsidR="00231231">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0FB2EA79" w14:textId="77777777" w:rsidR="00484614" w:rsidRDefault="00484614" w:rsidP="001A052A">
-[...14 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+    <w:p w14:paraId="23AE1DDD" w14:textId="77777777" w:rsidR="00D83F23" w:rsidRDefault="00D83F23" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="162EED7B" w14:textId="52CD2916" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">601  </w:t>
       </w:r>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Introduction</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C7A88D9" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-[...9 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+    <w:p w14:paraId="215938FD" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76EC0950" w14:textId="3632104A" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
         </w:rPr>
         <w:t>MassHealth pays for the services for codes listed in Section 602 in effect at the time of service, subject to all conditions and limitations in MassHealth regulations at 130 C</w:t>
       </w:r>
       <w:r w:rsidRPr="001A052A">
-        <w:t xml:space="preserve">MR 428.000 and 450.000. In addition, a provider may request prior authorization (PA) for any medically necessary prosthetic devices. </w:t>
-[...4 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>MR 428.000 and 450.000. In addition, a provider may request prior authorization (PA) for any medically necessary prosthetic devices.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="582E463C" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1593072D" w14:textId="77777777" w:rsidR="00484614" w:rsidRDefault="00484614" w:rsidP="001A052A">
+    <w:p w14:paraId="02495586" w14:textId="39A7C179" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="858"/>
           <w:tab w:val="left" w:pos="1310"/>
           <w:tab w:val="left" w:pos="1699"/>
           <w:tab w:val="left" w:pos="2074"/>
         </w:tabs>
-      </w:pPr>
-[...10 lines deleted...]
-        <w:r w:rsidRPr="003A0C37">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Providers should refer to the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidRPr="001A052A">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single"/>
           </w:rPr>
-          <w:t>MassHealth Orthotics and Prosthetics Payment and Coverage Guideline Tool</w:t>
+          <w:t xml:space="preserve">MassHealth Orthotics and Prosthetics Payment and Coverage Guidelines Tool </w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003A0C37">
-[...9 lines deleted...]
-    <w:p w14:paraId="44870451" w14:textId="77777777" w:rsidR="00484614" w:rsidRDefault="00484614" w:rsidP="001A052A">
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>for service descriptions, applicable modifiers, place-of-service codes, PA requirements, service limits, and pricing and markup information. For certain services that are payable on an individual-consideration (I.C.) basis, the tool can calculate the payable amount, based on information entered into certain fields on the tool.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5262B478" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="720"/>
+          <w:tab w:val="left" w:pos="858"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="5400"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2FB241AE" w14:textId="299A9609" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="858"/>
           <w:tab w:val="left" w:pos="1310"/>
           <w:tab w:val="left" w:pos="1699"/>
           <w:tab w:val="left" w:pos="2074"/>
         </w:tabs>
-      </w:pPr>
-[...38 lines deleted...]
-        <w:r w:rsidRPr="00416BFA">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">To get to the MassHealth Orthotic and Prosthetic Payment and Coverage Guidelines Tool, go to </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:r w:rsidRPr="001A052A">
           <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>www.mass.gov/service-details/masshealth-payment-and-coverage-guideline-tools</w:t>
+          <w:t>www.mass.gov/masshealth</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00416BFA">
-[...6 lines deleted...]
-    <w:p w14:paraId="2067329C" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>. Click on MassHealth Regulations and Other Publications, click on Provider Library, then on MassHealth Payment and Coverage Guideline Tools, and go to MassHealth Payment and Coverage Guideline Tools.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="648E71C5" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="858"/>
           <w:tab w:val="left" w:pos="1310"/>
           <w:tab w:val="left" w:pos="1699"/>
           <w:tab w:val="left" w:pos="2074"/>
         </w:tabs>
-        <w:rPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="320D5800" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="47AF904C" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve">602  </w:t>
       </w:r>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Service Codes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44F5BCDC" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
+    <w:p w14:paraId="353F8582" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="468"/>
         </w:tabs>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="225B1AFE" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="00BB27EA">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60F19428" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="00BB27EA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="550"/>
           <w:tab w:val="left" w:pos="1699"/>
           <w:tab w:val="left" w:pos="2074"/>
         </w:tabs>
-      </w:pPr>
-      <w:r w:rsidRPr="001A052A">
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve">This section lists codes for services that are payable under MassHealth. Refer to the Centers for Medicare &amp; Medicaid website at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidRPr="00BB27EA">
           <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>www.cms.gov</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> for more detailed descriptions.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36BAACE2" w14:textId="77777777" w:rsidR="00484614" w:rsidRDefault="00484614" w:rsidP="001A052A"/>
-[...3 lines deleted...]
-          <w:headerReference w:type="default" r:id="rId16"/>
+    <w:p w14:paraId="5F34F126" w14:textId="77777777" w:rsidR="00BB27EA" w:rsidRDefault="00BB27EA" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00BB27EA" w:rsidSect="00FD29C3">
+          <w:headerReference w:type="default" r:id="rId20"/>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="576" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="27A79407" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="1C66E179" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>L5000</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62E690E8" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="31E4A863" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>L5010</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4251EF3F" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="2C1CB81B" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>L5020</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C540AFE" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="64CFAAFD" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>L5050</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F369A93" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="0DDF9B2F" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>L5060</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CD4CD40" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="5651036F" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>L5100</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AD2CD8A" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="7CFD9D5A" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>L5105</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6424174C" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="288A7258" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>L5150</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="579EBB97" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="62515C21" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>L5160</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F8F68CB" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="664846BC" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>L5200</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BB424E3" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="7DCE97F3" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>L5210</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08F7FD19" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="79A83691" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>L5220</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CB55963" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="45424B17" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>L5230</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4432F25F" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="1B479949" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>L5250</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71890452" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="24D03686" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>L5270</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3077A784" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="62C88493" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>L5280</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="796231D1" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="4192E9B2" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>L5301</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="471E07FA" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="3C1C39E4" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>L5312</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6624CEC5" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="21E5ACB5" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>L5321</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D1D4A50" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="031F5D2C" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>L5331</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57B8A45F" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="6546040D" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>L5341</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6186AB06" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="4A1640DD" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>L5400</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="065BEF35" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="52C33C78" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>L5410</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FF4788F" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="26F3ADCC" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>L5420</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30C1B12F" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="6D5F3BA8" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>L5430</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11B72A80" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="79807FFB" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>L5450</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AE61C7C" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="51BACC60" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>L5460</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28DF8C6D" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="063F5306" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>L5500</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="231B0119" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="4660BFFB" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>L5505</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E05EB34" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="08B1DFDF" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>L5510</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="241D22E7" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="2AE61FC4" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>L5520</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CD0B8CF" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="595D6D0E" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>L5530</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E4E9C37" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="702D9D88" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>L5535</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68CBBA9A" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="21015661" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>L5540</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AC290DE" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="4B5B9756" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>L5560</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="453C7635" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="13C99EC1" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>L5570</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B8F95C3" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="38DC03CB" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>L5580</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E7130C3" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="6B8A46A1" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>L5585</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="276850EE" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="32C47E0F" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>L5590</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67F574C1" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="3724CAC2" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>L5595</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E8CF617" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="19834EFE" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>L5600</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10C9B25D" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="5D7A29EF" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>L5610</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24CC63BE" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="32A7907D" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>L5611</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="501B2E37" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="615EDD01" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>L5613</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DC8C4AE" w14:textId="77777777" w:rsidR="00484614" w:rsidRDefault="00484614" w:rsidP="001A052A">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="0F516827" w14:textId="77777777" w:rsidR="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>L5614</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A2E12BD" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="00453193" w:rsidRDefault="00484614" w:rsidP="00EA3F70">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="75E128A1" w14:textId="77777777" w:rsidR="00EA3F70" w:rsidRPr="00453193" w:rsidRDefault="00EA3F70" w:rsidP="00EA3F70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00453193">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>L5615</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3491BA19" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="69173F8B" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>L5616</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="559D17F7" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="3BEDAD5C" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>L5617</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06AD3221" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="2820718C" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>L5618</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D68D5D5" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="7FB0DA80" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>L5620</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79E02EE8" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="3EBB6E1D" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A052A">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>L5622</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28747504" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="377C3410" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5624</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16B9E250" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="32E62860" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5626</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="742BD1F4" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="42A7A731" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5628</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50227500" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="34C5E51C" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5629</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54EF687A" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="26F322A3" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5630</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F87E43D" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="58849B49" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5631</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B4BE2C9" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="724611B7" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5632</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4947FEC7" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="05227D4A" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5634</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A05F640" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="172D3143" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5636</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01C4ECEA" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="3BC7A5B7" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5637</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AC1838D" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="752D372B" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5638</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CE0C16B" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="62AA56B8" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5639</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="056906C2" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="3BCDB27A" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5640</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2934EEB6" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="5D44BFCB" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5642</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EB6725D" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="317EC7E8" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5643</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="684E471A" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="67C7DE1B" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5644</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E0AB140" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="79A08EF1" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5645</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B3EA0F2" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="1F98AB4A" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5646</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CB11C56" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="3EEFF38D" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5647</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4198E077" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="165F2E82" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5648</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20E80B2D" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="5C87F33D" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5649</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01017DF1" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="668B45F9" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5650</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="314929B2" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="080840FF" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5651</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5ED14C68" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="3FB21A74" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5652</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E6D26B6" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="2EADA73D" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5653</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C72C5B8" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="56F5937E" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5654</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A180720" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="26283BCA" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5655</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46D623F3" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="708A8740" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5656</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="202E0C81" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="0D739E69" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5658</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21A26192" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="2790D4DF" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5661</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D85D40F" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="7A4347B9" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5665</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4225423A" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="022386D0" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5666</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A6A91CC" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="27F77DC1" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5668</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55681A12" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="5CA024B0" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5670</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15BD1203" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="06AC6109" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5671</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1168BF08" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="1E135BBB" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5672</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A754362" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="67B2D705" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5673</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FA7109E" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="52EFBC99" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5676</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47356DB7" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="522314FE" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5677</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67BEEA1B" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="26E94531" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5678</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22280BD7" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="5E103860" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5679</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="755AFE82" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="2F4F90F8" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5680</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EE2C567" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="1A79489F" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5681</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CBBC3C8" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="39E3BD06" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5682</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A528E72" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="70D77109" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5683</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C2F8D7E" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="141848A7" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5684</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4754120F" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="02A7F52E" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5685</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F45A9E1" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="00759645" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5686</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E93142D" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="3A127D28" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5688</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B79CA81" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="725838D2" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5690</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A5A8DA1" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="3D88C075" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5692</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EF8405E" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="424C1F32" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5694</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04CA18B0" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="7D55A112" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5695</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5821D6CD" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="59111C8F" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5696</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="253A5F86" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="00817EE2" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5697</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B6F647B" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="02ED4AEB" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5698</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B6EA37F" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="645FD04B" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5699</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E82E653" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="4AC6B80E" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5700</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6ECAD7EA" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="448FC468" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5701</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76CA1D12" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="5A6EA305" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5702</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42CA3F7D" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="6170DD77" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5703</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63F2734D" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="41ED1897" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5704</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="673E4975" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="3FD52415" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5705</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B94EA57" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="6ED6218D" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5706</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AEEE777" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="27D21BF4" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5707</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A32B498" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="428731B0" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5710</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46470881" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="578A02CE" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5711</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E1E1C2C" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="649A78D1" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5712</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="542B9F9F" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="1519DDEB" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5714</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28977639" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="1C633ABE" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>L5716</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="559F2BEB" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="25D1519C" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5718</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5664AD96" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="6A348531" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5722</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F643DD0" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="7BE6997D" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5724</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73A44B19" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="589B57CE" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5726</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00E1E5B6" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="5A845C5E" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5728</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="753632AF" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="22D85685" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5780</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B434CED" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="607BF405" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5781</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FEAEDF3" w14:textId="77777777" w:rsidR="00484614" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="0E4D5D81" w14:textId="77777777" w:rsidR="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5782</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12B7528E" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
+    <w:p w14:paraId="0BB9709F" w14:textId="1E0BDB7C" w:rsidR="005A5D5E" w:rsidRPr="001A052A" w:rsidRDefault="005A5D5E" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5783</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DE6CBCF" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="4908D0BD" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5785</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A257CD8" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="723CC94F" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5790</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B335098" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="2103D60F" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5795</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AA7C72A" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="2B37C8C1" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5810</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="619057F8" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="161D5CA6" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5811</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="798BAA65" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="7F77F92F" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5812</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E14D4B5" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="389F78B6" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5814</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="003112E0" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="58E6A2AD" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5816</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75ADDD3C" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="22FBA868" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5818</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A0D3A0A" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="2B78644A" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5822</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5878616E" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="44AC41CD" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5824</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D3EA3F6" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="1F6523ED" w14:textId="77777777" w:rsidR="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5826</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0724D688" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="1B040314" w14:textId="77777777" w:rsidR="00790926" w:rsidRPr="001A052A" w:rsidRDefault="00790926" w:rsidP="00790926">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790926">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L5827</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="061FF565" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5828</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B46E1CB" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="1315E34F" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5830</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59510009" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="49BE0958" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5840</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="137B4A90" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="1A793EED" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5845</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BE8425D" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="386FC84A" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5848</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1846D1A3" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="33638F95" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5850</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FE52AC3" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="0D8812A9" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5855</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45A65ECB" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="38409478" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5856</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A8F7794" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="208C867A" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5857</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CEB167A" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="4A0FC9B7" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5858</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31C9F228" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="5ABA51B0" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5910</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B5BA5F9" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="38DCAF78" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5920</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75FB1932" w14:textId="77777777" w:rsidR="00484614" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="054462F8" w14:textId="77777777" w:rsidR="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5925</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D0287E7" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="00453193" w:rsidRDefault="00484614" w:rsidP="00EA3F70">
+    <w:p w14:paraId="02B31415" w14:textId="77777777" w:rsidR="00EA3F70" w:rsidRPr="00453193" w:rsidRDefault="00EA3F70" w:rsidP="00EA3F70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00453193">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5926</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="252482C2" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="1D614D03" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5930</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04B91E27" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="38D41EF8" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5940</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CC67132" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="3CB4D062" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5950</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73F15963" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="7FAB1398" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5960</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CFF1D16" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="611B9FCF" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5961</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="320B7AAF" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="7BCEB01F" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L5962</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D6E4D0F" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="434792FE" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L5964</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BDEEC52" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L5966</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="221CDBA9" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L5968</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48239C04" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L5969</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19251315" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L5970</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E59C700" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L5971</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15341196" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L5972</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09935F05" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L5973</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75B0E6C7" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L5974</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E9267B1" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L5975</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71A0AD77" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L5976</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C2BA8F7" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L5978</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71FDD395" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L5979</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31AB02C0" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L5980</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="089550E7" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L5981</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="634D5687" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L5982</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28FD641E" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L5984</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BF69C08" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L5985</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5ECC9D2C" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L5986</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AB678A6" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L5987</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="753F6612" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L5988</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C3BC4B7" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L5990</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BF663D7" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L5999</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76611441" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6000</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05530A10" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6010</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DB5B272" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6020</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E8BA6D1" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6026</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E8B6CE0" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6050</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75DCBC1E" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6055</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3029B6B9" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6100</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B53995E" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6110</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="612F93E6" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6120</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7949B5D8" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6130</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BD210C3" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6200</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64D9D4E4" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6205</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13C916AF" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6250</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2477E19C" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6300</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2616F3B1" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6310</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="598F94DB" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6320</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="744E814D" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6350</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02C36ED2" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6360</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E7F2DE8" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6370</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1010D8EE" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6380</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="715EDD0D" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6382</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F533D92" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6384</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="176E0201" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6386</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="724F8C6B" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6388</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70CADD94" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6400</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31A36895" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6450</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64EFF2AB" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6500</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="643D8274" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6550</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26C29168" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6570</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11510086" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6580</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B8DE1EE" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6582</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D214BB7" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6584</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="416286D1" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6586</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BDAE9DF" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6588</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="184B0A13" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6590</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11CE2A56" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6600</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D3AD7E5" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6605</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45793DF0" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6610</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="574A008B" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6611</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D03C4F7" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6615</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24A803DC" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6616</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CA8D760" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6620</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="545B7084" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6621</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52F84E58" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6623</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AE2705F" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6624</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BFD9D49" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6625</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B88033D" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6628</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BF10F9B" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6629</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29F07BFC" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6630</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09D141C0" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6632</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BD41600" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6635</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="525CE121" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6637</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="503594BE" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6638</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32980A20" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6640</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DC943F2" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6641</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D4057FA" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6642</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="287C1373" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6645</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B02DF8B" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6646</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7846BD3F" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6647</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CD70D5A" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6648</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71280C16" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6650</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28649264" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6655</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3550DD79" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6660</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A4D27F2" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6665</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D026991" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6670</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6098ED37" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6672</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65D13577" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6675</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25FCF1F2" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6676</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73DA90FA" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6677</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22F8AC46" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6680</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38F5D12C" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6682</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4966535C" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6684</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7598CA1C" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6686</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="018E7E46" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6687</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="528EFEB2" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6688</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52CDE681" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6689</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4010C120" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6690</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DCDAF6E" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6691</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36D001C1" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6692</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64E00714" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6693</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="017C6C6D" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6694</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D584321" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6695</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E13FEF0" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6696</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40281A23" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6697</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D7F83E2" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6698</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FF366C4" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6703</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37BA5C19" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6704</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="036BFE55" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6706</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6108AEC9" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6707</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25263FCB" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6708</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="476A225E" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6709</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DB53EE6" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6715</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D3AD3B9" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6805</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14D935B4" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6810</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BEDF788" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6880</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="233DFEA4" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6881</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C5E9227" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6882</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73199AF6" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6883</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="385AC36F" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6884</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D083ABD" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6885</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FC22E18" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6890</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="276F027F" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6895</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68BF8951" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6900</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1703D7B2" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6905</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09769764" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6910</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="259A94FF" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6915</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3652C0EC" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6920</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FBFDFC0" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6925</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EF77D34" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6930</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="178AED10" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6935</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47B548FE" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6940</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10BE0B5F" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6945</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65C6FFD8" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6950</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E51F47C" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6955</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="491D0BEB" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6960</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A5F0C29" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6965</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B628046" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6970</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CDFCF2C" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L6975</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="311BD1B5" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L7007</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1348D703" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L7008</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C6D41CA" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L7009</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3681C8F6" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L7040</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C075278" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L7045</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FF39BEA" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L7170</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FB11D13" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L7180</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38B53D2A" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L7181</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BF8573E" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L7185</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="213796FA" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L7186</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CA7CA29" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L7190</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C0382D3" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L7191</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DBEC347" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L7259</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A56408E" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L7360</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29F73F2F" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L7362</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D3FBF60" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L7364</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="619D7C6C" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L7366</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71BB1E10" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L7367</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="327D3C0E" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L7368</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0975C2D3" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L7400</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05BFD50C" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L7401</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B5CF046" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L7402</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="277A68C6" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L7403</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E124860" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L7404</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E6F598D" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L7405</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50CB456C" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L7499</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="213319DA" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L7510</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40737CF6" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L7520</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="298DCF1F" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L7600</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="404FA55D" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L8000</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A87B71A" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L8001</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="538843E0" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L8002</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B7E2733" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L8015</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01B280FC" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L8020</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="380AF287" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L8030</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1706FA9E" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>L8031</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01C93427" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>L5964</w:t>
-[...888 lines deleted...]
-      <w:r w:rsidRPr="001A052A">
         <w:t>L8032</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29DC47C2" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="1EE26ADA" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L8035</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02B99959" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="6F29E6E4" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L8039</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="253CA3D4" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="358BA46D" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L8300</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2265D436" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="492FBD24" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L8310</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="378ADE14" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="4777FC39" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L8320</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65768386" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="6113F0FE" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L8330</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EA098DB" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="55113BC1" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L8400</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4214AF9F" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="112E4225" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L8410</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EA24B18" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="36AC2F8D" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L8415</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23279383" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="06A91136" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L8417</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4052E07B" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="1F06080E" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L8420</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="467AAAFF" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="456FC6D8" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L8430</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AFECA15" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="6C2C2A6D" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L8435</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B9B727A" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="75648F41" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L8440</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25838D0F" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="2DD8B3F7" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L8460</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42C75104" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="6D7CCE3D" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L8465</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="737BD4C0" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="6800ED3F" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L8470</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="709DC2D5" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="069A8A18" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L8480</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F485399" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="71B06606" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L8485</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44BBF5EA" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="001A052A" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="1746F3EF" w14:textId="77777777" w:rsidR="001A052A" w:rsidRPr="001A052A" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>L8499</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79D5EA0C" w14:textId="77777777" w:rsidR="00484614" w:rsidRDefault="00484614" w:rsidP="001A052A">
-      <w:r w:rsidRPr="001A052A">
+    <w:p w14:paraId="27B1363C" w14:textId="77777777" w:rsidR="00A92828" w:rsidRDefault="001A052A" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>S1040</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E80B89C" w14:textId="77777777" w:rsidR="00484614" w:rsidRDefault="00484614" w:rsidP="001A052A">
-[...2 lines deleted...]
-          <w:headerReference w:type="default" r:id="rId17"/>
+    <w:p w14:paraId="1409F43B" w14:textId="77777777" w:rsidR="00BB27EA" w:rsidRDefault="00BB27EA" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00BB27EA" w:rsidSect="00C66657">
+          <w:headerReference w:type="default" r:id="rId21"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="576" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
-          <w:cols w:num="6" w:space="720"/>
+          <w:cols w:num="5" w:space="720"/>
           <w:titlePg/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4398C293" w14:textId="6C16A98F" w:rsidR="004424A2" w:rsidRPr="00B32231" w:rsidRDefault="004424A2" w:rsidP="00D56643">
-[...4 lines deleted...]
-    <w:sectPr w:rsidR="004424A2" w:rsidRPr="00B32231" w:rsidSect="00484614">
+    <w:p w14:paraId="3298034B" w14:textId="77777777" w:rsidR="0064183F" w:rsidRDefault="0064183F" w:rsidP="001A052A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F5AEDD1" w14:textId="77777777" w:rsidR="009A0E9B" w:rsidRPr="007F0CA7" w:rsidRDefault="009A0E9B" w:rsidP="00A92828">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="009A0E9B" w:rsidRPr="007F0CA7" w:rsidSect="00FD29C3">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="432" w:right="1296" w:bottom="720" w:left="1296" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="0"/>
       <w:cols w:num="6" w:space="720"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7C3974A8" w14:textId="77777777" w:rsidR="00645902" w:rsidRDefault="00645902" w:rsidP="00FF5AAD">
+    <w:p w14:paraId="474B29F4" w14:textId="77777777" w:rsidR="00770F9F" w:rsidRDefault="00770F9F" w:rsidP="00FF5AAD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="433D5654" w14:textId="77777777" w:rsidR="00645902" w:rsidRDefault="00645902" w:rsidP="00FF5AAD"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="20D66974" w14:textId="77777777" w:rsidR="00645902" w:rsidRDefault="00645902" w:rsidP="00FF5AAD"/>
+    <w:p w14:paraId="2995503B" w14:textId="77777777" w:rsidR="00770F9F" w:rsidRDefault="00770F9F" w:rsidP="00FF5AAD"/>
+    <w:p w14:paraId="6033B20F" w14:textId="77777777" w:rsidR="00770F9F" w:rsidRDefault="00770F9F" w:rsidP="00FF5AAD"/>
+    <w:p w14:paraId="3A42E65B" w14:textId="77777777" w:rsidR="00770F9F" w:rsidRDefault="00770F9F" w:rsidP="00FF5AAD"/>
+    <w:p w14:paraId="338C0308" w14:textId="77777777" w:rsidR="00770F9F" w:rsidRDefault="00770F9F" w:rsidP="00FF5AAD"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="595DB66E" w14:textId="77777777" w:rsidR="00645902" w:rsidRDefault="00645902" w:rsidP="00FF5AAD">
+    <w:p w14:paraId="178D7AF1" w14:textId="77777777" w:rsidR="00770F9F" w:rsidRDefault="00770F9F" w:rsidP="00FF5AAD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B2C6E67" w14:textId="77777777" w:rsidR="00645902" w:rsidRDefault="00645902" w:rsidP="00FF5AAD"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="64FFEED2" w14:textId="77777777" w:rsidR="00645902" w:rsidRDefault="00645902"/>
+    <w:p w14:paraId="29B23CCE" w14:textId="77777777" w:rsidR="00770F9F" w:rsidRDefault="00770F9F" w:rsidP="00FF5AAD"/>
+    <w:p w14:paraId="35D368BA" w14:textId="77777777" w:rsidR="00770F9F" w:rsidRDefault="00770F9F" w:rsidP="00FF5AAD"/>
+    <w:p w14:paraId="0A6582C3" w14:textId="77777777" w:rsidR="00770F9F" w:rsidRDefault="00770F9F" w:rsidP="00FF5AAD"/>
+    <w:p w14:paraId="7356287C" w14:textId="77777777" w:rsidR="00770F9F" w:rsidRDefault="00770F9F" w:rsidP="00FF5AAD"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Bookman Old Style">
     <w:panose1 w:val="02050604050505020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Georgia">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="52EF8FF4" w14:textId="77777777" w:rsidR="00484614" w:rsidRDefault="00484614" w:rsidP="002432EC">
+  <w:p w14:paraId="39E3A02C" w14:textId="77777777" w:rsidR="00D6746B" w:rsidRDefault="00D6746B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
-      <w:jc w:val="center"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="32ECB392" w14:textId="77777777" w:rsidR="00D6746B" w:rsidRDefault="00D6746B">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="417B95D8" w14:textId="77777777" w:rsidR="00D6746B" w:rsidRDefault="00D6746B">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5BD73DDF" w14:textId="77777777" w:rsidR="00645902" w:rsidRDefault="00645902" w:rsidP="00FF5AAD">
+    <w:p w14:paraId="05F9F39E" w14:textId="77777777" w:rsidR="00770F9F" w:rsidRDefault="00770F9F" w:rsidP="00FF5AAD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B6D74BE" w14:textId="77777777" w:rsidR="00645902" w:rsidRDefault="00645902" w:rsidP="00FF5AAD"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="5F434341" w14:textId="77777777" w:rsidR="00645902" w:rsidRDefault="00645902" w:rsidP="00FF5AAD"/>
+    <w:p w14:paraId="6103AE8B" w14:textId="77777777" w:rsidR="00770F9F" w:rsidRDefault="00770F9F" w:rsidP="00FF5AAD"/>
+    <w:p w14:paraId="654BE289" w14:textId="77777777" w:rsidR="00770F9F" w:rsidRDefault="00770F9F" w:rsidP="00FF5AAD"/>
+    <w:p w14:paraId="2B3E8C05" w14:textId="77777777" w:rsidR="00770F9F" w:rsidRDefault="00770F9F" w:rsidP="00FF5AAD"/>
+    <w:p w14:paraId="198E6506" w14:textId="77777777" w:rsidR="00770F9F" w:rsidRDefault="00770F9F" w:rsidP="00FF5AAD"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3DDB6BA0" w14:textId="77777777" w:rsidR="00645902" w:rsidRDefault="00645902" w:rsidP="00FF5AAD">
+    <w:p w14:paraId="02D4220F" w14:textId="77777777" w:rsidR="00770F9F" w:rsidRDefault="00770F9F" w:rsidP="00FF5AAD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25BC9F7C" w14:textId="77777777" w:rsidR="00645902" w:rsidRDefault="00645902" w:rsidP="00FF5AAD"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="33811400" w14:textId="77777777" w:rsidR="00645902" w:rsidRDefault="00645902"/>
+    <w:p w14:paraId="1F2B3ADF" w14:textId="77777777" w:rsidR="00770F9F" w:rsidRDefault="00770F9F" w:rsidP="00FF5AAD"/>
+    <w:p w14:paraId="587E30F0" w14:textId="77777777" w:rsidR="00770F9F" w:rsidRDefault="00770F9F" w:rsidP="00FF5AAD"/>
+    <w:p w14:paraId="7C28534E" w14:textId="77777777" w:rsidR="00770F9F" w:rsidRDefault="00770F9F" w:rsidP="00FF5AAD"/>
+    <w:p w14:paraId="3210DBA9" w14:textId="77777777" w:rsidR="00770F9F" w:rsidRDefault="00770F9F" w:rsidP="00FF5AAD"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="7F36D981" w14:textId="6FBBDF6B" w:rsidR="00484614" w:rsidRPr="008F7531" w:rsidRDefault="00484614" w:rsidP="004B033F">
+  <w:p w14:paraId="21CA7E96" w14:textId="77777777" w:rsidR="00D6746B" w:rsidRDefault="00D6746B">
     <w:pPr>
-      <w:ind w:left="6480"/>
-      <w:jc w:val="right"/>
+      <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="7F78250E" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="008C0AA1" w:rsidRDefault="00484614" w:rsidP="00BB27EA">
+  <w:p w14:paraId="728275B6" w14:textId="77777777" w:rsidR="00227A1C" w:rsidRDefault="00227A1C" w:rsidP="004B033F">
+    <w:pPr>
+      <w:spacing w:after="0"/>
+      <w:ind w:left="6480"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:r>
+      <w:t>MassHealth</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="11EACC58" w14:textId="769E0C1F" w:rsidR="00227A1C" w:rsidRDefault="00227A1C" w:rsidP="004B033F">
+    <w:pPr>
+      <w:spacing w:after="0"/>
+      <w:ind w:left="6480"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:r>
+      <w:t xml:space="preserve">TL </w:t>
+    </w:r>
+    <w:r w:rsidR="008C0AA1">
+      <w:t>PRT</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="77ADFDF1" w14:textId="63C17526" w:rsidR="00227A1C" w:rsidRPr="008F7531" w:rsidRDefault="008C0AA1" w:rsidP="004B033F">
+    <w:pPr>
+      <w:spacing w:after="0"/>
+      <w:ind w:left="6480"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:r>
+      <w:t>March 2024</w:t>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6459C996" w14:textId="77777777" w:rsidR="00D6746B" w:rsidRDefault="00D6746B">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="72A0C37B" w14:textId="1B492083" w:rsidR="001A052A" w:rsidRPr="008C0AA1" w:rsidRDefault="001A052A" w:rsidP="00BB27EA">
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="468"/>
         <w:tab w:val="center" w:pos="4824"/>
       </w:tabs>
       <w:spacing w:before="240"/>
       <w:rPr>
         <w:u w:val="single"/>
         <w:lang w:val="pt-BR"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00587008">
       <w:rPr>
         <w:lang w:val="pt-BR"/>
       </w:rPr>
       <w:t>60</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:lang w:val="pt-BR"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="00587008">
       <w:rPr>
         <w:lang w:val="pt-BR"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00147313">
       <w:rPr>
         <w:u w:val="single"/>
         <w:lang w:val="pt-BR"/>
       </w:rPr>
       <w:t>Service Codes</w:t>
     </w:r>
     <w:r w:rsidRPr="008F01C8">
       <w:rPr>
         <w:lang w:val="pt-BR"/>
       </w:rPr>
       <w:t xml:space="preserve"> (cont.)</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9741" w:type="dxa"/>
       <w:tblInd w:w="-8" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="132" w:type="dxa"/>
         <w:right w:w="132" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4220"/>
       <w:gridCol w:w="3750"/>
       <w:gridCol w:w="1771"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00484614" w:rsidRPr="001A052A" w14:paraId="0E527F5A" w14:textId="77777777" w:rsidTr="00B83981">
+    <w:tr w:rsidR="00D83F23" w:rsidRPr="001A052A" w14:paraId="243727EF" w14:textId="77777777" w:rsidTr="00B83981">
       <w:trPr>
         <w:trHeight w:hRule="exact" w:val="864"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4220" w:type="dxa"/>
           <w:tcBorders>
             <w:bottom w:val="nil"/>
           </w:tcBorders>
         </w:tcPr>
-        <w:p w14:paraId="1001754B" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="00AB661E" w:rsidRDefault="00484614" w:rsidP="00D83F23">
+        <w:p w14:paraId="5441A090" w14:textId="77777777" w:rsidR="00D83F23" w:rsidRPr="00AB661E" w:rsidRDefault="00D83F23" w:rsidP="00D83F23">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
             <w:spacing w:before="120"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00AB661E">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:br w:type="page"/>
           </w:r>
           <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
             <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="PlaceType">
               <w:r w:rsidRPr="00AB661E">
@@ -4401,185 +7731,185 @@
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:t>Commonwealth</w:t>
               </w:r>
             </w:smartTag>
             <w:r w:rsidRPr="00AB661E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> of </w:t>
             </w:r>
             <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="PlaceName">
               <w:r w:rsidRPr="00AB661E">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:t>Massachusetts</w:t>
               </w:r>
             </w:smartTag>
           </w:smartTag>
         </w:p>
-        <w:p w14:paraId="22FD6E0D" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="00AB661E" w:rsidRDefault="00484614" w:rsidP="00D83F23">
+        <w:p w14:paraId="74B9A4ED" w14:textId="77777777" w:rsidR="00D83F23" w:rsidRPr="00AB661E" w:rsidRDefault="00D83F23" w:rsidP="00D83F23">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00AB661E">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>MassHealth</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="6F73BE37" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="00AB661E" w:rsidRDefault="00484614" w:rsidP="00D83F23">
+        <w:p w14:paraId="10F91887" w14:textId="77777777" w:rsidR="00D83F23" w:rsidRPr="00AB661E" w:rsidRDefault="00D83F23" w:rsidP="00D83F23">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00AB661E">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>Provider Manual Series</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3750" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="4655277C" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="00AB661E" w:rsidRDefault="00484614" w:rsidP="00D83F23">
+        <w:p w14:paraId="3F2EB368" w14:textId="77777777" w:rsidR="00D83F23" w:rsidRPr="00AB661E" w:rsidRDefault="00D83F23" w:rsidP="00D83F23">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
             <w:spacing w:before="120"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00AB661E">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>Subchapter Number and Title</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="4BD8A247" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="00AB661E" w:rsidRDefault="00484614" w:rsidP="00D83F23">
+        <w:p w14:paraId="7DA577BE" w14:textId="77777777" w:rsidR="00D83F23" w:rsidRPr="00AB661E" w:rsidRDefault="00D83F23" w:rsidP="00D83F23">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
             <w:spacing w:before="120"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00AB661E">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>6 Service Codes</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1771" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="50D65CA7" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="00AB661E" w:rsidRDefault="00484614" w:rsidP="00D83F23">
+        <w:p w14:paraId="4FEFA17E" w14:textId="77777777" w:rsidR="00D83F23" w:rsidRPr="00AB661E" w:rsidRDefault="00D83F23" w:rsidP="00D83F23">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
             <w:spacing w:before="120"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00AB661E">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>Page</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="4AAD4ADC" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="00AB661E" w:rsidRDefault="00484614" w:rsidP="00D83F23">
+        <w:p w14:paraId="37134726" w14:textId="77777777" w:rsidR="00D83F23" w:rsidRPr="00AB661E" w:rsidRDefault="00D83F23" w:rsidP="00D83F23">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:spacing w:before="120"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rStyle w:val="PageNumber"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b w:val="0"/>
               <w:bCs/>
               <w:i w:val="0"/>
               <w:iCs w:val="0"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00AB661E">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b w:val="0"/>
               <w:bCs/>
               <w:i w:val="0"/>
               <w:iCs w:val="0"/>
             </w:rPr>
             <w:t>6-</w:t>
           </w:r>
           <w:r>
             <w:rPr>
@@ -4616,273 +7946,284 @@
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PageNumber"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b w:val="0"/>
               <w:bCs/>
               <w:i w:val="0"/>
               <w:iCs w:val="0"/>
               <w:noProof/>
             </w:rPr>
             <w:t>1</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PageNumber"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b w:val="0"/>
               <w:bCs/>
               <w:i w:val="0"/>
               <w:iCs w:val="0"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
-        <w:p w14:paraId="751DABBE" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="00AB661E" w:rsidRDefault="00484614" w:rsidP="00D83F23">
+        <w:p w14:paraId="799D579D" w14:textId="77777777" w:rsidR="00D83F23" w:rsidRPr="00AB661E" w:rsidRDefault="00D83F23" w:rsidP="00D83F23">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
             <w:spacing w:before="120"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="00484614" w:rsidRPr="001A052A" w14:paraId="2532158A" w14:textId="77777777" w:rsidTr="00B83981">
+    <w:tr w:rsidR="00D83F23" w:rsidRPr="001A052A" w14:paraId="2E26494C" w14:textId="77777777" w:rsidTr="00B83981">
       <w:trPr>
         <w:trHeight w:hRule="exact" w:val="864"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4220" w:type="dxa"/>
           <w:tcBorders>
             <w:top w:val="nil"/>
           </w:tcBorders>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="0DEC65C2" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="00AB661E" w:rsidRDefault="00484614" w:rsidP="00D83F23">
+        <w:p w14:paraId="7303C613" w14:textId="77777777" w:rsidR="00D83F23" w:rsidRPr="00AB661E" w:rsidRDefault="00D83F23" w:rsidP="00D83F23">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00AB661E">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>Prosthetics Manual</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3750" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="41087095" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="00AB661E" w:rsidRDefault="00484614" w:rsidP="00D83F23">
+        <w:p w14:paraId="72D2C754" w14:textId="77777777" w:rsidR="00D83F23" w:rsidRPr="00AB661E" w:rsidRDefault="00D83F23" w:rsidP="00D83F23">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
             <w:spacing w:before="120"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00AB661E">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>Transmittal Letter</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="7BD3EB4D" w14:textId="7C19A69E" w:rsidR="00484614" w:rsidRPr="00AB661E" w:rsidRDefault="00484614" w:rsidP="00D83F23">
+        <w:p w14:paraId="1B35C83F" w14:textId="7D31C8C7" w:rsidR="00D83F23" w:rsidRPr="00AB661E" w:rsidRDefault="00D83F23" w:rsidP="00D83F23">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
             <w:spacing w:before="120"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00AB661E">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>PRT-</w:t>
           </w:r>
-          <w:r w:rsidR="00D712B4">
+          <w:r w:rsidR="00D6746B">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
-              <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>30</w:t>
+            <w:t>31</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1771" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="0BF6EDC0" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="00AB661E" w:rsidRDefault="00484614" w:rsidP="00D83F23">
+        <w:p w14:paraId="794FCD8F" w14:textId="77777777" w:rsidR="00D83F23" w:rsidRPr="00AB661E" w:rsidRDefault="00D83F23" w:rsidP="00D83F23">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
             <w:spacing w:before="120"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00AB661E">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>Date</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="1B0B8D22" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="00AB661E" w:rsidRDefault="00484614" w:rsidP="00D83F23">
+        <w:p w14:paraId="058DDB64" w14:textId="3E250A4C" w:rsidR="00D83F23" w:rsidRPr="00AB661E" w:rsidRDefault="00856689" w:rsidP="00D83F23">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
             <w:spacing w:before="120"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
-              <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>10/01/</w:t>
+            <w:t>0</w:t>
           </w:r>
-          <w:r w:rsidRPr="00AB661E">
+          <w:r w:rsidR="00573FEC">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
-              <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>2024</w:t>
+            <w:t>4/</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>0</w:t>
+          </w:r>
+          <w:r w:rsidR="00573FEC">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>1/2025</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="3C3AE1A1" w14:textId="77777777" w:rsidR="00484614" w:rsidRPr="00484614" w:rsidRDefault="00484614" w:rsidP="00484614">
+  <w:p w14:paraId="2D529598" w14:textId="77777777" w:rsidR="00D83F23" w:rsidRPr="00C66657" w:rsidRDefault="00D83F23" w:rsidP="00BB27EA">
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="468"/>
         <w:tab w:val="center" w:pos="4824"/>
       </w:tabs>
-      <w:spacing w:before="240" w:after="240"/>
+      <w:spacing w:before="240"/>
       <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:u w:val="single"/>
         <w:lang w:val="pt-BR"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00587008">
+    <w:r w:rsidRPr="00C66657">
       <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:lang w:val="pt-BR"/>
       </w:rPr>
-      <w:t>60</w:t>
+      <w:t>602</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="00C66657">
       <w:rPr>
-        <w:lang w:val="pt-BR"/>
-[...4 lines deleted...]
-      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:lang w:val="pt-BR"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidRPr="00147313">
+    <w:r w:rsidRPr="00C66657">
       <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:u w:val="single"/>
         <w:lang w:val="pt-BR"/>
       </w:rPr>
       <w:t>Service Codes</w:t>
     </w:r>
-    <w:r w:rsidRPr="008F01C8">
+    <w:r w:rsidRPr="00C66657">
       <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:lang w:val="pt-BR"/>
       </w:rPr>
       <w:t xml:space="preserve"> (cont.)</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="81C02E9A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
@@ -5185,551 +8526,497 @@
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1234967336">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1153252758">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="51269344">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1695379085">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1308826171">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="646128741">
     <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="70"/>
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F04" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
-    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
-    <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00032BB1"/>
     <w:rsid w:val="000006C4"/>
     <w:rsid w:val="000149FE"/>
     <w:rsid w:val="00015A03"/>
-    <w:rsid w:val="00021E87"/>
     <w:rsid w:val="0002638F"/>
+    <w:rsid w:val="00031620"/>
     <w:rsid w:val="00032BB1"/>
     <w:rsid w:val="00032C02"/>
-    <w:rsid w:val="000345D8"/>
     <w:rsid w:val="00041220"/>
     <w:rsid w:val="00056E4C"/>
     <w:rsid w:val="000706EF"/>
-    <w:rsid w:val="000740BE"/>
+    <w:rsid w:val="000753D3"/>
     <w:rsid w:val="00080FFB"/>
     <w:rsid w:val="00086041"/>
     <w:rsid w:val="000943BC"/>
     <w:rsid w:val="00095863"/>
     <w:rsid w:val="00097DCC"/>
     <w:rsid w:val="000A2664"/>
-    <w:rsid w:val="000B1B68"/>
+    <w:rsid w:val="000B6352"/>
     <w:rsid w:val="000C2F0E"/>
-    <w:rsid w:val="000C6149"/>
-    <w:rsid w:val="000D51FB"/>
+    <w:rsid w:val="000C3960"/>
     <w:rsid w:val="000D71AE"/>
     <w:rsid w:val="000E3E10"/>
     <w:rsid w:val="000F173A"/>
     <w:rsid w:val="000F579B"/>
     <w:rsid w:val="001069A1"/>
-    <w:rsid w:val="00113A87"/>
     <w:rsid w:val="00113E7F"/>
-    <w:rsid w:val="0012314A"/>
+    <w:rsid w:val="00115290"/>
+    <w:rsid w:val="001168AF"/>
     <w:rsid w:val="00130054"/>
-    <w:rsid w:val="00133BB6"/>
     <w:rsid w:val="0014797D"/>
-    <w:rsid w:val="00152EC6"/>
     <w:rsid w:val="00153E24"/>
     <w:rsid w:val="00160FB0"/>
     <w:rsid w:val="001655EC"/>
-    <w:rsid w:val="00181CE8"/>
+    <w:rsid w:val="00170434"/>
     <w:rsid w:val="00183784"/>
     <w:rsid w:val="0018768A"/>
+    <w:rsid w:val="001940F2"/>
     <w:rsid w:val="00194491"/>
-    <w:rsid w:val="00195BCF"/>
     <w:rsid w:val="00195C8A"/>
     <w:rsid w:val="0019736A"/>
     <w:rsid w:val="00197D44"/>
+    <w:rsid w:val="001A052A"/>
     <w:rsid w:val="001A15C3"/>
     <w:rsid w:val="001A25AC"/>
     <w:rsid w:val="001A477C"/>
     <w:rsid w:val="001A7499"/>
-    <w:rsid w:val="001B73CE"/>
     <w:rsid w:val="001C1140"/>
+    <w:rsid w:val="001C2B51"/>
     <w:rsid w:val="001C784A"/>
     <w:rsid w:val="001D5FD0"/>
     <w:rsid w:val="001E0603"/>
+    <w:rsid w:val="001E38DA"/>
     <w:rsid w:val="001F6109"/>
     <w:rsid w:val="00200899"/>
     <w:rsid w:val="002018B3"/>
+    <w:rsid w:val="00201C10"/>
     <w:rsid w:val="00216420"/>
     <w:rsid w:val="00221668"/>
     <w:rsid w:val="00227A1C"/>
+    <w:rsid w:val="00231231"/>
     <w:rsid w:val="00232E91"/>
     <w:rsid w:val="00240726"/>
     <w:rsid w:val="002432EC"/>
     <w:rsid w:val="00246D80"/>
     <w:rsid w:val="00250727"/>
+    <w:rsid w:val="00254976"/>
     <w:rsid w:val="00254A64"/>
+    <w:rsid w:val="00256717"/>
     <w:rsid w:val="00263F44"/>
     <w:rsid w:val="00264FE0"/>
     <w:rsid w:val="00265DCC"/>
     <w:rsid w:val="00265FBB"/>
-    <w:rsid w:val="00270DBE"/>
     <w:rsid w:val="0028040D"/>
     <w:rsid w:val="00280993"/>
     <w:rsid w:val="002916ED"/>
+    <w:rsid w:val="00293A42"/>
     <w:rsid w:val="0029448A"/>
+    <w:rsid w:val="002A4893"/>
     <w:rsid w:val="002C12F8"/>
     <w:rsid w:val="002C40EA"/>
+    <w:rsid w:val="002C540F"/>
     <w:rsid w:val="002E3B6A"/>
     <w:rsid w:val="002E5188"/>
-    <w:rsid w:val="002E5E2B"/>
     <w:rsid w:val="002F7D2A"/>
     <w:rsid w:val="003065DA"/>
-    <w:rsid w:val="00322556"/>
     <w:rsid w:val="0032327C"/>
     <w:rsid w:val="0032351D"/>
-    <w:rsid w:val="00324D18"/>
-[...3 lines deleted...]
-    <w:rsid w:val="003644F6"/>
+    <w:rsid w:val="0033038A"/>
+    <w:rsid w:val="00357380"/>
     <w:rsid w:val="0037002C"/>
+    <w:rsid w:val="00372B46"/>
     <w:rsid w:val="003737F7"/>
     <w:rsid w:val="00374688"/>
     <w:rsid w:val="003869FD"/>
     <w:rsid w:val="00386F7B"/>
     <w:rsid w:val="00390C38"/>
     <w:rsid w:val="003A31CA"/>
     <w:rsid w:val="003A6E1E"/>
     <w:rsid w:val="003C0130"/>
-    <w:rsid w:val="003D1352"/>
-[...3 lines deleted...]
-    <w:rsid w:val="003E7C6D"/>
+    <w:rsid w:val="003C48C2"/>
     <w:rsid w:val="003F221A"/>
     <w:rsid w:val="003F4AF4"/>
-    <w:rsid w:val="00410AF0"/>
     <w:rsid w:val="004117FD"/>
     <w:rsid w:val="0041389E"/>
     <w:rsid w:val="004153B5"/>
+    <w:rsid w:val="00421F03"/>
     <w:rsid w:val="00427DA0"/>
+    <w:rsid w:val="00436239"/>
     <w:rsid w:val="004373B7"/>
     <w:rsid w:val="00437C15"/>
-    <w:rsid w:val="004424A2"/>
-    <w:rsid w:val="004472F3"/>
     <w:rsid w:val="00450E46"/>
-    <w:rsid w:val="00451E23"/>
+    <w:rsid w:val="00453193"/>
     <w:rsid w:val="00461793"/>
     <w:rsid w:val="00461DD8"/>
     <w:rsid w:val="0047107E"/>
-    <w:rsid w:val="00477921"/>
-[...2 lines deleted...]
-    <w:rsid w:val="004A42B0"/>
+    <w:rsid w:val="00495F75"/>
+    <w:rsid w:val="004A0525"/>
     <w:rsid w:val="004A5518"/>
     <w:rsid w:val="004A5AA4"/>
     <w:rsid w:val="004A612B"/>
     <w:rsid w:val="004B033F"/>
-    <w:rsid w:val="004C1237"/>
     <w:rsid w:val="004C1488"/>
-    <w:rsid w:val="004C365D"/>
-    <w:rsid w:val="004D3149"/>
+    <w:rsid w:val="004D0E12"/>
     <w:rsid w:val="004D4BC9"/>
     <w:rsid w:val="004D60BA"/>
-    <w:rsid w:val="004F3B12"/>
+    <w:rsid w:val="004F56BA"/>
     <w:rsid w:val="004F64E7"/>
-    <w:rsid w:val="004F6902"/>
+    <w:rsid w:val="00502824"/>
     <w:rsid w:val="00511043"/>
     <w:rsid w:val="005237ED"/>
+    <w:rsid w:val="00524718"/>
+    <w:rsid w:val="00526024"/>
     <w:rsid w:val="00526EAB"/>
-    <w:rsid w:val="00541203"/>
+    <w:rsid w:val="005374A4"/>
     <w:rsid w:val="00541D2A"/>
     <w:rsid w:val="00541D99"/>
-    <w:rsid w:val="0055139C"/>
-[...4 lines deleted...]
-    <w:rsid w:val="005750B4"/>
+    <w:rsid w:val="00573FEC"/>
     <w:rsid w:val="005763C9"/>
-    <w:rsid w:val="005764BF"/>
     <w:rsid w:val="00583219"/>
+    <w:rsid w:val="0058325F"/>
+    <w:rsid w:val="00590C1A"/>
     <w:rsid w:val="00590E06"/>
     <w:rsid w:val="0059389D"/>
     <w:rsid w:val="00595C99"/>
     <w:rsid w:val="00596612"/>
-    <w:rsid w:val="005A041D"/>
     <w:rsid w:val="005A3602"/>
-    <w:rsid w:val="005A5520"/>
     <w:rsid w:val="005A5C18"/>
+    <w:rsid w:val="005A5D5E"/>
+    <w:rsid w:val="005A6818"/>
     <w:rsid w:val="005B3A7D"/>
     <w:rsid w:val="005C33E4"/>
     <w:rsid w:val="005C7D99"/>
-    <w:rsid w:val="005D13D5"/>
-    <w:rsid w:val="005D7056"/>
     <w:rsid w:val="005E1EED"/>
     <w:rsid w:val="005E6E73"/>
-    <w:rsid w:val="005F42B3"/>
+    <w:rsid w:val="005F000E"/>
+    <w:rsid w:val="005F342D"/>
+    <w:rsid w:val="00601255"/>
     <w:rsid w:val="006015A8"/>
-    <w:rsid w:val="00606AD2"/>
     <w:rsid w:val="006233DC"/>
-    <w:rsid w:val="00645902"/>
+    <w:rsid w:val="0064183F"/>
+    <w:rsid w:val="006441A6"/>
     <w:rsid w:val="0064698F"/>
     <w:rsid w:val="00654896"/>
-    <w:rsid w:val="0065557E"/>
     <w:rsid w:val="00676163"/>
     <w:rsid w:val="006A58CB"/>
     <w:rsid w:val="006B272D"/>
-    <w:rsid w:val="006B5399"/>
     <w:rsid w:val="006B5BD5"/>
+    <w:rsid w:val="006B7A9D"/>
     <w:rsid w:val="006D1809"/>
     <w:rsid w:val="006D49AA"/>
-    <w:rsid w:val="006E3C0A"/>
-    <w:rsid w:val="006F115D"/>
+    <w:rsid w:val="006E0714"/>
+    <w:rsid w:val="006E100A"/>
     <w:rsid w:val="00700C89"/>
     <w:rsid w:val="00700F0E"/>
     <w:rsid w:val="00702352"/>
-    <w:rsid w:val="0070313F"/>
-    <w:rsid w:val="007138FA"/>
     <w:rsid w:val="00731164"/>
     <w:rsid w:val="00733878"/>
-    <w:rsid w:val="007435F2"/>
-    <w:rsid w:val="00752392"/>
+    <w:rsid w:val="007447F5"/>
     <w:rsid w:val="007535D9"/>
     <w:rsid w:val="00757D07"/>
     <w:rsid w:val="0076059D"/>
-    <w:rsid w:val="007609D2"/>
     <w:rsid w:val="007629E9"/>
-    <w:rsid w:val="00774EAF"/>
+    <w:rsid w:val="00767460"/>
+    <w:rsid w:val="00770F9F"/>
     <w:rsid w:val="007756B5"/>
     <w:rsid w:val="00776856"/>
-    <w:rsid w:val="007918C9"/>
+    <w:rsid w:val="00790926"/>
     <w:rsid w:val="007C2918"/>
     <w:rsid w:val="007C3BAF"/>
     <w:rsid w:val="007C63E4"/>
     <w:rsid w:val="007D2272"/>
     <w:rsid w:val="007D35FC"/>
     <w:rsid w:val="007D38A4"/>
+    <w:rsid w:val="007F0CA7"/>
     <w:rsid w:val="007F1CCF"/>
     <w:rsid w:val="007F4A56"/>
-    <w:rsid w:val="007F548C"/>
     <w:rsid w:val="007F69B5"/>
     <w:rsid w:val="007F74B0"/>
     <w:rsid w:val="00800CE8"/>
-    <w:rsid w:val="00802040"/>
     <w:rsid w:val="008031E5"/>
     <w:rsid w:val="00807AD4"/>
     <w:rsid w:val="00811DAF"/>
-    <w:rsid w:val="00811DD8"/>
     <w:rsid w:val="008151A9"/>
-    <w:rsid w:val="00817703"/>
     <w:rsid w:val="0082380C"/>
     <w:rsid w:val="0082579E"/>
     <w:rsid w:val="0082594F"/>
     <w:rsid w:val="008268F2"/>
     <w:rsid w:val="00832EAC"/>
-    <w:rsid w:val="008365F9"/>
+    <w:rsid w:val="00856689"/>
     <w:rsid w:val="00856980"/>
     <w:rsid w:val="008708FF"/>
     <w:rsid w:val="00872219"/>
-    <w:rsid w:val="00875282"/>
+    <w:rsid w:val="00885619"/>
     <w:rsid w:val="00893B9C"/>
     <w:rsid w:val="00894FF0"/>
     <w:rsid w:val="008A3156"/>
     <w:rsid w:val="008A3B9D"/>
     <w:rsid w:val="008A41EA"/>
+    <w:rsid w:val="008A471A"/>
     <w:rsid w:val="008A6A30"/>
     <w:rsid w:val="008B293F"/>
-    <w:rsid w:val="008B518A"/>
-[...1 lines deleted...]
-    <w:rsid w:val="008E37F1"/>
+    <w:rsid w:val="008B7497"/>
+    <w:rsid w:val="008C0AA1"/>
+    <w:rsid w:val="008D05D6"/>
     <w:rsid w:val="008F0A01"/>
     <w:rsid w:val="008F0D56"/>
     <w:rsid w:val="008F1DC8"/>
     <w:rsid w:val="008F7531"/>
     <w:rsid w:val="00902810"/>
+    <w:rsid w:val="00906F1E"/>
     <w:rsid w:val="00914F8B"/>
-    <w:rsid w:val="00915205"/>
     <w:rsid w:val="00930D16"/>
     <w:rsid w:val="0093651D"/>
     <w:rsid w:val="00943F98"/>
-    <w:rsid w:val="00953A7D"/>
+    <w:rsid w:val="00952698"/>
+    <w:rsid w:val="009571F1"/>
     <w:rsid w:val="00965D5A"/>
-    <w:rsid w:val="009719F8"/>
     <w:rsid w:val="00977415"/>
     <w:rsid w:val="00981FE9"/>
     <w:rsid w:val="009841A9"/>
-    <w:rsid w:val="00986273"/>
     <w:rsid w:val="00992105"/>
+    <w:rsid w:val="00997436"/>
     <w:rsid w:val="009A0E9B"/>
     <w:rsid w:val="009A3F81"/>
-    <w:rsid w:val="009A5540"/>
-    <w:rsid w:val="009A794A"/>
     <w:rsid w:val="009B4513"/>
-    <w:rsid w:val="009B4AD5"/>
-[...1 lines deleted...]
-    <w:rsid w:val="009C6A05"/>
+    <w:rsid w:val="009C4369"/>
     <w:rsid w:val="009D15FA"/>
     <w:rsid w:val="009D59BC"/>
-    <w:rsid w:val="009D5CF4"/>
+    <w:rsid w:val="009F13CB"/>
     <w:rsid w:val="009F3D01"/>
-    <w:rsid w:val="009F6672"/>
     <w:rsid w:val="00A024A3"/>
     <w:rsid w:val="00A0380C"/>
-    <w:rsid w:val="00A13213"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00A15AED"/>
     <w:rsid w:val="00A15EDB"/>
-    <w:rsid w:val="00A16CBF"/>
-    <w:rsid w:val="00A2694A"/>
     <w:rsid w:val="00A32028"/>
+    <w:rsid w:val="00A32712"/>
     <w:rsid w:val="00A422EC"/>
     <w:rsid w:val="00A458CF"/>
     <w:rsid w:val="00A4616C"/>
     <w:rsid w:val="00A4669C"/>
     <w:rsid w:val="00A56D1A"/>
     <w:rsid w:val="00A570CF"/>
     <w:rsid w:val="00A63CB3"/>
+    <w:rsid w:val="00A7039A"/>
     <w:rsid w:val="00A71583"/>
-    <w:rsid w:val="00A722C8"/>
     <w:rsid w:val="00A7391A"/>
     <w:rsid w:val="00A75E05"/>
-    <w:rsid w:val="00A851E7"/>
+    <w:rsid w:val="00A92828"/>
+    <w:rsid w:val="00A958E2"/>
     <w:rsid w:val="00AA5B85"/>
     <w:rsid w:val="00AB155F"/>
-    <w:rsid w:val="00AC0752"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00AC7D38"/>
+    <w:rsid w:val="00AB500D"/>
+    <w:rsid w:val="00AB5BD3"/>
+    <w:rsid w:val="00AB661E"/>
+    <w:rsid w:val="00AB75E9"/>
     <w:rsid w:val="00AD2EF9"/>
     <w:rsid w:val="00AD35E6"/>
     <w:rsid w:val="00AD4B0C"/>
-    <w:rsid w:val="00AD4CFA"/>
     <w:rsid w:val="00AD7BAF"/>
-    <w:rsid w:val="00AE4BB2"/>
-    <w:rsid w:val="00AE61F2"/>
+    <w:rsid w:val="00AE0BF7"/>
+    <w:rsid w:val="00AE2BED"/>
     <w:rsid w:val="00AF6898"/>
     <w:rsid w:val="00AF6D8F"/>
-    <w:rsid w:val="00B00607"/>
     <w:rsid w:val="00B03A46"/>
     <w:rsid w:val="00B058D1"/>
-    <w:rsid w:val="00B06C4D"/>
+    <w:rsid w:val="00B05AAE"/>
+    <w:rsid w:val="00B07A20"/>
     <w:rsid w:val="00B12A3B"/>
     <w:rsid w:val="00B131F5"/>
     <w:rsid w:val="00B20D9D"/>
-    <w:rsid w:val="00B30061"/>
-    <w:rsid w:val="00B32231"/>
     <w:rsid w:val="00B32555"/>
     <w:rsid w:val="00B327EA"/>
     <w:rsid w:val="00B4268A"/>
     <w:rsid w:val="00B44F42"/>
     <w:rsid w:val="00B51510"/>
     <w:rsid w:val="00B60798"/>
-    <w:rsid w:val="00B773EE"/>
-    <w:rsid w:val="00B928B2"/>
     <w:rsid w:val="00B964AA"/>
     <w:rsid w:val="00B97DA1"/>
-    <w:rsid w:val="00BB228C"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00BC3541"/>
+    <w:rsid w:val="00BB27EA"/>
+    <w:rsid w:val="00BB72E3"/>
     <w:rsid w:val="00BC376D"/>
     <w:rsid w:val="00BD0F64"/>
     <w:rsid w:val="00BD2F4A"/>
     <w:rsid w:val="00BE49D9"/>
-    <w:rsid w:val="00BF70AE"/>
+    <w:rsid w:val="00BF1F0A"/>
     <w:rsid w:val="00C046E9"/>
     <w:rsid w:val="00C05181"/>
     <w:rsid w:val="00C100CF"/>
     <w:rsid w:val="00C12AD1"/>
-    <w:rsid w:val="00C15254"/>
     <w:rsid w:val="00C16CEA"/>
-    <w:rsid w:val="00C240E5"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00C57605"/>
+    <w:rsid w:val="00C27F08"/>
     <w:rsid w:val="00C57688"/>
-    <w:rsid w:val="00C57C00"/>
     <w:rsid w:val="00C63B05"/>
-    <w:rsid w:val="00C726DA"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00C82A74"/>
+    <w:rsid w:val="00C66657"/>
+    <w:rsid w:val="00C76F03"/>
     <w:rsid w:val="00C847AA"/>
     <w:rsid w:val="00C84B58"/>
     <w:rsid w:val="00C9185E"/>
     <w:rsid w:val="00CA3B98"/>
-    <w:rsid w:val="00CA671C"/>
     <w:rsid w:val="00CB3D77"/>
-    <w:rsid w:val="00CE7E3D"/>
+    <w:rsid w:val="00CB4BD5"/>
+    <w:rsid w:val="00CB76A9"/>
+    <w:rsid w:val="00CD7A06"/>
+    <w:rsid w:val="00CE1F9D"/>
+    <w:rsid w:val="00CE229D"/>
     <w:rsid w:val="00CF0AAB"/>
     <w:rsid w:val="00D0388D"/>
-    <w:rsid w:val="00D06168"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00D145BD"/>
+    <w:rsid w:val="00D05FCC"/>
     <w:rsid w:val="00D20897"/>
+    <w:rsid w:val="00D20D4C"/>
     <w:rsid w:val="00D2728B"/>
     <w:rsid w:val="00D33ED2"/>
-    <w:rsid w:val="00D36D37"/>
     <w:rsid w:val="00D40840"/>
-    <w:rsid w:val="00D441D0"/>
-    <w:rsid w:val="00D46C45"/>
     <w:rsid w:val="00D516D7"/>
+    <w:rsid w:val="00D522D1"/>
     <w:rsid w:val="00D55314"/>
-    <w:rsid w:val="00D56643"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00D712B4"/>
+    <w:rsid w:val="00D6746B"/>
     <w:rsid w:val="00D757EC"/>
     <w:rsid w:val="00D76690"/>
+    <w:rsid w:val="00D83F23"/>
+    <w:rsid w:val="00D93407"/>
     <w:rsid w:val="00D93D6D"/>
     <w:rsid w:val="00D95EAD"/>
     <w:rsid w:val="00DA0783"/>
-    <w:rsid w:val="00DA201C"/>
-    <w:rsid w:val="00DB162D"/>
+    <w:rsid w:val="00DC1089"/>
     <w:rsid w:val="00DD509A"/>
     <w:rsid w:val="00DD7B60"/>
     <w:rsid w:val="00DD7B9C"/>
-    <w:rsid w:val="00DE3B51"/>
+    <w:rsid w:val="00DE40C8"/>
     <w:rsid w:val="00DF15B5"/>
     <w:rsid w:val="00DF2BB6"/>
     <w:rsid w:val="00DF3936"/>
     <w:rsid w:val="00DF5421"/>
     <w:rsid w:val="00DF5A51"/>
-    <w:rsid w:val="00E117D6"/>
-    <w:rsid w:val="00E253A6"/>
     <w:rsid w:val="00E25774"/>
-    <w:rsid w:val="00E260F7"/>
     <w:rsid w:val="00E26210"/>
-    <w:rsid w:val="00E26675"/>
     <w:rsid w:val="00E4227E"/>
     <w:rsid w:val="00E46EB1"/>
+    <w:rsid w:val="00E52AB9"/>
     <w:rsid w:val="00E61907"/>
-    <w:rsid w:val="00E62FA5"/>
     <w:rsid w:val="00E70EF5"/>
     <w:rsid w:val="00E77D62"/>
-    <w:rsid w:val="00E81416"/>
-    <w:rsid w:val="00E84BFD"/>
     <w:rsid w:val="00EA2611"/>
+    <w:rsid w:val="00EA3F70"/>
+    <w:rsid w:val="00EA66A0"/>
     <w:rsid w:val="00EB1686"/>
     <w:rsid w:val="00EB2269"/>
-    <w:rsid w:val="00EC207A"/>
     <w:rsid w:val="00EC4C96"/>
     <w:rsid w:val="00ED5E99"/>
     <w:rsid w:val="00EF0846"/>
     <w:rsid w:val="00EF202B"/>
     <w:rsid w:val="00F00371"/>
-    <w:rsid w:val="00F04F19"/>
-    <w:rsid w:val="00F11A5C"/>
     <w:rsid w:val="00F12CB8"/>
-    <w:rsid w:val="00F13F05"/>
     <w:rsid w:val="00F1656D"/>
     <w:rsid w:val="00F25059"/>
     <w:rsid w:val="00F32E6F"/>
     <w:rsid w:val="00F3494C"/>
     <w:rsid w:val="00F35D39"/>
     <w:rsid w:val="00F5166D"/>
+    <w:rsid w:val="00F55A15"/>
     <w:rsid w:val="00F5746D"/>
-    <w:rsid w:val="00F66264"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00F7039F"/>
+    <w:rsid w:val="00F606F1"/>
+    <w:rsid w:val="00F6268E"/>
     <w:rsid w:val="00F70970"/>
-    <w:rsid w:val="00F81151"/>
     <w:rsid w:val="00F823BA"/>
     <w:rsid w:val="00F902FE"/>
     <w:rsid w:val="00F91798"/>
-    <w:rsid w:val="00F96F03"/>
     <w:rsid w:val="00FA39BC"/>
     <w:rsid w:val="00FC1193"/>
     <w:rsid w:val="00FC1974"/>
     <w:rsid w:val="00FC443A"/>
-    <w:rsid w:val="00FE309D"/>
+    <w:rsid w:val="00FC6997"/>
+    <w:rsid w:val="00FD29C3"/>
     <w:rsid w:val="00FE5846"/>
-    <w:rsid w:val="00FF12D8"/>
-    <w:rsid w:val="00FF37E6"/>
     <w:rsid w:val="00FF5AAD"/>
     <w:rsid w:val="00FF6613"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="place"/>
+  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="PlaceType"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="PlaceName"/>
-  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="PlaceType"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="56904630"/>
   <w15:docId w15:val="{CE357604-757C-4540-80F7-B6B973F437DD}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
@@ -5774,51 +9061,51 @@
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6082,231 +9369,237 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00F11A5C"/>
+    <w:rsid w:val="00FF5AAD"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="0055663C"/>
+    <w:rsid w:val="00541D2A"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="5400"/>
       </w:tabs>
-      <w:spacing w:before="360" w:after="240"/>
+      <w:spacing w:before="480" w:after="240"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:noProof/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00AE61F2"/>
+    <w:rsid w:val="00654896"/>
     <w:pPr>
-      <w:spacing w:before="240" w:after="120"/>
+      <w:spacing w:before="360" w:after="120"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Heading2"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00654896"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="990"/>
       </w:tabs>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00461DD8"/>
     <w:pPr>
-      <w:spacing w:before="200"/>
+      <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00C12AD1"/>
     <w:pPr>
-      <w:spacing w:before="200"/>
+      <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="7F7F7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading6Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00C12AD1"/>
     <w:pPr>
-      <w:spacing w:line="271" w:lineRule="auto"/>
+      <w:spacing w:after="0" w:line="271" w:lineRule="auto"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="7F7F7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading7Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00C12AD1"/>
     <w:pPr>
+      <w:spacing w:after="0"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading8Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00C12AD1"/>
     <w:pPr>
+      <w:spacing w:after="0"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00C12AD1"/>
     <w:pPr>
+      <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="5"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
@@ -6327,50 +9620,51 @@
     <w:name w:val="memo"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1440"/>
         <w:tab w:val="left" w:pos="1800"/>
         <w:tab w:val="left" w:pos="5040"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00FF5AAD"/>
     <w:pPr>
+      <w:spacing w:after="0"/>
       <w:ind w:left="720" w:hanging="720"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
       <w:b/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
@@ -6398,70 +9692,71 @@
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:rsid w:val="0059389D"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:link w:val="BalloonText"/>
     <w:rsid w:val="0059389D"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="0055663C"/>
+    <w:rsid w:val="00541D2A"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:b/>
       <w:noProof/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
+      <w:lang w:val="fr-029"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00AE61F2"/>
+    <w:rsid w:val="00654896"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:b/>
-      <w:noProof/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
+      <w:lang w:val="fr-029"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00654896"/>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="fr-029"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00461DD8"/>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
@@ -6527,50 +9822,51 @@
     <w:link w:val="Heading9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00C12AD1"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="5"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="00C12AD1"/>
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:spacing w:val="5"/>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
     <w:name w:val="Title Char"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="00C12AD1"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:spacing w:val="5"/>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
@@ -6613,72 +9909,75 @@
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Emphasis">
     <w:name w:val="Emphasis"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="00C12AD1"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="10"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00C12AD1"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00C12AD1"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Quote">
     <w:name w:val="Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="QuoteChar"/>
     <w:uiPriority w:val="29"/>
     <w:qFormat/>
     <w:rsid w:val="00C12AD1"/>
     <w:pPr>
-      <w:spacing w:before="200"/>
+      <w:spacing w:before="200" w:after="0"/>
       <w:ind w:left="360" w:right="360"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
     <w:name w:val="Quote Char"/>
     <w:link w:val="Quote"/>
     <w:uiPriority w:val="29"/>
     <w:rsid w:val="00C12AD1"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="IntenseQuote">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="IntenseQuoteChar"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
     <w:rsid w:val="00C12AD1"/>
@@ -6760,208 +10059,239 @@
       <w:smallCaps/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOCHeading">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00C12AD1"/>
     <w:pPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:bidi="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BodyTextChar"/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
-    <w:rsid w:val="00B32231"/>
+    <w:rsid w:val="000943BC"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
     <w:name w:val="Body Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BodyText"/>
-    <w:rsid w:val="00B32231"/>
+    <w:rsid w:val="000943BC"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B4268A"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00056E4C"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00056E4C"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:rsid w:val="00056E4C"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00056E4C"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:semiHidden/>
     <w:rsid w:val="00056E4C"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="SubjectLine">
     <w:name w:val="Subject Line"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SubjectLineChar"/>
     <w:qFormat/>
-    <w:rsid w:val="00AE61F2"/>
+    <w:rsid w:val="00097DCC"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1080"/>
       </w:tabs>
-      <w:spacing w:before="120" w:after="120"/>
+      <w:spacing w:before="120"/>
       <w:ind w:left="1080" w:hanging="1080"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SubjectLineChar">
     <w:name w:val="Subject Line Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="SubjectLine"/>
-    <w:rsid w:val="00AE61F2"/>
+    <w:rsid w:val="00097DCC"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00E61907"/>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="007756B5"/>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001069A1"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
+    <w:name w:val="paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00436239"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
+    <w:name w:val="normaltextrun"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00436239"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="tabchar">
+    <w:name w:val="tabchar"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00436239"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="eop">
+    <w:name w:val="eop"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00436239"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/masshealth-payment-and-coverage-guideline-tools" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cms.gov" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/masshealth-payment-and-coverage-guideline-tools" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/masshealth" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/eohhs/docs/masshealth/mh-paymnt-coverage-guideline-tools/mhpgt-ort-prt.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cms.gov" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -7222,52 +10552,72 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101004ACAA8BD88EB8945AAE04407B477030C" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="17aaa53fbd7597b195bce8f90ceec0e5">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d8ecd2c7-f42d-412b-950c-7056a0e524ed" xmlns:ns3="91f3e3b9-8052-4988-a4eb-24f16969dcab" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="84e99b64660e760d709e89b5c091f915" ns2:_="" ns3:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="d8ecd2c7-f42d-412b-950c-7056a0e524ed">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="91f3e3b9-8052-4988-a4eb-24f16969dcab" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101004ACAA8BD88EB8945AAE04407B477030C" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="768e7d44e9b4645264a190753be6092c">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d8ecd2c7-f42d-412b-950c-7056a0e524ed" xmlns:ns3="91f3e3b9-8052-4988-a4eb-24f16969dcab" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="611faa9e0f12237a2e6c673688a812b7" ns2:_="" ns3:_="">
     <xsd:import namespace="d8ecd2c7-f42d-412b-950c-7056a0e524ed"/>
     <xsd:import namespace="91f3e3b9-8052-4988-a4eb-24f16969dcab"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
@@ -7444,367 +10794,167 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{58ADD3AA-D205-44D8-9D0B-2A121C50BD18}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="d8ecd2c7-f42d-412b-950c-7056a0e524ed"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="91f3e3b9-8052-4988-a4eb-24f16969dcab"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{97488E64-C99F-47C3-A298-2F260F31286E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EB41D68A-942A-4D0F-94A6-E2CFB37234C0}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DD1E0D2B-FC1E-4AA9-8F3C-24C64FFD32DF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="d8ecd2c7-f42d-412b-950c-7056a0e524ed"/>
     <ds:schemaRef ds:uri="91f3e3b9-8052-4988-a4eb-24f16969dcab"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B989D34B-ED85-4DB2-95E2-CC7D43909196}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
-  </ds:schemaRefs>
-[...23 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>3977</Characters>
+  <Pages>4</Pages>
+  <Words>682</Words>
+  <Characters>4043</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>9</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>63</Lines>
+  <Paragraphs>36</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Transmittal Letter</vt:lpstr>
+      <vt:lpstr>Eligilibity Operations Memo</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>DMA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4610</CharactersWithSpaces>
+  <CharactersWithSpaces>4689</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
-    <vt:vector size="66" baseType="variant">
+    <vt:vector size="6" baseType="variant">
       <vt:variant>
-        <vt:i4>4980764</vt:i4>
-[...179 lines deleted...]
-        <vt:i4>2031698</vt:i4>
+        <vt:i4>6946870</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.mass.gov/orgs/masshealth</vt:lpwstr>
+        <vt:lpwstr>https://twitter.com/masshealth</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Transmittal Letter</dc:title>
+  <dc:title>Eligilibity Operations Memo</dc:title>
   <dc:creator>MassHealth</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101004ACAA8BD88EB8945AAE04407B477030C</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>