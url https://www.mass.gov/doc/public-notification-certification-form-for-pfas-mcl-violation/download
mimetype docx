--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -6,111 +6,263 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="14A213C6" w14:textId="77777777" w:rsidR="00CE61C9" w:rsidRPr="00FC0829" w:rsidRDefault="00023EF9" w:rsidP="00CC3A5F">
+    <w:p w14:paraId="14A213C6" w14:textId="1EFB17B9" w:rsidR="00CE61C9" w:rsidRPr="00FC0829" w:rsidRDefault="00887148" w:rsidP="00CC3A5F">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:pict w14:anchorId="5C931CA6">
-[...41 lines deleted...]
-        </w:pict>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5C931CA6" wp14:editId="0316DBCE">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>-9525</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>-76200</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="770890" cy="844550"/>
+                <wp:effectExtent l="0" t="0" r="635" b="3175"/>
+                <wp:wrapNone/>
+                <wp:docPr id="222793095" name="Text Box 5"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="770890" cy="844550"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                              <a:solidFill>
+                                <a:srgbClr val="000000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a14:hiddenLine>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="658FC872" w14:textId="3301645D" w:rsidR="00940E41" w:rsidRDefault="00887148" w:rsidP="001F662F">
+                            <w:r>
+                              <w:rPr>
+                                <w:noProof/>
+                              </w:rPr>
+                              <w:drawing>
+                                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="73355D82" wp14:editId="28507E13">
+                                  <wp:extent cx="586740" cy="750570"/>
+                                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                                  <wp:docPr id="2" name="Picture 1" descr="Icon&#10;&#10;Description automatically generated with medium confidence"/>
+                                  <wp:cNvGraphicFramePr>
+                                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                                  </wp:cNvGraphicFramePr>
+                                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                                        <pic:nvPicPr>
+                                          <pic:cNvPr id="0" name="Picture 2" descr="Icon&#10;&#10;Description automatically generated with medium confidence"/>
+                                          <pic:cNvPicPr>
+                                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                                          </pic:cNvPicPr>
+                                        </pic:nvPicPr>
+                                        <pic:blipFill>
+                                          <a:blip r:embed="rId11">
+                                            <a:extLst>
+                                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                              </a:ext>
+                                            </a:extLst>
+                                          </a:blip>
+                                          <a:srcRect/>
+                                          <a:stretch>
+                                            <a:fillRect/>
+                                          </a:stretch>
+                                        </pic:blipFill>
+                                        <pic:spPr bwMode="auto">
+                                          <a:xfrm>
+                                            <a:off x="0" y="0"/>
+                                            <a:ext cx="586740" cy="750570"/>
+                                          </a:xfrm>
+                                          <a:prstGeom prst="rect">
+                                            <a:avLst/>
+                                          </a:prstGeom>
+                                          <a:noFill/>
+                                          <a:ln>
+                                            <a:noFill/>
+                                          </a:ln>
+                                        </pic:spPr>
+                                      </pic:pic>
+                                    </a:graphicData>
+                                  </a:graphic>
+                                </wp:inline>
+                              </w:drawing>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="none" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:spAutoFit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype w14:anchorId="5C931CA6" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Text Box 5" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-.75pt;margin-top:-6pt;width:60.7pt;height:66.5pt;z-index:251657216;visibility:visible;mso-wrap-style:none;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAnoxWo7wEAAMcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO2jAQvVfqP1i+lwCCwkaE1ZYVVaVt&#10;t9K2H+A4TmLV8VhjQ0K/vmMHWLS9Vc3B8njsN/PevGzuh86wo0KvwRZ8NplypqyEStum4D9/7D+s&#10;OfNB2EoYsKrgJ+X5/fb9u03vcjWHFkylkBGI9XnvCt6G4PIs87JVnfATcMpSsgbsRKAQm6xC0RN6&#10;Z7L5dPox6wErhyCV93T6OCb5NuHXtZLhua69CswUnHoLacW0lnHNthuRNyhcq+W5DfEPXXRCWyp6&#10;hXoUQbAD6r+gOi0RPNRhIqHLoK61VIkDsZlN37B5aYVTiQuJ491VJv//YOW344v7jiwMn2CgASYS&#10;3j2B/OWZhV0rbKMeEKFvlaio8CxKlvXO5+enUWqf+whS9l+hoiGLQ4AENNTYRVWIJyN0GsDpKroa&#10;ApN0uFpN13eUkZRaLxbLZRpKJvLLY4c+fFbQsbgpONJME7g4PvkQmxH55Uqs5cHoaq+NSQE25c4g&#10;Owqa/z59qf8314yNly3EZyNiPEksI7GRYhjKgZKRbQnVifgijH4i/9OmBfzNWU9eKrgls3NmvlhS&#10;7G62WETrpWCxXM0pwNtMeZsRVhJQwQNn43YXRrseHOqmpTqXGT2QynudFHjt6dw1uSUJc3Z2tONt&#10;nG69/n/bPwAAAP//AwBQSwMEFAAGAAgAAAAhAITPU0rfAAAACgEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj9FKxDAQRd8F/yGM4Ntu2oqrrU0XUQRFWNjVD0iT2bbYTGqT3da/d/qkTzPDvdw5t9zOrhdn&#10;HEPnSUG6TkAgGW87ahR8frys7kGEqMnq3hMq+MEA2+ryotSF9RPt8XyIjeAQCoVW0MY4FFIG06LT&#10;Ye0HJNaOfnQ68jk20o564nDXyyxJNtLpjvhDqwd8atF8HU5OwXM31t/G37xu7t5zs9uH4/S2k0pd&#10;X82PDyAizvHPDAs+o0PFTLU/kQ2iV7BKb9m5zIw7LYY0z0HUvGRpArIq5f8K1S8AAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAJ6MVqO8BAADHAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAhM9TSt8AAAAKAQAADwAAAAAAAAAAAAAAAABJBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAFUFAAAAAA==&#10;" stroked="f">
+                <v:textbox style="mso-fit-shape-to-text:t">
+                  <w:txbxContent>
+                    <w:p w14:paraId="658FC872" w14:textId="3301645D" w:rsidR="00940E41" w:rsidRDefault="00887148" w:rsidP="001F662F">
+                      <w:r>
+                        <w:rPr>
+                          <w:noProof/>
+                        </w:rPr>
+                        <w:drawing>
+                          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="73355D82" wp14:editId="28507E13">
+                            <wp:extent cx="586740" cy="750570"/>
+                            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                            <wp:docPr id="2" name="Picture 1" descr="Icon&#10;&#10;Description automatically generated with medium confidence"/>
+                            <wp:cNvGraphicFramePr>
+                              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                            </wp:cNvGraphicFramePr>
+                            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                                  <pic:nvPicPr>
+                                    <pic:cNvPr id="0" name="Picture 2" descr="Icon&#10;&#10;Description automatically generated with medium confidence"/>
+                                    <pic:cNvPicPr>
+                                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                                    </pic:cNvPicPr>
+                                  </pic:nvPicPr>
+                                  <pic:blipFill>
+                                    <a:blip r:embed="rId11">
+                                      <a:extLst>
+                                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                        </a:ext>
+                                      </a:extLst>
+                                    </a:blip>
+                                    <a:srcRect/>
+                                    <a:stretch>
+                                      <a:fillRect/>
+                                    </a:stretch>
+                                  </pic:blipFill>
+                                  <pic:spPr bwMode="auto">
+                                    <a:xfrm>
+                                      <a:off x="0" y="0"/>
+                                      <a:ext cx="586740" cy="750570"/>
+                                    </a:xfrm>
+                                    <a:prstGeom prst="rect">
+                                      <a:avLst/>
+                                    </a:prstGeom>
+                                    <a:noFill/>
+                                    <a:ln>
+                                      <a:noFill/>
+                                    </a:ln>
+                                  </pic:spPr>
+                                </pic:pic>
+                              </a:graphicData>
+                            </a:graphic>
+                          </wp:inline>
+                        </w:drawing>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="001F662F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidR="00FC0829">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
       <w:r w:rsidR="003175FB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -208,97 +360,91 @@
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="120" w:type="dxa"/>
           <w:right w:w="120" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9360"/>
       </w:tblGrid>
       <w:tr w:rsidR="00CE61C9" w14:paraId="2FC448ED" w14:textId="77777777" w:rsidTr="00386D36">
-        <w:tblPrEx>
-[...4 lines deleted...]
-        </w:tblPrEx>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9360" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F"/>
           </w:tcPr>
           <w:p w14:paraId="497E296B" w14:textId="77777777" w:rsidR="00CE61C9" w:rsidRDefault="00CE61C9">
             <w:pPr>
               <w:spacing w:line="120" w:lineRule="exact"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0807D6B3" w14:textId="77777777" w:rsidR="00CE61C9" w:rsidRDefault="00CE61C9">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>CERTIFICATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="182E72E8" w14:textId="77777777" w:rsidR="00CE61C9" w:rsidRDefault="00CE61C9">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="48FAFAB5" w14:textId="77777777" w:rsidR="006E0522" w:rsidRPr="00151BAB" w:rsidRDefault="008B562D">
+    <w:p w14:paraId="48FAFAB5" w14:textId="3219744F" w:rsidR="006E0522" w:rsidRPr="00151BAB" w:rsidRDefault="008B562D">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Make sure to s</w:t>
       </w:r>
       <w:r w:rsidR="000308F3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">end </w:t>
@@ -447,126 +593,165 @@
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">o demonstrate </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>you have met</w:t>
       </w:r>
       <w:r w:rsidR="00D93BAC" w:rsidRPr="00342ED2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>all of the</w:t>
+        <w:t>all of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the</w:t>
       </w:r>
       <w:r w:rsidR="00D93BAC" w:rsidRPr="00342ED2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> PFAS Public Education requirements [310 CMR 22.07G(7)(e)]</w:t>
       </w:r>
       <w:r w:rsidR="00D93BAC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and Public Notice requirements [</w:t>
       </w:r>
       <w:r w:rsidR="00D93BAC" w:rsidRPr="00CE13FB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>310 CMR 22.</w:t>
       </w:r>
-      <w:r w:rsidR="00D93BAC" w:rsidRPr="000308F3">
-[...10 lines deleted...]
-      <w:r w:rsidR="00D93BAC">
+      <w:r w:rsidR="00D93BAC" w:rsidRPr="00476000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>],</w:t>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="0033150F" w:rsidRPr="00476000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00D93BAC" w:rsidRPr="00476000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>]</w:t>
       </w:r>
       <w:r w:rsidR="00CE61C9" w:rsidRPr="00CE13FB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:r w:rsidR="00CE61C9" w:rsidRPr="00CE13FB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">When you certify, you are also stating that you will meet future requirements for notifying new </w:t>
+        <w:t>When you certify, you are also stating that you will meet future</w:t>
+      </w:r>
+      <w:r w:rsidR="008C0196">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE61C9" w:rsidRPr="00CE13FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">requirements for notifying new </w:t>
       </w:r>
       <w:r w:rsidR="00FC0829">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">billable customers </w:t>
       </w:r>
       <w:r w:rsidR="00CE61C9" w:rsidRPr="00CE13FB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>of the violation</w:t>
       </w:r>
       <w:r w:rsidR="00FC0829">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
@@ -594,56 +779,50 @@
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6015"/>
         <w:gridCol w:w="15"/>
         <w:gridCol w:w="3330"/>
       </w:tblGrid>
       <w:tr w:rsidR="00CE61C9" w14:paraId="0C4A7574" w14:textId="77777777" w:rsidTr="00FC0829">
-        <w:tblPrEx>
-[...4 lines deleted...]
-        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="490"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9360" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="06D1C5CA" w14:textId="77777777" w:rsidR="00CE61C9" w:rsidRDefault="00CE61C9">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="389D87E9" w14:textId="77777777" w:rsidR="007B12DE" w:rsidRPr="00151BAB" w:rsidRDefault="00CE61C9" w:rsidP="007B12DE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
@@ -864,56 +1043,50 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="007B12DE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
           </w:p>
           <w:p w14:paraId="0E73D1F6" w14:textId="77777777" w:rsidR="00CE61C9" w:rsidRDefault="00CE61C9">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007B12DE" w14:paraId="0D7CC10B" w14:textId="77777777" w:rsidTr="00FC0829">
-        <w:tblPrEx>
-[...4 lines deleted...]
-        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="490"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6030" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="1F88A7A1" w14:textId="77777777" w:rsidR="007B12DE" w:rsidRPr="00151BAB" w:rsidRDefault="007B12DE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="58937FB6" w14:textId="77777777" w:rsidR="007B12DE" w:rsidRPr="00FC0829" w:rsidRDefault="007B12DE" w:rsidP="007B12DE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
@@ -1063,225 +1236,254 @@
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="3" w:name="Check1"/>
             <w:r w:rsidRPr="00151BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00151BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00151BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00151BAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="3"/>
             <w:r w:rsidRPr="00151BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Community        </w:t>
             </w:r>
             <w:r w:rsidRPr="00151BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="4" w:name="Check2"/>
             <w:r w:rsidRPr="00151BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00151BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00151BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00151BAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
             <w:r w:rsidRPr="00151BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Non-community</w:t>
-            </w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00151BAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Non-community</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="26CFD074" w14:textId="77777777" w:rsidR="007B12DE" w:rsidRDefault="007B12DE" w:rsidP="007B12DE">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007B12DE" w14:paraId="1B5491E7" w14:textId="77777777" w:rsidTr="00FC0829">
-        <w:tblPrEx>
-[...4 lines deleted...]
-        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="692"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9360" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="060680BE" w14:textId="77777777" w:rsidR="00CA6950" w:rsidRDefault="001B1DA5" w:rsidP="00FC0829">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Describe the</w:t>
             </w:r>
             <w:r w:rsidR="007B12DE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> v</w:t>
             </w:r>
             <w:r w:rsidR="007B12DE" w:rsidRPr="00151BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>iolation</w:t>
             </w:r>
             <w:r w:rsidR="00FC0829">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> orsituation specified by MassDEP</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00FC0829">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>orsituation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00FC0829">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> specified by MassDEP</w:t>
             </w:r>
             <w:r w:rsidR="007B12DE" w:rsidRPr="00151BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="42859FE9" w14:textId="77777777" w:rsidR="007B12DE" w:rsidRPr="00151BAB" w:rsidRDefault="00CA6950" w:rsidP="00FC0829">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B62259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>PFAS Detection</w:t>
             </w:r>
             <w:r w:rsidR="00B62259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>(s)</w:t>
             </w:r>
             <w:r w:rsidRPr="00B62259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t xml:space="preserve"> requiring issuance of Public Education and Public Notice</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C6324C" w14:paraId="0CD958D4" w14:textId="77777777" w:rsidTr="00FC0829">
-        <w:tblPrEx>
-[...4 lines deleted...]
-        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="490"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6015" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="166DFFBF" w14:textId="77777777" w:rsidR="00C6324C" w:rsidRDefault="00C6324C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="14F8F80A" w14:textId="77777777" w:rsidR="00C6324C" w:rsidRPr="00151BAB" w:rsidRDefault="00C6324C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00151BAB">
@@ -1566,56 +1768,50 @@
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00C6324C" w:rsidRPr="00151BAB">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00C6324C" w:rsidRPr="00151BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007B12DE" w14:paraId="49115F4E" w14:textId="77777777" w:rsidTr="007B12DE">
-        <w:tblPrEx>
-[...4 lines deleted...]
-        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="1095"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9360" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="093172E5" w14:textId="77777777" w:rsidR="007B12DE" w:rsidRPr="00CE13FB" w:rsidRDefault="007B12DE" w:rsidP="00FC0829">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE13FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">The </w:t>
             </w:r>
@@ -1686,56 +1882,50 @@
             </w:r>
             <w:r w:rsidR="00B62259">
               <w:t xml:space="preserve"> and</w:t>
             </w:r>
             <w:r w:rsidRPr="00CE13FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> 310 CMR 22.16 including: delivery, content, format requirements, notification deadlines and that the public water system will </w:t>
             </w:r>
             <w:r w:rsidRPr="00CE13FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>meet future requirements for notifying new billing units and new customers of the violation.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007B12DE" w14:paraId="2F29FEA9" w14:textId="77777777" w:rsidTr="007B12DE">
-        <w:tblPrEx>
-[...4 lines deleted...]
-        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9360" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="3A82224E" w14:textId="77777777" w:rsidR="00940E41" w:rsidRDefault="00940E41">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2D6AE48D" w14:textId="77777777" w:rsidR="007B12DE" w:rsidRPr="00151BAB" w:rsidRDefault="007B12DE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
@@ -1746,50 +1936,56 @@
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="6" w:name="Check3"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="6"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00151BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Consultation with </w:t>
             </w:r>
             <w:r w:rsidR="00FC0829">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Mass</w:t>
             </w:r>
             <w:r w:rsidRPr="00151BAB">
               <w:rPr>
@@ -1894,56 +2090,50 @@
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00151BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">                                                       </w:t>
             </w:r>
             <w:r w:rsidR="00FC0829">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">         date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002D3DEF" w14:paraId="04B634FD" w14:textId="77777777" w:rsidTr="00E021A3">
-        <w:tblPrEx>
-[...4 lines deleted...]
-        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="1529"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9360" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="791B69A4" w14:textId="77777777" w:rsidR="002D3DEF" w:rsidRPr="00151BAB" w:rsidRDefault="002D3DEF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2BB0A706" w14:textId="77777777" w:rsidR="002D3DEF" w:rsidRPr="00151BAB" w:rsidRDefault="002D3DEF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00151BAB">
               <w:rPr>
@@ -1959,50 +2149,57 @@
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="8" w:name="Check4"/>
             <w:r w:rsidRPr="00151BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00151BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00151BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00151BAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="8"/>
             <w:r w:rsidRPr="00151BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Notice distributed by </w:t>
             </w:r>
             <w:r w:rsidRPr="00151BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="9" w:name="Text6"/>
@@ -2250,50 +2447,57 @@
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="11" w:name="Check5"/>
             <w:r w:rsidRPr="00151BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00151BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00151BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00151BAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="11"/>
             <w:r w:rsidRPr="00151BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Notice distributed by</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00151BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00151BAB">
@@ -2484,56 +2688,50 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">                                       </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">method                 </w:t>
             </w:r>
             <w:r w:rsidRPr="00151BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00940E41" w14:paraId="76797334" w14:textId="77777777" w:rsidTr="00940E41">
-        <w:tblPrEx>
-[...4 lines deleted...]
-        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="2125"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9360" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="5D1B777E" w14:textId="77777777" w:rsidR="00940E41" w:rsidRDefault="00940E41">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="01C415B6" w14:textId="77777777" w:rsidR="00940E41" w:rsidRPr="00151BAB" w:rsidRDefault="00940E41">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00151BAB">
@@ -2809,280 +3007,438 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>______________________________________________________________</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7B2FDE8B" w14:textId="77777777" w:rsidR="00940E41" w:rsidRPr="00151BAB" w:rsidRDefault="00940E41" w:rsidP="00940E41">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B12DE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Signature of owner or operator                 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2C4583B5" w14:textId="77777777" w:rsidR="00386D36" w:rsidRDefault="00386D36">
-[...7 lines deleted...]
-    <w:p w14:paraId="01DA8D4D" w14:textId="77777777" w:rsidR="00386D36" w:rsidRDefault="00023EF9">
+    <w:p w14:paraId="2C4583B5" w14:textId="0CE12E5B" w:rsidR="00386D36" w:rsidRDefault="00887148">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:pict w14:anchorId="12BEF6DB">
-[...123 lines deleted...]
-        </w:pict>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="12BEF6DB" wp14:editId="17F77F73">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>2362200</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>104775</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="4073525" cy="1196340"/>
+                <wp:effectExtent l="0" t="0" r="3175" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1806954893" name="Text Box 4"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="4073525" cy="1196340"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                              <a:solidFill>
+                                <a:srgbClr val="000000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a14:hiddenLine>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="05CB09F5" w14:textId="77777777" w:rsidR="002D3DEF" w:rsidRPr="00CE13FB" w:rsidRDefault="002D3DEF" w:rsidP="002D3DEF">
+                            <w:pPr>
+                              <w:spacing w:after="60"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00CE13FB">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Western Regional Office, 436 Dwight St., Springfield, MA  01103</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="5949B493" w14:textId="77777777" w:rsidR="002D3DEF" w:rsidRPr="00CE13FB" w:rsidRDefault="002D3DEF" w:rsidP="002D3DEF">
+                            <w:pPr>
+                              <w:spacing w:after="60"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00CE13FB">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Central Regional Office, 8 New Bond St., Worcester, MA  01606</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="7BA14A8F" w14:textId="6BF1DF57" w:rsidR="002D3DEF" w:rsidRPr="00CE13FB" w:rsidRDefault="002D3DEF" w:rsidP="0033150F">
+                            <w:pPr>
+                              <w:spacing w:after="60"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00CE13FB">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Northeast Regional Office, </w:t>
+                            </w:r>
+                            <w:r w:rsidR="0033150F" w:rsidRPr="0033150F">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>150 Presidential Way, Woburn, MA 01801</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="75B64403" w14:textId="77777777" w:rsidR="002D3DEF" w:rsidRPr="00CE13FB" w:rsidRDefault="002D3DEF" w:rsidP="002D3DEF">
+                            <w:pPr>
+                              <w:spacing w:after="60"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00CE13FB">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Southeast Regional Office 20 Riverside Dr., Lakeville, MA  02347</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="6C5C0EDD" w14:textId="77777777" w:rsidR="002D3DEF" w:rsidRPr="00CE13FB" w:rsidRDefault="002D3DEF" w:rsidP="002D3DEF">
+                            <w:pPr>
+                              <w:spacing w:after="60"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00CE13FB">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Boston – </w:t>
+                            </w:r>
+                            <w:hyperlink r:id="rId12" w:history="1">
+                              <w:r w:rsidR="0090178B" w:rsidRPr="0086001E">
+                                <w:rPr>
+                                  <w:rStyle w:val="Hyperlink"/>
+                                  <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                                  <w:sz w:val="20"/>
+                                  <w:szCs w:val="20"/>
+                                </w:rPr>
+                                <w:t>Program.Director-DWP@mass.gov</w:t>
+                              </w:r>
+                            </w:hyperlink>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="12BEF6DB" id="Text Box 4" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:186pt;margin-top:8.25pt;width:320.75pt;height:94.2pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBUqs8L+AEAANIDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjhOk3Y14hRdigwD&#10;ugvQ7QNkWbaFyaJGKbGzrx8lp2nQvQ3TgyCK1CHPIbW+G3vDDgq9BlvyfDbnTFkJtbZtyX983717&#10;z5kPwtbCgFUlPyrP7zZv36wHV6gFdGBqhYxArC8GV/IuBFdkmZed6oWfgVOWnA1gLwKZ2GY1ioHQ&#10;e5Mt5vPrbACsHYJU3tPtw+Tkm4TfNEqGr03jVWCm5FRbSDumvYp7tlmLokXhOi1PZYh/qKIX2lLS&#10;M9SDCILtUf8F1WuJ4KEJMwl9Bk2jpUociE0+f8XmqRNOJS4kjndnmfz/g5VfDk/uG7IwfoCRGphI&#10;ePcI8qdnFradsK26R4ShU6KmxHmULBucL05Po9S+8BGkGj5DTU0W+wAJaGywj6oQT0bo1IDjWXQ1&#10;Bibpcjm/uVotVpxJ8uX57fXVMrUlE8Xzc4c+fFTQs3goOVJXE7w4PPoQyxHFc0jM5sHoeqeNSQa2&#10;1dYgOwiagF1aicGrMGNjsIX4bEKMN4lnpDaRDGM1Ml2fRIi0K6iPRBxhGiz6CHToAH9zNtBQldz/&#10;2gtUnJlPlsS7zZdEjoVkLFc3CzLw0lNdeoSVBFXywNl03IZpcvcOddtRpqldFu5J8EYnKV6qOpVP&#10;g5MUOg15nMxLO0W9fMXNHwAAAP//AwBQSwMEFAAGAAgAAAAhAJBnPyXfAAAACwEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj8FuwjAQRO+V+g/WVuqlKg4BkhLioLZSq16hfMAmXpKIeB3FhoS/rzmV245m&#10;NPsm306mExcaXGtZwXwWgSCurG65VnD4/Xp9A+E8ssbOMim4koNt8fiQY6btyDu67H0tQgm7DBU0&#10;3veZlK5qyKCb2Z44eEc7GPRBDrXUA46h3HQyjqJEGmw5fGiwp8+GqtP+bBQcf8aX1Xosv/0h3S2T&#10;D2zT0l6Ven6a3jcgPE3+Pww3/IAORWAq7Zm1E52CRRqHLT4YyQrELRDNF+EqFcTRcg2yyOX9huIP&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAVKrPC/gBAADSAwAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAkGc/Jd8AAAALAQAADwAAAAAAAAAAAAAA&#10;AABSBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAF4FAAAAAA==&#10;" stroked="f">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="05CB09F5" w14:textId="77777777" w:rsidR="002D3DEF" w:rsidRPr="00CE13FB" w:rsidRDefault="002D3DEF" w:rsidP="002D3DEF">
+                      <w:pPr>
+                        <w:spacing w:after="60"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00CE13FB">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Western Regional Office, 436 Dwight St., Springfield, MA  01103</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="5949B493" w14:textId="77777777" w:rsidR="002D3DEF" w:rsidRPr="00CE13FB" w:rsidRDefault="002D3DEF" w:rsidP="002D3DEF">
+                      <w:pPr>
+                        <w:spacing w:after="60"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00CE13FB">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Central Regional Office, 8 New Bond St., Worcester, MA  01606</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="7BA14A8F" w14:textId="6BF1DF57" w:rsidR="002D3DEF" w:rsidRPr="00CE13FB" w:rsidRDefault="002D3DEF" w:rsidP="0033150F">
+                      <w:pPr>
+                        <w:spacing w:after="60"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00CE13FB">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">Northeast Regional Office, </w:t>
+                      </w:r>
+                      <w:r w:rsidR="0033150F" w:rsidRPr="0033150F">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>150 Presidential Way, Woburn, MA 01801</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="75B64403" w14:textId="77777777" w:rsidR="002D3DEF" w:rsidRPr="00CE13FB" w:rsidRDefault="002D3DEF" w:rsidP="002D3DEF">
+                      <w:pPr>
+                        <w:spacing w:after="60"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00CE13FB">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Southeast Regional Office 20 Riverside Dr., Lakeville, MA  02347</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="6C5C0EDD" w14:textId="77777777" w:rsidR="002D3DEF" w:rsidRPr="00CE13FB" w:rsidRDefault="002D3DEF" w:rsidP="002D3DEF">
+                      <w:pPr>
+                        <w:spacing w:after="60"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00CE13FB">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">Boston – </w:t>
+                      </w:r>
+                      <w:hyperlink r:id="rId13" w:history="1">
+                        <w:r w:rsidR="0090178B" w:rsidRPr="0086001E">
+                          <w:rPr>
+                            <w:rStyle w:val="Hyperlink"/>
+                            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                          </w:rPr>
+                          <w:t>Program.Director-DWP@mass.gov</w:t>
+                        </w:r>
+                      </w:hyperlink>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="01DA8D4D" w14:textId="7F1F84A6" w:rsidR="00386D36" w:rsidRDefault="00386D36">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="386B6E95" w14:textId="77777777" w:rsidR="00386D36" w:rsidRPr="00CE13FB" w:rsidRDefault="00386D36">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0C7E1909" w14:textId="77777777" w:rsidR="00CE61C9" w:rsidRPr="00CE13FB" w:rsidRDefault="00386D36">
+    <w:p w14:paraId="0C7E1909" w14:textId="35749175" w:rsidR="00CE61C9" w:rsidRPr="00CE13FB" w:rsidRDefault="00386D36">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE13FB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">Rev. </w:t>
       </w:r>
-      <w:r w:rsidR="00B62259">
+      <w:r w:rsidR="0033150F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>Feb</w:t>
-[...15 lines deleted...]
-        <w:t>1</w:t>
+        <w:t>Sep 2025</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00CE61C9" w:rsidRPr="00CE13FB">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="1440" w:footer="1440" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4E085E31" w14:textId="77777777" w:rsidR="00FC1AB9" w:rsidRDefault="00FC1AB9" w:rsidP="00CE61C9">
+    <w:p w14:paraId="1C2F591E" w14:textId="77777777" w:rsidR="00FA1204" w:rsidRDefault="00FA1204" w:rsidP="00CE61C9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="07B2BDFB" w14:textId="77777777" w:rsidR="00FC1AB9" w:rsidRDefault="00FC1AB9" w:rsidP="00CE61C9">
+    <w:p w14:paraId="7E937269" w14:textId="77777777" w:rsidR="00FA1204" w:rsidRDefault="00FA1204" w:rsidP="00CE61C9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -3093,83 +3449,83 @@
     <w:altName w:val="Symbol"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="WP TypographicSymbols">
     <w:altName w:val="Courier New"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7B91CE8A" w14:textId="77777777" w:rsidR="00FC1AB9" w:rsidRDefault="00FC1AB9" w:rsidP="00CE61C9">
+    <w:p w14:paraId="6084FDF7" w14:textId="77777777" w:rsidR="00FA1204" w:rsidRDefault="00FA1204" w:rsidP="00CE61C9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5202B144" w14:textId="77777777" w:rsidR="00FC1AB9" w:rsidRDefault="00FC1AB9" w:rsidP="00CE61C9">
+    <w:p w14:paraId="2263459C" w14:textId="77777777" w:rsidR="00FA1204" w:rsidRDefault="00FA1204" w:rsidP="00CE61C9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFFFE"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="*"/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03B03862"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6882B3DA"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
@@ -5516,275 +5872,264 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1856651947">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:numFmt w:val="bullet"/>
         <w:lvlText w:val=""/>
         <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="720"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="720" w:hanging="720"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="WP MathA" w:hAnsi="WP MathA" w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1541282763">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:numFmt w:val="bullet"/>
         <w:lvlText w:val="$"/>
         <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="360"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="360" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="WP TypographicSymbols" w:hAnsi="WP TypographicSymbols" w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="361631821">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:numFmt w:val="bullet"/>
         <w:lvlText w:val=""/>
         <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="360"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="360" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="WP MathA" w:hAnsi="WP MathA" w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1585643841">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1117213199">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1626160380">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="301084349">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="448428455">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1386370009">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="1074007987">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="665941552">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="396129602">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1830167901">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="595671984">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="208305337">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="447743999">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="463623772">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="2106415196">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="1791314826">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="231890457">
     <w:abstractNumId w:val="17"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
-[...1 lines deleted...]
-  <w:doNotTrackMoves/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="140"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:doNotBreakWrappedTables/>
-[...23 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006D78AC"/>
+    <w:rsid w:val="00013063"/>
     <w:rsid w:val="00021364"/>
     <w:rsid w:val="00023EF9"/>
     <w:rsid w:val="000308F3"/>
     <w:rsid w:val="001460F3"/>
     <w:rsid w:val="00151BAB"/>
     <w:rsid w:val="001B1DA5"/>
     <w:rsid w:val="001F662F"/>
     <w:rsid w:val="002D3DEF"/>
     <w:rsid w:val="002D47CB"/>
     <w:rsid w:val="003175FB"/>
+    <w:rsid w:val="0033150F"/>
     <w:rsid w:val="00386D36"/>
+    <w:rsid w:val="00476000"/>
     <w:rsid w:val="004F1EF3"/>
     <w:rsid w:val="006239BF"/>
     <w:rsid w:val="006D279E"/>
     <w:rsid w:val="006D78AC"/>
     <w:rsid w:val="006E0522"/>
     <w:rsid w:val="007B12DE"/>
     <w:rsid w:val="007C77E9"/>
+    <w:rsid w:val="00887148"/>
     <w:rsid w:val="008961E3"/>
     <w:rsid w:val="008B562D"/>
+    <w:rsid w:val="008C0196"/>
     <w:rsid w:val="008C2F35"/>
     <w:rsid w:val="0090178B"/>
     <w:rsid w:val="00940E41"/>
     <w:rsid w:val="00A4737E"/>
     <w:rsid w:val="00AD7899"/>
     <w:rsid w:val="00B057B8"/>
     <w:rsid w:val="00B4052E"/>
     <w:rsid w:val="00B62259"/>
     <w:rsid w:val="00C35AAB"/>
     <w:rsid w:val="00C6324C"/>
     <w:rsid w:val="00CA6950"/>
     <w:rsid w:val="00CC3A5F"/>
+    <w:rsid w:val="00CD0D5E"/>
     <w:rsid w:val="00CE13FB"/>
     <w:rsid w:val="00CE4601"/>
     <w:rsid w:val="00CE61C9"/>
     <w:rsid w:val="00D93BAC"/>
     <w:rsid w:val="00E021A3"/>
     <w:rsid w:val="00E35D74"/>
     <w:rsid w:val="00E50E49"/>
     <w:rsid w:val="00E650E5"/>
+    <w:rsid w:val="00EF7D7D"/>
+    <w:rsid w:val="00FA1204"/>
     <w:rsid w:val="00FC0829"/>
     <w:rsid w:val="00FC1AB9"/>
     <w:rsid w:val="00FD7726"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="en-US" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="430007BB"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{BC646763-8F57-40CA-ADE5-095964D1F6D0}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6155,51 +6500,53 @@
     <w:qFormat/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="58"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:color w:val="FFFFFF"/>
       <w:sz w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="a">
     <w:name w:val="_"/>
     <w:basedOn w:val="Normal"/>
@@ -6341,62 +6688,72 @@
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:semiHidden/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:semiHidden/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0033150F"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
-  <w:targetScreenSz w:val="800x600"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Program.Director-DWP@mass.gov" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Program.Director-DWP@mass.gov" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Program.Director-DWP@mass.gov" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -6667,63 +7024,72 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100D7ABE31071780243B2E68C5BEE851FF0" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="04637c6bcb41a79ddb0248a7d867dc3f">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns3="6d1ab2f6-91f9-4f14-952a-3f3eb0d68341" xmlns:ns4="8f2fdac3-5421-455f-b4e4-df6141b3176a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="91b410ee370bac90e25961233e974d1b" ns1:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="6d1ab2f6-91f9-4f14-952a-3f3eb0d68341"/>
     <xsd:import namespace="8f2fdac3-5421-455f-b4e4-df6141b3176a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns4:SharingHintHash" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
@@ -6905,134 +7271,126 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{27881849-2BED-4E60-853B-330DD1730A3A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{14C9D728-C283-4AB8-8967-09C32D97116A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0FBFF9BF-627B-4122-8651-9317ABA1BD5E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CFE071D6-DBB8-4CAF-BA7F-E1B65F8FF7ED}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="6d1ab2f6-91f9-4f14-952a-3f3eb0d68341"/>
     <ds:schemaRef ds:uri="8f2fdac3-5421-455f-b4e4-df6141b3176a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>359</Words>
-  <Characters>2047</Characters>
+  <Characters>2048</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>17</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>  </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Commonwealth of Massachusetts</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2402</CharactersWithSpaces>
+  <CharactersWithSpaces>2403</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>6357073</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:Program.Director-DWP@mass.gov</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>