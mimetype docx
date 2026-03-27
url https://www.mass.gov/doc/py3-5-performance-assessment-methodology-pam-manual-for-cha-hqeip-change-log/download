--- v0 (2026-02-05)
+++ v1 (2026-03-27)
@@ -37,51 +37,51 @@
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5072A4E1" wp14:editId="592C2666">
             <wp:extent cx="1209675" cy="600075"/>
             <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
             <wp:docPr id="2118679234" name="Graphic 2118679234" descr="MassHealth logo"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Graphic 2118679234"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11">
                       <a:extLst>
                         <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                          <a16:creationId xmlns="" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" id="{0B90408E-33AD-DEBE-20D0-13E3C8981F00}"/>
+                          <a16:creationId xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns="" id="{0B90408E-33AD-DEBE-20D0-13E3C8981F00}"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1209675" cy="600075"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DF17F19" w14:textId="31BB7DED" w:rsidR="008E53B1" w:rsidRPr="00132F52" w:rsidRDefault="004A0984" w:rsidP="00132F52">
       <w:pPr>
@@ -895,57 +895,67 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5/19/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0005358E" w:rsidRPr="00C623C0" w14:paraId="08803393" w14:textId="77777777" w:rsidTr="00D117BA">
         <w:trPr>
           <w:trHeight w:val="246"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="56229C2A" w14:textId="77777777" w:rsidR="0005358E" w:rsidRDefault="0005358E" w:rsidP="00EC73BE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>B.a. Measure Assessment Overview and Scoring</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>B.a.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Measure Assessment Overview and Scoring</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5FC0B536" w14:textId="65A80545" w:rsidR="0005358E" w:rsidRPr="009310E0" w:rsidRDefault="0005358E" w:rsidP="00E604F2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7EF4CA48" w14:textId="07FEB052" w:rsidR="0005358E" w:rsidRPr="00057E46" w:rsidRDefault="0005358E" w:rsidP="00E604F2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00057E46">
@@ -1013,57 +1023,67 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5/19/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0005358E" w14:paraId="642A8178" w14:textId="77777777" w:rsidTr="00D117BA">
         <w:trPr>
           <w:trHeight w:val="246"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="66C12138" w14:textId="77777777" w:rsidR="0005358E" w:rsidRDefault="0005358E" w:rsidP="00654D3D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>B.a. Measure Assessment Overview and Scoring</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>B.a.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Measure Assessment Overview and Scoring</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="55E77722" w14:textId="5275EC19" w:rsidR="0005358E" w:rsidRDefault="0005358E" w:rsidP="00E604F2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>&amp;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="72E32737" w14:textId="2BD2386E" w:rsidR="0005358E" w:rsidRDefault="0005358E" w:rsidP="00E604F2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -1246,51 +1266,87 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5513" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1E61A7E4" w14:textId="196A6BC4" w:rsidR="0005358E" w:rsidRPr="009310E0" w:rsidRDefault="0005358E" w:rsidP="00E604F2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Revised language that submeasures will be equally weighted to submeasures will be weighed based on information provided in Table 3 and Table 5</w:t>
+              <w:t xml:space="preserve">Revised language that </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>submeasures</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> will be equally weighted to </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>submeasures</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> will be weighed based on information provided in Table 3 and Table 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2372A913" w14:textId="0C954EFC" w:rsidR="0005358E" w:rsidRPr="009310E0" w:rsidRDefault="0005358E" w:rsidP="00E604F2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00233664">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5/19/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -1398,73 +1454,83 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5/19/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0005358E" w:rsidRPr="00C623C0" w14:paraId="665E1B85" w14:textId="77777777" w:rsidTr="00D117BA">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="52F4D0DB" w14:textId="2BE2E3C9" w:rsidR="0005358E" w:rsidRDefault="0005358E" w:rsidP="00D20CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>B.</w:t>
             </w:r>
             <w:r w:rsidR="00F20A2F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>i.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>a. Measure Assessment Overview and Scoring</w:t>
+              <w:t>a.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Measure Assessment Overview and Scoring</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="63F85501" w14:textId="14FD54BA" w:rsidR="0005358E" w:rsidRDefault="0005358E" w:rsidP="00D20CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>&amp;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="742C94FA" w14:textId="1ABBE55B" w:rsidR="0005358E" w:rsidRPr="0003067A" w:rsidRDefault="0005358E" w:rsidP="00D20CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -1592,57 +1658,67 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C9691F" w:rsidRPr="00C623C0" w14:paraId="1FAEF719" w14:textId="77777777" w:rsidTr="00D117BA">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1F24AF6F" w14:textId="7A0189D2" w:rsidR="00C9691F" w:rsidRPr="00536144" w:rsidRDefault="00C9691F" w:rsidP="00C9691F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00536144">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>B.b. Patient Experience: Communication, Courtesy, and Respect</w:t>
+              <w:t>B.b</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00536144">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>. Patient Experience: Communication, Courtesy, and Respect</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5D6AF742" w14:textId="5D3F112F" w:rsidR="00C9691F" w:rsidRPr="00536144" w:rsidRDefault="00441DFD" w:rsidP="00C9691F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00536144">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -1914,57 +1990,67 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>12/15/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C9691F" w:rsidRPr="00C623C0" w14:paraId="26322DD9" w14:textId="77777777" w:rsidTr="00D117BA">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="06748734" w14:textId="1EB4830B" w:rsidR="00C9691F" w:rsidRPr="007C7FAC" w:rsidRDefault="00C9691F" w:rsidP="00C9691F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>B.ii. Quality Performance Disparities Reduction</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>B.ii</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>. Quality Performance Disparities Reduction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3F737ECD" w14:textId="3A0A3710" w:rsidR="00C9691F" w:rsidRPr="00EF3DD2" w:rsidRDefault="00C9691F" w:rsidP="00C9691F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF3DD2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00C13A53">
               <w:rPr>
@@ -2040,57 +2126,67 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>12/15/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C9691F" w:rsidRPr="00C623C0" w14:paraId="5E73A3BC" w14:textId="77777777" w:rsidTr="00D117BA">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="35B61DC8" w14:textId="21154B65" w:rsidR="00C9691F" w:rsidRDefault="00C9691F" w:rsidP="00C9691F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>B.iii. Equity Improvement Interventions</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>B.iii</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>. Equity Improvement Interventions</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="26A14C23" w14:textId="302C7A12" w:rsidR="00C9691F" w:rsidRPr="00EF3DD2" w:rsidRDefault="00CE7850" w:rsidP="00C9691F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00CA6B7B">
               <w:rPr>
@@ -2166,57 +2262,67 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>12/15/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C9691F" w:rsidRPr="00C623C0" w14:paraId="3264B7C0" w14:textId="77777777" w:rsidTr="00D117BA">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3C1DA7B9" w14:textId="19EBCA5E" w:rsidR="00C9691F" w:rsidRDefault="00C9691F" w:rsidP="00C9691F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>B.iv. Achievement of External Standards for Health Equity</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>B.iv</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>. Achievement of External Standards for Health Equity</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="58B82F9F" w14:textId="692E92F5" w:rsidR="00C9691F" w:rsidRPr="00EF3DD2" w:rsidRDefault="00001A9B" w:rsidP="00C9691F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00CA6B7B">
               <w:rPr>
@@ -2268,57 +2374,67 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>12/15/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C9691F" w:rsidRPr="00C623C0" w14:paraId="43B93658" w14:textId="77777777" w:rsidTr="00D117BA">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6AAB1959" w14:textId="56C2F95D" w:rsidR="00C9691F" w:rsidRDefault="00C9691F" w:rsidP="00C9691F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>C.ii. Domain Scoring</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>C.ii</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>. Domain Scoring</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="40F85D26" w14:textId="40221D06" w:rsidR="00C9691F" w:rsidRPr="00EF3DD2" w:rsidRDefault="00001A9B" w:rsidP="00C9691F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00CA6B7B">
               <w:rPr>
@@ -2608,82 +2724,550 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Added scoring examples for the Quality Performance Disparities Reduction Measure </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6A888D5A" w14:textId="202FC7D6" w:rsidR="00C9691F" w:rsidRPr="00524F0C" w:rsidRDefault="00C9691F" w:rsidP="00C9691F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB35B7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>12/15/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00691ACC" w:rsidRPr="00C623C0" w14:paraId="798230B2" w14:textId="77777777" w:rsidTr="00D117BA">
+        <w:trPr>
+          <w:trHeight w:val="232"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1705" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B6BD664" w14:textId="6CFBDE3B" w:rsidR="00691ACC" w:rsidRDefault="00691ACC" w:rsidP="00691ACC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>B.ii.</w:t>
+            </w:r>
+            <w:r w:rsidR="00C12327">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00C12327">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Quality Performance Disparities Reduction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="030CA076" w14:textId="67D6A100" w:rsidR="00691ACC" w:rsidRDefault="00691ACC" w:rsidP="00691ACC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="007C79A9">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5513" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16747216" w14:textId="5DB659F6" w:rsidR="00691ACC" w:rsidRDefault="00691ACC" w:rsidP="00691ACC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Clarified that hospitals assessed in PY4 (CY2026) and PY5 (CY2027)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C4977B6" w14:textId="37A61D5E" w:rsidR="00691ACC" w:rsidRPr="00EB35B7" w:rsidRDefault="00691ACC" w:rsidP="00691ACC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2/4/26</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00691ACC" w:rsidRPr="00C623C0" w14:paraId="2BEE1419" w14:textId="77777777" w:rsidTr="00D117BA">
+        <w:trPr>
+          <w:trHeight w:val="232"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1705" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22A94EFF" w14:textId="5255D99F" w:rsidR="00691ACC" w:rsidRDefault="00691ACC" w:rsidP="00691ACC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>B.ii.</w:t>
+            </w:r>
+            <w:r w:rsidR="00C12327">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00C12327">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Quality Performance Disparities Reduction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="544851CB" w14:textId="39BD06F0" w:rsidR="00691ACC" w:rsidRDefault="00691ACC" w:rsidP="00691ACC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="007C79A9">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5513" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7576CBAF" w14:textId="24E79F38" w:rsidR="00691ACC" w:rsidRDefault="00691ACC" w:rsidP="00691ACC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Expanded inclusion of measure eligibility to include meeting minimum denominator of 30 in PY2 (CY2024) and PY3 (CY2025); previously, measure eligibility based only on PY1 (CY2023) data</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6970EAD6" w14:textId="64D40035" w:rsidR="00691ACC" w:rsidRPr="00EB35B7" w:rsidRDefault="00691ACC" w:rsidP="00691ACC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2/4/26</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00691ACC" w:rsidRPr="00C623C0" w14:paraId="620203E8" w14:textId="77777777" w:rsidTr="00D117BA">
+        <w:trPr>
+          <w:trHeight w:val="232"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1705" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="70B2A9DB" w14:textId="3418DB6E" w:rsidR="00691ACC" w:rsidRDefault="00691ACC" w:rsidP="00691ACC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>B.iv</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>. Achievement of External Standards for Health Equity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="112B26BB" w14:textId="32D0775F" w:rsidR="00691ACC" w:rsidRDefault="00295051" w:rsidP="00691ACC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>24-25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5513" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F798443" w14:textId="721AE6E1" w:rsidR="00691ACC" w:rsidRDefault="00691ACC" w:rsidP="00691ACC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Included a footnote that TJC HCE Certification is now referred to as Excellent Health Outcomes for All Certification</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33D3DE40" w14:textId="0D183F47" w:rsidR="00691ACC" w:rsidRPr="00EB35B7" w:rsidRDefault="00691ACC" w:rsidP="00691ACC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2/4/26</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="0"/>
     </w:tbl>
     <w:p w14:paraId="7BCFA134" w14:textId="72BA79E8" w:rsidR="1868A52E" w:rsidRDefault="1868A52E"/>
     <w:sectPr w:rsidR="1868A52E">
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="08C8E360" w14:textId="77777777" w:rsidR="00591091" w:rsidRDefault="00591091" w:rsidP="004261B3">
+    <w:p w14:paraId="2B9C6B66" w14:textId="77777777" w:rsidR="00900101" w:rsidRDefault="00900101" w:rsidP="004261B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0B24CBC5" w14:textId="77777777" w:rsidR="00591091" w:rsidRDefault="00591091" w:rsidP="004261B3">
+    <w:p w14:paraId="2CD9EB9B" w14:textId="77777777" w:rsidR="00900101" w:rsidRDefault="00900101" w:rsidP="004261B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -2915,105 +3499,97 @@
         <w:color w:val="auto"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> 202</w:t>
     </w:r>
     <w:r w:rsidR="00C80D48">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="auto"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>5-2027</w:t>
     </w:r>
     <w:r w:rsidR="006569C9" w:rsidRPr="007A38DD">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="auto"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="6C9C1DF1" w14:textId="061B5541" w:rsidR="002D107A" w:rsidRPr="00366958" w:rsidRDefault="002D107A" w:rsidP="002D107A">
+  <w:p w14:paraId="6C9C1DF1" w14:textId="6FA45E1B" w:rsidR="002D107A" w:rsidRPr="00366958" w:rsidRDefault="002D107A" w:rsidP="002D107A">
     <w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00D20CC1">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>Updated</w:t>
     </w:r>
     <w:r w:rsidR="00366958" w:rsidRPr="00D20CC1">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="004A0984">
+    <w:r w:rsidR="00BD5119">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve">December </w:t>
-[...15 lines deleted...]
-      <w:t>5</w:t>
+      <w:t>February 4</w:t>
     </w:r>
     <w:r w:rsidR="00D20CC1">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>, 2025</w:t>
+      <w:t>, 202</w:t>
+    </w:r>
+    <w:r w:rsidR="00BD5119">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>6</w:t>
     </w:r>
   </w:p>
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="951358130"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="1C140702" w14:textId="7B83938E" w:rsidR="004261B3" w:rsidRPr="007A38DD" w:rsidRDefault="004261B3">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="right"/>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3055,61 +3631,61 @@
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="007A38DD">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="32B3D972" w14:textId="3190D3A4" w:rsidR="004261B3" w:rsidRDefault="004261B3">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4B2B5B5E" w14:textId="77777777" w:rsidR="00591091" w:rsidRDefault="00591091" w:rsidP="004261B3">
+    <w:p w14:paraId="2C86390A" w14:textId="77777777" w:rsidR="00900101" w:rsidRDefault="00900101" w:rsidP="004261B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5E2DD2E9" w14:textId="77777777" w:rsidR="00591091" w:rsidRDefault="00591091" w:rsidP="004261B3">
+    <w:p w14:paraId="2514545B" w14:textId="77777777" w:rsidR="00900101" w:rsidRDefault="00900101" w:rsidP="004261B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6388299B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A0ECF6AE"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
@@ -3292,148 +3868,151 @@
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="819425156">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1187864752">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="140"/>
+  <w:zoom w:percent="120"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00900E67"/>
     <w:rsid w:val="00000C0B"/>
     <w:rsid w:val="00001A9B"/>
     <w:rsid w:val="000113C7"/>
     <w:rsid w:val="00012909"/>
     <w:rsid w:val="00023359"/>
     <w:rsid w:val="00027C76"/>
     <w:rsid w:val="000302BB"/>
     <w:rsid w:val="0003067A"/>
     <w:rsid w:val="00034C51"/>
     <w:rsid w:val="00040A48"/>
     <w:rsid w:val="0004274E"/>
     <w:rsid w:val="000447E4"/>
     <w:rsid w:val="00045B0D"/>
     <w:rsid w:val="00050BBE"/>
     <w:rsid w:val="00051A5F"/>
     <w:rsid w:val="0005358E"/>
     <w:rsid w:val="00057E46"/>
     <w:rsid w:val="00065E96"/>
     <w:rsid w:val="000758FB"/>
     <w:rsid w:val="00085D69"/>
     <w:rsid w:val="00094250"/>
     <w:rsid w:val="00094DA9"/>
     <w:rsid w:val="00095BA3"/>
     <w:rsid w:val="000963C3"/>
     <w:rsid w:val="000974F3"/>
     <w:rsid w:val="000A13D3"/>
     <w:rsid w:val="000A27BC"/>
     <w:rsid w:val="000A29E7"/>
     <w:rsid w:val="000C3D5A"/>
     <w:rsid w:val="000E17BD"/>
+    <w:rsid w:val="000E4C04"/>
     <w:rsid w:val="000E7C0A"/>
     <w:rsid w:val="000F38C1"/>
     <w:rsid w:val="000F44EF"/>
     <w:rsid w:val="000F6BC7"/>
     <w:rsid w:val="00106088"/>
     <w:rsid w:val="00110B79"/>
     <w:rsid w:val="00111076"/>
     <w:rsid w:val="00117624"/>
     <w:rsid w:val="001201B0"/>
     <w:rsid w:val="00122075"/>
     <w:rsid w:val="00123843"/>
     <w:rsid w:val="00130BE6"/>
     <w:rsid w:val="00132F52"/>
     <w:rsid w:val="001357FF"/>
     <w:rsid w:val="00140046"/>
     <w:rsid w:val="00160C00"/>
     <w:rsid w:val="00162B9A"/>
     <w:rsid w:val="00162EE3"/>
     <w:rsid w:val="00187563"/>
     <w:rsid w:val="001956A1"/>
     <w:rsid w:val="00196949"/>
     <w:rsid w:val="001977F6"/>
     <w:rsid w:val="001B0402"/>
     <w:rsid w:val="001B183E"/>
     <w:rsid w:val="001B218F"/>
     <w:rsid w:val="001B472E"/>
     <w:rsid w:val="001B759E"/>
     <w:rsid w:val="001C4A04"/>
     <w:rsid w:val="001D7325"/>
     <w:rsid w:val="001F2920"/>
     <w:rsid w:val="0020489E"/>
     <w:rsid w:val="0022489F"/>
     <w:rsid w:val="00225565"/>
     <w:rsid w:val="00225B10"/>
     <w:rsid w:val="00226C07"/>
     <w:rsid w:val="002339B1"/>
     <w:rsid w:val="00245769"/>
     <w:rsid w:val="00254AA4"/>
     <w:rsid w:val="002550AA"/>
     <w:rsid w:val="00256402"/>
     <w:rsid w:val="0026102A"/>
     <w:rsid w:val="002615D9"/>
     <w:rsid w:val="00261AC9"/>
     <w:rsid w:val="00262AFA"/>
     <w:rsid w:val="00263B44"/>
     <w:rsid w:val="0027316C"/>
     <w:rsid w:val="00290FC0"/>
+    <w:rsid w:val="00295051"/>
     <w:rsid w:val="002A39C6"/>
     <w:rsid w:val="002A3B39"/>
     <w:rsid w:val="002A6FD8"/>
     <w:rsid w:val="002B0AF9"/>
     <w:rsid w:val="002B72DB"/>
     <w:rsid w:val="002B7DEC"/>
     <w:rsid w:val="002C21BC"/>
     <w:rsid w:val="002C3243"/>
     <w:rsid w:val="002C4109"/>
     <w:rsid w:val="002D107A"/>
     <w:rsid w:val="002D5777"/>
     <w:rsid w:val="002D6AF5"/>
     <w:rsid w:val="002E08E4"/>
     <w:rsid w:val="002E6206"/>
     <w:rsid w:val="002F09DA"/>
     <w:rsid w:val="002F0D43"/>
     <w:rsid w:val="002F7E01"/>
     <w:rsid w:val="003000E9"/>
     <w:rsid w:val="00301065"/>
     <w:rsid w:val="003128F9"/>
     <w:rsid w:val="003144ED"/>
     <w:rsid w:val="00317620"/>
     <w:rsid w:val="00327CFA"/>
     <w:rsid w:val="00330B11"/>
     <w:rsid w:val="00333A32"/>
@@ -3525,137 +4104,141 @@
     <w:rsid w:val="005D16A8"/>
     <w:rsid w:val="005D47FF"/>
     <w:rsid w:val="005E11FF"/>
     <w:rsid w:val="005F0777"/>
     <w:rsid w:val="005F6A13"/>
     <w:rsid w:val="005F70A2"/>
     <w:rsid w:val="00605B8F"/>
     <w:rsid w:val="00611017"/>
     <w:rsid w:val="0061104A"/>
     <w:rsid w:val="006124D7"/>
     <w:rsid w:val="006207B5"/>
     <w:rsid w:val="00623261"/>
     <w:rsid w:val="00631253"/>
     <w:rsid w:val="006403C1"/>
     <w:rsid w:val="006411F8"/>
     <w:rsid w:val="006525D7"/>
     <w:rsid w:val="00654D3D"/>
     <w:rsid w:val="006569C9"/>
     <w:rsid w:val="006675B9"/>
     <w:rsid w:val="00670529"/>
     <w:rsid w:val="006705F8"/>
     <w:rsid w:val="006709A7"/>
     <w:rsid w:val="00671575"/>
     <w:rsid w:val="0067646C"/>
     <w:rsid w:val="0068274E"/>
+    <w:rsid w:val="00691ACC"/>
     <w:rsid w:val="0069296A"/>
     <w:rsid w:val="00697767"/>
     <w:rsid w:val="006A0B0B"/>
     <w:rsid w:val="006A1000"/>
     <w:rsid w:val="006A7140"/>
     <w:rsid w:val="006B404F"/>
     <w:rsid w:val="006B4833"/>
     <w:rsid w:val="006D3974"/>
     <w:rsid w:val="006D4323"/>
     <w:rsid w:val="006D4A0B"/>
     <w:rsid w:val="006E09EC"/>
     <w:rsid w:val="006E12D2"/>
     <w:rsid w:val="006E71C3"/>
     <w:rsid w:val="006F7B71"/>
     <w:rsid w:val="00702CDD"/>
     <w:rsid w:val="00703A57"/>
     <w:rsid w:val="007131E6"/>
+    <w:rsid w:val="00715E3F"/>
     <w:rsid w:val="00724B54"/>
     <w:rsid w:val="00732D88"/>
     <w:rsid w:val="007366EB"/>
     <w:rsid w:val="007369F7"/>
     <w:rsid w:val="007372CA"/>
     <w:rsid w:val="00743FC8"/>
     <w:rsid w:val="00765C72"/>
     <w:rsid w:val="0076E01C"/>
     <w:rsid w:val="007706C7"/>
     <w:rsid w:val="00773CA3"/>
     <w:rsid w:val="00776B13"/>
     <w:rsid w:val="00780D0C"/>
     <w:rsid w:val="00790D53"/>
     <w:rsid w:val="00793477"/>
     <w:rsid w:val="0079430E"/>
     <w:rsid w:val="007943D6"/>
     <w:rsid w:val="00797CD1"/>
     <w:rsid w:val="007A0F8B"/>
     <w:rsid w:val="007A38DD"/>
     <w:rsid w:val="007A7332"/>
     <w:rsid w:val="007B0AC1"/>
     <w:rsid w:val="007B3D22"/>
     <w:rsid w:val="007B6A9D"/>
     <w:rsid w:val="007C0477"/>
     <w:rsid w:val="007C17EC"/>
     <w:rsid w:val="007C4D92"/>
+    <w:rsid w:val="007C79A9"/>
     <w:rsid w:val="007C7FAC"/>
     <w:rsid w:val="007D02E5"/>
     <w:rsid w:val="007D0536"/>
     <w:rsid w:val="007D7B22"/>
     <w:rsid w:val="007E372A"/>
     <w:rsid w:val="007F0E74"/>
     <w:rsid w:val="007F12E0"/>
     <w:rsid w:val="007F139C"/>
     <w:rsid w:val="007F470E"/>
     <w:rsid w:val="007F6ADB"/>
     <w:rsid w:val="008015A1"/>
     <w:rsid w:val="008019DD"/>
     <w:rsid w:val="00801BE4"/>
     <w:rsid w:val="00804706"/>
     <w:rsid w:val="0081320F"/>
     <w:rsid w:val="00815241"/>
     <w:rsid w:val="00822B62"/>
     <w:rsid w:val="00826251"/>
     <w:rsid w:val="00832AD6"/>
     <w:rsid w:val="00834F59"/>
     <w:rsid w:val="00834F8D"/>
     <w:rsid w:val="0085695E"/>
     <w:rsid w:val="00856D33"/>
     <w:rsid w:val="00857F3E"/>
     <w:rsid w:val="008700C9"/>
     <w:rsid w:val="00871FE3"/>
     <w:rsid w:val="0087545A"/>
     <w:rsid w:val="00883734"/>
     <w:rsid w:val="0088525E"/>
     <w:rsid w:val="008858CD"/>
     <w:rsid w:val="00892B36"/>
     <w:rsid w:val="008A4D3D"/>
     <w:rsid w:val="008B0DFD"/>
     <w:rsid w:val="008B54C1"/>
     <w:rsid w:val="008C7209"/>
     <w:rsid w:val="008D2D84"/>
     <w:rsid w:val="008E0F15"/>
     <w:rsid w:val="008E27A5"/>
     <w:rsid w:val="008E399E"/>
     <w:rsid w:val="008E53B1"/>
     <w:rsid w:val="008E6BC4"/>
     <w:rsid w:val="008F0BBB"/>
     <w:rsid w:val="008F547B"/>
     <w:rsid w:val="0090000C"/>
+    <w:rsid w:val="00900101"/>
     <w:rsid w:val="00900E67"/>
     <w:rsid w:val="00902CF6"/>
     <w:rsid w:val="0090486D"/>
     <w:rsid w:val="00904B6C"/>
     <w:rsid w:val="00912EE2"/>
     <w:rsid w:val="00916685"/>
     <w:rsid w:val="009223BD"/>
     <w:rsid w:val="00925469"/>
     <w:rsid w:val="009259FA"/>
     <w:rsid w:val="009265BE"/>
     <w:rsid w:val="009310E0"/>
     <w:rsid w:val="00933FB5"/>
     <w:rsid w:val="00935730"/>
     <w:rsid w:val="00954FCD"/>
     <w:rsid w:val="0095586A"/>
     <w:rsid w:val="00961AD3"/>
     <w:rsid w:val="00976CF9"/>
     <w:rsid w:val="00977643"/>
     <w:rsid w:val="00980DEC"/>
     <w:rsid w:val="00995015"/>
     <w:rsid w:val="009A2405"/>
     <w:rsid w:val="009B07EF"/>
     <w:rsid w:val="009B493B"/>
     <w:rsid w:val="009C06DA"/>
     <w:rsid w:val="009C13DC"/>
@@ -3696,58 +4279,60 @@
     <w:rsid w:val="00AC481B"/>
     <w:rsid w:val="00AD23B9"/>
     <w:rsid w:val="00AD25A4"/>
     <w:rsid w:val="00AD27EB"/>
     <w:rsid w:val="00AD4BE6"/>
     <w:rsid w:val="00AE0E1F"/>
     <w:rsid w:val="00AE206A"/>
     <w:rsid w:val="00AE561D"/>
     <w:rsid w:val="00AF0F60"/>
     <w:rsid w:val="00AF7A1F"/>
     <w:rsid w:val="00B2642B"/>
     <w:rsid w:val="00B3723F"/>
     <w:rsid w:val="00B40B57"/>
     <w:rsid w:val="00B74416"/>
     <w:rsid w:val="00B74738"/>
     <w:rsid w:val="00B75291"/>
     <w:rsid w:val="00B82CEC"/>
     <w:rsid w:val="00B86608"/>
     <w:rsid w:val="00B86B8F"/>
     <w:rsid w:val="00B96429"/>
     <w:rsid w:val="00BA00DE"/>
     <w:rsid w:val="00BB378C"/>
     <w:rsid w:val="00BC01E7"/>
     <w:rsid w:val="00BC585D"/>
     <w:rsid w:val="00BD121B"/>
+    <w:rsid w:val="00BD5119"/>
     <w:rsid w:val="00BE2C55"/>
     <w:rsid w:val="00BE5BB6"/>
     <w:rsid w:val="00BF35AF"/>
     <w:rsid w:val="00C01E08"/>
     <w:rsid w:val="00C01EDA"/>
     <w:rsid w:val="00C0660D"/>
     <w:rsid w:val="00C07E3F"/>
     <w:rsid w:val="00C10B75"/>
+    <w:rsid w:val="00C12327"/>
     <w:rsid w:val="00C13A53"/>
     <w:rsid w:val="00C13B84"/>
     <w:rsid w:val="00C14586"/>
     <w:rsid w:val="00C15C72"/>
     <w:rsid w:val="00C17236"/>
     <w:rsid w:val="00C238E6"/>
     <w:rsid w:val="00C35C33"/>
     <w:rsid w:val="00C36BC7"/>
     <w:rsid w:val="00C517CB"/>
     <w:rsid w:val="00C53AE9"/>
     <w:rsid w:val="00C55CF9"/>
     <w:rsid w:val="00C623C0"/>
     <w:rsid w:val="00C7330D"/>
     <w:rsid w:val="00C80D48"/>
     <w:rsid w:val="00C84935"/>
     <w:rsid w:val="00C84AB6"/>
     <w:rsid w:val="00C9691F"/>
     <w:rsid w:val="00CA3A58"/>
     <w:rsid w:val="00CA4325"/>
     <w:rsid w:val="00CA6B7B"/>
     <w:rsid w:val="00CB0A07"/>
     <w:rsid w:val="00CB1730"/>
     <w:rsid w:val="00CB2759"/>
     <w:rsid w:val="00CB56E6"/>
     <w:rsid w:val="00CB5C58"/>
@@ -5044,50 +5629,55 @@
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="004261B3"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004261B3"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="004261B3"/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="eop">
+    <w:name w:val="eop"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00691ACC"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -5370,67 +5960,61 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...4 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ca181a51-b58f-4101-967e-bee951ab042e" xmlns:ns3="a84c8341-80aa-4b48-9373-d3a3de2ad48e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a2b684e3fc6b7474634bd10d69afc92c" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000E4AA08DB2E7574BB85FD0D75957E082" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="61242466f594be8f8fdb74db1a547f36">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ca181a51-b58f-4101-967e-bee951ab042e" xmlns:ns3="a84c8341-80aa-4b48-9373-d3a3de2ad48e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d439deac1ad3846731aaf41a775b7cd7" ns2:_="" ns3:_="">
     <xsd:import namespace="ca181a51-b58f-4101-967e-bee951ab042e"/>
     <xsd:import namespace="a84c8341-80aa-4b48-9373-d3a3de2ad48e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:BriefDescription" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -5609,125 +6193,131 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="ca181a51-b58f-4101-967e-bee951ab042e">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <BriefDescription xmlns="ca181a51-b58f-4101-967e-bee951ab042e" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5C2F6250-C6E2-41FB-88DB-34FCA00D1B0E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{285963D1-BBDF-4D7D-99FA-6E5D9BCDEA41}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="ca181a51-b58f-4101-967e-bee951ab042e"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EA314F96-88F0-4E91-855E-1B95E5065C78}">
-[...7 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{57B4E3D8-279A-484D-9613-0834279D2ABD}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{71057E09-3E05-4338-A0A3-C9C90FA28745}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="ca181a51-b58f-4101-967e-bee951ab042e"/>
     <ds:schemaRef ds:uri="a84c8341-80aa-4b48-9373-d3a3de2ad48e"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EA314F96-88F0-4E91-855E-1B95E5065C78}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{285963D1-BBDF-4D7D-99FA-6E5D9BCDEA41}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5C2F6250-C6E2-41FB-88DB-34FCA00D1B0E}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="ca181a51-b58f-4101-967e-bee951ab042e"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>462</Words>
-  <Characters>2639</Characters>
+  <Words>548</Words>
+  <Characters>3126</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>21</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>26</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3095</CharactersWithSpaces>
+  <CharactersWithSpaces>3667</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Guimaraes, Erica (EHS)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101000E4AA08DB2E7574BB85FD0D75957E082</vt:lpwstr>
   </property>