--- v0 (2025-11-03)
+++ v1 (2025-12-14)
@@ -10,51 +10,51 @@
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="4998C7A7" w14:textId="59733771" w:rsidR="00FD47C2" w:rsidRPr="00723610" w:rsidRDefault="00FD47C2">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Section</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05303AF2" w14:textId="77777777" w:rsidR="00FD47C2" w:rsidRPr="00723610" w:rsidRDefault="00FD47C2">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
@@ -498,51 +498,51 @@
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>152.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0533286D" w14:textId="77777777" w:rsidR="00F3163B" w:rsidRPr="00723610" w:rsidRDefault="00F3163B" w:rsidP="00185BC4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="16A29280" w14:textId="514B337A" w:rsidR="00F3163B" w:rsidRPr="00723610" w:rsidRDefault="00F3163B" w:rsidP="002532D3">
+    <w:p w14:paraId="16A29280" w14:textId="05F069CA" w:rsidR="00F3163B" w:rsidRPr="00723610" w:rsidRDefault="00F3163B" w:rsidP="002532D3">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2)  </w:t>
       </w:r>
       <w:r w:rsidR="004D4313">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -628,51 +628,60 @@
       <w:r w:rsidR="0029138D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">or after </w:t>
       </w:r>
       <w:r w:rsidR="00CF1034">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">July </w:t>
       </w:r>
       <w:r w:rsidR="00B14794">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>1, 2024</w:t>
+        <w:t>1, 202</w:t>
+      </w:r>
+      <w:r w:rsidR="0072138B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="0029138D" w:rsidRPr="004C5208">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75DAF51D" w14:textId="77777777" w:rsidR="00FD47C2" w:rsidRPr="00723610" w:rsidRDefault="00FD47C2">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6BFA57B6" w14:textId="77777777" w:rsidR="00FD47C2" w:rsidRPr="00723610" w:rsidRDefault="00FD47C2">
       <w:pPr>
         <w:suppressAutoHyphens/>
@@ -865,52 +874,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Coding Updates and Corrections</w:t>
       </w:r>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>.  EOHHS may publish procedure code updates and corrections in the form of an administrative bulletin. The publication of such updates and corrections will list</w:t>
-      </w:r>
+        <w:t xml:space="preserve">.  EOHHS may publish procedure code updates and corrections in the form of an administrative bulletin. The publication of such updates and corrections will </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00723610">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>list</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="01EA0EC4" w14:textId="77777777" w:rsidR="00FD47C2" w:rsidRPr="00723610" w:rsidRDefault="00FD47C2" w:rsidP="007916BC">
       <w:pPr>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(a) </w:t>
       </w:r>
       <w:r w:rsidR="007916BC" w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
@@ -944,103 +964,85 @@
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(b) </w:t>
       </w:r>
       <w:r w:rsidR="007916BC" w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>deleted codes for which there are no corresponding new codes; and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="784A6077" w14:textId="7B9EAA5D" w:rsidR="00FD47C2" w:rsidRPr="00723610" w:rsidRDefault="00FD47C2" w:rsidP="007916BC">
+    <w:p w14:paraId="784A6077" w14:textId="042E19D9" w:rsidR="00FD47C2" w:rsidRPr="00723610" w:rsidRDefault="00FD47C2" w:rsidP="007916BC">
       <w:pPr>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(c) </w:t>
       </w:r>
       <w:r w:rsidR="007916BC" w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">codes for entirely new services that require pricing. EOHHS will list these codes and apply individual consideration </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> reimbursement for these codes until appropriate rates can be developed</w:t>
+        <w:t>codes for entirely new services that require pricing. EOHHS will list these codes and apply individual consideration (I.C.) reimbursement for these codes until appropriate rates can be developed</w:t>
       </w:r>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5863BFFD" w14:textId="77777777" w:rsidR="00FD47C2" w:rsidRPr="00723610" w:rsidRDefault="00FD47C2">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="05C926E7" w14:textId="77777777" w:rsidR="00FD47C2" w:rsidRPr="00723610" w:rsidRDefault="00FD47C2" w:rsidP="00185BC4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
@@ -1426,66 +1428,126 @@
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Case Consultation</w:t>
       </w:r>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">.  A meeting with a professional of another agency to resolve treatment issues or to exchange other relevant client information. Case consultation may be billed only for face-to-face meetings that are necessary as a result of the inability or inappropriateness of other forms of communication, such as telephone and letter. Such circumstances and services must be documented in the client's record and be available as part of any record audit that the purchasing agency may perform. </w:t>
+        <w:t xml:space="preserve">.  A meeting with a professional </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00723610">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00723610">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> another agency to resolve treatment issues or to exchange other relevant client information. Case consultation may be billed only for face-to-face meetings that are necessary </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00723610">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>as a result of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00723610">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the inability or inappropriateness of other forms of communication, such as telephone and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00723610">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>letter</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00723610">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Such circumstances and services must be documented in the client's record and be available as part of any record audit that the purchasing agency may perform. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52AAF729" w14:textId="77777777" w:rsidR="00FD47C2" w:rsidRPr="00723610" w:rsidRDefault="00FD47C2" w:rsidP="007916BC">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="03D8C055" w14:textId="79984272" w:rsidR="00FD47C2" w:rsidRPr="00723610" w:rsidRDefault="00FD47C2" w:rsidP="007916BC">
+    <w:p w14:paraId="03D8C055" w14:textId="73FB134A" w:rsidR="00FD47C2" w:rsidRPr="00723610" w:rsidRDefault="00FD47C2" w:rsidP="007916BC">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Case Management</w:t>
       </w:r>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
@@ -2196,51 +2258,69 @@
       </w:r>
       <w:r w:rsidR="00372733">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>aster’s Level</w:t>
       </w:r>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>. Individualized case management provided as part of a clinical outpatient service that facilitate</w:t>
+        <w:t xml:space="preserve">. Individualized case management </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00723610">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>provided</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00723610">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as part of a clinical outpatient service that facilitate</w:t>
       </w:r>
       <w:r w:rsidR="00F3163B" w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> ongoing engagement in community-based treatment and recovery services; link</w:t>
       </w:r>
       <w:r w:rsidR="00F3163B" w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
@@ -2275,99 +2355,110 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>facilitates access to mainstream benefits.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="284A30A0" w14:textId="77777777" w:rsidR="00FD47C2" w:rsidRPr="00723610" w:rsidRDefault="00FD47C2" w:rsidP="007916BC">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="41383A99" w14:textId="228783C1" w:rsidR="00FD47C2" w:rsidRPr="00723610" w:rsidRDefault="00FD47C2" w:rsidP="007916BC">
+    <w:p w14:paraId="41383A99" w14:textId="532B1D2C" w:rsidR="00FD47C2" w:rsidRPr="00723610" w:rsidRDefault="00FD47C2" w:rsidP="007916BC">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Clinically Managed Detoxification Services</w:t>
       </w:r>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  Medical assessment, intensive counseling, and case management services to clients who are not intoxicated or have been safely withdrawn from alcohol or other drugs or are addicted to a drug that does not require medical withdrawal. These clients require a 24-hour supervised inpatient stay to address the acute emotional, behavioral, or biomedical </w:t>
       </w:r>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>distress resulting from an individual's use of alcohol or other drugs. This level of service includes four hours of nursing service</w:t>
+        <w:t xml:space="preserve">distress resulting from an individual's use of alcohol or other drugs. This level of service includes four hours of nursing </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00723610">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>service</w:t>
       </w:r>
       <w:r w:rsidR="00F3163B" w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> seven days </w:t>
       </w:r>
       <w:r w:rsidR="00F3163B" w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -2613,51 +2704,51 @@
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F4F995F" w14:textId="77777777" w:rsidR="00FD47C2" w:rsidRPr="00723610" w:rsidRDefault="00FD47C2" w:rsidP="007916BC">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4BBB880F" w14:textId="407684C0" w:rsidR="00FD47C2" w:rsidRPr="00723610" w:rsidRDefault="00FD47C2" w:rsidP="007916BC">
+    <w:p w14:paraId="4BBB880F" w14:textId="51DAB1E6" w:rsidR="00FD47C2" w:rsidRPr="00723610" w:rsidRDefault="00FD47C2" w:rsidP="007916BC">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Day Treatment</w:t>
       </w:r>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
@@ -2724,67 +2815,107 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> disorders </w:t>
       </w:r>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>that meets the service criteria set forth by the Massachusetts Department of Public Health pursua</w:t>
       </w:r>
       <w:r w:rsidR="004A4963">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>nt to 105 CMR 164.231</w:t>
       </w:r>
+      <w:r w:rsidR="004A08BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
+      </w:r>
+      <w:r w:rsidR="005A0901" w:rsidRPr="000344DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Day Treatment</w:t>
+      </w:r>
       <w:r w:rsidR="009B7397">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> through </w:t>
       </w:r>
       <w:r w:rsidR="009E5359">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>164.234</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0901">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
+      </w:r>
+      <w:r w:rsidR="00620590" w:rsidRPr="000344DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Hours of Operation</w:t>
       </w:r>
       <w:r w:rsidR="004A4963">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, and </w:t>
       </w:r>
       <w:r w:rsidR="009E5359">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">by </w:t>
       </w:r>
       <w:r w:rsidR="004A4963">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -3033,51 +3164,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>counseling programs, legislated by M.G.L. c. 90, § 24D to first offender drunk drivers adjudicated in Massachusetts courts.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="507C5501" w14:textId="77777777" w:rsidR="00FD47C2" w:rsidRPr="00723610" w:rsidRDefault="00FD47C2" w:rsidP="007916BC">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4CD5EA1E" w14:textId="23B25A70" w:rsidR="00FD47C2" w:rsidRPr="00723610" w:rsidRDefault="00FD47C2" w:rsidP="007916BC">
+    <w:p w14:paraId="4CD5EA1E" w14:textId="04BC21B2" w:rsidR="00FD47C2" w:rsidRPr="00723610" w:rsidRDefault="00FD47C2" w:rsidP="007916BC">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Educational/Motivational Session</w:t>
       </w:r>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
@@ -3344,69 +3475,129 @@
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Established Charge</w:t>
       </w:r>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">.  The lowest fee that is charged or accepted as payment by the </w:t>
+        <w:t xml:space="preserve">.  The lowest </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00723610">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>fee that</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00723610">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is charged or accepted as payment by the </w:t>
       </w:r>
       <w:r w:rsidR="006950F0" w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">rovider to the general public or any third party payer, other than a </w:t>
+        <w:t xml:space="preserve">rovider to the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00723610">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>general public</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00723610">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or any </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00723610">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>third party</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00723610">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> payer, other than a </w:t>
       </w:r>
       <w:r w:rsidR="006950F0" w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>g</w:t>
       </w:r>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">overnmental </w:t>
       </w:r>
       <w:r w:rsidR="006950F0" w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -3450,78 +3641,109 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Extraordinary Circumstances/Flex Funding</w:t>
       </w:r>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:r w:rsidRPr="006D739D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>A method whereby a purchasing governmental unit may provide resource allocations to a client and/or provider</w:t>
+        <w:t xml:space="preserve">A method whereby </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006D739D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a purchasing</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006D739D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> governmental unit may provide resource allocations to a client and/or provider</w:t>
       </w:r>
       <w:r w:rsidR="00281DD1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006D739D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">for specific support services </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="008E7AC4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>in order to address extraordinary circumstances.</w:t>
+        <w:t>in order to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="008E7AC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> address extraordinary circumstances.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03AC37CB" w14:textId="77777777" w:rsidR="00FD47C2" w:rsidRPr="00723610" w:rsidRDefault="00FD47C2" w:rsidP="007916BC">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="00E524A4" w14:textId="77777777" w:rsidR="00FD47C2" w:rsidRPr="00723610" w:rsidRDefault="00FD47C2" w:rsidP="007916BC">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
@@ -4035,51 +4257,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C24C18" w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>establishing community-based supports to maintain ongoing goals in the recovery process.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B975E39" w14:textId="77777777" w:rsidR="0091614C" w:rsidRPr="00723610" w:rsidRDefault="0091614C" w:rsidP="00EA6AF5">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="19065FC4" w14:textId="0C44350F" w:rsidR="0091614C" w:rsidRPr="00842F8F" w:rsidRDefault="0091614C" w:rsidP="00B6031B">
+    <w:p w14:paraId="19065FC4" w14:textId="40656B87" w:rsidR="0091614C" w:rsidRPr="00842F8F" w:rsidRDefault="0091614C" w:rsidP="00B6031B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00842F8F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Federally Qualified Health Centers (FQHC</w:t>
       </w:r>
       <w:r w:rsidR="00185AD0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00842F8F">
         <w:rPr>
@@ -4443,107 +4665,63 @@
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> disorder</w:t>
       </w:r>
       <w:r w:rsidR="00DC34C3" w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BE8E718" w14:textId="77777777" w:rsidR="006A68D7" w:rsidRDefault="006A68D7" w:rsidP="006A68D7">
+    <w:p w14:paraId="113CACE9" w14:textId="77777777" w:rsidR="00FD47C2" w:rsidRPr="00723610" w:rsidRDefault="00FD47C2" w:rsidP="007916BC">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="08C3F496" w14:textId="5D792763" w:rsidR="006A68D7" w:rsidRPr="00723610" w:rsidRDefault="006A68D7" w:rsidP="006A68D7">
-[...42 lines deleted...]
-    <w:p w14:paraId="5FC2219D" w14:textId="001EC63A" w:rsidR="005F7525" w:rsidRPr="006D739D" w:rsidRDefault="005F7525" w:rsidP="00F3163B">
+    <w:p w14:paraId="5FC2219D" w14:textId="2AC3CD5F" w:rsidR="005F7525" w:rsidRPr="006D739D" w:rsidRDefault="005F7525" w:rsidP="00F3163B">
       <w:pPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D739D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Individual Consideration (IC)</w:t>
       </w:r>
       <w:r w:rsidRPr="006D739D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -4552,51 +4730,51 @@
         </w:rPr>
         <w:t>.  Payment rates for certain services are designated as individual consideration (IC). Where IC rates are designated, the purchasing governmental unit will determine the appropriate payment as</w:t>
       </w:r>
       <w:r w:rsidRPr="006D739D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> the actual cost of the item or service as evidenced by invoice, published tuition amount, or other price reasonably obtained by a competitive market for the product or service.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35905C00" w14:textId="77777777" w:rsidR="005F7525" w:rsidRPr="00723610" w:rsidRDefault="005F7525" w:rsidP="007916BC">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7E264F47" w14:textId="7A847DE8" w:rsidR="00FD47C2" w:rsidRPr="00723610" w:rsidRDefault="00FD47C2" w:rsidP="007916BC">
+    <w:p w14:paraId="7E264F47" w14:textId="7791113F" w:rsidR="00FD47C2" w:rsidRPr="00723610" w:rsidRDefault="00FD47C2" w:rsidP="007916BC">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Individual Counseling</w:t>
       </w:r>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
@@ -4701,50 +4879,201 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or that of a significant other</w:t>
       </w:r>
       <w:r w:rsidR="003E6476">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1EBC4A7C" w14:textId="77777777" w:rsidR="00FD47C2" w:rsidRPr="00723610" w:rsidRDefault="00FD47C2" w:rsidP="007916BC">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38823BE8" w14:textId="77777777" w:rsidR="00FD47C2" w:rsidRPr="00723610" w:rsidRDefault="00FD47C2" w:rsidP="007916BC">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00723610">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Individual Assessment Session</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00723610">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:r w:rsidR="00980BE2" w:rsidRPr="00723610">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A meeting between </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA6AF5" w:rsidRPr="00723610">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidR="00980BE2" w:rsidRPr="00723610">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>clinician and a client to explore the client's current and past substance</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC34C3" w:rsidRPr="00723610">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-related</w:t>
+      </w:r>
+      <w:r w:rsidR="006040BF" w:rsidRPr="00723610">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC34C3" w:rsidRPr="00723610">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and addictive disorders</w:t>
+      </w:r>
+      <w:r w:rsidR="00980BE2" w:rsidRPr="00723610">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, psychosocial history, </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA6AF5" w:rsidRPr="00723610">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="00980BE2" w:rsidRPr="00723610">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">motivation for change and to make recommendations for </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA6AF5" w:rsidRPr="00723610">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">an </w:t>
+      </w:r>
+      <w:r w:rsidR="00980BE2" w:rsidRPr="00723610">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>appropriate level of care for treatment. Full assessment documentation is required</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA6AF5" w:rsidRPr="00723610">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77410A58" w14:textId="77777777" w:rsidR="00523A69" w:rsidRPr="00723610" w:rsidRDefault="00523A69" w:rsidP="007916BC">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1536D4B9" w14:textId="77777777" w:rsidR="00523A69" w:rsidRPr="00723610" w:rsidRDefault="00523A69" w:rsidP="007916BC">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>In-</w:t>
       </w:r>
       <w:r w:rsidR="00F83641">
@@ -5128,51 +5457,51 @@
         <w:t>nine</w:t>
       </w:r>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> months to assist the client's transition to community treatment and ancillary services.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D1EC73F" w14:textId="77777777" w:rsidR="00526910" w:rsidRPr="00723610" w:rsidRDefault="00526910" w:rsidP="007916BC">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6D9291ED" w14:textId="2924E2FC" w:rsidR="00FD47C2" w:rsidRPr="00723610" w:rsidRDefault="00FD47C2" w:rsidP="007916BC">
+    <w:p w14:paraId="6D9291ED" w14:textId="503C6665" w:rsidR="00FD47C2" w:rsidRDefault="00FD47C2" w:rsidP="007916BC">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Medically Monitored Inpatient Detoxification Services</w:t>
       </w:r>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
@@ -5214,64 +5543,63 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00784F2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>24-hour Diversionary Services</w:t>
       </w:r>
       <w:r w:rsidR="00784F2F" w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BF661AD" w14:textId="77777777" w:rsidR="006064A4" w:rsidRDefault="006064A4" w:rsidP="007916BC">
+    <w:p w14:paraId="21296D10" w14:textId="77777777" w:rsidR="00AF08EF" w:rsidRPr="00723610" w:rsidRDefault="00AF08EF" w:rsidP="007916BC">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2AF516B4" w14:textId="564A6CDB" w:rsidR="00FD47C2" w:rsidRDefault="00FD47C2" w:rsidP="007916BC">
+    <w:p w14:paraId="2AF516B4" w14:textId="2B92E598" w:rsidR="00FD47C2" w:rsidRDefault="00FD47C2" w:rsidP="007916BC">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Medical Services Visit</w:t>
       </w:r>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
@@ -5583,115 +5911,328 @@
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> partnership, corporation, trust, or other legal entity that operates a program.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72538038" w14:textId="77777777" w:rsidR="00FD47C2" w:rsidRPr="00723610" w:rsidRDefault="00FD47C2" w:rsidP="007916BC">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="086AEAFE" w14:textId="0CBE5152" w:rsidR="00FD47C2" w:rsidRPr="00723610" w:rsidRDefault="00FD47C2" w:rsidP="007916BC">
+    <w:p w14:paraId="439494C0" w14:textId="112EC31C" w:rsidR="0072138B" w:rsidRDefault="0072138B" w:rsidP="006D6DBC">
       <w:pPr>
-        <w:suppressAutoHyphens/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="936"/>
+          <w:tab w:val="left" w:pos="1314"/>
+          <w:tab w:val="left" w:pos="1692"/>
+          <w:tab w:val="left" w:pos="2070"/>
+        </w:tabs>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00723610">
-[...2 lines deleted...]
-          <w:spacing w:val="-3"/>
+      <w:r w:rsidRPr="00A61DEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Opioid Treatment</w:t>
-[...44 lines deleted...]
-        <w:t xml:space="preserve">combine medical and pharmacological interventions with professional counseling, education, and vocational services. Services are offered on both a short-term (detoxification) and long-term (treatment) basis. Any individuals who are addicted to opiate drugs and are medically screened as appropriate are eligible.  </w:t>
+        <w:t>Opioid Treatment Program (OTP)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A61DEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.  A program that provides opioid treatment services</w:t>
+      </w:r>
+      <w:r w:rsidR="009C583B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00176271">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A61DEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> federally certified by the Substance Abuse Mental Health Services Administration</w:t>
+      </w:r>
+      <w:r w:rsidR="00176271">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D87DFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00176271">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A61DEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> licensed as an opioid treatment program by the Department of Public Health under 105 CMR 164.000: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A61DEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Licensure of Substance Use Disorder Treatment Programs</w:t>
+      </w:r>
+      <w:r w:rsidR="002365F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D87DFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A61DEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>conform</w:t>
+      </w:r>
+      <w:r w:rsidR="002365F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A61DEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to the federal opioid treatment standards set forth in 42 CFR </w:t>
+      </w:r>
+      <w:r w:rsidR="002D7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">§ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A61DEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8.12: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A61DEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Federal Opioid </w:t>
+      </w:r>
+      <w:r w:rsidR="008C2093" w:rsidRPr="00730F38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Use Disorder</w:t>
+      </w:r>
+      <w:r w:rsidR="00A63556" w:rsidRPr="00730F38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F15AF" w:rsidRPr="00730F38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A61DEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">reatment </w:t>
+      </w:r>
+      <w:r w:rsidR="005F15AF" w:rsidRPr="00730F38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A61DEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>tandards</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A61DEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7497C319" w14:textId="77777777" w:rsidR="006D6DBC" w:rsidRPr="00A61DEF" w:rsidRDefault="006D6DBC" w:rsidP="00A61DEF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="936"/>
+          <w:tab w:val="left" w:pos="1314"/>
+          <w:tab w:val="left" w:pos="1692"/>
+          <w:tab w:val="left" w:pos="2070"/>
+        </w:tabs>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="361B5EA5" w14:textId="77777777" w:rsidR="0072138B" w:rsidRPr="00A61DEF" w:rsidRDefault="0072138B" w:rsidP="0072138B">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61DEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Opioid Treatment Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A61DEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.  Supervised assessment and treatment of an individual, using FDA-approved medications (including methadone, buprenorphine, buprenorphine/naloxone, and naltrexone), along with a comprehensive range of medical and rehabilitative services, when clinically necessary, to alleviate the adverse medical, psychological, or physical effects incident to opiate use disorders. This term encompasses withdrawal management and maintenance treatment.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08C5D57D" w14:textId="77777777" w:rsidR="00FD47C2" w:rsidRPr="00723610" w:rsidRDefault="00FD47C2" w:rsidP="007916BC">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="289BCD44" w14:textId="6FD0B3AA" w:rsidR="00FD47C2" w:rsidRPr="00723610" w:rsidRDefault="00FD47C2" w:rsidP="007916BC">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
@@ -6000,51 +6541,50 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4615A9D9" w14:textId="77777777" w:rsidR="00FD47C2" w:rsidRPr="00723610" w:rsidRDefault="00FD47C2" w:rsidP="007916BC">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Pay for Performance (P4P)</w:t>
       </w:r>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00EA4999" w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6096,51 +6636,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">nit to pay providers to perform activities related to improving the quality of care delivered to clients. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4821CC36" w14:textId="77777777" w:rsidR="00BA17C9" w:rsidRPr="00723610" w:rsidRDefault="00BA17C9" w:rsidP="007916BC">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="53A4206A" w14:textId="003EED65" w:rsidR="00BA17C9" w:rsidRPr="00723610" w:rsidRDefault="00BA17C9" w:rsidP="007916BC">
+    <w:p w14:paraId="53A4206A" w14:textId="3D7EBCA1" w:rsidR="00BA17C9" w:rsidRPr="00723610" w:rsidRDefault="00BA17C9" w:rsidP="007916BC">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Post</w:t>
       </w:r>
       <w:r w:rsidR="00B93221" w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -6299,51 +6839,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>and their infants in the program.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A7C5274" w14:textId="77777777" w:rsidR="00DE258D" w:rsidRPr="00723610" w:rsidRDefault="00DE258D" w:rsidP="007916BC">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6E742513" w14:textId="0925FB62" w:rsidR="00B93221" w:rsidRPr="00723610" w:rsidRDefault="00B93221" w:rsidP="007916BC">
+    <w:p w14:paraId="6E742513" w14:textId="4217401C" w:rsidR="00B93221" w:rsidRPr="00723610" w:rsidRDefault="00B93221" w:rsidP="007916BC">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Pregnant Enhancement for Residential</w:t>
       </w:r>
       <w:r w:rsidR="00501D4F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -6879,82 +7419,82 @@
         </w:rPr>
         <w:t xml:space="preserve"> who provides guidance and coaching for individuals to meet their recovery goals</w:t>
       </w:r>
       <w:r w:rsidR="00303124" w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67AED847" w14:textId="39AC0225" w:rsidR="00CC732C" w:rsidRDefault="00CC732C" w:rsidP="007916BC">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="16DB23EE" w14:textId="1129A138" w:rsidR="00CC732C" w:rsidRPr="00CC732C" w:rsidRDefault="00CC732C" w:rsidP="007916BC">
+    <w:p w14:paraId="16DB23EE" w14:textId="25113A6A" w:rsidR="00CC732C" w:rsidRPr="00CC732C" w:rsidRDefault="00CC732C" w:rsidP="007916BC">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0077395A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Recovery Support Centers</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> (RSC)</w:t>
       </w:r>
-      <w:r w:rsidRPr="004313F7">
+      <w:r w:rsidRPr="000344DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00481A65">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A service that </w:t>
@@ -6964,118 +7504,119 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>provide</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC732C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> a broad range of supports that can help individuals build a stable life in recovery. The RSCs provide peer-to-peer recovery support to individuals in recovery from substance use disorder, as well as serving families and loved ones affected by addiction. RSCs support multiple pathways, provide hope, promote wellness, and assist </w:t>
       </w:r>
-      <w:r w:rsidR="00D520BA" w:rsidRPr="004313F7">
+      <w:r w:rsidR="00D520BA" w:rsidRPr="000344DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>client</w:t>
       </w:r>
       <w:r w:rsidR="00D520BA" w:rsidRPr="00381012">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00D520BA" w:rsidRPr="00CC732C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CC732C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>in building capital and developing their own unique individual, social, and community support, to help prevent relapse and promote long-term recovery from alcohol, opioids, and other addictions.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1348E0CB" w14:textId="77777777" w:rsidR="00FD47C2" w:rsidRPr="00723610" w:rsidRDefault="00FD47C2" w:rsidP="007916BC">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6DE47B66" w14:textId="051A8F32" w:rsidR="00FD47C2" w:rsidRPr="00723610" w:rsidRDefault="00FD47C2" w:rsidP="007916BC">
+    <w:p w14:paraId="6DE47B66" w14:textId="20FAB1A7" w:rsidR="00FD47C2" w:rsidRPr="00723610" w:rsidRDefault="00FD47C2" w:rsidP="007916BC">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Related Party</w:t>
       </w:r>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.  A person or organization that is associated or affiliated with, has control of, or is controlled by the operating agency or any director, stockholder, partner, or administrator of the operating agency by common ownership or control or in a manner specified in §§ 267(b) and (c) of the Internal Revenue Code of 1954</w:t>
       </w:r>
       <w:r w:rsidR="00380D68">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
@@ -7194,51 +7735,50 @@
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>natural parent, child, and sibling;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5ED22551" w14:textId="77777777" w:rsidR="00FD47C2" w:rsidRPr="00723610" w:rsidRDefault="00FD47C2" w:rsidP="009D1A8B">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>(c)</w:t>
       </w:r>
       <w:r w:rsidR="00EA4999" w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009D1A8B" w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
@@ -7610,51 +8150,51 @@
         <w:t>th</w:t>
       </w:r>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36C7FC7D" w14:textId="77777777" w:rsidR="00FD47C2" w:rsidRPr="00723610" w:rsidRDefault="00FD47C2" w:rsidP="007916BC">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="312E2B5E" w14:textId="66F41BAF" w:rsidR="00FD47C2" w:rsidRDefault="00FD47C2" w:rsidP="007916BC">
+    <w:p w14:paraId="312E2B5E" w14:textId="4C7E0F89" w:rsidR="00FD47C2" w:rsidRDefault="00FD47C2" w:rsidP="007916BC">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Residential Rehabilitation</w:t>
       </w:r>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
@@ -7692,51 +8232,71 @@
       <w:r w:rsidR="006040BF" w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00B5493D" w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>treatment and education services featuring a planned program of care in a 24-hour residential setting. These services are provided to clients who require safe and stable living environments in order to develop their recovery skills. Types of residential rehabilitation services are those designed for adult individuals, adults with their families, adolescents, and driving</w:t>
+        <w:t xml:space="preserve">treatment and education services featuring a planned program of care in a 24-hour residential setting. These services are provided to clients who require safe and stable living environments </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00723610">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>in order to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00723610">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> develop their recovery skills. Types of residential rehabilitation services are those designed for adult individuals, adults with their families, adolescents, and driving</w:t>
       </w:r>
       <w:r w:rsidR="003867FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>under</w:t>
       </w:r>
       <w:r w:rsidR="003867FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -8031,90 +8591,108 @@
         </w:rPr>
         <w:t xml:space="preserve">These services are provided to clients in </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB6C6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">a safe, structured, and developmentally appropriate environment. This </w:t>
       </w:r>
       <w:r w:rsidR="003E0EAE" w:rsidRPr="00EB6C6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">specialized </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB6C6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>program offers appropriate psychiatric and substance use treatment services, including medication evaluation and laboratory services. These services are provided on-site</w:t>
+        <w:t xml:space="preserve">program offers appropriate </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EB6C6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>psychiatric</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EB6C6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and substance use treatment services, including medication evaluation and laboratory services. These services are provided on-site</w:t>
       </w:r>
       <w:r w:rsidR="003E3FBC" w:rsidRPr="00EB6C6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB6C6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> as appropriate to the severity and urgency of the patient’s mental condition</w:t>
       </w:r>
       <w:r w:rsidR="003E3FBC" w:rsidRPr="002B0089">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B0C2D38" w14:textId="77777777" w:rsidR="00FD47C2" w:rsidRDefault="00FD47C2" w:rsidP="007916BC">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1D2FC6C4" w14:textId="3DD6F8B4" w:rsidR="007F7215" w:rsidRPr="00331546" w:rsidRDefault="007F7215" w:rsidP="007F7215">
+    <w:p w14:paraId="1D2FC6C4" w14:textId="77777777" w:rsidR="007F7215" w:rsidRPr="00331546" w:rsidRDefault="007F7215" w:rsidP="007F7215">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00331546">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>School-</w:t>
       </w:r>
       <w:r w:rsidR="00A9261D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>b</w:t>
@@ -8128,59 +8706,51 @@
         </w:rPr>
         <w:t>ased Targeted Prevention</w:t>
       </w:r>
       <w:r w:rsidRPr="00331546">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00A9261D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00331546">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Developmentally focused, competency-enhancement programs targeting </w:t>
-[...7 lines deleted...]
-        <w:t>six</w:t>
+        <w:t>Developmentally focused, competency-enhancement programs targeting 6</w:t>
       </w:r>
       <w:r w:rsidR="00372733">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00331546">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A9261D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>through</w:t>
       </w:r>
@@ -8652,58 +9222,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> and facilitated access to mainstream benefits, especially primary health care. There are seven </w:t>
       </w:r>
       <w:r w:rsidR="003F7BC5" w:rsidRPr="006D739D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>services</w:t>
       </w:r>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> for supportive case management: </w:t>
       </w:r>
       <w:r w:rsidR="00EA4999" w:rsidRPr="006D739D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Permanent Adult, </w:t>
-[...6 lines deleted...]
-        <w:t>Permanent Families, Permanent Young Adults, Transitional Adults, Transitional Families</w:t>
+        <w:t>Permanent Adult, Permanent Families, Permanent Young Adults, Transitional Adults, Transitional Families</w:t>
       </w:r>
       <w:r w:rsidR="00DA1B74">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Transitional Young Adults, and Low Threshold</w:t>
       </w:r>
       <w:r w:rsidR="000608D5" w:rsidRPr="006D739D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F9E5C4F" w14:textId="77777777" w:rsidR="00AF3C15" w:rsidRPr="00723610" w:rsidRDefault="00AF3C15" w:rsidP="007916BC">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
@@ -8794,62 +9357,74 @@
           <w:color w:val="000000"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Transitional Support Services</w:t>
       </w:r>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>.  Residential case management services provided to bridge the gap between detoxification and residential rehabilitation and/or community ambulatory aftercare services. This level of service includes four hours of nursing service</w:t>
+        <w:t xml:space="preserve">.  Residential case management services provided to bridge the gap between detoxification and residential rehabilitation and/or community ambulatory aftercare services. This level of service includes four hours of nursing </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00723610">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>service</w:t>
       </w:r>
       <w:r w:rsidR="00EA4999" w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> seven days </w:t>
       </w:r>
       <w:r w:rsidR="00EA4999" w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-3"/>
@@ -9244,51 +9819,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ervices for individuals who have been civilly committed by a district court of the Commonwealth, under M.G.L. c. 123, § 35. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="609455CE" w14:textId="77777777" w:rsidR="00723610" w:rsidRPr="00723610" w:rsidRDefault="00723610" w:rsidP="007916BC">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="35AC9A46" w14:textId="2EA01282" w:rsidR="00723610" w:rsidRDefault="00723610" w:rsidP="00723610">
+    <w:p w14:paraId="35AC9A46" w14:textId="3C77CDAE" w:rsidR="00723610" w:rsidRDefault="00723610" w:rsidP="00723610">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A0438">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Triage</w:t>
       </w:r>
       <w:r w:rsidR="00463A57" w:rsidRPr="000A0438">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -9494,51 +10069,69 @@
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="00046D66" w:rsidRPr="00EB6C6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>rogram provides a specialized setting for these individuals</w:t>
       </w:r>
       <w:r w:rsidR="00A63438">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00046D66" w:rsidRPr="00EB6C6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> who often present as behaviorally difficult to manage d</w:t>
+        <w:t xml:space="preserve"> who often </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00046D66" w:rsidRPr="00EB6C6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>present</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00046D66" w:rsidRPr="00EB6C6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as behaviorally difficult to manage d</w:t>
       </w:r>
       <w:r w:rsidR="00463A57" w:rsidRPr="00EB6C6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ue to active substance use and are </w:t>
       </w:r>
       <w:r w:rsidR="00046D66" w:rsidRPr="00EB6C6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">often </w:t>
       </w:r>
       <w:r w:rsidR="00463A57" w:rsidRPr="00EB6C6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">inappropriate (and frequently ineligible) for non-specialized shelter settings. </w:t>
       </w:r>
@@ -9592,68 +10185,90 @@
       </w:r>
       <w:r w:rsidRPr="000A0438">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A7527C" w14:textId="77777777" w:rsidR="00BC7451" w:rsidRDefault="00BC7451" w:rsidP="00723610">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5D391AE3" w14:textId="77777777" w:rsidR="00FD47C2" w:rsidRPr="00723610" w:rsidRDefault="00FD47C2">
+    <w:p w14:paraId="44CB3268" w14:textId="77777777" w:rsidR="006124D2" w:rsidRDefault="006124D2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D391AE3" w14:textId="41C8860B" w:rsidR="00FD47C2" w:rsidRPr="00723610" w:rsidRDefault="00FD47C2">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>346.03:</w:t>
       </w:r>
       <w:r w:rsidR="00EA4999" w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Filing and Reporting Requirements</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72C95D6A" w14:textId="77777777" w:rsidR="00FD47C2" w:rsidRPr="00723610" w:rsidRDefault="00FD47C2">
       <w:pPr>
@@ -10045,61 +10660,51 @@
       <w:r w:rsidR="00465B36" w:rsidRPr="006D739D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 15% </w:t>
       </w:r>
       <w:r w:rsidR="00C544B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>of its payments to</w:t>
       </w:r>
       <w:r w:rsidR="00465B36" w:rsidRPr="006D739D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> any provider that fails to submit required information. The </w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">purchasing governmental unit will notify the provider in advance of its intention to impose a </w:t>
+        <w:t xml:space="preserve"> any provider that fails to submit required information. The purchasing governmental unit will notify the provider in advance of its intention to impose a </w:t>
       </w:r>
       <w:r w:rsidR="00C544B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>penalty under 101 CMR 346.03(2)</w:t>
       </w:r>
       <w:r w:rsidR="00465B36" w:rsidRPr="006D739D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D145221" w14:textId="77777777" w:rsidR="00FD47C2" w:rsidRPr="00723610" w:rsidRDefault="00FD47C2" w:rsidP="00465B36">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="450"/>
         <w:rPr>
@@ -11365,69 +11970,89 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Payment Limitations</w:t>
       </w:r>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">.  No purchasing </w:t>
+        <w:t xml:space="preserve">.  No </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00723610">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">purchasing </w:t>
       </w:r>
       <w:r w:rsidR="00CB05B8" w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>g</w:t>
       </w:r>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">overnmental </w:t>
+        <w:t>overnmental</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00723610">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CB05B8" w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>nit may pay less than or more than the approved program rate</w:t>
       </w:r>
       <w:r w:rsidR="003E6476">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -11596,51 +12221,91 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Circumstances</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA6622">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:r w:rsidRPr="0015298D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>A method whereby, subject to availability of funds, a purchasing governmental unit may provide additional resource allocations to a qualified provider in response to unusual and unforeseen circumstances that substantially increase the cost of service delivery in ways not contemplated in the development of current rates.</w:t>
+        <w:t xml:space="preserve">A method whereby, subject to availability of funds, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0015298D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a purchasing</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0015298D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> governmental unit may provide additional resource allocations to a qualified provider in response to unusual and unforeseen circumstances that substantially increase the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0015298D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>cost of service</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0015298D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> delivery in ways not contemplated in the development of current rates.</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA6622">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> It must be demonstrated that </w:t>
       </w:r>
       <w:r w:rsidRPr="0015298D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>such</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA6622">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -11881,51 +12546,50 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="10BB402D" w14:textId="111D290B" w:rsidR="00C41DF4" w:rsidRDefault="00FD47C2" w:rsidP="00C41DF4">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="003769D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="003F517C" w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
@@ -12107,51 +12771,51 @@
         </w:rPr>
         <w:t>number of units.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C2C7216" w14:textId="77777777" w:rsidR="00A03CB6" w:rsidRDefault="00A03CB6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1255"/>
         <w:gridCol w:w="2340"/>
         <w:gridCol w:w="5755"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003430A4" w14:paraId="03E53248" w14:textId="77777777" w:rsidTr="003C57C3">
+      <w:tr w:rsidR="003430A4" w14:paraId="03E53248" w14:textId="77777777" w:rsidTr="008A4F03">
         <w:trPr>
           <w:cantSplit/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1255" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2E133C36" w14:textId="43CDF8B0" w:rsidR="003430A4" w:rsidRDefault="003430A4" w:rsidP="003430A4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
@@ -12194,254 +12858,256 @@
           </w:tcPr>
           <w:p w14:paraId="2FAFBCA7" w14:textId="207C27C9" w:rsidR="003430A4" w:rsidRDefault="003430A4" w:rsidP="003430A4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Description</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003430A4" w14:paraId="7345556C" w14:textId="77777777" w:rsidTr="003C57C3">
+      <w:tr w:rsidR="003430A4" w14:paraId="7345556C" w14:textId="77777777" w:rsidTr="008A4F03">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="7FDD990C" w14:textId="68773834" w:rsidR="003430A4" w:rsidRDefault="003430A4" w:rsidP="003430A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Inpatient Services</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003430A4" w14:paraId="534C33BC" w14:textId="77777777" w:rsidTr="003C57C3">
+      <w:tr w:rsidR="003430A4" w14:paraId="534C33BC" w14:textId="77777777" w:rsidTr="008A4F03">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1255" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="60045593" w14:textId="71A763C8" w:rsidR="003430A4" w:rsidRDefault="003430A4" w:rsidP="000E162D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>H0010</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2153D80C" w14:textId="1F7610F7" w:rsidR="003430A4" w:rsidRDefault="003430A4" w:rsidP="000E162D">
+          <w:p w14:paraId="2153D80C" w14:textId="483C37F3" w:rsidR="003430A4" w:rsidRDefault="003430A4" w:rsidP="000E162D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r w:rsidR="0015298D" w:rsidRPr="00E94F78">
-[...16 lines deleted...]
-              <w:t>38.61</w:t>
+            <w:r w:rsidR="00B61F4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00091079">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>00.62</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5755" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="28941090" w14:textId="0634F2A8" w:rsidR="003430A4" w:rsidRDefault="003430A4" w:rsidP="003430A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Alcohol and/or drug </w:t>
             </w:r>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>services; subacute detoxification (residential addiction program inpatient) (Clinically Managed Detoxification Services)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003430A4" w14:paraId="475C6B4B" w14:textId="77777777" w:rsidTr="003C57C3">
+      <w:tr w:rsidR="003430A4" w14:paraId="475C6B4B" w14:textId="77777777" w:rsidTr="008A4F03">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1255" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="359FCD40" w14:textId="6F7C103D" w:rsidR="003430A4" w:rsidRDefault="003430A4" w:rsidP="000E162D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>H0011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E91CF1D" w14:textId="2F5CF98D" w:rsidR="003430A4" w:rsidRDefault="003430A4" w:rsidP="000E162D">
+          <w:p w14:paraId="4E91CF1D" w14:textId="0283A178" w:rsidR="003430A4" w:rsidRDefault="003430A4" w:rsidP="000E162D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r w:rsidR="0015298D" w:rsidRPr="00E94F78">
-[...16 lines deleted...]
-              <w:t>68.09</w:t>
+            <w:r w:rsidR="00B61F4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00091079">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>25.28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5755" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4AC37496" w14:textId="47EAD13E" w:rsidR="003430A4" w:rsidRDefault="003430A4" w:rsidP="003430A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Alcohol and/or drug</w:t>
             </w:r>
@@ -12471,51 +13137,51 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Medically Monitored Inpatient Detoxification Services</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Facility)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003430A4" w14:paraId="0080BED6" w14:textId="77777777" w:rsidTr="003C57C3">
+      <w:tr w:rsidR="003430A4" w14:paraId="0080BED6" w14:textId="77777777" w:rsidTr="008A4F03">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1255" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="430A5CE3" w14:textId="6CA63034" w:rsidR="003430A4" w:rsidRDefault="003430A4" w:rsidP="000E162D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>H0011-H9</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -12548,140 +13214,140 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5755" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5DAE3DAB" w14:textId="574CFDCF" w:rsidR="003430A4" w:rsidRDefault="003430A4" w:rsidP="003430A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00210576">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Alcohol and/or drug services; acute detoxification (residential addiction program inpatient) (court ordered) (Treatment for Civilly Committed Persons Add-on)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003430A4" w14:paraId="00AF7471" w14:textId="77777777" w:rsidTr="003C57C3">
+      <w:tr w:rsidR="003430A4" w14:paraId="00AF7471" w14:textId="77777777" w:rsidTr="008A4F03">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="415BFAC0" w14:textId="471E0F28" w:rsidR="003430A4" w:rsidRDefault="003430A4" w:rsidP="000E162D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Residential Services</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003430A4" w14:paraId="24A2CA88" w14:textId="77777777" w:rsidTr="003C57C3">
+      <w:tr w:rsidR="003430A4" w14:paraId="24A2CA88" w14:textId="77777777" w:rsidTr="008A4F03">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1255" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6A3B9048" w14:textId="029EBB96" w:rsidR="003430A4" w:rsidRPr="000E162D" w:rsidRDefault="003430A4" w:rsidP="000E162D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>H0018</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A1B1963" w14:textId="1CDE5C35" w:rsidR="003430A4" w:rsidRDefault="003430A4" w:rsidP="000E162D">
+          <w:p w14:paraId="0A1B1963" w14:textId="22CDC6DB" w:rsidR="003430A4" w:rsidRDefault="003430A4" w:rsidP="000E162D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00A61DEF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r w:rsidR="0037731A">
-[...7 lines deleted...]
-              <w:t>228.58</w:t>
+            <w:r w:rsidR="008A4F03" w:rsidRPr="00A61DEF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>254.76</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5755" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4CA9AEC6" w14:textId="0F98A664" w:rsidR="003430A4" w:rsidRDefault="003430A4" w:rsidP="003430A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Behavioral health</w:t>
             </w:r>
@@ -12694,109 +13360,119 @@
               </w:rPr>
               <w:t xml:space="preserve">; short-term residential (nonhospital residential treatment program), </w:t>
             </w:r>
             <w:r w:rsidRPr="00FB669C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>per diem</w:t>
             </w:r>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Transitional Support Services)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E162D" w14:paraId="45CE514A" w14:textId="77777777" w:rsidTr="003C57C3">
+      <w:tr w:rsidR="000E162D" w14:paraId="45CE514A" w14:textId="77777777" w:rsidTr="00A61DEF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1255" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6FA19938" w14:textId="3CCD2145" w:rsidR="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>H0018-H9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="257FF2F4" w14:textId="198429C2" w:rsidR="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
+          <w:p w14:paraId="257FF2F4" w14:textId="4B527AFA" w:rsidR="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r w:rsidR="0037731A">
-[...7 lines deleted...]
-              <w:t>191.29</w:t>
+            <w:r w:rsidR="00B61F4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00091079">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>12.15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5755" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="38984CFD" w14:textId="31F125E7" w:rsidR="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Behavioral health</w:t>
             </w:r>
@@ -12854,136 +13530,127 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(Second Offender-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>d</w:t>
             </w:r>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>river Alcohol Education Residential)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E162D" w14:paraId="4C9BC9DE" w14:textId="77777777" w:rsidTr="003C57C3">
+      <w:tr w:rsidR="000E162D" w14:paraId="4C9BC9DE" w14:textId="77777777" w:rsidTr="00A61DEF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1255" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7F145C3A" w14:textId="76CF13B8" w:rsidR="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>H</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>0019</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B2328D0" w14:textId="6142E62E" w:rsidR="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
+          <w:p w14:paraId="4B2328D0" w14:textId="025D5C5B" w:rsidR="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r w:rsidR="0015298D" w:rsidRPr="00E94F78">
-[...16 lines deleted...]
-              <w:t>79.04</w:t>
+            <w:r w:rsidR="00B61F4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>196.24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5755" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1EE18443" w14:textId="4DF2E103" w:rsidR="000E162D" w:rsidRPr="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
+          <w:p w14:paraId="1EE18443" w14:textId="70FDBA78" w:rsidR="000E162D" w:rsidRPr="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Alcohol and/or drug abuse</w:t>
             </w:r>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> halfway house services, </w:t>
@@ -12992,132 +13659,132 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>per diem</w:t>
             </w:r>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Residential Rehabilitation)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>, without room and board</w:t>
+              <w:t>, without room and board.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E162D" w14:paraId="204FD0F6" w14:textId="77777777" w:rsidTr="003C57C3">
+      <w:tr w:rsidR="000E162D" w14:paraId="204FD0F6" w14:textId="77777777" w:rsidTr="00A61DEF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1255" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5A499ED9" w14:textId="61C61988" w:rsidR="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>H0019-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>TH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="555FD468" w14:textId="5E854B0D" w:rsidR="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
+          <w:p w14:paraId="555FD468" w14:textId="52ACB845" w:rsidR="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r w:rsidR="0037731A">
-[...7 lines deleted...]
-              <w:t>43.77</w:t>
+            <w:r w:rsidR="00B61F4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>60.95</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5755" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="586470FF" w14:textId="4E0AFF61" w:rsidR="000E162D" w:rsidRPr="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
+          <w:p w14:paraId="586470FF" w14:textId="1D96403C" w:rsidR="000E162D" w:rsidRPr="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Behavioral health; long-term residential (nonmedical, nonacute care in a residential treatment program where stay is typically longer than 30 days), without room and board, </w:t>
             </w:r>
             <w:r w:rsidRPr="00FB669C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -13185,162 +13852,192 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Co-occurring Enhanced </w:t>
             </w:r>
             <w:r w:rsidR="00CF1034" w:rsidRPr="00CF1034">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Residential Rehabilitation</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E162D" w14:paraId="539FA263" w14:textId="77777777" w:rsidTr="003C57C3">
+      <w:tr w:rsidR="000E162D" w14:paraId="539FA263" w14:textId="77777777" w:rsidTr="00A61DEF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1255" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="065A9D7B" w14:textId="38C28CF8" w:rsidR="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>H0019-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>HD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D583D71" w14:textId="3A9D117B" w:rsidR="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
+          <w:p w14:paraId="5D583D71" w14:textId="47260529" w:rsidR="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r w:rsidR="0037731A">
-[...7 lines deleted...]
-              <w:t>99.83</w:t>
+            <w:r w:rsidR="00B61F4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>108.</w:t>
+            </w:r>
+            <w:r w:rsidR="00091079">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00B61F4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5755" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D39F603" w14:textId="2A55020B" w:rsidR="000E162D" w:rsidRPr="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
+          <w:p w14:paraId="1D39F603" w14:textId="153CDC29" w:rsidR="000E162D" w:rsidRPr="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Behavioral health; long-term residential (nonmedical, nonacute care in a residential treatment program where stay is typically longer than 30 days), without room and board, </w:t>
             </w:r>
             <w:r w:rsidRPr="00FB669C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>per diem</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (obstetrical treatment/services, prenatal or postpartum) (</w:t>
+              <w:t xml:space="preserve"> (obstetrical treatment/services, prenatal or postpartum) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="0082744E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Postpartum</w:t>
             </w:r>
             <w:r w:rsidR="00536693">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Enhancement for </w:t>
             </w:r>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -13382,109 +14079,120 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Enhanced </w:t>
             </w:r>
             <w:r w:rsidR="00CF1034" w:rsidRPr="00CF1034">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Residential Rehabilitation</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E162D" w14:paraId="2A66441A" w14:textId="77777777" w:rsidTr="003C57C3">
+      <w:tr w:rsidR="000E162D" w14:paraId="2A66441A" w14:textId="77777777" w:rsidTr="00A61DEF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1255" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5494B516" w14:textId="5052F7B7" w:rsidR="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>H0019-HV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67F3EFBF" w14:textId="36B47AC5" w:rsidR="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
+          <w:p w14:paraId="67F3EFBF" w14:textId="18A0DB6D" w:rsidR="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r w:rsidR="0037731A">
-[...7 lines deleted...]
-              <w:t>49.92</w:t>
+            <w:r w:rsidR="00B61F4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>54.</w:t>
+            </w:r>
+            <w:r w:rsidR="00091079">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5755" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="14415BAA" w14:textId="3ACB4F06" w:rsidR="000E162D" w:rsidRPr="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Behavioral health; long-term residential (nonmedical, nonacute care in a residential treatment program where stay is typically longer than 30 days), without room and board, </w:t>
             </w:r>
@@ -13506,339 +14214,368 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Residential Rehabilitation Child Enhancement</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E162D" w14:paraId="67A3DF74" w14:textId="77777777" w:rsidTr="003C57C3">
+      <w:tr w:rsidR="000E162D" w14:paraId="67A3DF74" w14:textId="77777777" w:rsidTr="00A61DEF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1255" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5D7FF580" w14:textId="307D5CF6" w:rsidR="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>H0019-H9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10FA199A" w14:textId="44D69E4C" w:rsidR="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
+          <w:p w14:paraId="10FA199A" w14:textId="6E0E9CCB" w:rsidR="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r w:rsidR="001C3E3F">
-[...7 lines deleted...]
-              <w:t>265.77</w:t>
+            <w:r w:rsidR="00B61F4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>294.90</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5755" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="65B4E436" w14:textId="24A3799D" w:rsidR="000E162D" w:rsidRPr="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Behavioral health; long-term residential (nonmedical, nonacute care in a residential treatment program where stay is typically longer than 30 days), without room and board, </w:t>
+              <w:t xml:space="preserve">Behavioral </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>health;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> long-term residential (nonmedical, nonacute care in a residential treatment program where stay is typically longer than 30 days), without room and board, </w:t>
             </w:r>
             <w:r w:rsidRPr="00FB669C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>per diem</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> (court ordered) (</w:t>
             </w:r>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Jail Diversion-Phase I</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E162D" w14:paraId="1D80579F" w14:textId="77777777" w:rsidTr="003C57C3">
+      <w:tr w:rsidR="000E162D" w14:paraId="1D80579F" w14:textId="77777777" w:rsidTr="00A61DEF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1255" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7E9E8341" w14:textId="25540B51" w:rsidR="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>H0006-H9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="221E5EDC" w14:textId="7883B56E" w:rsidR="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
+          <w:p w14:paraId="221E5EDC" w14:textId="41A1FA6D" w:rsidR="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r w:rsidR="001C3E3F">
-[...7 lines deleted...]
-              <w:t>72.84</w:t>
+            <w:r w:rsidR="00B61F4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>90.45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5755" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0229ED46" w14:textId="01484211" w:rsidR="000E162D" w:rsidRPr="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Alcohol and/or drug services; case management (court ordered) (</w:t>
             </w:r>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Jail Diversion-Phase II, per hour</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E162D" w14:paraId="731BAEA4" w14:textId="77777777" w:rsidTr="003C57C3">
+      <w:tr w:rsidR="000E162D" w14:paraId="731BAEA4" w14:textId="77777777" w:rsidTr="00A61DEF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1255" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4037EE10" w14:textId="095F24E6" w:rsidR="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>H0019-HR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3CB4C2EA" w14:textId="6FD42569" w:rsidR="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
+          <w:p w14:paraId="3CB4C2EA" w14:textId="7E1109FA" w:rsidR="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r w:rsidR="001C3E3F">
-[...7 lines deleted...]
-              <w:t>249.31</w:t>
+            <w:r w:rsidR="00B61F4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00091079">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>74.13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5755" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7DA66272" w14:textId="04306B29" w:rsidR="000E162D" w:rsidRPr="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Behavioral health; long-term residential (nonmedical, nonacute care in a residential treatment program where stay is typically longer than 30 days), without room and board, </w:t>
             </w:r>
@@ -13860,120 +14597,130 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> (family/couple with client present) (</w:t>
             </w:r>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Family </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Supportive Housing)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E162D" w14:paraId="622B5294" w14:textId="77777777" w:rsidTr="003C57C3">
+      <w:tr w:rsidR="000E162D" w14:paraId="622B5294" w14:textId="77777777" w:rsidTr="00A61DEF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1255" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6F0B5B30" w14:textId="6B7C2AA8" w:rsidR="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>H0019-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>HR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="157D644C" w14:textId="38AC0F14" w:rsidR="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
+          <w:p w14:paraId="157D644C" w14:textId="6EB8A89D" w:rsidR="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r w:rsidR="001C3E3F">
-[...7 lines deleted...]
-              <w:t>412.17</w:t>
+            <w:r w:rsidR="00B61F4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00091079">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>57.96</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="21B62B70" w14:textId="77777777" w:rsidR="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5755" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="64AD29D9" w14:textId="160EAAD2" w:rsidR="000E162D" w:rsidRPr="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -13997,109 +14744,119 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>per diem</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> (substance abuse program</w:t>
             </w:r>
             <w:r w:rsidRPr="00210576">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>) (Family Residential Treatment)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E162D" w14:paraId="6E20F474" w14:textId="77777777" w:rsidTr="003C57C3">
+      <w:tr w:rsidR="000E162D" w14:paraId="6E20F474" w14:textId="77777777" w:rsidTr="00A61DEF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1255" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="40682CA0" w14:textId="297CF69A" w:rsidR="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>H0047-HR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7784CD90" w14:textId="3BCB3554" w:rsidR="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
+          <w:p w14:paraId="7784CD90" w14:textId="3D298559" w:rsidR="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r w:rsidR="001C3E3F">
-[...7 lines deleted...]
-              <w:t>64.11</w:t>
+            <w:r w:rsidR="00B61F4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="00091079">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8.41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5755" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3CCF0C8B" w14:textId="49526276" w:rsidR="000E162D" w:rsidRPr="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Alcohol and/or drug abuse services, not otherwise specified (family/couple with client present) (</w:t>
             </w:r>
@@ -14131,79 +14888,79 @@
               </w:rPr>
               <w:t xml:space="preserve"> Partner Enhancement, </w:t>
             </w:r>
             <w:r w:rsidRPr="00FB669C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>per diem</w:t>
             </w:r>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E162D" w14:paraId="715DC7BF" w14:textId="77777777" w:rsidTr="003C57C3">
+      <w:tr w:rsidR="000E162D" w14:paraId="715DC7BF" w14:textId="77777777" w:rsidTr="00A61DEF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1255" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="274D9069" w14:textId="71AA27BB" w:rsidR="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED43D5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>H0019-HH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="65A9CA8F" w14:textId="1A3C2934" w:rsidR="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
+          <w:p w14:paraId="65A9CA8F" w14:textId="5AD6D5D4" w:rsidR="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED43D5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
             <w:r w:rsidR="00750683">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
@@ -14236,851 +14993,1609 @@
               </w:rPr>
               <w:t xml:space="preserve">Alcohol and/or drug abuse halfway house services, </w:t>
             </w:r>
             <w:r w:rsidRPr="00ED43D5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>per diem</w:t>
             </w:r>
             <w:r w:rsidRPr="00ED43D5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Residential Rehabilitation Co-occurring Enhanced for 16 beds)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E162D" w14:paraId="7A037088" w14:textId="77777777" w:rsidTr="003C57C3">
+      <w:tr w:rsidR="000E162D" w14:paraId="7A037088" w14:textId="77777777" w:rsidTr="00A61DEF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="68FE2CA4" w14:textId="214D1A89" w:rsidR="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Opioid Treatment Services</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E162D" w14:paraId="6F8A9686" w14:textId="77777777" w:rsidTr="003C57C3">
+      <w:tr w:rsidR="000E162D" w14:paraId="6F8A9686" w14:textId="77777777" w:rsidTr="00A61DEF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="1B06D0F2" w14:textId="6D9B33A6" w:rsidR="000E162D" w:rsidRPr="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E162D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Medical Services Visit</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E162D" w14:paraId="30739714" w14:textId="77777777" w:rsidTr="003C57C3">
+      <w:tr w:rsidR="0072138B" w14:paraId="186FDFE5" w14:textId="77777777" w:rsidTr="00A61DEF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1255" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="265003E1" w14:textId="2279D2CB" w:rsidR="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
+          <w:p w14:paraId="22CA172B" w14:textId="04EEE60F" w:rsidR="0072138B" w:rsidRPr="0072138B" w:rsidRDefault="0072138B" w:rsidP="00D01431">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00723610">
-[...7 lines deleted...]
-              <w:t>H0020</w:t>
+            <w:r w:rsidRPr="00A61DEF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>G2067</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66B187AF" w14:textId="36987450" w:rsidR="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
+          <w:p w14:paraId="3DE799DF" w14:textId="1009638D" w:rsidR="0072138B" w:rsidRPr="0072138B" w:rsidRDefault="00B61F4E" w:rsidP="00D01431">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00723610">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r>
-[...7 lines deleted...]
-              <w:t>11.26</w:t>
+            <w:r w:rsidR="00091079">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>186.75</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5755" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="43AF2036" w14:textId="11B2EE3E" w:rsidR="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
+          <w:p w14:paraId="7906E443" w14:textId="7A479676" w:rsidR="0072138B" w:rsidRPr="0072138B" w:rsidRDefault="0072138B" w:rsidP="00D01431">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...33 lines deleted...]
-              <w:t>dose only visit)</w:t>
+            <w:r w:rsidRPr="00A61DEF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Medication assisted treatment, methadone; weekly bundle including dispensing and/or administration, substance use counseling, individual and group therapy, and toxicology testing, if performed (provision of the services by a Medicare-enrolled Opioid Treatment Program)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E162D" w14:paraId="7265EBB3" w14:textId="77777777" w:rsidTr="003C57C3">
-[...28 lines deleted...]
-      <w:tr w:rsidR="000E162D" w14:paraId="47CAE8D6" w14:textId="77777777" w:rsidTr="003C57C3">
+      <w:tr w:rsidR="0072138B" w14:paraId="0305BA25" w14:textId="77777777" w:rsidTr="0072138B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1255" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="358DEC67" w14:textId="6D1F9713" w:rsidR="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
+          <w:p w14:paraId="55E1A64E" w14:textId="10A8B310" w:rsidR="0072138B" w:rsidRPr="0072138B" w:rsidRDefault="0072138B" w:rsidP="00D01431">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00723610">
-[...7 lines deleted...]
-              <w:t>H0004-TF</w:t>
+            <w:r w:rsidRPr="0072138B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>G2068</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20B30B54" w14:textId="6FF3ABA3" w:rsidR="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
+          <w:p w14:paraId="4CB5F193" w14:textId="7F943CB9" w:rsidR="0072138B" w:rsidRPr="0072138B" w:rsidRDefault="00B61F4E" w:rsidP="00D01431">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00723610">
-[...8 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>20.11</w:t>
+              <w:t>$21</w:t>
+            </w:r>
+            <w:r w:rsidR="00091079">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7.86</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5755" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0FC65C2D" w14:textId="623AE73E" w:rsidR="000E162D" w:rsidRPr="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
+          <w:p w14:paraId="7B017C2D" w14:textId="68DA026B" w:rsidR="0072138B" w:rsidRPr="0072138B" w:rsidRDefault="0072138B" w:rsidP="00D01431">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00723610">
-[...42 lines deleted...]
-              <w:t xml:space="preserve"> per day)</w:t>
+            <w:r w:rsidRPr="00A61DEF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Medication assisted treatment, buprenorphine (oral); weekly bundle including dispensing and/or administration, substance use counseling, individual and group therapy, and toxicology testing if performed (provision of the services by a Medicare-enrolled Opioid Treatment Program)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E162D" w14:paraId="29D5189D" w14:textId="77777777" w:rsidTr="003C57C3">
+      <w:tr w:rsidR="0072138B" w14:paraId="6FB0F7A8" w14:textId="77777777" w:rsidTr="00A61DEF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1255" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="166EF848" w14:textId="37655714" w:rsidR="000E162D" w:rsidRDefault="000E162D" w:rsidP="00A03CB6">
+          <w:p w14:paraId="11EACCE8" w14:textId="74D8871A" w:rsidR="0072138B" w:rsidRPr="0072138B" w:rsidRDefault="0072138B" w:rsidP="00D01431">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00723610">
-[...7 lines deleted...]
-              <w:t>H0005-HQ</w:t>
+            <w:r w:rsidRPr="00A61DEF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>G2073</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3A379076" w14:textId="734BA0D1" w:rsidR="000E162D" w:rsidRDefault="000E162D" w:rsidP="00A03CB6">
+          <w:p w14:paraId="77C3916E" w14:textId="590761BE" w:rsidR="0072138B" w:rsidRPr="0072138B" w:rsidRDefault="00B61F4E" w:rsidP="00D01431">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00723610">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r>
-[...7 lines deleted...]
-              <w:t>17.64</w:t>
+            <w:r w:rsidR="00091079">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1,838.90</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5755" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="00ADE273" w14:textId="1ECAEAFE" w:rsidR="000E162D" w:rsidRPr="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
+          <w:p w14:paraId="24AF2F29" w14:textId="72FF7D6A" w:rsidR="0072138B" w:rsidRPr="0072138B" w:rsidRDefault="0072138B" w:rsidP="00D01431">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...69 lines deleted...]
-              <w:t xml:space="preserve"> per day)</w:t>
+            <w:r w:rsidRPr="00A61DEF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Medication assisted treatment, naltrexone; weekly bundle including dispensing and/or administration, substance use counseling, individual and group therapy, and toxicology </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A61DEF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>testing if performed (provision of the services by a Medicare-enrolled Opioid Treatment Program)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E162D" w14:paraId="1B405201" w14:textId="77777777" w:rsidTr="003C57C3">
+      <w:tr w:rsidR="0072138B" w14:paraId="1382D2AE" w14:textId="77777777" w:rsidTr="0072138B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1255" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4CA068A3" w14:textId="63F84286" w:rsidR="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
+          <w:p w14:paraId="7808B62D" w14:textId="32753A1E" w:rsidR="0072138B" w:rsidRPr="0072138B" w:rsidRDefault="0072138B" w:rsidP="00D01431">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-              <w:t>H0005-HF</w:t>
+            <w:r w:rsidRPr="0072138B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>G2074</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40DB01F1" w14:textId="18BABDFB" w:rsidR="000E162D" w:rsidRDefault="00E1280B" w:rsidP="00EC1D2B">
+          <w:p w14:paraId="0141D416" w14:textId="25D876B3" w:rsidR="0072138B" w:rsidRPr="0072138B" w:rsidRDefault="00B61F4E" w:rsidP="00D01431">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:spacing w:val="-3"/>
-[...3 lines deleted...]
-              <w:t>$35.28</w:t>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>$13</w:t>
+            </w:r>
+            <w:r w:rsidR="00091079">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8.34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5755" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2CE65464" w14:textId="59DA17AB" w:rsidR="000E162D" w:rsidRPr="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
+          <w:p w14:paraId="55720DA8" w14:textId="00B7E7B9" w:rsidR="0072138B" w:rsidRPr="0072138B" w:rsidRDefault="0072138B" w:rsidP="00D01431">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>Alcohol and/or drug services; group counseling by a clinician (per 90-minute unit) (one unit maximum per day)</w:t>
+            <w:r w:rsidRPr="0072138B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Medication assisted treatment, weekly bundle not including the drug, including substance use counseling, individual and group therapy, and toxicology testing if performed (provision of the services by a Medicare-enrolled Opioid Treatment Program)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E162D" w14:paraId="74DE3750" w14:textId="77777777" w:rsidTr="003C57C3">
+      <w:tr w:rsidR="0072138B" w14:paraId="6C3D119B" w14:textId="77777777" w:rsidTr="00A61DEF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1255" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54898595" w14:textId="7F74F8D3" w:rsidR="000E162D" w:rsidRDefault="000E162D" w:rsidP="00A03CB6">
+          <w:p w14:paraId="38E81142" w14:textId="28893CC6" w:rsidR="0072138B" w:rsidRPr="0072138B" w:rsidRDefault="0072138B" w:rsidP="0072138B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00723610">
-[...7 lines deleted...]
-              <w:t>T1006-HR</w:t>
+            <w:r w:rsidRPr="00A61DEF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>G2076</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3AD68603" w14:textId="35B03D36" w:rsidR="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
+          <w:p w14:paraId="39EAE01A" w14:textId="7373E3EE" w:rsidR="0072138B" w:rsidRPr="0072138B" w:rsidRDefault="00B61F4E" w:rsidP="0072138B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00723610">
-[...8 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-              <w:t>40.52</w:t>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>$2</w:t>
+            </w:r>
+            <w:r w:rsidR="00091079">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>32.10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5755" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="52DFF59C" w14:textId="37267819" w:rsidR="000E162D" w:rsidRPr="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
+          <w:p w14:paraId="02A41818" w14:textId="1E2749B1" w:rsidR="0072138B" w:rsidRPr="0072138B" w:rsidRDefault="0072138B" w:rsidP="0072138B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00723610">
-[...87 lines deleted...]
-              <w:t>)</w:t>
+            <w:r w:rsidRPr="00A61DEF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Intake activities, including initial medical examination that is a complete, fully documented physical evaluation and initial assessment by a program physician or a primary care physician, or an authorized healthcare professional under the supervision of a program physician or qualified personnel  that includes preparation of a treatment plan that includes the patient’s short-term goals and the tasks the patient must perform to complete the short-term goals; the patient’s requirements for education, vocational rehabilitation, and employment; and the medical, psycho-social, economic, legal, or other supportive services that a patient needs, conducted by qualified personnel (provision of the services by a Medicare-enrolled Opioid Treatment Program); list separately in addition to code for primary procedure</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E162D" w14:paraId="059E3C8E" w14:textId="77777777" w:rsidTr="003C57C3">
+      <w:tr w:rsidR="0072138B" w14:paraId="3EA51DE0" w14:textId="77777777" w:rsidTr="0072138B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1255" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="56F250C4" w14:textId="0416F300" w:rsidR="000E162D" w:rsidRDefault="000E162D" w:rsidP="00A03CB6">
+          <w:p w14:paraId="31F170F8" w14:textId="7E719D35" w:rsidR="0072138B" w:rsidRPr="0072138B" w:rsidRDefault="0072138B" w:rsidP="0072138B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00723610">
-[...17 lines deleted...]
-              <w:t>G</w:t>
+            <w:r w:rsidRPr="00A61DEF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>G2078</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29114A6E" w14:textId="609427E1" w:rsidR="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
+          <w:p w14:paraId="16879D15" w14:textId="637E6EB9" w:rsidR="0072138B" w:rsidRPr="0072138B" w:rsidRDefault="00B61F4E" w:rsidP="0072138B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00723610">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r>
-[...7 lines deleted...]
-              <w:t>81.04</w:t>
+            <w:r w:rsidR="00091079">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>48.69</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5755" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="17612A3E" w14:textId="69A5CD04" w:rsidR="000E162D" w:rsidRPr="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
+          <w:p w14:paraId="6BA1F0F0" w14:textId="0D50D349" w:rsidR="0072138B" w:rsidRPr="0072138B" w:rsidRDefault="0072138B" w:rsidP="0072138B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A61DEF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Take-home supply of methadone; up to 7 additional day supply (provision of the services by a Medicare-enrolled Opioid Treatment Program); list separately in addition to code for primary procedure.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0072138B" w14:paraId="36D36B8E" w14:textId="77777777" w:rsidTr="00A61DEF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1255" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27288933" w14:textId="274AED81" w:rsidR="0072138B" w:rsidRPr="0072138B" w:rsidRDefault="0072138B" w:rsidP="0072138B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A61DEF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>G2079</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2340" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="592426AB" w14:textId="6FBB36F5" w:rsidR="0072138B" w:rsidRPr="0072138B" w:rsidRDefault="00B61F4E" w:rsidP="0072138B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>$</w:t>
+            </w:r>
+            <w:r w:rsidR="00091079">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>71.50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5755" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AEC505A" w14:textId="242F3892" w:rsidR="0072138B" w:rsidRPr="0072138B" w:rsidRDefault="0072138B" w:rsidP="0072138B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A61DEF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Take-home supply of buprenorphine (oral); up to 7 additional day supply (provision of the services by a Medicare-enrolled Opioid Treatment Program); list separately in addition to code for primary procedure.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED2755" w14:paraId="5FE9B300" w14:textId="77777777" w:rsidTr="0072138B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1255" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17F4C6E9" w14:textId="5186C3B9" w:rsidR="00ED2755" w:rsidRDefault="00ED2755" w:rsidP="00ED2755">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00723610">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>H0020</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2340" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="247F9AA9" w14:textId="3A0F5FB5" w:rsidR="00ED2755" w:rsidRDefault="00ED2755" w:rsidP="00ED2755">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00723610">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>$</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>11.26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5755" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E5CF9D8" w14:textId="36389763" w:rsidR="00ED2755" w:rsidRDefault="00ED2755" w:rsidP="00ED2755">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Alcohol and/or drug</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00723610">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> services; methadone administration and/or service (provision of the drug by a licensed program</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>) (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00723610">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>dose only visit)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED2755" w14:paraId="6A357448" w14:textId="77777777" w:rsidTr="0072138B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1255" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F1B2F68" w14:textId="0F914799" w:rsidR="00ED2755" w:rsidRPr="00024A2D" w:rsidRDefault="00ED2755" w:rsidP="00ED2755">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>S1001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2340" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60F67535" w14:textId="2BACC846" w:rsidR="00ED2755" w:rsidRDefault="00ED2755" w:rsidP="00ED2755">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>$47.71</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5755" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="69FB5695" w14:textId="1217DFE9" w:rsidR="00ED2755" w:rsidRPr="00024A2D" w:rsidRDefault="00ED2755" w:rsidP="00ED2755">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00024A2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>upport improved access to MOUD, including methadone, for nursing facility residents with SUD</w:t>
+            </w:r>
+            <w:r w:rsidR="006B10A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00024A2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">allows </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00024A2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>OTPs to work more closely with nursing facilities to deliver medications directly to residents</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and reduc</w:t>
+            </w:r>
+            <w:r w:rsidR="000D7799">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00024A2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the need for daily resident transportation to OTPs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED2755" w14:paraId="7265EBB3" w14:textId="77777777" w:rsidTr="00A61DEF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9350" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A289842" w14:textId="35D6E765" w:rsidR="00ED2755" w:rsidRPr="000E162D" w:rsidRDefault="00ED2755" w:rsidP="00ED2755">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E162D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Counseling</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED2755" w14:paraId="47CAE8D6" w14:textId="77777777" w:rsidTr="00A61DEF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1255" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="358DEC67" w14:textId="6D1F9713" w:rsidR="00ED2755" w:rsidRDefault="00ED2755" w:rsidP="00ED2755">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00723610">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>H0004-TF</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2340" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20B30B54" w14:textId="6FF3ABA3" w:rsidR="00ED2755" w:rsidRDefault="00ED2755" w:rsidP="00ED2755">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00723610">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>$</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>20.11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5755" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FC65C2D" w14:textId="623AE73E" w:rsidR="00ED2755" w:rsidRPr="000E162D" w:rsidRDefault="00ED2755" w:rsidP="00ED2755">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00723610">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Behavioral health counseling and therapy, per 15 minutes (opioid individual counseling, intermediate level of care, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>four</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00723610">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> units max</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>imum</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00723610">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> per day)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED2755" w14:paraId="29D5189D" w14:textId="77777777" w:rsidTr="00A61DEF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1255" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="166EF848" w14:textId="37655714" w:rsidR="00ED2755" w:rsidRDefault="00ED2755" w:rsidP="00ED2755">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00723610">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>H0005-HQ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2340" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A379076" w14:textId="734BA0D1" w:rsidR="00ED2755" w:rsidRDefault="00ED2755" w:rsidP="00ED2755">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00723610">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>$</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>17.64</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5755" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00ADE273" w14:textId="1ECAEAFE" w:rsidR="00ED2755" w:rsidRPr="000E162D" w:rsidRDefault="00ED2755" w:rsidP="00ED2755">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Alcohol and/or drug services; group counseling by a clinician (group setting) (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00723610">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>per 45 minutes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00723610">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">opioid group counseling, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">one </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00723610">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>unit max</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>imum</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00723610">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> per day)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED2755" w14:paraId="1B405201" w14:textId="77777777" w:rsidTr="00A61DEF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1255" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CA068A3" w14:textId="63F84286" w:rsidR="00ED2755" w:rsidRDefault="00ED2755" w:rsidP="00ED2755">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>H0005-HF</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2340" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40DB01F1" w14:textId="18BABDFB" w:rsidR="00ED2755" w:rsidRDefault="00ED2755" w:rsidP="00ED2755">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>$35.28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5755" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CE65464" w14:textId="59DA17AB" w:rsidR="00ED2755" w:rsidRPr="000E162D" w:rsidRDefault="00ED2755" w:rsidP="00ED2755">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Alcohol and/or drug services; group counseling by a clinician (per 90-minute unit) (one unit maximum per day)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED2755" w14:paraId="74DE3750" w14:textId="77777777" w:rsidTr="00A61DEF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1255" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54898595" w14:textId="7F74F8D3" w:rsidR="00ED2755" w:rsidRDefault="00ED2755" w:rsidP="00ED2755">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00723610">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>T1006-HR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2340" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AD68603" w14:textId="35B03D36" w:rsidR="00ED2755" w:rsidRDefault="00ED2755" w:rsidP="00ED2755">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00723610">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>$</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>40.52</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5755" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52DFF59C" w14:textId="37267819" w:rsidR="00ED2755" w:rsidRPr="000E162D" w:rsidRDefault="00ED2755" w:rsidP="00ED2755">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00723610">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Alcohol and/or substance abuse services, family/couple counseling </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(family/couple with client present) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00723610">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>(opioid family/couples counseling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00723610">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> per 30 minutes, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>one</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00723610">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> unit max</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>imum</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00723610">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> per day</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED2755" w14:paraId="059E3C8E" w14:textId="77777777" w:rsidTr="00A61DEF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1255" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56F250C4" w14:textId="0416F300" w:rsidR="00ED2755" w:rsidRDefault="00ED2755" w:rsidP="00ED2755">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00723610">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>T1006-H</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>G</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2340" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29114A6E" w14:textId="609427E1" w:rsidR="00ED2755" w:rsidRDefault="00ED2755" w:rsidP="00ED2755">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00723610">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>$</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>81.04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5755" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="17612A3E" w14:textId="69A5CD04" w:rsidR="00ED2755" w:rsidRPr="000E162D" w:rsidRDefault="00ED2755" w:rsidP="00ED2755">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Alcohol and/or substance abuse services, family/couple counseling </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">(family/couple with client present) </w:t>
@@ -15139,93 +16654,88 @@
               </w:rPr>
               <w:t>imum</w:t>
             </w:r>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> per day</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="15D26751" w14:textId="77777777" w:rsidR="00E2308F" w:rsidRDefault="00E2308F">
-[...3 lines deleted...]
-    </w:p>
+    <w:p w14:paraId="15D26751" w14:textId="7CED79F9" w:rsidR="00E2308F" w:rsidRDefault="00E2308F"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1255"/>
         <w:gridCol w:w="2340"/>
         <w:gridCol w:w="5755"/>
       </w:tblGrid>
       <w:tr w:rsidR="000E162D" w14:paraId="28DA5AF2" w14:textId="77777777" w:rsidTr="003C57C3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E8CC123" w14:textId="7EB58C40" w:rsidR="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Ambulatory Services</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000E162D" w14:paraId="5515007E" w14:textId="77777777" w:rsidTr="003C57C3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="69AAB600" w14:textId="4D521647" w:rsidR="000E162D" w:rsidRPr="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E162D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
@@ -15246,79 +16756,89 @@
           <w:p w14:paraId="53C17998" w14:textId="3DAC1FD1" w:rsidR="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>90882-HF</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4062A62B" w14:textId="1F72629F" w:rsidR="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
+          <w:p w14:paraId="4062A62B" w14:textId="3D6D5312" w:rsidR="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E85475">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r w:rsidR="00AC2FE5">
-[...7 lines deleted...]
-              <w:t>57.85</w:t>
+            <w:r w:rsidR="003B5EF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>66.</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD0993">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5755" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="238D9351" w14:textId="07F0D988" w:rsidR="000E162D" w:rsidRPr="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Environmental intervention for medical management purposes on a psychiatric patient’s behalf with agencies, employers, or institutions (substance abuse program) (</w:t>
@@ -15361,80 +16881,90 @@
           <w:p w14:paraId="579840EB" w14:textId="0C8EF5A1" w:rsidR="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>H0001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06FF581B" w14:textId="023E3F10" w:rsidR="000E162D" w:rsidRPr="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
+          <w:p w14:paraId="06FF581B" w14:textId="2618BF12" w:rsidR="000E162D" w:rsidRPr="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r w:rsidR="00AC2FE5">
-[...7 lines deleted...]
-              <w:t>28.94</w:t>
+            <w:r w:rsidR="003B5EF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>33.</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD0993">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5755" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0CE3CA65" w14:textId="2131D756" w:rsidR="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Alcohol and/or drug</w:t>
             </w:r>
@@ -15459,80 +16989,90 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>H0004</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="089886D7" w14:textId="2905FF5D" w:rsidR="000E162D" w:rsidRPr="00723610" w:rsidRDefault="000E162D" w:rsidP="000E162D">
+          <w:p w14:paraId="089886D7" w14:textId="1E66CDBD" w:rsidR="000E162D" w:rsidRPr="00723610" w:rsidRDefault="000E162D" w:rsidP="000E162D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r w:rsidR="00AC2FE5">
-[...7 lines deleted...]
-              <w:t>28.94</w:t>
+            <w:r w:rsidR="003B5EF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>33.</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD0993">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5755" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5E79AD70" w14:textId="238683EB" w:rsidR="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Behavioral health</w:t>
             </w:r>
@@ -15586,80 +17126,90 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>H0005</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="276985CF" w14:textId="77777777" w:rsidR="000E162D" w:rsidRPr="00723610" w:rsidRDefault="000E162D" w:rsidP="000E162D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7BDAC894" w14:textId="66224F41" w:rsidR="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
+          <w:p w14:paraId="7BDAC894" w14:textId="68EF87FA" w:rsidR="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r w:rsidR="00AC2FE5">
-[...7 lines deleted...]
-              <w:t>26.04</w:t>
+            <w:r w:rsidR="003B5EF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>29.</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD0993">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>79</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="163F0B07" w14:textId="77777777" w:rsidR="000E162D" w:rsidRPr="00723610" w:rsidRDefault="000E162D" w:rsidP="000E162D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5755" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0B96CED5" w14:textId="6B98D072" w:rsidR="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
@@ -15750,80 +17300,90 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>H0005-HG</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74732052" w14:textId="440E49A8" w:rsidR="000E162D" w:rsidRPr="00723610" w:rsidRDefault="000E162D" w:rsidP="000E162D">
+          <w:p w14:paraId="74732052" w14:textId="48406420" w:rsidR="000E162D" w:rsidRPr="00723610" w:rsidRDefault="000E162D" w:rsidP="000E162D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE6349">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r w:rsidR="00AC2FE5">
-[...7 lines deleted...]
-              <w:t>52.09</w:t>
+            <w:r w:rsidR="003B5EF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>59.</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD0993">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>57</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5755" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7FABEA96" w14:textId="3691BAB0" w:rsidR="000E162D" w:rsidRDefault="000E162D" w:rsidP="000E162D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Alcohol and/or drug services group counseling by a clinician (methadone/opioid counseling) (per 90-minute unit) (one unit maximum per day)</w:t>
             </w:r>
@@ -15850,72 +17410,72 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>T1006</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="26D80823" w14:textId="77777777" w:rsidR="00537248" w:rsidRPr="00723610" w:rsidRDefault="00537248" w:rsidP="00537248">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48BCF098" w14:textId="11057521" w:rsidR="00537248" w:rsidRPr="00723610" w:rsidRDefault="00AC2FE5" w:rsidP="00537248">
+          <w:p w14:paraId="48BCF098" w14:textId="7ED6040C" w:rsidR="00537248" w:rsidRPr="00723610" w:rsidRDefault="00AC2FE5" w:rsidP="00537248">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="004313F7">
+            <w:r w:rsidRPr="000344DD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>See</w:t>
             </w:r>
             <w:r w:rsidR="006923CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
@@ -16072,62 +17632,62 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>T1006</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>-HF</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="38DE7AA3" w14:textId="196B202C" w:rsidR="00537248" w:rsidRPr="00723610" w:rsidRDefault="00AC2FE5" w:rsidP="00537248">
+          <w:p w14:paraId="38DE7AA3" w14:textId="73663EFC" w:rsidR="00537248" w:rsidRPr="00723610" w:rsidRDefault="00AC2FE5" w:rsidP="00537248">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004313F7">
+            <w:r w:rsidRPr="000344DD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>See</w:t>
             </w:r>
             <w:r w:rsidR="006923CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
@@ -16257,213 +17817,136 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>0 minutes</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>, one unit maximum per day</w:t>
             </w:r>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>)</w:t>
-            </w:r>
-[...96 lines deleted...]
-              <w:t>Telephone Recovery support service by a counselor trained in evidence-based model)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00537248" w14:paraId="7503C409" w14:textId="77777777" w:rsidTr="003C57C3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1255" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="59D8A469" w14:textId="26821954" w:rsidR="00537248" w:rsidRPr="00723610" w:rsidRDefault="00537248" w:rsidP="00537248">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>H2019-HF</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67283B97" w14:textId="36711F4D" w:rsidR="00537248" w:rsidRPr="00723610" w:rsidRDefault="00537248" w:rsidP="00537248">
+          <w:p w14:paraId="67283B97" w14:textId="61281F0E" w:rsidR="00537248" w:rsidRPr="00723610" w:rsidRDefault="00537248" w:rsidP="00537248">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r w:rsidR="00AC2FE5">
-[...7 lines deleted...]
-              <w:t>24.05</w:t>
+            <w:r w:rsidR="003B5EF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>29.</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD0993">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="003B5EF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5755" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0D82FBD5" w14:textId="562C2972" w:rsidR="00537248" w:rsidRDefault="00537248" w:rsidP="00537248">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Therapeutic behavioral services, per 15 minutes (substance abuse program) (</w:t>
             </w:r>
@@ -16488,80 +17971,90 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>H2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="79E62FF3" w14:textId="2CCAA7CA" w:rsidR="00537248" w:rsidRPr="00723610" w:rsidRDefault="00537248" w:rsidP="00537248">
+          <w:p w14:paraId="79E62FF3" w14:textId="5B3C3C11" w:rsidR="00537248" w:rsidRPr="00723610" w:rsidRDefault="00537248" w:rsidP="00537248">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r w:rsidR="00AC2FE5">
-[...7 lines deleted...]
-              <w:t>4.64</w:t>
+            <w:r w:rsidR="003B5EF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5.5</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD0993">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5755" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0ECA69B4" w14:textId="787C37E9" w:rsidR="00537248" w:rsidRDefault="00537248" w:rsidP="00537248">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Psychoeducational service, per 15 minutes (</w:t>
             </w:r>
@@ -16586,80 +18079,90 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>H2016-HM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="33745363" w14:textId="7593A98D" w:rsidR="00537248" w:rsidRPr="00723610" w:rsidRDefault="00537248" w:rsidP="00537248">
+          <w:p w14:paraId="33745363" w14:textId="30D94C2B" w:rsidR="00537248" w:rsidRPr="00723610" w:rsidRDefault="00537248" w:rsidP="00537248">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r w:rsidR="00AC2FE5">
-[...7 lines deleted...]
-              <w:t>19.70</w:t>
+            <w:r w:rsidR="003B5EF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>23.</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD0993">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5755" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="10AFD9F4" w14:textId="38300FE1" w:rsidR="00537248" w:rsidRDefault="00537248" w:rsidP="00537248">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk47622185"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Comprehensive community support program, </w:t>
@@ -16702,156 +18205,161 @@
               <w:t xml:space="preserve">in </w:t>
             </w:r>
             <w:r w:rsidR="00AC2FE5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Peer </w:t>
             </w:r>
             <w:r w:rsidRPr="000D08CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Recovery Coaching)</w:t>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="39D2A7DC" w14:textId="77777777" w:rsidR="007A4384" w:rsidRDefault="007A4384">
-[...3 lines deleted...]
-    </w:p>
+    <w:p w14:paraId="39D2A7DC" w14:textId="1B4BC7FE" w:rsidR="007A4384" w:rsidRDefault="007A4384"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1255"/>
         <w:gridCol w:w="2340"/>
         <w:gridCol w:w="5755"/>
       </w:tblGrid>
       <w:tr w:rsidR="00537248" w14:paraId="68BA5F7C" w14:textId="77777777" w:rsidTr="003C57C3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="3138BD13" w14:textId="620A224C" w:rsidR="00537248" w:rsidRDefault="00537248" w:rsidP="00537248">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C21CBC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Clinical Case Management</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00537248" w14:paraId="69991C25" w14:textId="77777777" w:rsidTr="003C57C3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1255" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0D8CB745" w14:textId="6AF75D6E" w:rsidR="00537248" w:rsidRPr="00723610" w:rsidRDefault="00537248" w:rsidP="00537248">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00375E5C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>H0006-HO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A5F7D39" w14:textId="70C51072" w:rsidR="00537248" w:rsidRPr="00723610" w:rsidRDefault="00537248" w:rsidP="00537248">
+          <w:p w14:paraId="6A5F7D39" w14:textId="454421DB" w:rsidR="00537248" w:rsidRPr="00723610" w:rsidRDefault="00537248" w:rsidP="00537248">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00375E5C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r w:rsidR="00AC2FE5">
-[...7 lines deleted...]
-              <w:t>28.94</w:t>
+            <w:r w:rsidR="003B5EF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>33.</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD0993">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5755" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6C53E585" w14:textId="51EA46D6" w:rsidR="00537248" w:rsidRDefault="00537248" w:rsidP="00537248">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Alcohol and/or drug services; case management (</w:t>
@@ -16897,80 +18405,90 @@
           <w:p w14:paraId="3B702DB8" w14:textId="27AFD103" w:rsidR="00537248" w:rsidRPr="00723610" w:rsidRDefault="00537248" w:rsidP="00537248">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>H0006-HN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5996C2AF" w14:textId="5314DE0C" w:rsidR="00537248" w:rsidRPr="00723610" w:rsidRDefault="00537248" w:rsidP="00537248">
+          <w:p w14:paraId="5996C2AF" w14:textId="61D3AC71" w:rsidR="00537248" w:rsidRPr="00723610" w:rsidRDefault="00537248" w:rsidP="00537248">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r w:rsidR="00AC2FE5">
-[...7 lines deleted...]
-              <w:t>18.21</w:t>
+            <w:r w:rsidR="003B5EF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>23.</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD0993">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5755" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="07B7A16C" w14:textId="755D7A26" w:rsidR="00537248" w:rsidRPr="00537248" w:rsidRDefault="00537248" w:rsidP="00537248">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -17018,80 +18536,90 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>H0001-H9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4CA2CABB" w14:textId="62975D48" w:rsidR="00537248" w:rsidRPr="00723610" w:rsidRDefault="00537248" w:rsidP="00537248">
+          <w:p w14:paraId="4CA2CABB" w14:textId="108B5BBF" w:rsidR="00537248" w:rsidRPr="00723610" w:rsidRDefault="00537248" w:rsidP="00537248">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r w:rsidR="00AC2FE5">
-[...7 lines deleted...]
-              <w:t>28.94</w:t>
+            <w:r w:rsidR="003B5EF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>33.</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD0993">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5755" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1C483EC7" w14:textId="2537820C" w:rsidR="00537248" w:rsidRDefault="00537248" w:rsidP="00537248">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Alcohol and/or drug </w:t>
             </w:r>
@@ -17152,80 +18680,90 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>H0004-H9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5CF24E8D" w14:textId="63E274B6" w:rsidR="00537248" w:rsidRPr="00723610" w:rsidRDefault="00537248" w:rsidP="00537248">
+          <w:p w14:paraId="5CF24E8D" w14:textId="4D4B690E" w:rsidR="00537248" w:rsidRPr="00723610" w:rsidRDefault="00537248" w:rsidP="00537248">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r w:rsidR="00AC2FE5">
-[...7 lines deleted...]
-              <w:t>28.94</w:t>
+            <w:r w:rsidR="003B5EF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>33.</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD0993">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5755" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="56BC6777" w14:textId="199392AC" w:rsidR="00537248" w:rsidRDefault="00537248" w:rsidP="00537248">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Behavioral health</w:t>
             </w:r>
@@ -17268,80 +18806,90 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>H0005-H9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44A060FE" w14:textId="01A456FE" w:rsidR="00537248" w:rsidRPr="00723610" w:rsidRDefault="00537248" w:rsidP="00537248">
+          <w:p w14:paraId="44A060FE" w14:textId="610A208A" w:rsidR="00537248" w:rsidRPr="00723610" w:rsidRDefault="00537248" w:rsidP="00537248">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r w:rsidR="00AC2FE5">
-[...7 lines deleted...]
-              <w:t>8.68</w:t>
+            <w:r w:rsidR="003B5EF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9.9</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD0993">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5755" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="57B5BBBA" w14:textId="38EA53AB" w:rsidR="00537248" w:rsidRDefault="00537248" w:rsidP="00537248">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Alcohol and/or drug</w:t>
             </w:r>
@@ -17424,80 +18972,90 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>H2012-HF</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74E7631A" w14:textId="18A9FED4" w:rsidR="00537248" w:rsidRPr="00723610" w:rsidRDefault="00537248" w:rsidP="00537248">
+          <w:p w14:paraId="74E7631A" w14:textId="5C8F41E5" w:rsidR="00537248" w:rsidRPr="00723610" w:rsidRDefault="00537248" w:rsidP="00537248">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r w:rsidR="00722114" w:rsidRPr="0077395A">
-[...7 lines deleted...]
-              <w:t>104.44</w:t>
+            <w:r w:rsidR="003B5EF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>130.</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD0993">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5755" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6BD1C98A" w14:textId="73238B2E" w:rsidR="00537248" w:rsidRDefault="00537248" w:rsidP="00537248">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006204B4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Behavioral health day treatment (substance abuse program) (3.5 hours)</w:t>
@@ -17543,80 +19101,90 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>H0004-HD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2906286F" w14:textId="4CA1D977" w:rsidR="00537248" w:rsidRPr="00723610" w:rsidRDefault="00537248" w:rsidP="00537248">
+          <w:p w14:paraId="2906286F" w14:textId="7EDFE061" w:rsidR="00537248" w:rsidRPr="00723610" w:rsidRDefault="00537248" w:rsidP="00537248">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r w:rsidR="00AC2FE5">
-[...7 lines deleted...]
-              <w:t>28.94</w:t>
+            <w:r w:rsidR="003B5EF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>33.</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD0993">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5755" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6C49FD1E" w14:textId="7B834BCD" w:rsidR="00537248" w:rsidRDefault="00537248" w:rsidP="00537248">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Behavioral health</w:t>
             </w:r>
@@ -17688,80 +19256,90 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>H0005-HD</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0E9245DF" w14:textId="77777777" w:rsidR="00537248" w:rsidRPr="00723610" w:rsidRDefault="00537248" w:rsidP="00537248">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0959DF9C" w14:textId="78209663" w:rsidR="00537248" w:rsidRDefault="00537248" w:rsidP="00537248">
+          <w:p w14:paraId="0959DF9C" w14:textId="6DAFE28B" w:rsidR="00537248" w:rsidRDefault="00537248" w:rsidP="00537248">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r w:rsidR="00AC2FE5">
-[...7 lines deleted...]
-              <w:t>26.04</w:t>
+            <w:r w:rsidR="003B5EF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>29.</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD0993">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>79</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1C8F31D0" w14:textId="77777777" w:rsidR="00537248" w:rsidRPr="00723610" w:rsidRDefault="00537248" w:rsidP="00537248">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5755" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3C76BC13" w14:textId="3823B03D" w:rsidR="00537248" w:rsidRDefault="00537248" w:rsidP="00537248">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
@@ -17888,80 +19466,90 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>H0005-TH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3BBC9647" w14:textId="1536488E" w:rsidR="00537248" w:rsidRPr="00723610" w:rsidRDefault="00537248" w:rsidP="00537248">
+          <w:p w14:paraId="3BBC9647" w14:textId="0F92F1B3" w:rsidR="00537248" w:rsidRPr="00723610" w:rsidRDefault="00537248" w:rsidP="00537248">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00054DE3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r w:rsidR="00AC2FE5">
-[...7 lines deleted...]
-              <w:t>52.09</w:t>
+            <w:r w:rsidR="003B5EF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>59.</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD0993">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>57</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5755" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4CDDEDD8" w14:textId="4C2CF1F8" w:rsidR="00537248" w:rsidRDefault="00537248" w:rsidP="00537248">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Alcohol and/or drug services group counseling by a clinician (pregnant/parenting women’s program) (per 90-minute unit) (one unit maximum per day)</w:t>
             </w:r>
@@ -17977,80 +19565,90 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>H0006-HD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="69806ED9" w14:textId="5E8A3B56" w:rsidR="00537248" w:rsidRPr="00723610" w:rsidRDefault="00537248" w:rsidP="00537248">
+          <w:p w14:paraId="69806ED9" w14:textId="134F159B" w:rsidR="00537248" w:rsidRPr="00723610" w:rsidRDefault="00537248" w:rsidP="00537248">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r w:rsidR="00AC2FE5">
-[...7 lines deleted...]
-              <w:t>18.21</w:t>
+            <w:r w:rsidR="003B5EF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>23.</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD0993">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5755" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7F295D36" w14:textId="7CDB5AD0" w:rsidR="00537248" w:rsidRDefault="00537248" w:rsidP="00537248">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Alcohol and/or drug</w:t>
             </w:r>
@@ -18075,62 +19673,62 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>T1006-HD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B93AE99" w14:textId="3DBDFFC4" w:rsidR="00AC2FE5" w:rsidRPr="00723610" w:rsidRDefault="00AC2FE5" w:rsidP="00AC2FE5">
+          <w:p w14:paraId="0B93AE99" w14:textId="348B48DA" w:rsidR="00AC2FE5" w:rsidRPr="00723610" w:rsidRDefault="00AC2FE5" w:rsidP="00AC2FE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004313F7">
+            <w:r w:rsidRPr="000344DD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>See</w:t>
             </w:r>
             <w:r w:rsidR="006923CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
@@ -18242,97 +19840,125 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> services; family/couple counseling (pregnant/parenting women's program) (per 30 minutes</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>, one unit maximum per day</w:t>
             </w:r>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A867F1" w14:paraId="35EA08D9" w14:textId="77777777" w:rsidTr="00657380">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9350" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="563E7A63" w14:textId="2A0470EB" w:rsidR="00A867F1" w:rsidRDefault="00A867F1" w:rsidP="00AC2FE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Outpatient Services</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AC2FE5" w14:paraId="69CC9900" w14:textId="77777777" w:rsidTr="003C57C3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1255" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="52BFE8DA" w14:textId="1FF3B61F" w:rsidR="00AC2FE5" w:rsidRPr="00723610" w:rsidRDefault="00AC2FE5" w:rsidP="00AC2FE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>T1006-TH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2754CAF0" w14:textId="3D09DC7E" w:rsidR="00AC2FE5" w:rsidRPr="00723610" w:rsidRDefault="00AC2FE5" w:rsidP="00AC2FE5">
+          <w:p w14:paraId="2754CAF0" w14:textId="5E769E0C" w:rsidR="00AC2FE5" w:rsidRPr="00723610" w:rsidRDefault="00AC2FE5" w:rsidP="00AC2FE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004313F7">
+            <w:r w:rsidRPr="000344DD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>See</w:t>
             </w:r>
             <w:r w:rsidR="006923CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
@@ -18467,159 +20093,166 @@
               </w:rPr>
               <w:t>0 minutes</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>, one unit maximum per day</w:t>
             </w:r>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5FDE8DB4" w14:textId="77777777" w:rsidR="007A4384" w:rsidRDefault="007A4384">
-[...3 lines deleted...]
-    </w:p>
+    <w:p w14:paraId="5FDE8DB4" w14:textId="5BFC89EA" w:rsidR="007A4384" w:rsidRDefault="007A4384"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1255"/>
         <w:gridCol w:w="2340"/>
         <w:gridCol w:w="5755"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AC2FE5" w14:paraId="62712CE9" w14:textId="77777777" w:rsidTr="003C57C3">
+      <w:tr w:rsidR="00AE4A8F" w14:paraId="0BF039A5" w14:textId="77777777" w:rsidTr="001048E3">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="34BD6FA7" w14:textId="49B27FD3" w:rsidR="00AC2FE5" w:rsidRPr="00537248" w:rsidRDefault="00AC2FE5" w:rsidP="00AC2FE5">
+          <w:p w14:paraId="518C3C40" w14:textId="07B2EFD1" w:rsidR="00AE4A8F" w:rsidRPr="00723610" w:rsidRDefault="00AE4A8F" w:rsidP="00AC2FE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00537248">
-[...7 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
               <w:t>Day Treatment</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AC2FE5" w14:paraId="21BB13D7" w14:textId="77777777" w:rsidTr="003C57C3">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1255" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="246EA15C" w14:textId="3B1BF30B" w:rsidR="00AC2FE5" w:rsidRPr="00723610" w:rsidRDefault="00AC2FE5" w:rsidP="00AC2FE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>H1005</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43311C97" w14:textId="2F096AE4" w:rsidR="00AC2FE5" w:rsidRPr="00723610" w:rsidRDefault="00AC2FE5" w:rsidP="00AC2FE5">
+          <w:p w14:paraId="43311C97" w14:textId="0243AF1A" w:rsidR="00AC2FE5" w:rsidRPr="00723610" w:rsidRDefault="00AC2FE5" w:rsidP="00AC2FE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r w:rsidR="007B485D" w:rsidRPr="0077395A">
-[...7 lines deleted...]
-              <w:t>104.44</w:t>
+            <w:r w:rsidR="003B5EF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>130.</w:t>
+            </w:r>
+            <w:r w:rsidR="00474941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5755" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4E22A259" w14:textId="70198099" w:rsidR="00AC2FE5" w:rsidRDefault="00AC2FE5" w:rsidP="00AC2FE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Prenatal care, at-risk enhanced service package (includes H1001-H1004) (prenatal care, at</w:t>
             </w:r>
@@ -18674,84 +20307,94 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>H1005-HQ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="30240EF3" w14:textId="6C202F4F" w:rsidR="00AC2FE5" w:rsidRDefault="00AC2FE5" w:rsidP="00AC2FE5">
+          <w:p w14:paraId="30240EF3" w14:textId="79A12ACB" w:rsidR="00AC2FE5" w:rsidRDefault="00AC2FE5" w:rsidP="00AC2FE5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="836"/>
                 <w:tab w:val="left" w:pos="1466"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r w:rsidR="007B485D" w:rsidRPr="0077395A">
-[...7 lines deleted...]
-              <w:t>104.44</w:t>
+            <w:r w:rsidR="00751914">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>130.</w:t>
+            </w:r>
+            <w:r w:rsidR="00474941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>21</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="046F468B" w14:textId="77777777" w:rsidR="00AC2FE5" w:rsidRPr="00723610" w:rsidRDefault="00AC2FE5" w:rsidP="00AC2FE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5755" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3BF2045C" w14:textId="725E3E2A" w:rsidR="00AC2FE5" w:rsidRDefault="00AC2FE5" w:rsidP="00AC2FE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
@@ -18850,65 +20493,65 @@
           <w:color w:val="000000"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2785"/>
         <w:gridCol w:w="1980"/>
         <w:gridCol w:w="4585"/>
       </w:tblGrid>
       <w:tr w:rsidR="003430A4" w:rsidRPr="001C5E29" w14:paraId="61C119BB" w14:textId="77777777" w:rsidTr="00CC732C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="44CC03F8" w14:textId="442F4203" w:rsidR="003430A4" w:rsidRPr="004313F7" w:rsidRDefault="003430A4" w:rsidP="0065367C">
+          <w:p w14:paraId="44CC03F8" w14:textId="442F4203" w:rsidR="003430A4" w:rsidRPr="000344DD" w:rsidRDefault="003430A4" w:rsidP="0065367C">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004313F7">
+            <w:r w:rsidRPr="000344DD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Supportive Case Management Services</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003430A4" w14:paraId="7423FEEA" w14:textId="77777777" w:rsidTr="004F271B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2785" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="48051691" w14:textId="7904D807" w:rsidR="003430A4" w:rsidRDefault="003430A4" w:rsidP="003430A4">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -18968,630 +20611,620 @@
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB669C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Service</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003430A4" w14:paraId="7C0BD3BF" w14:textId="77777777" w:rsidTr="004F271B">
+      <w:tr w:rsidR="00B61F4E" w14:paraId="7C0BD3BF" w14:textId="77777777" w:rsidTr="00A61DEF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2785" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="23F739C4" w14:textId="015ECAFA" w:rsidR="003430A4" w:rsidRDefault="003430A4" w:rsidP="003430A4">
+          <w:p w14:paraId="23F739C4" w14:textId="015ECAFA" w:rsidR="00B61F4E" w:rsidRDefault="00B61F4E" w:rsidP="00B61F4E">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Enrolled Client Day</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E6FD743" w14:textId="19328835" w:rsidR="003430A4" w:rsidRPr="00612DA0" w:rsidRDefault="003430A4" w:rsidP="003430A4">
+          <w:p w14:paraId="5E6FD743" w14:textId="36F3B059" w:rsidR="00B61F4E" w:rsidRPr="00B61F4E" w:rsidRDefault="00B61F4E" w:rsidP="00B61F4E">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00612DA0">
-[...24 lines deleted...]
-              <w:t>49</w:t>
+            <w:r w:rsidRPr="00A61DEF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>$19.</w:t>
+            </w:r>
+            <w:r w:rsidR="00474941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>58</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A61DEF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4585" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="03A214FD" w14:textId="42A01F3D" w:rsidR="003430A4" w:rsidRDefault="001C3E3F" w:rsidP="003430A4">
+          <w:p w14:paraId="03A214FD" w14:textId="42A01F3D" w:rsidR="00B61F4E" w:rsidRDefault="00B61F4E" w:rsidP="00B61F4E">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Adult Housing Stability Support</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003430A4" w14:paraId="1D3FE83D" w14:textId="77777777" w:rsidTr="004F271B">
+      <w:tr w:rsidR="00B61F4E" w14:paraId="1D3FE83D" w14:textId="77777777" w:rsidTr="00A61DEF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2785" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6CC73C2C" w14:textId="4DCABAF5" w:rsidR="003430A4" w:rsidRDefault="003430A4" w:rsidP="003430A4">
+          <w:p w14:paraId="6CC73C2C" w14:textId="4DCABAF5" w:rsidR="00B61F4E" w:rsidRDefault="00B61F4E" w:rsidP="00B61F4E">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Enrolled Client Day</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="325C5281" w14:textId="13DB33AA" w:rsidR="003430A4" w:rsidRPr="00612DA0" w:rsidRDefault="003430A4" w:rsidP="003430A4">
+          <w:p w14:paraId="325C5281" w14:textId="3DC127D0" w:rsidR="00B61F4E" w:rsidRPr="00B61F4E" w:rsidRDefault="00B61F4E" w:rsidP="00B61F4E">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00612DA0">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00A61DEF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r w:rsidR="001C3E3F" w:rsidRPr="00612DA0">
-[...15 lines deleted...]
-              <w:t>3.18</w:t>
+            <w:r w:rsidR="00474941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>39.36</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A61DEF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4585" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1AD5F5B5" w14:textId="5B59C5B1" w:rsidR="003430A4" w:rsidRDefault="001C3E3F" w:rsidP="003430A4">
+          <w:p w14:paraId="1AD5F5B5" w14:textId="5B59C5B1" w:rsidR="00B61F4E" w:rsidRDefault="00B61F4E" w:rsidP="00B61F4E">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Family Housing Stability Support</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003430A4" w14:paraId="4674EF76" w14:textId="77777777" w:rsidTr="004F271B">
+      <w:tr w:rsidR="00B61F4E" w14:paraId="4674EF76" w14:textId="77777777" w:rsidTr="00A61DEF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2785" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="37BD2A94" w14:textId="4E184A51" w:rsidR="003430A4" w:rsidRDefault="003430A4" w:rsidP="003430A4">
+          <w:p w14:paraId="37BD2A94" w14:textId="4E184A51" w:rsidR="00B61F4E" w:rsidRDefault="00B61F4E" w:rsidP="00B61F4E">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Enrolled Client Day</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F172F01" w14:textId="1E01F557" w:rsidR="003430A4" w:rsidRPr="00612DA0" w:rsidRDefault="003430A4" w:rsidP="003430A4">
+          <w:p w14:paraId="6F172F01" w14:textId="36213C77" w:rsidR="00B61F4E" w:rsidRPr="00B61F4E" w:rsidRDefault="00B61F4E" w:rsidP="00B61F4E">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00612DA0">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00A61DEF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r w:rsidR="001C3E3F" w:rsidRPr="00612DA0">
-[...15 lines deleted...]
-              <w:t>82</w:t>
+            <w:r w:rsidR="00474941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>50.34</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A61DEF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4585" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="67731EE4" w14:textId="4C2DBC82" w:rsidR="003430A4" w:rsidRDefault="001C3E3F" w:rsidP="003430A4">
+          <w:p w14:paraId="67731EE4" w14:textId="4C2DBC82" w:rsidR="00B61F4E" w:rsidRDefault="00B61F4E" w:rsidP="00B61F4E">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Youth Housing Stability Support</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003430A4" w14:paraId="6A91C3B5" w14:textId="77777777" w:rsidTr="004F271B">
+      <w:tr w:rsidR="00B61F4E" w14:paraId="6A91C3B5" w14:textId="77777777" w:rsidTr="00A61DEF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2785" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0612B097" w14:textId="52699160" w:rsidR="003430A4" w:rsidRDefault="003430A4" w:rsidP="003430A4">
+          <w:p w14:paraId="0612B097" w14:textId="52699160" w:rsidR="00B61F4E" w:rsidRDefault="00B61F4E" w:rsidP="00B61F4E">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Month</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="160D4D2D" w14:textId="05DE66B5" w:rsidR="003430A4" w:rsidRDefault="003430A4" w:rsidP="003430A4">
+          <w:p w14:paraId="160D4D2D" w14:textId="34197C45" w:rsidR="00B61F4E" w:rsidRPr="00B61F4E" w:rsidRDefault="00B61F4E" w:rsidP="00B61F4E">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00331546">
-[...15 lines deleted...]
-              <w:t>3,316</w:t>
+            <w:r w:rsidRPr="00A61DEF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$3,670 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4585" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1756734B" w14:textId="5191B269" w:rsidR="003430A4" w:rsidRDefault="003430A4" w:rsidP="003430A4">
+          <w:p w14:paraId="1756734B" w14:textId="5191B269" w:rsidR="00B61F4E" w:rsidRDefault="00B61F4E" w:rsidP="00B61F4E">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>House Manager Add-on</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003430A4" w14:paraId="7D8341A5" w14:textId="77777777" w:rsidTr="004F271B">
+      <w:tr w:rsidR="00B61F4E" w14:paraId="7D8341A5" w14:textId="77777777" w:rsidTr="00A61DEF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2785" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="126036A5" w14:textId="5D765975" w:rsidR="003430A4" w:rsidRDefault="003430A4" w:rsidP="003430A4">
+          <w:p w14:paraId="126036A5" w14:textId="5D765975" w:rsidR="00B61F4E" w:rsidRDefault="00B61F4E" w:rsidP="00B61F4E">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Month</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="101D2233" w14:textId="4016E487" w:rsidR="003430A4" w:rsidRDefault="003430A4" w:rsidP="003430A4">
+          <w:p w14:paraId="101D2233" w14:textId="50C13124" w:rsidR="00B61F4E" w:rsidRPr="00B61F4E" w:rsidRDefault="00B61F4E" w:rsidP="00B61F4E">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00331546">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00A61DEF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r w:rsidR="001C3E3F">
-[...6 lines deleted...]
-              <w:t>4,573</w:t>
+            <w:r w:rsidR="00474941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5,021</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A61DEF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4585" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="48B5B23A" w14:textId="23727890" w:rsidR="003430A4" w:rsidRDefault="003430A4" w:rsidP="003430A4">
+          <w:p w14:paraId="48B5B23A" w14:textId="23727890" w:rsidR="00B61F4E" w:rsidRDefault="00B61F4E" w:rsidP="00B61F4E">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Outreach and Staffing Supports</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003430A4" w14:paraId="22DA13BB" w14:textId="77777777" w:rsidTr="004F271B">
+      <w:tr w:rsidR="00B61F4E" w14:paraId="22DA13BB" w14:textId="77777777" w:rsidTr="00A61DEF">
+        <w:trPr>
+          <w:trHeight w:val="260"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2785" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0E5FDA5D" w14:textId="7987E076" w:rsidR="003430A4" w:rsidRDefault="003430A4" w:rsidP="003430A4">
+          <w:p w14:paraId="0E5FDA5D" w14:textId="7987E076" w:rsidR="00B61F4E" w:rsidRDefault="00B61F4E" w:rsidP="00B61F4E">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Enrolled Client Day</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E48D677" w14:textId="4949E06A" w:rsidR="003430A4" w:rsidRDefault="003430A4" w:rsidP="003430A4">
+          <w:p w14:paraId="0E48D677" w14:textId="1E871642" w:rsidR="00B61F4E" w:rsidRPr="00B61F4E" w:rsidRDefault="00B61F4E" w:rsidP="00B61F4E">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00331546">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00A61DEF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r w:rsidR="001C3E3F">
-[...6 lines deleted...]
-              <w:t>58.14</w:t>
+            <w:r w:rsidR="00474941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>70.77</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A61DEF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4585" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1B583AF2" w14:textId="5BEB1D91" w:rsidR="003430A4" w:rsidRDefault="003430A4" w:rsidP="003430A4">
+          <w:p w14:paraId="1B583AF2" w14:textId="5BEB1D91" w:rsidR="00B61F4E" w:rsidRDefault="00B61F4E" w:rsidP="00B61F4E">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Low Threshold</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003430A4" w14:paraId="209B9B48" w14:textId="77777777" w:rsidTr="004F271B">
         <w:tc>
@@ -19618,51 +21251,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12C41881" w14:textId="7B7D24B1" w:rsidR="003430A4" w:rsidRDefault="003430A4" w:rsidP="003430A4">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00331546">
+            <w:r w:rsidRPr="0054497F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>I.C.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4585" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="07ECC058" w14:textId="0AF58F44" w:rsidR="003430A4" w:rsidRDefault="003430A4" w:rsidP="003430A4">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
@@ -19692,80 +21325,89 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723610">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Month</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F6B80BF" w14:textId="32332663" w:rsidR="003430A4" w:rsidRDefault="003430A4" w:rsidP="003430A4">
+          <w:p w14:paraId="0F6B80BF" w14:textId="3F6DB632" w:rsidR="003430A4" w:rsidRDefault="003430A4" w:rsidP="003430A4">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00331546">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r w:rsidR="001C3E3F">
-[...6 lines deleted...]
-              <w:t>20,194</w:t>
+            <w:r w:rsidR="00B61F4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>23,</w:t>
+            </w:r>
+            <w:r w:rsidR="00474941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>637</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4585" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2A36CD8B" w14:textId="51907398" w:rsidR="003430A4" w:rsidRDefault="003430A4" w:rsidP="003430A4">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
@@ -19804,117 +21446,114 @@
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2351"/>
         <w:gridCol w:w="815"/>
         <w:gridCol w:w="1272"/>
         <w:gridCol w:w="1309"/>
         <w:gridCol w:w="1620"/>
         <w:gridCol w:w="2111"/>
       </w:tblGrid>
       <w:tr w:rsidR="009A5D45" w:rsidRPr="003A1059" w14:paraId="08EF3276" w14:textId="77777777" w:rsidTr="00A03CB6">
         <w:trPr>
           <w:trHeight w:val="612"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2351" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="096C47F9" w14:textId="77777777" w:rsidR="009A5D45" w:rsidRPr="003A1059" w:rsidRDefault="009A5D45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A1059">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Program</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="815" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1A11C45F" w14:textId="77777777" w:rsidR="009A5D45" w:rsidRPr="003A1059" w:rsidRDefault="009A5D45" w:rsidP="003A1059">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A1059">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Model</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="36A72ABB" w14:textId="77777777" w:rsidR="009A5D45" w:rsidRPr="003A1059" w:rsidRDefault="009A5D45" w:rsidP="003A1059">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A1059">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -19962,1196 +21601,1105 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Engagement Staffing Rate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2111" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="29E9C9CB" w14:textId="7DDFF325" w:rsidR="009A5D45" w:rsidRPr="003A1059" w:rsidRDefault="00825B96" w:rsidP="003A1059">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006204B4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Engagement Staffing Rate, Day Program only</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF7334" w:rsidRPr="003A1059" w14:paraId="54DE1478" w14:textId="77777777" w:rsidTr="00A03CB6">
         <w:trPr>
           <w:trHeight w:val="302"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2351" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5B6F97CE" w14:textId="77777777" w:rsidR="00F44C46" w:rsidRPr="003A1059" w:rsidRDefault="00F44C46" w:rsidP="003A1059">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A1059">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Triage, Engagement, and Assessment Services</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="815" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="631FA9DA" w14:textId="77777777" w:rsidR="00F44C46" w:rsidRPr="003A1059" w:rsidRDefault="00F44C46" w:rsidP="003A1059">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A1059">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="50C3FF3D" w14:textId="77777777" w:rsidR="00F44C46" w:rsidRPr="003A1059" w:rsidRDefault="00F44C46" w:rsidP="003A1059">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A1059">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Monthly per slot</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A23A859" w14:textId="6F5482AC" w:rsidR="00F44C46" w:rsidRPr="003A1059" w:rsidRDefault="00F44C46" w:rsidP="00825B96">
+          <w:p w14:paraId="0A23A859" w14:textId="6EF37C4B" w:rsidR="00F44C46" w:rsidRPr="003A1059" w:rsidRDefault="00F44C46" w:rsidP="00825B96">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
             <w:r w:rsidR="001C3E3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>1,112</w:t>
+              <w:t>1,</w:t>
+            </w:r>
+            <w:r w:rsidR="0028183B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>209</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="14FE0200" w14:textId="1825F11B" w:rsidR="00F44C46" w:rsidRPr="003A1059" w:rsidRDefault="00F44C46" w:rsidP="00825B96">
+          <w:p w14:paraId="14FE0200" w14:textId="0DF44B2D" w:rsidR="00F44C46" w:rsidRPr="003A1059" w:rsidRDefault="00F44C46" w:rsidP="00825B96">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r w:rsidR="001C3E3F">
-[...6 lines deleted...]
-              <w:t>630</w:t>
+            <w:r w:rsidR="00B61F4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="0028183B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>90</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2111" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6F9F7F28" w14:textId="3449DDAD" w:rsidR="00F44C46" w:rsidRPr="003A1059" w:rsidRDefault="00F44C46" w:rsidP="00825B96">
+          <w:p w14:paraId="6F9F7F28" w14:textId="19026265" w:rsidR="00F44C46" w:rsidRPr="003A1059" w:rsidRDefault="00F44C46" w:rsidP="00825B96">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A1059">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r w:rsidR="001C3E3F">
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidR="00B61F4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="0028183B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>55</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F44C46" w:rsidRPr="003A1059" w14:paraId="66E7C69E" w14:textId="77777777" w:rsidTr="00A03CB6">
         <w:trPr>
           <w:trHeight w:val="302"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2351" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="66C43202" w14:textId="77777777" w:rsidR="00F44C46" w:rsidRPr="003A1059" w:rsidRDefault="00F44C46" w:rsidP="003A1059">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="815" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0FBF5E95" w14:textId="77777777" w:rsidR="00F44C46" w:rsidRPr="003A1059" w:rsidRDefault="00F44C46" w:rsidP="003A1059">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A1059">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3B9C242A" w14:textId="77777777" w:rsidR="00F44C46" w:rsidRPr="003A1059" w:rsidRDefault="00F44C46" w:rsidP="003A1059">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A1059">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Monthly per slot</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="70243546" w14:textId="10C9FEC2" w:rsidR="00F44C46" w:rsidRPr="003A1059" w:rsidRDefault="00F44C46" w:rsidP="00825B96">
+          <w:p w14:paraId="70243546" w14:textId="0B858B72" w:rsidR="00F44C46" w:rsidRPr="003A1059" w:rsidRDefault="00F44C46" w:rsidP="00825B96">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
             <w:r w:rsidR="001C3E3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>1,337</w:t>
+              <w:t>1,</w:t>
+            </w:r>
+            <w:r w:rsidR="00B61F4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="0028183B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="381CAC5A" w14:textId="303F18D7" w:rsidR="00F44C46" w:rsidRPr="003A1059" w:rsidRDefault="00F44C46" w:rsidP="00825B96">
+          <w:p w14:paraId="381CAC5A" w14:textId="1D434439" w:rsidR="00F44C46" w:rsidRPr="003A1059" w:rsidRDefault="00F44C46" w:rsidP="00825B96">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r w:rsidR="001C3E3F">
-[...6 lines deleted...]
-              <w:t>816</w:t>
+            <w:r w:rsidR="00B61F4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="0028183B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00B61F4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2111" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3F0CBE27" w14:textId="098338A6" w:rsidR="00F44C46" w:rsidRPr="003A1059" w:rsidRDefault="00F44C46" w:rsidP="00825B96">
+          <w:p w14:paraId="3F0CBE27" w14:textId="775D0E3E" w:rsidR="00F44C46" w:rsidRPr="003A1059" w:rsidRDefault="00F44C46" w:rsidP="00825B96">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A1059">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r w:rsidR="001C3E3F">
-[...8 lines deleted...]
-            <w:r w:rsidR="001C3E3F" w:rsidRPr="003A1059">
+            <w:r w:rsidR="00B61F4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="0028183B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>83</w:t>
+            </w:r>
+            <w:r w:rsidR="00B61F4E" w:rsidRPr="003A1059">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="533B2EDB" w14:textId="77777777" w:rsidR="003A1059" w:rsidRDefault="003A1059" w:rsidP="0065367C">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="7547" w:type="dxa"/>
         <w:tblInd w:w="98" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4937"/>
         <w:gridCol w:w="1080"/>
         <w:gridCol w:w="1530"/>
       </w:tblGrid>
       <w:tr w:rsidR="00AF7334" w:rsidRPr="003A1059" w14:paraId="4CAB9B93" w14:textId="77777777" w:rsidTr="004F271B">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4937" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="07BE2921" w14:textId="77777777" w:rsidR="00AF7334" w:rsidRPr="003E7478" w:rsidRDefault="00AF7334" w:rsidP="003A1059">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003E7478">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Triage, Engagement, and Assessment Services</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="253C7B2E" w14:textId="77777777" w:rsidR="00AF7334" w:rsidRPr="003E7478" w:rsidRDefault="00AF7334" w:rsidP="003A1059">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003E7478">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Add-on Rates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0643BD9E" w14:textId="77777777" w:rsidR="00AF7334" w:rsidRPr="003E7478" w:rsidRDefault="00AF7334" w:rsidP="003A1059">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003E7478">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Unit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6FCDFE8F" w14:textId="77777777" w:rsidR="00AF7334" w:rsidRPr="003E7478" w:rsidRDefault="00AF7334" w:rsidP="003A1059">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003E7478">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Rate</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF7334" w:rsidRPr="003A1059" w14:paraId="6A485318" w14:textId="77777777" w:rsidTr="004F271B">
+      <w:tr w:rsidR="00B61F4E" w:rsidRPr="003A1059" w14:paraId="6A485318" w14:textId="77777777" w:rsidTr="00A61DEF">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4937" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6E7C3855" w14:textId="1B6C4B11" w:rsidR="00AF7334" w:rsidRPr="003A1059" w:rsidRDefault="00AF7334" w:rsidP="00825B96">
+          <w:p w14:paraId="6E7C3855" w14:textId="1B6C4B11" w:rsidR="00B61F4E" w:rsidRPr="003A1059" w:rsidRDefault="00B61F4E" w:rsidP="00B61F4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A1059">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Peer Service Coordinator Add-on Rate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7EEADFE4" w14:textId="77777777" w:rsidR="00AF7334" w:rsidRPr="003A1059" w:rsidRDefault="00AF7334" w:rsidP="003A1059">
+          <w:p w14:paraId="7EEADFE4" w14:textId="77777777" w:rsidR="00B61F4E" w:rsidRPr="003A1059" w:rsidRDefault="00B61F4E" w:rsidP="00B61F4E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A1059">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Hourly</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="139C3274" w14:textId="0A20FA52" w:rsidR="00AF7334" w:rsidRPr="003A1059" w:rsidRDefault="00AF7334" w:rsidP="004038BA">
+          <w:p w14:paraId="139C3274" w14:textId="47F8691E" w:rsidR="00B61F4E" w:rsidRPr="00B61F4E" w:rsidRDefault="00B61F4E" w:rsidP="00B61F4E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003A1059">
-[...24 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00A61DEF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$28.59 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF7334" w:rsidRPr="003A1059" w14:paraId="227D3FD8" w14:textId="77777777" w:rsidTr="004F271B">
+      <w:tr w:rsidR="00B61F4E" w:rsidRPr="003A1059" w14:paraId="227D3FD8" w14:textId="77777777" w:rsidTr="00A61DEF">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4937" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="73A8C071" w14:textId="77777777" w:rsidR="00AF7334" w:rsidRPr="003A1059" w:rsidRDefault="00AF7334" w:rsidP="003A1059">
+          <w:p w14:paraId="73A8C071" w14:textId="77777777" w:rsidR="00B61F4E" w:rsidRPr="003A1059" w:rsidRDefault="00B61F4E" w:rsidP="00B61F4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A1059">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Social Worker LCSW Add-on Rate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0C055E7C" w14:textId="77777777" w:rsidR="00AF7334" w:rsidRPr="003A1059" w:rsidRDefault="00AF7334" w:rsidP="003A1059">
+          <w:p w14:paraId="0C055E7C" w14:textId="77777777" w:rsidR="00B61F4E" w:rsidRPr="003A1059" w:rsidRDefault="00B61F4E" w:rsidP="00B61F4E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A1059">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Hourly</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="45066C80" w14:textId="2E2FD03E" w:rsidR="00AF7334" w:rsidRPr="003A1059" w:rsidRDefault="00AF7334" w:rsidP="004038BA">
+          <w:p w14:paraId="45066C80" w14:textId="1FE582D6" w:rsidR="00B61F4E" w:rsidRPr="00B61F4E" w:rsidRDefault="00B61F4E" w:rsidP="00B61F4E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003A1059">
-[...24 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00A61DEF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$51.50 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF7334" w:rsidRPr="003A1059" w14:paraId="5BAE6F2A" w14:textId="77777777" w:rsidTr="004F271B">
+      <w:tr w:rsidR="00B61F4E" w:rsidRPr="003A1059" w14:paraId="5BAE6F2A" w14:textId="77777777" w:rsidTr="00A61DEF">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4937" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3A07170A" w14:textId="77777777" w:rsidR="00AF7334" w:rsidRPr="003A1059" w:rsidRDefault="00AF7334" w:rsidP="003A1059">
+          <w:p w14:paraId="3A07170A" w14:textId="77777777" w:rsidR="00B61F4E" w:rsidRPr="003A1059" w:rsidRDefault="00B61F4E" w:rsidP="00B61F4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A1059">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Care Coordinator Add-on Rate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="01D5BD23" w14:textId="77777777" w:rsidR="00AF7334" w:rsidRPr="003A1059" w:rsidRDefault="00AF7334" w:rsidP="003A1059">
+          <w:p w14:paraId="01D5BD23" w14:textId="77777777" w:rsidR="00B61F4E" w:rsidRPr="003A1059" w:rsidRDefault="00B61F4E" w:rsidP="00B61F4E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A1059">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Hourly</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7FC5A095" w14:textId="7B5493B1" w:rsidR="00AF7334" w:rsidRPr="003A1059" w:rsidRDefault="00AF7334" w:rsidP="004038BA">
+          <w:p w14:paraId="7FC5A095" w14:textId="42D9048A" w:rsidR="00B61F4E" w:rsidRPr="00B61F4E" w:rsidRDefault="00B61F4E" w:rsidP="00B61F4E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003A1059">
-[...24 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00A61DEF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$28.59 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF7334" w:rsidRPr="003A1059" w14:paraId="780528CD" w14:textId="77777777" w:rsidTr="004F271B">
+      <w:tr w:rsidR="00B61F4E" w:rsidRPr="003A1059" w14:paraId="780528CD" w14:textId="77777777" w:rsidTr="00A61DEF">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4937" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4DEB728D" w14:textId="77777777" w:rsidR="00AF7334" w:rsidRPr="003A1059" w:rsidRDefault="00AF7334" w:rsidP="003A1059">
+          <w:p w14:paraId="4DEB728D" w14:textId="77777777" w:rsidR="00B61F4E" w:rsidRPr="003A1059" w:rsidRDefault="00B61F4E" w:rsidP="00B61F4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A1059">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Direct Care Staff Add-on Rate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="12ACB199" w14:textId="77777777" w:rsidR="00AF7334" w:rsidRPr="003A1059" w:rsidRDefault="00AF7334" w:rsidP="003A1059">
+          <w:p w14:paraId="12ACB199" w14:textId="77777777" w:rsidR="00B61F4E" w:rsidRPr="003A1059" w:rsidRDefault="00B61F4E" w:rsidP="00B61F4E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A1059">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Hourly</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0625ED16" w14:textId="76B2DDD7" w:rsidR="00AF7334" w:rsidRPr="003A1059" w:rsidRDefault="00AF7334" w:rsidP="004038BA">
+          <w:p w14:paraId="0625ED16" w14:textId="1A8FEFD6" w:rsidR="00B61F4E" w:rsidRPr="00B61F4E" w:rsidRDefault="00B61F4E" w:rsidP="00B61F4E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003A1059">
-[...24 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00A61DEF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$28.59 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF7334" w:rsidRPr="003A1059" w14:paraId="66F71F97" w14:textId="77777777" w:rsidTr="004F271B">
+      <w:tr w:rsidR="00B61F4E" w:rsidRPr="003A1059" w14:paraId="66F71F97" w14:textId="77777777" w:rsidTr="00A61DEF">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4937" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="78FB2912" w14:textId="77777777" w:rsidR="00AF7334" w:rsidRPr="003A1059" w:rsidRDefault="00AF7334" w:rsidP="003A1059">
+          <w:p w14:paraId="78FB2912" w14:textId="77777777" w:rsidR="00B61F4E" w:rsidRPr="003A1059" w:rsidRDefault="00B61F4E" w:rsidP="00B61F4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A1059">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Support Staff Add-on Rate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4348C239" w14:textId="77777777" w:rsidR="00AF7334" w:rsidRPr="003A1059" w:rsidRDefault="00AF7334" w:rsidP="003A1059">
+          <w:p w14:paraId="4348C239" w14:textId="77777777" w:rsidR="00B61F4E" w:rsidRPr="003A1059" w:rsidRDefault="00B61F4E" w:rsidP="00B61F4E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A1059">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Hourly</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="594FD6FA" w14:textId="46F57AB7" w:rsidR="00AF7334" w:rsidRPr="003A1059" w:rsidRDefault="00AF7334" w:rsidP="004038BA">
+          <w:p w14:paraId="594FD6FA" w14:textId="1EF0A615" w:rsidR="00B61F4E" w:rsidRPr="00B61F4E" w:rsidRDefault="00B61F4E" w:rsidP="00B61F4E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003A1059">
-[...24 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00A61DEF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$28.59 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="233181C8" w14:textId="4E793FED" w:rsidR="00E56731" w:rsidRDefault="00E56731" w:rsidP="0077395A">
-[...27 lines deleted...]
-    </w:p>
     <w:p w14:paraId="3408BE4C" w14:textId="77777777" w:rsidR="003A1059" w:rsidRPr="00225A69" w:rsidRDefault="003A1059" w:rsidP="0077395A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="7570" w:type="dxa"/>
         <w:tblInd w:w="98" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4937"/>
         <w:gridCol w:w="1080"/>
         <w:gridCol w:w="1553"/>
       </w:tblGrid>
       <w:tr w:rsidR="0065367C" w:rsidRPr="00225A69" w14:paraId="67FB69A8" w14:textId="77777777" w:rsidTr="004F271B">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
@@ -21336,77 +22884,86 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Per Client</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1553" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0E8258A4" w14:textId="29405860" w:rsidR="0065367C" w:rsidRPr="00FB669C" w:rsidRDefault="0065367C" w:rsidP="004F271B">
+          <w:p w14:paraId="0E8258A4" w14:textId="5416424A" w:rsidR="0065367C" w:rsidRPr="00FB669C" w:rsidRDefault="0065367C" w:rsidP="004F271B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB669C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r w:rsidR="003769D7">
-[...6 lines deleted...]
-              <w:t>66.69</w:t>
+            <w:r w:rsidR="00F205B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="0028183B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3.91</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003769D7" w14:paraId="7A83FC64" w14:textId="77777777" w:rsidTr="004F271B">
         <w:trPr>
           <w:trHeight w:val="576"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4937" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16043CE0" w14:textId="7CF85A6E" w:rsidR="003769D7" w:rsidRPr="00FB669C" w:rsidRDefault="003769D7" w:rsidP="00AA6622">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
@@ -21474,68 +23031,95 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Per Client</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1553" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="056E7B7C" w14:textId="2BD4C260" w:rsidR="003769D7" w:rsidRPr="00FB669C" w:rsidRDefault="003769D7" w:rsidP="004F271B">
+          <w:p w14:paraId="056E7B7C" w14:textId="74F9E8C5" w:rsidR="003769D7" w:rsidRPr="00FB669C" w:rsidRDefault="003769D7" w:rsidP="004F271B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>$86.60</w:t>
+              <w:t>$</w:t>
+            </w:r>
+            <w:r w:rsidR="00F205B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>94.</w:t>
+            </w:r>
+            <w:r w:rsidR="0028183B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="00F205B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003769D7" w14:paraId="1ECD6A33" w14:textId="77777777" w:rsidTr="004F271B">
         <w:trPr>
           <w:trHeight w:val="576"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4937" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1F8565F9" w14:textId="1A94C9EF" w:rsidR="003769D7" w:rsidRPr="00FB669C" w:rsidRDefault="003769D7" w:rsidP="00AA6622">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
@@ -21586,87 +23170,105 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Per Client</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1553" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0359959D" w14:textId="2E4643CF" w:rsidR="003769D7" w:rsidRPr="00FB669C" w:rsidRDefault="003769D7" w:rsidP="004F271B">
+          <w:p w14:paraId="0359959D" w14:textId="3263D03E" w:rsidR="003769D7" w:rsidRPr="00FB669C" w:rsidRDefault="003769D7" w:rsidP="004F271B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>$178.77</w:t>
+              <w:t>$</w:t>
+            </w:r>
+            <w:r w:rsidR="00F205B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>194.</w:t>
+            </w:r>
+            <w:r w:rsidR="0028183B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="1"/>
     </w:tbl>
     <w:p w14:paraId="132FFE70" w14:textId="77777777" w:rsidR="00BA7345" w:rsidRDefault="00BA7345"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="7570" w:type="dxa"/>
         <w:tblInd w:w="98" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4937"/>
         <w:gridCol w:w="1080"/>
         <w:gridCol w:w="1553"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0065367C" w14:paraId="7C73A6A6" w14:textId="77777777" w:rsidTr="004313F7">
+      <w:tr w:rsidR="0065367C" w14:paraId="7C73A6A6" w14:textId="77777777" w:rsidTr="000344DD">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4937" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="69AA91E7" w14:textId="77777777" w:rsidR="0065367C" w:rsidRPr="00FB669C" w:rsidRDefault="0065367C" w:rsidP="00EB6C6F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
@@ -21830,82 +23432,100 @@
             </w:pPr>
             <w:r w:rsidRPr="00FB669C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Level 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1553" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="65B8171B" w14:textId="401113B8" w:rsidR="0065367C" w:rsidRPr="00FB669C" w:rsidRDefault="0065367C" w:rsidP="00A44419">
+          <w:p w14:paraId="65B8171B" w14:textId="5CE404B8" w:rsidR="0065367C" w:rsidRPr="00FB669C" w:rsidRDefault="0065367C" w:rsidP="00A44419">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB669C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r w:rsidR="001C3E3F">
-[...6 lines deleted...]
-              <w:t>9,915</w:t>
+            <w:r w:rsidR="00F205B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10,6</w:t>
+            </w:r>
+            <w:r w:rsidR="0028183B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00F205B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0065367C" w14:paraId="137AC54A" w14:textId="77777777" w:rsidTr="004313F7">
+      <w:tr w:rsidR="0065367C" w14:paraId="137AC54A" w14:textId="77777777" w:rsidTr="000344DD">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4937" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="661EA02F" w14:textId="77777777" w:rsidR="0065367C" w:rsidRPr="00FB669C" w:rsidRDefault="0065367C" w:rsidP="00EB6C6F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -21936,112 +23556,122 @@
             </w:pPr>
             <w:r w:rsidRPr="00FB669C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Level 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1553" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="130DCCE9" w14:textId="6A2E42BF" w:rsidR="0065367C" w:rsidRPr="00FB669C" w:rsidRDefault="0065367C" w:rsidP="00A44419">
+          <w:p w14:paraId="130DCCE9" w14:textId="3296016D" w:rsidR="0065367C" w:rsidRPr="00FB669C" w:rsidRDefault="0065367C" w:rsidP="00A44419">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB669C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r w:rsidR="003769D7">
-[...6 lines deleted...]
-              <w:t>14,516</w:t>
+            <w:r w:rsidR="00F205B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>15,6</w:t>
+            </w:r>
+            <w:r w:rsidR="0028183B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="2"/>
     </w:tbl>
     <w:p w14:paraId="312D9458" w14:textId="3703192E" w:rsidR="00BC7451" w:rsidRDefault="00BC7451" w:rsidP="00775569">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="7570" w:type="dxa"/>
         <w:tblInd w:w="98" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4937"/>
         <w:gridCol w:w="1080"/>
-        <w:gridCol w:w="1553"/>
+        <w:gridCol w:w="1530"/>
+        <w:gridCol w:w="23"/>
       </w:tblGrid>
       <w:tr w:rsidR="007E2CC1" w:rsidRPr="00FB669C" w14:paraId="7FFDD35A" w14:textId="77777777" w:rsidTr="0077395A">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4937" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0E04AC35" w14:textId="77777777" w:rsidR="007E2CC1" w:rsidRPr="0077395A" w:rsidRDefault="007E2CC1" w:rsidP="0077395A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0077395A">
@@ -22070,50 +23700,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0077395A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Tier</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1553" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4A963862" w14:textId="77777777" w:rsidR="007E2CC1" w:rsidRPr="0077395A" w:rsidRDefault="007E2CC1" w:rsidP="0037731A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0077395A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -22161,71 +23792,90 @@
           </w:tcPr>
           <w:p w14:paraId="28771248" w14:textId="31E3C072" w:rsidR="00CC732C" w:rsidRPr="00FB669C" w:rsidRDefault="00CC732C" w:rsidP="00CC732C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Tier 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1553" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7B0510EB" w14:textId="2CE256A1" w:rsidR="00CC732C" w:rsidRPr="00FB669C" w:rsidRDefault="00CC732C" w:rsidP="00CC732C">
+          <w:p w14:paraId="7B0510EB" w14:textId="75A33750" w:rsidR="00CC732C" w:rsidRPr="00FB669C" w:rsidRDefault="00CC732C" w:rsidP="00CC732C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>$39,489</w:t>
+              <w:t>$</w:t>
+            </w:r>
+            <w:r w:rsidR="00751914">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>40,</w:t>
+            </w:r>
+            <w:r w:rsidR="0028183B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>414</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC732C" w:rsidRPr="00FB669C" w14:paraId="5CDC06C9" w14:textId="77777777" w:rsidTr="0077395A">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4937" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="69636FA9" w14:textId="77777777" w:rsidR="00CC732C" w:rsidRPr="00FB669C" w:rsidRDefault="00CC732C" w:rsidP="00CC732C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -22238,71 +23888,90 @@
           </w:tcPr>
           <w:p w14:paraId="26BF8AA7" w14:textId="0BC78EF9" w:rsidR="00CC732C" w:rsidRPr="00FB669C" w:rsidRDefault="00CC732C" w:rsidP="00CC732C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Tier 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1553" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1D36DD7F" w14:textId="1178DCC1" w:rsidR="00CC732C" w:rsidRPr="00FB669C" w:rsidRDefault="00CC732C" w:rsidP="00CC732C">
+          <w:p w14:paraId="1D36DD7F" w14:textId="118DE6CF" w:rsidR="00CC732C" w:rsidRPr="00FB669C" w:rsidRDefault="00CC732C" w:rsidP="00CC732C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>$49,072</w:t>
+              <w:t>$</w:t>
+            </w:r>
+            <w:r w:rsidR="00751914">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>51,</w:t>
+            </w:r>
+            <w:r w:rsidR="0028183B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>856</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC732C" w:rsidRPr="00FB669C" w14:paraId="502D6351" w14:textId="77777777" w:rsidTr="0077395A">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4937" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7FFD28F4" w14:textId="77777777" w:rsidR="00CC732C" w:rsidRPr="00FB669C" w:rsidRDefault="00CC732C" w:rsidP="00CC732C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -22315,644 +23984,682 @@
           </w:tcPr>
           <w:p w14:paraId="2E1913F9" w14:textId="29158CC8" w:rsidR="00CC732C" w:rsidRPr="00FB669C" w:rsidRDefault="00CC732C" w:rsidP="00CC732C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Tier 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1553" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="132010B3" w14:textId="300E57B3" w:rsidR="00CC732C" w:rsidRPr="00FB669C" w:rsidRDefault="00CC732C" w:rsidP="00CC732C">
+          <w:p w14:paraId="132010B3" w14:textId="0BDC58A9" w:rsidR="00CC732C" w:rsidRPr="00FB669C" w:rsidRDefault="00CC732C" w:rsidP="00CC732C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>$59,844</w:t>
+              <w:t>$</w:t>
+            </w:r>
+            <w:r w:rsidR="00751914">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="0028183B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2,850</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...20 lines deleted...]
-      <w:tr w:rsidR="00CC732C" w:rsidRPr="003E7478" w14:paraId="43D53847" w14:textId="77777777" w:rsidTr="004313F7">
+      <w:tr w:rsidR="00CC732C" w:rsidRPr="003E7478" w14:paraId="43D53847" w14:textId="77777777" w:rsidTr="0077395A">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="23" w:type="dxa"/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4937" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="44B67F99" w14:textId="48836DFB" w:rsidR="00CC732C" w:rsidRPr="003E7478" w:rsidRDefault="00CC732C" w:rsidP="007E2CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Recovery Support Center </w:t>
             </w:r>
             <w:r w:rsidRPr="003E7478">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Add-on Rates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2849E328" w14:textId="3348CFFA" w:rsidR="00CC732C" w:rsidRPr="003E7478" w:rsidRDefault="007E2CC1" w:rsidP="00CC732C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>FTE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="359C2F74" w14:textId="74D6659D" w:rsidR="00CC732C" w:rsidRPr="003E7478" w:rsidRDefault="00CC732C" w:rsidP="00CC732C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Monthly </w:t>
             </w:r>
             <w:r w:rsidRPr="003E7478">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Rate</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC732C" w:rsidRPr="003A1059" w14:paraId="60C1DDCF" w14:textId="77777777" w:rsidTr="004313F7">
+      <w:tr w:rsidR="00CC732C" w:rsidRPr="003A1059" w14:paraId="60C1DDCF" w14:textId="77777777" w:rsidTr="0077395A">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="23" w:type="dxa"/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4937" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="65DCCC0A" w14:textId="307E4457" w:rsidR="00CC732C" w:rsidRPr="003A1059" w:rsidRDefault="007E2CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Direct Service Staff</w:t>
             </w:r>
             <w:r w:rsidR="00CC732C" w:rsidRPr="003A1059">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Add-on Rate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="628C8A13" w14:textId="54374909" w:rsidR="00CC732C" w:rsidRPr="003A1059" w:rsidRDefault="007E2CC1" w:rsidP="00CC732C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4499F110" w14:textId="1B59BC05" w:rsidR="00CC732C" w:rsidRPr="003A1059" w:rsidRDefault="00CC732C" w:rsidP="00CC732C">
+          <w:p w14:paraId="4499F110" w14:textId="440C0977" w:rsidR="00CC732C" w:rsidRPr="003A1059" w:rsidRDefault="00CC732C" w:rsidP="00CC732C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A1059">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
             <w:r w:rsidR="007E2CC1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>4,131</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="003A1059">
+              <w:t>4,</w:t>
+            </w:r>
+            <w:r w:rsidR="00751914">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="0028183B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidR="00751914" w:rsidRPr="003A1059">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC732C" w:rsidRPr="003A1059" w14:paraId="16243B9E" w14:textId="77777777" w:rsidTr="004313F7">
+      <w:tr w:rsidR="00CC732C" w:rsidRPr="003A1059" w14:paraId="16243B9E" w14:textId="77777777" w:rsidTr="0077395A">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="23" w:type="dxa"/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4937" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="086736BA" w14:textId="2C5776C0" w:rsidR="00CC732C" w:rsidRPr="003A1059" w:rsidRDefault="007E2CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Direct Service Staff</w:t>
             </w:r>
             <w:r w:rsidRPr="003A1059">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Add-on Rate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7AAB3FF4" w14:textId="3E497769" w:rsidR="00CC732C" w:rsidRPr="003A1059" w:rsidRDefault="007E2CC1" w:rsidP="00CC732C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>0.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="16C1714C" w14:textId="06DA94E7" w:rsidR="00CC732C" w:rsidRPr="003A1059" w:rsidRDefault="00CC732C" w:rsidP="00CC732C">
+          <w:p w14:paraId="16C1714C" w14:textId="0A838580" w:rsidR="00CC732C" w:rsidRPr="003A1059" w:rsidRDefault="00CC732C" w:rsidP="00CC732C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A1059">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
             <w:r w:rsidR="007E2CC1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>2,066</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>2,</w:t>
+            </w:r>
+            <w:r w:rsidR="00751914">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="0028183B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC732C" w:rsidRPr="003A1059" w14:paraId="2B856B07" w14:textId="77777777" w:rsidTr="004313F7">
+      <w:tr w:rsidR="00CC732C" w:rsidRPr="003A1059" w14:paraId="2B856B07" w14:textId="77777777" w:rsidTr="0077395A">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="23" w:type="dxa"/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4937" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D58BE33" w14:textId="3980A26F" w:rsidR="00CC732C" w:rsidRPr="003A1059" w:rsidRDefault="007E2CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Recovery Coach Specialist Staff</w:t>
             </w:r>
             <w:r w:rsidRPr="003A1059">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Add-on Rate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0085AA82" w14:textId="16C5FBEF" w:rsidR="00CC732C" w:rsidRPr="003A1059" w:rsidRDefault="007E2CC1" w:rsidP="00CC732C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22EAF9FF" w14:textId="5C8AC81F" w:rsidR="00CC732C" w:rsidRPr="003A1059" w:rsidRDefault="007E2CC1" w:rsidP="00CC732C">
+          <w:p w14:paraId="22EAF9FF" w14:textId="37037A38" w:rsidR="00CC732C" w:rsidRPr="003A1059" w:rsidRDefault="007E2CC1" w:rsidP="00CC732C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>$5</w:t>
-[...17 lines deleted...]
-              <w:t>168</w:t>
+              <w:t>$</w:t>
+            </w:r>
+            <w:r w:rsidR="00751914">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6,</w:t>
+            </w:r>
+            <w:r w:rsidR="0028183B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>045</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC732C" w:rsidRPr="003A1059" w14:paraId="30182096" w14:textId="77777777" w:rsidTr="004313F7">
+      <w:tr w:rsidR="00CC732C" w:rsidRPr="003A1059" w14:paraId="30182096" w14:textId="77777777" w:rsidTr="0077395A">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="23" w:type="dxa"/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4937" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="53C20B3B" w14:textId="0D1638F4" w:rsidR="00CC732C" w:rsidRPr="003A1059" w:rsidRDefault="007E2CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Recovery Coach Specialist Staff</w:t>
             </w:r>
             <w:r w:rsidRPr="003A1059">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Add-on Rate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5635CB2C" w14:textId="1FE6FF4E" w:rsidR="007E2CC1" w:rsidRPr="003A1059" w:rsidRDefault="007E2CC1" w:rsidP="007E2CC1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>0.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="68C030AC" w14:textId="40900D13" w:rsidR="00CC732C" w:rsidRPr="003A1059" w:rsidRDefault="007E2CC1" w:rsidP="00CC732C">
+          <w:p w14:paraId="68C030AC" w14:textId="1B747E94" w:rsidR="00CC732C" w:rsidRPr="003A1059" w:rsidRDefault="007E2CC1" w:rsidP="00CC732C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>$2,584</w:t>
+              <w:t>$</w:t>
+            </w:r>
+            <w:r w:rsidR="00751914">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3,0</w:t>
+            </w:r>
+            <w:r w:rsidR="0028183B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="30E6523B" w14:textId="77777777" w:rsidR="00CC732C" w:rsidRDefault="00CC732C" w:rsidP="00775569">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3CA0D334" w14:textId="5E53C831" w:rsidR="00FD47C2" w:rsidRPr="00723610" w:rsidRDefault="00FD47C2" w:rsidP="00CB05B8">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
@@ -22993,67 +24700,85 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Pay for Performance (P4P) Incentive Payments</w:t>
       </w:r>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">.  Subject to a </w:t>
+        <w:t xml:space="preserve">.  Subject to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00723610">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r w:rsidR="006224BC" w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">urchasing </w:t>
+        <w:t>urchasing</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00723610">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006224BC" w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>g</w:t>
       </w:r>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">overnmental </w:t>
       </w:r>
       <w:r w:rsidR="006224BC" w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
@@ -23365,51 +25090,51 @@
       <w:r w:rsidR="00FD47C2" w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ligible </w:t>
       </w:r>
       <w:r w:rsidR="00AD3728">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="00FD47C2" w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>rovider must</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="692E873E" w14:textId="77777777" w:rsidR="00FD47C2" w:rsidRPr="00723610" w:rsidRDefault="00457B75" w:rsidP="00457B75">
+    <w:p w14:paraId="1FF0C6A1" w14:textId="73C824DD" w:rsidR="000A792C" w:rsidRPr="00723610" w:rsidRDefault="00457B75" w:rsidP="00457B75">
       <w:pPr>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00FD47C2" w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  be an </w:t>
       </w:r>
       <w:r w:rsidR="00AD3728">
@@ -23596,51 +25321,51 @@
       <w:r w:rsidR="00FD47C2" w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">erformance </w:t>
       </w:r>
       <w:r w:rsidR="00472A0F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="00FD47C2" w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ndicator criteria during the date range for which performance is being measured.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="658B1F1E" w14:textId="17A9E60C" w:rsidR="00FD47C2" w:rsidRPr="00723610" w:rsidRDefault="00457B75" w:rsidP="00457B75">
+    <w:p w14:paraId="658B1F1E" w14:textId="780EC482" w:rsidR="00FD47C2" w:rsidRPr="00723610" w:rsidRDefault="00457B75" w:rsidP="00457B75">
       <w:pPr>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(c)</w:t>
       </w:r>
       <w:r w:rsidR="006224BC" w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -23859,51 +25584,51 @@
       <w:r w:rsidR="00B52408">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="008F31D0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)(c)</w:t>
       </w:r>
       <w:r w:rsidR="00FD47C2" w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2535A5DB" w14:textId="6BEB170D" w:rsidR="006224BC" w:rsidRPr="00723610" w:rsidRDefault="00457B75" w:rsidP="00723610">
+    <w:p w14:paraId="2535A5DB" w14:textId="6995AD8E" w:rsidR="006224BC" w:rsidRPr="00723610" w:rsidRDefault="00457B75" w:rsidP="00723610">
       <w:pPr>
         <w:pStyle w:val="CM69"/>
         <w:spacing w:after="0" w:line="280" w:lineRule="atLeast"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00FD47C2" w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
@@ -24593,61 +26318,72 @@
       <w:r w:rsidR="00FD47C2" w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> will receive anywhere from one to up to</w:t>
       </w:r>
       <w:r w:rsidR="00014874">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00FD47C2" w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> but less than</w:t>
+        <w:t xml:space="preserve"> but less </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00FD47C2" w:rsidRPr="00723610">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>than</w:t>
       </w:r>
       <w:r w:rsidR="00014874">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00FD47C2" w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009F60F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ten</w:t>
       </w:r>
       <w:r w:rsidR="009F60F1" w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -24733,58 +26469,58 @@
           <w:noProof/>
           <w:position w:val="-30"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:object w:dxaOrig="6360" w:dyaOrig="680" w14:anchorId="5B946916">
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
-          <v:shape id="_x0000_i1025" type="#_x0000_t75" alt="" style="width:318pt;height:33pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:ole="">
+          <v:shape id="_x0000_i1025" type="#_x0000_t75" alt="" style="width:318.1pt;height:34.4pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:ole="">
             <v:imagedata r:id="rId11" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1796188717" r:id="rId12"/>
+          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1825146841" r:id="rId12"/>
         </w:object>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70DB5CFE" w14:textId="532C4752" w:rsidR="00FD47C2" w:rsidRPr="00723610" w:rsidRDefault="00457B75" w:rsidP="004313F7">
+    <w:p w14:paraId="70DB5CFE" w14:textId="532C4752" w:rsidR="00FD47C2" w:rsidRPr="00723610" w:rsidRDefault="00457B75" w:rsidP="000344DD">
       <w:pPr>
         <w:pStyle w:val="CM69"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00FD47C2" w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
@@ -25001,54 +26737,54 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="11520E5F" w14:textId="77777777" w:rsidR="00FD47C2" w:rsidRPr="00723610" w:rsidRDefault="001052E4" w:rsidP="00CB05B8">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE5D14">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-30"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:object w:dxaOrig="7940" w:dyaOrig="680" w14:anchorId="67905F96">
-          <v:shape id="_x0000_i1026" type="#_x0000_t75" alt="" style="width:398pt;height:33pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:ole="">
+          <v:shape id="_x0000_i1026" type="#_x0000_t75" alt="" style="width:398.7pt;height:34.4pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:ole="">
             <v:imagedata r:id="rId13" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1026" DrawAspect="Content" ObjectID="_1796188718" r:id="rId14"/>
+          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1026" DrawAspect="Content" ObjectID="_1825146842" r:id="rId14"/>
         </w:object>
       </w:r>
     </w:p>
     <w:p w14:paraId="13FE17AC" w14:textId="77777777" w:rsidR="00FD47C2" w:rsidRPr="00723610" w:rsidRDefault="00FD47C2" w:rsidP="00CB05B8">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="15DEEE10" w14:textId="77777777" w:rsidR="00FD47C2" w:rsidRPr="00723610" w:rsidRDefault="00457B75" w:rsidP="00723610">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
@@ -25430,51 +27166,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1)  +  (Points Awarded Indicator 2)  + ………(Points Awarded Indicator N) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39868855" w14:textId="77777777" w:rsidR="00FD47C2" w:rsidRPr="00723610" w:rsidRDefault="00FD47C2" w:rsidP="00CB05B8">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="2160" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7928FA25" w14:textId="34E02C82" w:rsidR="00FD47C2" w:rsidRPr="00723610" w:rsidRDefault="00457B75" w:rsidP="00723610">
+    <w:p w14:paraId="7928FA25" w14:textId="2E300404" w:rsidR="00FD47C2" w:rsidRPr="00723610" w:rsidRDefault="00457B75" w:rsidP="00723610">
       <w:pPr>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="006224BC" w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:r w:rsidR="00FD47C2" w:rsidRPr="00723610">
@@ -25700,78 +27436,86 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00FD47C2" w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34115268" w14:textId="77777777" w:rsidR="00FD47C2" w:rsidRPr="00723610" w:rsidRDefault="00FD47C2" w:rsidP="00CB05B8">
       <w:pPr>
         <w:ind w:left="2160"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="17932817" w14:textId="77777777" w:rsidR="00FD47C2" w:rsidRPr="00723610" w:rsidRDefault="00FD47C2" w:rsidP="00CB05B8">
+    <w:p w14:paraId="17932817" w14:textId="4A1AC555" w:rsidR="00FD47C2" w:rsidRPr="00723610" w:rsidRDefault="00FD47C2" w:rsidP="00CB05B8">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00723610">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Potential Points  =   (Number of Performance Indicators for which a P4P Eligible Provider is Eligible)       X    10   </w:t>
+      <w:r w:rsidRPr="006C0115">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Potential Points = (Number of Performance Indicators for which a P4P Eligible Provider is Eligible)  X 10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00723610">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0375B8B3" w14:textId="77777777" w:rsidR="00FD47C2" w:rsidRPr="00723610" w:rsidRDefault="00FD47C2" w:rsidP="00CB05B8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="563B634C" w14:textId="77777777" w:rsidR="00FD47C2" w:rsidRDefault="00457B75" w:rsidP="004313F7">
+    <w:p w14:paraId="563B634C" w14:textId="77777777" w:rsidR="00FD47C2" w:rsidRDefault="00457B75" w:rsidP="000344DD">
       <w:pPr>
         <w:pStyle w:val="CM72"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00FD47C2" w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
@@ -26024,67 +27768,85 @@
       </w:r>
       <w:r w:rsidR="00FD47C2" w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The per client payment amount is determined as follows.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FD47C2" w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">The per client payment amount is determined by dividing the aggregate dollar figure determined by the </w:t>
+        <w:t xml:space="preserve">The per client payment amount is determined by dividing the aggregate dollar figure determined by </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00FD47C2" w:rsidRPr="00723610">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="006D739D" w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="00FD47C2" w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">urchasing </w:t>
+        <w:t>urchasing</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00FD47C2" w:rsidRPr="00723610">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006D739D" w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>g</w:t>
       </w:r>
       <w:r w:rsidR="00FD47C2" w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">overnmental </w:t>
       </w:r>
       <w:r w:rsidR="006D739D" w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
@@ -26227,51 +27989,87 @@
       </w:r>
       <w:r w:rsidR="00CE5D14">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="00FD47C2" w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>lients</w:t>
       </w:r>
       <w:r w:rsidR="00FD47C2" w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">.  The statewide adjusted clients figure is calculated by summing over all P4P </w:t>
+        <w:t xml:space="preserve">.  The statewide adjusted </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00FD47C2" w:rsidRPr="00723610">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>clients</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00FD47C2" w:rsidRPr="00723610">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> figure is calculated by summing </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00FD47C2" w:rsidRPr="00723610">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>over</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00FD47C2" w:rsidRPr="00723610">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> all P4P </w:t>
       </w:r>
       <w:r w:rsidR="00CE5D14">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="00FD47C2" w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ligible </w:t>
       </w:r>
       <w:r w:rsidR="00CE5D14">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
@@ -26291,51 +28089,69 @@
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="00FD47C2" w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ligible </w:t>
       </w:r>
       <w:r w:rsidR="00CE5D14">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="00FD47C2" w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">rovider’s adjusted clients number.  </w:t>
+        <w:t xml:space="preserve">rovider’s adjusted </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00FD47C2" w:rsidRPr="00723610">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>clients</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00FD47C2" w:rsidRPr="00723610">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> number.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2976302B" w14:textId="77777777" w:rsidR="00FD47C2" w:rsidRPr="00723610" w:rsidRDefault="00FD47C2" w:rsidP="00CB05B8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3622A103" w14:textId="77777777" w:rsidR="00FD47C2" w:rsidRPr="00723610" w:rsidRDefault="00FD47C2" w:rsidP="00CB05B8">
       <w:pPr>
         <w:ind w:left="3600" w:hanging="2880"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -26487,50 +28303,60 @@
       </w:r>
       <w:r w:rsidR="00FD47C2" w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">erformance </w:t>
       </w:r>
       <w:r w:rsidR="00CE5D14">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00FD47C2" w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>core to derive the “adjusted clients” figure.</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="3E651C74" w14:textId="77777777" w:rsidR="00C32A02" w:rsidRPr="00723610" w:rsidRDefault="00C32A02" w:rsidP="00723610">
+      <w:pPr>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="05567D55" w14:textId="77777777" w:rsidR="00AF03D5" w:rsidRPr="00723610" w:rsidRDefault="00457B75" w:rsidP="00723610">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(e)</w:t>
       </w:r>
       <w:r w:rsidR="006E50B9" w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
@@ -26606,51 +28432,51 @@
       <w:r w:rsidR="00FD47C2" w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">erformance </w:t>
       </w:r>
       <w:r w:rsidR="00472A0F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="00FD47C2" w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ndicator incentive payment is calculated as the product of</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6212DAC7" w14:textId="211998B0" w:rsidR="00AF03D5" w:rsidRPr="00723610" w:rsidRDefault="00457B75" w:rsidP="00723610">
+    <w:p w14:paraId="6212DAC7" w14:textId="0316E8B8" w:rsidR="00AF03D5" w:rsidRPr="00723610" w:rsidRDefault="00457B75" w:rsidP="00723610">
       <w:pPr>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00F8485E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00AF03D5" w:rsidRPr="00723610">
@@ -26819,51 +28645,51 @@
       <w:r w:rsidR="00FD47C2" w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ligible </w:t>
       </w:r>
       <w:r w:rsidR="00CE5D14">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="00FD47C2" w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">rovider clients served during the measurement period; and </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6238403E" w14:textId="476BB27C" w:rsidR="00FD47C2" w:rsidRPr="00723610" w:rsidRDefault="00457B75" w:rsidP="00723610">
+    <w:p w14:paraId="6238403E" w14:textId="2FCD62EC" w:rsidR="00FD47C2" w:rsidRPr="00723610" w:rsidRDefault="00457B75" w:rsidP="00723610">
       <w:pPr>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00F8485E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00AF03D5" w:rsidRPr="00723610">
@@ -26927,51 +28753,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(d)</w:t>
       </w:r>
       <w:r w:rsidR="00AF03D5" w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2305863B" w14:textId="77777777" w:rsidR="00FD47C2" w:rsidRPr="00723610" w:rsidRDefault="00FD47C2" w:rsidP="00CB05B8">
       <w:pPr>
         <w:ind w:left="1800"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="25FB5B01" w14:textId="02BE7B76" w:rsidR="00FD47C2" w:rsidRPr="00723610" w:rsidRDefault="00FD47C2" w:rsidP="00CB05B8">
+    <w:p w14:paraId="25FB5B01" w14:textId="696D1D18" w:rsidR="00FD47C2" w:rsidRPr="00723610" w:rsidRDefault="00FD47C2" w:rsidP="00CB05B8">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P4P Eligible Provider Total Performance Indicator Payment Amount = (P4P Eligible Provider Performance Score) x (number of P4P Eligible Provider clients served) x (Per </w:t>
       </w:r>
       <w:r w:rsidR="00487017">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Client</w:t>
       </w:r>
@@ -26981,51 +28807,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Payment Amount)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36DEF979" w14:textId="77777777" w:rsidR="00FD47C2" w:rsidRPr="00723610" w:rsidRDefault="00FD47C2" w:rsidP="00CB05B8">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="54B926B5" w14:textId="74BB85C0" w:rsidR="00282894" w:rsidRDefault="00F737CB" w:rsidP="00F737CB">
+    <w:p w14:paraId="54B926B5" w14:textId="00112793" w:rsidR="00282894" w:rsidRDefault="00F737CB" w:rsidP="00F737CB">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>7</w:t>
@@ -27127,51 +28953,67 @@
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="008E32F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00282894">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The publicly assisted client mix factor </w:t>
       </w:r>
       <w:r w:rsidR="00C91D25">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">described in 101 CMR 346.04(7) is effective for dates of service on and after January 1, 2024, and </w:t>
+        <w:t xml:space="preserve">described in 101 CMR 346.04(7) is effective for dates of service on and after </w:t>
+      </w:r>
+      <w:r w:rsidR="00091079">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>July 1, 2025</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91D25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and </w:t>
       </w:r>
       <w:r w:rsidR="004F479F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">applies </w:t>
       </w:r>
       <w:r w:rsidR="001935D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>as described in 101 CMR 346.0</w:t>
       </w:r>
       <w:r w:rsidR="002F3C7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>4(7)(a) through (d)</w:t>
       </w:r>
@@ -27846,51 +29688,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1.  Base Rate: </w:t>
       </w:r>
       <w:r w:rsidR="00750DCA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>the rate established at 101 CMR 346.04(5)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F0041D0" w14:textId="6E37AF26" w:rsidR="00282894" w:rsidRDefault="004F479F" w:rsidP="004F479F">
+    <w:p w14:paraId="7F0041D0" w14:textId="6B5AC08F" w:rsidR="00282894" w:rsidRDefault="004F479F" w:rsidP="004F479F">
       <w:pPr>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2.  </w:t>
       </w:r>
       <w:r w:rsidR="00282894">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Tier 1</w:t>
       </w:r>
       <w:r w:rsidR="00A01E22">
@@ -27965,62 +29807,62 @@
         </w:rPr>
         <w:t>ate</w:t>
       </w:r>
       <w:r w:rsidR="00282894">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> multiplied by a </w:t>
       </w:r>
       <w:r w:rsidR="00A01E22">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">publicly assisted client mix </w:t>
       </w:r>
       <w:r w:rsidR="00282894">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>factor of 1.1</w:t>
-[...7 lines deleted...]
-        <w:t>0</w:t>
+        <w:t>factor of 1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00091079">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>05</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D2C6224" w14:textId="2EAAFC2D" w:rsidR="004F479F" w:rsidRDefault="004F479F" w:rsidP="00B14794">
+    <w:p w14:paraId="0D2C6224" w14:textId="139A2F6E" w:rsidR="004F479F" w:rsidRDefault="004F479F" w:rsidP="00B14794">
       <w:pPr>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3.  Tier 2</w:t>
       </w:r>
       <w:r w:rsidR="00A01E22">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Rate</w:t>
       </w:r>
       <w:r>
@@ -28079,51 +29921,59 @@
         </w:rPr>
         <w:t>ate</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> multiplied by a </w:t>
       </w:r>
       <w:r w:rsidR="00A01E22">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">publicly assisted client mix factor </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>of 1.15</w:t>
+        <w:t>of 1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00091079">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>07</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7142C8B6" w14:textId="7EB330E0" w:rsidR="00282894" w:rsidRDefault="00282894" w:rsidP="00282894">
       <w:pPr>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(c)  </w:t>
       </w:r>
       <w:r w:rsidR="004F479F" w:rsidRPr="00B14794">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
@@ -28692,51 +30542,51 @@
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Severability </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0938EC6A" w14:textId="77777777" w:rsidR="00FD47C2" w:rsidRPr="00723610" w:rsidRDefault="00FD47C2" w:rsidP="00CB05B8">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="67D24CD0" w14:textId="6093135D" w:rsidR="00FD47C2" w:rsidRPr="00723610" w:rsidRDefault="00FD47C2" w:rsidP="004313F7">
+    <w:p w14:paraId="67D24CD0" w14:textId="1A01FFC2" w:rsidR="00FD47C2" w:rsidRPr="00723610" w:rsidRDefault="00FD47C2" w:rsidP="000344DD">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720" w:firstLine="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00723610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The provisions of 101 CMR 346.00 are severable. If any provision of 101 CMR 346.00 or application of </w:t>
       </w:r>
       <w:r w:rsidR="003E748A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -28980,124 +30830,124 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00FD47C2" w:rsidRPr="00723610" w:rsidSect="00536C16">
       <w:headerReference w:type="default" r:id="rId15"/>
       <w:footerReference w:type="default" r:id="rId16"/>
       <w:endnotePr>
         <w:numFmt w:val="decimal"/>
       </w:endnotePr>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:paperSrc w:first="260" w:other="260"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1CEAF595" w14:textId="77777777" w:rsidR="001F6FDE" w:rsidRDefault="001F6FDE">
+    <w:p w14:paraId="49AEC2B6" w14:textId="77777777" w:rsidR="00DB211B" w:rsidRDefault="00DB211B">
       <w:pPr>
         <w:spacing w:line="20" w:lineRule="exact"/>
       </w:pPr>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="20A1CFB7" w14:textId="77777777" w:rsidR="001F6FDE" w:rsidRDefault="001F6FDE">
+    <w:p w14:paraId="087658B5" w14:textId="77777777" w:rsidR="00DB211B" w:rsidRDefault="00DB211B">
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="75CCB530" w14:textId="77777777" w:rsidR="001F6FDE" w:rsidRDefault="001F6FDE">
+    <w:p w14:paraId="10492B03" w14:textId="77777777" w:rsidR="00DB211B" w:rsidRDefault="00DB211B">
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7AF6B241" w14:textId="77777777" w:rsidR="0037731A" w:rsidRDefault="0037731A">
     <w:pPr>
       <w:spacing w:before="140" w:line="100" w:lineRule="exact"/>
       <w:rPr>
         <w:sz w:val="10"/>
         <w:szCs w:val="10"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="6521663D" w14:textId="77777777" w:rsidR="0037731A" w:rsidRDefault="0037731A">
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="4D5C3176" w14:textId="2F3A2718" w:rsidR="0037731A" w:rsidRDefault="0037731A">
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="34CEE6F5" wp14:editId="2AC6FF3A">
               <wp:simplePos x="0" y="0"/>
@@ -29293,149 +31143,157 @@
                       <w:t>6</w:t>
                     </w:r>
                     <w:r w:rsidRPr="00FB669C">
                       <w:rPr>
                         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                         <w:spacing w:val="-3"/>
                         <w:sz w:val="22"/>
                         <w:szCs w:val="22"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="584E1B36" w14:textId="77777777" w:rsidR="001F6FDE" w:rsidRDefault="001F6FDE">
+    <w:p w14:paraId="41652B1F" w14:textId="77777777" w:rsidR="00DB211B" w:rsidRDefault="00DB211B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="329110DE" w14:textId="77777777" w:rsidR="001F6FDE" w:rsidRDefault="001F6FDE">
+    <w:p w14:paraId="25B0516C" w14:textId="77777777" w:rsidR="00DB211B" w:rsidRDefault="00DB211B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0BBFF47D" w14:textId="77777777" w:rsidR="001F6FDE" w:rsidRDefault="001F6FDE"/>
+    <w:p w14:paraId="7556F245" w14:textId="77777777" w:rsidR="00DB211B" w:rsidRDefault="00DB211B"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="0F15DDB5" w14:textId="61A93D2B" w:rsidR="0037731A" w:rsidRDefault="00EA1BCF">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0F15DDB5" w14:textId="14CC52B2" w:rsidR="0037731A" w:rsidRDefault="003D067F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">Final </w:t>
+      <w:t>Final</w:t>
     </w:r>
-    <w:r w:rsidR="005861A9">
+    <w:r w:rsidR="00E84A44">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="004B017B">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>Adoption</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="65C972CF" w14:textId="2E5A466B" w:rsidR="00FF67B8" w:rsidRPr="00FB669C" w:rsidRDefault="00AF17EC">
+  <w:p w14:paraId="65C972CF" w14:textId="1D1A3DA5" w:rsidR="00FF67B8" w:rsidRPr="00FB669C" w:rsidRDefault="00AF17EC">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve">Date </w:t>
     </w:r>
-    <w:r w:rsidR="005861A9">
+    <w:r w:rsidR="003D067F">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>Published in Mass. Register</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve">: </w:t>
     </w:r>
-    <w:r w:rsidR="00C05BB9">
+    <w:r w:rsidR="00857F99">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="003E6570">
+    <w:r w:rsidR="00D82AD0">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t>January 3, 2025</w:t>
+      <w:t>December 5, 2025</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="54E71616" w14:textId="77777777" w:rsidR="0037731A" w:rsidRDefault="0037731A">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="40471FB6" w14:textId="77777777" w:rsidR="0037731A" w:rsidRPr="00FB669C" w:rsidRDefault="0037731A" w:rsidP="00E43CA6">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00FB669C">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="22"/>
@@ -29467,51 +31325,51 @@
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00FB669C">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:spacing w:val="-3"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>101 CMR 346.00:  RATES FOR CERTAIN SUBSTANCE-RELATED AND ADDICTIVE DISORDERS PROGRAMS</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="7AB91B9B" w14:textId="77777777" w:rsidR="0037731A" w:rsidRDefault="0037731A" w:rsidP="00E43CA6">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="04877164"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F348AAB2"/>
     <w:lvl w:ilvl="0" w:tplc="A5983440">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="-540"/>
         </w:tabs>
         <w:ind w:left="-540" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -30628,1153 +32486,1212 @@
   <w:num w:numId="6" w16cid:durableId="1124080849">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="174468826">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="860506374">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1868177912">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="257715131">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="31195451">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="178471654">
     <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="70"/>
   <w:embedSystemFonts/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="950"/>
   <w:doNotHyphenateCaps/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2052"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:numFmt w:val="decimal"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B54110"/>
     <w:rsid w:val="00001596"/>
     <w:rsid w:val="000038AD"/>
     <w:rsid w:val="00006AC6"/>
     <w:rsid w:val="00011C71"/>
     <w:rsid w:val="00014874"/>
     <w:rsid w:val="0001783E"/>
     <w:rsid w:val="00020A89"/>
     <w:rsid w:val="000211A6"/>
     <w:rsid w:val="00022B11"/>
+    <w:rsid w:val="00024A2D"/>
     <w:rsid w:val="00025358"/>
     <w:rsid w:val="00025D9E"/>
     <w:rsid w:val="000301C0"/>
     <w:rsid w:val="00032370"/>
+    <w:rsid w:val="000344DD"/>
     <w:rsid w:val="00035BF4"/>
     <w:rsid w:val="00035FD8"/>
     <w:rsid w:val="00036C02"/>
     <w:rsid w:val="000371FF"/>
     <w:rsid w:val="0004098D"/>
     <w:rsid w:val="000423A3"/>
     <w:rsid w:val="000455E4"/>
     <w:rsid w:val="00045ABA"/>
     <w:rsid w:val="00046C75"/>
     <w:rsid w:val="00046D66"/>
     <w:rsid w:val="00047911"/>
     <w:rsid w:val="00047AD2"/>
     <w:rsid w:val="00047C17"/>
     <w:rsid w:val="00047EB5"/>
     <w:rsid w:val="00050DAD"/>
     <w:rsid w:val="00054208"/>
     <w:rsid w:val="000556D0"/>
+    <w:rsid w:val="000566F9"/>
     <w:rsid w:val="00057C81"/>
     <w:rsid w:val="00057DD0"/>
     <w:rsid w:val="000608D5"/>
     <w:rsid w:val="00060CEA"/>
     <w:rsid w:val="00061EE4"/>
     <w:rsid w:val="000626C9"/>
     <w:rsid w:val="00063FBA"/>
     <w:rsid w:val="000652C9"/>
     <w:rsid w:val="00066B2C"/>
     <w:rsid w:val="00072C84"/>
     <w:rsid w:val="00073082"/>
+    <w:rsid w:val="00073D6F"/>
     <w:rsid w:val="00077DB2"/>
     <w:rsid w:val="00080762"/>
     <w:rsid w:val="00082EF1"/>
     <w:rsid w:val="00083104"/>
     <w:rsid w:val="00083FED"/>
     <w:rsid w:val="00084636"/>
     <w:rsid w:val="000847B9"/>
     <w:rsid w:val="00084949"/>
     <w:rsid w:val="00084A1E"/>
     <w:rsid w:val="00087DC8"/>
     <w:rsid w:val="00090542"/>
     <w:rsid w:val="00090C64"/>
+    <w:rsid w:val="00091079"/>
     <w:rsid w:val="00092218"/>
     <w:rsid w:val="00092F16"/>
     <w:rsid w:val="00095D7A"/>
     <w:rsid w:val="00096DBB"/>
     <w:rsid w:val="000A0438"/>
+    <w:rsid w:val="000A063C"/>
     <w:rsid w:val="000A0819"/>
     <w:rsid w:val="000A0A01"/>
     <w:rsid w:val="000A43E5"/>
     <w:rsid w:val="000A6394"/>
     <w:rsid w:val="000A6DDE"/>
+    <w:rsid w:val="000A792C"/>
     <w:rsid w:val="000A7B23"/>
     <w:rsid w:val="000B1B5F"/>
     <w:rsid w:val="000B1FED"/>
     <w:rsid w:val="000B2229"/>
     <w:rsid w:val="000B3E1E"/>
     <w:rsid w:val="000B4043"/>
     <w:rsid w:val="000C0640"/>
     <w:rsid w:val="000C2398"/>
     <w:rsid w:val="000C23EA"/>
     <w:rsid w:val="000C35B8"/>
     <w:rsid w:val="000C59B5"/>
     <w:rsid w:val="000C59C0"/>
     <w:rsid w:val="000C5E4D"/>
     <w:rsid w:val="000C68AA"/>
     <w:rsid w:val="000D07B8"/>
     <w:rsid w:val="000D08CD"/>
     <w:rsid w:val="000D13AA"/>
     <w:rsid w:val="000D1492"/>
     <w:rsid w:val="000D3DB7"/>
     <w:rsid w:val="000D51F4"/>
+    <w:rsid w:val="000D7799"/>
     <w:rsid w:val="000E0068"/>
     <w:rsid w:val="000E162D"/>
     <w:rsid w:val="000E243B"/>
     <w:rsid w:val="000E2B5E"/>
     <w:rsid w:val="000E4A49"/>
     <w:rsid w:val="000E5AD9"/>
     <w:rsid w:val="000E64E6"/>
     <w:rsid w:val="000E6F97"/>
     <w:rsid w:val="000E7AB5"/>
     <w:rsid w:val="000F0A73"/>
     <w:rsid w:val="000F53B5"/>
     <w:rsid w:val="000F58B9"/>
     <w:rsid w:val="000F6E3E"/>
+    <w:rsid w:val="001008E3"/>
+    <w:rsid w:val="001012A6"/>
     <w:rsid w:val="0010197F"/>
     <w:rsid w:val="00102097"/>
     <w:rsid w:val="00102CA8"/>
     <w:rsid w:val="0010360C"/>
     <w:rsid w:val="00103B13"/>
     <w:rsid w:val="001052E4"/>
     <w:rsid w:val="001063E1"/>
     <w:rsid w:val="00110776"/>
     <w:rsid w:val="00113383"/>
     <w:rsid w:val="001150BC"/>
     <w:rsid w:val="00116561"/>
     <w:rsid w:val="00116849"/>
     <w:rsid w:val="0011701E"/>
     <w:rsid w:val="00120100"/>
     <w:rsid w:val="0012131C"/>
     <w:rsid w:val="00125664"/>
     <w:rsid w:val="00126A15"/>
     <w:rsid w:val="00131B79"/>
     <w:rsid w:val="00132170"/>
     <w:rsid w:val="00132D55"/>
+    <w:rsid w:val="00133133"/>
     <w:rsid w:val="001340E1"/>
     <w:rsid w:val="00137630"/>
     <w:rsid w:val="001401D6"/>
     <w:rsid w:val="001449A4"/>
     <w:rsid w:val="001461EE"/>
     <w:rsid w:val="00150B64"/>
     <w:rsid w:val="0015298D"/>
     <w:rsid w:val="00155D79"/>
     <w:rsid w:val="00155FBD"/>
     <w:rsid w:val="00156F64"/>
     <w:rsid w:val="00157F97"/>
     <w:rsid w:val="001633D1"/>
     <w:rsid w:val="00163A77"/>
     <w:rsid w:val="00164585"/>
     <w:rsid w:val="00164F8D"/>
+    <w:rsid w:val="00176271"/>
+    <w:rsid w:val="001831B7"/>
     <w:rsid w:val="00184629"/>
     <w:rsid w:val="00185AD0"/>
     <w:rsid w:val="00185AF8"/>
     <w:rsid w:val="00185AFF"/>
     <w:rsid w:val="00185BC4"/>
     <w:rsid w:val="001867B2"/>
     <w:rsid w:val="00186EE9"/>
+    <w:rsid w:val="00187F41"/>
     <w:rsid w:val="00191CFD"/>
     <w:rsid w:val="00192626"/>
     <w:rsid w:val="00192F81"/>
     <w:rsid w:val="001935D7"/>
     <w:rsid w:val="001A02A1"/>
     <w:rsid w:val="001A2349"/>
     <w:rsid w:val="001A312F"/>
     <w:rsid w:val="001A4A69"/>
     <w:rsid w:val="001A4C56"/>
     <w:rsid w:val="001A57BE"/>
     <w:rsid w:val="001A61D7"/>
     <w:rsid w:val="001A77F3"/>
     <w:rsid w:val="001B0142"/>
     <w:rsid w:val="001B05DC"/>
     <w:rsid w:val="001B094C"/>
     <w:rsid w:val="001B1487"/>
     <w:rsid w:val="001B1B53"/>
     <w:rsid w:val="001B3FD6"/>
     <w:rsid w:val="001B4FD0"/>
     <w:rsid w:val="001B7A00"/>
+    <w:rsid w:val="001B7CA8"/>
     <w:rsid w:val="001C0B48"/>
     <w:rsid w:val="001C1BD4"/>
     <w:rsid w:val="001C3D94"/>
     <w:rsid w:val="001C3E3F"/>
     <w:rsid w:val="001C4810"/>
     <w:rsid w:val="001C4E20"/>
     <w:rsid w:val="001C5C84"/>
     <w:rsid w:val="001C5E29"/>
     <w:rsid w:val="001C7D1F"/>
     <w:rsid w:val="001D1825"/>
     <w:rsid w:val="001D3951"/>
     <w:rsid w:val="001D3AE1"/>
     <w:rsid w:val="001D4EEC"/>
     <w:rsid w:val="001D6B0E"/>
     <w:rsid w:val="001E046A"/>
     <w:rsid w:val="001E0AFF"/>
+    <w:rsid w:val="001E32BC"/>
     <w:rsid w:val="001E3A4F"/>
     <w:rsid w:val="001E510F"/>
     <w:rsid w:val="001E7EE4"/>
     <w:rsid w:val="001F0C23"/>
     <w:rsid w:val="001F1771"/>
     <w:rsid w:val="001F45DF"/>
     <w:rsid w:val="001F5A4A"/>
-    <w:rsid w:val="001F6FDE"/>
     <w:rsid w:val="002003B4"/>
     <w:rsid w:val="002011D5"/>
     <w:rsid w:val="002013EE"/>
     <w:rsid w:val="00201DCA"/>
     <w:rsid w:val="00201E1C"/>
     <w:rsid w:val="00202A43"/>
     <w:rsid w:val="00206860"/>
     <w:rsid w:val="00207B66"/>
     <w:rsid w:val="00210576"/>
     <w:rsid w:val="00213222"/>
     <w:rsid w:val="002160DB"/>
     <w:rsid w:val="00217018"/>
     <w:rsid w:val="00220CFB"/>
     <w:rsid w:val="00222A4B"/>
     <w:rsid w:val="00224F13"/>
     <w:rsid w:val="00225A69"/>
     <w:rsid w:val="002321B3"/>
     <w:rsid w:val="00234878"/>
     <w:rsid w:val="00234D89"/>
     <w:rsid w:val="00235737"/>
+    <w:rsid w:val="002365F1"/>
     <w:rsid w:val="002454CF"/>
     <w:rsid w:val="00247A26"/>
     <w:rsid w:val="00252828"/>
     <w:rsid w:val="002532D3"/>
     <w:rsid w:val="002534A2"/>
     <w:rsid w:val="00260380"/>
     <w:rsid w:val="00260470"/>
     <w:rsid w:val="00261861"/>
     <w:rsid w:val="00264A2E"/>
     <w:rsid w:val="00266E3E"/>
     <w:rsid w:val="002704B8"/>
     <w:rsid w:val="00275980"/>
     <w:rsid w:val="00280692"/>
     <w:rsid w:val="002810A0"/>
+    <w:rsid w:val="0028183B"/>
     <w:rsid w:val="00281DD1"/>
     <w:rsid w:val="00282894"/>
     <w:rsid w:val="00283815"/>
     <w:rsid w:val="00283A60"/>
     <w:rsid w:val="00284B90"/>
     <w:rsid w:val="00285807"/>
     <w:rsid w:val="002870C6"/>
     <w:rsid w:val="00287E6A"/>
     <w:rsid w:val="0029138D"/>
+    <w:rsid w:val="00292AB6"/>
     <w:rsid w:val="00293C60"/>
     <w:rsid w:val="00293F1F"/>
+    <w:rsid w:val="002959CC"/>
     <w:rsid w:val="00296026"/>
     <w:rsid w:val="00296B3E"/>
     <w:rsid w:val="00296E19"/>
     <w:rsid w:val="002A1A5F"/>
     <w:rsid w:val="002A1F90"/>
     <w:rsid w:val="002A281D"/>
     <w:rsid w:val="002A4983"/>
     <w:rsid w:val="002A55A2"/>
-    <w:rsid w:val="002A6DCB"/>
     <w:rsid w:val="002A7946"/>
     <w:rsid w:val="002A7E86"/>
     <w:rsid w:val="002B0089"/>
     <w:rsid w:val="002B13FE"/>
     <w:rsid w:val="002B369D"/>
+    <w:rsid w:val="002B3780"/>
     <w:rsid w:val="002B45A1"/>
     <w:rsid w:val="002B5DD6"/>
     <w:rsid w:val="002B5ED1"/>
     <w:rsid w:val="002B641A"/>
     <w:rsid w:val="002C2EDC"/>
+    <w:rsid w:val="002C405A"/>
     <w:rsid w:val="002C5027"/>
+    <w:rsid w:val="002D7BCC"/>
     <w:rsid w:val="002E10DF"/>
     <w:rsid w:val="002E12AF"/>
     <w:rsid w:val="002E33D7"/>
     <w:rsid w:val="002E7FAE"/>
     <w:rsid w:val="002F02ED"/>
     <w:rsid w:val="002F1E52"/>
     <w:rsid w:val="002F3C7F"/>
     <w:rsid w:val="002F46CA"/>
     <w:rsid w:val="002F577A"/>
     <w:rsid w:val="00301DC4"/>
     <w:rsid w:val="00302820"/>
     <w:rsid w:val="00303124"/>
     <w:rsid w:val="003066B9"/>
     <w:rsid w:val="00310EBD"/>
     <w:rsid w:val="00311F9F"/>
     <w:rsid w:val="00312AD0"/>
     <w:rsid w:val="0031303E"/>
     <w:rsid w:val="0032061A"/>
     <w:rsid w:val="0032093D"/>
     <w:rsid w:val="00320ED8"/>
     <w:rsid w:val="00322056"/>
     <w:rsid w:val="00323D0D"/>
     <w:rsid w:val="00327ABB"/>
     <w:rsid w:val="00330344"/>
     <w:rsid w:val="00330CD1"/>
     <w:rsid w:val="0033115C"/>
     <w:rsid w:val="0033117E"/>
     <w:rsid w:val="00331546"/>
     <w:rsid w:val="00331F9B"/>
     <w:rsid w:val="0033296F"/>
     <w:rsid w:val="00333733"/>
     <w:rsid w:val="00333899"/>
     <w:rsid w:val="00335A02"/>
     <w:rsid w:val="003361F1"/>
     <w:rsid w:val="00336FAB"/>
     <w:rsid w:val="00337608"/>
     <w:rsid w:val="00337660"/>
     <w:rsid w:val="003430A4"/>
     <w:rsid w:val="0034488B"/>
     <w:rsid w:val="003450EC"/>
     <w:rsid w:val="003474F5"/>
     <w:rsid w:val="00350989"/>
     <w:rsid w:val="003529AC"/>
     <w:rsid w:val="0035461A"/>
     <w:rsid w:val="00361778"/>
     <w:rsid w:val="00361DC8"/>
     <w:rsid w:val="00362B2C"/>
     <w:rsid w:val="00362F2B"/>
     <w:rsid w:val="00363EF5"/>
+    <w:rsid w:val="00370FA8"/>
     <w:rsid w:val="00371FE4"/>
     <w:rsid w:val="00372041"/>
     <w:rsid w:val="00372733"/>
     <w:rsid w:val="00374135"/>
     <w:rsid w:val="00375E5C"/>
     <w:rsid w:val="003769D7"/>
     <w:rsid w:val="0037731A"/>
     <w:rsid w:val="0038043A"/>
     <w:rsid w:val="00380B05"/>
     <w:rsid w:val="00380D68"/>
     <w:rsid w:val="00381012"/>
     <w:rsid w:val="003813E0"/>
     <w:rsid w:val="00382884"/>
     <w:rsid w:val="003867FA"/>
     <w:rsid w:val="00391191"/>
     <w:rsid w:val="003939A0"/>
     <w:rsid w:val="00395541"/>
     <w:rsid w:val="00395BB9"/>
     <w:rsid w:val="003978C9"/>
     <w:rsid w:val="003A0A24"/>
     <w:rsid w:val="003A1059"/>
+    <w:rsid w:val="003A46E6"/>
     <w:rsid w:val="003A52A8"/>
     <w:rsid w:val="003A569E"/>
     <w:rsid w:val="003A5D57"/>
     <w:rsid w:val="003A6CF9"/>
     <w:rsid w:val="003A6D0D"/>
     <w:rsid w:val="003B061C"/>
     <w:rsid w:val="003B0C8F"/>
     <w:rsid w:val="003B0E15"/>
     <w:rsid w:val="003B14FD"/>
     <w:rsid w:val="003B2B2D"/>
-    <w:rsid w:val="003B5CD5"/>
-    <w:rsid w:val="003B5F21"/>
+    <w:rsid w:val="003B5EF1"/>
     <w:rsid w:val="003B6E74"/>
     <w:rsid w:val="003B76DC"/>
-    <w:rsid w:val="003C0A53"/>
     <w:rsid w:val="003C0ADB"/>
     <w:rsid w:val="003C18B6"/>
     <w:rsid w:val="003C22FD"/>
     <w:rsid w:val="003C2752"/>
+    <w:rsid w:val="003C4F3C"/>
     <w:rsid w:val="003C57C3"/>
     <w:rsid w:val="003C5A54"/>
     <w:rsid w:val="003C7F35"/>
     <w:rsid w:val="003D0515"/>
+    <w:rsid w:val="003D067F"/>
     <w:rsid w:val="003D1914"/>
     <w:rsid w:val="003D511F"/>
-    <w:rsid w:val="003D5B70"/>
     <w:rsid w:val="003D7159"/>
     <w:rsid w:val="003D763A"/>
     <w:rsid w:val="003E0A7C"/>
     <w:rsid w:val="003E0EAE"/>
     <w:rsid w:val="003E1591"/>
     <w:rsid w:val="003E1B3A"/>
     <w:rsid w:val="003E3FBC"/>
     <w:rsid w:val="003E4131"/>
     <w:rsid w:val="003E5EBA"/>
     <w:rsid w:val="003E6476"/>
-    <w:rsid w:val="003E6570"/>
     <w:rsid w:val="003E7478"/>
     <w:rsid w:val="003E748A"/>
     <w:rsid w:val="003F0F28"/>
     <w:rsid w:val="003F2119"/>
     <w:rsid w:val="003F3CB1"/>
     <w:rsid w:val="003F517C"/>
     <w:rsid w:val="003F5CC1"/>
-    <w:rsid w:val="003F6075"/>
     <w:rsid w:val="003F7326"/>
     <w:rsid w:val="003F771D"/>
     <w:rsid w:val="003F7BC5"/>
-    <w:rsid w:val="00400867"/>
     <w:rsid w:val="00400EDC"/>
     <w:rsid w:val="00402D38"/>
     <w:rsid w:val="004038BA"/>
     <w:rsid w:val="004060C1"/>
-    <w:rsid w:val="00410C45"/>
+    <w:rsid w:val="004155B9"/>
     <w:rsid w:val="00415D47"/>
     <w:rsid w:val="004162B6"/>
     <w:rsid w:val="004213F9"/>
     <w:rsid w:val="004244DB"/>
     <w:rsid w:val="00425A7F"/>
     <w:rsid w:val="00426992"/>
     <w:rsid w:val="00430C4A"/>
     <w:rsid w:val="00430F67"/>
-    <w:rsid w:val="004313F7"/>
     <w:rsid w:val="00431D65"/>
     <w:rsid w:val="00435365"/>
     <w:rsid w:val="004366EE"/>
     <w:rsid w:val="00436B54"/>
     <w:rsid w:val="0044087D"/>
     <w:rsid w:val="00442534"/>
     <w:rsid w:val="00443881"/>
     <w:rsid w:val="004461C8"/>
     <w:rsid w:val="004465EA"/>
     <w:rsid w:val="0045414F"/>
     <w:rsid w:val="004552EC"/>
     <w:rsid w:val="00456F92"/>
     <w:rsid w:val="00457B75"/>
     <w:rsid w:val="0046090B"/>
     <w:rsid w:val="00461A2E"/>
     <w:rsid w:val="00463A57"/>
+    <w:rsid w:val="004640E0"/>
     <w:rsid w:val="00465B36"/>
     <w:rsid w:val="00465B69"/>
     <w:rsid w:val="004661EE"/>
     <w:rsid w:val="004670CC"/>
     <w:rsid w:val="00472A0F"/>
     <w:rsid w:val="0047457B"/>
+    <w:rsid w:val="00474941"/>
     <w:rsid w:val="004764EE"/>
+    <w:rsid w:val="0047777E"/>
     <w:rsid w:val="004814DA"/>
     <w:rsid w:val="00481A65"/>
     <w:rsid w:val="0048255F"/>
     <w:rsid w:val="00482998"/>
     <w:rsid w:val="00486D40"/>
     <w:rsid w:val="00487017"/>
     <w:rsid w:val="004907EF"/>
     <w:rsid w:val="0049207D"/>
     <w:rsid w:val="0049317F"/>
     <w:rsid w:val="004934F1"/>
     <w:rsid w:val="00493AEA"/>
-    <w:rsid w:val="00494A46"/>
     <w:rsid w:val="004957EB"/>
     <w:rsid w:val="00495BC5"/>
     <w:rsid w:val="004969AA"/>
     <w:rsid w:val="004A0817"/>
     <w:rsid w:val="004A08BE"/>
+    <w:rsid w:val="004A2DF0"/>
     <w:rsid w:val="004A4963"/>
     <w:rsid w:val="004A543B"/>
     <w:rsid w:val="004A7AEB"/>
-    <w:rsid w:val="004B05F0"/>
+    <w:rsid w:val="004B017B"/>
+    <w:rsid w:val="004B1246"/>
     <w:rsid w:val="004B2702"/>
     <w:rsid w:val="004B36FB"/>
     <w:rsid w:val="004B3FF0"/>
     <w:rsid w:val="004B54B5"/>
     <w:rsid w:val="004B571F"/>
     <w:rsid w:val="004C0643"/>
     <w:rsid w:val="004C1C6C"/>
     <w:rsid w:val="004C3F20"/>
     <w:rsid w:val="004C4F58"/>
     <w:rsid w:val="004C584F"/>
     <w:rsid w:val="004C5E79"/>
     <w:rsid w:val="004C7914"/>
     <w:rsid w:val="004D00B6"/>
     <w:rsid w:val="004D0F86"/>
     <w:rsid w:val="004D4313"/>
     <w:rsid w:val="004D4B30"/>
     <w:rsid w:val="004D76A5"/>
     <w:rsid w:val="004E22F9"/>
     <w:rsid w:val="004E2701"/>
     <w:rsid w:val="004E4510"/>
     <w:rsid w:val="004E4F75"/>
     <w:rsid w:val="004E5961"/>
     <w:rsid w:val="004F08AD"/>
     <w:rsid w:val="004F22D0"/>
     <w:rsid w:val="004F271B"/>
     <w:rsid w:val="004F479F"/>
     <w:rsid w:val="004F718C"/>
     <w:rsid w:val="0050085E"/>
     <w:rsid w:val="00500F33"/>
+    <w:rsid w:val="00501020"/>
     <w:rsid w:val="00501D4F"/>
-    <w:rsid w:val="00502673"/>
     <w:rsid w:val="0050322C"/>
     <w:rsid w:val="00503979"/>
     <w:rsid w:val="00503AD3"/>
     <w:rsid w:val="00503B48"/>
     <w:rsid w:val="00507CE2"/>
     <w:rsid w:val="00510E55"/>
     <w:rsid w:val="005115E9"/>
     <w:rsid w:val="005131FB"/>
     <w:rsid w:val="0051337C"/>
     <w:rsid w:val="00515F40"/>
     <w:rsid w:val="005169CC"/>
     <w:rsid w:val="00520B93"/>
     <w:rsid w:val="00521689"/>
     <w:rsid w:val="00523A69"/>
+    <w:rsid w:val="005241B2"/>
     <w:rsid w:val="0052668F"/>
     <w:rsid w:val="00526910"/>
-    <w:rsid w:val="005305D0"/>
     <w:rsid w:val="00531697"/>
     <w:rsid w:val="00531F2A"/>
     <w:rsid w:val="005323D6"/>
+    <w:rsid w:val="005340FC"/>
     <w:rsid w:val="00536693"/>
     <w:rsid w:val="00536C16"/>
     <w:rsid w:val="00537248"/>
     <w:rsid w:val="00537840"/>
     <w:rsid w:val="00540A01"/>
     <w:rsid w:val="00541208"/>
     <w:rsid w:val="00541805"/>
     <w:rsid w:val="00542644"/>
-    <w:rsid w:val="00545E6D"/>
+    <w:rsid w:val="0054497F"/>
+    <w:rsid w:val="00544E11"/>
     <w:rsid w:val="005501D2"/>
     <w:rsid w:val="0055234C"/>
     <w:rsid w:val="00553964"/>
     <w:rsid w:val="00554320"/>
     <w:rsid w:val="00561B5A"/>
     <w:rsid w:val="00563A2F"/>
     <w:rsid w:val="00563E2A"/>
+    <w:rsid w:val="00563E65"/>
     <w:rsid w:val="005701E4"/>
+    <w:rsid w:val="00570CA6"/>
     <w:rsid w:val="005714D5"/>
     <w:rsid w:val="0057239D"/>
     <w:rsid w:val="0057496E"/>
     <w:rsid w:val="00574C50"/>
     <w:rsid w:val="00583A43"/>
     <w:rsid w:val="00584A67"/>
     <w:rsid w:val="0058578C"/>
-    <w:rsid w:val="005861A9"/>
     <w:rsid w:val="005953ED"/>
     <w:rsid w:val="00595A4A"/>
     <w:rsid w:val="0059696B"/>
+    <w:rsid w:val="0059728E"/>
     <w:rsid w:val="005A0901"/>
+    <w:rsid w:val="005A18AD"/>
     <w:rsid w:val="005A1E0A"/>
     <w:rsid w:val="005A1FB5"/>
     <w:rsid w:val="005A22A7"/>
     <w:rsid w:val="005A4CF4"/>
     <w:rsid w:val="005A6947"/>
     <w:rsid w:val="005B3F79"/>
     <w:rsid w:val="005B48F2"/>
     <w:rsid w:val="005C266E"/>
     <w:rsid w:val="005C29AC"/>
     <w:rsid w:val="005C2E50"/>
     <w:rsid w:val="005C543F"/>
     <w:rsid w:val="005C5A88"/>
+    <w:rsid w:val="005D1962"/>
     <w:rsid w:val="005D1E3F"/>
     <w:rsid w:val="005D259F"/>
     <w:rsid w:val="005D391E"/>
     <w:rsid w:val="005D5306"/>
     <w:rsid w:val="005D603D"/>
     <w:rsid w:val="005D7306"/>
     <w:rsid w:val="005E177F"/>
     <w:rsid w:val="005E1D7B"/>
     <w:rsid w:val="005E70CD"/>
     <w:rsid w:val="005F0370"/>
     <w:rsid w:val="005F0C50"/>
+    <w:rsid w:val="005F15AF"/>
     <w:rsid w:val="005F26BB"/>
     <w:rsid w:val="005F40ED"/>
     <w:rsid w:val="005F7525"/>
     <w:rsid w:val="00602446"/>
     <w:rsid w:val="00603AAD"/>
     <w:rsid w:val="006040BF"/>
     <w:rsid w:val="0060484D"/>
     <w:rsid w:val="00604986"/>
     <w:rsid w:val="006053C3"/>
     <w:rsid w:val="00605814"/>
-    <w:rsid w:val="006064A4"/>
     <w:rsid w:val="0060663A"/>
     <w:rsid w:val="00606A0D"/>
     <w:rsid w:val="0061064D"/>
     <w:rsid w:val="0061094F"/>
     <w:rsid w:val="00610A90"/>
     <w:rsid w:val="00611930"/>
+    <w:rsid w:val="006124D2"/>
     <w:rsid w:val="00612DA0"/>
     <w:rsid w:val="00613F48"/>
     <w:rsid w:val="00615ED9"/>
     <w:rsid w:val="006204B4"/>
     <w:rsid w:val="00620590"/>
     <w:rsid w:val="00621665"/>
     <w:rsid w:val="006221A4"/>
     <w:rsid w:val="006224BC"/>
     <w:rsid w:val="00627254"/>
     <w:rsid w:val="00627E85"/>
     <w:rsid w:val="006309EF"/>
     <w:rsid w:val="00632271"/>
     <w:rsid w:val="00633C4C"/>
     <w:rsid w:val="006350AE"/>
     <w:rsid w:val="00635DCE"/>
     <w:rsid w:val="00637547"/>
     <w:rsid w:val="00645234"/>
     <w:rsid w:val="006455A3"/>
     <w:rsid w:val="00645CAE"/>
     <w:rsid w:val="00646FEA"/>
     <w:rsid w:val="006529CE"/>
     <w:rsid w:val="0065367C"/>
     <w:rsid w:val="006560ED"/>
     <w:rsid w:val="006574F4"/>
     <w:rsid w:val="00657BCA"/>
     <w:rsid w:val="00660790"/>
     <w:rsid w:val="00661EFA"/>
     <w:rsid w:val="00664994"/>
     <w:rsid w:val="006649CA"/>
     <w:rsid w:val="00664A3B"/>
     <w:rsid w:val="006665A9"/>
     <w:rsid w:val="00666D6D"/>
     <w:rsid w:val="00667657"/>
     <w:rsid w:val="006676BD"/>
     <w:rsid w:val="0067002E"/>
     <w:rsid w:val="00670849"/>
     <w:rsid w:val="00671892"/>
     <w:rsid w:val="00671B2F"/>
     <w:rsid w:val="00673526"/>
     <w:rsid w:val="00675B21"/>
     <w:rsid w:val="00676A56"/>
     <w:rsid w:val="00680757"/>
     <w:rsid w:val="00682B09"/>
     <w:rsid w:val="0068417C"/>
     <w:rsid w:val="006852FE"/>
     <w:rsid w:val="00687392"/>
     <w:rsid w:val="006923CF"/>
     <w:rsid w:val="0069383B"/>
+    <w:rsid w:val="00694F32"/>
     <w:rsid w:val="006950F0"/>
     <w:rsid w:val="006956BD"/>
     <w:rsid w:val="006A131D"/>
+    <w:rsid w:val="006A15CA"/>
     <w:rsid w:val="006A1C5F"/>
     <w:rsid w:val="006A2316"/>
     <w:rsid w:val="006A399D"/>
     <w:rsid w:val="006A58F3"/>
+    <w:rsid w:val="006A5E0A"/>
     <w:rsid w:val="006A65B5"/>
-    <w:rsid w:val="006A68D7"/>
+    <w:rsid w:val="006B10A2"/>
     <w:rsid w:val="006B212D"/>
     <w:rsid w:val="006B4151"/>
     <w:rsid w:val="006B4C1B"/>
+    <w:rsid w:val="006C0115"/>
     <w:rsid w:val="006C0728"/>
     <w:rsid w:val="006C3327"/>
     <w:rsid w:val="006C6049"/>
     <w:rsid w:val="006C6469"/>
     <w:rsid w:val="006C7A60"/>
-    <w:rsid w:val="006D136D"/>
     <w:rsid w:val="006D5CD0"/>
+    <w:rsid w:val="006D6DBC"/>
     <w:rsid w:val="006D739D"/>
     <w:rsid w:val="006E1250"/>
     <w:rsid w:val="006E12F2"/>
     <w:rsid w:val="006E50B9"/>
     <w:rsid w:val="006E5E3D"/>
     <w:rsid w:val="006E6D12"/>
     <w:rsid w:val="006E76E0"/>
     <w:rsid w:val="006F169C"/>
     <w:rsid w:val="00700816"/>
     <w:rsid w:val="00703E1E"/>
     <w:rsid w:val="00704A3A"/>
+    <w:rsid w:val="00704AA5"/>
     <w:rsid w:val="007070FE"/>
     <w:rsid w:val="0071169D"/>
     <w:rsid w:val="007118BC"/>
+    <w:rsid w:val="0071288D"/>
     <w:rsid w:val="007130CD"/>
     <w:rsid w:val="0071437B"/>
     <w:rsid w:val="00714C52"/>
     <w:rsid w:val="00715403"/>
     <w:rsid w:val="00715E13"/>
     <w:rsid w:val="00716B52"/>
     <w:rsid w:val="0072070D"/>
     <w:rsid w:val="00721378"/>
+    <w:rsid w:val="0072138B"/>
     <w:rsid w:val="00722114"/>
     <w:rsid w:val="0072356B"/>
     <w:rsid w:val="00723610"/>
     <w:rsid w:val="007263C6"/>
     <w:rsid w:val="00726639"/>
     <w:rsid w:val="00726DAF"/>
+    <w:rsid w:val="00730F38"/>
     <w:rsid w:val="007345B0"/>
     <w:rsid w:val="00734FB8"/>
     <w:rsid w:val="00735091"/>
     <w:rsid w:val="00736D0D"/>
     <w:rsid w:val="00736DD4"/>
     <w:rsid w:val="00740B82"/>
     <w:rsid w:val="00740E6C"/>
     <w:rsid w:val="0074423A"/>
     <w:rsid w:val="00744BAE"/>
     <w:rsid w:val="00745DDA"/>
     <w:rsid w:val="00746F6D"/>
+    <w:rsid w:val="0074743A"/>
     <w:rsid w:val="0074792D"/>
     <w:rsid w:val="00750683"/>
     <w:rsid w:val="00750D81"/>
     <w:rsid w:val="00750DCA"/>
+    <w:rsid w:val="00751914"/>
     <w:rsid w:val="0075274B"/>
     <w:rsid w:val="00752ED1"/>
     <w:rsid w:val="00754D7C"/>
     <w:rsid w:val="0075566B"/>
     <w:rsid w:val="00756636"/>
     <w:rsid w:val="00757DBD"/>
     <w:rsid w:val="007607E6"/>
     <w:rsid w:val="00762901"/>
     <w:rsid w:val="00766BE6"/>
+    <w:rsid w:val="007675AA"/>
     <w:rsid w:val="00772ED2"/>
     <w:rsid w:val="0077395A"/>
     <w:rsid w:val="00774E63"/>
     <w:rsid w:val="00774FB3"/>
     <w:rsid w:val="00775569"/>
     <w:rsid w:val="007775D2"/>
     <w:rsid w:val="0078011E"/>
     <w:rsid w:val="007808F4"/>
     <w:rsid w:val="00780E2E"/>
     <w:rsid w:val="00782E12"/>
     <w:rsid w:val="00782FA1"/>
     <w:rsid w:val="0078307C"/>
     <w:rsid w:val="00784F2F"/>
     <w:rsid w:val="0079063C"/>
     <w:rsid w:val="00790C37"/>
     <w:rsid w:val="007916BC"/>
     <w:rsid w:val="007954B8"/>
     <w:rsid w:val="007957AE"/>
     <w:rsid w:val="007969E0"/>
     <w:rsid w:val="00797026"/>
     <w:rsid w:val="007977FF"/>
     <w:rsid w:val="007A10B1"/>
     <w:rsid w:val="007A320F"/>
     <w:rsid w:val="007A3D85"/>
     <w:rsid w:val="007A4373"/>
     <w:rsid w:val="007A4384"/>
     <w:rsid w:val="007A4659"/>
     <w:rsid w:val="007A5707"/>
     <w:rsid w:val="007A60A9"/>
     <w:rsid w:val="007A62C5"/>
+    <w:rsid w:val="007A7362"/>
     <w:rsid w:val="007A7682"/>
     <w:rsid w:val="007B0791"/>
     <w:rsid w:val="007B1FDD"/>
     <w:rsid w:val="007B485D"/>
     <w:rsid w:val="007B6847"/>
     <w:rsid w:val="007B68A4"/>
     <w:rsid w:val="007C17D5"/>
     <w:rsid w:val="007C294D"/>
     <w:rsid w:val="007C7F40"/>
     <w:rsid w:val="007D1EC4"/>
     <w:rsid w:val="007D2B8C"/>
     <w:rsid w:val="007D61EF"/>
     <w:rsid w:val="007E186F"/>
     <w:rsid w:val="007E2557"/>
     <w:rsid w:val="007E2CC1"/>
     <w:rsid w:val="007E400E"/>
     <w:rsid w:val="007F5B87"/>
     <w:rsid w:val="007F7215"/>
     <w:rsid w:val="007F7975"/>
     <w:rsid w:val="007F7A34"/>
     <w:rsid w:val="0080211C"/>
     <w:rsid w:val="008034F5"/>
     <w:rsid w:val="00804F82"/>
     <w:rsid w:val="00806B59"/>
     <w:rsid w:val="00810234"/>
     <w:rsid w:val="00812320"/>
     <w:rsid w:val="00813EFB"/>
     <w:rsid w:val="00814F56"/>
     <w:rsid w:val="008156BE"/>
     <w:rsid w:val="00815DC0"/>
     <w:rsid w:val="00816192"/>
     <w:rsid w:val="0081752D"/>
     <w:rsid w:val="00823AE3"/>
     <w:rsid w:val="008255E5"/>
     <w:rsid w:val="00825B96"/>
-    <w:rsid w:val="00826488"/>
     <w:rsid w:val="00826729"/>
     <w:rsid w:val="00827422"/>
     <w:rsid w:val="0082744E"/>
     <w:rsid w:val="00831953"/>
     <w:rsid w:val="00835575"/>
     <w:rsid w:val="00841306"/>
     <w:rsid w:val="00842F8F"/>
     <w:rsid w:val="00846D0F"/>
     <w:rsid w:val="0085049E"/>
     <w:rsid w:val="00853B7B"/>
     <w:rsid w:val="00853CEB"/>
     <w:rsid w:val="00854EDA"/>
     <w:rsid w:val="00857C33"/>
+    <w:rsid w:val="00857F99"/>
     <w:rsid w:val="008602C8"/>
     <w:rsid w:val="008646E8"/>
     <w:rsid w:val="008650A2"/>
     <w:rsid w:val="00865A21"/>
     <w:rsid w:val="00865D26"/>
     <w:rsid w:val="00870615"/>
     <w:rsid w:val="0087209F"/>
     <w:rsid w:val="00872A12"/>
     <w:rsid w:val="00872F51"/>
     <w:rsid w:val="00874FC0"/>
     <w:rsid w:val="008779D0"/>
     <w:rsid w:val="00884D87"/>
     <w:rsid w:val="00885AA7"/>
     <w:rsid w:val="00887A96"/>
+    <w:rsid w:val="00890BEC"/>
     <w:rsid w:val="008923D7"/>
     <w:rsid w:val="00894440"/>
     <w:rsid w:val="00894B8A"/>
     <w:rsid w:val="00895598"/>
     <w:rsid w:val="00896DE7"/>
     <w:rsid w:val="008A15E3"/>
     <w:rsid w:val="008A262E"/>
     <w:rsid w:val="008A27A7"/>
+    <w:rsid w:val="008A4880"/>
+    <w:rsid w:val="008A4F03"/>
     <w:rsid w:val="008A5160"/>
+    <w:rsid w:val="008A5430"/>
     <w:rsid w:val="008A62AD"/>
     <w:rsid w:val="008A67CC"/>
     <w:rsid w:val="008B0314"/>
     <w:rsid w:val="008B18D4"/>
     <w:rsid w:val="008B2C18"/>
     <w:rsid w:val="008B6ED8"/>
+    <w:rsid w:val="008C2093"/>
     <w:rsid w:val="008C29E2"/>
     <w:rsid w:val="008C3E55"/>
     <w:rsid w:val="008C3FCA"/>
     <w:rsid w:val="008C520B"/>
-    <w:rsid w:val="008C7897"/>
     <w:rsid w:val="008D1738"/>
     <w:rsid w:val="008D1C99"/>
+    <w:rsid w:val="008D4065"/>
     <w:rsid w:val="008D522E"/>
     <w:rsid w:val="008E0353"/>
     <w:rsid w:val="008E0467"/>
     <w:rsid w:val="008E3231"/>
     <w:rsid w:val="008E32F9"/>
     <w:rsid w:val="008E4212"/>
     <w:rsid w:val="008E5112"/>
     <w:rsid w:val="008E7AC4"/>
     <w:rsid w:val="008F10FA"/>
     <w:rsid w:val="008F31D0"/>
     <w:rsid w:val="008F332A"/>
     <w:rsid w:val="008F4F96"/>
     <w:rsid w:val="008F555F"/>
     <w:rsid w:val="008F5BCC"/>
     <w:rsid w:val="008F728F"/>
     <w:rsid w:val="009018D0"/>
     <w:rsid w:val="00903C62"/>
+    <w:rsid w:val="0090535F"/>
     <w:rsid w:val="0090636C"/>
     <w:rsid w:val="00906EF2"/>
     <w:rsid w:val="00907315"/>
     <w:rsid w:val="00912665"/>
     <w:rsid w:val="00914C9B"/>
     <w:rsid w:val="0091614C"/>
     <w:rsid w:val="0091674B"/>
     <w:rsid w:val="009214C6"/>
     <w:rsid w:val="00924124"/>
     <w:rsid w:val="0092528C"/>
     <w:rsid w:val="00925589"/>
     <w:rsid w:val="00927DF4"/>
     <w:rsid w:val="00931287"/>
     <w:rsid w:val="00931AE2"/>
     <w:rsid w:val="00932577"/>
     <w:rsid w:val="00933963"/>
     <w:rsid w:val="00933E93"/>
     <w:rsid w:val="00933EE6"/>
+    <w:rsid w:val="0093522D"/>
     <w:rsid w:val="009353FB"/>
     <w:rsid w:val="00935520"/>
     <w:rsid w:val="00935A5A"/>
     <w:rsid w:val="00940723"/>
     <w:rsid w:val="00943EE4"/>
     <w:rsid w:val="00946B06"/>
     <w:rsid w:val="00946F3F"/>
     <w:rsid w:val="00946F5C"/>
     <w:rsid w:val="00947250"/>
     <w:rsid w:val="00947FDE"/>
     <w:rsid w:val="00955CAE"/>
     <w:rsid w:val="00955E66"/>
     <w:rsid w:val="009577CD"/>
     <w:rsid w:val="00960FCD"/>
     <w:rsid w:val="0096193F"/>
     <w:rsid w:val="00961D06"/>
+    <w:rsid w:val="00963CCD"/>
     <w:rsid w:val="00970048"/>
     <w:rsid w:val="009710B5"/>
     <w:rsid w:val="0097318F"/>
     <w:rsid w:val="00973B4B"/>
+    <w:rsid w:val="0097427E"/>
     <w:rsid w:val="00974E99"/>
     <w:rsid w:val="00975FE8"/>
     <w:rsid w:val="00980167"/>
     <w:rsid w:val="009803F4"/>
     <w:rsid w:val="00980BE2"/>
     <w:rsid w:val="00984637"/>
     <w:rsid w:val="00987534"/>
-    <w:rsid w:val="009917B9"/>
     <w:rsid w:val="00993CA4"/>
     <w:rsid w:val="00995500"/>
     <w:rsid w:val="00995866"/>
     <w:rsid w:val="00995B77"/>
     <w:rsid w:val="00995F67"/>
     <w:rsid w:val="009964F1"/>
     <w:rsid w:val="00996C35"/>
-    <w:rsid w:val="00996DC2"/>
     <w:rsid w:val="0099743C"/>
     <w:rsid w:val="00997763"/>
     <w:rsid w:val="009A0717"/>
     <w:rsid w:val="009A14FF"/>
     <w:rsid w:val="009A22E8"/>
     <w:rsid w:val="009A3A45"/>
     <w:rsid w:val="009A4BAE"/>
     <w:rsid w:val="009A4CD6"/>
     <w:rsid w:val="009A4EDC"/>
     <w:rsid w:val="009A5D45"/>
     <w:rsid w:val="009A6D1E"/>
     <w:rsid w:val="009A6E76"/>
+    <w:rsid w:val="009B1DA6"/>
     <w:rsid w:val="009B32B1"/>
     <w:rsid w:val="009B34D6"/>
     <w:rsid w:val="009B5C6C"/>
     <w:rsid w:val="009B7397"/>
     <w:rsid w:val="009C1464"/>
     <w:rsid w:val="009C4D44"/>
+    <w:rsid w:val="009C583B"/>
     <w:rsid w:val="009C6521"/>
     <w:rsid w:val="009D1A8B"/>
     <w:rsid w:val="009D34AC"/>
     <w:rsid w:val="009D5336"/>
     <w:rsid w:val="009D76BE"/>
     <w:rsid w:val="009E1065"/>
     <w:rsid w:val="009E37BF"/>
     <w:rsid w:val="009E3ACB"/>
     <w:rsid w:val="009E47C2"/>
     <w:rsid w:val="009E5359"/>
     <w:rsid w:val="009F1D6B"/>
     <w:rsid w:val="009F3E00"/>
     <w:rsid w:val="009F4963"/>
     <w:rsid w:val="009F60F1"/>
     <w:rsid w:val="009F7125"/>
     <w:rsid w:val="00A0175A"/>
     <w:rsid w:val="00A01D09"/>
     <w:rsid w:val="00A01E22"/>
     <w:rsid w:val="00A02108"/>
     <w:rsid w:val="00A03CB6"/>
     <w:rsid w:val="00A05B31"/>
     <w:rsid w:val="00A106E0"/>
     <w:rsid w:val="00A1195B"/>
     <w:rsid w:val="00A119C2"/>
     <w:rsid w:val="00A129C6"/>
     <w:rsid w:val="00A13858"/>
+    <w:rsid w:val="00A138A7"/>
     <w:rsid w:val="00A14EB0"/>
     <w:rsid w:val="00A21387"/>
     <w:rsid w:val="00A23BC7"/>
     <w:rsid w:val="00A24C7A"/>
+    <w:rsid w:val="00A25BF2"/>
+    <w:rsid w:val="00A3282E"/>
     <w:rsid w:val="00A3473E"/>
     <w:rsid w:val="00A34CE1"/>
+    <w:rsid w:val="00A374A2"/>
     <w:rsid w:val="00A3772F"/>
     <w:rsid w:val="00A40100"/>
     <w:rsid w:val="00A4027A"/>
     <w:rsid w:val="00A40CF1"/>
     <w:rsid w:val="00A44419"/>
     <w:rsid w:val="00A44C6C"/>
     <w:rsid w:val="00A45BE5"/>
     <w:rsid w:val="00A465CE"/>
     <w:rsid w:val="00A47426"/>
     <w:rsid w:val="00A500D9"/>
     <w:rsid w:val="00A50322"/>
     <w:rsid w:val="00A50AA8"/>
     <w:rsid w:val="00A513D9"/>
     <w:rsid w:val="00A51638"/>
     <w:rsid w:val="00A52169"/>
-    <w:rsid w:val="00A53F50"/>
     <w:rsid w:val="00A56059"/>
+    <w:rsid w:val="00A567B0"/>
+    <w:rsid w:val="00A61DEF"/>
     <w:rsid w:val="00A63438"/>
+    <w:rsid w:val="00A63556"/>
     <w:rsid w:val="00A63EDF"/>
     <w:rsid w:val="00A64F01"/>
     <w:rsid w:val="00A66465"/>
     <w:rsid w:val="00A66782"/>
     <w:rsid w:val="00A71E84"/>
     <w:rsid w:val="00A72CA7"/>
     <w:rsid w:val="00A7329C"/>
     <w:rsid w:val="00A7703D"/>
     <w:rsid w:val="00A83B9A"/>
+    <w:rsid w:val="00A867F1"/>
     <w:rsid w:val="00A87CAA"/>
     <w:rsid w:val="00A9129E"/>
     <w:rsid w:val="00A9261D"/>
-    <w:rsid w:val="00A92ECD"/>
     <w:rsid w:val="00A9633C"/>
+    <w:rsid w:val="00AA19D9"/>
     <w:rsid w:val="00AA417E"/>
     <w:rsid w:val="00AA6622"/>
     <w:rsid w:val="00AB077E"/>
     <w:rsid w:val="00AB2E25"/>
     <w:rsid w:val="00AB678C"/>
     <w:rsid w:val="00AC02AE"/>
     <w:rsid w:val="00AC2FAE"/>
     <w:rsid w:val="00AC2FE5"/>
     <w:rsid w:val="00AC4949"/>
     <w:rsid w:val="00AC67F8"/>
     <w:rsid w:val="00AD07DF"/>
     <w:rsid w:val="00AD17D0"/>
     <w:rsid w:val="00AD253D"/>
-    <w:rsid w:val="00AD33D8"/>
+    <w:rsid w:val="00AD3303"/>
     <w:rsid w:val="00AD3728"/>
     <w:rsid w:val="00AD3DC7"/>
     <w:rsid w:val="00AD40C9"/>
     <w:rsid w:val="00AD7523"/>
     <w:rsid w:val="00AE158E"/>
     <w:rsid w:val="00AE2120"/>
     <w:rsid w:val="00AE2419"/>
     <w:rsid w:val="00AE2647"/>
     <w:rsid w:val="00AE2B87"/>
+    <w:rsid w:val="00AE4A8F"/>
     <w:rsid w:val="00AE4B7D"/>
     <w:rsid w:val="00AE53BE"/>
     <w:rsid w:val="00AE5686"/>
     <w:rsid w:val="00AF03D5"/>
     <w:rsid w:val="00AF0551"/>
-    <w:rsid w:val="00AF0A21"/>
+    <w:rsid w:val="00AF08EF"/>
     <w:rsid w:val="00AF0E19"/>
     <w:rsid w:val="00AF0F81"/>
     <w:rsid w:val="00AF17EC"/>
     <w:rsid w:val="00AF3C15"/>
     <w:rsid w:val="00AF4E40"/>
     <w:rsid w:val="00AF5080"/>
     <w:rsid w:val="00AF6B51"/>
     <w:rsid w:val="00AF7334"/>
     <w:rsid w:val="00B00FEC"/>
     <w:rsid w:val="00B059B0"/>
     <w:rsid w:val="00B127CE"/>
     <w:rsid w:val="00B14794"/>
     <w:rsid w:val="00B14877"/>
     <w:rsid w:val="00B17673"/>
+    <w:rsid w:val="00B20CEC"/>
     <w:rsid w:val="00B21AC7"/>
     <w:rsid w:val="00B21C7A"/>
     <w:rsid w:val="00B21D25"/>
     <w:rsid w:val="00B22033"/>
     <w:rsid w:val="00B22C89"/>
     <w:rsid w:val="00B23402"/>
     <w:rsid w:val="00B247D6"/>
     <w:rsid w:val="00B27B6B"/>
     <w:rsid w:val="00B302D4"/>
     <w:rsid w:val="00B31406"/>
     <w:rsid w:val="00B31F60"/>
     <w:rsid w:val="00B3206A"/>
     <w:rsid w:val="00B353EF"/>
-    <w:rsid w:val="00B35E51"/>
     <w:rsid w:val="00B36C3E"/>
     <w:rsid w:val="00B36FE2"/>
     <w:rsid w:val="00B370DC"/>
     <w:rsid w:val="00B372D2"/>
     <w:rsid w:val="00B41129"/>
     <w:rsid w:val="00B45DFC"/>
     <w:rsid w:val="00B50219"/>
-    <w:rsid w:val="00B51B66"/>
     <w:rsid w:val="00B51E77"/>
     <w:rsid w:val="00B52408"/>
     <w:rsid w:val="00B54110"/>
     <w:rsid w:val="00B5493D"/>
     <w:rsid w:val="00B55106"/>
     <w:rsid w:val="00B5700F"/>
     <w:rsid w:val="00B6031B"/>
+    <w:rsid w:val="00B61F4E"/>
     <w:rsid w:val="00B63E4F"/>
     <w:rsid w:val="00B64A1F"/>
     <w:rsid w:val="00B65017"/>
     <w:rsid w:val="00B65E73"/>
     <w:rsid w:val="00B70CAF"/>
     <w:rsid w:val="00B7275D"/>
     <w:rsid w:val="00B727E6"/>
     <w:rsid w:val="00B767FA"/>
     <w:rsid w:val="00B768F4"/>
     <w:rsid w:val="00B76D77"/>
     <w:rsid w:val="00B813FB"/>
     <w:rsid w:val="00B82095"/>
     <w:rsid w:val="00B8332C"/>
     <w:rsid w:val="00B83958"/>
     <w:rsid w:val="00B85338"/>
     <w:rsid w:val="00B8707D"/>
+    <w:rsid w:val="00B87D7B"/>
     <w:rsid w:val="00B87FA4"/>
     <w:rsid w:val="00B93221"/>
     <w:rsid w:val="00BA0222"/>
     <w:rsid w:val="00BA03E1"/>
     <w:rsid w:val="00BA17C9"/>
     <w:rsid w:val="00BA514C"/>
     <w:rsid w:val="00BA7345"/>
     <w:rsid w:val="00BA7C25"/>
     <w:rsid w:val="00BB01E3"/>
     <w:rsid w:val="00BB3AFE"/>
     <w:rsid w:val="00BB41F5"/>
     <w:rsid w:val="00BB420A"/>
     <w:rsid w:val="00BB5747"/>
     <w:rsid w:val="00BB5C1C"/>
     <w:rsid w:val="00BB646D"/>
     <w:rsid w:val="00BB6792"/>
     <w:rsid w:val="00BB6974"/>
     <w:rsid w:val="00BC014B"/>
     <w:rsid w:val="00BC14D4"/>
     <w:rsid w:val="00BC44C1"/>
     <w:rsid w:val="00BC604C"/>
     <w:rsid w:val="00BC6255"/>
     <w:rsid w:val="00BC6E5E"/>
     <w:rsid w:val="00BC7451"/>
     <w:rsid w:val="00BD04B6"/>
     <w:rsid w:val="00BD0658"/>
     <w:rsid w:val="00BD0E07"/>
     <w:rsid w:val="00BD2AEE"/>
     <w:rsid w:val="00BD631D"/>
     <w:rsid w:val="00BD6D19"/>
-    <w:rsid w:val="00BE09BA"/>
+    <w:rsid w:val="00BD71B2"/>
     <w:rsid w:val="00BE5E71"/>
     <w:rsid w:val="00BE7072"/>
     <w:rsid w:val="00BF1C75"/>
     <w:rsid w:val="00BF231B"/>
     <w:rsid w:val="00BF2DAC"/>
     <w:rsid w:val="00BF4A40"/>
     <w:rsid w:val="00BF4CA9"/>
     <w:rsid w:val="00BF579C"/>
     <w:rsid w:val="00BF67DB"/>
     <w:rsid w:val="00BF6FED"/>
     <w:rsid w:val="00C026B0"/>
     <w:rsid w:val="00C02FDC"/>
     <w:rsid w:val="00C043CA"/>
     <w:rsid w:val="00C059A4"/>
-    <w:rsid w:val="00C05BB9"/>
     <w:rsid w:val="00C05C1B"/>
     <w:rsid w:val="00C06386"/>
     <w:rsid w:val="00C069C6"/>
     <w:rsid w:val="00C07D6A"/>
     <w:rsid w:val="00C07EF9"/>
     <w:rsid w:val="00C123A6"/>
     <w:rsid w:val="00C12CAB"/>
     <w:rsid w:val="00C1481A"/>
     <w:rsid w:val="00C171CE"/>
     <w:rsid w:val="00C17DA9"/>
     <w:rsid w:val="00C20F80"/>
     <w:rsid w:val="00C21CBC"/>
     <w:rsid w:val="00C24BA3"/>
     <w:rsid w:val="00C24C18"/>
     <w:rsid w:val="00C26476"/>
     <w:rsid w:val="00C26A0B"/>
     <w:rsid w:val="00C3070B"/>
     <w:rsid w:val="00C315B8"/>
     <w:rsid w:val="00C32A02"/>
     <w:rsid w:val="00C33298"/>
     <w:rsid w:val="00C340E8"/>
     <w:rsid w:val="00C351CD"/>
     <w:rsid w:val="00C41012"/>
     <w:rsid w:val="00C413C2"/>
     <w:rsid w:val="00C4172C"/>
@@ -31805,408 +33722,429 @@
     <w:rsid w:val="00C67EB2"/>
     <w:rsid w:val="00C71592"/>
     <w:rsid w:val="00C71F24"/>
     <w:rsid w:val="00C7238D"/>
     <w:rsid w:val="00C72B9B"/>
     <w:rsid w:val="00C753F0"/>
     <w:rsid w:val="00C76041"/>
     <w:rsid w:val="00C76458"/>
     <w:rsid w:val="00C765DE"/>
     <w:rsid w:val="00C818B3"/>
     <w:rsid w:val="00C828C8"/>
     <w:rsid w:val="00C83126"/>
     <w:rsid w:val="00C83549"/>
     <w:rsid w:val="00C83EE7"/>
     <w:rsid w:val="00C8502A"/>
     <w:rsid w:val="00C85C0B"/>
     <w:rsid w:val="00C90157"/>
     <w:rsid w:val="00C90B69"/>
     <w:rsid w:val="00C91D25"/>
     <w:rsid w:val="00C943D0"/>
     <w:rsid w:val="00C965DF"/>
     <w:rsid w:val="00C96B9C"/>
     <w:rsid w:val="00C96D90"/>
     <w:rsid w:val="00CA0E8A"/>
     <w:rsid w:val="00CA3549"/>
-    <w:rsid w:val="00CA3C4F"/>
     <w:rsid w:val="00CA4169"/>
     <w:rsid w:val="00CA49D0"/>
     <w:rsid w:val="00CA5D3A"/>
     <w:rsid w:val="00CA68EC"/>
     <w:rsid w:val="00CA6BFF"/>
     <w:rsid w:val="00CB05B8"/>
     <w:rsid w:val="00CB0B64"/>
     <w:rsid w:val="00CB587C"/>
     <w:rsid w:val="00CB5B59"/>
     <w:rsid w:val="00CB5CFB"/>
     <w:rsid w:val="00CC255F"/>
     <w:rsid w:val="00CC3BC9"/>
     <w:rsid w:val="00CC41BA"/>
     <w:rsid w:val="00CC4D44"/>
+    <w:rsid w:val="00CC5B44"/>
     <w:rsid w:val="00CC62D9"/>
     <w:rsid w:val="00CC732C"/>
-    <w:rsid w:val="00CD1184"/>
     <w:rsid w:val="00CD14A8"/>
     <w:rsid w:val="00CD1858"/>
     <w:rsid w:val="00CD3C1C"/>
     <w:rsid w:val="00CD47C8"/>
     <w:rsid w:val="00CD5B2C"/>
     <w:rsid w:val="00CD721E"/>
     <w:rsid w:val="00CD784E"/>
     <w:rsid w:val="00CE17B1"/>
     <w:rsid w:val="00CE5351"/>
     <w:rsid w:val="00CE5D14"/>
     <w:rsid w:val="00CF00BB"/>
     <w:rsid w:val="00CF1034"/>
     <w:rsid w:val="00CF14BD"/>
     <w:rsid w:val="00CF16B7"/>
     <w:rsid w:val="00CF2B00"/>
     <w:rsid w:val="00CF3808"/>
     <w:rsid w:val="00CF4C5D"/>
     <w:rsid w:val="00CF4FEE"/>
     <w:rsid w:val="00D02B9E"/>
+    <w:rsid w:val="00D137E2"/>
     <w:rsid w:val="00D170C7"/>
     <w:rsid w:val="00D17D8D"/>
     <w:rsid w:val="00D20B49"/>
     <w:rsid w:val="00D2226B"/>
     <w:rsid w:val="00D23230"/>
     <w:rsid w:val="00D25BD1"/>
     <w:rsid w:val="00D27096"/>
     <w:rsid w:val="00D27750"/>
     <w:rsid w:val="00D313D5"/>
     <w:rsid w:val="00D3188E"/>
     <w:rsid w:val="00D31C67"/>
     <w:rsid w:val="00D33046"/>
     <w:rsid w:val="00D33622"/>
     <w:rsid w:val="00D339B5"/>
     <w:rsid w:val="00D353BA"/>
     <w:rsid w:val="00D365BC"/>
     <w:rsid w:val="00D40A44"/>
+    <w:rsid w:val="00D40D8B"/>
     <w:rsid w:val="00D4236B"/>
     <w:rsid w:val="00D43589"/>
     <w:rsid w:val="00D4606A"/>
     <w:rsid w:val="00D520BA"/>
     <w:rsid w:val="00D536A6"/>
     <w:rsid w:val="00D568D5"/>
     <w:rsid w:val="00D56F35"/>
     <w:rsid w:val="00D5726D"/>
+    <w:rsid w:val="00D61329"/>
     <w:rsid w:val="00D6152A"/>
     <w:rsid w:val="00D636F2"/>
     <w:rsid w:val="00D63D49"/>
     <w:rsid w:val="00D63E90"/>
     <w:rsid w:val="00D64630"/>
+    <w:rsid w:val="00D64775"/>
     <w:rsid w:val="00D65373"/>
     <w:rsid w:val="00D660F1"/>
     <w:rsid w:val="00D7087F"/>
     <w:rsid w:val="00D71B6B"/>
     <w:rsid w:val="00D71C32"/>
     <w:rsid w:val="00D71F07"/>
     <w:rsid w:val="00D73E71"/>
+    <w:rsid w:val="00D74441"/>
+    <w:rsid w:val="00D74C85"/>
     <w:rsid w:val="00D772BB"/>
     <w:rsid w:val="00D773D4"/>
     <w:rsid w:val="00D776D4"/>
     <w:rsid w:val="00D80B26"/>
     <w:rsid w:val="00D81820"/>
+    <w:rsid w:val="00D82AD0"/>
     <w:rsid w:val="00D82DD8"/>
     <w:rsid w:val="00D831C4"/>
+    <w:rsid w:val="00D86D88"/>
+    <w:rsid w:val="00D87DFC"/>
     <w:rsid w:val="00D915F4"/>
     <w:rsid w:val="00D93685"/>
     <w:rsid w:val="00D948A1"/>
     <w:rsid w:val="00D95929"/>
     <w:rsid w:val="00D95C14"/>
     <w:rsid w:val="00D96518"/>
     <w:rsid w:val="00D968DD"/>
     <w:rsid w:val="00D96C80"/>
     <w:rsid w:val="00D97ECA"/>
     <w:rsid w:val="00DA1339"/>
     <w:rsid w:val="00DA17EF"/>
     <w:rsid w:val="00DA1B74"/>
     <w:rsid w:val="00DA1DF7"/>
     <w:rsid w:val="00DA3457"/>
     <w:rsid w:val="00DA476C"/>
     <w:rsid w:val="00DA5A9F"/>
     <w:rsid w:val="00DA671A"/>
     <w:rsid w:val="00DB0AF4"/>
+    <w:rsid w:val="00DB211B"/>
     <w:rsid w:val="00DB3B51"/>
     <w:rsid w:val="00DB4F16"/>
     <w:rsid w:val="00DB5D63"/>
     <w:rsid w:val="00DB7BB3"/>
     <w:rsid w:val="00DC0EFD"/>
     <w:rsid w:val="00DC2103"/>
+    <w:rsid w:val="00DC2430"/>
     <w:rsid w:val="00DC309C"/>
     <w:rsid w:val="00DC3134"/>
     <w:rsid w:val="00DC348A"/>
     <w:rsid w:val="00DC34C3"/>
     <w:rsid w:val="00DC3507"/>
     <w:rsid w:val="00DC5DB6"/>
     <w:rsid w:val="00DC5DEF"/>
     <w:rsid w:val="00DC6706"/>
     <w:rsid w:val="00DC71BD"/>
     <w:rsid w:val="00DC7350"/>
     <w:rsid w:val="00DC7CD5"/>
     <w:rsid w:val="00DE00C3"/>
     <w:rsid w:val="00DE0F4B"/>
     <w:rsid w:val="00DE258D"/>
+    <w:rsid w:val="00DE2C7B"/>
     <w:rsid w:val="00DE3F21"/>
+    <w:rsid w:val="00DE7385"/>
     <w:rsid w:val="00DF0636"/>
     <w:rsid w:val="00DF12B5"/>
     <w:rsid w:val="00DF1585"/>
     <w:rsid w:val="00DF307E"/>
     <w:rsid w:val="00DF56A2"/>
     <w:rsid w:val="00DF66FC"/>
     <w:rsid w:val="00DF6E6E"/>
     <w:rsid w:val="00DF7BFB"/>
+    <w:rsid w:val="00E009FA"/>
     <w:rsid w:val="00E067F1"/>
     <w:rsid w:val="00E07E13"/>
     <w:rsid w:val="00E12060"/>
     <w:rsid w:val="00E1280B"/>
     <w:rsid w:val="00E15366"/>
     <w:rsid w:val="00E1545A"/>
     <w:rsid w:val="00E15A6E"/>
     <w:rsid w:val="00E1690C"/>
     <w:rsid w:val="00E16D6F"/>
     <w:rsid w:val="00E16E66"/>
     <w:rsid w:val="00E16EEE"/>
     <w:rsid w:val="00E2041C"/>
     <w:rsid w:val="00E21FD0"/>
-    <w:rsid w:val="00E220A7"/>
     <w:rsid w:val="00E2308F"/>
     <w:rsid w:val="00E24045"/>
     <w:rsid w:val="00E244F3"/>
     <w:rsid w:val="00E26040"/>
     <w:rsid w:val="00E264EA"/>
     <w:rsid w:val="00E27E0B"/>
     <w:rsid w:val="00E30FA5"/>
     <w:rsid w:val="00E3250C"/>
     <w:rsid w:val="00E3264E"/>
     <w:rsid w:val="00E32B55"/>
     <w:rsid w:val="00E34AFE"/>
     <w:rsid w:val="00E36118"/>
     <w:rsid w:val="00E36A70"/>
     <w:rsid w:val="00E3787D"/>
     <w:rsid w:val="00E434D0"/>
     <w:rsid w:val="00E4357F"/>
     <w:rsid w:val="00E4360E"/>
     <w:rsid w:val="00E43762"/>
     <w:rsid w:val="00E43CA6"/>
     <w:rsid w:val="00E4471C"/>
     <w:rsid w:val="00E46D16"/>
     <w:rsid w:val="00E505C7"/>
+    <w:rsid w:val="00E5179C"/>
     <w:rsid w:val="00E52815"/>
     <w:rsid w:val="00E56508"/>
     <w:rsid w:val="00E56731"/>
     <w:rsid w:val="00E56BA6"/>
     <w:rsid w:val="00E57DC3"/>
     <w:rsid w:val="00E6115A"/>
     <w:rsid w:val="00E61D79"/>
     <w:rsid w:val="00E635B9"/>
     <w:rsid w:val="00E65D6B"/>
     <w:rsid w:val="00E6639F"/>
     <w:rsid w:val="00E67E16"/>
     <w:rsid w:val="00E70E04"/>
     <w:rsid w:val="00E71F37"/>
     <w:rsid w:val="00E72598"/>
     <w:rsid w:val="00E75D92"/>
     <w:rsid w:val="00E765A6"/>
     <w:rsid w:val="00E80FA1"/>
     <w:rsid w:val="00E810C3"/>
     <w:rsid w:val="00E83256"/>
     <w:rsid w:val="00E838B1"/>
+    <w:rsid w:val="00E84A44"/>
     <w:rsid w:val="00E85475"/>
     <w:rsid w:val="00E854EC"/>
+    <w:rsid w:val="00E863E7"/>
     <w:rsid w:val="00E86883"/>
     <w:rsid w:val="00E9052E"/>
     <w:rsid w:val="00E91BEC"/>
     <w:rsid w:val="00E921EB"/>
     <w:rsid w:val="00E935AB"/>
     <w:rsid w:val="00E94F78"/>
     <w:rsid w:val="00E958C6"/>
     <w:rsid w:val="00E96F7B"/>
-    <w:rsid w:val="00EA1BCF"/>
     <w:rsid w:val="00EA2922"/>
     <w:rsid w:val="00EA36C2"/>
     <w:rsid w:val="00EA41B2"/>
     <w:rsid w:val="00EA4999"/>
     <w:rsid w:val="00EA6AF5"/>
     <w:rsid w:val="00EB21B5"/>
     <w:rsid w:val="00EB43BD"/>
     <w:rsid w:val="00EB45D0"/>
     <w:rsid w:val="00EB4816"/>
     <w:rsid w:val="00EB5BBD"/>
     <w:rsid w:val="00EB6C6F"/>
     <w:rsid w:val="00EB7299"/>
     <w:rsid w:val="00EB7ECA"/>
     <w:rsid w:val="00EC0398"/>
     <w:rsid w:val="00EC0876"/>
     <w:rsid w:val="00EC1D2B"/>
     <w:rsid w:val="00EC397D"/>
     <w:rsid w:val="00EC618F"/>
     <w:rsid w:val="00EC7103"/>
+    <w:rsid w:val="00ED153B"/>
+    <w:rsid w:val="00ED2755"/>
     <w:rsid w:val="00ED3430"/>
     <w:rsid w:val="00ED43D5"/>
     <w:rsid w:val="00ED47CF"/>
     <w:rsid w:val="00ED49D3"/>
     <w:rsid w:val="00ED4DCE"/>
     <w:rsid w:val="00ED67C5"/>
     <w:rsid w:val="00EE210C"/>
     <w:rsid w:val="00EE3D6C"/>
     <w:rsid w:val="00EE5A7E"/>
     <w:rsid w:val="00EE6845"/>
     <w:rsid w:val="00EE74A5"/>
     <w:rsid w:val="00EE7DD5"/>
     <w:rsid w:val="00EF1CC2"/>
     <w:rsid w:val="00EF29EA"/>
     <w:rsid w:val="00EF3842"/>
     <w:rsid w:val="00EF412D"/>
     <w:rsid w:val="00EF4142"/>
     <w:rsid w:val="00EF4529"/>
     <w:rsid w:val="00F00D20"/>
     <w:rsid w:val="00F00D91"/>
     <w:rsid w:val="00F02B2A"/>
     <w:rsid w:val="00F04B5A"/>
     <w:rsid w:val="00F05C1C"/>
     <w:rsid w:val="00F103D1"/>
     <w:rsid w:val="00F10D3D"/>
     <w:rsid w:val="00F11F75"/>
     <w:rsid w:val="00F13519"/>
     <w:rsid w:val="00F155C4"/>
     <w:rsid w:val="00F17AF5"/>
     <w:rsid w:val="00F20412"/>
+    <w:rsid w:val="00F205B6"/>
     <w:rsid w:val="00F22483"/>
+    <w:rsid w:val="00F2585F"/>
     <w:rsid w:val="00F2608E"/>
+    <w:rsid w:val="00F2706A"/>
     <w:rsid w:val="00F3163B"/>
     <w:rsid w:val="00F31C30"/>
     <w:rsid w:val="00F32DDF"/>
     <w:rsid w:val="00F33075"/>
     <w:rsid w:val="00F40AD2"/>
     <w:rsid w:val="00F41218"/>
     <w:rsid w:val="00F41A8D"/>
     <w:rsid w:val="00F44187"/>
     <w:rsid w:val="00F44C46"/>
     <w:rsid w:val="00F455F2"/>
     <w:rsid w:val="00F520D5"/>
     <w:rsid w:val="00F536C5"/>
     <w:rsid w:val="00F54BED"/>
     <w:rsid w:val="00F556E1"/>
     <w:rsid w:val="00F5573A"/>
     <w:rsid w:val="00F5685A"/>
     <w:rsid w:val="00F61143"/>
     <w:rsid w:val="00F61FEF"/>
     <w:rsid w:val="00F634C2"/>
     <w:rsid w:val="00F6605F"/>
     <w:rsid w:val="00F7106C"/>
     <w:rsid w:val="00F71148"/>
     <w:rsid w:val="00F71831"/>
     <w:rsid w:val="00F737CB"/>
     <w:rsid w:val="00F73FB2"/>
     <w:rsid w:val="00F75870"/>
     <w:rsid w:val="00F76BF8"/>
     <w:rsid w:val="00F7739F"/>
     <w:rsid w:val="00F81EA4"/>
     <w:rsid w:val="00F83641"/>
     <w:rsid w:val="00F83B68"/>
     <w:rsid w:val="00F84811"/>
     <w:rsid w:val="00F8485E"/>
     <w:rsid w:val="00F85E31"/>
+    <w:rsid w:val="00F8626F"/>
     <w:rsid w:val="00F90EBD"/>
     <w:rsid w:val="00F925F1"/>
     <w:rsid w:val="00F971EA"/>
     <w:rsid w:val="00FA0E60"/>
     <w:rsid w:val="00FA3E64"/>
     <w:rsid w:val="00FA5A7E"/>
     <w:rsid w:val="00FA5C36"/>
     <w:rsid w:val="00FA7C8B"/>
     <w:rsid w:val="00FB07C5"/>
     <w:rsid w:val="00FB1413"/>
     <w:rsid w:val="00FB1D05"/>
     <w:rsid w:val="00FB446F"/>
     <w:rsid w:val="00FB660E"/>
     <w:rsid w:val="00FB669C"/>
     <w:rsid w:val="00FC2BE1"/>
-    <w:rsid w:val="00FC61FF"/>
     <w:rsid w:val="00FC7B9A"/>
+    <w:rsid w:val="00FD0993"/>
     <w:rsid w:val="00FD26F4"/>
     <w:rsid w:val="00FD30FB"/>
     <w:rsid w:val="00FD47C2"/>
     <w:rsid w:val="00FD791B"/>
     <w:rsid w:val="00FE07E0"/>
     <w:rsid w:val="00FE28E8"/>
     <w:rsid w:val="00FE38FF"/>
     <w:rsid w:val="00FE3D4C"/>
     <w:rsid w:val="00FE441C"/>
     <w:rsid w:val="00FE4647"/>
     <w:rsid w:val="00FE6349"/>
     <w:rsid w:val="00FE79F9"/>
+    <w:rsid w:val="00FF0B4A"/>
     <w:rsid w:val="00FF67B8"/>
     <w:rsid w:val="03D331B0"/>
     <w:rsid w:val="0C8E3E89"/>
     <w:rsid w:val="2299FF49"/>
     <w:rsid w:val="244EC536"/>
     <w:rsid w:val="2616FBA1"/>
     <w:rsid w:val="28C1AF90"/>
     <w:rsid w:val="3B23AC95"/>
     <w:rsid w:val="40735946"/>
     <w:rsid w:val="46EEBDAC"/>
     <w:rsid w:val="503FC0C4"/>
     <w:rsid w:val="599E4EB6"/>
     <w:rsid w:val="6D321691"/>
     <w:rsid w:val="6D7EAF55"/>
     <w:rsid w:val="70BB544A"/>
     <w:rsid w:val="79388C76"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2052"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="43F11B54"/>
   <w15:docId w15:val="{0F64C149-75DE-475E-BE45-CBFA3E4829DC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -33097,51 +35035,51 @@
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="Mention">
     <w:name w:val="Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00935A5A"/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="175779450">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="181676736">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -33698,96 +35636,54 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...35 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100023EC507CF3D814C891D1408D57845A8" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="3136e126907695fff5bbe466e92f37c0">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="e1196768-4157-4d80-b3c6-79cf9493a5fe" xmlns:ns3="5f8eec94-f1e8-4333-9199-0fcb2e707b9d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e878acc0b5a03c4ff6afc3f34f0f2729" ns2:_="" ns3:_="">
     <xsd:import namespace="e1196768-4157-4d80-b3c6-79cf9493a5fe"/>
     <xsd:import namespace="5f8eec94-f1e8-4333-9199-0fcb2e707b9d"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
@@ -33978,132 +35874,174 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="e1196768-4157-4d80-b3c6-79cf9493a5fe">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="5f8eec94-f1e8-4333-9199-0fcb2e707b9d" xsi:nil="true"/>
+    <SharedWithUsers xmlns="5f8eec94-f1e8-4333-9199-0fcb2e707b9d">
+      <UserInfo>
+        <DisplayName>Mayer, Kate A (EHS)</DisplayName>
+        <AccountId>190</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Nicolosi, Tracey E. (EHS)</DisplayName>
+        <AccountId>31</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Stedman, Kathleen (EHS)</DisplayName>
+        <AccountId>717</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Zubiago, Julia (EHS)</DisplayName>
+        <AccountId>38</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C5C64CF0-D577-4AF3-A06A-EA1A0FF74F83}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4F39C135-4B0B-437A-906C-C855BFE930EA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="e1196768-4157-4d80-b3c6-79cf9493a5fe"/>
     <ds:schemaRef ds:uri="5f8eec94-f1e8-4333-9199-0fcb2e707b9d"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{05449251-3E05-4DE2-A869-54BA0C21F47C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DD2BD804-9901-4D67-B40D-386224EE77FA}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="e1196768-4157-4d80-b3c6-79cf9493a5fe"/>
+    <ds:schemaRef ds:uri="5f8eec94-f1e8-4333-9199-0fcb2e707b9d"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>19</Pages>
-[...1 lines deleted...]
-  <Characters>40088</Characters>
+  <Pages>20</Pages>
+  <Words>7405</Words>
+  <Characters>42211</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>4</DocSecurity>
-  <Lines>334</Lines>
-  <Paragraphs>92</Paragraphs>
+  <Lines>351</Lines>
+  <Paragraphs>99</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>114.3 CMR:          Division of Health Care Finance And Policy</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>EHS</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>46479</CharactersWithSpaces>
+  <CharactersWithSpaces>49517</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>114.3 CMR:          Division of Health Care Finance And Policy</dc:title>
   <dc:creator>Carla Villacorta</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100023EC507CF3D814C891D1408D57845A8</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>