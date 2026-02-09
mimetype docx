--- v0 (2025-10-18)
+++ v1 (2026-02-09)
@@ -1,58 +1,55 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="6C928795" w14:textId="77777777" w:rsidR="00442503" w:rsidRPr="001C17FB" w:rsidRDefault="000B5BA1">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C17FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00442503" w:rsidRPr="001C17FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
@@ -681,51 +678,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and the Department of Public Health</w:t>
       </w:r>
       <w:r w:rsidR="00596190" w:rsidRPr="001C17FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A701EB0" w14:textId="77777777" w:rsidR="00442503" w:rsidRPr="001C17FB" w:rsidRDefault="00442503">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7A560FBD" w14:textId="236D1AF1" w:rsidR="00B11C54" w:rsidRPr="001C17FB" w:rsidRDefault="00B11C54" w:rsidP="00384E6D">
+    <w:p w14:paraId="7A560FBD" w14:textId="6836AE4E" w:rsidR="00B11C54" w:rsidRPr="001C17FB" w:rsidRDefault="00B11C54" w:rsidP="00384E6D">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C17FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2) </w:t>
       </w:r>
       <w:r w:rsidR="00362E18" w:rsidRPr="001C17FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -819,51 +816,60 @@
       <w:r w:rsidR="00161095">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">on or after </w:t>
       </w:r>
       <w:r w:rsidR="00D56390">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">July 1, </w:t>
       </w:r>
       <w:r w:rsidR="00B66893">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>2023</w:t>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF56EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00A26434">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52A6C2A4" w14:textId="77777777" w:rsidR="00B11C54" w:rsidRPr="001C17FB" w:rsidRDefault="00B11C54">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6285E684" w14:textId="77777777" w:rsidR="00442503" w:rsidRPr="001C17FB" w:rsidRDefault="00442503">
       <w:pPr>
         <w:suppressAutoHyphens/>
@@ -1590,61 +1596,210 @@
         </w:rPr>
         <w:t>.02</w:t>
       </w:r>
       <w:r w:rsidR="00442503" w:rsidRPr="001C17FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03607D27" w14:textId="77777777" w:rsidR="00503A19" w:rsidRPr="001C17FB" w:rsidRDefault="00503A19" w:rsidP="00F220EE">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="27ADE117" w14:textId="77777777" w:rsidR="00503A19" w:rsidRPr="001C17FB" w:rsidRDefault="00503A19" w:rsidP="00503A19">
+    <w:p w14:paraId="010953BC" w14:textId="14C9C666" w:rsidR="00AF56EA" w:rsidRPr="00D801E5" w:rsidRDefault="00AF56EA" w:rsidP="00503A19">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF56EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lternative </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF56EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">chool </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Engagement</w:t>
+      </w:r>
+      <w:r w:rsidR="005D03A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D03A4" w:rsidRPr="000B19D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>(ASE)</w:t>
+      </w:r>
+      <w:r w:rsidR="00B21B0A" w:rsidRPr="00D801E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D801E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Supports the delivery of</w:t>
+      </w:r>
+      <w:r w:rsidR="009F5ED9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00551BE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="005D74FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>lternative school</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D801E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> programming in non-traditional school settings. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="479A8657" w14:textId="77777777" w:rsidR="00AF56EA" w:rsidRDefault="00AF56EA" w:rsidP="00503A19">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27ADE117" w14:textId="650D3AED" w:rsidR="00503A19" w:rsidRPr="001C17FB" w:rsidRDefault="00503A19" w:rsidP="00503A19">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="001C17FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Alternative </w:t>
       </w:r>
       <w:r w:rsidR="00937CEB" w:rsidRPr="001C17FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">to </w:t>
       </w:r>
       <w:r w:rsidRPr="001C17FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
@@ -1941,184 +2096,172 @@
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> An hour spent engaging with young people in Teen Pregnancy </w:t>
       </w:r>
       <w:r w:rsidR="009D57A7" w:rsidRPr="001C17FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Prevention </w:t>
       </w:r>
       <w:r w:rsidRPr="001C17FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Youth Development activities. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0238DD04" w14:textId="77777777" w:rsidR="00D551A8" w:rsidRPr="001C17FB" w:rsidRDefault="00D551A8" w:rsidP="00F220EE">
+    <w:p w14:paraId="5A838F09" w14:textId="77777777" w:rsidR="0011165A" w:rsidRPr="001C17FB" w:rsidRDefault="0011165A" w:rsidP="00F220EE">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:i/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C17FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Cost Report</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C17FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  The document used to report costs and other financial and statistical data. The Uniform Financial Statements and Independent Auditor's Report (UFR) </w:t>
+      </w:r>
+      <w:r w:rsidR="00493843">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C17FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> used when required.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5A838F09" w14:textId="77777777" w:rsidR="0011165A" w:rsidRPr="001C17FB" w:rsidRDefault="0011165A" w:rsidP="00F220EE">
+    <w:p w14:paraId="04132909" w14:textId="77777777" w:rsidR="00493BC1" w:rsidRPr="001C17FB" w:rsidRDefault="00493BC1" w:rsidP="00F220EE">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001C17FB">
-[...35 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="04132909" w14:textId="77777777" w:rsidR="00493BC1" w:rsidRPr="001C17FB" w:rsidRDefault="00493BC1" w:rsidP="00F220EE">
+    <w:p w14:paraId="6E1A03CD" w14:textId="77777777" w:rsidR="00493BC1" w:rsidRDefault="00493BC1" w:rsidP="00F220EE">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="001C17FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Curriculum Hour</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C17FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.  An hour spent delivering Teen Pregnanc</w:t>
+      </w:r>
+      <w:r w:rsidR="002D5BA5" w:rsidRPr="001C17FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>y Prevention evidence-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C17FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>based or evidence-informed sexuality programming to young people in a school setting or outside a school setting.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6E1A03CD" w14:textId="77777777" w:rsidR="00493BC1" w:rsidRPr="001C17FB" w:rsidRDefault="00493BC1" w:rsidP="00F220EE">
+    <w:p w14:paraId="02E5C3B4" w14:textId="77777777" w:rsidR="00F647D3" w:rsidRDefault="00F647D3" w:rsidP="00F220EE">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001C17FB">
-[...46 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="58780E90" w14:textId="77777777" w:rsidR="0011165A" w:rsidRPr="001C17FB" w:rsidRDefault="00B979BA" w:rsidP="00F220EE">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C17FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>EOHHS</w:t>
       </w:r>
       <w:r w:rsidR="0011165A" w:rsidRPr="001C17FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -2174,108 +2317,149 @@
         <w:t>6A.</w:t>
       </w:r>
       <w:r w:rsidR="008401AB" w:rsidRPr="001C17FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10D38D25" w14:textId="77777777" w:rsidR="0011165A" w:rsidRPr="001C17FB" w:rsidRDefault="0011165A" w:rsidP="00F220EE">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1EDA8E53" w14:textId="77777777" w:rsidR="00A86126" w:rsidRPr="001C17FB" w:rsidRDefault="00A86126" w:rsidP="00F220EE">
+    <w:p w14:paraId="32D6DCBA" w14:textId="77777777" w:rsidR="006848DE" w:rsidRDefault="00A86126" w:rsidP="00F220EE">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C17FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Extraordinary Circumstances/Flex Funding</w:t>
       </w:r>
       <w:r w:rsidRPr="00D90531">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:r w:rsidRPr="001C17FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A method whereby, subject to availability, a purchasing governmental unit may provide </w:t>
       </w:r>
       <w:r w:rsidR="00402C5E" w:rsidRPr="001C17FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>resource allocations to a client and/or provider across the state. Flexible funding may be provided through a number of means including</w:t>
+        <w:t xml:space="preserve">resource allocations to a client and/or provider across the state. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EDA8E53" w14:textId="05769FA3" w:rsidR="00A86126" w:rsidRPr="001C17FB" w:rsidRDefault="00402C5E" w:rsidP="00F220EE">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C17FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Flexible funding may be provided through </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001C17FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a number of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001C17FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means including</w:t>
       </w:r>
       <w:r w:rsidR="009862E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00402C5E" w:rsidRPr="001C17FB">
+      <w:r w:rsidRPr="001C17FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> but not limited to, reimbursement to client for specific support services or funds directed to a qualified provider for extraordinary circumstances.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4192BD60" w14:textId="77777777" w:rsidR="00402C5E" w:rsidRPr="001C17FB" w:rsidRDefault="00402C5E" w:rsidP="00F220EE">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3577E0B2" w14:textId="77777777" w:rsidR="0011165A" w:rsidRPr="001C17FB" w:rsidRDefault="0011165A" w:rsidP="00F220EE">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
@@ -2296,89 +2480,244 @@
         </w:rPr>
         <w:t>Governmental Unit</w:t>
       </w:r>
       <w:r w:rsidRPr="001C17FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.  The Commonwealth, any board, commission, department, division, or agency of the Commonwealth and any political subdivision of the Commonwealth.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52F3D7D1" w14:textId="77777777" w:rsidR="0011165A" w:rsidRPr="001C17FB" w:rsidRDefault="0011165A" w:rsidP="00F220EE">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6FAB4DE1" w14:textId="77777777" w:rsidR="00984CDB" w:rsidRPr="001C17FB" w:rsidRDefault="00984CDB" w:rsidP="00984CDB">
+    <w:p w14:paraId="6FAB4DE1" w14:textId="4EECB87F" w:rsidR="00984CDB" w:rsidRPr="001C17FB" w:rsidRDefault="00984CDB" w:rsidP="00984CDB">
       <w:pPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C17FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Individual Consideration (I.C)</w:t>
+        <w:t>Individual Consideration (IC)</w:t>
       </w:r>
       <w:r w:rsidRPr="001C17FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>.  Payment rates for certain services are designated as individual consideration (I.C.). Where I.C. rates are designated, the purchasing governmental unit will determine the appropriate payment as</w:t>
+        <w:t>.  Payment rates for certain services are designated as individual consideration (IC). Where IC rates are designated, the purchasing governmental unit will determine the appropriate payment as</w:t>
       </w:r>
       <w:r w:rsidRPr="001C17FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> the actual cost of the item or service as evidenced by invoice, published tuition amount, or other price reasonably obtained by a competitive market for the product or service.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F877FCC" w14:textId="77777777" w:rsidR="008F714E" w:rsidRDefault="008F714E" w:rsidP="00DF18D0">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F6B883E" w14:textId="418C5436" w:rsidR="00DF18D0" w:rsidRPr="00AF56EA" w:rsidRDefault="00DF18D0" w:rsidP="00DF18D0">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D801E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Parent/Caregiver</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF18D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004350D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Engagement</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.  S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF56EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>upport</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF56EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D801E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>involvement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00507659">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of parents/caregivers into ASE programming with workshops </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D801E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00507659">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> parents prior to, during, and sometimes after programming to answer parent questions </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D801E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>about</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00507659">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> curriculum content</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF56EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and programming.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19D7B297" w14:textId="77777777" w:rsidR="00984CDB" w:rsidRPr="001C17FB" w:rsidRDefault="00984CDB" w:rsidP="00F220EE">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="02EB1C75" w14:textId="77777777" w:rsidR="00442503" w:rsidRPr="001C17FB" w:rsidRDefault="00EB085B" w:rsidP="00F220EE">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
@@ -2571,51 +2910,51 @@
         <w:t>fiscal year for which costs incurred are reported to the Operational Services Division on the Uniform Financial Statements and Independent Auditor's Report (UFR)</w:t>
       </w:r>
       <w:r w:rsidR="008854A5" w:rsidRPr="001C17FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CADDAE2" w14:textId="77777777" w:rsidR="007D15FB" w:rsidRPr="001C17FB" w:rsidRDefault="007D15FB" w:rsidP="00F220EE">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="34B316C0" w14:textId="3A4B577C" w:rsidR="00503A19" w:rsidRDefault="00503A19" w:rsidP="00503A19">
+    <w:p w14:paraId="34B316C0" w14:textId="41B236F6" w:rsidR="00503A19" w:rsidRDefault="00503A19" w:rsidP="00503A19">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C17FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Teen Pregnancy Prevention Program</w:t>
       </w:r>
       <w:r w:rsidRPr="00D90531">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
@@ -2677,51 +3016,67 @@
         </w:rPr>
         <w:t xml:space="preserve"> youth development activities. </w:t>
       </w:r>
       <w:r w:rsidRPr="001C17FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Teen pregnancy prevention programs may be delivered in a </w:t>
       </w:r>
       <w:r w:rsidR="0080126F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">virtual setting, </w:t>
       </w:r>
       <w:r w:rsidRPr="001C17FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>school setting or outside of the school setting.</w:t>
+        <w:t>school setting</w:t>
+      </w:r>
+      <w:r w:rsidR="00A80228">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C17FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or outside of the school setting.</w:t>
       </w:r>
       <w:r w:rsidRPr="001C17FB">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="557C86F6" w14:textId="77777777" w:rsidR="00014E08" w:rsidRDefault="00014E08" w:rsidP="00503A19">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="25526296" w14:textId="77777777" w:rsidR="00014E08" w:rsidRPr="001C17FB" w:rsidRDefault="00014E08" w:rsidP="00014E08">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
@@ -2830,50 +3185,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7028AA50" w14:textId="77777777" w:rsidR="00503A19" w:rsidRPr="001C17FB" w:rsidRDefault="00503A19" w:rsidP="00503A19">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C17FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Teen Pregnancy Prevention Youth Development</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC4D56">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="001C17FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00CB4CE0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The Teen Pregnancy Prevention</w:t>
@@ -2902,60 +3258,51 @@
         </w:rPr>
         <w:t xml:space="preserve">, but </w:t>
       </w:r>
       <w:r w:rsidR="009D57A7" w:rsidRPr="001C17FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is </w:t>
       </w:r>
       <w:r w:rsidR="001A6CF9" w:rsidRPr="001C17FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>not limited to,</w:t>
       </w:r>
       <w:r w:rsidRPr="001C17FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> the following </w:t>
-[...8 lines deleted...]
-        <w:t>strategies, delivered in addition to teen pregnancy prevention curricul</w:t>
+        <w:t xml:space="preserve"> the following strategies, delivered in addition to teen pregnancy prevention curricul</w:t>
       </w:r>
       <w:r w:rsidR="00DF7141" w:rsidRPr="001C17FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="001C17FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:  peer leadership models, youth summits/retreats, education/employment supports, and youth advisory councils.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="631AA689" w14:textId="77777777" w:rsidR="00503A19" w:rsidRPr="001C17FB" w:rsidRDefault="00503A19" w:rsidP="00F220EE">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
@@ -3042,101 +3389,135 @@
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00825428" w:rsidRPr="001C17FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and traditional outpatient or recreational services can provide.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E9581A6" w14:textId="77777777" w:rsidR="00787A0A" w:rsidRPr="001C17FB" w:rsidRDefault="00787A0A" w:rsidP="00F220EE">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="389B8F34" w14:textId="77777777" w:rsidR="000A4EDA" w:rsidRPr="001C17FB" w:rsidRDefault="00C67BD1" w:rsidP="00F220EE">
+    <w:p w14:paraId="389B8F34" w14:textId="70F8359D" w:rsidR="000A4EDA" w:rsidRPr="001C17FB" w:rsidRDefault="00C67BD1" w:rsidP="00F220EE">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C17FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Young Parents Support Program</w:t>
+        <w:t xml:space="preserve">Young Parents Support </w:t>
+      </w:r>
+      <w:r w:rsidR="00A80228">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(YPS) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C17FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Program</w:t>
       </w:r>
       <w:r w:rsidRPr="00124657">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:r w:rsidR="00984CDB" w:rsidRPr="001C17FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>The Young Parents Support program (YPS) provides intensive counseling, case management</w:t>
+        <w:t>YPS provides intensive counseling, case management</w:t>
       </w:r>
       <w:r w:rsidR="00070997">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00984CDB" w:rsidRPr="001C17FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and other services to parents at the highest risk of abuse or neglect. Young Parents Support program supports clients 14 through 23 years of age who are typically referred to the program because they are not eligible for other teen parent programs. YPS enables their clients to meet their responsibilities as parents, students</w:t>
+        <w:t xml:space="preserve"> and other services to parents at the highest risk of abuse or neglect. Young Parents Support program supports clients 14 through 23 years </w:t>
+      </w:r>
+      <w:r w:rsidR="00904D9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>old</w:t>
+      </w:r>
+      <w:r w:rsidR="00984CDB" w:rsidRPr="001C17FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> who are typically referred to the program because they are not eligible for other teen parent programs. YPS enables their clients to meet their responsibilities as parents, students</w:t>
       </w:r>
       <w:r w:rsidR="00070997">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00984CDB" w:rsidRPr="001C17FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and employees.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42D185D2" w14:textId="77777777" w:rsidR="00B73322" w:rsidRPr="001C17FB" w:rsidRDefault="00B73322" w:rsidP="00EA2EB7">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
@@ -3676,51 +4057,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Circumstances</w:t>
       </w:r>
       <w:r w:rsidRPr="00E47DD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:r w:rsidRPr="00A26645">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>A method whereby, subject to availability of funds, a purchasing governmental unit may provide additional resource allocations to a qualified provider in response to unusual and unforeseen circumstances that substantially increase the cost of service delivery in ways not contemplated in the development of current rates.</w:t>
+        <w:t xml:space="preserve">A method whereby, subject to availability of funds, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A26645">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a purchasing</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A26645">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> governmental unit may provide additional resource allocations to a qualified provider in response to unusual and unforeseen circumstances that substantially increase the cost of service delivery in ways not contemplated in the development of current rates.</w:t>
       </w:r>
       <w:r w:rsidRPr="00E47DD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> It must be demonstrated that </w:t>
       </w:r>
       <w:r w:rsidRPr="00A26645">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>such</w:t>
       </w:r>
       <w:r w:rsidRPr="00E47DD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -4090,4992 +4491,4926 @@
       </w:r>
       <w:r w:rsidR="00C67BD1" w:rsidRPr="001C17FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>427</w:t>
       </w:r>
       <w:r w:rsidR="008C51D3" w:rsidRPr="001C17FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.03.</w:t>
       </w:r>
       <w:r w:rsidR="00DE211D" w:rsidRPr="001C17FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...9 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9435" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4268"/>
         <w:gridCol w:w="1729"/>
         <w:gridCol w:w="1871"/>
         <w:gridCol w:w="1567"/>
       </w:tblGrid>
       <w:tr w:rsidR="00887A55" w:rsidRPr="00C07346" w14:paraId="5FF9174C" w14:textId="77777777" w:rsidTr="00245FD1">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6781C024" w14:textId="77777777" w:rsidR="00C07346" w:rsidRPr="00D771CD" w:rsidRDefault="00C07346" w:rsidP="00C07346">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D771CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Service</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="77B525BA" w14:textId="77777777" w:rsidR="00C07346" w:rsidRPr="00D771CD" w:rsidRDefault="00C07346" w:rsidP="00C07346">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D771CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Model</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7B754C0D" w14:textId="77777777" w:rsidR="00C07346" w:rsidRPr="00D771CD" w:rsidRDefault="00C07346" w:rsidP="00C07346">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D771CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Unit of Service</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5DF375BF" w14:textId="77777777" w:rsidR="00C07346" w:rsidRPr="00D771CD" w:rsidRDefault="00C07346" w:rsidP="00C07346">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D771CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Rate</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00887A55" w:rsidRPr="00C07346" w14:paraId="0550E62A" w14:textId="77777777" w:rsidTr="00245FD1">
+      <w:tr w:rsidR="00887A55" w:rsidRPr="00C07346" w14:paraId="0550E62A" w14:textId="77777777" w:rsidTr="00D801E5">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4268" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="71FFA290" w14:textId="77777777" w:rsidR="00C07346" w:rsidRPr="00D771CD" w:rsidRDefault="00C07346" w:rsidP="00C07346">
+          <w:p w14:paraId="71FFA290" w14:textId="02AE4280" w:rsidR="00C07346" w:rsidRPr="00D771CD" w:rsidRDefault="00C07346" w:rsidP="00C07346">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D771CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Alternative Lock-up Program</w:t>
+              <w:t xml:space="preserve">Alternative </w:t>
+            </w:r>
+            <w:r w:rsidR="002C113E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">to </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D771CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lock-up Program</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="770C53FD" w14:textId="77777777" w:rsidR="00C07346" w:rsidRPr="00D771CD" w:rsidRDefault="00C07346" w:rsidP="00C07346">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D771CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2EFEFD7C" w14:textId="77777777" w:rsidR="00C07346" w:rsidRPr="00D771CD" w:rsidRDefault="00C07346" w:rsidP="00C07346">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D771CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Month</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="bottom"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="074F392B" w14:textId="5DE865A6" w:rsidR="00C07346" w:rsidRPr="00D771CD" w:rsidRDefault="00C07346" w:rsidP="00245FD1">
+          <w:p w14:paraId="074F392B" w14:textId="025FE7EF" w:rsidR="00C07346" w:rsidRPr="00425CBE" w:rsidRDefault="00C07346" w:rsidP="00425CBE">
             <w:pPr>
               <w:ind w:right="-108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D771CD">
+            <w:r w:rsidRPr="00425CBE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r w:rsidR="00B66893">
-[...6 lines deleted...]
-              <w:t>12,725</w:t>
+            <w:r w:rsidR="00AF56EA" w:rsidRPr="00425CBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>13,981</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00887A55" w:rsidRPr="00C07346" w14:paraId="47AE4E16" w14:textId="77777777" w:rsidTr="00245FD1">
+      <w:tr w:rsidR="00887A55" w:rsidRPr="00C07346" w14:paraId="47AE4E16" w14:textId="77777777" w:rsidTr="00D801E5">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4268" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0B9A8DF0" w14:textId="77777777" w:rsidR="00C07346" w:rsidRPr="00D771CD" w:rsidRDefault="00C07346" w:rsidP="00C07346">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4343D7E6" w14:textId="77777777" w:rsidR="00C07346" w:rsidRPr="00D771CD" w:rsidRDefault="00C07346" w:rsidP="00C07346">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D771CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1CBE76BC" w14:textId="77777777" w:rsidR="00C07346" w:rsidRPr="00D771CD" w:rsidRDefault="00C07346" w:rsidP="00C07346">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D771CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Month</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="bottom"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="51DDDE84" w14:textId="37907F73" w:rsidR="00C07346" w:rsidRPr="00D771CD" w:rsidRDefault="00C07346" w:rsidP="00245FD1">
+          <w:p w14:paraId="51DDDE84" w14:textId="34515C32" w:rsidR="00C07346" w:rsidRPr="00425CBE" w:rsidRDefault="00C07346" w:rsidP="00425CBE">
             <w:pPr>
               <w:ind w:right="-108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D771CD">
+            <w:r w:rsidRPr="00425CBE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r w:rsidR="00B66893">
-[...6 lines deleted...]
-              <w:t>21,928</w:t>
+            <w:r w:rsidR="00AF56EA" w:rsidRPr="00425CBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>24,117</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00887A55" w:rsidRPr="00C07346" w14:paraId="4EF57414" w14:textId="77777777" w:rsidTr="00245FD1">
+      <w:tr w:rsidR="00887A55" w:rsidRPr="00C07346" w14:paraId="4EF57414" w14:textId="77777777" w:rsidTr="00D801E5">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4268" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="04F67D8F" w14:textId="77777777" w:rsidR="00C07346" w:rsidRPr="00D771CD" w:rsidRDefault="00C07346" w:rsidP="00C07346">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7F3B8913" w14:textId="77777777" w:rsidR="00C07346" w:rsidRPr="00D771CD" w:rsidRDefault="00C07346" w:rsidP="00C07346">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D771CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2A068B99" w14:textId="77777777" w:rsidR="00C07346" w:rsidRPr="00D771CD" w:rsidRDefault="00C07346" w:rsidP="00C07346">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D771CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Month</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="bottom"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5826436C" w14:textId="3D763911" w:rsidR="00C07346" w:rsidRPr="00D771CD" w:rsidRDefault="00C07346" w:rsidP="00245FD1">
+          <w:p w14:paraId="5826436C" w14:textId="304AAFA0" w:rsidR="00C07346" w:rsidRPr="00425CBE" w:rsidRDefault="00C07346" w:rsidP="00425CBE">
             <w:pPr>
               <w:ind w:left="-18" w:right="-108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D771CD">
+            <w:r w:rsidRPr="00425CBE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r w:rsidR="00B66893">
-[...6 lines deleted...]
-              <w:t>27,967</w:t>
+            <w:r w:rsidR="00AF56EA" w:rsidRPr="00425CBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>30,759</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00887A55" w:rsidRPr="00C07346" w14:paraId="4BA5A29D" w14:textId="77777777" w:rsidTr="00245FD1">
+      <w:tr w:rsidR="00AF56EA" w:rsidRPr="00C07346" w14:paraId="4BA5A29D" w14:textId="77777777" w:rsidTr="00D801E5">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4268" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3973080B" w14:textId="77777777" w:rsidR="00C07346" w:rsidRPr="00D771CD" w:rsidRDefault="00C07346" w:rsidP="00C07346">
+          <w:p w14:paraId="3973080B" w14:textId="77777777" w:rsidR="00AF56EA" w:rsidRPr="00D771CD" w:rsidRDefault="00AF56EA" w:rsidP="00AF56EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D771CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Conflict of Interest Services</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0D08739A" w14:textId="77777777" w:rsidR="00C07346" w:rsidRPr="00D771CD" w:rsidRDefault="00C07346" w:rsidP="00C07346">
+          <w:p w14:paraId="0D08739A" w14:textId="77777777" w:rsidR="00AF56EA" w:rsidRPr="00D771CD" w:rsidRDefault="00AF56EA" w:rsidP="00AF56EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D771CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1 Family</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="18479A1D" w14:textId="77777777" w:rsidR="00C07346" w:rsidRPr="00D771CD" w:rsidRDefault="00C07346" w:rsidP="00C07346">
+          <w:p w14:paraId="18479A1D" w14:textId="77777777" w:rsidR="00AF56EA" w:rsidRPr="00D771CD" w:rsidRDefault="00AF56EA" w:rsidP="00AF56EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D771CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Month</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="bottom"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0DF002BC" w14:textId="7B78164B" w:rsidR="00C07346" w:rsidRPr="00D771CD" w:rsidRDefault="00C07346" w:rsidP="00245FD1">
+          <w:p w14:paraId="0DF002BC" w14:textId="3C406637" w:rsidR="00AF56EA" w:rsidRPr="00425CBE" w:rsidRDefault="00AF56EA" w:rsidP="00425CBE">
             <w:pPr>
               <w:ind w:right="-108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D771CD">
-[...13 lines deleted...]
-              <w:t>1,248</w:t>
+            <w:r w:rsidRPr="00D801E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$1,380 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00887A55" w:rsidRPr="00C07346" w14:paraId="2C4F9045" w14:textId="77777777" w:rsidTr="00245FD1">
+      <w:tr w:rsidR="00AF56EA" w:rsidRPr="00C07346" w14:paraId="2C4F9045" w14:textId="77777777" w:rsidTr="00D801E5">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4268" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2C5C4358" w14:textId="77777777" w:rsidR="00C07346" w:rsidRPr="00D771CD" w:rsidRDefault="00C07346" w:rsidP="00C07346">
+          <w:p w14:paraId="2C5C4358" w14:textId="77777777" w:rsidR="00AF56EA" w:rsidRPr="00D771CD" w:rsidRDefault="00AF56EA" w:rsidP="00AF56EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6A90466E" w14:textId="77777777" w:rsidR="00C07346" w:rsidRPr="00D771CD" w:rsidRDefault="00C07346" w:rsidP="00C07346">
+          <w:p w14:paraId="6A90466E" w14:textId="77777777" w:rsidR="00AF56EA" w:rsidRPr="00D771CD" w:rsidRDefault="00AF56EA" w:rsidP="00AF56EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D771CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5 Families</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3BEAE465" w14:textId="77777777" w:rsidR="00C07346" w:rsidRPr="00D771CD" w:rsidRDefault="00C07346" w:rsidP="00C07346">
+          <w:p w14:paraId="3BEAE465" w14:textId="77777777" w:rsidR="00AF56EA" w:rsidRPr="00D771CD" w:rsidRDefault="00AF56EA" w:rsidP="00AF56EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D771CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Month</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="bottom"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3D48C8E3" w14:textId="48FC2246" w:rsidR="00C07346" w:rsidRPr="00D771CD" w:rsidRDefault="00C07346" w:rsidP="00245FD1">
+          <w:p w14:paraId="3D48C8E3" w14:textId="0D9E24B3" w:rsidR="00AF56EA" w:rsidRPr="00425CBE" w:rsidRDefault="00AF56EA" w:rsidP="00425CBE">
             <w:pPr>
               <w:ind w:right="-108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D771CD">
-[...13 lines deleted...]
-              <w:t>6,202</w:t>
+            <w:r w:rsidRPr="00D801E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$6,868 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00887A55" w:rsidRPr="00C07346" w14:paraId="7DC155C5" w14:textId="77777777" w:rsidTr="00245FD1">
+      <w:tr w:rsidR="00887A55" w:rsidRPr="00C07346" w14:paraId="7DC155C5" w14:textId="77777777" w:rsidTr="00D801E5">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="035E7ED0" w14:textId="77777777" w:rsidR="00C5096D" w:rsidRPr="00D771CD" w:rsidRDefault="00C5096D" w:rsidP="00C07346">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D771CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Extraordinary Circumstances/Flex Funding</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5B339993" w14:textId="77777777" w:rsidR="00C5096D" w:rsidRPr="00D771CD" w:rsidRDefault="00C5096D" w:rsidP="00C07346">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D771CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="65977617" w14:textId="77777777" w:rsidR="00C5096D" w:rsidRPr="00D771CD" w:rsidRDefault="00C5096D" w:rsidP="00C07346">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D771CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="bottom"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7E9A3A73" w14:textId="77777777" w:rsidR="00C5096D" w:rsidRPr="00D771CD" w:rsidRDefault="00C5096D" w:rsidP="00245FD1">
+          <w:p w14:paraId="7E9A3A73" w14:textId="247A1466" w:rsidR="00C5096D" w:rsidRPr="00425CBE" w:rsidRDefault="00C5096D" w:rsidP="00425CBE">
             <w:pPr>
               <w:ind w:right="-108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D771CD">
-[...6 lines deleted...]
-              <w:t>I.C.</w:t>
+            <w:r w:rsidRPr="00425CBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>IC</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00887A55" w:rsidRPr="00C07346" w14:paraId="5BEE3A1B" w14:textId="77777777" w:rsidTr="00245FD1">
+      <w:tr w:rsidR="00AF56EA" w:rsidRPr="00C07346" w14:paraId="5BEE3A1B" w14:textId="77777777" w:rsidTr="00D801E5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4268" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7D045A7A" w14:textId="74DD8694" w:rsidR="0080126F" w:rsidRPr="00D771CD" w:rsidRDefault="0080126F" w:rsidP="00C07346">
+          <w:p w14:paraId="7D045A7A" w14:textId="74DD8694" w:rsidR="00AF56EA" w:rsidRPr="00D771CD" w:rsidRDefault="00AF56EA" w:rsidP="00AF56EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D771CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Teen Pregnancy </w:t>
             </w:r>
-            <w:r w:rsidR="00B66893">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Prevention </w:t>
             </w:r>
             <w:r w:rsidRPr="00D771CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Program</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2B0FFA86" w14:textId="77777777" w:rsidR="0080126F" w:rsidRPr="00D771CD" w:rsidRDefault="0080126F" w:rsidP="00245FD1">
+          <w:p w14:paraId="2B0FFA86" w14:textId="77777777" w:rsidR="00AF56EA" w:rsidRPr="00D771CD" w:rsidRDefault="00AF56EA" w:rsidP="00AF56EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D771CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>In school</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1F0AB86E" w14:textId="77777777" w:rsidR="0080126F" w:rsidRPr="00D771CD" w:rsidRDefault="0080126F" w:rsidP="00245FD1">
+          <w:p w14:paraId="1F0AB86E" w14:textId="77777777" w:rsidR="00AF56EA" w:rsidRPr="00D771CD" w:rsidRDefault="00AF56EA" w:rsidP="00AF56EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D771CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Curriculum Hour</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="79520DF4" w14:textId="0BBBA7FB" w:rsidR="0080126F" w:rsidRPr="00D771CD" w:rsidRDefault="0080126F" w:rsidP="00245FD1">
+          <w:p w14:paraId="79520DF4" w14:textId="7A6D55A8" w:rsidR="00AF56EA" w:rsidRPr="00425CBE" w:rsidRDefault="00AF56EA" w:rsidP="00425CBE">
             <w:pPr>
               <w:ind w:right="-108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D771CD">
-[...15 lines deleted...]
-              <w:t>380.85</w:t>
+            <w:r w:rsidRPr="00D801E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$422.64 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00887A55" w:rsidRPr="00C07346" w14:paraId="22BEE6FF" w14:textId="77777777" w:rsidTr="00245FD1">
+      <w:tr w:rsidR="00AF56EA" w:rsidRPr="00C07346" w14:paraId="22BEE6FF" w14:textId="77777777" w:rsidTr="00D801E5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4268" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5D38105F" w14:textId="77777777" w:rsidR="0080126F" w:rsidRPr="00C07346" w:rsidRDefault="0080126F" w:rsidP="00C07346">
+          <w:p w14:paraId="5D38105F" w14:textId="77777777" w:rsidR="00AF56EA" w:rsidRPr="00C07346" w:rsidRDefault="00AF56EA" w:rsidP="00AF56EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4AD9024C" w14:textId="77777777" w:rsidR="0080126F" w:rsidRPr="00D771CD" w:rsidRDefault="0080126F" w:rsidP="00C07346">
+          <w:p w14:paraId="4AD9024C" w14:textId="77777777" w:rsidR="00AF56EA" w:rsidRPr="00D771CD" w:rsidRDefault="00AF56EA" w:rsidP="00AF56EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D771CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Outside school</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="023A0C22" w14:textId="77777777" w:rsidR="0080126F" w:rsidRPr="00D771CD" w:rsidRDefault="0080126F" w:rsidP="00C07346">
+          <w:p w14:paraId="023A0C22" w14:textId="77777777" w:rsidR="00AF56EA" w:rsidRPr="00D771CD" w:rsidRDefault="00AF56EA" w:rsidP="00AF56EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D771CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Curriculum Hour</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="07F024C2" w14:textId="392805C7" w:rsidR="0080126F" w:rsidRPr="00D771CD" w:rsidRDefault="0080126F" w:rsidP="00245FD1">
+          <w:p w14:paraId="07F024C2" w14:textId="4F7C0E9C" w:rsidR="00AF56EA" w:rsidRPr="00425CBE" w:rsidRDefault="00AF56EA" w:rsidP="00425CBE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D771CD">
-[...15 lines deleted...]
-              <w:t>476.06</w:t>
+            <w:r w:rsidRPr="00D801E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$528.31 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00887A55" w:rsidRPr="00C07346" w14:paraId="5415F7AD" w14:textId="77777777" w:rsidTr="00245FD1">
+      <w:tr w:rsidR="00AF56EA" w:rsidRPr="00C07346" w14:paraId="5415F7AD" w14:textId="77777777" w:rsidTr="00D801E5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4268" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5428B9AB" w14:textId="77777777" w:rsidR="0080126F" w:rsidRPr="00C07346" w:rsidRDefault="0080126F" w:rsidP="00C07346">
+          <w:p w14:paraId="5428B9AB" w14:textId="77777777" w:rsidR="00AF56EA" w:rsidRPr="00C07346" w:rsidRDefault="00AF56EA" w:rsidP="00AF56EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3967C12B" w14:textId="401FCC62" w:rsidR="0080126F" w:rsidRPr="00D771CD" w:rsidRDefault="0080126F" w:rsidP="00C07346">
+          <w:p w14:paraId="3967C12B" w14:textId="401FCC62" w:rsidR="00AF56EA" w:rsidRPr="00D771CD" w:rsidRDefault="00AF56EA" w:rsidP="00AF56EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Remote Add-on</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C6A659D" w14:textId="0F9AA226" w:rsidR="0080126F" w:rsidRPr="00D771CD" w:rsidRDefault="0080126F" w:rsidP="00245FD1">
+          <w:p w14:paraId="5C6A659D" w14:textId="0F9AA226" w:rsidR="00AF56EA" w:rsidRPr="00D771CD" w:rsidRDefault="00AF56EA" w:rsidP="00AF56EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Hour</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="78C90D73" w14:textId="4F72629B" w:rsidR="0080126F" w:rsidRPr="00D771CD" w:rsidRDefault="0080126F" w:rsidP="00245FD1">
+          <w:p w14:paraId="78C90D73" w14:textId="654944D2" w:rsidR="00AF56EA" w:rsidRPr="00425CBE" w:rsidRDefault="00AF56EA" w:rsidP="00425CBE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...15 lines deleted...]
-              <w:t>95.21</w:t>
+            <w:r w:rsidRPr="00D801E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$105.66 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00887A55" w:rsidRPr="00C07346" w14:paraId="5FEAAB11" w14:textId="77777777" w:rsidTr="00245FD1">
+      <w:tr w:rsidR="00AF56EA" w:rsidRPr="00C07346" w14:paraId="06A2324C" w14:textId="77777777" w:rsidTr="00D801E5">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="288"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BAA2DA6" w14:textId="4A737919" w:rsidR="00AF56EA" w:rsidRPr="00D801E5" w:rsidRDefault="00AF56EA" w:rsidP="00AF56EA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D801E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Alternative School</w:t>
+            </w:r>
+            <w:r w:rsidR="005D74FC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Engagement</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AA5F52C" w14:textId="3D0280BC" w:rsidR="00AF56EA" w:rsidRDefault="00D35709" w:rsidP="00AF56EA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BBB77D7" w14:textId="3902761B" w:rsidR="00AF56EA" w:rsidRDefault="00AF56EA" w:rsidP="00AF56EA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Hour</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61F171A8" w14:textId="2AA55658" w:rsidR="00AF56EA" w:rsidRPr="00D801E5" w:rsidRDefault="00AF56EA" w:rsidP="00425CBE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D801E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>$493.07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AF56EA" w:rsidRPr="00C07346" w14:paraId="5F905872" w14:textId="77777777" w:rsidTr="00D801E5">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="288"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="47BF37C9" w14:textId="2A53AA68" w:rsidR="00AF56EA" w:rsidRPr="00D801E5" w:rsidRDefault="00D273E1" w:rsidP="00AF56EA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD3D95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Parent/Caregiver</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00AF56EA" w:rsidRPr="00D801E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Engagement</w:t>
+            </w:r>
+            <w:r w:rsidR="009B44C9" w:rsidRPr="00D801E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DCBFD4E" w14:textId="0532A25C" w:rsidR="00AF56EA" w:rsidRDefault="00D35709" w:rsidP="00AF56EA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65C1404C" w14:textId="52E1C86D" w:rsidR="00AF56EA" w:rsidRDefault="00AF56EA" w:rsidP="00AF56EA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Hour</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="41CC8ED5" w14:textId="6BAC1D65" w:rsidR="00AF56EA" w:rsidRPr="00D801E5" w:rsidRDefault="00AF56EA" w:rsidP="00425CBE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D801E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>$67.54</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00887A55" w:rsidRPr="00C07346" w14:paraId="5FEAAB11" w14:textId="77777777" w:rsidTr="00D801E5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="10B077CE" w14:textId="77777777" w:rsidR="00C07346" w:rsidRPr="00D771CD" w:rsidRDefault="00C07346" w:rsidP="00245FD1">
+          <w:p w14:paraId="10B077CE" w14:textId="77777777" w:rsidR="00C07346" w:rsidRPr="009B44C9" w:rsidRDefault="00C07346" w:rsidP="00245FD1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D771CD">
+            <w:r w:rsidRPr="009B44C9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Peer Leadership &amp; Youth Development</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5CF0E6C0" w14:textId="4C236E04" w:rsidR="00C07346" w:rsidRPr="00D771CD" w:rsidRDefault="00533336" w:rsidP="00245FD1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D771CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="20D12BD5" w14:textId="77777777" w:rsidR="00C07346" w:rsidRPr="00D771CD" w:rsidRDefault="00C07346" w:rsidP="00245FD1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D771CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Contact Hour</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="138B3E88" w14:textId="723DC0CD" w:rsidR="00C07346" w:rsidRPr="00D771CD" w:rsidRDefault="00C07346" w:rsidP="00245FD1">
+          <w:p w14:paraId="138B3E88" w14:textId="46E21770" w:rsidR="00C07346" w:rsidRPr="00425CBE" w:rsidRDefault="00C07346" w:rsidP="00425CBE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D771CD">
+            <w:r w:rsidRPr="00425CBE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r w:rsidR="00E94C63">
-[...6 lines deleted...]
-              <w:t>285.64</w:t>
+            <w:r w:rsidR="00AF56EA" w:rsidRPr="00425CBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>316.98</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00887A55" w:rsidRPr="00C07346" w14:paraId="312FC406" w14:textId="77777777" w:rsidTr="00245FD1">
+      <w:tr w:rsidR="00887A55" w:rsidRPr="00C07346" w14:paraId="312FC406" w14:textId="77777777" w:rsidTr="00D801E5">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="48B185D7" w14:textId="77777777" w:rsidR="00D56390" w:rsidRPr="00D771CD" w:rsidRDefault="00D56390" w:rsidP="00C07346">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D771CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Partnership Development</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5D685AB3" w14:textId="77777777" w:rsidR="00D56390" w:rsidRPr="00D771CD" w:rsidRDefault="00D56390" w:rsidP="00C07346">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D771CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="076C7DD1" w14:textId="77777777" w:rsidR="00D56390" w:rsidRPr="00D771CD" w:rsidRDefault="00D56390" w:rsidP="00C07346">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D771CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Hour</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="bottom"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="682366E8" w14:textId="461A7946" w:rsidR="00D56390" w:rsidRPr="00D771CD" w:rsidRDefault="00D56390" w:rsidP="00245FD1">
+          <w:p w14:paraId="682366E8" w14:textId="6AA9F3C9" w:rsidR="00D56390" w:rsidRPr="00425CBE" w:rsidRDefault="00D56390" w:rsidP="00425CBE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D771CD">
+            <w:r w:rsidRPr="00425CBE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r w:rsidR="00E94C63">
-[...6 lines deleted...]
-              <w:t>53.81</w:t>
+            <w:r w:rsidR="00AF56EA" w:rsidRPr="00425CBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>59.71</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00887A55" w:rsidRPr="00C07346" w14:paraId="7C647101" w14:textId="77777777" w:rsidTr="00245FD1">
+      <w:tr w:rsidR="00AF56EA" w:rsidRPr="00C07346" w14:paraId="7C647101" w14:textId="77777777" w:rsidTr="00D801E5">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4268" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="107FE9AF" w14:textId="77777777" w:rsidR="00C07346" w:rsidRPr="00D771CD" w:rsidRDefault="00C07346" w:rsidP="00C07346">
+          <w:p w14:paraId="107FE9AF" w14:textId="77777777" w:rsidR="00AF56EA" w:rsidRPr="00D771CD" w:rsidRDefault="00AF56EA" w:rsidP="00AF56EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D771CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Therapeutic Day Services</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="16348757" w14:textId="77777777" w:rsidR="00C07346" w:rsidRPr="00D771CD" w:rsidRDefault="00C07346" w:rsidP="00C07346">
+          <w:p w14:paraId="16348757" w14:textId="77777777" w:rsidR="00AF56EA" w:rsidRPr="00D771CD" w:rsidRDefault="00AF56EA" w:rsidP="00AF56EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D771CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Model 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7838C0E3" w14:textId="77777777" w:rsidR="00C07346" w:rsidRPr="00D771CD" w:rsidRDefault="00C07346" w:rsidP="00C07346">
+          <w:p w14:paraId="7838C0E3" w14:textId="77777777" w:rsidR="00AF56EA" w:rsidRPr="00D771CD" w:rsidRDefault="00AF56EA" w:rsidP="00AF56EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D771CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Month</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="bottom"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="344CABB8" w14:textId="00AB5590" w:rsidR="00C07346" w:rsidRPr="00D771CD" w:rsidRDefault="00C07346" w:rsidP="00245FD1">
+          <w:p w14:paraId="344CABB8" w14:textId="14FA4688" w:rsidR="00AF56EA" w:rsidRPr="00425CBE" w:rsidRDefault="00AF56EA" w:rsidP="00425CBE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D771CD">
-[...15 lines deleted...]
-              <w:t>32,797</w:t>
+            <w:r w:rsidRPr="00D801E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$35,713 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00887A55" w:rsidRPr="00C07346" w14:paraId="155B5FBB" w14:textId="77777777" w:rsidTr="00245FD1">
+      <w:tr w:rsidR="00AF56EA" w:rsidRPr="00C07346" w14:paraId="155B5FBB" w14:textId="77777777" w:rsidTr="00D801E5">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4268" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3450384A" w14:textId="77777777" w:rsidR="00C07346" w:rsidRPr="00D771CD" w:rsidRDefault="00C07346" w:rsidP="00C07346">
+          <w:p w14:paraId="3450384A" w14:textId="77777777" w:rsidR="00AF56EA" w:rsidRPr="00D771CD" w:rsidRDefault="00AF56EA" w:rsidP="00AF56EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="048C2B5B" w14:textId="77777777" w:rsidR="00C07346" w:rsidRPr="00D771CD" w:rsidRDefault="00C07346" w:rsidP="00C07346">
+          <w:p w14:paraId="048C2B5B" w14:textId="77777777" w:rsidR="00AF56EA" w:rsidRPr="00D771CD" w:rsidRDefault="00AF56EA" w:rsidP="00AF56EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D771CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Model 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1067E594" w14:textId="77777777" w:rsidR="00C07346" w:rsidRPr="00D771CD" w:rsidRDefault="00C07346" w:rsidP="00C07346">
+          <w:p w14:paraId="1067E594" w14:textId="77777777" w:rsidR="00AF56EA" w:rsidRPr="00D771CD" w:rsidRDefault="00AF56EA" w:rsidP="00AF56EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D771CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Month</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="bottom"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7CDF15FC" w14:textId="47FE34B4" w:rsidR="00C07346" w:rsidRPr="00D771CD" w:rsidRDefault="00C07346" w:rsidP="00245FD1">
+          <w:p w14:paraId="7CDF15FC" w14:textId="60708115" w:rsidR="00AF56EA" w:rsidRPr="00425CBE" w:rsidRDefault="00AF56EA" w:rsidP="00425CBE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D771CD">
-[...15 lines deleted...]
-              <w:t>27,789</w:t>
+            <w:r w:rsidRPr="00D801E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$30,554 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00887A55" w:rsidRPr="00C07346" w14:paraId="653E8BCD" w14:textId="77777777" w:rsidTr="00245FD1">
+      <w:tr w:rsidR="00AF56EA" w:rsidRPr="00C07346" w14:paraId="653E8BCD" w14:textId="77777777" w:rsidTr="007E0DBD">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4268" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6D745416" w14:textId="77777777" w:rsidR="00C07346" w:rsidRPr="00D771CD" w:rsidRDefault="00C07346" w:rsidP="00C07346">
+          <w:p w14:paraId="6D745416" w14:textId="77777777" w:rsidR="00AF56EA" w:rsidRPr="00D771CD" w:rsidRDefault="00AF56EA" w:rsidP="00AF56EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="22CAB0F4" w14:textId="77777777" w:rsidR="00C07346" w:rsidRPr="00D771CD" w:rsidRDefault="00C07346" w:rsidP="00C07346">
+          <w:p w14:paraId="22CAB0F4" w14:textId="77777777" w:rsidR="00AF56EA" w:rsidRPr="00D771CD" w:rsidRDefault="00AF56EA" w:rsidP="00AF56EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D771CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Model 3A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="54F335EA" w14:textId="77777777" w:rsidR="00C07346" w:rsidRPr="00D771CD" w:rsidRDefault="00C07346" w:rsidP="00C07346">
+          <w:p w14:paraId="54F335EA" w14:textId="77777777" w:rsidR="00AF56EA" w:rsidRPr="00D771CD" w:rsidRDefault="00AF56EA" w:rsidP="00AF56EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D771CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Month</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="bottom"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="11683178" w14:textId="7E38AA7D" w:rsidR="00C07346" w:rsidRPr="00D771CD" w:rsidRDefault="00C07346" w:rsidP="00245FD1">
+          <w:p w14:paraId="6A3A0014" w14:textId="7A5E6EE8" w:rsidR="00905ED9" w:rsidRPr="001B7666" w:rsidRDefault="00F326FF" w:rsidP="00425CBE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D771CD">
-[...6 lines deleted...]
-              <w:t>$</w:t>
+            <w:r w:rsidRPr="001B7666">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>$33,048</w:t>
             </w:r>
-            <w:r w:rsidR="00E94C63">
-[...7 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p w14:paraId="11683178" w14:textId="7F03E659" w:rsidR="00AF56EA" w:rsidRPr="001B7666" w:rsidRDefault="00AF56EA" w:rsidP="00425CBE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00887A55" w:rsidRPr="00C07346" w14:paraId="4570EC19" w14:textId="77777777" w:rsidTr="00245FD1">
+      <w:tr w:rsidR="00AF56EA" w:rsidRPr="00C07346" w14:paraId="4570EC19" w14:textId="77777777" w:rsidTr="00D801E5">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4268" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2B86350E" w14:textId="77777777" w:rsidR="00C07346" w:rsidRPr="00D771CD" w:rsidRDefault="00C07346" w:rsidP="00C07346">
+          <w:p w14:paraId="2B86350E" w14:textId="77777777" w:rsidR="00AF56EA" w:rsidRPr="00D771CD" w:rsidRDefault="00AF56EA" w:rsidP="00AF56EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="56AE1E0B" w14:textId="77777777" w:rsidR="00C07346" w:rsidRPr="00D771CD" w:rsidRDefault="00C07346" w:rsidP="00C07346">
+          <w:p w14:paraId="56AE1E0B" w14:textId="77777777" w:rsidR="00AF56EA" w:rsidRPr="00D771CD" w:rsidRDefault="00AF56EA" w:rsidP="00AF56EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D771CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Model 3B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="70C38288" w14:textId="77777777" w:rsidR="00C07346" w:rsidRPr="00D771CD" w:rsidRDefault="00C07346" w:rsidP="00C07346">
+          <w:p w14:paraId="70C38288" w14:textId="77777777" w:rsidR="00AF56EA" w:rsidRPr="00D771CD" w:rsidRDefault="00AF56EA" w:rsidP="00AF56EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D771CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Month</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="bottom"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="177382E3" w14:textId="5EF1858E" w:rsidR="00C07346" w:rsidRPr="00D771CD" w:rsidRDefault="00C07346" w:rsidP="00245FD1">
+          <w:p w14:paraId="653BC9FE" w14:textId="77777777" w:rsidR="00FD5049" w:rsidRPr="001B7666" w:rsidRDefault="00AF56EA" w:rsidP="00425CBE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D771CD">
-[...6 lines deleted...]
-              <w:t>$</w:t>
+            <w:r w:rsidRPr="00D801E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>$44,7</w:t>
             </w:r>
-            <w:r w:rsidR="00E94C63">
-[...6 lines deleted...]
-              <w:t>40,722</w:t>
+            <w:r w:rsidR="00112A4B" w:rsidRPr="001B7666">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>92</w:t>
             </w:r>
+          </w:p>
+          <w:p w14:paraId="177382E3" w14:textId="57F7E206" w:rsidR="00AF56EA" w:rsidRPr="001B7666" w:rsidRDefault="00AF56EA" w:rsidP="00425CBE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00887A55" w:rsidRPr="00C07346" w14:paraId="2C3E8A6B" w14:textId="77777777" w:rsidTr="00245FD1">
+      <w:tr w:rsidR="00AF56EA" w:rsidRPr="00C07346" w14:paraId="2C3E8A6B" w14:textId="77777777" w:rsidTr="00D801E5">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4268" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="181E4650" w14:textId="77777777" w:rsidR="00C07346" w:rsidRPr="00D771CD" w:rsidRDefault="00C07346" w:rsidP="00C07346">
+          <w:p w14:paraId="181E4650" w14:textId="77777777" w:rsidR="00AF56EA" w:rsidRPr="00D771CD" w:rsidRDefault="00AF56EA" w:rsidP="00AF56EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5C7C2CA0" w14:textId="77777777" w:rsidR="00C07346" w:rsidRPr="00D771CD" w:rsidRDefault="00C07346" w:rsidP="00C07346">
+          <w:p w14:paraId="5C7C2CA0" w14:textId="77777777" w:rsidR="00AF56EA" w:rsidRPr="00D771CD" w:rsidRDefault="00AF56EA" w:rsidP="00AF56EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D771CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Model 4A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="22C8CD7E" w14:textId="77777777" w:rsidR="00C07346" w:rsidRPr="00D771CD" w:rsidRDefault="00C07346" w:rsidP="00C07346">
+          <w:p w14:paraId="22C8CD7E" w14:textId="77777777" w:rsidR="00AF56EA" w:rsidRPr="00D771CD" w:rsidRDefault="00AF56EA" w:rsidP="00AF56EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D771CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Month</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="bottom"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0C802CAC" w14:textId="729D7412" w:rsidR="00C07346" w:rsidRPr="00D771CD" w:rsidRDefault="00C07346" w:rsidP="00245FD1">
+          <w:p w14:paraId="03A00A9B" w14:textId="77777777" w:rsidR="006C58DA" w:rsidRPr="001B7666" w:rsidRDefault="00AF56EA" w:rsidP="00425CBE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D771CD">
-[...6 lines deleted...]
-              <w:t>$</w:t>
+            <w:r w:rsidRPr="00D801E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>$25,7</w:t>
             </w:r>
-            <w:r w:rsidR="00E94C63">
-[...6 lines deleted...]
-              <w:t>23,425</w:t>
+            <w:r w:rsidR="00112A4B" w:rsidRPr="001B7666">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>97</w:t>
             </w:r>
+            <w:r w:rsidRPr="00D801E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C802CAC" w14:textId="77B89097" w:rsidR="00AF56EA" w:rsidRPr="001B7666" w:rsidRDefault="00AF56EA" w:rsidP="00425CBE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00887A55" w:rsidRPr="00C07346" w14:paraId="669DFEFC" w14:textId="77777777" w:rsidTr="00245FD1">
+      <w:tr w:rsidR="00AF56EA" w:rsidRPr="00C07346" w14:paraId="669DFEFC" w14:textId="77777777" w:rsidTr="00D801E5">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4268" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7650ECBB" w14:textId="77777777" w:rsidR="00C07346" w:rsidRPr="00D771CD" w:rsidRDefault="00C07346" w:rsidP="00C07346">
+          <w:p w14:paraId="7650ECBB" w14:textId="77777777" w:rsidR="00AF56EA" w:rsidRPr="00D771CD" w:rsidRDefault="00AF56EA" w:rsidP="00AF56EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="bottom"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1996B52D" w14:textId="77777777" w:rsidR="00C07346" w:rsidRPr="00D771CD" w:rsidRDefault="00C07346" w:rsidP="00C07346">
+          <w:p w14:paraId="1996B52D" w14:textId="77777777" w:rsidR="00AF56EA" w:rsidRPr="00D771CD" w:rsidRDefault="00AF56EA" w:rsidP="001B7666">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D771CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Model 4B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="bottom"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="45B140E9" w14:textId="77777777" w:rsidR="00C07346" w:rsidRPr="00D771CD" w:rsidRDefault="00C07346" w:rsidP="00C07346">
+          <w:p w14:paraId="45B140E9" w14:textId="77777777" w:rsidR="00AF56EA" w:rsidRPr="00D771CD" w:rsidRDefault="00AF56EA" w:rsidP="001B7666">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D771CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Month</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="bottom"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3C140203" w14:textId="1D7ACE6D" w:rsidR="00C07346" w:rsidRPr="00D771CD" w:rsidRDefault="00C07346" w:rsidP="00245FD1">
+          <w:p w14:paraId="60250F17" w14:textId="3C124CDF" w:rsidR="003C06A2" w:rsidRPr="001B7666" w:rsidRDefault="00AF56EA" w:rsidP="001B7666">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D771CD">
-[...6 lines deleted...]
-              <w:t>$</w:t>
+            <w:r w:rsidRPr="00D801E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>$48,</w:t>
             </w:r>
-            <w:r w:rsidR="00E94C63">
-[...6 lines deleted...]
-              <w:t>43,943</w:t>
+            <w:r w:rsidR="00112A4B" w:rsidRPr="001B7666">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>551</w:t>
             </w:r>
+          </w:p>
+          <w:p w14:paraId="3C140203" w14:textId="2A5C1FCF" w:rsidR="00AF56EA" w:rsidRPr="001B7666" w:rsidRDefault="00AF56EA" w:rsidP="001B7666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00887A55" w:rsidRPr="00C07346" w14:paraId="142B7343" w14:textId="77777777" w:rsidTr="00245FD1">
+      <w:tr w:rsidR="00AF56EA" w:rsidRPr="00C07346" w14:paraId="142B7343" w14:textId="77777777" w:rsidTr="00D801E5">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4268" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="564BF7D7" w14:textId="77777777" w:rsidR="00C07346" w:rsidRPr="00D771CD" w:rsidRDefault="00C07346" w:rsidP="00C07346">
+          <w:p w14:paraId="564BF7D7" w14:textId="77777777" w:rsidR="00AF56EA" w:rsidRPr="00D771CD" w:rsidRDefault="00AF56EA" w:rsidP="00AF56EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D771CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Young Parent Support Program</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> (YPS)</w:t>
+              <w:t>Young Parent Support Program (YPS)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3B6FDB55" w14:textId="77777777" w:rsidR="00C07346" w:rsidRPr="00D771CD" w:rsidRDefault="00C07346" w:rsidP="00C07346">
+          <w:p w14:paraId="3B6FDB55" w14:textId="77777777" w:rsidR="00AF56EA" w:rsidRPr="00D771CD" w:rsidRDefault="00AF56EA" w:rsidP="00AF56EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D771CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4D3E18C1" w14:textId="77777777" w:rsidR="00C07346" w:rsidRPr="00D771CD" w:rsidRDefault="00C07346" w:rsidP="00C07346">
+          <w:p w14:paraId="4D3E18C1" w14:textId="77777777" w:rsidR="00AF56EA" w:rsidRPr="00D771CD" w:rsidRDefault="00AF56EA" w:rsidP="00AF56EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D771CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Month</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="bottom"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="62488BE3" w14:textId="0B4DF70E" w:rsidR="00C07346" w:rsidRPr="00D771CD" w:rsidRDefault="00C07346" w:rsidP="00245FD1">
+          <w:p w14:paraId="62488BE3" w14:textId="2B3D22A4" w:rsidR="00AF56EA" w:rsidRPr="00425CBE" w:rsidRDefault="00AF56EA" w:rsidP="00425CBE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D771CD">
-[...15 lines deleted...]
-              <w:t>9,295</w:t>
+            <w:r w:rsidRPr="00D801E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$9,953 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00887A55" w:rsidRPr="00C07346" w14:paraId="781531CD" w14:textId="77777777" w:rsidTr="00245FD1">
+      <w:tr w:rsidR="00AF56EA" w:rsidRPr="00C07346" w14:paraId="781531CD" w14:textId="77777777" w:rsidTr="00D801E5">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4268" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="61F1851D" w14:textId="77777777" w:rsidR="00C07346" w:rsidRPr="00D771CD" w:rsidRDefault="00C07346" w:rsidP="00C07346">
+          <w:p w14:paraId="61F1851D" w14:textId="77777777" w:rsidR="00AF56EA" w:rsidRPr="00D771CD" w:rsidRDefault="00AF56EA" w:rsidP="00AF56EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="098C9715" w14:textId="77777777" w:rsidR="00C07346" w:rsidRPr="00D771CD" w:rsidRDefault="00C07346" w:rsidP="00C07346">
+          <w:p w14:paraId="098C9715" w14:textId="77777777" w:rsidR="00AF56EA" w:rsidRPr="00D771CD" w:rsidRDefault="00AF56EA" w:rsidP="00AF56EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D771CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="718CC988" w14:textId="77777777" w:rsidR="00C07346" w:rsidRPr="00D771CD" w:rsidRDefault="00C07346" w:rsidP="00C07346">
+          <w:p w14:paraId="718CC988" w14:textId="77777777" w:rsidR="00AF56EA" w:rsidRPr="00D771CD" w:rsidRDefault="00AF56EA" w:rsidP="00AF56EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D771CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Month</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="bottom"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="411C5C7E" w14:textId="490B8431" w:rsidR="00C07346" w:rsidRPr="00D771CD" w:rsidRDefault="00C07346" w:rsidP="00245FD1">
+          <w:p w14:paraId="411C5C7E" w14:textId="6366AA45" w:rsidR="00AF56EA" w:rsidRPr="00425CBE" w:rsidRDefault="00AF56EA" w:rsidP="00425CBE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D771CD">
-[...15 lines deleted...]
-              <w:t>18,590</w:t>
+            <w:r w:rsidRPr="00D801E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$19,906 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00887A55" w:rsidRPr="00C07346" w14:paraId="58B0D8D9" w14:textId="77777777" w:rsidTr="00245FD1">
+      <w:tr w:rsidR="00AF56EA" w:rsidRPr="00C07346" w14:paraId="58B0D8D9" w14:textId="77777777" w:rsidTr="00D801E5">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6024721E" w14:textId="02B86307" w:rsidR="00C07346" w:rsidRPr="00D771CD" w:rsidRDefault="00533336" w:rsidP="00D771CD">
+          <w:p w14:paraId="6024721E" w14:textId="02B86307" w:rsidR="00AF56EA" w:rsidRPr="00D771CD" w:rsidRDefault="00AF56EA" w:rsidP="00AF56EA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="355"/>
               </w:tabs>
               <w:ind w:left="342"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D771CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">YPS </w:t>
+              <w:t>YPS Specialty Direct Care</w:t>
             </w:r>
-            <w:r w:rsidR="00C07346" w:rsidRPr="00D771CD">
-[...8 lines deleted...]
-            <w:r w:rsidR="00247B30">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> III</w:t>
             </w:r>
-            <w:r w:rsidR="00C07346" w:rsidRPr="00D771CD">
+            <w:r w:rsidRPr="00D771CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="0034302D">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
-            <w:r w:rsidR="00C07346" w:rsidRPr="00D771CD">
+            <w:r w:rsidRPr="00D771CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>dd-on (.5 FTE)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="713AD16C" w14:textId="77777777" w:rsidR="00C07346" w:rsidRPr="00D771CD" w:rsidRDefault="00C07346" w:rsidP="00245FD1">
+          <w:p w14:paraId="713AD16C" w14:textId="77777777" w:rsidR="00AF56EA" w:rsidRPr="00D771CD" w:rsidRDefault="00AF56EA" w:rsidP="00AF56EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D771CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="788104FB" w14:textId="77777777" w:rsidR="00C07346" w:rsidRPr="00D771CD" w:rsidRDefault="00C07346" w:rsidP="00245FD1">
+          <w:p w14:paraId="788104FB" w14:textId="77777777" w:rsidR="00AF56EA" w:rsidRPr="00D771CD" w:rsidRDefault="00AF56EA" w:rsidP="00AF56EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D771CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Month</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="08A90EFE" w14:textId="59DB16CE" w:rsidR="00C07346" w:rsidRPr="00D771CD" w:rsidRDefault="00C07346" w:rsidP="00245FD1">
+          <w:p w14:paraId="08A90EFE" w14:textId="749EF7D9" w:rsidR="00AF56EA" w:rsidRPr="00425CBE" w:rsidRDefault="00AF56EA" w:rsidP="00425CBE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D771CD">
-[...15 lines deleted...]
-              <w:t>2,708</w:t>
+            <w:r w:rsidRPr="00D801E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$3,023 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00887A55" w:rsidRPr="00C07346" w14:paraId="34B368E1" w14:textId="77777777" w:rsidTr="00245FD1">
+      <w:tr w:rsidR="00AF56EA" w:rsidRPr="00C07346" w14:paraId="34B368E1" w14:textId="77777777" w:rsidTr="00D801E5">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="137BEDFA" w14:textId="76BBC387" w:rsidR="00C07346" w:rsidRPr="00D771CD" w:rsidRDefault="00533336" w:rsidP="00D771CD">
+          <w:p w14:paraId="137BEDFA" w14:textId="76BBC387" w:rsidR="00AF56EA" w:rsidRPr="00D771CD" w:rsidRDefault="00AF56EA" w:rsidP="00AF56EA">
             <w:pPr>
               <w:ind w:left="342"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D771CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">YPS </w:t>
+              <w:t>YPS Specialty Direct Care</w:t>
             </w:r>
-            <w:r w:rsidR="00C07346" w:rsidRPr="00D771CD">
-[...8 lines deleted...]
-            <w:r w:rsidR="00247B30">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> III</w:t>
             </w:r>
-            <w:r w:rsidR="00C07346" w:rsidRPr="00D771CD">
+            <w:r w:rsidRPr="00D771CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="0034302D">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
-            <w:r w:rsidR="00C07346" w:rsidRPr="00D771CD">
+            <w:r w:rsidRPr="00D771CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>dd-on (1 FTE)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="14654DF0" w14:textId="77777777" w:rsidR="00C07346" w:rsidRPr="00D771CD" w:rsidRDefault="00C07346" w:rsidP="00245FD1">
+          <w:p w14:paraId="14654DF0" w14:textId="77777777" w:rsidR="00AF56EA" w:rsidRPr="00D771CD" w:rsidRDefault="00AF56EA" w:rsidP="00AF56EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D771CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0D6BB9EC" w14:textId="77777777" w:rsidR="00C07346" w:rsidRPr="00D771CD" w:rsidRDefault="00C07346" w:rsidP="00245FD1">
+          <w:p w14:paraId="0D6BB9EC" w14:textId="77777777" w:rsidR="00AF56EA" w:rsidRPr="00D771CD" w:rsidRDefault="00AF56EA" w:rsidP="00AF56EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D771CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Month</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="78C83C04" w14:textId="4506AFDB" w:rsidR="00C07346" w:rsidRPr="00D771CD" w:rsidRDefault="00C07346" w:rsidP="00245FD1">
+          <w:p w14:paraId="78C83C04" w14:textId="1197376C" w:rsidR="00AF56EA" w:rsidRPr="00425CBE" w:rsidRDefault="00AF56EA" w:rsidP="00425CBE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D771CD">
-[...15 lines deleted...]
-              <w:t>5,415</w:t>
+            <w:r w:rsidRPr="00D801E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$6,045 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="61CB4A4A" w14:textId="425982AB" w:rsidR="00B848B7" w:rsidRDefault="00B848B7" w:rsidP="00D771CD">
-[...11 lines deleted...]
-    <w:p w14:paraId="7EF6C136" w14:textId="37427E6F" w:rsidR="00B66893" w:rsidRDefault="00B66893" w:rsidP="00E47DD6">
+    <w:p w14:paraId="47CD81EA" w14:textId="77777777" w:rsidR="00B66893" w:rsidRDefault="00B66893" w:rsidP="00E47DD6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="2520" w:firstLine="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9483" w:type="dxa"/>
-        <w:tblInd w:w="93" w:type="dxa"/>
+        <w:tblW w:w="6930" w:type="dxa"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3717"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2275"/>
+        <w:gridCol w:w="2250"/>
+        <w:gridCol w:w="2070"/>
+        <w:gridCol w:w="2610"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00927AC7" w:rsidRPr="00D771CD" w14:paraId="6DEB3A88" w14:textId="77777777" w:rsidTr="003C29E0">
+      <w:tr w:rsidR="00927AC7" w:rsidRPr="00D771CD" w14:paraId="6DEB3A88" w14:textId="77777777" w:rsidTr="00D801E5">
         <w:trPr>
           <w:trHeight w:val="280"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9483" w:type="dxa"/>
+            <w:tcW w:w="6930" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="bottom"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64536233" w14:textId="38401217" w:rsidR="00927AC7" w:rsidRPr="009239F6" w:rsidRDefault="00927AC7" w:rsidP="00E47DD6">
+          <w:p w14:paraId="64536233" w14:textId="38401217" w:rsidR="00927AC7" w:rsidRPr="00D801E5" w:rsidRDefault="00927AC7" w:rsidP="00D801E5">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
-              <w:ind w:left="2520" w:firstLine="360"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E47DD6">
+            <w:r w:rsidRPr="00D801E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Add-on Staff for Teen Pregnancy Prevention Program</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B66893" w:rsidRPr="00D771CD" w14:paraId="6AFCEDB6" w14:textId="77777777" w:rsidTr="00927AC7">
+      <w:tr w:rsidR="00B66893" w:rsidRPr="00D771CD" w14:paraId="6AFCEDB6" w14:textId="77777777" w:rsidTr="00D801E5">
         <w:trPr>
           <w:trHeight w:val="280"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3717" w:type="dxa"/>
+            <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="59EE6966" w14:textId="77777777" w:rsidR="00B66893" w:rsidRPr="00D771CD" w:rsidRDefault="00B66893" w:rsidP="005E6E27">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D771CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Title</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3491" w:type="dxa"/>
+            <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2A4E57A1" w14:textId="77777777" w:rsidR="00B66893" w:rsidRPr="00D771CD" w:rsidRDefault="00B66893" w:rsidP="005E6E27">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D771CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Unit of Service</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2275" w:type="dxa"/>
+            <w:tcW w:w="2610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1A8492B5" w14:textId="2C078214" w:rsidR="00B66893" w:rsidRPr="00D771CD" w:rsidRDefault="00B66893" w:rsidP="005E6E27">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Rate</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B66893" w:rsidRPr="00D771CD" w14:paraId="116D91D5" w14:textId="77777777" w:rsidTr="00927AC7">
+      <w:tr w:rsidR="00503516" w:rsidRPr="00D771CD" w14:paraId="116D91D5" w14:textId="77777777" w:rsidTr="00D801E5">
         <w:trPr>
           <w:trHeight w:val="280"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3717" w:type="dxa"/>
+            <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="043855A8" w14:textId="4B63A195" w:rsidR="00B66893" w:rsidRPr="00D771CD" w:rsidRDefault="00B66893" w:rsidP="005E6E27">
+          <w:p w14:paraId="043855A8" w14:textId="4B63A195" w:rsidR="00AF56EA" w:rsidRPr="00D771CD" w:rsidRDefault="00AF56EA" w:rsidP="00AF56EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Direct Care</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3491" w:type="dxa"/>
+            <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="003ACF4C" w14:textId="383F71BA" w:rsidR="00B66893" w:rsidRPr="00D771CD" w:rsidRDefault="00B66893" w:rsidP="005E6E27">
+          <w:p w14:paraId="003ACF4C" w14:textId="383F71BA" w:rsidR="00AF56EA" w:rsidRPr="00D771CD" w:rsidRDefault="00AF56EA" w:rsidP="00AF56EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Hourly</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2275" w:type="dxa"/>
+            <w:tcW w:w="2610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6B2F521A" w14:textId="49F0D9A0" w:rsidR="00B66893" w:rsidRPr="00D771CD" w:rsidRDefault="00B66893" w:rsidP="005E6E27">
+          <w:p w14:paraId="6B2F521A" w14:textId="104B7C9C" w:rsidR="00AF56EA" w:rsidRPr="006D672F" w:rsidRDefault="00AF56EA" w:rsidP="00AF56EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D771CD">
-[...15 lines deleted...]
-              <w:t>24.49</w:t>
+            <w:r w:rsidRPr="00D801E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$26.83 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B66893" w:rsidRPr="00D771CD" w14:paraId="02C62180" w14:textId="77777777" w:rsidTr="00927AC7">
+      <w:tr w:rsidR="00503516" w:rsidRPr="00D771CD" w14:paraId="02C62180" w14:textId="77777777" w:rsidTr="00D801E5">
         <w:trPr>
           <w:trHeight w:val="280"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3717" w:type="dxa"/>
+            <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="338046E9" w14:textId="69141C25" w:rsidR="00B66893" w:rsidRPr="00D771CD" w:rsidRDefault="00B66893" w:rsidP="005E6E27">
+          <w:p w14:paraId="338046E9" w14:textId="69141C25" w:rsidR="00AF56EA" w:rsidRPr="00D771CD" w:rsidRDefault="00AF56EA" w:rsidP="00AF56EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Direct Care III</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3491" w:type="dxa"/>
+            <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5B2D2AC4" w14:textId="127AF073" w:rsidR="00B66893" w:rsidRPr="00D771CD" w:rsidRDefault="00B66893" w:rsidP="005E6E27">
+          <w:p w14:paraId="5B2D2AC4" w14:textId="127AF073" w:rsidR="00AF56EA" w:rsidRPr="00D771CD" w:rsidRDefault="00AF56EA" w:rsidP="00AF56EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Hourly</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2275" w:type="dxa"/>
+            <w:tcW w:w="2610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6ECE7E09" w14:textId="2193A221" w:rsidR="00B66893" w:rsidRPr="00D771CD" w:rsidRDefault="00B66893" w:rsidP="005E6E27">
+          <w:p w14:paraId="6ECE7E09" w14:textId="3AF8355A" w:rsidR="00AF56EA" w:rsidRPr="006D672F" w:rsidRDefault="00AF56EA" w:rsidP="00AF56EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D771CD">
-[...15 lines deleted...]
-              <w:t>31.24</w:t>
+            <w:r w:rsidRPr="00D801E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$34.88 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="41BF10A5" w14:textId="77777777" w:rsidR="00B66893" w:rsidRPr="001C17FB" w:rsidRDefault="00B66893" w:rsidP="00D771CD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1800"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9483" w:type="dxa"/>
-        <w:tblInd w:w="93" w:type="dxa"/>
+        <w:tblW w:w="9450" w:type="dxa"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2161"/>
+        <w:gridCol w:w="2259"/>
         <w:gridCol w:w="2030"/>
         <w:gridCol w:w="1323"/>
         <w:gridCol w:w="1323"/>
         <w:gridCol w:w="1323"/>
-        <w:gridCol w:w="1323"/>
+        <w:gridCol w:w="1192"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AE47B6" w:rsidRPr="001C17FB" w14:paraId="18EFC462" w14:textId="77777777" w:rsidTr="00E47DD6">
+      <w:tr w:rsidR="00AE47B6" w:rsidRPr="001C17FB" w14:paraId="18EFC462" w14:textId="77777777" w:rsidTr="00D801E5">
         <w:trPr>
           <w:trHeight w:val="280"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9483" w:type="dxa"/>
+            <w:tcW w:w="9450" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4EEDEED2" w14:textId="77777777" w:rsidR="00AE47B6" w:rsidRPr="00E47DD6" w:rsidRDefault="00AE47B6" w:rsidP="00D771CD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E47DD6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Add-on Staff for Therapeutic Day Services</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB739E" w:rsidRPr="001C17FB" w14:paraId="1685CD2C" w14:textId="77777777" w:rsidTr="00E47DD6">
+      <w:tr w:rsidR="00EB739E" w:rsidRPr="001C17FB" w14:paraId="1685CD2C" w14:textId="77777777" w:rsidTr="00D801E5">
         <w:trPr>
           <w:trHeight w:val="280"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2161" w:type="dxa"/>
+            <w:tcW w:w="2259" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="414DB220" w14:textId="77777777" w:rsidR="00EB739E" w:rsidRPr="00D771CD" w:rsidRDefault="00EB739E" w:rsidP="00EB739E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D771CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Title</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2030" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5CB75D40" w14:textId="77777777" w:rsidR="00EB739E" w:rsidRPr="00D771CD" w:rsidRDefault="00EB739E" w:rsidP="00EB739E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D771CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Unit of Service</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0181421C" w14:textId="77777777" w:rsidR="00EB739E" w:rsidRPr="00D771CD" w:rsidRDefault="00EB739E" w:rsidP="00EB739E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D771CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.25 FTE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="56D1E830" w14:textId="77777777" w:rsidR="00EB739E" w:rsidRPr="00D771CD" w:rsidRDefault="00EB739E" w:rsidP="00EB739E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D771CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.5 FTE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4DC5663C" w14:textId="77777777" w:rsidR="00EB739E" w:rsidRPr="00D771CD" w:rsidRDefault="00EB739E" w:rsidP="00EB739E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D771CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.75 FTE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1323" w:type="dxa"/>
+            <w:tcW w:w="1192" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="28EFE736" w14:textId="77777777" w:rsidR="00EB739E" w:rsidRPr="00D771CD" w:rsidRDefault="00EB739E" w:rsidP="00EB739E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D771CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1 FTE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB739E" w:rsidRPr="001C17FB" w14:paraId="28F591B1" w14:textId="77777777" w:rsidTr="00AE47B6">
+      <w:tr w:rsidR="00AF56EA" w:rsidRPr="001C17FB" w14:paraId="28F591B1" w14:textId="77777777" w:rsidTr="00D801E5">
         <w:trPr>
           <w:trHeight w:val="280"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2161" w:type="dxa"/>
+            <w:tcW w:w="2259" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="261CE08F" w14:textId="01A4E470" w:rsidR="00EB739E" w:rsidRPr="00D771CD" w:rsidRDefault="00EB739E" w:rsidP="00EB739E">
+          <w:p w14:paraId="261CE08F" w14:textId="01A4E470" w:rsidR="00AF56EA" w:rsidRPr="00D771CD" w:rsidRDefault="00AF56EA" w:rsidP="00AF56EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D771CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Clinical</w:t>
             </w:r>
-            <w:r w:rsidR="00247B30">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> (LICSW)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2030" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3CDFA40B" w14:textId="77777777" w:rsidR="00EB739E" w:rsidRPr="00D771CD" w:rsidRDefault="00EB739E" w:rsidP="00EB739E">
+          <w:p w14:paraId="3CDFA40B" w14:textId="77777777" w:rsidR="00AF56EA" w:rsidRPr="00D771CD" w:rsidRDefault="00AF56EA" w:rsidP="00AF56EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D771CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Monthly</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6AA50885" w14:textId="0CF936A1" w:rsidR="00EB739E" w:rsidRPr="00D771CD" w:rsidRDefault="00EB739E" w:rsidP="00247B30">
+          <w:p w14:paraId="6AA50885" w14:textId="5F239EE0" w:rsidR="00AF56EA" w:rsidRPr="00FB7907" w:rsidRDefault="00AF56EA" w:rsidP="00AF56EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D771CD">
-[...15 lines deleted...]
-              <w:t>1,965</w:t>
+            <w:r w:rsidRPr="00D801E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$2,248 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5844BDF1" w14:textId="4FB16AD8" w:rsidR="00EB739E" w:rsidRPr="00D771CD" w:rsidRDefault="00EB739E" w:rsidP="00247B30">
+          <w:p w14:paraId="5844BDF1" w14:textId="7492E7C4" w:rsidR="00AF56EA" w:rsidRPr="00FB7907" w:rsidRDefault="00AF56EA" w:rsidP="00AF56EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D771CD">
-[...15 lines deleted...]
-              <w:t>3,929</w:t>
+            <w:r w:rsidRPr="00D801E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$4,497 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6037A868" w14:textId="645CCEB0" w:rsidR="00EB739E" w:rsidRPr="00D771CD" w:rsidRDefault="00EB739E" w:rsidP="00247B30">
+          <w:p w14:paraId="6037A868" w14:textId="42D235BA" w:rsidR="00AF56EA" w:rsidRPr="00FB7907" w:rsidRDefault="00AF56EA" w:rsidP="00AF56EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D771CD">
-[...15 lines deleted...]
-              <w:t>5,894</w:t>
+            <w:r w:rsidRPr="00D801E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$6,745 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1323" w:type="dxa"/>
+            <w:tcW w:w="1192" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="52448029" w14:textId="57721731" w:rsidR="00EB739E" w:rsidRPr="00D771CD" w:rsidRDefault="00EB739E" w:rsidP="00247B30">
+          <w:p w14:paraId="52448029" w14:textId="1563ED3A" w:rsidR="00AF56EA" w:rsidRPr="00FB7907" w:rsidRDefault="00AF56EA" w:rsidP="00AF56EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D771CD">
-[...15 lines deleted...]
-              <w:t>7,858</w:t>
+            <w:r w:rsidRPr="00D801E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$8,994 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB739E" w:rsidRPr="001C17FB" w14:paraId="1F81E535" w14:textId="77777777" w:rsidTr="00AE47B6">
+      <w:tr w:rsidR="00AF56EA" w:rsidRPr="001C17FB" w14:paraId="1F81E535" w14:textId="77777777" w:rsidTr="00D801E5">
         <w:trPr>
           <w:trHeight w:val="280"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2161" w:type="dxa"/>
+            <w:tcW w:w="2259" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6FE3033F" w14:textId="6642E9E2" w:rsidR="00EB739E" w:rsidRPr="00D771CD" w:rsidRDefault="00EB739E" w:rsidP="00247B30">
+          <w:p w14:paraId="6FE3033F" w14:textId="6642E9E2" w:rsidR="00AF56EA" w:rsidRPr="00D771CD" w:rsidRDefault="00AF56EA" w:rsidP="00AF56EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D771CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Peer/</w:t>
+              <w:t>Peer/D</w:t>
             </w:r>
-            <w:r w:rsidR="00247B30" w:rsidRPr="00D771CD">
-[...8 lines deleted...]
-            <w:r w:rsidR="00247B30">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>irect Care</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2030" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="730080D1" w14:textId="77777777" w:rsidR="00EB739E" w:rsidRPr="00D771CD" w:rsidRDefault="00EB739E" w:rsidP="00EB739E">
+          <w:p w14:paraId="730080D1" w14:textId="77777777" w:rsidR="00AF56EA" w:rsidRPr="00D771CD" w:rsidRDefault="00AF56EA" w:rsidP="00AF56EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D771CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Monthly</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="755AD8B8" w14:textId="4EF0AA29" w:rsidR="00EB739E" w:rsidRPr="00D771CD" w:rsidRDefault="00EB739E" w:rsidP="00247B30">
+          <w:p w14:paraId="755AD8B8" w14:textId="35907694" w:rsidR="00AF56EA" w:rsidRPr="00FB7907" w:rsidRDefault="00AF56EA" w:rsidP="00AF56EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D771CD">
-[...15 lines deleted...]
-              <w:t>1,061</w:t>
+            <w:r w:rsidRPr="00D801E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$1,163 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3939025B" w14:textId="01BCCE4D" w:rsidR="00EB739E" w:rsidRPr="00D771CD" w:rsidRDefault="00EB739E" w:rsidP="00247B30">
+          <w:p w14:paraId="3939025B" w14:textId="0221E190" w:rsidR="00AF56EA" w:rsidRPr="00FB7907" w:rsidRDefault="00AF56EA" w:rsidP="00AF56EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D771CD">
-[...15 lines deleted...]
-              <w:t>2,122</w:t>
+            <w:r w:rsidRPr="00D801E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$2,325 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5B1C2C1B" w14:textId="43430690" w:rsidR="00EB739E" w:rsidRPr="00D771CD" w:rsidRDefault="00EB739E" w:rsidP="00247B30">
+          <w:p w14:paraId="5B1C2C1B" w14:textId="68D703F6" w:rsidR="00AF56EA" w:rsidRPr="00FB7907" w:rsidRDefault="00AF56EA" w:rsidP="00AF56EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D771CD">
-[...15 lines deleted...]
-              <w:t>3,183</w:t>
+            <w:r w:rsidRPr="00D801E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$3,488 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1323" w:type="dxa"/>
+            <w:tcW w:w="1192" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="62D4F9D9" w14:textId="7D5F8AB1" w:rsidR="00EB739E" w:rsidRPr="00D771CD" w:rsidRDefault="00EB739E" w:rsidP="00247B30">
+          <w:p w14:paraId="62D4F9D9" w14:textId="1BBFEC7B" w:rsidR="00AF56EA" w:rsidRPr="00FB7907" w:rsidRDefault="00AF56EA" w:rsidP="00AF56EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D771CD">
-[...15 lines deleted...]
-              <w:t>4,245</w:t>
+            <w:r w:rsidRPr="00D801E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$4,650 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00247B30" w:rsidRPr="00D771CD" w14:paraId="08C465C5" w14:textId="77777777" w:rsidTr="00245FD1">
+      <w:tr w:rsidR="00AF56EA" w:rsidRPr="00D771CD" w14:paraId="08C465C5" w14:textId="77777777" w:rsidTr="00D801E5">
         <w:trPr>
           <w:trHeight w:val="197"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2161" w:type="dxa"/>
+            <w:tcW w:w="2259" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3BC808B7" w14:textId="31C2D90F" w:rsidR="00247B30" w:rsidRPr="00D771CD" w:rsidRDefault="00247B30" w:rsidP="002A17E0">
+          <w:p w14:paraId="3BC808B7" w14:textId="31C2D90F" w:rsidR="00AF56EA" w:rsidRPr="00D771CD" w:rsidRDefault="00AF56EA" w:rsidP="00AF56EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Direct Care III</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2030" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="04033A76" w14:textId="77777777" w:rsidR="00247B30" w:rsidRPr="00D771CD" w:rsidRDefault="00247B30" w:rsidP="002A17E0">
+          <w:p w14:paraId="04033A76" w14:textId="77777777" w:rsidR="00AF56EA" w:rsidRPr="00D771CD" w:rsidRDefault="00AF56EA" w:rsidP="00AF56EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D771CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Monthly</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0AE67C84" w14:textId="5558AAFA" w:rsidR="00247B30" w:rsidRPr="00D771CD" w:rsidRDefault="00247B30" w:rsidP="00247B30">
+          <w:p w14:paraId="0AE67C84" w14:textId="2CDFFBAF" w:rsidR="00AF56EA" w:rsidRPr="00FB7907" w:rsidRDefault="00AF56EA" w:rsidP="00AF56EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D771CD">
-[...15 lines deleted...]
-              <w:t>1,354</w:t>
+            <w:r w:rsidRPr="00D801E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$1,511 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4743778B" w14:textId="45A40A44" w:rsidR="00247B30" w:rsidRPr="00D771CD" w:rsidRDefault="00247B30" w:rsidP="00247B30">
+          <w:p w14:paraId="4743778B" w14:textId="27C7299D" w:rsidR="00AF56EA" w:rsidRPr="00FB7907" w:rsidRDefault="00AF56EA" w:rsidP="00AF56EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D771CD">
-[...15 lines deleted...]
-              <w:t>2,708</w:t>
+            <w:r w:rsidRPr="00D801E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$3,023 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="024DF40E" w14:textId="412ABD8D" w:rsidR="00247B30" w:rsidRPr="00D771CD" w:rsidRDefault="00247B30" w:rsidP="00247B30">
+          <w:p w14:paraId="024DF40E" w14:textId="1E9438FD" w:rsidR="00AF56EA" w:rsidRPr="00FB7907" w:rsidRDefault="00AF56EA" w:rsidP="00AF56EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D771CD">
-[...15 lines deleted...]
-              <w:t>4,061</w:t>
+            <w:r w:rsidRPr="00D801E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$4,534 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1323" w:type="dxa"/>
+            <w:tcW w:w="1192" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0398676D" w14:textId="1FB6A4D0" w:rsidR="00247B30" w:rsidRPr="00D771CD" w:rsidRDefault="00247B30" w:rsidP="00247B30">
+          <w:p w14:paraId="0398676D" w14:textId="375B0A4B" w:rsidR="00AF56EA" w:rsidRPr="00FB7907" w:rsidRDefault="00AF56EA" w:rsidP="00AF56EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D771CD">
-[...15 lines deleted...]
-              <w:t>5,415</w:t>
+            <w:r w:rsidRPr="00D801E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$6,045 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5542E0E5" w14:textId="77777777" w:rsidR="00384E6D" w:rsidRDefault="00384E6D" w:rsidP="00D771CD">
-[...8 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="5C569743" w14:textId="6A02B811" w:rsidR="00176AF8" w:rsidRDefault="00176AF8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
     </w:p>
     <w:p w14:paraId="44BD92BD" w14:textId="77777777" w:rsidR="00315CFD" w:rsidRPr="001C17FB" w:rsidRDefault="00C67BD1" w:rsidP="00315CFD">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C17FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>427</w:t>
       </w:r>
       <w:r w:rsidR="00315CFD" w:rsidRPr="001C17FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>.04:</w:t>
       </w:r>
       <w:r w:rsidR="00F220EE" w:rsidRPr="001C17FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00315CFD" w:rsidRPr="001C17FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -9354,51 +9689,50 @@
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">rovider. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0229D5F3" w14:textId="77777777" w:rsidR="00B74B82" w:rsidRPr="001C17FB" w:rsidRDefault="00B74B82" w:rsidP="00F220EE">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C17FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>(b)</w:t>
       </w:r>
       <w:r w:rsidR="00F220EE" w:rsidRPr="001C17FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="001C17FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Examination of Records</w:t>
       </w:r>
       <w:r w:rsidRPr="001C17FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
@@ -9627,51 +9961,51 @@
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Each </w:t>
       </w:r>
       <w:r w:rsidR="00DA2A63" w:rsidRPr="001C17FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="009A68EC" w:rsidRPr="001C17FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>rovider must file</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="171A61C6" w14:textId="77777777" w:rsidR="00315CFD" w:rsidRPr="001C17FB" w:rsidRDefault="000F72CF" w:rsidP="00F220EE">
+    <w:p w14:paraId="171A61C6" w14:textId="776DC71A" w:rsidR="00315CFD" w:rsidRPr="001C17FB" w:rsidRDefault="000F72CF" w:rsidP="00F220EE">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C17FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(a)  an </w:t>
       </w:r>
       <w:r w:rsidR="00CB29A6" w:rsidRPr="001C17FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -9699,51 +10033,51 @@
       <w:r w:rsidR="00A223A0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and Independent Auditor's R</w:t>
       </w:r>
       <w:r w:rsidR="00315CFD" w:rsidRPr="001C17FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">eport </w:t>
       </w:r>
       <w:r w:rsidR="00D551A8" w:rsidRPr="001C17FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">completed </w:t>
+        <w:t>completed</w:t>
       </w:r>
       <w:r w:rsidR="002E356B" w:rsidRPr="001C17FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in </w:t>
       </w:r>
       <w:r w:rsidR="00315CFD" w:rsidRPr="001C17FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">accordance with the filing requirements of </w:t>
       </w:r>
       <w:r w:rsidR="00CB29A6" w:rsidRPr="001C17FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -10244,51 +10578,51 @@
         </w:rPr>
         <w:t>4(3)</w:t>
       </w:r>
       <w:r w:rsidR="00B979BA" w:rsidRPr="001C17FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="304F4549" w14:textId="77777777" w:rsidR="00B979BA" w:rsidRPr="001C17FB" w:rsidRDefault="00B979BA">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6C21C747" w14:textId="77777777" w:rsidR="00442503" w:rsidRPr="001C17FB" w:rsidRDefault="00C67BD1">
+    <w:p w14:paraId="6C21C747" w14:textId="38282409" w:rsidR="00442503" w:rsidRPr="001C17FB" w:rsidRDefault="00C67BD1">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C17FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>427</w:t>
       </w:r>
       <w:r w:rsidR="00442503" w:rsidRPr="001C17FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -10306,51 +10640,51 @@
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00442503" w:rsidRPr="001C17FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Severability </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66E6CCC0" w14:textId="77777777" w:rsidR="00442503" w:rsidRPr="001C17FB" w:rsidRDefault="00442503">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3F49D990" w14:textId="77777777" w:rsidR="00442503" w:rsidRPr="001C17FB" w:rsidRDefault="00BE671D" w:rsidP="00B73322">
+    <w:p w14:paraId="3F49D990" w14:textId="798C5543" w:rsidR="00442503" w:rsidRPr="001C17FB" w:rsidRDefault="00BE671D" w:rsidP="00B73322">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C17FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
       <w:r w:rsidR="00442503" w:rsidRPr="001C17FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -10423,114 +10757,240 @@
       <w:r w:rsidR="00C67BD1" w:rsidRPr="001C17FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>427</w:t>
       </w:r>
       <w:r w:rsidR="00115F5B" w:rsidRPr="001C17FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.00</w:t>
       </w:r>
       <w:r w:rsidR="00442503" w:rsidRPr="001C17FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> or application of such provision to any eligible provider or fiscal intermediary is held invalid or unconstitutional, such determination will</w:t>
+        <w:t xml:space="preserve"> or application of </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA30E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>any</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA30E9" w:rsidRPr="001C17FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00442503" w:rsidRPr="001C17FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>provision to an</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA30E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> applicable individual, entity, or circumstance</w:t>
+      </w:r>
+      <w:r w:rsidR="00442503" w:rsidRPr="001C17FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is held invalid or unconstitutional, </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA30E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>that holding</w:t>
+      </w:r>
+      <w:r w:rsidR="00442503" w:rsidRPr="001C17FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will</w:t>
       </w:r>
       <w:r w:rsidR="00581F5A" w:rsidRPr="001C17FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> not</w:t>
       </w:r>
       <w:r w:rsidR="00442503" w:rsidRPr="001C17FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> affect the validity or constitutionality of any remaining provisions of 1</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA30E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">be construed to </w:t>
+      </w:r>
+      <w:r w:rsidR="00442503" w:rsidRPr="001C17FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>affect the validity or constitutionality of any remaining provisions of 1</w:t>
       </w:r>
       <w:r w:rsidR="00B979BA" w:rsidRPr="001C17FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidR="00442503" w:rsidRPr="001C17FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1 CMR </w:t>
       </w:r>
       <w:r w:rsidR="00C67BD1" w:rsidRPr="001C17FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>427</w:t>
       </w:r>
       <w:r w:rsidR="00115F5B" w:rsidRPr="001C17FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.00</w:t>
       </w:r>
       <w:r w:rsidR="00442503" w:rsidRPr="001C17FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> or application of such provisions to eligible providers or fiscal intermediaries in circumstances other than those held invalid.</w:t>
+        <w:t xml:space="preserve"> or application of </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA30E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>those</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA30E9" w:rsidRPr="001C17FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00442503" w:rsidRPr="001C17FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">provisions to </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA30E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>applicable individuals, entities, or circumstances</w:t>
+      </w:r>
+      <w:r w:rsidR="00442503" w:rsidRPr="001C17FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F2C2DCD" w14:textId="77777777" w:rsidR="00442503" w:rsidRPr="001C17FB" w:rsidRDefault="00442503">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2CE5C5B3" w14:textId="77777777" w:rsidR="008C51D3" w:rsidRPr="001C17FB" w:rsidRDefault="008C51D3">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="05DE2EA9" w14:textId="77777777" w:rsidR="00442503" w:rsidRPr="001C17FB" w:rsidRDefault="00442503" w:rsidP="00B73322">
@@ -10664,163 +11124,149 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidR="00BE671D" w:rsidRPr="001C17FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="008401AB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00442503" w:rsidRPr="000727E9" w:rsidSect="00F00870">
-      <w:headerReference w:type="even" r:id="rId8"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId13"/>
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="default" r:id="rId9"/>
       <w:endnotePr>
         <w:numFmt w:val="decimal"/>
       </w:endnotePr>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1350" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="06EFA5FF" w14:textId="77777777" w:rsidR="00B6438E" w:rsidRDefault="00B6438E">
+    <w:p w14:paraId="29332317" w14:textId="77777777" w:rsidR="00EF500D" w:rsidRDefault="00EF500D">
       <w:pPr>
         <w:spacing w:line="20" w:lineRule="exact"/>
       </w:pPr>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="040C674F" w14:textId="77777777" w:rsidR="00B6438E" w:rsidRDefault="00B6438E">
+    <w:p w14:paraId="11904EFD" w14:textId="77777777" w:rsidR="00EF500D" w:rsidRDefault="00EF500D">
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="44840511" w14:textId="77777777" w:rsidR="00B6438E" w:rsidRDefault="00B6438E">
+    <w:p w14:paraId="04489ECE" w14:textId="77777777" w:rsidR="00EF500D" w:rsidRDefault="00EF500D">
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...9 lines deleted...]
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5B2C55CE" w14:textId="77777777" w:rsidR="00981424" w:rsidRDefault="00981424">
     <w:pPr>
       <w:spacing w:before="140" w:line="100" w:lineRule="exact"/>
       <w:rPr>
         <w:sz w:val="10"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="4EE4AA15" w14:textId="77777777" w:rsidR="00981424" w:rsidRDefault="00981424">
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="355DD733" w14:textId="77777777" w:rsidR="00981424" w:rsidRDefault="008B2BAC">
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="72829DD1" wp14:editId="17ED628C">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
@@ -11020,131 +11466,165 @@
                       </w:rPr>
                       <w:t>1</w:t>
                     </w:r>
                     <w:r w:rsidRPr="00CE24F2">
                       <w:rPr>
                         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                         <w:spacing w:val="-3"/>
                         <w:sz w:val="22"/>
                         <w:szCs w:val="22"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5161EE68" w14:textId="77777777" w:rsidR="00B6438E" w:rsidRDefault="00B6438E">
+    <w:p w14:paraId="4A44157C" w14:textId="77777777" w:rsidR="00EF500D" w:rsidRDefault="00EF500D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="71E5F26C" w14:textId="77777777" w:rsidR="00B6438E" w:rsidRDefault="00B6438E">
+    <w:p w14:paraId="608C8A7C" w14:textId="77777777" w:rsidR="00EF500D" w:rsidRDefault="00EF500D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...10 lines deleted...]
-  <w:p w14:paraId="0A782A01" w14:textId="3E9CA8E4" w:rsidR="00981424" w:rsidRDefault="00D600AE" w:rsidP="000B5BA1">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0A782A01" w14:textId="2D03CE23" w:rsidR="00981424" w:rsidRDefault="00112A4B" w:rsidP="000B5BA1">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
-      <w:t>Final Adoption</w:t>
+      <w:t xml:space="preserve">Final </w:t>
+    </w:r>
+    <w:r w:rsidR="005E1B8B">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:rPr>
+      <w:t>Adop</w:t>
+    </w:r>
+    <w:r w:rsidR="00251F1E">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:rPr>
+      <w:t>tion</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="3EF00C7B" w14:textId="6B62A82B" w:rsidR="00981424" w:rsidRDefault="00D600AE" w:rsidP="000B5BA1">
+  <w:p w14:paraId="3EF00C7B" w14:textId="0BE0C871" w:rsidR="00981424" w:rsidRDefault="00D600AE" w:rsidP="000B5BA1">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
-      <w:t>Date Published in Mass Register: September</w:t>
+      <w:t xml:space="preserve">Date </w:t>
     </w:r>
-    <w:r w:rsidR="0080126F">
+    <w:r w:rsidR="00065892">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:rPr>
+      <w:t>Published in Mass. Register</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:rPr>
+      <w:t xml:space="preserve">: </w:t>
+    </w:r>
+    <w:r w:rsidR="00AE338B">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
+    <w:r w:rsidR="001375C7">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:rPr>
+      <w:t>Dec</w:t>
+    </w:r>
+    <w:r w:rsidR="00065892">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:rPr>
+      <w:t xml:space="preserve">ember </w:t>
+    </w:r>
+    <w:r w:rsidR="001375C7">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:rPr>
+      <w:t>5</w:t>
+    </w:r>
+    <w:r w:rsidR="00065892">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:rPr>
+      <w:t>, 20</w:t>
+    </w:r>
+    <w:r w:rsidR="00AE338B">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:rPr>
+      <w:t>25</w:t>
+    </w:r>
     <w:r w:rsidR="00B66893">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
-      <w:t xml:space="preserve">1, 2023 </w:t>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="1A1B934B" w14:textId="77777777" w:rsidR="00981424" w:rsidRDefault="00981424" w:rsidP="000B5BA1">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="2EEE5819" w14:textId="77777777" w:rsidR="00F220EE" w:rsidRPr="00CE24F2" w:rsidRDefault="00F220EE" w:rsidP="000B5BA1">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00CE24F2">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="22"/>
@@ -11250,62 +11730,52 @@
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve">RATES FOR </w:t>
     </w:r>
     <w:r w:rsidR="00C67BD1">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>CERTAIN YOUTH AND YOUNG ADULT SUPPORT SERVICES</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="7F560B39" w14:textId="77777777" w:rsidR="00981424" w:rsidRPr="00DA6F00" w:rsidRDefault="00981424" w:rsidP="000B5BA1">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0A5D35C6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8E64F9D4"/>
     <w:lvl w:ilvl="0" w:tplc="59DE34C4">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2520"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -11652,50 +12122,199 @@
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="26D8555F"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="C04CA2C6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2E9D007A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0EA06912"/>
     <w:lvl w:ilvl="0" w:tplc="04090017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -11737,51 +12356,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7920" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="30AF5ADB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4CEC8E0A"/>
     <w:lvl w:ilvl="0" w:tplc="660A0AE6">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -11826,51 +12445,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3D866EE2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3EDCDF68"/>
     <w:lvl w:ilvl="0" w:tplc="660A0AE6">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -11915,51 +12534,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="666E536E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1AC8C5C6"/>
     <w:lvl w:ilvl="0" w:tplc="EBD280D4">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -12032,51 +12651,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="688B6BC2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4CEC8E0A"/>
     <w:lvl w:ilvl="0" w:tplc="660A0AE6">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -12121,51 +12740,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6B2957B7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="063458D6"/>
     <w:lvl w:ilvl="0" w:tplc="6B82DA02">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12237,51 +12856,137 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6BA310DE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="779AB28E"/>
+    <w:lvl w:ilvl="0" w:tplc="70FE4FD4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="EE48E180">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="9C68B082">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="E7D2E718">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="4686DB30">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="3C9ED616">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="88580B30">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="82124B76">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="69F075D4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6BC520C6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2132C856"/>
     <w:lvl w:ilvl="0" w:tplc="04090017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
@@ -12350,51 +13055,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="72002BDB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7CF65BD6"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12490,71 +13195,71 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="75C02230"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="ADF0778C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1650"/>
         </w:tabs>
         <w:ind w:left="1650" w:hanging="450"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7B2E7159"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4CEC8E0A"/>
     <w:lvl w:ilvl="0" w:tplc="660A0AE6">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -12603,710 +13308,843 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="972253110">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="2114938208">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="45225614">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1074085620">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="342126039">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="400832977">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="503083848">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="2"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="261035628">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1233466153">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1536698405">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="787116531">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1698042283">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1522236131">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1633827581">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="795373683">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="1522236131">
-    <w:abstractNumId w:val="8"/>
+  <w:num w:numId="16" w16cid:durableId="1785608903">
+    <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="1633827581">
-[...3 lines deleted...]
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="17" w16cid:durableId="1796830198">
+    <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="950"/>
   <w:doNotHyphenateCaps/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="10241"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:numFmt w:val="decimal"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001065D4"/>
     <w:rsid w:val="00000325"/>
     <w:rsid w:val="0000521A"/>
     <w:rsid w:val="00014E08"/>
+    <w:rsid w:val="00017DDC"/>
     <w:rsid w:val="000418CC"/>
     <w:rsid w:val="00056870"/>
+    <w:rsid w:val="00065892"/>
     <w:rsid w:val="00066302"/>
     <w:rsid w:val="000674B3"/>
     <w:rsid w:val="00070997"/>
     <w:rsid w:val="000727E9"/>
     <w:rsid w:val="00073DEC"/>
     <w:rsid w:val="000746FF"/>
     <w:rsid w:val="00074E5A"/>
+    <w:rsid w:val="00074E76"/>
+    <w:rsid w:val="00091A3A"/>
     <w:rsid w:val="00092DCA"/>
     <w:rsid w:val="00094919"/>
     <w:rsid w:val="00095A77"/>
     <w:rsid w:val="000A1923"/>
     <w:rsid w:val="000A4EDA"/>
     <w:rsid w:val="000A5867"/>
+    <w:rsid w:val="000B0DC1"/>
+    <w:rsid w:val="000B19D3"/>
+    <w:rsid w:val="000B356B"/>
     <w:rsid w:val="000B5BA1"/>
     <w:rsid w:val="000C0AB6"/>
     <w:rsid w:val="000C1552"/>
     <w:rsid w:val="000C3690"/>
     <w:rsid w:val="000C5D34"/>
     <w:rsid w:val="000C6ACC"/>
+    <w:rsid w:val="000D4189"/>
+    <w:rsid w:val="000E6BFA"/>
     <w:rsid w:val="000F215C"/>
     <w:rsid w:val="000F72CF"/>
+    <w:rsid w:val="000F79D5"/>
     <w:rsid w:val="0010073E"/>
     <w:rsid w:val="001065D4"/>
+    <w:rsid w:val="00110139"/>
     <w:rsid w:val="00110D0C"/>
     <w:rsid w:val="00110F62"/>
     <w:rsid w:val="0011165A"/>
     <w:rsid w:val="00111D5C"/>
+    <w:rsid w:val="00112A4B"/>
     <w:rsid w:val="00115F5B"/>
+    <w:rsid w:val="00120531"/>
     <w:rsid w:val="001232A1"/>
     <w:rsid w:val="00124657"/>
     <w:rsid w:val="0012499C"/>
     <w:rsid w:val="001251C6"/>
     <w:rsid w:val="00127329"/>
     <w:rsid w:val="001358CB"/>
+    <w:rsid w:val="001375C7"/>
     <w:rsid w:val="00137D7D"/>
     <w:rsid w:val="00140DD5"/>
     <w:rsid w:val="00143B66"/>
     <w:rsid w:val="00144523"/>
     <w:rsid w:val="001460ED"/>
     <w:rsid w:val="0015321A"/>
     <w:rsid w:val="00161095"/>
     <w:rsid w:val="0016477E"/>
+    <w:rsid w:val="0016753A"/>
     <w:rsid w:val="00170668"/>
+    <w:rsid w:val="00172B1B"/>
     <w:rsid w:val="001741DF"/>
+    <w:rsid w:val="00176AF8"/>
     <w:rsid w:val="00184AAB"/>
     <w:rsid w:val="0018775F"/>
     <w:rsid w:val="00190F4C"/>
     <w:rsid w:val="00191A9C"/>
     <w:rsid w:val="00193A5D"/>
     <w:rsid w:val="00196051"/>
     <w:rsid w:val="0019615C"/>
     <w:rsid w:val="001A2D84"/>
     <w:rsid w:val="001A6CF9"/>
+    <w:rsid w:val="001B7666"/>
     <w:rsid w:val="001C17FB"/>
     <w:rsid w:val="001C1FEF"/>
     <w:rsid w:val="001C291D"/>
     <w:rsid w:val="001D32B5"/>
     <w:rsid w:val="001D4860"/>
     <w:rsid w:val="001D5BA2"/>
     <w:rsid w:val="001E72B3"/>
     <w:rsid w:val="001F0B22"/>
     <w:rsid w:val="00200A13"/>
     <w:rsid w:val="00207479"/>
     <w:rsid w:val="002076D5"/>
     <w:rsid w:val="00215DE6"/>
     <w:rsid w:val="00220DA5"/>
     <w:rsid w:val="00230925"/>
     <w:rsid w:val="00233A95"/>
     <w:rsid w:val="00233BB3"/>
     <w:rsid w:val="00234936"/>
     <w:rsid w:val="00235444"/>
     <w:rsid w:val="00236633"/>
+    <w:rsid w:val="002442E0"/>
     <w:rsid w:val="00245FD1"/>
     <w:rsid w:val="0024677B"/>
+    <w:rsid w:val="00246833"/>
     <w:rsid w:val="00247B30"/>
+    <w:rsid w:val="00250E1C"/>
+    <w:rsid w:val="00251F1E"/>
     <w:rsid w:val="002614D3"/>
     <w:rsid w:val="00266D63"/>
     <w:rsid w:val="002737F3"/>
     <w:rsid w:val="002764C2"/>
     <w:rsid w:val="00284C35"/>
+    <w:rsid w:val="00290CF8"/>
     <w:rsid w:val="00291CEA"/>
     <w:rsid w:val="00293E1E"/>
     <w:rsid w:val="00296A29"/>
+    <w:rsid w:val="002A2504"/>
     <w:rsid w:val="002C1042"/>
+    <w:rsid w:val="002C113E"/>
     <w:rsid w:val="002C17C8"/>
     <w:rsid w:val="002C2760"/>
     <w:rsid w:val="002C3492"/>
     <w:rsid w:val="002C39C7"/>
+    <w:rsid w:val="002D2DBA"/>
     <w:rsid w:val="002D5BA5"/>
     <w:rsid w:val="002D6A1D"/>
     <w:rsid w:val="002E31BE"/>
     <w:rsid w:val="002E356B"/>
     <w:rsid w:val="002E396D"/>
     <w:rsid w:val="002E3D57"/>
     <w:rsid w:val="002F1505"/>
     <w:rsid w:val="00307B3C"/>
     <w:rsid w:val="00312FC2"/>
     <w:rsid w:val="00315CD7"/>
     <w:rsid w:val="00315CFD"/>
     <w:rsid w:val="00320AD9"/>
     <w:rsid w:val="0032242B"/>
+    <w:rsid w:val="00326012"/>
     <w:rsid w:val="00327936"/>
     <w:rsid w:val="00332B41"/>
     <w:rsid w:val="00337C08"/>
     <w:rsid w:val="0034302D"/>
+    <w:rsid w:val="003501CB"/>
     <w:rsid w:val="00355971"/>
     <w:rsid w:val="00357EC8"/>
     <w:rsid w:val="00362E18"/>
     <w:rsid w:val="003636B1"/>
+    <w:rsid w:val="00367180"/>
     <w:rsid w:val="00381C42"/>
     <w:rsid w:val="00384D0C"/>
     <w:rsid w:val="00384E6D"/>
     <w:rsid w:val="003A1E07"/>
     <w:rsid w:val="003A3756"/>
     <w:rsid w:val="003B44F4"/>
     <w:rsid w:val="003B5F86"/>
+    <w:rsid w:val="003B7551"/>
     <w:rsid w:val="003C0614"/>
+    <w:rsid w:val="003C06A2"/>
     <w:rsid w:val="003C0A44"/>
     <w:rsid w:val="003C26A3"/>
     <w:rsid w:val="003C78D6"/>
+    <w:rsid w:val="003D2275"/>
     <w:rsid w:val="003D43F1"/>
     <w:rsid w:val="003D4D5E"/>
     <w:rsid w:val="003E3D17"/>
+    <w:rsid w:val="003E7140"/>
     <w:rsid w:val="003F0A6B"/>
     <w:rsid w:val="003F5E92"/>
     <w:rsid w:val="003F61F5"/>
     <w:rsid w:val="003F7964"/>
     <w:rsid w:val="00402C5E"/>
     <w:rsid w:val="004216CB"/>
     <w:rsid w:val="004254D4"/>
     <w:rsid w:val="00425723"/>
+    <w:rsid w:val="00425CBE"/>
     <w:rsid w:val="00431865"/>
+    <w:rsid w:val="004335B3"/>
     <w:rsid w:val="0043645E"/>
     <w:rsid w:val="0043649B"/>
     <w:rsid w:val="00442503"/>
     <w:rsid w:val="00446D04"/>
     <w:rsid w:val="004508BE"/>
     <w:rsid w:val="004525E1"/>
+    <w:rsid w:val="004632E9"/>
     <w:rsid w:val="004659A5"/>
     <w:rsid w:val="00473DBE"/>
+    <w:rsid w:val="0048085A"/>
     <w:rsid w:val="00483424"/>
     <w:rsid w:val="00483DFB"/>
+    <w:rsid w:val="00484B6F"/>
     <w:rsid w:val="00485C1C"/>
     <w:rsid w:val="00487925"/>
     <w:rsid w:val="00491E56"/>
     <w:rsid w:val="00493843"/>
     <w:rsid w:val="00493BC1"/>
     <w:rsid w:val="00495BB3"/>
     <w:rsid w:val="004A5B60"/>
     <w:rsid w:val="004B66B2"/>
     <w:rsid w:val="004D0586"/>
     <w:rsid w:val="004D3F4A"/>
     <w:rsid w:val="004D473E"/>
     <w:rsid w:val="004D6812"/>
     <w:rsid w:val="004E0176"/>
     <w:rsid w:val="00501694"/>
+    <w:rsid w:val="00503516"/>
     <w:rsid w:val="00503A19"/>
     <w:rsid w:val="00503B59"/>
+    <w:rsid w:val="00503E3E"/>
+    <w:rsid w:val="00507659"/>
     <w:rsid w:val="00511153"/>
     <w:rsid w:val="005151E6"/>
     <w:rsid w:val="005161AC"/>
+    <w:rsid w:val="00517EB4"/>
     <w:rsid w:val="00524BD8"/>
     <w:rsid w:val="00525C1F"/>
     <w:rsid w:val="00526A4C"/>
     <w:rsid w:val="00533336"/>
     <w:rsid w:val="00534F88"/>
     <w:rsid w:val="00535664"/>
     <w:rsid w:val="00537554"/>
     <w:rsid w:val="0054041B"/>
     <w:rsid w:val="005471E5"/>
     <w:rsid w:val="00550183"/>
+    <w:rsid w:val="00551BE1"/>
     <w:rsid w:val="00553C7A"/>
     <w:rsid w:val="005618A0"/>
     <w:rsid w:val="0056217E"/>
     <w:rsid w:val="00581F5A"/>
     <w:rsid w:val="00583A88"/>
     <w:rsid w:val="0059333F"/>
     <w:rsid w:val="00594EF2"/>
     <w:rsid w:val="00595A6D"/>
     <w:rsid w:val="00596190"/>
     <w:rsid w:val="0059728D"/>
     <w:rsid w:val="005A2F20"/>
+    <w:rsid w:val="005A56A4"/>
     <w:rsid w:val="005B3673"/>
     <w:rsid w:val="005B7087"/>
     <w:rsid w:val="005B7240"/>
     <w:rsid w:val="005C0C58"/>
     <w:rsid w:val="005C5009"/>
+    <w:rsid w:val="005D03A4"/>
     <w:rsid w:val="005D6D95"/>
     <w:rsid w:val="005D748A"/>
+    <w:rsid w:val="005D74FC"/>
+    <w:rsid w:val="005E1B8B"/>
     <w:rsid w:val="005E5178"/>
+    <w:rsid w:val="005E7EC1"/>
     <w:rsid w:val="005F274E"/>
     <w:rsid w:val="005F3E06"/>
     <w:rsid w:val="005F4F1D"/>
     <w:rsid w:val="00602673"/>
     <w:rsid w:val="006066E5"/>
+    <w:rsid w:val="00614580"/>
     <w:rsid w:val="00634F19"/>
     <w:rsid w:val="00635999"/>
+    <w:rsid w:val="0064539D"/>
+    <w:rsid w:val="00652D78"/>
+    <w:rsid w:val="00652D9E"/>
     <w:rsid w:val="00661791"/>
     <w:rsid w:val="0066352B"/>
     <w:rsid w:val="00672488"/>
     <w:rsid w:val="00674E5D"/>
     <w:rsid w:val="00676670"/>
     <w:rsid w:val="006770CD"/>
+    <w:rsid w:val="006848DE"/>
     <w:rsid w:val="00690782"/>
     <w:rsid w:val="00694034"/>
     <w:rsid w:val="006A7087"/>
     <w:rsid w:val="006B24C9"/>
     <w:rsid w:val="006C09C8"/>
     <w:rsid w:val="006C132B"/>
     <w:rsid w:val="006C2348"/>
+    <w:rsid w:val="006C58DA"/>
     <w:rsid w:val="006D5039"/>
     <w:rsid w:val="006D5D72"/>
+    <w:rsid w:val="006D672F"/>
     <w:rsid w:val="006D6A59"/>
+    <w:rsid w:val="006E1F33"/>
     <w:rsid w:val="007126E4"/>
+    <w:rsid w:val="0071399C"/>
     <w:rsid w:val="00732B47"/>
+    <w:rsid w:val="00733B73"/>
     <w:rsid w:val="00736625"/>
     <w:rsid w:val="00736694"/>
     <w:rsid w:val="0074602A"/>
     <w:rsid w:val="007461CB"/>
     <w:rsid w:val="00747AA1"/>
     <w:rsid w:val="00750356"/>
+    <w:rsid w:val="00752C36"/>
     <w:rsid w:val="00762757"/>
     <w:rsid w:val="00771E5D"/>
     <w:rsid w:val="007732C7"/>
+    <w:rsid w:val="0077593E"/>
     <w:rsid w:val="00781DA7"/>
     <w:rsid w:val="0078283B"/>
+    <w:rsid w:val="00784218"/>
     <w:rsid w:val="00787A0A"/>
     <w:rsid w:val="00787EDE"/>
     <w:rsid w:val="0079230B"/>
     <w:rsid w:val="00797833"/>
     <w:rsid w:val="007A09A7"/>
     <w:rsid w:val="007A3D8B"/>
     <w:rsid w:val="007A7E47"/>
+    <w:rsid w:val="007B071E"/>
     <w:rsid w:val="007B53A7"/>
     <w:rsid w:val="007C7205"/>
     <w:rsid w:val="007D15FB"/>
     <w:rsid w:val="007D45AE"/>
+    <w:rsid w:val="007E0DBD"/>
     <w:rsid w:val="007E14BA"/>
     <w:rsid w:val="007E3211"/>
+    <w:rsid w:val="007E6A32"/>
     <w:rsid w:val="007F2E59"/>
     <w:rsid w:val="00800A37"/>
     <w:rsid w:val="0080126F"/>
+    <w:rsid w:val="008025F5"/>
+    <w:rsid w:val="00811B1C"/>
     <w:rsid w:val="00812ACA"/>
     <w:rsid w:val="00820136"/>
     <w:rsid w:val="00824657"/>
     <w:rsid w:val="00825428"/>
+    <w:rsid w:val="008258D3"/>
     <w:rsid w:val="00831405"/>
+    <w:rsid w:val="00832B4F"/>
     <w:rsid w:val="008401AB"/>
     <w:rsid w:val="0084297E"/>
     <w:rsid w:val="00844680"/>
     <w:rsid w:val="00845AF4"/>
+    <w:rsid w:val="00845FB7"/>
     <w:rsid w:val="0084660F"/>
     <w:rsid w:val="00851EC0"/>
     <w:rsid w:val="008546AA"/>
     <w:rsid w:val="008564A9"/>
+    <w:rsid w:val="0086240D"/>
     <w:rsid w:val="00863324"/>
     <w:rsid w:val="00871370"/>
     <w:rsid w:val="00876FB8"/>
     <w:rsid w:val="008854A5"/>
     <w:rsid w:val="00887A55"/>
     <w:rsid w:val="00890AEA"/>
     <w:rsid w:val="00895831"/>
+    <w:rsid w:val="0089602D"/>
     <w:rsid w:val="008A093B"/>
     <w:rsid w:val="008B2BAC"/>
     <w:rsid w:val="008B689B"/>
     <w:rsid w:val="008C0CE9"/>
     <w:rsid w:val="008C30DE"/>
     <w:rsid w:val="008C3A0A"/>
     <w:rsid w:val="008C51D3"/>
     <w:rsid w:val="008C62A0"/>
     <w:rsid w:val="008C65A9"/>
     <w:rsid w:val="008C6EA7"/>
     <w:rsid w:val="008D286C"/>
+    <w:rsid w:val="008D534F"/>
     <w:rsid w:val="008D6715"/>
     <w:rsid w:val="008D7AC7"/>
     <w:rsid w:val="008E1A2C"/>
     <w:rsid w:val="008E6B0E"/>
     <w:rsid w:val="008E7866"/>
+    <w:rsid w:val="008F714E"/>
+    <w:rsid w:val="008F730D"/>
+    <w:rsid w:val="00904D9A"/>
+    <w:rsid w:val="00905ED9"/>
+    <w:rsid w:val="00907177"/>
+    <w:rsid w:val="009113C0"/>
     <w:rsid w:val="00912063"/>
     <w:rsid w:val="009122C6"/>
     <w:rsid w:val="009168C4"/>
+    <w:rsid w:val="009238C5"/>
     <w:rsid w:val="009239F6"/>
     <w:rsid w:val="00927AC7"/>
     <w:rsid w:val="009341C5"/>
     <w:rsid w:val="00937CEB"/>
     <w:rsid w:val="009460AA"/>
     <w:rsid w:val="009541F5"/>
     <w:rsid w:val="00954880"/>
     <w:rsid w:val="00956B2A"/>
     <w:rsid w:val="00960947"/>
     <w:rsid w:val="009628D8"/>
     <w:rsid w:val="00966436"/>
     <w:rsid w:val="00971FC2"/>
     <w:rsid w:val="00981424"/>
     <w:rsid w:val="00982D38"/>
     <w:rsid w:val="00984CDB"/>
     <w:rsid w:val="009850C4"/>
     <w:rsid w:val="00985EA7"/>
     <w:rsid w:val="009862E0"/>
+    <w:rsid w:val="009934C4"/>
     <w:rsid w:val="00997D1E"/>
     <w:rsid w:val="009A3683"/>
     <w:rsid w:val="009A68EC"/>
+    <w:rsid w:val="009B44C9"/>
     <w:rsid w:val="009B4A82"/>
     <w:rsid w:val="009B679A"/>
     <w:rsid w:val="009B7F56"/>
     <w:rsid w:val="009C0F43"/>
     <w:rsid w:val="009C123B"/>
     <w:rsid w:val="009C2432"/>
     <w:rsid w:val="009C7092"/>
+    <w:rsid w:val="009D2B43"/>
+    <w:rsid w:val="009D4020"/>
     <w:rsid w:val="009D57A7"/>
     <w:rsid w:val="009E1711"/>
     <w:rsid w:val="009E1986"/>
     <w:rsid w:val="009E7639"/>
     <w:rsid w:val="009F038F"/>
+    <w:rsid w:val="009F5ED9"/>
     <w:rsid w:val="00A02AE7"/>
+    <w:rsid w:val="00A06208"/>
     <w:rsid w:val="00A0756A"/>
+    <w:rsid w:val="00A128DA"/>
     <w:rsid w:val="00A12D0B"/>
     <w:rsid w:val="00A200F9"/>
     <w:rsid w:val="00A223A0"/>
     <w:rsid w:val="00A26434"/>
     <w:rsid w:val="00A33C1B"/>
     <w:rsid w:val="00A451DD"/>
     <w:rsid w:val="00A51A6A"/>
     <w:rsid w:val="00A57790"/>
     <w:rsid w:val="00A601D4"/>
     <w:rsid w:val="00A61B36"/>
     <w:rsid w:val="00A6496D"/>
     <w:rsid w:val="00A649AF"/>
     <w:rsid w:val="00A71D2D"/>
     <w:rsid w:val="00A72E11"/>
     <w:rsid w:val="00A77D24"/>
+    <w:rsid w:val="00A80228"/>
     <w:rsid w:val="00A86126"/>
     <w:rsid w:val="00A91A8F"/>
     <w:rsid w:val="00AA075A"/>
     <w:rsid w:val="00AA3314"/>
     <w:rsid w:val="00AA33EB"/>
     <w:rsid w:val="00AB4379"/>
     <w:rsid w:val="00AB4B2A"/>
     <w:rsid w:val="00AD1C2C"/>
     <w:rsid w:val="00AD4D7C"/>
     <w:rsid w:val="00AD57D7"/>
     <w:rsid w:val="00AE0841"/>
+    <w:rsid w:val="00AE338B"/>
     <w:rsid w:val="00AE3E63"/>
     <w:rsid w:val="00AE47B6"/>
+    <w:rsid w:val="00AE50AE"/>
     <w:rsid w:val="00AF1184"/>
     <w:rsid w:val="00AF2EC3"/>
     <w:rsid w:val="00AF5188"/>
+    <w:rsid w:val="00AF56EA"/>
+    <w:rsid w:val="00B02BDD"/>
     <w:rsid w:val="00B05572"/>
     <w:rsid w:val="00B101DE"/>
     <w:rsid w:val="00B11C54"/>
     <w:rsid w:val="00B217B0"/>
+    <w:rsid w:val="00B21B0A"/>
     <w:rsid w:val="00B23E68"/>
     <w:rsid w:val="00B41758"/>
+    <w:rsid w:val="00B4585E"/>
     <w:rsid w:val="00B562AD"/>
     <w:rsid w:val="00B6438E"/>
     <w:rsid w:val="00B66893"/>
+    <w:rsid w:val="00B6724A"/>
+    <w:rsid w:val="00B70DA0"/>
     <w:rsid w:val="00B73322"/>
     <w:rsid w:val="00B74B82"/>
     <w:rsid w:val="00B848B7"/>
+    <w:rsid w:val="00B860EB"/>
     <w:rsid w:val="00B91456"/>
     <w:rsid w:val="00B9659B"/>
     <w:rsid w:val="00B979BA"/>
     <w:rsid w:val="00BA0298"/>
     <w:rsid w:val="00BA1632"/>
     <w:rsid w:val="00BC0FD0"/>
+    <w:rsid w:val="00BC28CC"/>
     <w:rsid w:val="00BC4D56"/>
     <w:rsid w:val="00BD095E"/>
     <w:rsid w:val="00BD3619"/>
     <w:rsid w:val="00BD7870"/>
+    <w:rsid w:val="00BE3530"/>
     <w:rsid w:val="00BE503D"/>
     <w:rsid w:val="00BE671D"/>
     <w:rsid w:val="00BF0F68"/>
     <w:rsid w:val="00BF3D22"/>
     <w:rsid w:val="00C00B22"/>
+    <w:rsid w:val="00C019B2"/>
     <w:rsid w:val="00C07346"/>
     <w:rsid w:val="00C130B0"/>
     <w:rsid w:val="00C14C2A"/>
+    <w:rsid w:val="00C22404"/>
+    <w:rsid w:val="00C239A7"/>
     <w:rsid w:val="00C24B04"/>
     <w:rsid w:val="00C26F65"/>
     <w:rsid w:val="00C30A8F"/>
     <w:rsid w:val="00C31E0C"/>
     <w:rsid w:val="00C33511"/>
     <w:rsid w:val="00C41D6D"/>
     <w:rsid w:val="00C44864"/>
     <w:rsid w:val="00C5096D"/>
     <w:rsid w:val="00C50FAE"/>
     <w:rsid w:val="00C510CE"/>
     <w:rsid w:val="00C51ED0"/>
     <w:rsid w:val="00C63D97"/>
     <w:rsid w:val="00C65C93"/>
     <w:rsid w:val="00C67081"/>
     <w:rsid w:val="00C67BD1"/>
     <w:rsid w:val="00C74F63"/>
     <w:rsid w:val="00C7691E"/>
     <w:rsid w:val="00C81D9E"/>
+    <w:rsid w:val="00C868CD"/>
     <w:rsid w:val="00C86DB0"/>
     <w:rsid w:val="00C93DB7"/>
     <w:rsid w:val="00C96E6E"/>
     <w:rsid w:val="00CA142A"/>
     <w:rsid w:val="00CA15BC"/>
     <w:rsid w:val="00CA2283"/>
+    <w:rsid w:val="00CA681F"/>
     <w:rsid w:val="00CA79B2"/>
     <w:rsid w:val="00CB29A6"/>
     <w:rsid w:val="00CB4770"/>
     <w:rsid w:val="00CB4CE0"/>
     <w:rsid w:val="00CC7BF7"/>
     <w:rsid w:val="00CD2B53"/>
     <w:rsid w:val="00CE24F2"/>
     <w:rsid w:val="00CE3D50"/>
     <w:rsid w:val="00CE5D1C"/>
     <w:rsid w:val="00CF2242"/>
     <w:rsid w:val="00CF2E62"/>
     <w:rsid w:val="00CF360D"/>
     <w:rsid w:val="00CF7FF6"/>
     <w:rsid w:val="00D11D66"/>
     <w:rsid w:val="00D142C3"/>
+    <w:rsid w:val="00D273E1"/>
     <w:rsid w:val="00D34429"/>
+    <w:rsid w:val="00D35709"/>
+    <w:rsid w:val="00D35E20"/>
     <w:rsid w:val="00D41777"/>
+    <w:rsid w:val="00D43EB9"/>
     <w:rsid w:val="00D46F70"/>
     <w:rsid w:val="00D506C6"/>
     <w:rsid w:val="00D522BD"/>
     <w:rsid w:val="00D551A8"/>
     <w:rsid w:val="00D56390"/>
     <w:rsid w:val="00D600AE"/>
     <w:rsid w:val="00D61AD8"/>
     <w:rsid w:val="00D628E1"/>
     <w:rsid w:val="00D64FA0"/>
     <w:rsid w:val="00D656F1"/>
     <w:rsid w:val="00D71C38"/>
     <w:rsid w:val="00D749BE"/>
     <w:rsid w:val="00D754DE"/>
     <w:rsid w:val="00D75E03"/>
     <w:rsid w:val="00D771CD"/>
+    <w:rsid w:val="00D801E5"/>
+    <w:rsid w:val="00D8349C"/>
     <w:rsid w:val="00D840A7"/>
+    <w:rsid w:val="00D86D88"/>
     <w:rsid w:val="00D90531"/>
     <w:rsid w:val="00D943E9"/>
     <w:rsid w:val="00D96495"/>
     <w:rsid w:val="00D96AF9"/>
     <w:rsid w:val="00DA066C"/>
     <w:rsid w:val="00DA2A63"/>
     <w:rsid w:val="00DA6F00"/>
     <w:rsid w:val="00DB07FE"/>
     <w:rsid w:val="00DB6854"/>
     <w:rsid w:val="00DB6E56"/>
     <w:rsid w:val="00DC2496"/>
     <w:rsid w:val="00DD11E9"/>
     <w:rsid w:val="00DE1AAC"/>
     <w:rsid w:val="00DE211D"/>
     <w:rsid w:val="00DE3421"/>
     <w:rsid w:val="00DE40F5"/>
     <w:rsid w:val="00DE4E1D"/>
+    <w:rsid w:val="00DF18D0"/>
     <w:rsid w:val="00DF2491"/>
     <w:rsid w:val="00DF357A"/>
     <w:rsid w:val="00DF7141"/>
     <w:rsid w:val="00DF7B99"/>
     <w:rsid w:val="00E11F8B"/>
     <w:rsid w:val="00E21D1B"/>
+    <w:rsid w:val="00E22991"/>
     <w:rsid w:val="00E23BD1"/>
     <w:rsid w:val="00E33193"/>
     <w:rsid w:val="00E36B7A"/>
     <w:rsid w:val="00E42900"/>
     <w:rsid w:val="00E42BB0"/>
     <w:rsid w:val="00E46ED8"/>
     <w:rsid w:val="00E47DD6"/>
     <w:rsid w:val="00E53231"/>
     <w:rsid w:val="00E65893"/>
     <w:rsid w:val="00E751EC"/>
     <w:rsid w:val="00E7755B"/>
+    <w:rsid w:val="00E81524"/>
     <w:rsid w:val="00E94C63"/>
     <w:rsid w:val="00EA1842"/>
     <w:rsid w:val="00EA1EE6"/>
+    <w:rsid w:val="00EA2636"/>
     <w:rsid w:val="00EA2D2C"/>
     <w:rsid w:val="00EA2EB7"/>
     <w:rsid w:val="00EA52D8"/>
     <w:rsid w:val="00EB085B"/>
     <w:rsid w:val="00EB61F7"/>
     <w:rsid w:val="00EB739E"/>
     <w:rsid w:val="00EC3707"/>
     <w:rsid w:val="00EC42D0"/>
     <w:rsid w:val="00ED1C09"/>
     <w:rsid w:val="00ED58AE"/>
     <w:rsid w:val="00EF0A41"/>
     <w:rsid w:val="00EF1904"/>
+    <w:rsid w:val="00EF500D"/>
     <w:rsid w:val="00F00870"/>
     <w:rsid w:val="00F0373B"/>
     <w:rsid w:val="00F0701B"/>
     <w:rsid w:val="00F16036"/>
+    <w:rsid w:val="00F179EE"/>
     <w:rsid w:val="00F220EE"/>
     <w:rsid w:val="00F26108"/>
     <w:rsid w:val="00F26AC3"/>
+    <w:rsid w:val="00F326FF"/>
     <w:rsid w:val="00F35D87"/>
     <w:rsid w:val="00F379E5"/>
     <w:rsid w:val="00F37E29"/>
     <w:rsid w:val="00F404E6"/>
+    <w:rsid w:val="00F40F23"/>
     <w:rsid w:val="00F419F3"/>
     <w:rsid w:val="00F45AB4"/>
     <w:rsid w:val="00F46C1E"/>
     <w:rsid w:val="00F529C1"/>
+    <w:rsid w:val="00F647D3"/>
     <w:rsid w:val="00F6576E"/>
     <w:rsid w:val="00F66873"/>
+    <w:rsid w:val="00F676E6"/>
     <w:rsid w:val="00F70C18"/>
     <w:rsid w:val="00F7211C"/>
+    <w:rsid w:val="00F763A1"/>
     <w:rsid w:val="00F76FAF"/>
     <w:rsid w:val="00F80746"/>
     <w:rsid w:val="00F90E57"/>
     <w:rsid w:val="00FA095C"/>
     <w:rsid w:val="00FA13D2"/>
+    <w:rsid w:val="00FA30E9"/>
     <w:rsid w:val="00FA6968"/>
     <w:rsid w:val="00FB448A"/>
     <w:rsid w:val="00FB6BD8"/>
+    <w:rsid w:val="00FB7907"/>
     <w:rsid w:val="00FC758A"/>
     <w:rsid w:val="00FD1B51"/>
+    <w:rsid w:val="00FD5049"/>
     <w:rsid w:val="00FE2E3D"/>
     <w:rsid w:val="00FE45FF"/>
+    <w:rsid w:val="00FE56F3"/>
+    <w:rsid w:val="00FE591D"/>
     <w:rsid w:val="00FE6F70"/>
     <w:rsid w:val="00FF34E4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="10241"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="31411D08"/>
   <w15:docId w15:val="{A2295FFC-3590-467C-A505-BF640D38C65E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -13963,51 +14801,51 @@
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00B11C54"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00956B2A"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="42827046">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="78138279">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -14238,50 +15076,63 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="680006370">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="690565757">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="714500927">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="725496826">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -14382,50 +15233,63 @@
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="959603166">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="968978280">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="998777156">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1023895339">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -14829,51 +15693,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2109963525">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -15133,80 +15997,86 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{68E69809-2E00-4E82-901E-20F1F90AAB96}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1610</Words>
-  <Characters>9591</Characters>
+  <Words>1658</Words>
+  <Characters>9982</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>79</Lines>
-  <Paragraphs>22</Paragraphs>
+  <Lines>83</Lines>
+  <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>114.3 CMR:          Division of Health Care Finance And Policy</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11179</CharactersWithSpaces>
+  <CharactersWithSpaces>11617</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>114.3 CMR:          Division of Health Care Finance And Policy</dc:title>
   <dc:creator>EHS</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_NewReviewCycle">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>