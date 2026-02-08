--- v0 (2025-10-29)
+++ v1 (2026-02-08)
@@ -1,997 +1,559 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="4D13015A" w14:textId="77777777" w:rsidR="000537DA" w:rsidRDefault="000537DA" w:rsidP="000F315B">
       <w:pPr>
         <w:framePr w:w="6926" w:hSpace="187" w:wrap="notBeside" w:vAnchor="page" w:hAnchor="page" w:x="2884" w:y="711"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk203127234"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:t>The Commonwealth of Massachusetts</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D27BA80" w14:textId="77777777" w:rsidR="000537DA" w:rsidRDefault="000537DA" w:rsidP="000F315B">
       <w:pPr>
         <w:pStyle w:val="ExecOffice"/>
         <w:framePr w:w="6926" w:wrap="notBeside" w:vAnchor="page" w:x="2884" w:y="711"/>
       </w:pPr>
       <w:r>
         <w:t>Executive Office of Health and Human Services</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59A576D2" w14:textId="77777777" w:rsidR="00EB7588" w:rsidRDefault="000537DA" w:rsidP="000F315B">
+    <w:p w14:paraId="2FE9E88A" w14:textId="635A6638" w:rsidR="00D76119" w:rsidRDefault="000537DA" w:rsidP="00D76119">
       <w:pPr>
         <w:pStyle w:val="ExecOffice"/>
         <w:framePr w:w="6926" w:wrap="notBeside" w:vAnchor="page" w:x="2884" w:y="711"/>
       </w:pPr>
       <w:r>
         <w:t>Department of Public Health</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2672D03A" w14:textId="17C3CE95" w:rsidR="00EB7588" w:rsidRDefault="00EB7588" w:rsidP="000F315B">
+    <w:p w14:paraId="0958205A" w14:textId="77777777" w:rsidR="006D06D9" w:rsidRPr="00951305" w:rsidRDefault="000537DA" w:rsidP="000F315B">
       <w:pPr>
         <w:pStyle w:val="ExecOffice"/>
         <w:framePr w:w="6926" w:wrap="notBeside" w:vAnchor="page" w:x="2884" w:y="711"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="0958205A" w14:textId="09648753" w:rsidR="006D06D9" w:rsidRDefault="00EB7588" w:rsidP="000F315B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00951305">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>250 Washington Street, Boston, MA 02108-4619</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10BFC7A4" w14:textId="1D6C16C5" w:rsidR="0017749A" w:rsidRPr="0017749A" w:rsidRDefault="0017749A" w:rsidP="000F315B">
       <w:pPr>
         <w:pStyle w:val="ExecOffice"/>
         <w:framePr w:w="6926" w:wrap="notBeside" w:vAnchor="page" w:x="2884" w:y="711"/>
-      </w:pPr>
-[...18 lines deleted...]
-        <w:framePr w:w="1927" w:hSpace="180" w:wrap="auto" w:vAnchor="text" w:hAnchor="page" w:x="940" w:y="-951"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0017749A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>617-624-6000 | mass.gov/dph</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14DDC802" w14:textId="3FA133ED" w:rsidR="00BA4055" w:rsidRDefault="00E814A1" w:rsidP="00E814A1">
+      <w:pPr>
+        <w:framePr w:w="2300" w:hSpace="180" w:wrap="auto" w:vAnchor="text" w:hAnchor="page" w:x="940" w:y="-951"/>
+        <w:ind w:left="630"/>
         <w:rPr>
           <w:rFonts w:ascii="LinePrinter" w:hAnsi="LinePrinter"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="LinePrinter" w:hAnsi="LinePrinter"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1406FE77" wp14:editId="0F8708FE">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2651EE28" wp14:editId="302A2CF4">
             <wp:extent cx="962025" cy="1152525"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="1" name="Picture 1"/>
+            <wp:docPr id="1" name="Picture 1" descr="Massachusetts state seal"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 1"/>
+                    <pic:cNvPr id="1" name="Picture 1" descr="Massachusetts state seal"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="962025" cy="1152525"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B4EA7C1" w14:textId="5CEB9796" w:rsidR="009908FF" w:rsidRDefault="000B7D96" w:rsidP="0072610D">
-[...551 lines deleted...]
-    <w:p w14:paraId="3F734CBD" w14:textId="0E0BB167" w:rsidR="000D7245" w:rsidRDefault="000D7245" w:rsidP="000D7245">
+    <w:p w14:paraId="33866557" w14:textId="7B11C513" w:rsidR="00FC6B42" w:rsidRDefault="00FC6B42" w:rsidP="0072610D"/>
+    <w:p w14:paraId="5523EF4D" w14:textId="77777777" w:rsidR="00802852" w:rsidRDefault="00802852" w:rsidP="0072610D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00802852">
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70EB315F" w14:textId="77777777" w:rsidR="00802852" w:rsidRDefault="00E814A1" w:rsidP="0072610D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00237280">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Maura T. Healey</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25BE71A6" w14:textId="51C5E49E" w:rsidR="0088305B" w:rsidRDefault="00802852" w:rsidP="000C2E20">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00237280">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Governor</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19D02B02" w14:textId="77777777" w:rsidR="00951305" w:rsidRDefault="0088305B" w:rsidP="0072610D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0088305B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Kimberley Driscoll</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45EA865C" w14:textId="703E4E09" w:rsidR="00FC6B42" w:rsidRPr="0088305B" w:rsidRDefault="0088305B" w:rsidP="0072610D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Lieutenant Governor</w:t>
+      </w:r>
+      <w:r w:rsidR="00237280" w:rsidRPr="00237280">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="723AD3B1" w14:textId="5030074F" w:rsidR="007D1D51" w:rsidRDefault="00802852" w:rsidP="00802852">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00237280">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Kiame Mahaniah, MD</w:t>
+      </w:r>
+      <w:r w:rsidR="000164B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>, MBA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51314366" w14:textId="498AF08B" w:rsidR="00033154" w:rsidRDefault="00237280" w:rsidP="007D1D51">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00237280">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Secretary</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49013D2D" w14:textId="509F30C9" w:rsidR="00951305" w:rsidRPr="00951305" w:rsidRDefault="00951305" w:rsidP="00802852">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00951305">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Robert Goldstein, MD, PhD</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EA03CA8" w14:textId="7173ADCA" w:rsidR="00802852" w:rsidRDefault="00951305" w:rsidP="00951305">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00802852" w:rsidSect="00802852">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:num="2" w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Commissione</w:t>
+      </w:r>
+      <w:r w:rsidR="00D10DDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76751140" w14:textId="77777777" w:rsidR="00D10DDE" w:rsidRDefault="00D10DDE" w:rsidP="0072610D"/>
+    <w:p w14:paraId="4D104B3B" w14:textId="2A3DE10C" w:rsidR="00A8528A" w:rsidRDefault="00A8528A" w:rsidP="00A8528A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Date: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve"> Fall 202</w:t>
-[...11 lines deleted...]
-    <w:p w14:paraId="4553C0B5" w14:textId="77777777" w:rsidR="000D7245" w:rsidRDefault="000D7245" w:rsidP="000D7245">
+        <w:t xml:space="preserve"> Fall 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0522FC31" w14:textId="77777777" w:rsidR="00A8528A" w:rsidRDefault="00A8528A" w:rsidP="00A8528A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">To: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> Health Care Providers</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3914B59F" w14:textId="77777777" w:rsidR="000D7245" w:rsidRDefault="000D7245" w:rsidP="000D7245">
+    <w:p w14:paraId="2A318A8A" w14:textId="77777777" w:rsidR="00A8528A" w:rsidRDefault="00A8528A" w:rsidP="00A8528A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">From: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> Massachusetts Influenza Surveillance Team</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A8874BE" w14:textId="77777777" w:rsidR="000D7245" w:rsidRDefault="000D7245" w:rsidP="000D7245">
+    <w:p w14:paraId="499CA673" w14:textId="77777777" w:rsidR="00A8528A" w:rsidRDefault="00A8528A" w:rsidP="00A8528A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Subject: Expanded Influenza-like Illness* Surveillance in Massachusetts</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FF39104" w14:textId="77777777" w:rsidR="000D7245" w:rsidRDefault="000D7245" w:rsidP="000D7245">
-[...12 lines deleted...]
-    <w:p w14:paraId="0E0F00D3" w14:textId="77777777" w:rsidR="000D7245" w:rsidRDefault="000D7245" w:rsidP="000D7245">
+    <w:p w14:paraId="19AA6D36" w14:textId="77777777" w:rsidR="00A8528A" w:rsidRDefault="00A8528A" w:rsidP="00A8528A">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A2C6584" w14:textId="77777777" w:rsidR="00A8528A" w:rsidRDefault="00A8528A" w:rsidP="00A8528A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Thank you for your interest in the US Outpatient Influenza-like Illness Surveillance Network (</w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve">, a national surveillance system for influenza-like illness (ILI)*. This volunteer program is an invaluable component of influenza surveillance, allowing real-time examination of the ever-changing epidemiology of influenza. Tracking and real time reporting of the flu season in Massachusetts is conducted through the volunteer participants in this program. </w:t>
+        <w:t xml:space="preserve">Thank you for your interest in the US Outpatient Influenza-like Illness Surveillance Network (ILINet) in Massachusetts. The Massachusetts Department of Public Health (MDPH) Epidemiology Program is recruiting outpatient medical practices to participate in ILINet, a national surveillance system for influenza-like illness (ILI)*. This volunteer program is an invaluable component of influenza surveillance, allowing real-time examination of the ever-changing epidemiology of influenza. Tracking and real time reporting of the flu season in Massachusetts is conducted through the volunteer participants in this program. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">We cannot conduct this important surveillance without your help. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="709F653B" w14:textId="77777777" w:rsidR="000D7245" w:rsidRDefault="000D7245" w:rsidP="000D7245">
+    <w:p w14:paraId="543F5BEF" w14:textId="77777777" w:rsidR="00A8528A" w:rsidRDefault="00A8528A" w:rsidP="00A8528A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2DFB8CAF" w14:textId="77777777" w:rsidR="000D7245" w:rsidRDefault="000D7245" w:rsidP="000D7245">
-[...32 lines deleted...]
-    <w:p w14:paraId="2650DFFB" w14:textId="71A174E9" w:rsidR="000D7245" w:rsidRDefault="000D7245" w:rsidP="000D7245">
+    <w:p w14:paraId="1DB6B7A5" w14:textId="77777777" w:rsidR="00A8528A" w:rsidRDefault="00A8528A" w:rsidP="00A8528A">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ILINet participation has two components:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05AFE3ED" w14:textId="77777777" w:rsidR="00A8528A" w:rsidRDefault="00A8528A" w:rsidP="00A8528A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="SymbolMT"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">• </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
@@ -1004,868 +566,754 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Results are provided to the submitting provider/practice. If negative for influenza</w:t>
       </w:r>
       <w:r w:rsidRPr="0036368F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> our </w:t>
-[...42 lines deleted...]
-    <w:p w14:paraId="07AD61D3" w14:textId="22A360FF" w:rsidR="000D7245" w:rsidRDefault="000D7245" w:rsidP="000D7245">
+        <w:t xml:space="preserve"> our BioFire FilmArray** will test for several other viruses and bacterial organisms. The kits and the testing, as well as the transportation of specimens to MA SPHL, are provided at no charge to the provider.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47C7AA4D" w14:textId="77777777" w:rsidR="00A8528A" w:rsidRDefault="00A8528A" w:rsidP="00A8528A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="SymbolMT"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">• </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Weekly data collection and reporting, of patient visits due to influenza-like illness in five age groups, and the total number of patients seen in all age groups for any reason during the week.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006B6952">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Most </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> participants find that this takes less than an hour each week. Reporting is done electronically. Your reports are summarized weekly, both nationally from the Centers for Disease Control and Prevention </w:t>
+        <w:t xml:space="preserve">Most ILINet participants find that this takes less than an hour each week. Reporting is done electronically. Your reports are summarized weekly, both nationally from the Centers for Disease Control and Prevention </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidR="00292FEC" w:rsidRPr="006B6952">
+        <w:r w:rsidRPr="006B6952">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>CDC FluView</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00292FEC" w:rsidRPr="006B6952">
+      <w:r w:rsidRPr="006B6952">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006B6952">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>and at MDPH</w:t>
       </w:r>
       <w:r w:rsidRPr="006B6952">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidR="00292FEC" w:rsidRPr="006B6952">
+        <w:r w:rsidRPr="006B6952">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Respiratory Illness Dashboard</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="006B6952">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="218E93A0" w14:textId="77777777" w:rsidR="000D7245" w:rsidRDefault="000D7245" w:rsidP="000D7245">
+    <w:p w14:paraId="51DD3672" w14:textId="77777777" w:rsidR="00A8528A" w:rsidRDefault="00A8528A" w:rsidP="00A8528A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="75C22EE6" w14:textId="77777777" w:rsidR="000D7245" w:rsidRDefault="000D7245" w:rsidP="000D7245">
+    <w:p w14:paraId="2E7E9187" w14:textId="77777777" w:rsidR="00A8528A" w:rsidRDefault="00A8528A" w:rsidP="00A8528A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="358E1C3A" w14:textId="77777777" w:rsidR="000D7245" w:rsidRDefault="000D7245" w:rsidP="000D7245">
+    <w:p w14:paraId="48A1A0EA" w14:textId="77777777" w:rsidR="00A8528A" w:rsidRDefault="00A8528A" w:rsidP="00A8528A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Goals</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27DD9B7D" w14:textId="77777777" w:rsidR="000D7245" w:rsidRDefault="000D7245" w:rsidP="000D7245">
+    <w:p w14:paraId="7BA705AC" w14:textId="77777777" w:rsidR="00A8528A" w:rsidRDefault="00A8528A" w:rsidP="00A8528A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The goals for improved national influenza surveillance are two-fold. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BA2C9A5" w14:textId="77777777" w:rsidR="000D7245" w:rsidRDefault="000D7245" w:rsidP="000D7245">
+    <w:p w14:paraId="5191A16D" w14:textId="77777777" w:rsidR="00A8528A" w:rsidRDefault="00A8528A" w:rsidP="00A8528A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...20 lines deleted...]
-    <w:p w14:paraId="2F1ECAD5" w14:textId="77777777" w:rsidR="000D7245" w:rsidRDefault="000D7245" w:rsidP="000D7245">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ILINet provides useful real-time epidemiologic information about both novel (or variant) influenza and seasonal influenza and allows for the rapid detection of changes in severity and/or age-distribution of affected individuals as measured by reports of influenza like illness (ILI). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AEABBDF" w14:textId="77777777" w:rsidR="00A8528A" w:rsidRDefault="00A8528A" w:rsidP="00A8528A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">It also enables states and the CDC to monitor antigenic changes in circulating viruses </w:t>
-[...22 lines deleted...]
-    <w:p w14:paraId="4B582C03" w14:textId="77777777" w:rsidR="000D7245" w:rsidRDefault="000D7245" w:rsidP="000D7245">
+        <w:t>It also enables states and the CDC to monitor antigenic changes in circulating viruses in order to provide information for the formulation of vaccine for the subsequent season. In addition, influenza surveillance within Massachusetts can help to rapidly detect outbreaks and assist disease control through timely preventive action.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A363BB7" w14:textId="77777777" w:rsidR="00A8528A" w:rsidRDefault="00A8528A" w:rsidP="00A8528A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">                                         </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F6228D7" w14:textId="191B1773" w:rsidR="000D7245" w:rsidRDefault="00FE7FE0" w:rsidP="000D7245">
+    <w:p w14:paraId="0D9DD64B" w14:textId="451BDEA9" w:rsidR="00A8528A" w:rsidRDefault="00A8528A" w:rsidP="00A8528A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE7FE0">
-        <w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3F5F5485" wp14:editId="40B35651">
-[...2 lines deleted...]
-            <wp:docPr id="156616534" name="Picture 1" descr="Chart, line chart&#10;&#10;Description automatically generated"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3A73DAEE" wp14:editId="39D54098">
+            <wp:extent cx="5934075" cy="2476500"/>
+            <wp:effectExtent l="0" t="0" r="9525" b="0"/>
+            <wp:docPr id="1435830714" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="156616534" name="Picture 1" descr="Chart, line chart&#10;&#10;Description automatically generated"/>
-                    <pic:cNvPicPr/>
+                    <pic:cNvPr id="0" name="Picture 1"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11"/>
+                    <a:blip r:embed="rId11">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr>
+                  <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5943600" cy="2528570"/>
+                      <a:ext cx="5934075" cy="2476500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0655EDC2" w14:textId="77777777" w:rsidR="00FE7FE0" w:rsidRDefault="00FE7FE0" w:rsidP="000D7245">
+    <w:p w14:paraId="7B32A3A1" w14:textId="77777777" w:rsidR="00A8528A" w:rsidRDefault="00A8528A" w:rsidP="00A8528A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="73C5CCAB" w14:textId="3B033D5D" w:rsidR="000D7245" w:rsidRDefault="000D7245" w:rsidP="000D7245">
+    <w:p w14:paraId="60BC5404" w14:textId="77777777" w:rsidR="00A8528A" w:rsidRDefault="00A8528A" w:rsidP="00A8528A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>What We Are Asking of You</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0649B309" w14:textId="77777777" w:rsidR="000D7245" w:rsidRDefault="000D7245" w:rsidP="000D7245">
+    <w:p w14:paraId="33F01976" w14:textId="77777777" w:rsidR="00A8528A" w:rsidRDefault="00A8528A" w:rsidP="00A8528A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="54661DEF" w14:textId="77777777" w:rsidR="000D7245" w:rsidRDefault="000D7245" w:rsidP="000D7245">
+    <w:p w14:paraId="1D0D8EF3" w14:textId="77777777" w:rsidR="00A8528A" w:rsidRDefault="00A8528A" w:rsidP="00A8528A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1) Specimen collection for influenza testing</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C974678" w14:textId="77777777" w:rsidR="000D7245" w:rsidRDefault="000D7245" w:rsidP="000D7245">
-[...74 lines deleted...]
-    <w:p w14:paraId="369071FC" w14:textId="77777777" w:rsidR="000D7245" w:rsidRDefault="000D7245" w:rsidP="000D7245">
+    <w:p w14:paraId="2C31B3E8" w14:textId="77777777" w:rsidR="00A8528A" w:rsidRDefault="00A8528A" w:rsidP="00A8528A">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Collect and submit specimens for laboratory isolation of influenza virus (NP swabs preferred –   although other specimen sources are acceptable); We are encouraging sites to submit specimens every week for influenza testing so that we can detect increases in influenza activity and identify which strains of influenza are circulating. (NP swabs are required for additional BioFire FilmArray Respiratory Panel testing.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09CF8488" w14:textId="77777777" w:rsidR="00A8528A" w:rsidRDefault="00A8528A" w:rsidP="00A8528A">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="791C0030" w14:textId="77777777" w:rsidR="00A8528A" w:rsidRDefault="00A8528A" w:rsidP="00A8528A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>MDPH will supply the flu kits free of charge and will ensure the kits are returned to MA SPHL in a timely manner at no cost to your facility. We use UPS for this purpose, and occasionally use a private courier service. Should you need additional flu kits during the season, please contact one of our Research Analysts at (617) 983-6800.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E7190B0" w14:textId="77777777" w:rsidR="000D7245" w:rsidRDefault="000D7245" w:rsidP="000D7245">
-[...12 lines deleted...]
-    <w:p w14:paraId="45C88D00" w14:textId="77777777" w:rsidR="000D7245" w:rsidRDefault="000D7245" w:rsidP="000D7245">
+    <w:p w14:paraId="424026C7" w14:textId="77777777" w:rsidR="00A8528A" w:rsidRDefault="00A8528A" w:rsidP="00A8528A">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="321C6527" w14:textId="77777777" w:rsidR="00A8528A" w:rsidRDefault="00A8528A" w:rsidP="00A8528A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2) Reporting ILI every week</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39D60368" w14:textId="77777777" w:rsidR="000D7245" w:rsidRDefault="000D7245" w:rsidP="000D7245">
+    <w:p w14:paraId="0661603D" w14:textId="77777777" w:rsidR="00A8528A" w:rsidRDefault="00A8528A" w:rsidP="00A8528A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In addition to submitting specimens, we ask that you also report ILI directly to the CDC by Internet or fax beginning with the first week of the new season (this is usually the first week in October). Internet-based reporting of weekly ILI data to the CDC is the preferred method. The weekly data transmission consists of the following </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">two </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>items:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="624D6E6B" w14:textId="77777777" w:rsidR="000D7245" w:rsidRDefault="000D7245" w:rsidP="000D7245">
-[...12 lines deleted...]
-    <w:p w14:paraId="4F91DD35" w14:textId="77777777" w:rsidR="000D7245" w:rsidRDefault="000D7245" w:rsidP="000D7245">
+    <w:p w14:paraId="60B5BA2F" w14:textId="77777777" w:rsidR="00A8528A" w:rsidRDefault="00A8528A" w:rsidP="00A8528A">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36B4757E" w14:textId="77777777" w:rsidR="00A8528A" w:rsidRDefault="00A8528A" w:rsidP="00A8528A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1. The number of patients seen for ILI during a given week in each of the following five age categories: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29E00808" w14:textId="77777777" w:rsidR="000D7245" w:rsidRDefault="000D7245" w:rsidP="000D7245">
+    <w:p w14:paraId="440C2323" w14:textId="77777777" w:rsidR="00A8528A" w:rsidRDefault="00A8528A" w:rsidP="00A8528A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>a) 0 through 4 years</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12A0E337" w14:textId="77777777" w:rsidR="000D7245" w:rsidRDefault="000D7245" w:rsidP="000D7245">
+    <w:p w14:paraId="20ACD0AE" w14:textId="77777777" w:rsidR="00A8528A" w:rsidRDefault="00A8528A" w:rsidP="00A8528A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>b) 5 through 24 years</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41397352" w14:textId="77777777" w:rsidR="000D7245" w:rsidRDefault="000D7245" w:rsidP="000D7245">
+    <w:p w14:paraId="20CE6A52" w14:textId="77777777" w:rsidR="00A8528A" w:rsidRDefault="00A8528A" w:rsidP="00A8528A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>c) 25 through 49 years</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5409EF6C" w14:textId="77777777" w:rsidR="000D7245" w:rsidRDefault="000D7245" w:rsidP="000D7245">
+    <w:p w14:paraId="29D18DBA" w14:textId="77777777" w:rsidR="00A8528A" w:rsidRDefault="00A8528A" w:rsidP="00A8528A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>d) 50 through 64 years</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C32EBE3" w14:textId="77777777" w:rsidR="000D7245" w:rsidRDefault="000D7245" w:rsidP="000D7245">
+    <w:p w14:paraId="6736EC6A" w14:textId="77777777" w:rsidR="00A8528A" w:rsidRDefault="00A8528A" w:rsidP="00A8528A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>e) &gt;64 years</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68901B49" w14:textId="77777777" w:rsidR="000D7245" w:rsidRDefault="000D7245" w:rsidP="000D7245">
+    <w:p w14:paraId="4118822A" w14:textId="77777777" w:rsidR="00A8528A" w:rsidRDefault="00A8528A" w:rsidP="00A8528A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -1882,87 +1330,67 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">the total number of patients seen </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">for any reason </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">at your health care setting </w:t>
-[...35 lines deleted...]
-    <w:p w14:paraId="1EA97AC2" w14:textId="77777777" w:rsidR="000D7245" w:rsidRDefault="000D7245" w:rsidP="000D7245">
+        <w:t>at your health care setting during the course of a given week.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64464F0F" w14:textId="77777777" w:rsidR="00A8528A" w:rsidRDefault="00A8528A" w:rsidP="00A8528A">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7853EF6D" w14:textId="77777777" w:rsidR="00A8528A" w:rsidRDefault="00A8528A" w:rsidP="00A8528A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Weekly reports </w:t>
       </w:r>
       <w:r>
@@ -1991,392 +1419,332 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">even if you have had no patient visits </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>for ILI during that week. We need to know when you are NOT seeing influenza, too. This is especially significant during the early and late parts of the surveillance period.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66D72224" w14:textId="77777777" w:rsidR="000D7245" w:rsidRDefault="000D7245" w:rsidP="000D7245">
+    <w:p w14:paraId="471527E7" w14:textId="77777777" w:rsidR="00A8528A" w:rsidRDefault="00A8528A" w:rsidP="00A8528A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6645ABB9" w14:textId="77777777" w:rsidR="000D7245" w:rsidRDefault="000D7245" w:rsidP="000D7245">
+    <w:p w14:paraId="11A893C6" w14:textId="77777777" w:rsidR="00A8528A" w:rsidRDefault="00A8528A" w:rsidP="00A8528A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Benefits for Sentinel Sites</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19D9C096" w14:textId="77777777" w:rsidR="000D7245" w:rsidRDefault="000D7245" w:rsidP="000D7245">
-[...74 lines deleted...]
-    <w:p w14:paraId="7E847315" w14:textId="4E0EEECC" w:rsidR="000D7245" w:rsidRDefault="000D7245" w:rsidP="000D7245">
+    <w:p w14:paraId="0B39D804" w14:textId="77777777" w:rsidR="00A8528A" w:rsidRDefault="00A8528A" w:rsidP="00A8528A">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>As mentioned, each site is provided with respiratory kits to test patients throughout the season. Test results are returned through electronic reporting, fax, or mail to the submitting facility. Beyond influenza results, it may be useful to learn which additional respiratory pathogens are circulating in your community as flu-negative specimens (NP swabs only) will be tested using the BioFire FilmArray respiratory panel.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4520D710" w14:textId="77777777" w:rsidR="00A8528A" w:rsidRDefault="00A8528A" w:rsidP="00A8528A">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17E750D7" w14:textId="77777777" w:rsidR="00A8528A" w:rsidRDefault="00A8528A" w:rsidP="00A8528A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">You will receive regular e-mails and reports from MDPH during influenza season showing the latest flu activity in the state and your region, as well as important announcements related to influenza and the vaccine.  (Additional information can be found on the MDPH website at: </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="00D33406">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>http://www.mass.gov/flu</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00D33406">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.)  </w:t>
       </w:r>
-      <w:r w:rsidR="003445E1" w:rsidRPr="003445E1">
+      <w:r w:rsidRPr="003445E1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Free registration is offered to those who sign up early to our annual adult and pediatric immunization conferences.</w:t>
       </w:r>
-      <w:r w:rsidR="003445E1" w:rsidRPr="000B1407">
+      <w:r w:rsidRPr="000B1407">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Lastly, all actively participating sites will receive a certificate of appreciation from the Centers for Disease Control and Prevention.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A3FDD2C" w14:textId="77777777" w:rsidR="000D7245" w:rsidRDefault="000D7245" w:rsidP="000D7245">
+    <w:p w14:paraId="2014FB49" w14:textId="77777777" w:rsidR="00A8528A" w:rsidRDefault="00A8528A" w:rsidP="00A8528A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3F14B43B" w14:textId="77777777" w:rsidR="000D7245" w:rsidRDefault="000D7245" w:rsidP="000D7245">
+    <w:p w14:paraId="5FF8D551" w14:textId="77777777" w:rsidR="00A8528A" w:rsidRDefault="00A8528A" w:rsidP="00A8528A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Next Steps</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18530DB5" w14:textId="77777777" w:rsidR="000D7245" w:rsidRDefault="000D7245" w:rsidP="000D7245">
-[...38 lines deleted...]
-        <w:t xml:space="preserve">. Please feel free to contact Joyce Cohen, Influenza Coordinator, at </w:t>
+    <w:p w14:paraId="681C6E4C" w14:textId="77777777" w:rsidR="00A8528A" w:rsidRDefault="00A8528A" w:rsidP="00A8528A">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">We want to work closely with you to facilitate your active participation in the ILINet. Please feel free to contact Joyce Cohen, Influenza Coordinator, at </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">joyce.cohen@mass.gov </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>with further questions or to enroll.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45419D2A" w14:textId="77777777" w:rsidR="000D7245" w:rsidRDefault="000D7245" w:rsidP="000D7245">
-[...12 lines deleted...]
-    <w:p w14:paraId="013727E2" w14:textId="77777777" w:rsidR="000D7245" w:rsidRDefault="000D7245" w:rsidP="000D7245">
+    <w:p w14:paraId="25C04CB3" w14:textId="77777777" w:rsidR="00A8528A" w:rsidRDefault="00A8528A" w:rsidP="00A8528A">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D4B48DD" w14:textId="77777777" w:rsidR="00A8528A" w:rsidRDefault="00A8528A" w:rsidP="00A8528A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Again, thank you for your interest and we look forward to partnering with you in influenza surveillance efforts in Massachusetts.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C01B17D" w14:textId="77777777" w:rsidR="000D7245" w:rsidRDefault="000D7245" w:rsidP="000D7245">
-[...25 lines deleted...]
-    <w:p w14:paraId="1121B4BA" w14:textId="77777777" w:rsidR="000D7245" w:rsidRDefault="000D7245" w:rsidP="000D7245">
+    <w:p w14:paraId="2C373E52" w14:textId="77777777" w:rsidR="00A8528A" w:rsidRDefault="00A8528A" w:rsidP="00A8528A">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E5EA92D" w14:textId="77777777" w:rsidR="00A8528A" w:rsidRDefault="00A8528A" w:rsidP="00A8528A">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="708D17EF" w14:textId="77777777" w:rsidR="00A8528A" w:rsidRDefault="00A8528A" w:rsidP="00A8528A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>*For reporting purposes, ILI is defined as an illness consisting of a fever (&gt;100</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
@@ -2386,311 +1754,230 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>F [37.8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>C], oral or equivalent) AND a cough or sore throat.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="551EF8B2" w14:textId="3A3A39C4" w:rsidR="000D7245" w:rsidRDefault="000D7245" w:rsidP="000D7245">
+    <w:p w14:paraId="6FDC1DF0" w14:textId="77777777" w:rsidR="00A8528A" w:rsidRDefault="00A8528A" w:rsidP="00A8528A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>**</w:t>
-[...53 lines deleted...]
-      <w:r w:rsidR="00C02657" w:rsidRPr="004E50A8">
+        <w:t xml:space="preserve">**BioFire FilmArray includes testing for Influenza, SARS-CoV-2, Adenovirus, Coronavirus, Human Metapneumovirus, Human Rhinovirus/Enterovirus, Parainfluenza, RSV, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E50A8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Bordetella </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="006944E2" w:rsidRPr="004E50A8">
+        <w:t>Bordetella parapertussis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
-          <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>parapertussis</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="006944E2">
+        <w:t>Bordetella pertussis</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Bordetella pertussis</w:t>
+        <w:t>Chlamydophila pneumoniae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve">, and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Chlamydophila pneumoniae</w:t>
-[...15 lines deleted...]
-        </w:rPr>
         <w:t>Mycoplasma pneumoniae.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20379630" w14:textId="77777777" w:rsidR="000D7245" w:rsidRDefault="000D7245" w:rsidP="000D7245">
-[...18 lines deleted...]
-    <w:sectPr w:rsidR="00033154" w:rsidRPr="009908FF">
+    <w:p w14:paraId="74BAC1E1" w14:textId="77777777" w:rsidR="007210FB" w:rsidRPr="009908FF" w:rsidRDefault="007210FB" w:rsidP="0072610D"/>
+    <w:sectPr w:rsidR="007210FB" w:rsidRPr="009908FF" w:rsidSect="00802852">
+      <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Rounded MT Bold">
+    <w:altName w:val="Arial"/>
     <w:panose1 w:val="020F0704030504030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
-    <w:altName w:val="Tahoma"/>
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="LinePrinter">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SymbolMT">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7A9B5DD6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3106150A"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -2767,184 +2054,197 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="392503703">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006D77A6"/>
     <w:rsid w:val="0000218B"/>
+    <w:rsid w:val="000164B3"/>
     <w:rsid w:val="00033154"/>
     <w:rsid w:val="00042048"/>
     <w:rsid w:val="000537DA"/>
     <w:rsid w:val="000A1DE1"/>
-    <w:rsid w:val="000B0914"/>
     <w:rsid w:val="000B7D96"/>
-    <w:rsid w:val="000D7245"/>
+    <w:rsid w:val="000C2E20"/>
     <w:rsid w:val="000F315B"/>
     <w:rsid w:val="001125C0"/>
     <w:rsid w:val="0015268B"/>
+    <w:rsid w:val="0015709E"/>
+    <w:rsid w:val="0017749A"/>
     <w:rsid w:val="00177C77"/>
+    <w:rsid w:val="001A7E66"/>
     <w:rsid w:val="001B6693"/>
     <w:rsid w:val="0021698C"/>
+    <w:rsid w:val="00237280"/>
     <w:rsid w:val="00260D54"/>
     <w:rsid w:val="00276957"/>
     <w:rsid w:val="00276DCC"/>
-    <w:rsid w:val="00292FEC"/>
     <w:rsid w:val="002A132F"/>
     <w:rsid w:val="002D1C21"/>
     <w:rsid w:val="00301022"/>
-    <w:rsid w:val="003445E1"/>
+    <w:rsid w:val="00357A68"/>
     <w:rsid w:val="00375EAD"/>
     <w:rsid w:val="00385812"/>
     <w:rsid w:val="00392D0B"/>
     <w:rsid w:val="003A7AFC"/>
     <w:rsid w:val="003C60EF"/>
     <w:rsid w:val="004813AC"/>
     <w:rsid w:val="004B37A0"/>
     <w:rsid w:val="004B5CFB"/>
     <w:rsid w:val="004D6B39"/>
     <w:rsid w:val="004E0C3F"/>
-    <w:rsid w:val="004E50A8"/>
     <w:rsid w:val="00512956"/>
     <w:rsid w:val="00530145"/>
     <w:rsid w:val="005448AA"/>
-    <w:rsid w:val="006944E2"/>
-    <w:rsid w:val="006B6952"/>
+    <w:rsid w:val="00572A6E"/>
     <w:rsid w:val="006D06D9"/>
     <w:rsid w:val="006D77A6"/>
     <w:rsid w:val="00702109"/>
+    <w:rsid w:val="007210FB"/>
     <w:rsid w:val="0072610D"/>
+    <w:rsid w:val="007359C3"/>
     <w:rsid w:val="00757006"/>
+    <w:rsid w:val="00771FEB"/>
     <w:rsid w:val="007B3F4B"/>
     <w:rsid w:val="007B7347"/>
     <w:rsid w:val="007D10F3"/>
+    <w:rsid w:val="007D1D51"/>
+    <w:rsid w:val="007E06B4"/>
     <w:rsid w:val="007F3CDB"/>
+    <w:rsid w:val="00802852"/>
+    <w:rsid w:val="00850407"/>
+    <w:rsid w:val="0088305B"/>
+    <w:rsid w:val="0089140E"/>
+    <w:rsid w:val="00951305"/>
     <w:rsid w:val="009730E5"/>
     <w:rsid w:val="009908FF"/>
     <w:rsid w:val="00995505"/>
     <w:rsid w:val="009C4428"/>
     <w:rsid w:val="009D48CD"/>
-    <w:rsid w:val="009F2B15"/>
+    <w:rsid w:val="00A5547C"/>
     <w:rsid w:val="00A65101"/>
-    <w:rsid w:val="00B21269"/>
+    <w:rsid w:val="00A8528A"/>
     <w:rsid w:val="00B403BF"/>
     <w:rsid w:val="00B608D9"/>
+    <w:rsid w:val="00BA15C5"/>
     <w:rsid w:val="00BA4055"/>
     <w:rsid w:val="00BA7FB6"/>
-    <w:rsid w:val="00C02657"/>
-    <w:rsid w:val="00C114F9"/>
     <w:rsid w:val="00C20BFE"/>
+    <w:rsid w:val="00C434D8"/>
     <w:rsid w:val="00C46D29"/>
     <w:rsid w:val="00CC1778"/>
     <w:rsid w:val="00CE575B"/>
     <w:rsid w:val="00CF3DE8"/>
     <w:rsid w:val="00D0493F"/>
-    <w:rsid w:val="00D33406"/>
+    <w:rsid w:val="00D10DDE"/>
     <w:rsid w:val="00D56F91"/>
+    <w:rsid w:val="00D76119"/>
+    <w:rsid w:val="00D85A66"/>
     <w:rsid w:val="00D8671C"/>
     <w:rsid w:val="00D91390"/>
     <w:rsid w:val="00DA57C3"/>
     <w:rsid w:val="00DC3855"/>
     <w:rsid w:val="00E242A8"/>
     <w:rsid w:val="00E274B8"/>
     <w:rsid w:val="00E72707"/>
-    <w:rsid w:val="00EB7588"/>
+    <w:rsid w:val="00E814A1"/>
+    <w:rsid w:val="00E92038"/>
+    <w:rsid w:val="00EE3732"/>
+    <w:rsid w:val="00EF0780"/>
     <w:rsid w:val="00F0586E"/>
     <w:rsid w:val="00F43932"/>
     <w:rsid w:val="00FA575E"/>
-    <w:rsid w:val="00FB2047"/>
     <w:rsid w:val="00FC6B42"/>
-    <w:rsid w:val="00FE7FE0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="4299AB33"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{DCFA160E-D377-4B05-982F-B9CF6A55D325}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
@@ -3295,64 +2595,65 @@
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:rsid w:val="00FC6B42"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:link w:val="BalloonText"/>
     <w:rsid w:val="00FC6B42"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FollowedHyperlink">
-[...2 lines deleted...]
-    <w:rsid w:val="000D7245"/>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00572A6E"/>
     <w:rPr>
-      <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
-      <w:u w:val="single"/>
+      <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="781614722">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/flu" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/influenza-reporting" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cdc.gov/fluview/?CDC_AAref_Val=https://www.cdc.gov/flu/weekly/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Documents%20and%20Settings\KMarshall\DPH%20Letterhead.dot" TargetMode="External"/></Relationships>
@@ -3644,72 +2945,95 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B0F2FAA928F6D64BB16ED70B5ACF963F" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="877bd3fb08ef6011f3b79d8bdcb87a43">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ae916ade-957f-4a2f-93c3-592a84a0e75c" xmlns:ns3="e10e4db1-d899-403d-9807-651178ead3da" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6239b1d85b41d22f2dbfb1cea51af504" ns2:_="" ns3:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="e10e4db1-d899-403d-9807-651178ead3da" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="ae916ade-957f-4a2f-93c3-592a84a0e75c">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B0F2FAA928F6D64BB16ED70B5ACF963F" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7432218a972c9ec232d3a9b6f06fcc42">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ae916ade-957f-4a2f-93c3-592a84a0e75c" xmlns:ns3="e10e4db1-d899-403d-9807-651178ead3da" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="32b2b4497390a973007cec6a698f283a" ns2:_="" ns3:_="">
     <xsd:import namespace="ae916ade-957f-4a2f-93c3-592a84a0e75c"/>
     <xsd:import namespace="e10e4db1-d899-403d-9807-651178ead3da"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ae916ade-957f-4a2f-93c3-592a84a0e75c" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="9f123c60-6d59-4beb-a46f-4c7d903a1f29" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
@@ -3723,50 +3047,65 @@
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="16" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="18" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="19" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="21" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="22" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="23" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="e10e4db1-d899-403d-9807-651178ead3da" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
@@ -3866,138 +3205,129 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1FC13ED-9ACC-4689-9EBE-D1CEF212FA91}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="e10e4db1-d899-403d-9807-651178ead3da"/>
+    <ds:schemaRef ds:uri="ae916ade-957f-4a2f-93c3-592a84a0e75c"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7E00FE09-04B5-4F2D-BE35-4F00C3FBD9A1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{61B595B0-96E8-4711-AA41-147197B02448}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55F539BB-9888-4AE4-B08D-D8DEA85C8A27}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="ae916ade-957f-4a2f-93c3-592a84a0e75c"/>
     <ds:schemaRef ds:uri="e10e4db1-d899-403d-9807-651178ead3da"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>DPH Letterhead</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>973</Words>
-  <Characters>5551</Characters>
+  <Words>989</Words>
+  <Characters>5643</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>46</Lines>
+  <Lines>47</Lines>
   <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr> </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Commonwealth of Massachusetts</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6511</CharactersWithSpaces>
+  <CharactersWithSpaces>6619</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title> </dc:title>
   <dc:subject/>
   <dc:creator>Kyle Marshall</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100B0F2FAA928F6D64BB16ED70B5ACF963F</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>