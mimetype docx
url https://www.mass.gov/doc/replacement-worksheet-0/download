--- v0 (2025-10-22)
+++ v1 (2026-02-06)
@@ -9,227 +9,248 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="7CE4FF86" w14:textId="0216B792" w:rsidR="004200AB" w:rsidRPr="00C46446" w:rsidRDefault="004166FE" w:rsidP="6357FA8D">
+    <w:p w14:paraId="7CE4FF86" w14:textId="16CA2942" w:rsidR="004200AB" w:rsidRPr="00C46446" w:rsidRDefault="004166FE" w:rsidP="360165F2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="6357FA8D">
+      <w:r w:rsidRPr="360165F2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Directions for use:</w:t>
       </w:r>
-      <w:r w:rsidRPr="6357FA8D">
+      <w:r w:rsidRPr="360165F2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004200AB" w:rsidRPr="6357FA8D">
+      <w:r w:rsidR="004200AB" w:rsidRPr="360165F2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Complete all sections when replacement </w:t>
       </w:r>
-      <w:r w:rsidRPr="6357FA8D">
+      <w:r w:rsidRPr="360165F2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">restitution or replacement is required. </w:t>
       </w:r>
-      <w:r w:rsidR="15E8068C" w:rsidRPr="6357FA8D">
+      <w:r w:rsidR="15E8068C" w:rsidRPr="360165F2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Vaccine Program </w:t>
       </w:r>
-      <w:r w:rsidRPr="6357FA8D">
+      <w:r w:rsidRPr="360165F2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">requires providers to make restitution for any doses of state-supplied vaccine that have been lost due to the provider’s failure to properly receive, </w:t>
+        <w:t xml:space="preserve">requires providers to make restitution for any doses of state-supplied vaccine that have been lost due to the provider’s failure to properly receive, store or use vaccines (as outlined in the Guidelines for Compliance, section </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="6357FA8D">
+      <w:r w:rsidR="00ED7BB7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>store</w:t>
+        <w:t xml:space="preserve">A-4 and </w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="6357FA8D">
+      <w:r w:rsidRPr="360165F2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> or use vaccines (as outlined in the Guidelines for Compliance, section A-</w:t>
+        <w:t>A-</w:t>
       </w:r>
-      <w:r w:rsidR="2653257A" w:rsidRPr="6357FA8D">
+      <w:r w:rsidR="2653257A" w:rsidRPr="360165F2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidRPr="6357FA8D">
+      <w:r w:rsidRPr="360165F2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
-      <w:r w:rsidR="004200AB" w:rsidRPr="6357FA8D">
+      <w:r w:rsidR="004200AB" w:rsidRPr="360165F2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="6357FA8D">
+      <w:r w:rsidRPr="360165F2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Use of state-</w:t>
       </w:r>
-      <w:r w:rsidR="004200AB" w:rsidRPr="6357FA8D">
+      <w:r w:rsidR="004200AB" w:rsidRPr="360165F2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>supplied</w:t>
       </w:r>
-      <w:r w:rsidRPr="6357FA8D">
+      <w:r w:rsidRPr="360165F2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> vaccine for adult patients (patients over 19)</w:t>
       </w:r>
-      <w:r w:rsidR="0604C6F9" w:rsidRPr="6357FA8D">
+      <w:r w:rsidR="0604C6F9" w:rsidRPr="360165F2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>, outside of the Adult Availability Table,</w:t>
+        <w:t xml:space="preserve">, outside of the </w:t>
       </w:r>
-      <w:r w:rsidRPr="6357FA8D">
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidR="0604C6F9" w:rsidRPr="00057781">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>Adult Availability Table</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="0604C6F9" w:rsidRPr="360165F2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="360165F2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is not allowed</w:t>
       </w:r>
-      <w:r w:rsidRPr="6357FA8D">
+      <w:r w:rsidRPr="360165F2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>. This worksheet must also be kept as part of the site</w:t>
       </w:r>
-      <w:r w:rsidR="004200AB" w:rsidRPr="6357FA8D">
+      <w:r w:rsidR="004200AB" w:rsidRPr="360165F2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r w:rsidRPr="6357FA8D">
+      <w:r w:rsidRPr="360165F2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s records for three years.</w:t>
       </w:r>
-      <w:r w:rsidR="004200AB" w:rsidRPr="6357FA8D">
+      <w:r w:rsidR="004200AB" w:rsidRPr="360165F2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="672A6659" w14:textId="77777777" w:rsidR="00E03237" w:rsidRDefault="00E03237" w:rsidP="00F001DA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="315C0A88" w14:textId="3C8D1895" w:rsidR="0042109D" w:rsidRDefault="0042109D" w:rsidP="6357FA8D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
@@ -370,60 +391,58 @@
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="526606914"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidR="001D7C39" w:rsidRPr="6357FA8D">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="001D7C39" w:rsidRPr="6357FA8D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>NO</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="0A37501D" w14:textId="77777777" w:rsidR="0042109D" w:rsidRDefault="0042109D" w:rsidP="00F001DA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
@@ -560,156 +579,155 @@
         <w:tblInd w:w="18" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1155"/>
         <w:gridCol w:w="2445"/>
         <w:gridCol w:w="1260"/>
         <w:gridCol w:w="1260"/>
         <w:gridCol w:w="1170"/>
         <w:gridCol w:w="1125"/>
         <w:gridCol w:w="1125"/>
         <w:gridCol w:w="1530"/>
         <w:gridCol w:w="1260"/>
         <w:gridCol w:w="1170"/>
         <w:gridCol w:w="1080"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0042109D" w:rsidRPr="003F77C3" w14:paraId="11F0B16C" w14:textId="77777777" w:rsidTr="274ED740">
+      <w:tr w:rsidR="0042109D" w:rsidRPr="003F77C3" w14:paraId="11F0B16C" w14:textId="77777777" w:rsidTr="45D9D230">
         <w:trPr>
           <w:trHeight w:val="462"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9540" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
           <w:p w14:paraId="72A3D3EC" w14:textId="77777777" w:rsidR="004166FE" w:rsidRDefault="004166FE" w:rsidP="003E2236">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="34C6EEAD" w14:textId="77777777" w:rsidR="0042109D" w:rsidRPr="003F77C3" w:rsidRDefault="0042109D" w:rsidP="003E2236">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003F77C3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Provider Site:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="09243A4A" w14:textId="77777777" w:rsidR="0042109D" w:rsidRPr="003F77C3" w:rsidRDefault="0042109D" w:rsidP="00D22BB6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003F77C3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Site PIN:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0042109D" w:rsidRPr="003F77C3" w14:paraId="230ECC31" w14:textId="77777777" w:rsidTr="274ED740">
+      <w:tr w:rsidR="0042109D" w:rsidRPr="003F77C3" w14:paraId="230ECC31" w14:textId="77777777" w:rsidTr="45D9D230">
         <w:trPr>
           <w:trHeight w:val="462"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14580" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
           </w:tcPr>
           <w:p w14:paraId="2E8A838C" w14:textId="77777777" w:rsidR="0042109D" w:rsidRPr="003F77C3" w:rsidRDefault="0042109D" w:rsidP="003E2236">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003F77C3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Replacement Date:  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F654F0" w:rsidRPr="00F654F0" w14:paraId="758FD65D" w14:textId="77777777" w:rsidTr="274ED740">
+      <w:tr w:rsidR="00F654F0" w:rsidRPr="00F654F0" w14:paraId="758FD65D" w14:textId="77777777" w:rsidTr="45D9D230">
         <w:trPr>
           <w:trHeight w:val="214"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7290" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="00E0789F" w14:textId="37218B51" w:rsidR="00F654F0" w:rsidRPr="00F654F0" w:rsidRDefault="318212B5" w:rsidP="17E18B5A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="274ED740">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                 <w:b/>
@@ -748,78 +766,77 @@
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>eplace</w:t>
             </w:r>
             <w:r w:rsidR="6C08D86E" w:rsidRPr="274ED740">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>d</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7290" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="02F941E1" w14:textId="77777777" w:rsidR="00F654F0" w:rsidRPr="00F654F0" w:rsidRDefault="004200AB" w:rsidP="004200AB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Replacement Vaccine</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CF3EC2" w:rsidRPr="00C82EDD" w14:paraId="370A8315" w14:textId="77777777" w:rsidTr="274ED740">
+      <w:tr w:rsidR="00CF3EC2" w:rsidRPr="00C82EDD" w14:paraId="370A8315" w14:textId="77777777" w:rsidTr="45D9D230">
         <w:trPr>
           <w:trHeight w:val="214"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1155" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6CC25542" w14:textId="77777777" w:rsidR="00CF3EC2" w:rsidRPr="00C82EDD" w:rsidRDefault="00CF3EC2" w:rsidP="0042109D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -988,203 +1005,199 @@
           </w:tcPr>
           <w:p w14:paraId="50AD78BA" w14:textId="77777777" w:rsidR="00CF3EC2" w:rsidRPr="00C82EDD" w:rsidRDefault="00CF3EC2" w:rsidP="0042109D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Funding</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2655" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1694311D" w14:textId="77777777" w:rsidR="00CF3EC2" w:rsidRPr="00C82EDD" w:rsidRDefault="00CF3EC2" w:rsidP="003E2236">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Vaccine and </w:t>
             </w:r>
             <w:r w:rsidRPr="00C82EDD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>NDC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="44B817F6" w14:textId="77777777" w:rsidR="00CF3EC2" w:rsidRPr="00C82EDD" w:rsidRDefault="00CF3EC2" w:rsidP="003E2236">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C82EDD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Lot#</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7E7CD33E" w14:textId="77777777" w:rsidR="00CF3EC2" w:rsidRPr="00C82EDD" w:rsidRDefault="00CF3EC2" w:rsidP="003E2236">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C82EDD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Expiration Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1A0D9F74" w14:textId="77777777" w:rsidR="00CF3EC2" w:rsidRPr="00C82EDD" w:rsidRDefault="00CF3EC2" w:rsidP="003E2236">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Number of </w:t>
             </w:r>
             <w:r w:rsidRPr="00C82EDD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Dose</w:t>
             </w:r>
             <w:r w:rsidR="004166FE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CF3EC2" w:rsidRPr="003F77C3" w14:paraId="7227C063" w14:textId="77777777" w:rsidTr="274ED740">
+      <w:tr w:rsidR="00CF3EC2" w:rsidRPr="003F77C3" w14:paraId="7227C063" w14:textId="77777777" w:rsidTr="45D9D230">
         <w:trPr>
           <w:trHeight w:val="214"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1155" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="26AEB5E0" w14:textId="77777777" w:rsidR="00CF3EC2" w:rsidRPr="003F77C3" w:rsidRDefault="00000000" w:rsidP="003E2236">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
@@ -1329,71 +1342,85 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Test1234</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="71A672DA" w14:textId="77777777" w:rsidR="00CF3EC2" w:rsidRPr="00871B05" w:rsidRDefault="00871B05" w:rsidP="003E2236">
+          <w:p w14:paraId="71A672DA" w14:textId="6FDA0253" w:rsidR="00CF3EC2" w:rsidRPr="00871B05" w:rsidRDefault="00871B05" w:rsidP="43965970">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                 <w:i/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="43965970">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                 <w:i/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-              <w:t>2/20/2021</w:t>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2/20/202</w:t>
+            </w:r>
+            <w:r w:rsidR="71E068CF" w:rsidRPr="43965970">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="649841BE" w14:textId="77777777" w:rsidR="00CF3EC2" w:rsidRPr="00871B05" w:rsidRDefault="00871B05" w:rsidP="003E2236">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                 <w:i/>
                 <w:color w:val="000000"/>
@@ -1486,166 +1513,223 @@
                   </w:rPr>
                   <w:t>☒</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CF3EC2">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Private</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2655" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="526E2AC4" w14:textId="77777777" w:rsidR="00CF3EC2" w:rsidRPr="00871B05" w:rsidRDefault="00871B05" w:rsidP="003E2236">
+          <w:p w14:paraId="761C55A1" w14:textId="663ECE01" w:rsidR="00CF3EC2" w:rsidRPr="00871B05" w:rsidRDefault="3FB10706" w:rsidP="45D9D230">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                 <w:i/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00871B05">
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="45D9D230">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                 <w:i/>
-                <w:color w:val="000000"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Example: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30EF2A61" w14:textId="5FDDF671" w:rsidR="00CF3EC2" w:rsidRPr="00871B05" w:rsidRDefault="3FB10706" w:rsidP="45D9D230">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="45D9D230">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>HPV9 00006-4121-02</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="526E2AC4" w14:textId="34E03314" w:rsidR="00CF3EC2" w:rsidRPr="00871B05" w:rsidRDefault="00CF3EC2" w:rsidP="45D9D230">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="14273D32" w14:textId="77777777" w:rsidR="00CF3EC2" w:rsidRPr="00871B05" w:rsidRDefault="00871B05" w:rsidP="003E2236">
+          <w:p w14:paraId="14273D32" w14:textId="35D147F1" w:rsidR="00CF3EC2" w:rsidRPr="00871B05" w:rsidRDefault="2F4FC80B" w:rsidP="43965970">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                 <w:i/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="43965970">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                 <w:i/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-              <w:t>RPL1234</w:t>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Test5678</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="45619749" w14:textId="77777777" w:rsidR="00CF3EC2" w:rsidRPr="00871B05" w:rsidRDefault="00871B05" w:rsidP="003E2236">
-            <w:pPr>
+          <w:p w14:paraId="45619749" w14:textId="38C1AFF5" w:rsidR="00CF3EC2" w:rsidRPr="00871B05" w:rsidRDefault="00871B05" w:rsidP="00057781">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                 <w:i/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="43965970">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                 <w:i/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-              <w:t>4/8/2022</w:t>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>4/8/202</w:t>
+            </w:r>
+            <w:r w:rsidR="36F82CF5" w:rsidRPr="43965970">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="56B20A0C" w14:textId="77777777" w:rsidR="00CF3EC2" w:rsidRPr="00871B05" w:rsidRDefault="00871B05" w:rsidP="003E2236">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CF3EC2" w:rsidRPr="003F77C3" w14:paraId="168A5390" w14:textId="77777777" w:rsidTr="274ED740">
+      <w:tr w:rsidR="00CF3EC2" w:rsidRPr="003F77C3" w14:paraId="168A5390" w14:textId="77777777" w:rsidTr="45D9D230">
         <w:trPr>
           <w:trHeight w:val="214"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1155" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="61DF50AC" w14:textId="77777777" w:rsidR="00CF3EC2" w:rsidRPr="003F77C3" w:rsidRDefault="00000000" w:rsidP="003E2236">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
@@ -1862,122 +1946,118 @@
                     <w:color w:val="000000"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:eastAsia="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CF3EC2" w:rsidRPr="005239C2">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Private</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2655" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4B94D5A5" w14:textId="77777777" w:rsidR="00CF3EC2" w:rsidRPr="003F77C3" w:rsidRDefault="00CF3EC2" w:rsidP="003E2236">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3DEEC669" w14:textId="77777777" w:rsidR="00CF3EC2" w:rsidRPr="003F77C3" w:rsidRDefault="00CF3EC2" w:rsidP="003E2236">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3656B9AB" w14:textId="77777777" w:rsidR="00CF3EC2" w:rsidRPr="003F77C3" w:rsidRDefault="00CF3EC2" w:rsidP="003E2236">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="45FB0818" w14:textId="77777777" w:rsidR="00CF3EC2" w:rsidRPr="003F77C3" w:rsidRDefault="00CF3EC2" w:rsidP="003E2236">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CF3EC2" w:rsidRPr="003F77C3" w14:paraId="0A774C39" w14:textId="77777777" w:rsidTr="274ED740">
+      <w:tr w:rsidR="00CF3EC2" w:rsidRPr="003F77C3" w14:paraId="0A774C39" w14:textId="77777777" w:rsidTr="45D9D230">
         <w:trPr>
           <w:trHeight w:val="214"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1155" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="420309D1" w14:textId="77777777" w:rsidR="00CF3EC2" w:rsidRDefault="00000000">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:lang w:eastAsia="en-US"/>
                 </w:rPr>
                 <w:id w:val="-2127990556"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -2185,122 +2265,118 @@
                     <w:color w:val="000000"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:eastAsia="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CF3EC2" w:rsidRPr="005239C2">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Private</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2655" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4B99056E" w14:textId="77777777" w:rsidR="00CF3EC2" w:rsidRPr="003F77C3" w:rsidRDefault="00CF3EC2" w:rsidP="003E2236">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1299C43A" w14:textId="77777777" w:rsidR="00CF3EC2" w:rsidRPr="003F77C3" w:rsidRDefault="00CF3EC2" w:rsidP="003E2236">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4DDBEF00" w14:textId="77777777" w:rsidR="00CF3EC2" w:rsidRPr="003F77C3" w:rsidRDefault="00CF3EC2" w:rsidP="003E2236">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3461D779" w14:textId="77777777" w:rsidR="00CF3EC2" w:rsidRPr="003F77C3" w:rsidRDefault="00CF3EC2" w:rsidP="003E2236">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CF3EC2" w:rsidRPr="003F77C3" w14:paraId="3F1ED6FC" w14:textId="77777777" w:rsidTr="274ED740">
+      <w:tr w:rsidR="00CF3EC2" w:rsidRPr="003F77C3" w14:paraId="3F1ED6FC" w14:textId="77777777" w:rsidTr="45D9D230">
         <w:trPr>
           <w:trHeight w:val="214"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1155" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="6199D8F6" w14:textId="77777777" w:rsidR="00CF3EC2" w:rsidRDefault="00000000">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:lang w:eastAsia="en-US"/>
                 </w:rPr>
                 <w:id w:val="1639000470"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -2508,122 +2584,118 @@
                     <w:color w:val="000000"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:eastAsia="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CF3EC2" w:rsidRPr="005239C2">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Private</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2655" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="34CE0A41" w14:textId="77777777" w:rsidR="00CF3EC2" w:rsidRPr="003F77C3" w:rsidRDefault="00CF3EC2" w:rsidP="003E2236">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="62EBF3C5" w14:textId="77777777" w:rsidR="00CF3EC2" w:rsidRPr="003F77C3" w:rsidRDefault="00CF3EC2" w:rsidP="003E2236">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6D98A12B" w14:textId="77777777" w:rsidR="00CF3EC2" w:rsidRPr="003F77C3" w:rsidRDefault="00CF3EC2" w:rsidP="003E2236">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2946DB82" w14:textId="77777777" w:rsidR="00CF3EC2" w:rsidRPr="003F77C3" w:rsidRDefault="00CF3EC2" w:rsidP="003E2236">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CF3EC2" w:rsidRPr="003F77C3" w14:paraId="5E65BCE8" w14:textId="77777777" w:rsidTr="274ED740">
+      <w:tr w:rsidR="00CF3EC2" w:rsidRPr="003F77C3" w14:paraId="5E65BCE8" w14:textId="77777777" w:rsidTr="45D9D230">
         <w:trPr>
           <w:trHeight w:val="214"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1155" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="015AC3C8" w14:textId="77777777" w:rsidR="00CF3EC2" w:rsidRDefault="00000000">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:lang w:eastAsia="en-US"/>
                 </w:rPr>
                 <w:id w:val="-68271174"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -2831,122 +2903,118 @@
                     <w:color w:val="000000"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:eastAsia="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CF3EC2" w:rsidRPr="005239C2">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Private</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2655" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1F72F646" w14:textId="77777777" w:rsidR="00CF3EC2" w:rsidRPr="003F77C3" w:rsidRDefault="00CF3EC2" w:rsidP="003E2236">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="08CE6F91" w14:textId="77777777" w:rsidR="00CF3EC2" w:rsidRPr="003F77C3" w:rsidRDefault="00CF3EC2" w:rsidP="003E2236">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="61CDCEAD" w14:textId="77777777" w:rsidR="00CF3EC2" w:rsidRPr="003F77C3" w:rsidRDefault="00CF3EC2" w:rsidP="003E2236">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6BB9E253" w14:textId="77777777" w:rsidR="00CF3EC2" w:rsidRPr="003F77C3" w:rsidRDefault="00CF3EC2" w:rsidP="003E2236">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CF3EC2" w:rsidRPr="003F77C3" w14:paraId="7E57A7C1" w14:textId="77777777" w:rsidTr="274ED740">
+      <w:tr w:rsidR="00CF3EC2" w:rsidRPr="003F77C3" w14:paraId="7E57A7C1" w14:textId="77777777" w:rsidTr="45D9D230">
         <w:trPr>
           <w:trHeight w:val="214"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1155" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="45683B5D" w14:textId="77777777" w:rsidR="00CF3EC2" w:rsidRDefault="00000000">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:lang w:eastAsia="en-US"/>
                 </w:rPr>
                 <w:id w:val="792871420"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -3154,122 +3222,118 @@
                     <w:color w:val="000000"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:eastAsia="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CF3EC2" w:rsidRPr="005239C2">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Private</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2655" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="07459315" w14:textId="77777777" w:rsidR="00CF3EC2" w:rsidRPr="003F77C3" w:rsidRDefault="00CF3EC2" w:rsidP="003E2236">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6537F28F" w14:textId="77777777" w:rsidR="00CF3EC2" w:rsidRPr="003F77C3" w:rsidRDefault="00CF3EC2" w:rsidP="003E2236">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6DFB9E20" w14:textId="77777777" w:rsidR="00CF3EC2" w:rsidRPr="003F77C3" w:rsidRDefault="00CF3EC2" w:rsidP="003E2236">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="70DF9E56" w14:textId="77777777" w:rsidR="00CF3EC2" w:rsidRPr="003F77C3" w:rsidRDefault="00CF3EC2" w:rsidP="003E2236">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CF3EC2" w:rsidRPr="003F77C3" w14:paraId="0668D343" w14:textId="77777777" w:rsidTr="274ED740">
+      <w:tr w:rsidR="00CF3EC2" w:rsidRPr="003F77C3" w14:paraId="0668D343" w14:textId="77777777" w:rsidTr="45D9D230">
         <w:trPr>
           <w:trHeight w:val="214"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1155" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="786064B6" w14:textId="77777777" w:rsidR="00CF3EC2" w:rsidRDefault="00000000">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:lang w:eastAsia="en-US"/>
                 </w:rPr>
                 <w:id w:val="-987089827"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -3477,235 +3541,246 @@
                     <w:color w:val="000000"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:eastAsia="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CF3EC2" w:rsidRPr="005239C2">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Private</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2655" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="463F29E8" w14:textId="77777777" w:rsidR="00CF3EC2" w:rsidRPr="003F77C3" w:rsidRDefault="00CF3EC2" w:rsidP="003E2236">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3B7B4B86" w14:textId="77777777" w:rsidR="00CF3EC2" w:rsidRPr="003F77C3" w:rsidRDefault="00CF3EC2" w:rsidP="003E2236">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3A0FF5F2" w14:textId="77777777" w:rsidR="00CF3EC2" w:rsidRPr="003F77C3" w:rsidRDefault="00CF3EC2" w:rsidP="003E2236">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5630AD66" w14:textId="77777777" w:rsidR="00CF3EC2" w:rsidRPr="003F77C3" w:rsidRDefault="00CF3EC2" w:rsidP="003E2236">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="61829076" w14:textId="77777777" w:rsidR="00E2080A" w:rsidRDefault="00E2080A" w:rsidP="0042109D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2BA226A1" w14:textId="77777777" w:rsidR="00C85B05" w:rsidRDefault="00C85B05" w:rsidP="0042109D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00C85B05" w:rsidSect="0056354E">
-      <w:headerReference w:type="default" r:id="rId11"/>
-      <w:footerReference w:type="default" r:id="rId12"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="630" w:left="720" w:header="144" w:footer="432" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="439EA869" w14:textId="77777777" w:rsidR="00C67B7D" w:rsidRDefault="00C67B7D" w:rsidP="00E44914">
+    <w:p w14:paraId="70F47277" w14:textId="77777777" w:rsidR="008370F1" w:rsidRDefault="008370F1" w:rsidP="00E44914">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="43F7D1FF" w14:textId="77777777" w:rsidR="00C67B7D" w:rsidRDefault="00C67B7D" w:rsidP="00E44914">
+    <w:p w14:paraId="3BA7FDDF" w14:textId="77777777" w:rsidR="008370F1" w:rsidRDefault="008370F1" w:rsidP="00E44914">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="TableGrid"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3140"/>
       <w:gridCol w:w="11260"/>
     </w:tblGrid>
     <w:tr w:rsidR="00165FDF" w:rsidRPr="00E03237" w14:paraId="5632E819" w14:textId="77777777" w:rsidTr="6357FA8D">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3168" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="6B62F1B3" w14:textId="77777777" w:rsidR="00165FDF" w:rsidRPr="00E03237" w:rsidRDefault="00165FDF" w:rsidP="00E03237">
           <w:pPr>
@@ -3911,138 +3986,138 @@
             <w:t xml:space="preserve">P: 617-983-6828 | E: </w:t>
           </w:r>
           <w:hyperlink r:id="rId3" w:history="1">
             <w:r w:rsidRPr="00E03237">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>dph-vaccine-management@massmail.state.ma.us</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidRPr="00E03237">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="392FC245" w14:textId="0ED59B8F" w:rsidR="00165FDF" w:rsidRPr="00F001DA" w:rsidRDefault="6357FA8D" w:rsidP="00F001DA">
+  <w:p w14:paraId="392FC245" w14:textId="7DC13613" w:rsidR="00165FDF" w:rsidRPr="00F001DA" w:rsidRDefault="65D0F0A5" w:rsidP="00F001DA">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
-    <w:r w:rsidRPr="6357FA8D">
+    <w:r w:rsidRPr="65D0F0A5">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>Restitution Form</w:t>
     </w:r>
     <w:r w:rsidR="00165FDF">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00165FDF" w:rsidRPr="002E02DE">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
     <w:r w:rsidR="00165FDF" w:rsidRPr="002E02DE">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
-    <w:r w:rsidRPr="6357FA8D">
+    <w:r w:rsidRPr="65D0F0A5">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>January 2025</w:t>
+      <w:t>January 2026</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="42638DD9" w14:textId="77777777" w:rsidR="00C67B7D" w:rsidRDefault="00C67B7D" w:rsidP="00E44914">
+    <w:p w14:paraId="0C8CEEF9" w14:textId="77777777" w:rsidR="008370F1" w:rsidRDefault="008370F1" w:rsidP="00E44914">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0785426C" w14:textId="77777777" w:rsidR="00C67B7D" w:rsidRDefault="00C67B7D" w:rsidP="00E44914">
+    <w:p w14:paraId="62C884DF" w14:textId="77777777" w:rsidR="008370F1" w:rsidRDefault="008370F1" w:rsidP="00E44914">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="28B16789" w14:textId="77777777" w:rsidR="004166FE" w:rsidRPr="004166FE" w:rsidRDefault="004166FE" w:rsidP="004200AB">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:b/>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
       </w:rPr>
       <w:t>Vaccine Replacement Worksheet</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03DF3A3F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="844E065C"/>
     <w:lvl w:ilvl="0" w:tplc="16308C8C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4678,91 +4753,92 @@
   <w:num w:numId="1" w16cid:durableId="987244017">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="334573173">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="644818795">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="2048874833">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="260376642">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1883322341">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="683560526">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E44914"/>
     <w:rsid w:val="000058CE"/>
     <w:rsid w:val="000202FC"/>
     <w:rsid w:val="00020695"/>
     <w:rsid w:val="000206FD"/>
     <w:rsid w:val="000230E4"/>
     <w:rsid w:val="00023F25"/>
     <w:rsid w:val="00031224"/>
     <w:rsid w:val="000326D6"/>
     <w:rsid w:val="000366D7"/>
     <w:rsid w:val="00037302"/>
     <w:rsid w:val="0003780F"/>
     <w:rsid w:val="00037EC3"/>
     <w:rsid w:val="00041A4F"/>
     <w:rsid w:val="00053418"/>
     <w:rsid w:val="00056FEB"/>
     <w:rsid w:val="0005744E"/>
+    <w:rsid w:val="00057781"/>
     <w:rsid w:val="00057E89"/>
     <w:rsid w:val="000657AF"/>
     <w:rsid w:val="00073172"/>
     <w:rsid w:val="00087259"/>
     <w:rsid w:val="00090E18"/>
     <w:rsid w:val="00091204"/>
     <w:rsid w:val="00094AD6"/>
     <w:rsid w:val="000A2AB7"/>
     <w:rsid w:val="000B116E"/>
     <w:rsid w:val="000B5F33"/>
     <w:rsid w:val="000B7FDD"/>
     <w:rsid w:val="000C1C81"/>
     <w:rsid w:val="000C7E74"/>
     <w:rsid w:val="000D25AC"/>
     <w:rsid w:val="000D68F7"/>
     <w:rsid w:val="000D7DE3"/>
     <w:rsid w:val="000E18C6"/>
     <w:rsid w:val="000E1ED6"/>
     <w:rsid w:val="000E2ADB"/>
     <w:rsid w:val="000F29BE"/>
     <w:rsid w:val="000F534C"/>
     <w:rsid w:val="000F5FD1"/>
     <w:rsid w:val="000F78C9"/>
     <w:rsid w:val="00100526"/>
     <w:rsid w:val="00101879"/>
@@ -4867,50 +4943,51 @@
     <w:rsid w:val="00315E6D"/>
     <w:rsid w:val="00323C70"/>
     <w:rsid w:val="0033060A"/>
     <w:rsid w:val="00331284"/>
     <w:rsid w:val="00332657"/>
     <w:rsid w:val="0033416B"/>
     <w:rsid w:val="00334667"/>
     <w:rsid w:val="00336218"/>
     <w:rsid w:val="00337D23"/>
     <w:rsid w:val="0034161A"/>
     <w:rsid w:val="003470DC"/>
     <w:rsid w:val="00350491"/>
     <w:rsid w:val="003561E5"/>
     <w:rsid w:val="003631BD"/>
     <w:rsid w:val="00364FA3"/>
     <w:rsid w:val="0036754C"/>
     <w:rsid w:val="00367BB9"/>
     <w:rsid w:val="00374574"/>
     <w:rsid w:val="00374B70"/>
     <w:rsid w:val="00380B29"/>
     <w:rsid w:val="00384506"/>
     <w:rsid w:val="00390654"/>
     <w:rsid w:val="00390659"/>
     <w:rsid w:val="00390DF9"/>
     <w:rsid w:val="00395107"/>
+    <w:rsid w:val="0039554A"/>
     <w:rsid w:val="003A1D9E"/>
     <w:rsid w:val="003A4475"/>
     <w:rsid w:val="003B10F1"/>
     <w:rsid w:val="003B47E4"/>
     <w:rsid w:val="003B4A18"/>
     <w:rsid w:val="003B7500"/>
     <w:rsid w:val="003C5AA4"/>
     <w:rsid w:val="003D7346"/>
     <w:rsid w:val="003D77BA"/>
     <w:rsid w:val="003E2236"/>
     <w:rsid w:val="003E4D2D"/>
     <w:rsid w:val="003F0486"/>
     <w:rsid w:val="003F1CAC"/>
     <w:rsid w:val="003F7049"/>
     <w:rsid w:val="003F77C3"/>
     <w:rsid w:val="00400069"/>
     <w:rsid w:val="0040253A"/>
     <w:rsid w:val="00402E20"/>
     <w:rsid w:val="00404D26"/>
     <w:rsid w:val="00415073"/>
     <w:rsid w:val="004166FE"/>
     <w:rsid w:val="004200AB"/>
     <w:rsid w:val="0042109D"/>
     <w:rsid w:val="0042282F"/>
     <w:rsid w:val="004251A1"/>
@@ -5052,65 +5129,67 @@
     <w:rsid w:val="007601C3"/>
     <w:rsid w:val="0077011B"/>
     <w:rsid w:val="00774F2D"/>
     <w:rsid w:val="00775AF7"/>
     <w:rsid w:val="007877BC"/>
     <w:rsid w:val="00796C3A"/>
     <w:rsid w:val="00797D7D"/>
     <w:rsid w:val="007A1A12"/>
     <w:rsid w:val="007A2DD1"/>
     <w:rsid w:val="007A587B"/>
     <w:rsid w:val="007B2A0D"/>
     <w:rsid w:val="007B41C0"/>
     <w:rsid w:val="007B7FB5"/>
     <w:rsid w:val="007C1BE9"/>
     <w:rsid w:val="007D533E"/>
     <w:rsid w:val="007E0C5C"/>
     <w:rsid w:val="007E39C5"/>
     <w:rsid w:val="007F41D7"/>
     <w:rsid w:val="007F475A"/>
     <w:rsid w:val="007F4935"/>
     <w:rsid w:val="00803693"/>
     <w:rsid w:val="0080589E"/>
     <w:rsid w:val="00822C94"/>
     <w:rsid w:val="00830D5E"/>
     <w:rsid w:val="0083154D"/>
+    <w:rsid w:val="008370F1"/>
     <w:rsid w:val="00844E58"/>
     <w:rsid w:val="00846AB5"/>
     <w:rsid w:val="00863973"/>
     <w:rsid w:val="00865CF2"/>
     <w:rsid w:val="00867B9C"/>
     <w:rsid w:val="00871482"/>
     <w:rsid w:val="008719BC"/>
     <w:rsid w:val="00871B05"/>
     <w:rsid w:val="00875392"/>
     <w:rsid w:val="00881A7F"/>
     <w:rsid w:val="00884CFA"/>
     <w:rsid w:val="00885496"/>
     <w:rsid w:val="00890EE4"/>
     <w:rsid w:val="008916DC"/>
     <w:rsid w:val="00893FDE"/>
+    <w:rsid w:val="008A00E8"/>
     <w:rsid w:val="008A037D"/>
     <w:rsid w:val="008A06C4"/>
     <w:rsid w:val="008A3B79"/>
     <w:rsid w:val="008A6E44"/>
     <w:rsid w:val="008A7742"/>
     <w:rsid w:val="008B1576"/>
     <w:rsid w:val="008B2801"/>
     <w:rsid w:val="008B64E9"/>
     <w:rsid w:val="008C25A3"/>
     <w:rsid w:val="008C73AC"/>
     <w:rsid w:val="008D0C12"/>
     <w:rsid w:val="008E0F52"/>
     <w:rsid w:val="008E141A"/>
     <w:rsid w:val="008E3889"/>
     <w:rsid w:val="008E4C09"/>
     <w:rsid w:val="008E72A0"/>
     <w:rsid w:val="008F0D66"/>
     <w:rsid w:val="0090327E"/>
     <w:rsid w:val="00904C6B"/>
     <w:rsid w:val="00905E64"/>
     <w:rsid w:val="00911118"/>
     <w:rsid w:val="00916F46"/>
     <w:rsid w:val="0091787D"/>
     <w:rsid w:val="00920D1B"/>
     <w:rsid w:val="00925F53"/>
@@ -5142,50 +5221,51 @@
     <w:rsid w:val="00995908"/>
     <w:rsid w:val="009A281A"/>
     <w:rsid w:val="009A32AC"/>
     <w:rsid w:val="009A4795"/>
     <w:rsid w:val="009B2121"/>
     <w:rsid w:val="009B28E5"/>
     <w:rsid w:val="009B3972"/>
     <w:rsid w:val="009B40B8"/>
     <w:rsid w:val="009B6452"/>
     <w:rsid w:val="009C07C5"/>
     <w:rsid w:val="009C77A8"/>
     <w:rsid w:val="009D0E2C"/>
     <w:rsid w:val="009D2827"/>
     <w:rsid w:val="009E574F"/>
     <w:rsid w:val="009F2FDF"/>
     <w:rsid w:val="00A00EE8"/>
     <w:rsid w:val="00A123F0"/>
     <w:rsid w:val="00A14CF2"/>
     <w:rsid w:val="00A22794"/>
     <w:rsid w:val="00A27D84"/>
     <w:rsid w:val="00A32140"/>
     <w:rsid w:val="00A359A5"/>
     <w:rsid w:val="00A36D56"/>
     <w:rsid w:val="00A50DB6"/>
     <w:rsid w:val="00A53D57"/>
+    <w:rsid w:val="00A541E1"/>
     <w:rsid w:val="00A61CA7"/>
     <w:rsid w:val="00A638AE"/>
     <w:rsid w:val="00A64B77"/>
     <w:rsid w:val="00A65182"/>
     <w:rsid w:val="00A67DED"/>
     <w:rsid w:val="00A718DD"/>
     <w:rsid w:val="00A7205E"/>
     <w:rsid w:val="00A7659E"/>
     <w:rsid w:val="00A76CD5"/>
     <w:rsid w:val="00A80152"/>
     <w:rsid w:val="00A8319D"/>
     <w:rsid w:val="00A84A52"/>
     <w:rsid w:val="00A84B42"/>
     <w:rsid w:val="00A966DE"/>
     <w:rsid w:val="00AA34B4"/>
     <w:rsid w:val="00AA647C"/>
     <w:rsid w:val="00AB309F"/>
     <w:rsid w:val="00AB5C2E"/>
     <w:rsid w:val="00AB7434"/>
     <w:rsid w:val="00AC0C4E"/>
     <w:rsid w:val="00AC2FB1"/>
     <w:rsid w:val="00AC43DE"/>
     <w:rsid w:val="00AC6DC7"/>
     <w:rsid w:val="00AD26CC"/>
     <w:rsid w:val="00AD61C2"/>
@@ -5241,250 +5321,263 @@
     <w:rsid w:val="00C21E3D"/>
     <w:rsid w:val="00C220F5"/>
     <w:rsid w:val="00C22858"/>
     <w:rsid w:val="00C22875"/>
     <w:rsid w:val="00C2345D"/>
     <w:rsid w:val="00C37D02"/>
     <w:rsid w:val="00C41662"/>
     <w:rsid w:val="00C46446"/>
     <w:rsid w:val="00C46EEC"/>
     <w:rsid w:val="00C51094"/>
     <w:rsid w:val="00C61229"/>
     <w:rsid w:val="00C65D05"/>
     <w:rsid w:val="00C67B7D"/>
     <w:rsid w:val="00C71FFE"/>
     <w:rsid w:val="00C7388D"/>
     <w:rsid w:val="00C73FC3"/>
     <w:rsid w:val="00C8155A"/>
     <w:rsid w:val="00C82EDD"/>
     <w:rsid w:val="00C85A28"/>
     <w:rsid w:val="00C85B05"/>
     <w:rsid w:val="00C9773A"/>
     <w:rsid w:val="00CA0E74"/>
     <w:rsid w:val="00CA1933"/>
     <w:rsid w:val="00CA4A6D"/>
     <w:rsid w:val="00CA5A3E"/>
+    <w:rsid w:val="00CB217E"/>
     <w:rsid w:val="00CB2709"/>
     <w:rsid w:val="00CC3693"/>
     <w:rsid w:val="00CC7511"/>
     <w:rsid w:val="00CD6D85"/>
     <w:rsid w:val="00CD6E45"/>
     <w:rsid w:val="00CE2D87"/>
     <w:rsid w:val="00CE34D5"/>
     <w:rsid w:val="00CE3560"/>
     <w:rsid w:val="00CE45E8"/>
     <w:rsid w:val="00CF3EC2"/>
     <w:rsid w:val="00CF719F"/>
     <w:rsid w:val="00D02A1A"/>
     <w:rsid w:val="00D031CB"/>
     <w:rsid w:val="00D03BBA"/>
     <w:rsid w:val="00D03F75"/>
     <w:rsid w:val="00D042E6"/>
     <w:rsid w:val="00D06180"/>
     <w:rsid w:val="00D06AE2"/>
     <w:rsid w:val="00D14875"/>
     <w:rsid w:val="00D16544"/>
     <w:rsid w:val="00D21029"/>
     <w:rsid w:val="00D22BB6"/>
     <w:rsid w:val="00D273ED"/>
     <w:rsid w:val="00D30548"/>
     <w:rsid w:val="00D306CC"/>
     <w:rsid w:val="00D364DB"/>
     <w:rsid w:val="00D37B60"/>
     <w:rsid w:val="00D40C00"/>
     <w:rsid w:val="00D42700"/>
     <w:rsid w:val="00D44C18"/>
     <w:rsid w:val="00D45E84"/>
     <w:rsid w:val="00D55AF9"/>
     <w:rsid w:val="00D620BD"/>
     <w:rsid w:val="00D6584A"/>
     <w:rsid w:val="00D67E13"/>
     <w:rsid w:val="00D745FC"/>
     <w:rsid w:val="00D7716B"/>
     <w:rsid w:val="00D80ECF"/>
     <w:rsid w:val="00D849BD"/>
     <w:rsid w:val="00D86EED"/>
     <w:rsid w:val="00D873FD"/>
     <w:rsid w:val="00D91649"/>
     <w:rsid w:val="00D96B5A"/>
     <w:rsid w:val="00D96BEE"/>
     <w:rsid w:val="00D9722E"/>
     <w:rsid w:val="00D97ED1"/>
     <w:rsid w:val="00DA2707"/>
     <w:rsid w:val="00DB1575"/>
     <w:rsid w:val="00DB1FDA"/>
+    <w:rsid w:val="00DB615F"/>
     <w:rsid w:val="00DB74F8"/>
     <w:rsid w:val="00DC1D50"/>
     <w:rsid w:val="00DC4E02"/>
     <w:rsid w:val="00DC5B3E"/>
     <w:rsid w:val="00DD7F43"/>
     <w:rsid w:val="00DE5C54"/>
     <w:rsid w:val="00DE7C10"/>
     <w:rsid w:val="00DF40D1"/>
     <w:rsid w:val="00E024DE"/>
     <w:rsid w:val="00E03237"/>
     <w:rsid w:val="00E0447E"/>
     <w:rsid w:val="00E10AFC"/>
     <w:rsid w:val="00E12C1B"/>
     <w:rsid w:val="00E164E8"/>
     <w:rsid w:val="00E2080A"/>
     <w:rsid w:val="00E20B44"/>
     <w:rsid w:val="00E32C35"/>
     <w:rsid w:val="00E36462"/>
     <w:rsid w:val="00E37094"/>
     <w:rsid w:val="00E41212"/>
     <w:rsid w:val="00E41E3A"/>
     <w:rsid w:val="00E42E0B"/>
     <w:rsid w:val="00E4435C"/>
     <w:rsid w:val="00E44914"/>
     <w:rsid w:val="00E519C1"/>
     <w:rsid w:val="00E51E0B"/>
     <w:rsid w:val="00E61005"/>
     <w:rsid w:val="00E63BD6"/>
     <w:rsid w:val="00E64A5B"/>
     <w:rsid w:val="00E70F77"/>
     <w:rsid w:val="00E7333D"/>
     <w:rsid w:val="00E823D8"/>
     <w:rsid w:val="00E86348"/>
     <w:rsid w:val="00E9231C"/>
     <w:rsid w:val="00E9278E"/>
     <w:rsid w:val="00E935C2"/>
     <w:rsid w:val="00E96269"/>
     <w:rsid w:val="00EA09FF"/>
     <w:rsid w:val="00EA0CA8"/>
     <w:rsid w:val="00EA2783"/>
     <w:rsid w:val="00EA2DA8"/>
     <w:rsid w:val="00EA66DE"/>
     <w:rsid w:val="00EB062D"/>
     <w:rsid w:val="00EB5769"/>
     <w:rsid w:val="00EB75AE"/>
     <w:rsid w:val="00EC513B"/>
     <w:rsid w:val="00EC6FD5"/>
     <w:rsid w:val="00ED2C3D"/>
     <w:rsid w:val="00ED3427"/>
+    <w:rsid w:val="00ED7BB7"/>
     <w:rsid w:val="00EE0C54"/>
     <w:rsid w:val="00EE5E0A"/>
     <w:rsid w:val="00EE67FD"/>
     <w:rsid w:val="00EF144C"/>
     <w:rsid w:val="00EF2501"/>
     <w:rsid w:val="00EF35D4"/>
     <w:rsid w:val="00F001DA"/>
     <w:rsid w:val="00F0279A"/>
     <w:rsid w:val="00F04ECF"/>
     <w:rsid w:val="00F06401"/>
     <w:rsid w:val="00F11005"/>
     <w:rsid w:val="00F13992"/>
     <w:rsid w:val="00F3008A"/>
     <w:rsid w:val="00F32CAB"/>
     <w:rsid w:val="00F37E3C"/>
     <w:rsid w:val="00F45904"/>
     <w:rsid w:val="00F474DF"/>
     <w:rsid w:val="00F517D3"/>
     <w:rsid w:val="00F53AA7"/>
     <w:rsid w:val="00F53DA1"/>
     <w:rsid w:val="00F574A4"/>
     <w:rsid w:val="00F654F0"/>
     <w:rsid w:val="00F7225D"/>
     <w:rsid w:val="00F72E54"/>
     <w:rsid w:val="00F7328C"/>
     <w:rsid w:val="00F74898"/>
+    <w:rsid w:val="00F7583E"/>
     <w:rsid w:val="00F82189"/>
     <w:rsid w:val="00F8662A"/>
     <w:rsid w:val="00F90A34"/>
     <w:rsid w:val="00F94C1F"/>
     <w:rsid w:val="00F95AC8"/>
     <w:rsid w:val="00FB1C90"/>
     <w:rsid w:val="00FB208F"/>
     <w:rsid w:val="00FB6853"/>
     <w:rsid w:val="00FB7258"/>
     <w:rsid w:val="00FC0530"/>
     <w:rsid w:val="00FC111A"/>
     <w:rsid w:val="00FC4019"/>
     <w:rsid w:val="00FD125E"/>
     <w:rsid w:val="00FD1962"/>
     <w:rsid w:val="00FD4D36"/>
     <w:rsid w:val="00FD5117"/>
     <w:rsid w:val="00FE5F94"/>
     <w:rsid w:val="00FF15A7"/>
     <w:rsid w:val="00FF4914"/>
     <w:rsid w:val="037733B4"/>
     <w:rsid w:val="05C852CB"/>
     <w:rsid w:val="0604C6F9"/>
     <w:rsid w:val="0D0EF192"/>
     <w:rsid w:val="0E52756D"/>
     <w:rsid w:val="111CAA69"/>
     <w:rsid w:val="1195E7CF"/>
     <w:rsid w:val="15E8068C"/>
     <w:rsid w:val="17E18B5A"/>
     <w:rsid w:val="19E4C1B3"/>
     <w:rsid w:val="1C7BC27B"/>
     <w:rsid w:val="2653257A"/>
     <w:rsid w:val="274ED740"/>
+    <w:rsid w:val="2E3CD769"/>
+    <w:rsid w:val="2F4FC80B"/>
     <w:rsid w:val="318212B5"/>
+    <w:rsid w:val="360165F2"/>
+    <w:rsid w:val="36F82CF5"/>
     <w:rsid w:val="3AA48952"/>
+    <w:rsid w:val="3FB10706"/>
     <w:rsid w:val="407B002E"/>
     <w:rsid w:val="43616692"/>
+    <w:rsid w:val="43965970"/>
+    <w:rsid w:val="45D9D230"/>
     <w:rsid w:val="506B7410"/>
     <w:rsid w:val="5AB5B078"/>
     <w:rsid w:val="5BB6AB8E"/>
     <w:rsid w:val="6357FA8D"/>
+    <w:rsid w:val="65D0F0A5"/>
     <w:rsid w:val="689A6394"/>
     <w:rsid w:val="6C08D86E"/>
+    <w:rsid w:val="71E068CF"/>
     <w:rsid w:val="7A5F6087"/>
     <w:rsid w:val="7D94CF71"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7B2DA87C"/>
   <w15:docId w15:val="{A38D5C77-529E-4C08-BEEA-160127A85FE4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6041,55 +6134,67 @@
       <w:lang w:eastAsia="ja-JP"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="005A0F57"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ja-JP"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00057781"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="270743479">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1165167435">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -6119,51 +6224,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2089884713">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/availability-table-adult-0/download" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dph-vaccine-management@massmail.state.ma.us" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -6428,56 +6533,72 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="a782362c-0017-44d2-8700-f603c3e5ed9a">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="78ea2335-8007-4ae4-b674-628de3bfd69a" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003936B605C953E34C8476A9FD9E49AC16" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="5a6988bc82efc16dbc4fef89c0970097">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a782362c-0017-44d2-8700-f603c3e5ed9a" xmlns:ns3="78ea2335-8007-4ae4-b674-628de3bfd69a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f757d18a715390f3da1f93b167fc760a" ns2:_="" ns3:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003936B605C953E34C8476A9FD9E49AC16" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="fb9e7e813f837fd5b9acab9729d3e480">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a782362c-0017-44d2-8700-f603c3e5ed9a" xmlns:ns3="78ea2335-8007-4ae4-b674-628de3bfd69a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="31b071675c4d6feaa5ec6297d3b7489e" ns2:_="" ns3:_="">
     <xsd:import namespace="a782362c-0017-44d2-8700-f603c3e5ed9a"/>
     <xsd:import namespace="78ea2335-8007-4ae4-b674-628de3bfd69a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -6660,131 +6781,115 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BA84853F-EFB8-4911-BD5F-EEF8927CE0FD}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7C10F775-D6CA-4A83-A153-7B0BD5C5A342}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="a782362c-0017-44d2-8700-f603c3e5ed9a"/>
+    <ds:schemaRef ds:uri="78ea2335-8007-4ae4-b674-628de3bfd69a"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5864B93A-CE9D-43A4-9D0A-5EC18E8D52E1}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8C0C82FF-E87E-49B8-A5E9-764B4F53C47D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E1FAE164-D134-4927-9677-898203E2F74D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a782362c-0017-44d2-8700-f603c3e5ed9a"/>
     <ds:schemaRef ds:uri="78ea2335-8007-4ae4-b674-628de3bfd69a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8C0C82FF-E87E-49B8-A5E9-764B4F53C47D}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BA84853F-EFB8-4911-BD5F-EEF8927CE0FD}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
-[...10 lines deleted...]
-    <ds:schemaRef ds:uri="78ea2335-8007-4ae4-b674-628de3bfd69a"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>199</Words>
-  <Characters>1136</Characters>
+  <Words>213</Words>
+  <Characters>1219</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>9</Lines>
+  <Lines>10</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>EOHHS</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1333</CharactersWithSpaces>
+  <CharactersWithSpaces>1430</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Bip, Rattana (DPH)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101003936B605C953E34C8476A9FD9E49AC16</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>