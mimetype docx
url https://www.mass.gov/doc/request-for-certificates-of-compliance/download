--- v0 (2025-10-30)
+++ v1 (2026-02-03)
@@ -253,84 +253,72 @@
     </w:p>
     <w:p w14:paraId="6A07C939" w14:textId="77777777" w:rsidR="0034265B" w:rsidRPr="005E1CE8" w:rsidRDefault="0034265B">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1CE8">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidR="005E1CE8" w:rsidRPr="005E1CE8">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>equest for Certificates of Compliance</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A07C93A" w14:textId="77777777" w:rsidR="0034265B" w:rsidRDefault="0034265B"/>
-    <w:p w14:paraId="6A07C93B" w14:textId="77777777" w:rsidR="00C63319" w:rsidRDefault="0034265B">
+    <w:p w14:paraId="007A24BC" w14:textId="0BF60449" w:rsidR="00A82659" w:rsidRDefault="0034265B">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For any questions regarding Certificates of Compliance, please contact </w:t>
       </w:r>
-      <w:r w:rsidR="00447509" w:rsidRPr="00F5495C">
-[...7 lines deleted...]
-      </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidR="00F5495C" w:rsidRPr="00F5495C">
+        <w:r w:rsidR="00A82659" w:rsidRPr="00F43C62">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>companies.mailbox@mass.gov</w:t>
+          <w:t>doi.domestic.companies@mass.gov</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00447509">
-[...7 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A07C93B" w14:textId="738755CE" w:rsidR="00C63319" w:rsidRDefault="00C63319">
+      <w:pPr>
+        <w:pStyle w:val="BodyText2"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="6A07C93C" w14:textId="77777777" w:rsidR="0034265B" w:rsidRDefault="0034265B">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6A07C93D" w14:textId="77777777" w:rsidR="0034265B" w:rsidRDefault="0034265B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Company name:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -418,96 +406,110 @@
         <w:t>Total number of certificates required:</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A07C941" w14:textId="77777777" w:rsidR="0034265B" w:rsidRDefault="0034265B"/>
-    <w:p w14:paraId="6A07C943" w14:textId="0257585E" w:rsidR="0034265B" w:rsidRDefault="0034265B" w:rsidP="006D7EDA">
+    <w:p w14:paraId="6A07C943" w14:textId="5075FB87" w:rsidR="0034265B" w:rsidRDefault="0034265B" w:rsidP="006D7EDA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Total amount enclosed:</w:t>
       </w:r>
       <w:r w:rsidRPr="006D7EDA">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006D7EDA">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006D7EDA">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006D7EDA">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006D7EDA">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="006D7EDA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>$20.00 nonrefundable fee per certificate</w:t>
+        <w:t>$20.00 non</w:t>
+      </w:r>
+      <w:r w:rsidR="00234301">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7EDA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>refundable fee per certificate</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:r w:rsidR="00E22E0A">
         <w:t xml:space="preserve">Payment can be sent </w:t>
       </w:r>
       <w:r w:rsidR="006D7EDA">
         <w:t xml:space="preserve">electronically </w:t>
       </w:r>
       <w:r w:rsidR="00E22E0A">
         <w:t xml:space="preserve">via </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00E22E0A">
         <w:t>OPtins</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E22E0A">
         <w:t xml:space="preserve">or </w:t>
       </w:r>
       <w:r w:rsidR="006D7EDA">
@@ -844,72 +846,72 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A07C947" w14:textId="77777777" w:rsidR="0034265B" w:rsidRDefault="0034265B">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6A07C948" w14:textId="13899880" w:rsidR="0034265B" w:rsidRDefault="0034265B">
+    <w:p w14:paraId="6A07C948" w14:textId="1564D3D8" w:rsidR="0034265B" w:rsidRDefault="0034265B">
       <w:r>
         <w:t xml:space="preserve">Please </w:t>
       </w:r>
       <w:r w:rsidR="000430A0">
         <w:t>e</w:t>
       </w:r>
       <w:r>
         <w:t>mail this form</w:t>
       </w:r>
       <w:r w:rsidR="00514FB7">
         <w:t xml:space="preserve"> to</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidR="00514FB7" w:rsidRPr="00F5495C">
+        <w:r w:rsidR="00A82659" w:rsidRPr="00F43C62">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>companies.mailbox@mass.gov</w:t>
+          <w:t>doi.domestic.companies@mass.gov</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00514FB7">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r w:rsidR="00514FB7">
         <w:t xml:space="preserve">mail </w:t>
       </w:r>
       <w:r>
         <w:t>the check for the certificate fee(s) to the following</w:t>
       </w:r>
       <w:r w:rsidR="00BC6018">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>address:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A07C949" w14:textId="77777777" w:rsidR="0034265B" w:rsidRDefault="0034265B">
@@ -941,110 +943,110 @@
       <w:r w:rsidR="00E22E0A">
         <w:t>1 Federal Street</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0852F6C4" w14:textId="52B76D9F" w:rsidR="00E22E0A" w:rsidRDefault="00E22E0A" w:rsidP="00E22E0A">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
       </w:pPr>
       <w:r>
         <w:t>Boston, MA 02110</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00E22E0A" w:rsidSect="003032A7">
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="288" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0737B5C6" w14:textId="77777777" w:rsidR="008444C5" w:rsidRDefault="008444C5">
+    <w:p w14:paraId="15890B5A" w14:textId="77777777" w:rsidR="004A298E" w:rsidRDefault="004A298E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1AC23E67" w14:textId="77777777" w:rsidR="008444C5" w:rsidRDefault="008444C5">
+    <w:p w14:paraId="249FD7EE" w14:textId="77777777" w:rsidR="004A298E" w:rsidRDefault="004A298E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="PMingLiU">
     <w:altName w:val="新細明體"/>
     <w:panose1 w:val="02010601000101010101"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6A07C955" w14:textId="77777777" w:rsidR="003032A7" w:rsidRDefault="003032A7" w:rsidP="003032A7">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="State">
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:t>Massachusetts</w:t>
         </w:r>
       </w:smartTag>
     </w:smartTag>
     <w:r>
@@ -1083,58 +1085,58 @@
     <w:r w:rsidR="00447509">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>, 20</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="00DD7E6D">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="70B020C9" w14:textId="77777777" w:rsidR="008444C5" w:rsidRDefault="008444C5">
+    <w:p w14:paraId="55A7A9FC" w14:textId="77777777" w:rsidR="004A298E" w:rsidRDefault="004A298E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="42EF37B2" w14:textId="77777777" w:rsidR="008444C5" w:rsidRDefault="008444C5">
+    <w:p w14:paraId="22855B7D" w14:textId="77777777" w:rsidR="004A298E" w:rsidRDefault="004A298E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1B5F325E"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="292271E4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
@@ -1288,112 +1290,117 @@
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004D10A4"/>
     <w:rsid w:val="0001054D"/>
     <w:rsid w:val="00042FAA"/>
     <w:rsid w:val="000430A0"/>
     <w:rsid w:val="000912D1"/>
     <w:rsid w:val="000F46D7"/>
     <w:rsid w:val="001176D9"/>
     <w:rsid w:val="001479E9"/>
     <w:rsid w:val="001F3E68"/>
+    <w:rsid w:val="00234301"/>
     <w:rsid w:val="00266EE6"/>
     <w:rsid w:val="002768CE"/>
     <w:rsid w:val="002A3018"/>
     <w:rsid w:val="002E5361"/>
     <w:rsid w:val="003032A7"/>
     <w:rsid w:val="0034265B"/>
     <w:rsid w:val="00353410"/>
     <w:rsid w:val="00363CF6"/>
     <w:rsid w:val="003A7403"/>
     <w:rsid w:val="003E55EA"/>
     <w:rsid w:val="00447509"/>
     <w:rsid w:val="00455E94"/>
     <w:rsid w:val="00465FBB"/>
     <w:rsid w:val="0047481D"/>
+    <w:rsid w:val="004A298E"/>
     <w:rsid w:val="004A31B1"/>
     <w:rsid w:val="004C108B"/>
     <w:rsid w:val="004C6D89"/>
     <w:rsid w:val="004D10A4"/>
     <w:rsid w:val="004D1D6F"/>
     <w:rsid w:val="00502D2C"/>
     <w:rsid w:val="00514FB7"/>
     <w:rsid w:val="0057318D"/>
     <w:rsid w:val="005A6182"/>
     <w:rsid w:val="005E1CE8"/>
     <w:rsid w:val="006264BE"/>
     <w:rsid w:val="0063081D"/>
     <w:rsid w:val="006559AA"/>
     <w:rsid w:val="00657ADB"/>
     <w:rsid w:val="00662BBB"/>
     <w:rsid w:val="00675F29"/>
     <w:rsid w:val="006C1E84"/>
     <w:rsid w:val="006D7EDA"/>
     <w:rsid w:val="00755B86"/>
     <w:rsid w:val="007C61F4"/>
+    <w:rsid w:val="00832EA1"/>
     <w:rsid w:val="008444C5"/>
     <w:rsid w:val="00866E86"/>
     <w:rsid w:val="008A7F6D"/>
     <w:rsid w:val="008B7D3F"/>
     <w:rsid w:val="008C1A6A"/>
     <w:rsid w:val="008C3096"/>
     <w:rsid w:val="008C6E24"/>
     <w:rsid w:val="00964522"/>
     <w:rsid w:val="00992619"/>
     <w:rsid w:val="00A26979"/>
     <w:rsid w:val="00A53D9F"/>
     <w:rsid w:val="00A5673D"/>
     <w:rsid w:val="00A755E3"/>
+    <w:rsid w:val="00A82659"/>
     <w:rsid w:val="00AC5AFC"/>
     <w:rsid w:val="00B00956"/>
     <w:rsid w:val="00B11E70"/>
     <w:rsid w:val="00BC6018"/>
     <w:rsid w:val="00BE0861"/>
     <w:rsid w:val="00BF314F"/>
     <w:rsid w:val="00C3727E"/>
     <w:rsid w:val="00C63319"/>
     <w:rsid w:val="00C838B8"/>
     <w:rsid w:val="00C84F9A"/>
     <w:rsid w:val="00D7740B"/>
     <w:rsid w:val="00D843AD"/>
     <w:rsid w:val="00D91BDD"/>
     <w:rsid w:val="00DC3703"/>
     <w:rsid w:val="00DD7E6D"/>
+    <w:rsid w:val="00E21BF8"/>
     <w:rsid w:val="00E22E0A"/>
     <w:rsid w:val="00E277DA"/>
     <w:rsid w:val="00EA3862"/>
     <w:rsid w:val="00EB6C45"/>
     <w:rsid w:val="00EE5359"/>
     <w:rsid w:val="00F06025"/>
     <w:rsid w:val="00F5495C"/>
     <w:rsid w:val="00F669FE"/>
     <w:rsid w:val="00F82459"/>
     <w:rsid w:val="00F97D02"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-TW"/>
@@ -1829,61 +1836,73 @@
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001176D9"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="006D7EDA"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A82659"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:companies.mailbox@mass.gov" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:companies.mailbox@mass.gov" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:doi.domestic.companies@mass.gov" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:doi.domestic.companies@mass.gov" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2120,85 +2139,99 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="85471739-20a3-405f-8957-71a2abecc360" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="219cc07e-c1da-4270-a78f-3a6ce23ab0a8">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="219cc07e-c1da-4270-a78f-3a6ce23ab0a8" xmlns:ns3="85471739-20a3-405f-8957-71a2abecc360" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fde9f3d2ba75b3864c5532904883d9d6" ns2:_="" ns3:_="">
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009DE413DC9396414788A0571B52761EC3" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="64ce9e119d01d05c60efa83d6e05e09e">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="219cc07e-c1da-4270-a78f-3a6ce23ab0a8" xmlns:ns3="85471739-20a3-405f-8957-71a2abecc360" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="af287d5fabe2c5d05a5a3658eb2cd64b" ns2:_="" ns3:_="">
     <xsd:import namespace="219cc07e-c1da-4270-a78f-3a6ce23ab0a8"/>
     <xsd:import namespace="85471739-20a3-405f-8957-71a2abecc360"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="219cc07e-c1da-4270-a78f-3a6ce23ab0a8" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="10" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
@@ -2222,50 +2255,55 @@
     <xsd:element name="MediaServiceGenerationTime" ma:index="16" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="19" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="9f123c60-6d59-4beb-a46f-4c7d903a1f29" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="21" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="22" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="23" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="85471739-20a3-405f-8957-71a2abecc360" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Shared With" ma:SearchPeopleOnly="false" ma:SharePointGroup="0" ma:internalName="SharedWithUsers" ma:readOnly="true" ma:showField="ImnName">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
@@ -2365,139 +2403,111 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...11 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1E07397E-FFC1-41A4-889E-C9FE6AAEAA79}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E6399816-808E-4B92-8C4B-D2B6421051AE}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{04189E15-0D98-4BA8-9363-5507EB23ADA9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="85471739-20a3-405f-8957-71a2abecc360"/>
     <ds:schemaRef ds:uri="219cc07e-c1da-4270-a78f-3a6ce23ab0a8"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...25 lines deleted...]
-
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E6399816-808E-4B92-8C4B-D2B6421051AE}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5F998516-0550-4A35-92F4-E4F739B523FF}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>169</Words>
-  <Characters>965</Characters>
+  <Words>166</Words>
+  <Characters>952</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>41</Lines>
-  <Paragraphs>17</Paragraphs>
+  <Lines>7</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr> </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Commonwealth of Massachusetts</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1117</CharactersWithSpaces>
+  <CharactersWithSpaces>1116</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>5636135</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:companies.mailbox@mass.gov</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>