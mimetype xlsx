--- v0 (2025-11-30)
+++ v1 (2026-01-30)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://massgov-my.sharepoint.com/personal/wesley_ho_mass_gov/Documents/Desktop/quater license lists/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://massgov-my.sharepoint.com/personal/wesley_ho_mass_gov/Documents/Desktop/Website 2025 licenseee list/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="50" documentId="8_{B2A1FE6E-491C-427D-B083-458F3089D90B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{75E80A7C-18C8-4919-8AB7-9B8AC9F45B48}"/>
+  <xr:revisionPtr revIDLastSave="52" documentId="8_{B2A1FE6E-491C-427D-B083-458F3089D90B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{FAC2F3F3-534C-46AE-9402-8B071A19F25E}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{6F158473-DA42-4928-80F7-77748479ED29}"/>
   </bookViews>
   <sheets>
     <sheet name="Retail Installment Sales" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Retail Installment Sales'!$A$2:$I$34</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
@@ -459,57 +459,57 @@
   <si>
     <t>RI2526539</t>
   </si>
   <si>
     <t>Tesla Finance LLC</t>
   </si>
   <si>
     <t xml:space="preserve">3500 Deer Creek Road </t>
   </si>
   <si>
     <t>Palo Alto</t>
   </si>
   <si>
     <t>RI2220087</t>
   </si>
   <si>
     <t>700 Universe Blvd Building LAW/JB</t>
   </si>
   <si>
     <t>Juno Beach</t>
   </si>
   <si>
     <t>2290 E. Yeager Dr. Suite 250</t>
   </si>
   <si>
-    <t xml:space="preserve">4851 Regent Blvd., Suite 300 </t>
-[...1 lines deleted...]
-  <si>
     <t>Irving</t>
   </si>
   <si>
-    <t>Retail Installment Sales Finance licensee data as of September 30, 2025</t>
+    <t>Retail Installment Sales Finance licensee data as of December 31, 2025</t>
+  </si>
+  <si>
+    <t>3001 Hackberry Rd. Suite 225</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="00000"/>
   </numFmts>
   <fonts count="2" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -872,51 +872,51 @@
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{46111B53-2053-4459-B417-D6F4478492D3}">
   <dimension ref="A1:I34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="14.42578125" customWidth="1"/>
     <col min="2" max="2" width="34.7109375" customWidth="1"/>
     <col min="3" max="3" width="9.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="16.140625" customWidth="1"/>
     <col min="7" max="7" width="11.7109375" style="7" customWidth="1"/>
     <col min="8" max="8" width="16.85546875" customWidth="1"/>
     <col min="9" max="9" width="42.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="3"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="3"/>
       <c r="G1" s="4"/>
       <c r="H1" s="3"/>
       <c r="I1" s="2"/>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="5" t="s">
         <v>105</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>104</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>106</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>107</v>
       </c>
       <c r="E2" s="5" t="s">
         <v>103</v>
@@ -1449,54 +1449,54 @@
       </c>
       <c r="E22" t="s">
         <v>43</v>
       </c>
       <c r="F22" t="s">
         <v>42</v>
       </c>
       <c r="G22">
         <v>77304</v>
       </c>
       <c r="H22" t="s">
         <v>41</v>
       </c>
       <c r="I22" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23">
         <v>1525116</v>
       </c>
       <c r="B23" t="s">
         <v>40</v>
       </c>
       <c r="D23" t="s">
+        <v>142</v>
+      </c>
+      <c r="E23" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
       <c r="F23" t="s">
         <v>42</v>
       </c>
       <c r="G23">
         <v>75063</v>
       </c>
       <c r="H23" t="s">
         <v>39</v>
       </c>
       <c r="I23" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24">
         <v>140908</v>
       </c>
       <c r="B24" t="s">
         <v>38</v>
       </c>
       <c r="D24" t="s">
         <v>37</v>
       </c>
       <c r="E24" t="s">
@@ -1786,69 +1786,50 @@
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...17 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010045D523A95022C4438DDD93CBEDC543CE" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="26ebeae681134ca230dbc3fe0e6ef783">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="24a5db04-ee1b-44c2-a0bc-bbc26d25d77e" xmlns:ns3="fdcd57df-05e8-4749-9cc8-5afe3dcd00a5" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2ece1a7addf393ecab0ff34977d731fd" ns2:_="" ns3:_="">
     <xsd:import namespace="24a5db04-ee1b-44c2-a0bc-bbc26d25d77e"/>
     <xsd:import namespace="fdcd57df-05e8-4749-9cc8-5afe3dcd00a5"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -2045,84 +2026,103 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <SharedWithUsers xmlns="fdcd57df-05e8-4749-9cc8-5afe3dcd00a5">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+    <MediaLengthInSeconds xmlns="24a5db04-ee1b-44c2-a0bc-bbc26d25d77e" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="24a5db04-ee1b-44c2-a0bc-bbc26d25d77e">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="fdcd57df-05e8-4749-9cc8-5afe3dcd00a5" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5251E4AB-6AB6-49E7-B517-7FAAC16CB7DB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C3B8525D-E985-4CF2-A2A2-E11276CA9066}">
-[...9 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D3DE97EA-ACFC-49F7-B7C5-9C3340F18F4F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="24a5db04-ee1b-44c2-a0bc-bbc26d25d77e"/>
     <ds:schemaRef ds:uri="fdcd57df-05e8-4749-9cc8-5afe3dcd00a5"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C3B8525D-E985-4CF2-A2A2-E11276CA9066}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="fdcd57df-05e8-4749-9cc8-5afe3dcd00a5"/>
+    <ds:schemaRef ds:uri="24a5db04-ee1b-44c2-a0bc-bbc26d25d77e"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Retail Installment Sales</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Commonwealth of Massachusetts</Company>