--- v0 (2025-11-03)
+++ v1 (2026-02-06)
@@ -1,43140 +1,14292 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="216476B2" w14:textId="77777777" w:rsidR="00222401" w:rsidRDefault="00222401">
-[...2648 lines deleted...]
-        <w:spacing w:before="4"/>
+    <w:p w14:paraId="6E2EB357" w14:textId="36BBD14E" w:rsidR="0016082B" w:rsidRPr="0016082B" w:rsidRDefault="0016082B" w:rsidP="0016082B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+        <w:spacing w:before="300"/>
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...97 lines deleted...]
-        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0016082B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>SECTION VII</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C47391B" w14:textId="77777777" w:rsidR="0016082B" w:rsidRPr="0016082B" w:rsidRDefault="0016082B" w:rsidP="0016082B">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5366BFA9" w14:textId="748F7337" w:rsidR="0016082B" w:rsidRPr="0016082B" w:rsidRDefault="0016082B" w:rsidP="0016082B">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0016082B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>SEXUALLY TRANSMITTED INFECTIONS (STI</w:t>
+      </w:r>
+      <w:r w:rsidR="00B436AE">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0016082B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28497604" w14:textId="0944654A" w:rsidR="0016082B" w:rsidRPr="00DF7B45" w:rsidRDefault="0016082B" w:rsidP="0016082B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF7B45">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+        <w:t>A primary concern for most patients who have experienced a sexual assault is contracting Sexually Transmitted Infections (STIs). SANEs should provide anticipatory guidance and education about testing and treatment for STIs as recommended by the MA Department of Public Health (MDPH), Center for Disease (CDC) STI 2021 guidelines, and the CDC nPEP 2025 recommendations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19A379BF" w14:textId="77777777" w:rsidR="0016082B" w:rsidRDefault="0016082B" w:rsidP="0016082B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="20"/>
-        </w:rPr>
-[...1493 lines deleted...]
-        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="10790"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0016082B" w14:paraId="2298DFBC" w14:textId="77777777" w:rsidTr="00DF7B45">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11016" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC"/>
+          </w:tcPr>
+          <w:p w14:paraId="4021EDED" w14:textId="77777777" w:rsidR="0016082B" w:rsidRPr="000E0C69" w:rsidRDefault="0016082B" w:rsidP="000E0C69">
+            <w:pPr>
+              <w:spacing w:before="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E0C69">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Patient Education</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00C9898D" w14:textId="77777777" w:rsidR="0016082B" w:rsidRPr="0016082B" w:rsidRDefault="0016082B" w:rsidP="0016082B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4EAE88EA" w14:textId="77A90C5B" w:rsidR="0016082B" w:rsidRPr="000E0C69" w:rsidRDefault="0016082B" w:rsidP="0016082B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E0C69">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Educate the patient about the possibility and risks of disease transmission as indicated by the specific details of the assault described by the patient. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18C756AC" w14:textId="77FA63B7" w:rsidR="0016082B" w:rsidRPr="000E0C69" w:rsidRDefault="0016082B" w:rsidP="0016082B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E0C69">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">STI testing within 5 days of a sexual assault may be testing for exposure to an STI that occurred </w:t>
+            </w:r>
+            <w:r w:rsidR="000805E6" w:rsidRPr="000805E6">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>before</w:t>
+            </w:r>
+            <w:r w:rsidR="000805E6" w:rsidRPr="000805E6">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E0C69">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the incident of the assault. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3254C560" w14:textId="77777777" w:rsidR="0016082B" w:rsidRPr="000E0C69" w:rsidRDefault="0016082B" w:rsidP="0016082B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E0C69">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">STI testing is offered to all patients presenting post-sexual assault. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58FDFB27" w14:textId="50318B5C" w:rsidR="0016082B" w:rsidRDefault="0016082B" w:rsidP="000E0C69">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:spacing w:after="100"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E0C69">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>If a patient has signs and symptoms of STI infection, additional site-specific testing should be discussed with and conducted by the ED Medical Provider</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF7B45" w:rsidRPr="000E0C69">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="33F79BDD" w14:textId="77777777" w:rsidR="0016082B" w:rsidRPr="00DF7B45" w:rsidRDefault="0016082B" w:rsidP="0016082B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47EA791D" w14:textId="0C407480" w:rsidR="00DF7B45" w:rsidRPr="00DF7B45" w:rsidRDefault="00DF7B45" w:rsidP="00DF7B45">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF7B45">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="31"/>
-[...5728 lines deleted...]
-        <w:r w:rsidR="007E7FD7" w:rsidRPr="003302CA">
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All Patients with Mucosal Exposure to Blood/Hazardous Bodily Fluids </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73044720" w14:textId="0E516A00" w:rsidR="00DF7B45" w:rsidRPr="00DF7B45" w:rsidRDefault="00DF7B45" w:rsidP="00DF7B45">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF7B45">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Refer to 2025 CDC nPEP Recommendations: Algorithm Figure 2, page 7; </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="00DF7B45">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:b w:val="0"/>
-[...1 lines deleted...]
-            <w:spacing w:val="-2"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:kern w:val="0"/>
           </w:rPr>
-          <w:t>https://rb.g</w:t>
-[...35 lines deleted...]
-          <w:t>jpsp</w:t>
+          <w:t>https://www.cdc.gov/mmwr/volumes/74/rr/rr7401a1.htm</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00321931">
-[...4 lines deleted...]
-          <w:spacing w:val="-2"/>
+      <w:r w:rsidRPr="00DF7B45">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A757EBD" w14:textId="77777777" w:rsidR="00222401" w:rsidRDefault="00281B3D">
-[...22404 lines deleted...]
-    <w:p w14:paraId="2B2D8F78" w14:textId="1E1E5370" w:rsidR="00222401" w:rsidRPr="00EC356B" w:rsidRDefault="00281B3D" w:rsidP="00EC356B">
+    <w:p w14:paraId="60B91851" w14:textId="77777777" w:rsidR="00DF7B45" w:rsidRPr="00DF7B45" w:rsidRDefault="00DF7B45" w:rsidP="00DF7B45">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="11" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="559C31E9" w14:textId="1A58EE42" w:rsidR="00DF7B45" w:rsidRPr="00DF7B45" w:rsidRDefault="00DF7B45" w:rsidP="00DF7B45">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
-        <w:tabs>
-[...214 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="11" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF7B45">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">STI prophylaxis is recommended </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64339AC6" w14:textId="77777777" w:rsidR="00DF7B45" w:rsidRPr="00DF7B45" w:rsidRDefault="00DF7B45" w:rsidP="00DF7B45">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
-        <w:tabs>
-[...75 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="11" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF7B45">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Decisions to perform STI testing should be made on an individual basis </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AC583AF" w14:textId="77777777" w:rsidR="00DF7B45" w:rsidRPr="00DF7B45" w:rsidRDefault="00DF7B45" w:rsidP="00DF7B45">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
-        <w:tabs>
-[...185 lines deleted...]
-    <w:p w14:paraId="0C75D674" w14:textId="77777777" w:rsidR="00222401" w:rsidRDefault="00281B3D">
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF7B45">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Verbal patient consent should be obtained </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="195BA368" w14:textId="77777777" w:rsidR="00DF7B45" w:rsidRPr="00DF7B45" w:rsidRDefault="00DF7B45" w:rsidP="00DF7B45">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7BC3B3B3" w14:textId="19D0CEF4" w:rsidR="00DF7B45" w:rsidRPr="00DF7B45" w:rsidRDefault="00DF7B45" w:rsidP="00DF7B45">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF7B45">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+        <w:t>Patient with Signs and Symptoms of Genital Infection</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF7B45">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BEE1980" w14:textId="1DD1E698" w:rsidR="0016082B" w:rsidRPr="00DF7B45" w:rsidRDefault="00DF7B45" w:rsidP="00DF7B45">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF7B45">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+        <w:t>Management to be discussed with ED medical provider; recommend STI diagnostic testing be done, based on presenting signs and symptoms.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="354BC14F" w14:textId="11B7D906" w:rsidR="00DF7B45" w:rsidRPr="00DF7B45" w:rsidRDefault="00DF7B45" w:rsidP="00DF7B45">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1DCD7BB3" w14:textId="77777777" w:rsidR="00DF7B45" w:rsidRPr="00DF7B45" w:rsidRDefault="00DF7B45" w:rsidP="00DF7B45">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF7B45">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lab Testing Recommended: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="676ABC20" w14:textId="6F0F49CE" w:rsidR="00DF7B45" w:rsidRPr="00DF7B45" w:rsidRDefault="00DF7B45" w:rsidP="00DF7B45">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF7B45">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Serology</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="779453DF" w14:textId="0FCBDD9D" w:rsidR="00DF7B45" w:rsidRDefault="00DF7B45" w:rsidP="00DF7B45">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="6"/>
         </w:numPr>
-        <w:tabs>
-[...7 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...168 lines deleted...]
-    <w:p w14:paraId="1FB0DAE3" w14:textId="77777777" w:rsidR="00222401" w:rsidRDefault="00281B3D">
+        <w:t>HIV - a rapid (point-of-care – if available*) or laboratory-based antigen/antibody combination (Ag/Ab) HIV</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10627DC3" w14:textId="72173D37" w:rsidR="00DF7B45" w:rsidRDefault="00DF7B45" w:rsidP="00DF7B45">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="6"/>
         </w:numPr>
-        <w:tabs>
-[...6 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...103 lines deleted...]
-    <w:p w14:paraId="5EC9F986" w14:textId="77777777" w:rsidR="00222401" w:rsidRDefault="00281B3D">
+        <w:t>Hepatitis B virus: HBsAb, HBsAg, and HBcAb</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A23C8A7" w14:textId="77777777" w:rsidR="00DF7B45" w:rsidRDefault="00DF7B45" w:rsidP="00DF7B45">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="6"/>
         </w:numPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1137" w:hanging="357"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Syphilis serology (as per individual hospital protocol)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19D55B1A" w14:textId="2FC2706F" w:rsidR="00DF7B45" w:rsidRDefault="00DF7B45" w:rsidP="00DF7B45">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Hepatitis C antibody (with reflex to HCV NAAT if HCV antibody is positive)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45E03862" w14:textId="1C940B34" w:rsidR="00DF7B45" w:rsidRDefault="00DF7B45" w:rsidP="00DF7B45">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C0445F">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>If nPEP is administered</w:t>
+      </w:r>
+      <w:r>
+        <w:t>: Serum creatinine and ALT/AST</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45BDF68C" w14:textId="77777777" w:rsidR="00DF7B45" w:rsidRPr="00DF7B45" w:rsidRDefault="00DF7B45" w:rsidP="00DF7B45">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BB9F18A" w14:textId="1B5AF84E" w:rsidR="00DF7B45" w:rsidRPr="00C0445F" w:rsidRDefault="00DF7B45" w:rsidP="00DF7B45">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C0445F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Urine Nucleic Acid Amplification Test (NAAT)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10496B38" w14:textId="77777777" w:rsidR="00DF7B45" w:rsidRPr="00C0445F" w:rsidRDefault="00DF7B45" w:rsidP="00DF7B45">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C0445F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+        <w:t>Gonorrhea</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67DAB154" w14:textId="77777777" w:rsidR="00DF7B45" w:rsidRPr="00C0445F" w:rsidRDefault="00DF7B45" w:rsidP="00DF7B45">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C0445F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+        <w:t>Chlamydia</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F2A361F" w14:textId="1B01822A" w:rsidR="00DF7B45" w:rsidRPr="00C0445F" w:rsidRDefault="00DF7B45" w:rsidP="00DF7B45">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C0445F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+        <w:t>Trichomoniasis*</w:t>
+      </w:r>
+      <w:r w:rsidR="00763929">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1317B957" w14:textId="77777777" w:rsidR="00DF7B45" w:rsidRPr="00192702" w:rsidRDefault="00DF7B45" w:rsidP="00DF7B45">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
-        </w:rPr>
-      </w:pPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4CD18BE0" w14:textId="77777777" w:rsidR="00763929" w:rsidRDefault="00763929" w:rsidP="00DF7B45">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00282C90">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>*For persons with long-acting injectable PrEP ARV exposure during the past 6 months, a diagnostic HIV nucleic acid test (NAT) is recommended at the initial medical evaluation, in addition to an Ag/Ab HIV test</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-6"/>
-[...3 lines deleted...]
-      </w:r>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C5EA12F" w14:textId="7C867208" w:rsidR="00DF7B45" w:rsidRPr="00282C90" w:rsidRDefault="00763929" w:rsidP="00DF7B45">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-9"/>
-[...3 lines deleted...]
-      </w:r>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidR="00192702" w:rsidRPr="00282C90">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">*Testing not recommended for patients with a penis. </w:t>
+      </w:r>
+      <w:r w:rsidR="00192702" w:rsidRPr="00282C90">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C79860D" w14:textId="5595ADD4" w:rsidR="00EB33FC" w:rsidRDefault="00EB33FC">
       <w:r>
-        <w:rPr>
-[...2195 lines deleted...]
-        <w:r w:rsidR="00887918" w:rsidRPr="003302CA">
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1951BAFA" w14:textId="77777777" w:rsidR="00192702" w:rsidRPr="00EB33FC" w:rsidRDefault="00192702" w:rsidP="00DF7B45">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E98911D" w14:textId="77777777" w:rsidR="00192702" w:rsidRPr="00EB33FC" w:rsidRDefault="00192702" w:rsidP="00192702">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB33FC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Site-Specific Testing (Oral, Anal, Vaginal):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66E9AAB4" w14:textId="237BED3E" w:rsidR="00192702" w:rsidRPr="00EB33FC" w:rsidRDefault="00192702" w:rsidP="00192702">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB33FC">
+        <w:t>In an effort to eliminate additional trauma to the patient, the MA DPH SANE Program does not routinely recommend site specific testing. If STI symptoms are present, site-specific testing should be considered and determined by the ED medical provider. Additionally due to the clinical alert from the MA DPH Bureau of Infectious Disease and Laboratories from 09/2025 (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="std-clinical-advisories" w:history="1">
+        <w:r w:rsidR="002C16C5" w:rsidRPr="00F14949">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>https://www.mass.gov/lists/std-treatment-guidelines-and-clinical-advisories</w:t>
+          <w:t>https://www.mass.gov/lists/std-treatment-guidelines-and-clinical-advisories#std-clinical-advisories</w:t>
         </w:r>
       </w:hyperlink>
-    </w:p>
-[...10 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidR="002C16C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB33FC">
+        <w:t>) related to gonococcal drug-resistant infections, the ED medical provider should consider site-specific testing and this should include gonococcal culture(s) from genital and extragenital sites, in addition to routine NAAT.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="020025AD" w14:textId="77777777" w:rsidR="00192702" w:rsidRPr="00EB33FC" w:rsidRDefault="00192702" w:rsidP="00192702">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0FB12FDE" w14:textId="77777777" w:rsidR="00472B82" w:rsidRPr="002C16C5" w:rsidRDefault="00472B82" w:rsidP="00472B82">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C16C5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Medication Recommendations for STI Prophylaxis</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B86098E" w14:textId="77777777" w:rsidR="00472B82" w:rsidRDefault="00472B82" w:rsidP="00472B82">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB33FC">
+        <w:t>The SANE should ensure that the patient has been educated about STIs and prophylaxis, assessed for any allergies and has been advised of the signs and symptoms of medication side effects. The SANE should collaborate with the ED medical provider and make recommendations for STI testing and STI prophylaxis based on the patient’s assault and the associated risk factors of the assault. The SANE should communicate their recommendations to the provider. The ED medical provider is responsible for ordering medication(s) and the patient’s primary nurse is responsible for obtaining and administering the medication(s) in a timely manner. The ED staff is responsible for providing follow-up medical referrals.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="092B906A" w14:textId="77777777" w:rsidR="00EB33FC" w:rsidRPr="00EB33FC" w:rsidRDefault="00EB33FC" w:rsidP="00472B82">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7CC269A6" w14:textId="19C4DED2" w:rsidR="00192702" w:rsidRDefault="00472B82" w:rsidP="00472B82">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB33FC">
+        <w:t>This document is intended to serve as a recommendation and is not intended to be a comprehensive list of all effective treatment regimens. These medications may not be appropriate for all patients and the choice of medications may differ depending on the patient’s needs and the most updated CDC guidelines. This information does not replace, and is not intended to replace, the full description of these medications. Consult with</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB33FC" w:rsidRPr="00EB33FC">
+        <w:t xml:space="preserve"> the Emergency Department medical provider about indications and contraindications of these medications.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01C068FF" w14:textId="77777777" w:rsidR="00EB33FC" w:rsidRDefault="00EB33FC" w:rsidP="00472B82">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="10790"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00EB33FC" w14:paraId="548995B5" w14:textId="77777777" w:rsidTr="000E0C69">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10790" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A4D53B4" w14:textId="77777777" w:rsidR="00FD2704" w:rsidRPr="000E0C69" w:rsidRDefault="00FD2704" w:rsidP="003921A8">
+            <w:pPr>
+              <w:spacing w:before="100"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E0C69">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MDPH SANE Protocol for Gonorrhea, Chlamydia, and Trichomonas Prophylaxis*</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7390E911" w14:textId="2AA266AD" w:rsidR="00FD2704" w:rsidRPr="000E0C69" w:rsidRDefault="00FD2704" w:rsidP="00FD2704">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="194A38B9" w14:textId="77777777" w:rsidR="00FD2704" w:rsidRPr="000E0C69" w:rsidRDefault="00FD2704" w:rsidP="00195A69">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E0C69">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ceftriaxone 500 mg IM x 1 dose (1g for patients &gt; 150kg)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6AE05830" w14:textId="3944D6A3" w:rsidR="00FD2704" w:rsidRPr="000E0C69" w:rsidRDefault="00FD2704" w:rsidP="00195A69">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E0C69">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Doxycycline 100 mg orally twice a day for 7 days</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21436855" w14:textId="77777777" w:rsidR="00FD2704" w:rsidRPr="000E0C69" w:rsidRDefault="00FD2704" w:rsidP="00195A69">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E0C69">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Metronidazole 500 mg orally twice a day for 7 days**</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70BA04B2" w14:textId="77777777" w:rsidR="00195A69" w:rsidRPr="000E0C69" w:rsidRDefault="00195A69" w:rsidP="00FD2704">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="32063BE1" w14:textId="77777777" w:rsidR="00FD2704" w:rsidRPr="000E0C69" w:rsidRDefault="00FD2704" w:rsidP="003921A8">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E0C69">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(Consider using lidocaine as a diluent for ceftriaxone for patient comfort. Consider administration of anti-emetic 30 minutes before administration of STI prophylaxis medications. See below for additional medication information)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="389861D9" w14:textId="77777777" w:rsidR="00195A69" w:rsidRPr="000E0C69" w:rsidRDefault="00195A69" w:rsidP="00FD2704">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3433E6A7" w14:textId="77777777" w:rsidR="00FD2704" w:rsidRPr="000E0C69" w:rsidRDefault="00FD2704" w:rsidP="00FD2704">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E0C69">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Depending on the patient circumstances, prophylaxis may also include</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46246C2F" w14:textId="48EEA590" w:rsidR="00FD2704" w:rsidRPr="000E0C69" w:rsidRDefault="00FD2704" w:rsidP="00FD2704">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7E5726E7" w14:textId="77777777" w:rsidR="00FD2704" w:rsidRPr="000E0C69" w:rsidRDefault="00FD2704" w:rsidP="003921A8">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="9"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E0C69">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>HIV Prophylaxis</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72213E00" w14:textId="77777777" w:rsidR="00FD2704" w:rsidRPr="000E0C69" w:rsidRDefault="00FD2704" w:rsidP="003921A8">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="9"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E0C69">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Human Papilloma virus (HPV) vaccine</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44C754FC" w14:textId="77777777" w:rsidR="00FD2704" w:rsidRPr="000E0C69" w:rsidRDefault="00FD2704" w:rsidP="003921A8">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="9"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E0C69">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Hepatitis B vaccine</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62D70B11" w14:textId="77777777" w:rsidR="003921A8" w:rsidRPr="000E0C69" w:rsidRDefault="003921A8" w:rsidP="00FD2704">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2E141853" w14:textId="77777777" w:rsidR="00FD2704" w:rsidRPr="00D763C6" w:rsidRDefault="00FD2704" w:rsidP="00FD2704">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D763C6">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>*These regimens are standard choices but do not take into considerations allergies, pregnancy status or ages other than adolescents/adults.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03FB2365" w14:textId="53F5E2AC" w:rsidR="00EB33FC" w:rsidRDefault="00FD2704" w:rsidP="003921A8">
+            <w:pPr>
+              <w:spacing w:after="100"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00D763C6">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>**Recommended for patients with a vagina only.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0E7C675A" w14:textId="77777777" w:rsidR="00EB33FC" w:rsidRPr="000E0C69" w:rsidRDefault="00EB33FC" w:rsidP="00472B82">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74E70C75" w14:textId="77777777" w:rsidR="000E0C69" w:rsidRPr="000E0C69" w:rsidRDefault="000E0C69" w:rsidP="000E0C69">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000E0C69">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Antiemetic Medication </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FD3CAC1" w14:textId="5ED5C99E" w:rsidR="00192702" w:rsidRPr="000E0C69" w:rsidRDefault="000E0C69" w:rsidP="000E0C69">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000E0C69">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+        <w:t>The combined administration of multiple STI medications may cause patients to become nauseous. The SANE and the Primary Nurse should consider the need for an antiemetic, to be provided 30 minutes prior to 1st medication administration, to minimize nausea and the risk of vomiting.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F151E60" w14:textId="7A8DD600" w:rsidR="00DF7B45" w:rsidRDefault="00192702" w:rsidP="00EB33FC">
       <w:r>
-        <w:t>For patients who are treated during their initial visit, regardless of whether testing was performed, post</w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FCE4BFC" w14:textId="03E16FD5" w:rsidR="000E0C69" w:rsidRPr="00F16525" w:rsidRDefault="00FB15E5" w:rsidP="00FB15E5">
+      <w:pPr>
+        <w:spacing w:before="200" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">  </w:t>
-[...14 lines deleted...]
-          <w:sz w:val="2"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00F16525" w:rsidRPr="00F16525">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Additional Medication Prophylaxis Information</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AD5B331" w14:textId="77777777" w:rsidR="00F16525" w:rsidRPr="007B556D" w:rsidRDefault="00F16525" w:rsidP="00F16525">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A4869BE" w14:textId="4937A300" w:rsidR="00F16525" w:rsidRPr="00972B8A" w:rsidRDefault="00061440" w:rsidP="00F16525">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00972B8A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Gonorrhea Prophylaxis</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2335"/>
+        <w:gridCol w:w="8455"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E133AC" w:rsidRPr="00972B8A" w14:paraId="1803FA69" w14:textId="77777777" w:rsidTr="007474A0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="547ABE2E" w14:textId="11DACA4A" w:rsidR="00E133AC" w:rsidRPr="00972B8A" w:rsidRDefault="00E133AC" w:rsidP="00F16525">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972B8A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Medications:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="03DEDE54" w14:textId="2A4B8CD3" w:rsidR="00E133AC" w:rsidRPr="00972B8A" w:rsidRDefault="001F2A1C" w:rsidP="00F16525">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972B8A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ceftriaxone</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E133AC" w:rsidRPr="00972B8A" w14:paraId="2C8C1D1E" w14:textId="77777777" w:rsidTr="007474A0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="256C4293" w14:textId="648E789A" w:rsidR="00E133AC" w:rsidRPr="00972B8A" w:rsidRDefault="00E133AC" w:rsidP="00F16525">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972B8A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Dosage:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4542BE52" w14:textId="1BFD8422" w:rsidR="00E133AC" w:rsidRPr="00972B8A" w:rsidRDefault="001F2A1C" w:rsidP="00F16525">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972B8A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>500 mg IM, single dose (1g for patients ≥ 150kg)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E133AC" w:rsidRPr="00972B8A" w14:paraId="4B193FB8" w14:textId="77777777" w:rsidTr="007474A0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7055C140" w14:textId="59A24B63" w:rsidR="00E133AC" w:rsidRPr="00972B8A" w:rsidRDefault="00E133AC" w:rsidP="00F16525">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972B8A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Indicated for Rx of</w:t>
+            </w:r>
+            <w:r w:rsidR="001F2A1C" w:rsidRPr="00972B8A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="24E39D60" w14:textId="3A0D137E" w:rsidR="00E133AC" w:rsidRPr="00972B8A" w:rsidRDefault="001F2A1C" w:rsidP="00F16525">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972B8A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Uncomplicated gonococcal infections at all sites (genital, anal, and pharyngeal)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E133AC" w:rsidRPr="00972B8A" w14:paraId="3750171C" w14:textId="77777777" w:rsidTr="007474A0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4F79E9E4" w14:textId="4232ED15" w:rsidR="00E133AC" w:rsidRPr="00972B8A" w:rsidRDefault="00E133AC" w:rsidP="00F16525">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972B8A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Safe for</w:t>
+            </w:r>
+            <w:r w:rsidR="001F2A1C" w:rsidRPr="00972B8A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="130EBC07" w14:textId="5D3F2E5B" w:rsidR="00E133AC" w:rsidRPr="00972B8A" w:rsidRDefault="001F2A1C" w:rsidP="00F16525">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972B8A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Adults, pregnant persons, and adolescents</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E133AC" w:rsidRPr="00972B8A" w14:paraId="64FCD58A" w14:textId="77777777" w:rsidTr="007474A0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4474D011" w14:textId="47507D65" w:rsidR="00E133AC" w:rsidRPr="00972B8A" w:rsidRDefault="00E133AC" w:rsidP="00F16525">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972B8A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Contraindications:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="505EEED2" w14:textId="6E4445EC" w:rsidR="00E133AC" w:rsidRPr="00972B8A" w:rsidRDefault="001F2A1C" w:rsidP="00F16525">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972B8A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Allergy to cephalosporins</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F2A1C" w:rsidRPr="00972B8A" w14:paraId="54D24696" w14:textId="77777777" w:rsidTr="007474A0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="663774A6" w14:textId="682E7744" w:rsidR="001F2A1C" w:rsidRPr="00972B8A" w:rsidRDefault="001F2A1C" w:rsidP="00F16525">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972B8A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Notes:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="78830135" w14:textId="35517A82" w:rsidR="001F2A1C" w:rsidRPr="00972B8A" w:rsidRDefault="001F2A1C" w:rsidP="00F16525">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972B8A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Consider using lidocaine as a diluent for ceftriaxone for patient comfort</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="75B19061" w14:textId="77777777" w:rsidR="00E133AC" w:rsidRPr="007B556D" w:rsidRDefault="00E133AC" w:rsidP="00F16525">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B265FE3" w14:textId="557A7465" w:rsidR="009E259A" w:rsidRPr="00972B8A" w:rsidRDefault="00B800C1" w:rsidP="009E259A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00972B8A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Chlamydia</w:t>
+      </w:r>
+      <w:r w:rsidR="009E259A" w:rsidRPr="00972B8A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Prophylaxis</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2335"/>
+        <w:gridCol w:w="8455"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="009E259A" w:rsidRPr="00972B8A" w14:paraId="554F85C4" w14:textId="77777777" w:rsidTr="00C110E7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5A39365E" w14:textId="77777777" w:rsidR="009E259A" w:rsidRPr="00972B8A" w:rsidRDefault="009E259A" w:rsidP="004C7DF3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972B8A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Medications:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5FE7A91C" w14:textId="414C3258" w:rsidR="009E259A" w:rsidRPr="00972B8A" w:rsidRDefault="00C110E7" w:rsidP="004C7DF3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972B8A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Doxycycline</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E259A" w:rsidRPr="00972B8A" w14:paraId="6C1090D3" w14:textId="77777777" w:rsidTr="00C110E7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="66CB8DF0" w14:textId="77777777" w:rsidR="009E259A" w:rsidRPr="00972B8A" w:rsidRDefault="009E259A" w:rsidP="004C7DF3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972B8A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Dosage:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2A1112F2" w14:textId="6C289DFC" w:rsidR="009E259A" w:rsidRPr="00972B8A" w:rsidRDefault="00C110E7" w:rsidP="004C7DF3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972B8A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>100 mg orally twice a day for 7 days</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E259A" w:rsidRPr="00972B8A" w14:paraId="546A6C52" w14:textId="77777777" w:rsidTr="00C110E7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5290D05C" w14:textId="77777777" w:rsidR="009E259A" w:rsidRPr="00972B8A" w:rsidRDefault="009E259A" w:rsidP="004C7DF3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972B8A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Indicated for Rx of:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="18962DDE" w14:textId="75D21DA6" w:rsidR="009E259A" w:rsidRPr="00972B8A" w:rsidRDefault="00DA751A" w:rsidP="004C7DF3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972B8A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Chlamydial infection at all sites</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E259A" w:rsidRPr="00972B8A" w14:paraId="16378AD5" w14:textId="77777777" w:rsidTr="00C110E7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="11CA7B5B" w14:textId="77777777" w:rsidR="009E259A" w:rsidRPr="00972B8A" w:rsidRDefault="009E259A" w:rsidP="004C7DF3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972B8A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Safe for:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1FEB0550" w14:textId="4EFCFCA1" w:rsidR="009E259A" w:rsidRPr="00972B8A" w:rsidRDefault="00DA751A" w:rsidP="004C7DF3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972B8A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Adults and adolescents</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E259A" w:rsidRPr="00972B8A" w14:paraId="782B6C83" w14:textId="77777777" w:rsidTr="00C110E7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6BD5CCC4" w14:textId="77777777" w:rsidR="009E259A" w:rsidRPr="00972B8A" w:rsidRDefault="009E259A" w:rsidP="004C7DF3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972B8A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Contraindications:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="041D6EAC" w14:textId="61071FF7" w:rsidR="009E259A" w:rsidRPr="00972B8A" w:rsidRDefault="00972B8A" w:rsidP="004C7DF3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972B8A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Allergy to tetracyclines; pregnancy, chest/breastfeeding</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E259A" w:rsidRPr="00972B8A" w14:paraId="568A3214" w14:textId="77777777" w:rsidTr="00C110E7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="34EEC7FD" w14:textId="77777777" w:rsidR="009E259A" w:rsidRPr="00972B8A" w:rsidRDefault="009E259A" w:rsidP="004C7DF3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972B8A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Notes:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="477B0C0D" w14:textId="5F77F443" w:rsidR="009E259A" w:rsidRPr="00972B8A" w:rsidRDefault="00972B8A" w:rsidP="004C7DF3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972B8A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Azithromycin, single dose 1 g orally should be used in pregnant patients and may be considered in patients in whom nonadherence to doxycycline regimen is a substantial concern. Azithromycin is significantly less effective in patients with possible oral or rectal infection. Chlamydia is detected at the anorectal site among 33%–83% of women who had urogenital chlamydia infection, and its detection was not associated with report of receptive anorectal sexual activity.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7B176B3E" w14:textId="77777777" w:rsidR="00E133AC" w:rsidRPr="007B556D" w:rsidRDefault="00E133AC" w:rsidP="00F16525">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40D4FC5A" w14:textId="632520E2" w:rsidR="00972B8A" w:rsidRPr="00972B8A" w:rsidRDefault="00E17267" w:rsidP="00972B8A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Trichomoniasis Prophylaxis (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Recommended for patients with a vagina only)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2335"/>
+        <w:gridCol w:w="8455"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00972B8A" w:rsidRPr="00972B8A" w14:paraId="72D02342" w14:textId="77777777" w:rsidTr="004C7DF3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="45E1D652" w14:textId="77777777" w:rsidR="00972B8A" w:rsidRPr="00AD6F66" w:rsidRDefault="00972B8A" w:rsidP="004C7DF3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6F66">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Medications:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="03E7E887" w14:textId="659BCDC5" w:rsidR="00972B8A" w:rsidRPr="00AD6F66" w:rsidRDefault="00E17267" w:rsidP="004C7DF3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6F66">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Metronidazole</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972B8A" w:rsidRPr="00972B8A" w14:paraId="1ADB8FF6" w14:textId="77777777" w:rsidTr="004C7DF3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="35E59F3A" w14:textId="77777777" w:rsidR="00972B8A" w:rsidRPr="00AD6F66" w:rsidRDefault="00972B8A" w:rsidP="004C7DF3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6F66">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Dosage:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="451A3E79" w14:textId="63DA073E" w:rsidR="00972B8A" w:rsidRPr="00AD6F66" w:rsidRDefault="00933AE9" w:rsidP="004C7DF3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6F66">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>500 mg orally twice a day for 7 days</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972B8A" w:rsidRPr="00972B8A" w14:paraId="54595B0E" w14:textId="77777777" w:rsidTr="004C7DF3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="742E8856" w14:textId="77777777" w:rsidR="00972B8A" w:rsidRPr="00AD6F66" w:rsidRDefault="00972B8A" w:rsidP="004C7DF3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6F66">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Indicated for Rx of:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="38313F62" w14:textId="3F807A28" w:rsidR="00972B8A" w:rsidRPr="00AD6F66" w:rsidRDefault="004837D7" w:rsidP="004C7DF3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6F66">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Trichomoniasis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972B8A" w:rsidRPr="00972B8A" w14:paraId="089EF2C5" w14:textId="77777777" w:rsidTr="004C7DF3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="03071ABB" w14:textId="77777777" w:rsidR="00972B8A" w:rsidRPr="00AD6F66" w:rsidRDefault="00972B8A" w:rsidP="004C7DF3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6F66">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Safe for:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="429927F6" w14:textId="2AD55B6B" w:rsidR="00972B8A" w:rsidRPr="00AD6F66" w:rsidRDefault="004837D7" w:rsidP="004C7DF3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6F66">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Adults, pregnant persons, and adolescents</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972B8A" w:rsidRPr="00972B8A" w14:paraId="270247E2" w14:textId="77777777" w:rsidTr="004C7DF3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="54D43759" w14:textId="77777777" w:rsidR="00972B8A" w:rsidRPr="00AD6F66" w:rsidRDefault="00972B8A" w:rsidP="004C7DF3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6F66">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Contraindications:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6C5C2B9E" w14:textId="17D755F6" w:rsidR="00972B8A" w:rsidRPr="00AD6F66" w:rsidRDefault="00DB4146" w:rsidP="004C7DF3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6F66">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Allergy to metronidazole</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972B8A" w:rsidRPr="00972B8A" w14:paraId="70374DD5" w14:textId="77777777" w:rsidTr="004C7DF3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1D8C69C4" w14:textId="77777777" w:rsidR="00972B8A" w:rsidRPr="00AD6F66" w:rsidRDefault="00972B8A" w:rsidP="004C7DF3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6F66">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Notes:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2EC254AD" w14:textId="49E986AF" w:rsidR="00972B8A" w:rsidRPr="00AD6F66" w:rsidRDefault="00DB4146" w:rsidP="004C7DF3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6F66">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Per 2021 CDC guidelines refraining from alcohol use while taking metronidazole is</w:t>
+            </w:r>
+            <w:r w:rsidR="00B6141D" w:rsidRPr="00AD6F66">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> unnecessary.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0524AB5D" w14:textId="77777777" w:rsidR="00F16525" w:rsidRPr="007B556D" w:rsidRDefault="00F16525" w:rsidP="00F16525">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53A45F62" w14:textId="1094860F" w:rsidR="00F315A6" w:rsidRPr="00972B8A" w:rsidRDefault="009B29F4" w:rsidP="00F315A6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk216431204"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hepatitis B Prophylaxis </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(for patients aged 11-19 years)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2335"/>
+        <w:gridCol w:w="8455"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00F315A6" w:rsidRPr="00972B8A" w14:paraId="7C97D255" w14:textId="77777777" w:rsidTr="004C7DF3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="63EC18F4" w14:textId="77777777" w:rsidR="00F315A6" w:rsidRPr="00AD6F66" w:rsidRDefault="00F315A6" w:rsidP="004C7DF3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6F66">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Medications:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7386271F" w14:textId="203AD5A1" w:rsidR="00F315A6" w:rsidRPr="00AD6F66" w:rsidRDefault="000364AF" w:rsidP="004C7DF3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6F66">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Hepatitis B Vaccine (or HBIG if indicated)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F315A6" w:rsidRPr="00972B8A" w14:paraId="5D81AF18" w14:textId="77777777" w:rsidTr="004C7DF3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7380D2F7" w14:textId="77777777" w:rsidR="00F315A6" w:rsidRPr="00AD6F66" w:rsidRDefault="00F315A6" w:rsidP="004C7DF3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6F66">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Indicated for Rx of:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="302A300A" w14:textId="66D72AA4" w:rsidR="00F315A6" w:rsidRPr="00AD6F66" w:rsidRDefault="00601DCD" w:rsidP="004C7DF3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6F66">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Hepatitis B prophylaxis after potential exposure d/t sexual assault</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F315A6" w:rsidRPr="00972B8A" w14:paraId="40E96B97" w14:textId="77777777" w:rsidTr="004C7DF3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="53272627" w14:textId="77777777" w:rsidR="00F315A6" w:rsidRPr="00AD6F66" w:rsidRDefault="00F315A6" w:rsidP="004C7DF3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6F66">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Safe for:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1FEF785E" w14:textId="3DA8EE14" w:rsidR="00F315A6" w:rsidRPr="00AD6F66" w:rsidRDefault="003E7066" w:rsidP="004C7DF3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6F66">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Adults, pregnant persons, and adolescents</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F315A6" w:rsidRPr="00972B8A" w14:paraId="1C86CEB2" w14:textId="77777777" w:rsidTr="004C7DF3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="55D15798" w14:textId="77777777" w:rsidR="00F315A6" w:rsidRPr="00AD6F66" w:rsidRDefault="00F315A6" w:rsidP="004C7DF3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6F66">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Contraindications:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5B1A56F5" w14:textId="38E272BD" w:rsidR="00F315A6" w:rsidRPr="00AD6F66" w:rsidRDefault="003E7066" w:rsidP="004C7DF3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6F66">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Allergy to yeast (very rare)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F315A6" w:rsidRPr="00972B8A" w14:paraId="4BD7657D" w14:textId="77777777" w:rsidTr="004C7DF3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7AB44665" w14:textId="77777777" w:rsidR="00F315A6" w:rsidRPr="00AD6F66" w:rsidRDefault="00F315A6" w:rsidP="004C7DF3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6F66">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Notes:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="70FD98AF" w14:textId="587188D0" w:rsidR="00F315A6" w:rsidRPr="00AD6F66" w:rsidRDefault="007668B1" w:rsidP="004C7DF3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6F66">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Administer if hepatitis status of assailant is unknown and patient has NOT been previously vaccinated; patients should be informed of the need for follow-up for completion of the vaccination series for Hepatitis B immunization.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkEnd w:id="0"/>
+    </w:tbl>
+    <w:p w14:paraId="215D4640" w14:textId="77777777" w:rsidR="00F315A6" w:rsidRPr="007B556D" w:rsidRDefault="00F315A6" w:rsidP="00F315A6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="760DF768" w14:textId="26ABF4F6" w:rsidR="007668B1" w:rsidRPr="00972B8A" w:rsidRDefault="00FB15E5" w:rsidP="007668B1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Human Papillomavirus (HPV) Prophylaxis </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(for patients aged 9-45 years</w:t>
+      </w:r>
+      <w:r w:rsidR="007668B1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2335"/>
+        <w:gridCol w:w="8455"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="007668B1" w:rsidRPr="00972B8A" w14:paraId="551DCF06" w14:textId="77777777" w:rsidTr="004C7DF3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="10D95A34" w14:textId="77777777" w:rsidR="007668B1" w:rsidRPr="00AD6F66" w:rsidRDefault="007668B1" w:rsidP="004C7DF3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6F66">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Medications:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7D663575" w14:textId="7E2B892A" w:rsidR="007668B1" w:rsidRPr="00AD6F66" w:rsidRDefault="004348E5" w:rsidP="004C7DF3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6F66">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>HPV vaccine</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007668B1" w:rsidRPr="00972B8A" w14:paraId="483DA676" w14:textId="77777777" w:rsidTr="004C7DF3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="739C0D64" w14:textId="3BDC7192" w:rsidR="007668B1" w:rsidRPr="00AD6F66" w:rsidRDefault="007668B1" w:rsidP="004C7DF3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6F66">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Dosage</w:t>
+            </w:r>
+            <w:r w:rsidR="00C65F4B" w:rsidRPr="00AD6F66">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (ages 9-14): </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6F66">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="44BAAAF7" w14:textId="7395D389" w:rsidR="007668B1" w:rsidRPr="00AD6F66" w:rsidRDefault="00CC1C0B" w:rsidP="004C7DF3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6F66">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Single dose 0.5ml IM in ER; 2 dose series, subsequent dosing per follow-up provider</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00070170" w:rsidRPr="00972B8A" w14:paraId="26329173" w14:textId="77777777" w:rsidTr="004C7DF3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3B479259" w14:textId="0F9603CB" w:rsidR="00070170" w:rsidRPr="00AD6F66" w:rsidRDefault="00070170" w:rsidP="004C7DF3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6F66">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Dosage</w:t>
+            </w:r>
+            <w:r w:rsidR="00C65F4B" w:rsidRPr="00AD6F66">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (ages 15-45):  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="43C636D6" w14:textId="4861B361" w:rsidR="00070170" w:rsidRPr="00AD6F66" w:rsidRDefault="00CC1C0B" w:rsidP="004C7DF3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6F66">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Single dose 0.5ml IM in ER; 3 dose series, subsequent dosing per follow-up provider</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007668B1" w:rsidRPr="00972B8A" w14:paraId="70CE3C1B" w14:textId="77777777" w:rsidTr="004C7DF3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0027E9D1" w14:textId="77777777" w:rsidR="007668B1" w:rsidRPr="00AD6F66" w:rsidRDefault="007668B1" w:rsidP="004C7DF3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6F66">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Indicated for Rx of:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1641AE73" w14:textId="3727BE94" w:rsidR="007668B1" w:rsidRPr="00AD6F66" w:rsidRDefault="00DD5EC3" w:rsidP="004C7DF3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6F66">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>HPV prophylaxis after potential exposure d/t sexual assault</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007668B1" w:rsidRPr="00972B8A" w14:paraId="5F0BD437" w14:textId="77777777" w:rsidTr="004C7DF3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="32E4C736" w14:textId="77777777" w:rsidR="007668B1" w:rsidRPr="00AD6F66" w:rsidRDefault="007668B1" w:rsidP="004C7DF3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6F66">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Safe for:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0DBB21C9" w14:textId="6732EB8B" w:rsidR="007668B1" w:rsidRPr="00AD6F66" w:rsidRDefault="00DD5EC3" w:rsidP="004C7DF3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6F66">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Adults and adolescents</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007668B1" w:rsidRPr="00972B8A" w14:paraId="34F83DDB" w14:textId="77777777" w:rsidTr="004C7DF3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="63D924A9" w14:textId="77777777" w:rsidR="007668B1" w:rsidRPr="00AD6F66" w:rsidRDefault="007668B1" w:rsidP="004C7DF3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6F66">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Contraindications:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1C6049B4" w14:textId="69537A2F" w:rsidR="007668B1" w:rsidRPr="00AD6F66" w:rsidRDefault="00DD5EC3" w:rsidP="004C7DF3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6F66">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Hypersensitivity to vaccine, pregnancy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007668B1" w:rsidRPr="00972B8A" w14:paraId="57A7C561" w14:textId="77777777" w:rsidTr="004C7DF3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3269CEA1" w14:textId="77777777" w:rsidR="007668B1" w:rsidRPr="00AD6F66" w:rsidRDefault="007668B1" w:rsidP="004C7DF3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6F66">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Notes:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2028C8B0" w14:textId="1F3CED90" w:rsidR="007668B1" w:rsidRPr="00AD6F66" w:rsidRDefault="0047026C" w:rsidP="004C7DF3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6F66">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Administer if patient has NOT been vaccinated or is incompletely vaccinated</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="153039D5" w14:textId="77777777" w:rsidR="0047026C" w:rsidRDefault="0047026C" w:rsidP="00F16525">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="156BDD95" w14:textId="19ACCC8F" w:rsidR="00972B8A" w:rsidRDefault="007A1685" w:rsidP="00F16525">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For full STI treatment guidelines please see link: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>https://www.cdc.gov/std/treatment-guidelines/STI-Guidelines-2021.pdf</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="016AB45B" w14:textId="76275679" w:rsidR="0047026C" w:rsidRDefault="0047026C">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E2D65B4" w14:textId="77777777" w:rsidR="00972B8A" w:rsidRDefault="00972B8A" w:rsidP="00F16525">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="10790"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0047026C" w14:paraId="695865CC" w14:textId="77777777" w:rsidTr="003A4EF5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10790" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E84B401" w14:textId="77777777" w:rsidR="0047026C" w:rsidRPr="00F42053" w:rsidRDefault="0047026C" w:rsidP="00F42053">
+            <w:pPr>
+              <w:spacing w:before="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F42053">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Patient Education</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48EB64AA" w14:textId="77777777" w:rsidR="0047026C" w:rsidRDefault="0047026C" w:rsidP="00F16525">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1FAA9421" w14:textId="77777777" w:rsidR="00F42053" w:rsidRPr="00FD349B" w:rsidRDefault="00F42053" w:rsidP="00FD349B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="11"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD349B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">In collaboration with ED medical provider, inform patient about estimated risk for acquiring HIV from an infected source (See Table 2 below). </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6120099D" w14:textId="77777777" w:rsidR="00FD349B" w:rsidRPr="00F42053" w:rsidRDefault="00FD349B" w:rsidP="00F42053">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="11"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6E017201" w14:textId="7C199549" w:rsidR="00F42053" w:rsidRPr="00FD349B" w:rsidRDefault="00F42053" w:rsidP="00FD349B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="11"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD349B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Provide patient with information so that they may make an informed choice about HIV testing and prophylaxis in the ED. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7DE72EBE" w14:textId="77777777" w:rsidR="00FD349B" w:rsidRPr="00F42053" w:rsidRDefault="00FD349B" w:rsidP="00F42053">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="11"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="550EDD23" w14:textId="77777777" w:rsidR="00FD349B" w:rsidRPr="00FD349B" w:rsidRDefault="00F42053" w:rsidP="00FD349B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="37"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD349B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Explain that the seroconversion period (the time it takes a person to develop HIV antibodies that may show up on an HIV test after exposure to HIV) varies from person to person: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C8FE74E" w14:textId="77777777" w:rsidR="00FD349B" w:rsidRDefault="00FD349B" w:rsidP="00FD349B">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="3"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="37"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="487F7D29" w14:textId="65E87EC9" w:rsidR="00F42053" w:rsidRPr="00C73E96" w:rsidRDefault="00F42053" w:rsidP="00C73E96">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="21"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="37"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C73E96">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Some people seroconvert as early as one to three weeks after exposure, with greater than 80% of the infected individuals testing positive for HIV antibodies by six weeks. </w:t>
+            </w:r>
+            <w:r w:rsidR="00FD349B" w:rsidRPr="00C73E96">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F513482" w14:textId="09A6B2C9" w:rsidR="0047026C" w:rsidRPr="00C73E96" w:rsidRDefault="00F42053" w:rsidP="00C73E96">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="21"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="100"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C73E96">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">It could take as long as 3 months for seroconversion to occur in some people. Therefore, patients should be informed that the results of HIV testing in the ED indicate the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E2E11">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>baseline</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C73E96">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C73E96">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">status of HIV infection, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E2E11">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>not</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C73E96">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C73E96">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the HIV status resulting from the sexual assault. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3367CDD9" w14:textId="77777777" w:rsidR="0047026C" w:rsidRDefault="0047026C" w:rsidP="00F16525">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="247AE0AE" w14:textId="04A7E650" w:rsidR="0047026C" w:rsidRPr="00F6466A" w:rsidRDefault="003F71D4" w:rsidP="003F71D4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+        <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F6466A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>HUMAN IMMUNODEFICIENCY VIRUS (HIV)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A158A96" w14:textId="77777777" w:rsidR="0047026C" w:rsidRPr="00F6466A" w:rsidRDefault="0047026C" w:rsidP="00F16525">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2CE1F02C" w14:textId="76204E25" w:rsidR="0047026C" w:rsidRDefault="00F6466A" w:rsidP="00F16525">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sexual assault patients often have concern about their risk of contracting HIV from the assault. SANEs/clinicians should provide patients with information to help them make informed choices regarding HIV prophylaxis and testing. All patients presenting within 72 hours (3 days) following a sexual assault should be offered </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">prompt </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>HIV/STI testing and prophylaxis.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17614529" w14:textId="77777777" w:rsidR="00F6466A" w:rsidRDefault="00F6466A" w:rsidP="00F16525">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0631AC04" w14:textId="2712A130" w:rsidR="00CC6788" w:rsidRPr="00CC6788" w:rsidRDefault="00CC6788" w:rsidP="00F16525">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC6788">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Risk of Seroconversion</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4551C3BF" w14:textId="77777777" w:rsidR="00CC6788" w:rsidRDefault="00CC6788" w:rsidP="00F16525">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="278DE703" w14:textId="5D6187BA" w:rsidR="00CC6788" w:rsidRPr="001525A6" w:rsidRDefault="00CC6788" w:rsidP="00F16525">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001525A6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>TABLE 2. Estimated per-act probability of acquiring HIV from an infected source, by exposure act.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1410EE7A" w14:textId="77777777" w:rsidR="00CC6788" w:rsidRDefault="00CC6788" w:rsidP="00F16525">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5395"/>
+        <w:gridCol w:w="5395"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="007216DC" w14:paraId="4C21BA0D" w14:textId="77777777" w:rsidTr="00DE0762">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E32AFEF" w14:textId="5B6F6642" w:rsidR="007216DC" w:rsidRPr="003C7721" w:rsidRDefault="005C08DA" w:rsidP="00F16525">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C7721">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Type of exposure</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="79945F87" w14:textId="46BA1272" w:rsidR="007216DC" w:rsidRPr="003C7721" w:rsidRDefault="005C08DA" w:rsidP="00F16525">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C7721">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Risk for HIV acquisition (per 10,000 exposures)*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005C08DA" w14:paraId="0D6ADD75" w14:textId="77777777" w:rsidTr="00DE0762">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="64E9E0D0" w14:textId="353960E0" w:rsidR="005C08DA" w:rsidRPr="003C7721" w:rsidRDefault="003C7721" w:rsidP="00F16525">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C7721">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Sexual</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7B6283E5" w14:textId="77777777" w:rsidR="005C08DA" w:rsidRPr="003C7721" w:rsidRDefault="005C08DA" w:rsidP="00F16525">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003C7721" w14:paraId="2E1B95C2" w14:textId="77777777" w:rsidTr="007216DC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="677F49FB" w14:textId="156E4F65" w:rsidR="003C7721" w:rsidRPr="00D93F8C" w:rsidRDefault="00DE0762" w:rsidP="00F16525">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D93F8C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Receptive anal intercourse</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19460431" w14:textId="7B7743DD" w:rsidR="003C7721" w:rsidRPr="00D93F8C" w:rsidRDefault="00D93F8C" w:rsidP="00F16525">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D93F8C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>138</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D93F8C" w14:paraId="4E530E9F" w14:textId="77777777" w:rsidTr="007216DC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B777245" w14:textId="350D3C38" w:rsidR="00D93F8C" w:rsidRPr="00D93F8C" w:rsidRDefault="00D93F8C" w:rsidP="00F16525">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D93F8C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Insertive anal intercourse</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="70678480" w14:textId="7586B4C5" w:rsidR="00D93F8C" w:rsidRPr="00D93F8C" w:rsidRDefault="00A34166" w:rsidP="00F16525">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A34166">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D93F8C" w14:paraId="73BA1216" w14:textId="77777777" w:rsidTr="007216DC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55A7FCAA" w14:textId="02F88D23" w:rsidR="00D93F8C" w:rsidRPr="00D93F8C" w:rsidRDefault="000F39BD" w:rsidP="00F16525">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F39BD">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Receptive penile-vaginal intercourse</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2894E8F7" w14:textId="07A448F3" w:rsidR="00D93F8C" w:rsidRPr="00D93F8C" w:rsidRDefault="00A34166" w:rsidP="00F16525">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A34166">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D93F8C" w14:paraId="4E40B8E7" w14:textId="77777777" w:rsidTr="007216DC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C045278" w14:textId="39F93A4E" w:rsidR="00D93F8C" w:rsidRPr="00D93F8C" w:rsidRDefault="000F39BD" w:rsidP="00F16525">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F39BD">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Insertive penile-vaginal intercourse</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CDCD0BD" w14:textId="515B7CA8" w:rsidR="00D93F8C" w:rsidRPr="00D93F8C" w:rsidRDefault="00F07E1E" w:rsidP="00F16525">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F07E1E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D93F8C" w14:paraId="658BEBFE" w14:textId="77777777" w:rsidTr="007216DC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FE5E05E" w14:textId="7450D330" w:rsidR="00D93F8C" w:rsidRPr="00D93F8C" w:rsidRDefault="000F39BD" w:rsidP="00F16525">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F39BD">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Receptive oral intercourse</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20DD517D" w14:textId="11BB2314" w:rsidR="00D93F8C" w:rsidRPr="00D93F8C" w:rsidRDefault="00F07E1E" w:rsidP="00F16525">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F07E1E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Low§</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D93F8C" w14:paraId="7A804AE9" w14:textId="77777777" w:rsidTr="007216DC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AE23AA1" w14:textId="571C70AB" w:rsidR="00D93F8C" w:rsidRPr="00D93F8C" w:rsidRDefault="00A34166" w:rsidP="00F16525">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A34166">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Insertive oral intercourse</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13F0086F" w14:textId="7BB08ECF" w:rsidR="00D93F8C" w:rsidRPr="00D93F8C" w:rsidRDefault="00034FC2" w:rsidP="00F16525">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00034FC2">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Low§</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00034FC2" w14:paraId="611C48CC" w14:textId="77777777" w:rsidTr="007216DC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47384F05" w14:textId="169467C8" w:rsidR="00034FC2" w:rsidRPr="00034FC2" w:rsidRDefault="00034FC2" w:rsidP="00F16525">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00034FC2">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Parenteral</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="563C447D" w14:textId="77777777" w:rsidR="00034FC2" w:rsidRPr="00034FC2" w:rsidRDefault="00034FC2" w:rsidP="00F16525">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00034FC2" w14:paraId="27741653" w14:textId="77777777" w:rsidTr="007216DC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AA16E57" w14:textId="073F8ADE" w:rsidR="00034FC2" w:rsidRPr="00034FC2" w:rsidRDefault="00A51A10" w:rsidP="00F16525">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A51A10">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Blood transfusion</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E12EF53" w14:textId="14E0E5DB" w:rsidR="00034FC2" w:rsidRPr="00034FC2" w:rsidRDefault="004A030A" w:rsidP="00F16525">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A030A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9,250</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004A030A" w14:paraId="249CC542" w14:textId="77777777" w:rsidTr="007216DC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3282C1A1" w14:textId="450C8BE7" w:rsidR="004A030A" w:rsidRPr="00A51A10" w:rsidRDefault="007C0527" w:rsidP="00F16525">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C0527">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Needle sharing during injection drug use</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D4B1621" w14:textId="10F8B903" w:rsidR="004A030A" w:rsidRPr="004A030A" w:rsidRDefault="007C0527" w:rsidP="00F16525">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C0527">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>63</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007C0527" w14:paraId="058B9EA5" w14:textId="77777777" w:rsidTr="007216DC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F882693" w14:textId="02A817D7" w:rsidR="007C0527" w:rsidRPr="007C0527" w:rsidRDefault="007C0527" w:rsidP="00F16525">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C0527">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Percutaneous (needle stick)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="053CB8D6" w14:textId="2685345B" w:rsidR="007C0527" w:rsidRPr="007C0527" w:rsidRDefault="00482820" w:rsidP="00F16525">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00482820">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00482820" w14:paraId="2808B322" w14:textId="77777777" w:rsidTr="007216DC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="041184A6" w14:textId="01E2CADA" w:rsidR="00482820" w:rsidRPr="00482820" w:rsidRDefault="00482820" w:rsidP="00F16525">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00482820">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Other†</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F1A890E" w14:textId="77777777" w:rsidR="00482820" w:rsidRPr="00482820" w:rsidRDefault="00482820" w:rsidP="00F16525">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00482820" w14:paraId="1C4C3FE0" w14:textId="77777777" w:rsidTr="007216DC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="048A103D" w14:textId="2E4D45DA" w:rsidR="00482820" w:rsidRPr="00482820" w:rsidRDefault="00FE1F0F" w:rsidP="00F16525">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE1F0F">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Biting</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F9D9AE6" w14:textId="70BB40D2" w:rsidR="00482820" w:rsidRPr="00482820" w:rsidRDefault="00671FD5" w:rsidP="00F16525">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00671FD5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Negligible</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00671FD5" w14:paraId="745627A6" w14:textId="77777777" w:rsidTr="007216DC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30B5D1E8" w14:textId="6FFDB3D9" w:rsidR="00671FD5" w:rsidRPr="00FE1F0F" w:rsidRDefault="00CB5423" w:rsidP="00F16525">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB5423">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Spitting</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A4280DB" w14:textId="257F71C1" w:rsidR="00671FD5" w:rsidRPr="00671FD5" w:rsidRDefault="00CB5423" w:rsidP="00F16525">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB5423">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Negligible</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CB5423" w14:paraId="411BFEE4" w14:textId="77777777" w:rsidTr="007216DC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34249C5C" w14:textId="15899C1F" w:rsidR="00CB5423" w:rsidRPr="00CB5423" w:rsidRDefault="00BC662F" w:rsidP="00F16525">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC662F">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Sharing sex toys</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B8F3CCA" w14:textId="253B2AB0" w:rsidR="00CB5423" w:rsidRPr="00CB5423" w:rsidRDefault="00BC662F" w:rsidP="00F16525">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC662F">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Negligible</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="63A685A6" w14:textId="77777777" w:rsidR="00CC6788" w:rsidRDefault="00CC6788" w:rsidP="00F16525">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1073F923" w14:textId="7602ECC5" w:rsidR="004B1F5B" w:rsidRPr="004B1F5B" w:rsidRDefault="004B1F5B" w:rsidP="004B1F5B">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="221F1F"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B1F5B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="221F1F"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Factors that might increase the risk for HIV acquisition include sexually transmitted infections, acute and late-stage HIV infection, and high viral load. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="103A5A0E" w14:textId="1904D7FC" w:rsidR="00CC6788" w:rsidRDefault="004B1F5B" w:rsidP="004B1F5B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="221F1F"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B1F5B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="221F1F"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>Factors that might decrease the risk include condom use, male circumcision, antiretroviral treatment, and pre-exposure prophylaxis. Condomless sex is</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF0CA3">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="221F1F"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF0CA3">
+        <w:rPr>
+          <w:color w:val="221F1F"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>the only factor accounted for in the estimates presented.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="733ECAF6" w14:textId="77777777" w:rsidR="007A5551" w:rsidRPr="007A5551" w:rsidRDefault="007A5551" w:rsidP="007A5551">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A5551">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="221F1F"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve">† HIV transmission through these exposure routes is technically possible but unlikely and has not been definitively demonstrated in a circumstance </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="515E3B0D" w14:textId="4AFD3468" w:rsidR="007A5551" w:rsidRDefault="007A5551" w:rsidP="007A5551">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A5551">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="221F1F"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>when contaminated body fluids (e.g., blood or sexual fluids) were absent and the exposed person’s exposure was limited to intact skin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EFC3DA6" w14:textId="77777777" w:rsidR="00C438AC" w:rsidRPr="00C438AC" w:rsidRDefault="00C438AC" w:rsidP="00C438AC">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C438AC">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="221F1F"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve">§ Risk is considered low relative to the other sexual exposures, but it is not zero; sample size in the study was too small to generate a precise point estimate. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A01AC81" w14:textId="54C9A859" w:rsidR="00CC6788" w:rsidRDefault="00C438AC" w:rsidP="00C438AC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C438AC">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Source: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C438AC">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0000FF"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>https://www.cdc.gov/mmwr/volumes/74/rr/pdfs/rr7401a1-H.pdf</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C438AC">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; (Erratum: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="00F14949">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:kern w:val="0"/>
+            <w:sz w:val="14"/>
+            <w:szCs w:val="14"/>
+          </w:rPr>
+          <w:t>https://www.cdc.gov/mmwr/volumes/74/wr/pdfs/mm7435a3-H.pdf</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00C438AC">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6868D706" w14:textId="4EE6EC5F" w:rsidR="00C438AC" w:rsidRDefault="00C438AC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C06E22A" w14:textId="77777777" w:rsidR="00C438AC" w:rsidRDefault="00C438AC" w:rsidP="00C438AC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67AB6E77" w14:textId="269998EF" w:rsidR="00C438AC" w:rsidRDefault="000A257B" w:rsidP="00C438AC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Limits of Confidentiality</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="569D180E" w14:textId="77777777" w:rsidR="000A257B" w:rsidRPr="001A0C6A" w:rsidRDefault="000A257B" w:rsidP="00C438AC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E68B771" w14:textId="1A88176C" w:rsidR="000A257B" w:rsidRDefault="004721E9" w:rsidP="00C438AC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The limits of confidentiality of the HIV antibody test must also be discussed before the patient chooses to be tested in the ED setting. Patients should be informed the results of HIV testing in the ED indicate the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C14A9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>present</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">status of HIV infection, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C14A9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>not</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>the HIV status resulting from the sexual assault. Although conducted in a “confidential manner” according to hospital procedures, the results of the HIV test become a part of the medical record and may be subpoenaed in court proceedings.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AEEBCFA" w14:textId="77777777" w:rsidR="004721E9" w:rsidRDefault="004721E9" w:rsidP="00C438AC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E069704" w14:textId="4FBB0B88" w:rsidR="004721E9" w:rsidRDefault="007C14A9" w:rsidP="00C438AC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The MDPH </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC043D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>strongly</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> recommends </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>that patients receive pre-test and post-test education and counseling</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F59C309" w14:textId="77777777" w:rsidR="00C438AC" w:rsidRDefault="00C438AC" w:rsidP="00C438AC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C773575" w14:textId="77777777" w:rsidR="00D77F52" w:rsidRPr="00AD6F66" w:rsidRDefault="00D77F52" w:rsidP="00D77F52">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D77F52">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Additional Information Regarding ED-based HIV Testing </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="329FB3E8" w14:textId="77777777" w:rsidR="00D77F52" w:rsidRPr="00D77F52" w:rsidRDefault="00D77F52" w:rsidP="00D77F52">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="544A7017" w14:textId="77777777" w:rsidR="00D77F52" w:rsidRDefault="00D77F52" w:rsidP="00D77F52">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="47" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D77F52">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For all patients tested for HIV in a hospital: the hospital is responsible for compliance with Mass. General Laws c. 111, §70F and related policies in obtaining informed patient consent for HIV testing and for providing mechanisms for appropriate counseling, follow-up, and maintenance of HIV-related information contained in their records. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46BB1119" w14:textId="77777777" w:rsidR="00D77F52" w:rsidRPr="00D77F52" w:rsidRDefault="00D77F52" w:rsidP="00D77F52">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D77F52">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">HIV testing is offered to all patients at the time of the sexual assault examination in the ED. If HIV post-exposure prophylaxis is started, baseline testing for HIV should be performed soon after the sexual assault examination. Patients who choose not to be tested but continue to have questions about their baseline HIV status may be referred to their primary care provider or to the AIDS Action Committee at 617-437-6200 (Mon-Fri) 9 AM-5PM to obtain HIV testing any time after the ED evaluation. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2401943D" w14:textId="77777777" w:rsidR="00DC043D" w:rsidRDefault="00DC043D" w:rsidP="00C438AC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C264664" w14:textId="68B4E1E2" w:rsidR="00DC043D" w:rsidRDefault="00AE4520" w:rsidP="00C438AC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Laboratory Testing associated with HIV nPEP Administration</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26569C4F" w14:textId="77777777" w:rsidR="00AE4520" w:rsidRPr="001A0C6A" w:rsidRDefault="00AE4520" w:rsidP="00C438AC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="091BB1B3" w14:textId="2E0E964D" w:rsidR="00AE4520" w:rsidRDefault="00AE4520" w:rsidP="00C438AC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE4520">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>TABLE 3. Recommended schedule of laboratory evaluations of source and persons exposed to HIV who are evaluated for HIV nonoccupational postexposure prophylaxis — CDC recommendations, United States, 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="765C15EA" w14:textId="77777777" w:rsidR="000E2E11" w:rsidRDefault="000E2E11" w:rsidP="00C438AC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3415"/>
+        <w:gridCol w:w="1080"/>
+        <w:gridCol w:w="1080"/>
+        <w:gridCol w:w="1617"/>
+        <w:gridCol w:w="1799"/>
+        <w:gridCol w:w="1799"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="005F069F" w14:paraId="50377E30" w14:textId="77777777" w:rsidTr="007A7317">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4A0BCC72" w14:textId="77777777" w:rsidR="005F069F" w:rsidRDefault="005F069F" w:rsidP="00C438AC">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41AF0436" w14:textId="6B89AA74" w:rsidR="005F069F" w:rsidRDefault="005F069F" w:rsidP="00C438AC">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Source</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6295" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="72415A70" w14:textId="64495AEE" w:rsidR="005F069F" w:rsidRDefault="0019552B" w:rsidP="00C438AC">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Exposed Persons</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00567AC1" w14:paraId="3FC97C7E" w14:textId="77777777" w:rsidTr="007A7317">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="188300AB" w14:textId="41C4B67F" w:rsidR="00567AC1" w:rsidRPr="00932882" w:rsidRDefault="00EE3BC8" w:rsidP="001A0C6A">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00932882">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Test</w:t>
+            </w:r>
+            <w:r w:rsidR="00932882" w:rsidRPr="00932882">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74BD6580" w14:textId="71594382" w:rsidR="00567AC1" w:rsidRPr="00932882" w:rsidRDefault="00EE3BC8" w:rsidP="001A0C6A">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00932882">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Baseline</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20EBE759" w14:textId="001644C7" w:rsidR="00567AC1" w:rsidRPr="00932882" w:rsidRDefault="00EE3BC8" w:rsidP="001A0C6A">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00932882">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Baseline</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1617" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="151700F3" w14:textId="3CE98672" w:rsidR="00567AC1" w:rsidRPr="00932882" w:rsidRDefault="00EE3BC8" w:rsidP="001A0C6A">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00932882">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4 – 6 weeks after exposure</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1799" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E8C25EC" w14:textId="20155010" w:rsidR="00567AC1" w:rsidRPr="00932882" w:rsidRDefault="00EE3BC8" w:rsidP="001A0C6A">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00932882">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12 weeks after exposure</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1799" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="519798B0" w14:textId="3F265E29" w:rsidR="00567AC1" w:rsidRPr="00932882" w:rsidRDefault="00EE3BC8" w:rsidP="001A0C6A">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00932882">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6 months after exposure</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A4B94" w14:paraId="10DA3B70" w14:textId="77777777" w:rsidTr="003A4B94">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10790" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F2F3392" w14:textId="6EB8F139" w:rsidR="003A4B94" w:rsidRPr="006510CC" w:rsidRDefault="003A4B94" w:rsidP="0018086F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006510CC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>All persons evaluation for nPEP</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00932882" w14:paraId="0C6AEA0B" w14:textId="77777777" w:rsidTr="00932882">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="216045EB" w14:textId="20300A42" w:rsidR="00932882" w:rsidRDefault="00D850E5" w:rsidP="001A0C6A">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D850E5">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Rapid (point-of-care) or laboratory-based HIV Ag/Ab test</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0018086F">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>†</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="056715D0" w14:textId="2FB55EBA" w:rsidR="00932882" w:rsidRDefault="00BE1016" w:rsidP="001A0C6A">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>X</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EBC88B1" w14:textId="5BFFCDBA" w:rsidR="00932882" w:rsidRDefault="00BE1016" w:rsidP="001A0C6A">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>X</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1617" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01D4D25F" w14:textId="46DA8DB9" w:rsidR="00932882" w:rsidRDefault="001E03EC" w:rsidP="001A0C6A">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E03EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>X</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0018086F">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>§</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1799" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C973D0F" w14:textId="497BBC89" w:rsidR="00932882" w:rsidRDefault="001E03EC" w:rsidP="001A0C6A">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>X</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1799" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="310E4B49" w14:textId="3DBEF2A7" w:rsidR="00932882" w:rsidRDefault="003176F4" w:rsidP="001A0C6A">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-----</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00932882" w14:paraId="5C16C5E0" w14:textId="77777777" w:rsidTr="00CC6C64">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47A6B356" w14:textId="1801F7BC" w:rsidR="00932882" w:rsidRDefault="00D850E5" w:rsidP="001A0C6A">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D850E5">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>HIV diagnostic NAT</w:t>
+            </w:r>
+            <w:r w:rsidR="00DE2F28" w:rsidRPr="0018086F">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="171717" w:themeColor="background2" w:themeShade="1A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>¶</w:t>
+            </w:r>
+            <w:r w:rsidR="00517959" w:rsidRPr="0018086F">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="171717" w:themeColor="background2" w:themeShade="1A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="10"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="613ABC96" w14:textId="561D978F" w:rsidR="00932882" w:rsidRDefault="00CC6C64" w:rsidP="001A0C6A">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC6C64">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>X**</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2561B83C" w14:textId="52055FC0" w:rsidR="00932882" w:rsidRDefault="00CC6C64" w:rsidP="001A0C6A">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC6C64">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>X**</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1617" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30E5A54C" w14:textId="3BD15214" w:rsidR="00932882" w:rsidRDefault="00CC6C64" w:rsidP="001A0C6A">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC6C64">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>X</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0018086F">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>§</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1799" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="750323BB" w14:textId="771D494D" w:rsidR="00932882" w:rsidRDefault="00CC6C64" w:rsidP="001A0C6A">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>X</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1799" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="147EB5F2" w14:textId="14941EE0" w:rsidR="00932882" w:rsidRDefault="003176F4" w:rsidP="001A0C6A">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-----</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00932882" w14:paraId="737E63EC" w14:textId="77777777" w:rsidTr="00932882">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71A6E756" w14:textId="0F62BABA" w:rsidR="00932882" w:rsidRDefault="00BA21AA" w:rsidP="001A0C6A">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA21AA">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>HBV serology, including HBsAg, HBsAb, and HBcAb</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B05C933" w14:textId="172FFCB8" w:rsidR="00932882" w:rsidRDefault="000E4044" w:rsidP="001A0C6A">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>X</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18048637" w14:textId="6858F23B" w:rsidR="00932882" w:rsidRDefault="00E747DC" w:rsidP="001A0C6A">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E747DC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>X</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0018086F">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>††</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1617" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="009DB9E9" w14:textId="7BA3F644" w:rsidR="00932882" w:rsidRDefault="003176F4" w:rsidP="001A0C6A">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-----</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1799" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DF1CF86" w14:textId="40CE13A9" w:rsidR="00932882" w:rsidRDefault="003176F4" w:rsidP="001A0C6A">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-----</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1799" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00B32426" w14:textId="137C9AD0" w:rsidR="00932882" w:rsidRPr="0025448C" w:rsidRDefault="00E747DC" w:rsidP="001A0C6A">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0025448C">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>If HBV nonimmune at baseline</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA21AA" w14:paraId="77BAB9F3" w14:textId="77777777" w:rsidTr="00932882">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FD5DA2A" w14:textId="57C06C3E" w:rsidR="00BA21AA" w:rsidRPr="00BA21AA" w:rsidRDefault="00BA21AA" w:rsidP="001A0C6A">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA21AA">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>HCV antibody testing</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A1F3B39" w14:textId="5E6E2279" w:rsidR="00BA21AA" w:rsidRDefault="003176F4" w:rsidP="001A0C6A">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-----</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B2FDBDD" w14:textId="26AF22ED" w:rsidR="00BA21AA" w:rsidRDefault="008708DE" w:rsidP="001A0C6A">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008708DE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>X</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0018086F">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>§§</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1617" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0612852E" w14:textId="7425F16F" w:rsidR="00BA21AA" w:rsidRDefault="003176F4" w:rsidP="001A0C6A">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-----</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1799" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F8BEBAA" w14:textId="449CCF83" w:rsidR="00BA21AA" w:rsidRDefault="003176F4" w:rsidP="001A0C6A">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-----</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1799" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05DC83D8" w14:textId="63403D52" w:rsidR="00BA21AA" w:rsidRPr="0025448C" w:rsidRDefault="008708DE" w:rsidP="001A0C6A">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0025448C">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>If follow-up testing recommended</w:t>
+            </w:r>
+            <w:r w:rsidR="00794BBD">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00794BBD" w:rsidRPr="00665DC9">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="171717" w:themeColor="background2" w:themeShade="1A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>¶</w:t>
+            </w:r>
+            <w:r w:rsidR="00794BBD" w:rsidRPr="00665DC9">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="171717" w:themeColor="background2" w:themeShade="1A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="10"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00794BBD" w:rsidRPr="00665DC9">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="171717" w:themeColor="background2" w:themeShade="1A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>¶</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA21AA" w14:paraId="1FCB3A62" w14:textId="77777777" w:rsidTr="00932882">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58AF4FB5" w14:textId="47203E0E" w:rsidR="00BA21AA" w:rsidRPr="00BA21AA" w:rsidRDefault="001C2854" w:rsidP="001A0C6A">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001C2854">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>HCV RNA NAT</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5891B8E1" w14:textId="301AA832" w:rsidR="00BA21AA" w:rsidRDefault="00D763BD" w:rsidP="001A0C6A">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D763BD">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>X***</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="696E7FAE" w14:textId="43B5C531" w:rsidR="00BA21AA" w:rsidRDefault="003176F4" w:rsidP="001A0C6A">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-----</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1617" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F251E49" w14:textId="65D18611" w:rsidR="00BA21AA" w:rsidRPr="0025448C" w:rsidRDefault="0025448C" w:rsidP="001A0C6A">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0025448C">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>If follow-up testing recommended</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0018086F">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>†††</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1799" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E07BBD2" w14:textId="6932027A" w:rsidR="00BA21AA" w:rsidRDefault="0025448C" w:rsidP="001A0C6A">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-----</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1799" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69BD574E" w14:textId="0F5A707C" w:rsidR="00BA21AA" w:rsidRDefault="0025448C" w:rsidP="001A0C6A">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-----</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA21AA" w14:paraId="2E37D4AD" w14:textId="77777777" w:rsidTr="00932882">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BE74655" w14:textId="47B10933" w:rsidR="00BA21AA" w:rsidRPr="00BA21AA" w:rsidRDefault="001C2854" w:rsidP="001A0C6A">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001C2854">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Syphilis serology</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0018086F">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>§§§</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22822683" w14:textId="1B99F90D" w:rsidR="00BA21AA" w:rsidRDefault="0025448C" w:rsidP="001A0C6A">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>X</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="760C3E56" w14:textId="0A157209" w:rsidR="00BA21AA" w:rsidRDefault="00515026" w:rsidP="001A0C6A">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>X</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1617" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EC065C6" w14:textId="1696E986" w:rsidR="00BA21AA" w:rsidRDefault="00515026" w:rsidP="001A0C6A">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>X</w:t>
+            </w:r>
+            <w:r w:rsidR="009F765D" w:rsidRPr="00665DC9">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="171717" w:themeColor="background2" w:themeShade="1A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>¶¶¶</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1799" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="460D3293" w14:textId="7F72EEC8" w:rsidR="00BA21AA" w:rsidRDefault="00515026" w:rsidP="001A0C6A">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>X</w:t>
+            </w:r>
+            <w:r w:rsidR="00B30D19" w:rsidRPr="00665DC9">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="171717" w:themeColor="background2" w:themeShade="1A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>¶¶¶</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1799" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0359FC7C" w14:textId="50FE8614" w:rsidR="00BA21AA" w:rsidRDefault="00515026" w:rsidP="001A0C6A">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-----</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C2854" w14:paraId="2D88EAFB" w14:textId="77777777" w:rsidTr="00932882">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BD15703" w14:textId="04AF8ED9" w:rsidR="001C2854" w:rsidRPr="001C2854" w:rsidRDefault="0019665E" w:rsidP="001A0C6A">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0019665E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Gonorrhea NAAT****</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3903F9D6" w14:textId="3838B57A" w:rsidR="001C2854" w:rsidRDefault="00515026" w:rsidP="001A0C6A">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00515026">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>X****</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68946839" w14:textId="1070FAF9" w:rsidR="001C2854" w:rsidRDefault="00660141" w:rsidP="001A0C6A">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00660141">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>X****</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1617" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="206F389D" w14:textId="1DCF4AE6" w:rsidR="001C2854" w:rsidRDefault="00660141" w:rsidP="001A0C6A">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-----</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1799" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65DB93B5" w14:textId="2868B851" w:rsidR="001C2854" w:rsidRDefault="00660141" w:rsidP="001A0C6A">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-----</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1799" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33BE7B32" w14:textId="63445CD0" w:rsidR="001C2854" w:rsidRDefault="00660141" w:rsidP="001A0C6A">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-----</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0019665E" w14:paraId="7A7FC2F4" w14:textId="77777777" w:rsidTr="00932882">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C6BBD9A" w14:textId="38EAFB48" w:rsidR="0019665E" w:rsidRPr="0019665E" w:rsidRDefault="0019665E" w:rsidP="001A0C6A">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0019665E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Chlamydia NAAT****</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C55A518" w14:textId="6A565C0B" w:rsidR="0019665E" w:rsidRDefault="00660141" w:rsidP="001A0C6A">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00660141">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>X****</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CAB7625" w14:textId="3CCDD195" w:rsidR="0019665E" w:rsidRDefault="001C3292" w:rsidP="001A0C6A">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001C3292">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>X****</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1617" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28E0168D" w14:textId="074B22C2" w:rsidR="0019665E" w:rsidRDefault="001C3292" w:rsidP="001A0C6A">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-----</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1799" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37CDE009" w14:textId="65DF9D1D" w:rsidR="0019665E" w:rsidRDefault="001C3292" w:rsidP="001A0C6A">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-----</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1799" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="701897AD" w14:textId="61C699AB" w:rsidR="0019665E" w:rsidRDefault="001C3292" w:rsidP="001A0C6A">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-----</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0019665E" w14:paraId="41EED5E9" w14:textId="77777777" w:rsidTr="00932882">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34BD7C93" w14:textId="35EEDA2B" w:rsidR="0019665E" w:rsidRPr="0019665E" w:rsidRDefault="0019665E" w:rsidP="001A0C6A">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0019665E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Pregnancy test</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0018086F">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>††††</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6460D184" w14:textId="062C73D1" w:rsidR="0019665E" w:rsidRDefault="001C3292" w:rsidP="001A0C6A">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-----</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7152A50B" w14:textId="7263D384" w:rsidR="0019665E" w:rsidRDefault="001C3292" w:rsidP="001A0C6A">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>X</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1617" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A928D03" w14:textId="06750A39" w:rsidR="0019665E" w:rsidRDefault="008F08CB" w:rsidP="001A0C6A">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>X</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1799" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="333862DD" w14:textId="601E6EB1" w:rsidR="0019665E" w:rsidRDefault="008F08CB" w:rsidP="001A0C6A">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-----</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1799" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="153589A9" w14:textId="0D0B0AE3" w:rsidR="0019665E" w:rsidRDefault="008F08CB" w:rsidP="001A0C6A">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-----</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A4B94" w14:paraId="79B93EB2" w14:textId="77777777" w:rsidTr="0018086F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10790" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="5682F9E2" w14:textId="01DFE346" w:rsidR="003A4B94" w:rsidRPr="006510CC" w:rsidRDefault="003A4B94" w:rsidP="0018086F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006510CC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>All persons prescribed nPEP</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0018798C" w14:paraId="65D24600" w14:textId="77777777" w:rsidTr="00932882">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58BE1BE0" w14:textId="16259F49" w:rsidR="0018798C" w:rsidRPr="0019665E" w:rsidRDefault="0018798C" w:rsidP="001A0C6A">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0018798C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Serum creatinine</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10404C93" w14:textId="77777777" w:rsidR="0018798C" w:rsidRDefault="0018798C" w:rsidP="001A0C6A">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DC661F9" w14:textId="7BAD5DC2" w:rsidR="0018798C" w:rsidRDefault="008F08CB" w:rsidP="001A0C6A">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>X</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1617" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EA93446" w14:textId="3BC5922B" w:rsidR="0018798C" w:rsidRPr="00BC6F94" w:rsidRDefault="00BC6F94" w:rsidP="001A0C6A">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC6F94">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Only if abnormalities at baseline</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1799" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C47185B" w14:textId="691979A9" w:rsidR="0018798C" w:rsidRDefault="00744A26" w:rsidP="001A0C6A">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-----</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1799" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E7E1402" w14:textId="2D70CBA2" w:rsidR="0018798C" w:rsidRDefault="00744A26" w:rsidP="001A0C6A">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-----</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0018798C" w14:paraId="1FB92C51" w14:textId="77777777" w:rsidTr="00932882">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="734A4878" w14:textId="4E916268" w:rsidR="0018798C" w:rsidRPr="0018798C" w:rsidRDefault="0018798C" w:rsidP="001A0C6A">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0018798C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Alanine transaminase and aspartate aminotransferase</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03CB139E" w14:textId="77777777" w:rsidR="0018798C" w:rsidRDefault="0018798C" w:rsidP="001A0C6A">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20BC36CB" w14:textId="01EB0781" w:rsidR="0018798C" w:rsidRDefault="00431CC3" w:rsidP="001A0C6A">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>X</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1617" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F8ECB88" w14:textId="43D8E0D7" w:rsidR="0018798C" w:rsidRPr="00C66F93" w:rsidRDefault="00C66F93" w:rsidP="001A0C6A">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66F93">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="221F1F"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Only if abnormalities at baseline or symptomatic </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1799" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54230CAD" w14:textId="76D96514" w:rsidR="0018798C" w:rsidRDefault="00C66F93" w:rsidP="001A0C6A">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-----</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1799" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FAA34D1" w14:textId="7D3B7E5E" w:rsidR="0018798C" w:rsidRDefault="00C66F93" w:rsidP="001A0C6A">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-----</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2DE12F12" w14:textId="77777777" w:rsidR="002A70D9" w:rsidRDefault="002A70D9" w:rsidP="00EA14AF">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12A5D976" w14:textId="42808CE1" w:rsidR="002A70D9" w:rsidRDefault="002A70D9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46D708FC" w14:textId="77777777" w:rsidR="002A70D9" w:rsidRDefault="002A70D9" w:rsidP="00EA14AF">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3BEDED20" w14:textId="73CAD194" w:rsidR="00EA14AF" w:rsidRPr="00EA14AF" w:rsidRDefault="00EA14AF" w:rsidP="00EA14AF">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA14AF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Abbreviations: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA14AF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ag/Ab= antigen/antibody combination test; ARV= antiretroviral; HBcAb= hepatitis B core antibody; HBsAb= hepatitis B surface antibody; HBsAg= hepatitis B surface antigen; HBV= hepatitis B virus; HCV= hepatitis C virus; NAT= nucleic acid test; NAAT= nucleic acid </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A898C87" w14:textId="31AEC249" w:rsidR="00AE4520" w:rsidRDefault="00EA14AF" w:rsidP="00EA14AF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA14AF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>amplification test; nPEP= nonoccupational postexposure prophylaxis; PEP= postexposure prophylaxis; STI= sexually transmitted infection.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3555ADA4" w14:textId="77777777" w:rsidR="003E581E" w:rsidRDefault="003E581E" w:rsidP="00EA14AF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15FE11BC" w14:textId="77777777" w:rsidR="002A70D9" w:rsidRPr="002A70D9" w:rsidRDefault="002A70D9" w:rsidP="0018086F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A70D9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">*Any person diagnosed with an infection or condition through testing should be informed and treated or referred for treatment as needed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13255713" w14:textId="34793125" w:rsidR="002A70D9" w:rsidRDefault="002A70D9" w:rsidP="007E4FEE">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A70D9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Recommendations are available for treatment of HIV. If a rapid (point-of-care) HIV Ag/Ab test is used, a laboratory-based HIV Ag/Ab test obtained at the same time will increase diagnostic sensitivity. PEP should not be delayed awaiting laboratory results. If the preferred HIV diagnostic test is not accessible, the most sensitive available test should be used. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FA50E37" w14:textId="50167506" w:rsidR="00D572EE" w:rsidRPr="002A70D9" w:rsidRDefault="0090636E" w:rsidP="0018086F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A70D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2" w:cs="Wingdings 2"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidR="008D46CA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If a rapid (point of care) HIV Ag/Ab test is used, a laboratory based HIV Ag/Ab </w:t>
+      </w:r>
+      <w:r w:rsidR="008C3F04">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">test obtained at the same time will increase diagnostic sensitivity.  PEP should not be delayed awaiting laboratory results.  If the preferred HIV diagnostic test is not accessible, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>the most sensitive available test should be used.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A8A3325" w14:textId="77777777" w:rsidR="002A70D9" w:rsidRPr="002A70D9" w:rsidRDefault="002A70D9" w:rsidP="0018086F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A70D9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+        <w:t>§</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A70D9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">HIV testing 4-6 weeks post-nPEP initiation can be deferred for persons who started nPEP within 24 hours of exposure, completed the full PEP course, and are not starting PrEP at this time. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D8D19B" w14:textId="77777777" w:rsidR="002A70D9" w:rsidRPr="002A70D9" w:rsidRDefault="002A70D9" w:rsidP="0018086F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A70D9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+        <w:t>¶</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A70D9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NATs that detect HIV RNA include qualitative tests for diagnosis (e.g., HIV-1 RNA assay) and quantitative tests for disease monitoring (e.g, viral load). Diagnostic HIV NATs are recommended because they are more likely than viral load tests to detect very low levels of HIV. If the </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12EE05DF" w14:textId="77777777" w:rsidR="002A70D9" w:rsidRPr="002A70D9" w:rsidRDefault="002A70D9" w:rsidP="0018086F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A70D9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">preferred HIV diagnostic test is not accessible, the most sensitive available test should be used; inability to access HIV NAT should not prevent provision of HIV nPEP to persons with indications. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5063F854" w14:textId="77777777" w:rsidR="002A70D9" w:rsidRPr="002A70D9" w:rsidRDefault="002A70D9" w:rsidP="0018086F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A70D9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">**HIV NAT recommended at baseline assessment for persons with injectable ARV exposure during the past 6 months. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="263A90D3" w14:textId="77777777" w:rsidR="002A70D9" w:rsidRPr="002A70D9" w:rsidRDefault="002A70D9" w:rsidP="0018086F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A70D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2" w:cs="Wingdings 2"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A70D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2" w:cs="Wingdings 2"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A70D9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">HBV PEP recommendations vary by the exposed person’s HBV immune status, and by the source’s HBV status (when information is available). Recommendations are available for HBV postexposure management. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FD2AE1E" w14:textId="77777777" w:rsidR="002A70D9" w:rsidRPr="002A70D9" w:rsidRDefault="002A70D9" w:rsidP="0018086F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A70D9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+        <w:t>§§</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A70D9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Reflex to HCV RNA NAT if HCV antibody test is positive. Add HCV RNA NAT to original order if signs and symptoms of acute HCV infection are present (e.g., hepatic enzyme elevation). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="406E88F8" w14:textId="77777777" w:rsidR="002A70D9" w:rsidRPr="002A70D9" w:rsidRDefault="002A70D9" w:rsidP="0018086F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A70D9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+        <w:t>¶¶</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A70D9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If follow-up testing is recommended based on the source’s status (e.g., HCV RNA positive or HCV antibody test is positive with unavailable HCV RNA, or if the HCV infection status is unknown), and HCV RNA NAT is negative 3-6 weeks postexposure, a final test for HCV antibodies </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B89644A" w14:textId="77777777" w:rsidR="002A70D9" w:rsidRPr="002A70D9" w:rsidRDefault="002A70D9" w:rsidP="0018086F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A70D9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4-6 months postexposure is recommended. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10D94EB1" w14:textId="77777777" w:rsidR="002A70D9" w:rsidRPr="002A70D9" w:rsidRDefault="002A70D9" w:rsidP="0018086F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A70D9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">***HCV RNA NAT is preferred for testing of the source, but if not accessible, HCV antibody testing with reflex HCV RNA NAT if positive is an alternative strategy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BAC8DAD" w14:textId="77777777" w:rsidR="002A70D9" w:rsidRPr="002A70D9" w:rsidRDefault="002A70D9" w:rsidP="0018086F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A70D9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+        <w:t>+++</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A70D9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If follow-up testing is recommended based on the source’s status (e.g. HCV RNA positive or positive HCV antibody with unavailable HCV RNA, or if the HCV infection status is unknown), HCV RNA NAT is recommended for the exposed persons 3-6 weeks postexposure. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25C41A96" w14:textId="77777777" w:rsidR="002A70D9" w:rsidRPr="002A70D9" w:rsidRDefault="002A70D9" w:rsidP="0018086F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A70D9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+        <w:t>§§§</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A70D9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">STI decision should be made on an individual basis. Recommendations are available for presumptive STI treatment, testing, and management after assault or possible acute STI exposure. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F3CC654" w14:textId="77777777" w:rsidR="002A70D9" w:rsidRPr="002A70D9" w:rsidRDefault="002A70D9" w:rsidP="0018086F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A70D9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve">¶¶¶ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A70D9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If initial syphilis testing is negative and infection in the source cannot be ruled out, follow-up testing may be performed 4-6 weeks and 3 months postexposure. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09917C8E" w14:textId="77777777" w:rsidR="002A70D9" w:rsidRPr="002A70D9" w:rsidRDefault="002A70D9" w:rsidP="0018086F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A70D9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">****NAATs are recommended for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A70D9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chlamydia trachomatis </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A70D9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A70D9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Neisseria gonorrhea </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A70D9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">at exposure sites (e.g., pharynx, rectum, or vagina) at initial visit and can be repeated 1-2 weeks postexposure if no presumptive treatment was provided and initial test results were negative. Repeat </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D6406C3" w14:textId="77777777" w:rsidR="002A70D9" w:rsidRPr="002A70D9" w:rsidRDefault="002A70D9" w:rsidP="0018086F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A70D9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">testing can also be done if the person reports symptoms concerning for STIs. Certain experts could also perform a NAAT for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A70D9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">trichomonas vaginalis </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A70D9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">from a urine or vaginal specimen for persons with vaginas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="486F1D8E" w14:textId="71644300" w:rsidR="002A70D9" w:rsidRDefault="002A70D9" w:rsidP="00804F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A70D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2" w:cs="Wingdings 2"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A70D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2" w:cs="Wingdings 2"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A70D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2" w:cs="Wingdings 2"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A70D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2" w:cs="Wingdings 2"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A70D9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>For all women of child-bearing potential who are not known to be pregnant.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C76B6BD" w14:textId="77777777" w:rsidR="002862A0" w:rsidRDefault="002862A0" w:rsidP="00804F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4AEA8E7F" w14:textId="3CCFDAE1" w:rsidR="002862A0" w:rsidRDefault="002862A0" w:rsidP="00804F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00401A08">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>For specific source information</w:t>
+      </w:r>
+      <w:r w:rsidR="00850293" w:rsidRPr="00401A08">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, refer to Table 3, page 31, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidR="00401A08" w:rsidRPr="0018086F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:kern w:val="0"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t>https://www.cdc.gov/mmwr/volumes/74/rr/pdfs/rr7401a1-H.pdf</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00850293" w:rsidRPr="00C438AC">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B27DCCB" w14:textId="77777777" w:rsidR="00401A08" w:rsidRDefault="00401A08" w:rsidP="0018086F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15010764" w14:textId="77777777" w:rsidR="002A70D9" w:rsidRDefault="002A70D9" w:rsidP="00EA14AF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0847CCDC" w14:textId="77777777" w:rsidR="002A70D9" w:rsidRDefault="002A70D9" w:rsidP="00EA14AF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75A94166" w14:textId="77777777" w:rsidR="002A70D9" w:rsidRDefault="002A70D9" w:rsidP="00EA14AF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7CF1C546" w14:textId="77777777" w:rsidR="002A70D9" w:rsidRDefault="002A70D9" w:rsidP="00EA14AF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F66D24A" w14:textId="77777777" w:rsidR="002A70D9" w:rsidRDefault="002A70D9" w:rsidP="00EA14AF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23F406D8" w14:textId="77777777" w:rsidR="002A70D9" w:rsidRDefault="002A70D9" w:rsidP="00EA14AF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A1401F5" w14:textId="77777777" w:rsidR="002A70D9" w:rsidRDefault="002A70D9" w:rsidP="00EA14AF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40575ED0" w14:textId="77777777" w:rsidR="002A70D9" w:rsidRDefault="002A70D9" w:rsidP="00EA14AF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7644C790" w14:textId="6180AE31" w:rsidR="001A0C6A" w:rsidRDefault="001A0C6A">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20A76B77" w14:textId="77777777" w:rsidR="00EA14AF" w:rsidRDefault="00EA14AF" w:rsidP="00C438AC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="10790"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="002A70D9" w14:paraId="21E3FE82" w14:textId="77777777" w:rsidTr="00604611">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10790" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FC4E072" w14:textId="77777777" w:rsidR="002A70D9" w:rsidRPr="004A0491" w:rsidRDefault="001D47B5" w:rsidP="004A0491">
+            <w:pPr>
+              <w:spacing w:before="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A0491">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>HIV Non-Occupational Post-Exposure Prophylaxis (nPEP)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3BB8A398" w14:textId="77777777" w:rsidR="001D47B5" w:rsidRPr="004A0491" w:rsidRDefault="001D47B5" w:rsidP="004A0491">
+            <w:pPr>
+              <w:spacing w:before="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2D2B620C" w14:textId="77777777" w:rsidR="004A0491" w:rsidRPr="004A0491" w:rsidRDefault="004A0491" w:rsidP="004A0491">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A0491">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MA SANE Program Protocol recommends HIV nPEP be initiated </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A0491">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>as soon as possible</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A0491">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A0491">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">following sexual assault with </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="745D4331" w14:textId="77777777" w:rsidR="004A0491" w:rsidRPr="004A0491" w:rsidRDefault="004A0491" w:rsidP="004A0491">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A0491">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">a high risk of exposure to HIV, but no later than 72 hours after. Exposure to HIV is considered a medical </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1391597A" w14:textId="38E7B107" w:rsidR="001D47B5" w:rsidRDefault="004A0491" w:rsidP="004A0491">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A0491">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>emergency. Sexual assaults with higher risk of exposure to HIV include:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4AF3A4AA" w14:textId="77777777" w:rsidR="004A0491" w:rsidRDefault="004A0491" w:rsidP="004A0491">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="60C4A772" w14:textId="77777777" w:rsidR="006A50FB" w:rsidRPr="006A50FB" w:rsidRDefault="006A50FB" w:rsidP="006A50FB">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="6"/>
+              <w:ind w:left="720"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A50FB">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Multiple assailants </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7358BB25" w14:textId="77777777" w:rsidR="006A50FB" w:rsidRPr="006A50FB" w:rsidRDefault="006A50FB" w:rsidP="006A50FB">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="6"/>
+              <w:ind w:left="720"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A50FB">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Known HIV-infected assailant(s) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E106883" w14:textId="77777777" w:rsidR="006A50FB" w:rsidRPr="006A50FB" w:rsidRDefault="006A50FB" w:rsidP="006A50FB">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="6"/>
+              <w:ind w:left="720"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A50FB">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Known ejaculate or blood exposure </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46863CFC" w14:textId="77777777" w:rsidR="006A50FB" w:rsidRPr="006A50FB" w:rsidRDefault="006A50FB" w:rsidP="006A50FB">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="6"/>
+              <w:ind w:left="720"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A50FB">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vaginal and/or anal assault </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26DE6FC2" w14:textId="77777777" w:rsidR="006A50FB" w:rsidRPr="006A50FB" w:rsidRDefault="006A50FB" w:rsidP="006A50FB">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="720"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A50FB">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Any disruption in skin integrity of the vaginal, anal, or oral mucosa </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5CE2D979" w14:textId="77777777" w:rsidR="001D47B5" w:rsidRPr="006B5743" w:rsidRDefault="001D47B5" w:rsidP="00C438AC">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="43BBF8EE" w14:textId="77777777" w:rsidR="006B5743" w:rsidRPr="006B5743" w:rsidRDefault="006B5743" w:rsidP="006B5743">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B5743">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The SANE should notify the ED Attending Provider of the patient’s risk factors to ensure timely administration of HIV </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D49A31F" w14:textId="77777777" w:rsidR="006B5743" w:rsidRPr="006B5743" w:rsidRDefault="006B5743" w:rsidP="006B5743">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B5743">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">nPEP. Current data analysis indicates that HIV nPEP is not as effective if initiated more than 72 hours after an exposure. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D039BE1" w14:textId="77777777" w:rsidR="006B5743" w:rsidRPr="006B5743" w:rsidRDefault="006B5743" w:rsidP="006B5743">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B5743">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">When a patient presents within 72 hours of an exposure, the use of HIV nPEP should be </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B5743">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>initiated promptly</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B5743">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B5743">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">for the </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E7FC261" w14:textId="77777777" w:rsidR="006B5743" w:rsidRPr="006B5743" w:rsidRDefault="006B5743" w:rsidP="006B5743">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B5743">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">best chance of success. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B5743">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The sooner HIV nPEP is initiated after an exposure, the more likely transmission will </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6080F6F1" w14:textId="0650F38F" w:rsidR="001D47B5" w:rsidRDefault="006B5743" w:rsidP="006B5743">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B5743">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">be interrupted, and viral replication </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B5743">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>suppressed.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67CD0C0E" w14:textId="77777777" w:rsidR="006B5743" w:rsidRDefault="006B5743" w:rsidP="006B5743">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="46281410" w14:textId="77777777" w:rsidR="004F1640" w:rsidRPr="004F1640" w:rsidRDefault="004F1640" w:rsidP="004F1640">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0A9688AD" w14:textId="77777777" w:rsidR="004F1640" w:rsidRPr="00604611" w:rsidRDefault="004F1640" w:rsidP="00604611">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="15"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="13"/>
+              <w:ind w:left="1080"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00604611">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Baseline serum lab tests are recommended. Refer to Table 2 above for details on testing to be completed. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FF3AC5A" w14:textId="77777777" w:rsidR="004F1640" w:rsidRPr="004F1640" w:rsidRDefault="004F1640" w:rsidP="00604611">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="13"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="05A4E4A3" w14:textId="7FACE584" w:rsidR="001D47B5" w:rsidRPr="00604611" w:rsidRDefault="004F1640" w:rsidP="00604611">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="15"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="100"/>
+              <w:ind w:left="1080"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00604611">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If a patient declines serology, decisions regarding nPEP administration should be made by the medical provider, in consultation with the patient, based on the patient’s medical history and assault-related risk factors. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="63361248" w14:textId="77777777" w:rsidR="001A0C6A" w:rsidRDefault="001A0C6A" w:rsidP="00C438AC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72B2444C" w14:textId="77777777" w:rsidR="002A70D9" w:rsidRDefault="002A70D9" w:rsidP="00C438AC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="767848A8" w14:textId="20CA784B" w:rsidR="007625BB" w:rsidRDefault="007625BB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1275879A" w14:textId="77777777" w:rsidR="002A70D9" w:rsidRDefault="002A70D9" w:rsidP="00C438AC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A1B6910" w14:textId="2466931A" w:rsidR="002A70D9" w:rsidRPr="00AD6F66" w:rsidRDefault="009D4FF4" w:rsidP="00C438AC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD6F66">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>2025 CDC Recommendations: HIV nPEP Medication Regimens</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C9CEECD" w14:textId="77777777" w:rsidR="009D4FF4" w:rsidRPr="00AD6F66" w:rsidRDefault="009D4FF4" w:rsidP="00C438AC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="609B986F" w14:textId="77777777" w:rsidR="004F3250" w:rsidRPr="004F3250" w:rsidRDefault="004F3250" w:rsidP="004F3250">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F3250">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="221F1F"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">TABLE 4. Preferred and alternative HIV nonoccupational postexposure prophylaxis regimens, by group </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1723CFA0" w14:textId="4C33B73C" w:rsidR="009D4FF4" w:rsidRPr="00AD6F66" w:rsidRDefault="004F3250" w:rsidP="004F3250">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="221F1F"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD6F66">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="221F1F"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+        <w:t>CDC recommendations, United States, 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42BFE912" w14:textId="77777777" w:rsidR="004F3250" w:rsidRDefault="004F3250" w:rsidP="004F3250">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="221F1F"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2425"/>
+        <w:gridCol w:w="2250"/>
+        <w:gridCol w:w="6115"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00CE6747" w14:paraId="3F8F56FB" w14:textId="77777777" w:rsidTr="00E249AB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2425" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6177E40A" w14:textId="039A218D" w:rsidR="00CE6747" w:rsidRPr="003C4D08" w:rsidRDefault="00CE6747" w:rsidP="003C4D08">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C4D08">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Group</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F743FE7" w14:textId="2166E120" w:rsidR="00CE6747" w:rsidRPr="003C4D08" w:rsidRDefault="00CE6747" w:rsidP="003C4D08">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C4D08">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Preferred/Alternative</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6115" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39C46CD1" w14:textId="750E889D" w:rsidR="00CE6747" w:rsidRPr="003C4D08" w:rsidRDefault="00E249AB" w:rsidP="003C4D08">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C4D08">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Regimen*</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC510C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>†§</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E249AB" w14:paraId="34B667A2" w14:textId="77777777" w:rsidTr="00E249AB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2425" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="658CB187" w14:textId="56BB3950" w:rsidR="00E249AB" w:rsidRPr="00F63EFE" w:rsidRDefault="00E249AB" w:rsidP="003C4D08">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F63EFE">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Adults and adolescents aged ≥12 yrs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61837D14" w14:textId="0DE889D7" w:rsidR="00E249AB" w:rsidRDefault="002158EB" w:rsidP="003C4D08">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002158EB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Preferred</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6115" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="513B3DF0" w14:textId="77777777" w:rsidR="002158EB" w:rsidRPr="003C4D08" w:rsidRDefault="002158EB" w:rsidP="003C4D08">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C4D08">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Integrase strand transfer inhibitors PLUS two nucleoside reverse transcriptase inhibitors</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68C3F5C1" w14:textId="77777777" w:rsidR="002158EB" w:rsidRPr="002158EB" w:rsidRDefault="002158EB" w:rsidP="003C4D08">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002158EB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>• Bictegravir/emtricitabine/tenofovir alafenamide</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C625DD5" w14:textId="40B7D796" w:rsidR="00E249AB" w:rsidRPr="00E249AB" w:rsidRDefault="002158EB" w:rsidP="003C4D08">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002158EB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>• Dolutegravir PLUS (tenofovir alafenamide OR tenofovir disoproxil fumarate) PLUS (emtricitabine OR lamivudine)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003C4D08" w14:paraId="3B6C8808" w14:textId="77777777" w:rsidTr="00E249AB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2425" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CD42F4C" w14:textId="77777777" w:rsidR="003C4D08" w:rsidRPr="00F63EFE" w:rsidRDefault="003C4D08" w:rsidP="003C4D08">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="532758C4" w14:textId="286AD96B" w:rsidR="003C4D08" w:rsidRPr="002158EB" w:rsidRDefault="00D63A31" w:rsidP="003C4D08">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D63A31">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Alternative</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6115" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D64D828" w14:textId="77777777" w:rsidR="00D63A31" w:rsidRPr="00D63A31" w:rsidRDefault="00D63A31" w:rsidP="00D63A31">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D63A31">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Boosted protease inhibitor PLUS two nucleoside reverse transcriptase inhibitors</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27852F19" w14:textId="10C54296" w:rsidR="003C4D08" w:rsidRPr="003C4D08" w:rsidRDefault="00D63A31" w:rsidP="00D63A31">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D63A31">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">• </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D63A31">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Darunavir and cobicistat OR darunavir and ritonavir PLUS (tenofovir alafenamide OR tenofovir disoproxil fumarate) PLUS (emtricitabine OR lamivudine)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D63A31" w14:paraId="251C7DA5" w14:textId="77777777" w:rsidTr="00E249AB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2425" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FCF169B" w14:textId="56812699" w:rsidR="00D63A31" w:rsidRPr="00F63EFE" w:rsidRDefault="006C4CAD" w:rsidP="003C4D08">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F63EFE">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Pregnant person</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06A30AA9" w14:textId="66E666F3" w:rsidR="00D63A31" w:rsidRPr="00D63A31" w:rsidRDefault="006C4CAD" w:rsidP="003C4D08">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C4CAD">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Preferred</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6115" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="443515F0" w14:textId="77777777" w:rsidR="00406A19" w:rsidRPr="00406A19" w:rsidRDefault="00406A19" w:rsidP="00406A19">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00406A19">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Integrase strand transfer inhibitors PLUS two nucleoside reverse transcriptase inhibitors</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="439764D7" w14:textId="77777777" w:rsidR="00406A19" w:rsidRPr="005C5862" w:rsidRDefault="00406A19" w:rsidP="00406A19">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00406A19">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">• </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C5862">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Bictegravir/emtricitabine/tenofovir alafenamide</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37DC9A69" w14:textId="22045EFA" w:rsidR="00D63A31" w:rsidRPr="003C4D08" w:rsidRDefault="00406A19" w:rsidP="00406A19">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C5862">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>• Dolutegravir PLUS (tenofovir alafenamide OR tenofovir disoproxil fumarate) PLUS (emtricitabine OR lamivudine)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D63A31" w14:paraId="0BACCBDC" w14:textId="77777777" w:rsidTr="00E249AB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2425" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72219EA8" w14:textId="77777777" w:rsidR="00D63A31" w:rsidRPr="00F63EFE" w:rsidRDefault="00D63A31" w:rsidP="003C4D08">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0ED09808" w14:textId="357C2AD7" w:rsidR="00D63A31" w:rsidRPr="00D63A31" w:rsidRDefault="00F63EFE" w:rsidP="003C4D08">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F63EFE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Alternative</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6115" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="610DB5D8" w14:textId="1CA9FB4D" w:rsidR="005C5862" w:rsidRPr="005C5862" w:rsidRDefault="005C5862" w:rsidP="005C5862">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C5862">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Integrase strand transfer inhibitors PLUS two nucleoside reverse transcriptase inhibitors</w:t>
+            </w:r>
+            <w:r w:rsidR="007E77B3">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C5862">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Boosted protease inhibitor PLUS two nucleoside reverse transcriptase inhibitors</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73652E44" w14:textId="6606121B" w:rsidR="00D63A31" w:rsidRPr="003C4D08" w:rsidRDefault="005C5862" w:rsidP="005C5862">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C5862">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">• </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C5862">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Darunavir and ritonavir (twice daily) PLUS (tenofovir alafenamide OR tenofovir disoproxil fumarate) PLUS (emtricitabine OR lamivudine)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D63A31" w14:paraId="74031C2F" w14:textId="77777777" w:rsidTr="00E249AB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2425" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7832D61E" w14:textId="56834C37" w:rsidR="00D63A31" w:rsidRPr="00F63EFE" w:rsidRDefault="008F2843" w:rsidP="003C4D08">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F2843">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Children aged ≥2 yrs to 12 yrs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="514D22F3" w14:textId="65A1D140" w:rsidR="00D63A31" w:rsidRPr="00D63A31" w:rsidRDefault="008F2843" w:rsidP="003C4D08">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F2843">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Preferred</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6115" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1942C04A" w14:textId="77777777" w:rsidR="00A40A2D" w:rsidRPr="00A40A2D" w:rsidRDefault="00A40A2D" w:rsidP="00A40A2D">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A40A2D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Integrase strand transfer inhibitors PLUS two nucleoside reverse transcriptase inhibitors</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30D78FD4" w14:textId="77777777" w:rsidR="00A40A2D" w:rsidRPr="00A40A2D" w:rsidRDefault="00A40A2D" w:rsidP="00A40A2D">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A40A2D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>• Bictegravir/emtricitabine/tenofovir alafenamide (≥14 kg)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC510C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>¶</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1742AD68" w14:textId="58B593A7" w:rsidR="00D63A31" w:rsidRPr="003C4D08" w:rsidRDefault="00A40A2D" w:rsidP="00A40A2D">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A40A2D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>• Dolutegravir PLUS (tenofovir alafenamide OR tenofovir disoproxil fumarate) PLUS (emtricitabine OR lamivudine)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D63A31" w14:paraId="1134E6F5" w14:textId="77777777" w:rsidTr="00E249AB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2425" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="084E1996" w14:textId="77777777" w:rsidR="00D63A31" w:rsidRPr="00F63EFE" w:rsidRDefault="00D63A31" w:rsidP="003C4D08">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="373848E3" w14:textId="36AFE223" w:rsidR="00D63A31" w:rsidRPr="00D63A31" w:rsidRDefault="00A40A2D" w:rsidP="003C4D08">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A40A2D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Alternative</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6115" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C22D4EB" w14:textId="77777777" w:rsidR="00162640" w:rsidRPr="00162640" w:rsidRDefault="00162640" w:rsidP="00162640">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00162640">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Boosted protease inhibitor PLUS two nucleoside reverse transcriptase inhibitors</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F4F1296" w14:textId="77777777" w:rsidR="00162640" w:rsidRPr="00162640" w:rsidRDefault="00162640" w:rsidP="00162640">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00162640">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>• Darunavir and ritonavir (aged ≥3 yrs and ≥10 kg) PLUS (tenofovir alafenamide OR tenofovir disoproxil fumarate) PLUS (emtricitabine OR lamivudine)**</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05510B8E" w14:textId="4788EED1" w:rsidR="00D63A31" w:rsidRPr="003C4D08" w:rsidRDefault="00162640" w:rsidP="00162640">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00162640">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>• Lopinavir and ritonavir PLUS (tenofovir alafenamide OR tenofovir disoproxil fumarate) PLUS (emtricitabine OR lamivudine</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00162640">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC510C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>¶</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2FBD2B12" w14:textId="77777777" w:rsidR="004F3250" w:rsidRDefault="004F3250" w:rsidP="004F3250">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="798DC538" w14:textId="77777777" w:rsidR="006747A8" w:rsidRPr="006747A8" w:rsidRDefault="006747A8" w:rsidP="006747A8">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006747A8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="221F1F"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Abbreviations: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006747A8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="221F1F"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ARV = antiretroviral; FDC = fixed-dose combination; NCCC = National Clinician Consultation Center; nPEP = nonoccupational postexposure prophylaxis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4ED3F1A6" w14:textId="77777777" w:rsidR="006747A8" w:rsidRPr="006747A8" w:rsidRDefault="006747A8" w:rsidP="006747A8">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="221F1F"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006747A8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="221F1F"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* The following are available as single tablet complete nPEP regimens: bictegravir/emtricitabine/tenofovir alafenamide (BIC/FTC/TAF; a preferred regimen) and darunavir/cobicistat/tenofovir alafenamide /emtricitabine (DRV/c/TAF/FTC; an alternative regimen). Generic drug forms are available for darunavir (DRV), ritonavir (RTV), tenofovir disoproxil fumarate (TDF)/emtricitabine (FTC), TDF/lamivudine (3TC), and 3TC. See Table 6 for additional prescribing information including other combination products. Antiviral potency, tolerability, client preferences, cost, and access are all considerations when selecting an nPEP regimen. Health care professionals unfamiliar with these medications should use local infectious diseases or other expert consultation resources or consult the NCCC PEPline at 888-448-4911 or https://nccc.ucsf.edu/clinician-consultation/pep-post-exposure-prophylaxis or the Perinatal HIV Line at 888-448-8765 or https://nccc.ucsf.edu/ clinician-consultation/perinatal-hiv-aids. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33EA5455" w14:textId="77777777" w:rsidR="006747A8" w:rsidRPr="006747A8" w:rsidRDefault="006747A8" w:rsidP="006747A8">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006747A8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="221F1F"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve">† Regimens within categories are listed in alphabetical order and not according to preference. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FB2115A" w14:textId="77777777" w:rsidR="006747A8" w:rsidRPr="006747A8" w:rsidRDefault="006747A8" w:rsidP="006747A8">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006747A8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="221F1F"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve">§ All listed medications in this table are off-label use for nPEP. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D5086AF" w14:textId="77777777" w:rsidR="006747A8" w:rsidRPr="006747A8" w:rsidRDefault="006747A8" w:rsidP="006747A8">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006747A8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="221F1F"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve">¶ Bictegravir (BIC) is available only as part of a FDC tablet that contains BIC/TAF/FTC; this FDC tablet is recommended as a preferred regimen for children aged ≥2 years and weighing ≥14 kg. Two strengths of BIC/TAF/FTC are available, with dosing according to a child’s weight. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="541A431A" w14:textId="054BAB03" w:rsidR="002A70D9" w:rsidRDefault="006747A8" w:rsidP="006747A8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006747A8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="221F1F"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>** TAF/FTC should not be used with a boosted protease inhibitor if weight is &lt;35kg.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="367C817F" w14:textId="081AC251" w:rsidR="006747A8" w:rsidRDefault="006747A8">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="059D4AE9" w14:textId="77777777" w:rsidR="001A0C6A" w:rsidRDefault="001A0C6A" w:rsidP="00C438AC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6FDA2651" w14:textId="380EBB76" w:rsidR="006747A8" w:rsidRPr="0015544D" w:rsidRDefault="00104068" w:rsidP="00C438AC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0015544D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Additional HIV nPEP Medication Information</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E814930" w14:textId="77777777" w:rsidR="00104068" w:rsidRDefault="00104068" w:rsidP="00C438AC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="797F98EB" w14:textId="5DAAE9C4" w:rsidR="00104068" w:rsidRPr="0015544D" w:rsidRDefault="00104068" w:rsidP="00C438AC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0015544D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>HIV Prophylaxis #1 – Preferred Regimen</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2335"/>
+        <w:gridCol w:w="8455"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006C6664" w:rsidRPr="00972B8A" w14:paraId="331BDEBB" w14:textId="77777777" w:rsidTr="004C7DF3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7794CB49" w14:textId="77777777" w:rsidR="006C6664" w:rsidRPr="0015544D" w:rsidRDefault="006C6664" w:rsidP="00184785">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0015544D">
+              <w:t>Medications:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2247AF46" w14:textId="63136B8B" w:rsidR="006C6664" w:rsidRPr="0015544D" w:rsidRDefault="00C204D0" w:rsidP="00184785">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0015544D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bictarvy </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0015544D">
+              <w:t>(no generic available)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006C6664" w:rsidRPr="00972B8A" w14:paraId="7BB577B8" w14:textId="77777777" w:rsidTr="004C7DF3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4F3C7EA7" w14:textId="0A43BB10" w:rsidR="006C6664" w:rsidRPr="0015544D" w:rsidRDefault="006C6664" w:rsidP="00184785">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0015544D">
+              <w:t>Dosage:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5ED3BAE3" w14:textId="2BE2156E" w:rsidR="006C6664" w:rsidRPr="0015544D" w:rsidRDefault="00C204D0" w:rsidP="00184785">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0015544D">
+              <w:t>1 po daily; (50mg bictegravir + 25mg tenofovir alafenamide + 200mg emtricitabine)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006C6664" w:rsidRPr="00972B8A" w14:paraId="4F43D6BA" w14:textId="77777777" w:rsidTr="004C7DF3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1EE0F3AC" w14:textId="77777777" w:rsidR="006C6664" w:rsidRPr="0015544D" w:rsidRDefault="006C6664" w:rsidP="00184785">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0015544D">
+              <w:t>Indicated for Rx of:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="36F0CF0C" w14:textId="72C4F869" w:rsidR="006C6664" w:rsidRPr="0015544D" w:rsidRDefault="00C204D0" w:rsidP="00184785">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0015544D">
+              <w:t>Prevention of HIV infection following non-occupational exposure</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006C6664" w:rsidRPr="00972B8A" w14:paraId="6062FAE7" w14:textId="77777777" w:rsidTr="004C7DF3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="78916F77" w14:textId="77777777" w:rsidR="006C6664" w:rsidRPr="0015544D" w:rsidRDefault="006C6664" w:rsidP="00184785">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0015544D">
+              <w:t>Safe for:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E6E1685" w14:textId="0E5DF5F9" w:rsidR="006C6664" w:rsidRPr="0015544D" w:rsidRDefault="000805E6" w:rsidP="00184785">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Adults, </w:t>
+            </w:r>
+            <w:r w:rsidR="00005D2C" w:rsidRPr="0015544D">
+              <w:t>Pregnant persons, and adolescents 12 or older</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006C6664" w:rsidRPr="00972B8A" w14:paraId="16055306" w14:textId="77777777" w:rsidTr="004C7DF3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5040633B" w14:textId="77777777" w:rsidR="006C6664" w:rsidRPr="0015544D" w:rsidRDefault="006C6664" w:rsidP="00184785">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0015544D">
+              <w:t>Contraindications:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="512BBD2D" w14:textId="759DE6C9" w:rsidR="006C6664" w:rsidRPr="0015544D" w:rsidRDefault="00005D2C" w:rsidP="00184785">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0015544D">
+              <w:t>Do not take with dofetilide or rifampin; Potential exacerbation of HBV infection</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006C6664" w:rsidRPr="00972B8A" w14:paraId="6AB791CB" w14:textId="77777777" w:rsidTr="004C7DF3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="654EC154" w14:textId="77777777" w:rsidR="006C6664" w:rsidRPr="0015544D" w:rsidRDefault="006C6664" w:rsidP="00184785">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0015544D">
+              <w:t>Notes:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="195B9D8B" w14:textId="6D80A077" w:rsidR="006C6664" w:rsidRPr="0015544D" w:rsidRDefault="00005D2C" w:rsidP="00184785">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0015544D">
+              <w:t>Take with or without food; take 2 hours before or 6 hours after any meds with aluminum, calcium, iron, and magnesium; common side effects – diarrhea, nausea, headache</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="5BFCB165" w14:textId="77777777" w:rsidR="006C6664" w:rsidRDefault="006C6664" w:rsidP="00C438AC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="046A363F" w14:textId="129B2693" w:rsidR="00005D2C" w:rsidRPr="0015544D" w:rsidRDefault="00460C0E" w:rsidP="00005D2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0015544D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>HIV Prophylaxis #2 – Preferred Regimen</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2335"/>
+        <w:gridCol w:w="8455"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00005D2C" w:rsidRPr="00972B8A" w14:paraId="661B580A" w14:textId="77777777" w:rsidTr="004C7DF3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="79AFBD90" w14:textId="77777777" w:rsidR="00005D2C" w:rsidRPr="0015544D" w:rsidRDefault="00005D2C" w:rsidP="00184785">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0015544D">
+              <w:t>Medications:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="660843BB" w14:textId="53C700D0" w:rsidR="00005D2C" w:rsidRPr="0015544D" w:rsidRDefault="00460C0E" w:rsidP="00184785">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0015544D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Truvada </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0015544D">
+              <w:t xml:space="preserve">(or Descovy or Viread and Epivir) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0015544D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>plus Tivicay</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00005D2C" w:rsidRPr="00972B8A" w14:paraId="3D0D177F" w14:textId="77777777" w:rsidTr="004C7DF3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="420D622E" w14:textId="77777777" w:rsidR="00005D2C" w:rsidRPr="0015544D" w:rsidRDefault="00005D2C" w:rsidP="00184785">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0015544D">
+              <w:t>Dosage:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="167C63CB" w14:textId="79A7DF14" w:rsidR="00005D2C" w:rsidRPr="0015544D" w:rsidRDefault="007A2D45" w:rsidP="00184785">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0015544D">
+              <w:t>1 po daily; (300mg tenofovir + 200mg emtricitabine (Truvada) (or 25mg tenofovir alafenamide + 200mg emtricitabine (Descovy) or tenofovir + lamivudine (Viread + Epivir) + 50mg dolutegravir (Tivicay)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00005D2C" w:rsidRPr="00972B8A" w14:paraId="75D78628" w14:textId="77777777" w:rsidTr="004C7DF3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3A4B382E" w14:textId="77777777" w:rsidR="00005D2C" w:rsidRPr="0015544D" w:rsidRDefault="00005D2C" w:rsidP="00184785">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0015544D">
+              <w:t>Indicated for Rx of:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="72B71CC4" w14:textId="2D9DF80E" w:rsidR="00005D2C" w:rsidRPr="0015544D" w:rsidRDefault="004946F2" w:rsidP="00184785">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0015544D">
+              <w:t>Prevention of HIV infection following non-occupational exposure</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00005D2C" w:rsidRPr="00972B8A" w14:paraId="566F9033" w14:textId="77777777" w:rsidTr="004C7DF3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6842AF94" w14:textId="77777777" w:rsidR="00005D2C" w:rsidRPr="0015544D" w:rsidRDefault="00005D2C" w:rsidP="00184785">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0015544D">
+              <w:t>Safe for:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6156B521" w14:textId="2F9F41CA" w:rsidR="00005D2C" w:rsidRPr="0015544D" w:rsidRDefault="004946F2" w:rsidP="00184785">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0015544D">
+              <w:t>Adults, pregnant persons, and adolescents 12 or older</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00005D2C" w:rsidRPr="00972B8A" w14:paraId="4386B4DE" w14:textId="77777777" w:rsidTr="004C7DF3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="10FBCCDF" w14:textId="77777777" w:rsidR="00005D2C" w:rsidRPr="0015544D" w:rsidRDefault="00005D2C" w:rsidP="00184785">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0015544D">
+              <w:t>Contraindications:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="26EF4069" w14:textId="0C743E7D" w:rsidR="00005D2C" w:rsidRPr="0015544D" w:rsidRDefault="004946F2" w:rsidP="00184785">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0015544D">
+              <w:t>Do not take with dofetilide; potential exacerbation of HBV infection</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00005D2C" w:rsidRPr="00972B8A" w14:paraId="7BEDCFE5" w14:textId="77777777" w:rsidTr="004C7DF3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="21D56F62" w14:textId="77777777" w:rsidR="00005D2C" w:rsidRPr="0015544D" w:rsidRDefault="00005D2C" w:rsidP="00184785">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0015544D">
+              <w:t>Notes:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="141EC810" w14:textId="3C4BDA53" w:rsidR="00005D2C" w:rsidRPr="0015544D" w:rsidRDefault="00054A80" w:rsidP="00184785">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0015544D">
+              <w:t>Take with or without food; take 2 hours before or 6 hours after any meds with aluminum, calcium, iron, and magnesium; common side effects – nausea, diarrhea, headache, fatigue, insomnia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="75B8D631" w14:textId="77777777" w:rsidR="006C6664" w:rsidRDefault="006C6664" w:rsidP="00C438AC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="668D2E04" w14:textId="4EFC5CC7" w:rsidR="00054A80" w:rsidRPr="0015544D" w:rsidRDefault="00080571" w:rsidP="00054A80">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0015544D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Alternative Regimen for HIV Prophylaxis</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2335"/>
+        <w:gridCol w:w="8455"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00054A80" w:rsidRPr="00972B8A" w14:paraId="55392B7D" w14:textId="77777777" w:rsidTr="004C7DF3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="512B39ED" w14:textId="77777777" w:rsidR="00054A80" w:rsidRPr="0015544D" w:rsidRDefault="00054A80" w:rsidP="00184785">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0015544D">
+              <w:t>Medications:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="025A1736" w14:textId="4B8390F9" w:rsidR="00054A80" w:rsidRPr="0015544D" w:rsidRDefault="00C31268" w:rsidP="00184785">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0015544D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Symtuza </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0015544D">
+              <w:t>(no generic available)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00054A80" w:rsidRPr="00972B8A" w14:paraId="1CBEC0F8" w14:textId="77777777" w:rsidTr="004C7DF3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0D462F16" w14:textId="77777777" w:rsidR="00054A80" w:rsidRPr="0015544D" w:rsidRDefault="00054A80" w:rsidP="00184785">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0015544D">
+              <w:t>Dosage:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="58890CD9" w14:textId="7F288026" w:rsidR="00054A80" w:rsidRPr="0015544D" w:rsidRDefault="007124AF" w:rsidP="00184785">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0015544D">
+              <w:t>1 po daily; (800mg darunavir + 150mg cobicistat + 200mg emtricitabine + 10mg tenofovir alafenamide)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00054A80" w:rsidRPr="00972B8A" w14:paraId="688B91FD" w14:textId="77777777" w:rsidTr="004C7DF3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5CFD9F4B" w14:textId="77777777" w:rsidR="00054A80" w:rsidRPr="0015544D" w:rsidRDefault="00054A80" w:rsidP="00184785">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0015544D">
+              <w:t>Indicated for Rx of:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="08D4D8BD" w14:textId="178B7F8A" w:rsidR="00054A80" w:rsidRPr="0015544D" w:rsidRDefault="00107423" w:rsidP="00184785">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0015544D">
+              <w:t>Prevention of HIV infection following non-occupational exposure</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00054A80" w:rsidRPr="00972B8A" w14:paraId="604A1004" w14:textId="77777777" w:rsidTr="004C7DF3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4D6C941D" w14:textId="77777777" w:rsidR="00054A80" w:rsidRPr="0015544D" w:rsidRDefault="00054A80" w:rsidP="00184785">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0015544D">
+              <w:t>Safe for:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="597B0A61" w14:textId="55124570" w:rsidR="00054A80" w:rsidRPr="0015544D" w:rsidRDefault="00107423" w:rsidP="00184785">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0015544D">
+              <w:t>Adults and adolescents 12 or older</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00054A80" w:rsidRPr="00972B8A" w14:paraId="0C98B299" w14:textId="77777777" w:rsidTr="004C7DF3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="14554F0F" w14:textId="77777777" w:rsidR="00054A80" w:rsidRPr="0015544D" w:rsidRDefault="00054A80" w:rsidP="00184785">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0015544D">
+              <w:t>Contraindications:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="27C6B19E" w14:textId="02B6398F" w:rsidR="00054A80" w:rsidRPr="0015544D" w:rsidRDefault="00C459A9" w:rsidP="00184785">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0015544D">
+              <w:t>Pregnant persons, Inhibits CYP3A enzyme thus has many drug interactions; assess for all drug interactions; Potential exacerbation of HBV infection. Risk of Stevens-Johnson syndrome</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00054A80" w:rsidRPr="00972B8A" w14:paraId="7C675DBF" w14:textId="77777777" w:rsidTr="004C7DF3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="590853E6" w14:textId="77777777" w:rsidR="00054A80" w:rsidRPr="0015544D" w:rsidRDefault="00054A80" w:rsidP="00184785">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0015544D">
+              <w:t>Notes:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2F8780DD" w14:textId="2FD7DC90" w:rsidR="00054A80" w:rsidRPr="0015544D" w:rsidRDefault="00184785" w:rsidP="00184785">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0015544D">
+              <w:t>Take with food; common side effects – diarrhea, rash, nausea, fatigue, headache, abdominal discomfort, flatulence</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3F252215" w14:textId="77777777" w:rsidR="00104068" w:rsidRDefault="00104068" w:rsidP="00C438AC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65DE3E28" w14:textId="77777777" w:rsidR="00054A80" w:rsidRDefault="00054A80" w:rsidP="00C438AC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F9E44CC" w14:textId="4E9818BB" w:rsidR="00F30C54" w:rsidRDefault="00F30C54">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BF99E97" w14:textId="77777777" w:rsidR="00054A80" w:rsidRDefault="00054A80" w:rsidP="00C438AC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="10790"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00F30C54" w14:paraId="77B43D34" w14:textId="77777777" w:rsidTr="00AE298B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10790" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="7306AD72" w14:textId="141CAD35" w:rsidR="00F30C54" w:rsidRDefault="00136DDF" w:rsidP="00136DDF">
+            <w:pPr>
+              <w:spacing w:before="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00136DDF">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>PrEP (Pre Exposure Prophylaxis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52CD7380" w14:textId="77777777" w:rsidR="00136DDF" w:rsidRPr="00136DDF" w:rsidRDefault="00136DDF" w:rsidP="00C438AC"/>
+          <w:p w14:paraId="4182208D" w14:textId="77777777" w:rsidR="004129B1" w:rsidRPr="00AE298B" w:rsidRDefault="004129B1" w:rsidP="004129B1">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="16"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE298B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">All persons with an acute sexual exposure who are taking </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE298B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PrEP as recommended </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE298B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">at the time of presentation to the ED </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE298B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">do NOT require nPEP </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE298B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">and may continue their prescribed PrEP as directed. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38279452" w14:textId="6A2D0548" w:rsidR="004129B1" w:rsidRDefault="004129B1" w:rsidP="004129B1">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="16"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE298B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">When taken as prescribed, PrEP can reduce the risk for acquiring HIV from a sexual exposure by about 99%. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E38764C" w14:textId="7399B16E" w:rsidR="00F21866" w:rsidRPr="00AE298B" w:rsidRDefault="009C680E" w:rsidP="004129B1">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="16"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If patient reports noncompliance with PrEP regimen, </w:t>
+            </w:r>
+            <w:r w:rsidR="00FE437A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+              <w:t>the patient should be offered HIV nPEP.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BC82159" w14:textId="0F8D41A0" w:rsidR="00F30C54" w:rsidRDefault="00AF0396" w:rsidP="00AE298B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="16"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:before="60" w:after="100"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+              <w:t>If information regarding adherence to PrEP medication is unclear</w:t>
+            </w:r>
+            <w:r w:rsidR="003313D5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+              <w:t>/unknown</w:t>
+            </w:r>
+            <w:r w:rsidR="00696178">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="004129B1" w:rsidRPr="00AE298B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+              <w:t>it might be prudent to consider the</w:t>
+            </w:r>
+            <w:r w:rsidR="005A2AB3">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> patient</w:t>
+            </w:r>
+            <w:r w:rsidR="004129B1" w:rsidRPr="00AE298B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> nonadherent and</w:t>
+            </w:r>
+            <w:r w:rsidR="00E17812">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="004129B1" w:rsidRPr="00AE298B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">offer </w:t>
+            </w:r>
+            <w:r w:rsidR="000B0A74">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the patient </w:t>
+            </w:r>
+            <w:r w:rsidR="004129B1" w:rsidRPr="00AE298B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001478CB">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">HIV </w:t>
+            </w:r>
+            <w:r w:rsidR="00F16D09">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+              <w:t>n</w:t>
+            </w:r>
+            <w:r w:rsidR="004129B1" w:rsidRPr="00AE298B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PEP. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7F9B8962" w14:textId="77777777" w:rsidR="00F30C54" w:rsidRDefault="00F30C54" w:rsidP="00C438AC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A167000" w14:textId="63C10BB6" w:rsidR="00F30C54" w:rsidRPr="002B7E9A" w:rsidRDefault="002B7E9A" w:rsidP="00C438AC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B7E9A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Follow-up Care</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69193BDF" w14:textId="77777777" w:rsidR="006747A8" w:rsidRDefault="006747A8" w:rsidP="00C438AC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0BF3C6BD" w14:textId="5B3CED1B" w:rsidR="00184785" w:rsidRDefault="002B7E9A" w:rsidP="00184785">
+      <w:r w:rsidRPr="002B7E9A">
+        <w:t>Concern about possible HIV infection as a result of sexual assault is common. Ideally, follow-up care—including HIV counseling and additional testing—is best done in the supportive, on-going relationship of the primary care provider. However, reluctance to disclose a sexual assault to the primary care provider may prevent this continuity of care. Therefore, options for confidential or anonymous HIV testing should be offered. The SANE/ED Clinician should be aware of confidential or anonymous HIV testing resources for survivors of sexual assault, available within the community and through the hospital. The following options for HIV testing can be provided as needed to the patient prior to discharge:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56E53447" w14:textId="77777777" w:rsidR="00B769EB" w:rsidRPr="00B769EB" w:rsidRDefault="00B769EB" w:rsidP="00B769EB">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32136754" w14:textId="36BB4AEA" w:rsidR="00B769EB" w:rsidRPr="00B769EB" w:rsidRDefault="00B769EB" w:rsidP="00B769EB">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="66" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B769EB">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">HIV and STI testing is provided at most private physician’s offices, community health centers, family planning agencies, and hospitals. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D6FCBB2" w14:textId="77777777" w:rsidR="00B769EB" w:rsidRPr="00B769EB" w:rsidRDefault="00B769EB" w:rsidP="00B769EB">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="66" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B769EB">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Local Sexual Assault Prevention and Survivor Services Programs generally can provide free sexual assault crisis counseling and referral to local HIV testing, counseling, and treatment services. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34E63EC3" w14:textId="77777777" w:rsidR="00B769EB" w:rsidRPr="00B769EB" w:rsidRDefault="00B769EB" w:rsidP="00B769EB">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="66" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B769EB">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. The MDPH Office of HIV/AIDS funds numerous HIV Counseling, Testing, and Referral (CTR) sites throughout the state. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0002832E" w14:textId="7034EAD0" w:rsidR="00B769EB" w:rsidRPr="00B769EB" w:rsidRDefault="00B769EB" w:rsidP="00B769EB">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="66" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B769EB">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="303030"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B769EB">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The MDPH and AIDS Action sponsor a website, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B769EB">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0000FF"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">http://www.aac.org/ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B769EB">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="303030"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">which </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B769EB">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">gives HIV/STII test site information and other resources in </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B769EB">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="303030"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Massachusetts. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B6F21FF" w14:textId="77777777" w:rsidR="00B769EB" w:rsidRPr="00B769EB" w:rsidRDefault="00B769EB" w:rsidP="00B769EB">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="66" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B769EB">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. The hospital system may have other available services for HIV counseling as well as referral sources to meet the needs of the sexual assault patient. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71782CDF" w14:textId="77777777" w:rsidR="00B769EB" w:rsidRPr="00B769EB" w:rsidRDefault="00B769EB" w:rsidP="00B769EB">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0000FF"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B769EB">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. Additional resources for nPEP for MA patients can be found at </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B769EB">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0000FF"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">https://crine.org/npep </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DB06130" w14:textId="77777777" w:rsidR="00B769EB" w:rsidRDefault="00B769EB" w:rsidP="00184785"/>
+    <w:p w14:paraId="7EFE35C6" w14:textId="15EE1EF8" w:rsidR="00B769EB" w:rsidRPr="00F44316" w:rsidRDefault="00F44316" w:rsidP="00184785">
+      <w:r w:rsidRPr="00F44316">
+        <w:t xml:space="preserve">Also, aftercare forms containing the names of ED providers, primary care or clinic networks, AIDS Action Hotline number, local Sexual Assault Prevention and Survivor Service Programs and Family Planning Clinic numbers will be provided. MA DPH educational brochures about HIV Counselling and Testing can be found at: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F44316">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>http://files.hria.org/files/HA1656.pdf</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27FE4E06" w14:textId="4DC19B92" w:rsidR="00F44316" w:rsidRDefault="00F44316">
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="177A0024" w14:textId="77777777" w:rsidR="00184785" w:rsidRPr="002B7E9A" w:rsidRDefault="00184785" w:rsidP="00A40D90">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3211C3EC" w14:textId="77777777" w:rsidR="00A40D90" w:rsidRPr="00A40D90" w:rsidRDefault="00A40D90" w:rsidP="00A40D90">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A40D90">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Additional Education regarding Follow- up Care </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51A1017E" w14:textId="059038F1" w:rsidR="00184785" w:rsidRDefault="00A40D90" w:rsidP="00A40D90">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A40D90">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Patients should be counseled regarding symptoms of STIs and the need for immediate examination if symptoms occur. Further, they should be instructed to abstain from sexual intercourse or</w:t>
+      </w:r>
+      <w:r w:rsidR="00B93E96">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A40D90">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> use condoms consistently until full course of STI prophylactic treatment is completed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0759E023" w14:textId="77777777" w:rsidR="00A40D90" w:rsidRPr="00184785" w:rsidRDefault="00A40D90" w:rsidP="00A40D90">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6077267D" w14:textId="0B4A16B1" w:rsidR="00184785" w:rsidRDefault="00A40D90" w:rsidP="00A40D90">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Follow-up examinations provide an opportunity to detect new infections acquired during or after the assault, complete hepatitis B and HPV vaccinations if indicated, complete counseling and treatment for other STIs, and monitor side effects and adherence to PEP if prescribed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FF6C493" w14:textId="77777777" w:rsidR="00A40D90" w:rsidRPr="00184785" w:rsidRDefault="00A40D90" w:rsidP="00A40D90">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D18EEC9" w14:textId="77777777" w:rsidR="004B3C1C" w:rsidRPr="004B3C1C" w:rsidRDefault="004B3C1C" w:rsidP="004B3C1C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="208D81BE" w14:textId="77777777" w:rsidR="004B3C1C" w:rsidRPr="005B01EB" w:rsidRDefault="004B3C1C" w:rsidP="005B01EB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B93E96">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0018086F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>initial testing was performed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B01EB">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, follow-up evaluation should be conducted in &lt;1 week to ensure that results of positive tests can be discussed promptly with the patient, treatment is provided if not administered at the initial visit, and any follow-up for infections can be arranged. Also follow up regarding medication compliance and need for refills can be assessed </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="372B1EB0" w14:textId="77777777" w:rsidR="00184785" w:rsidRDefault="00184785" w:rsidP="00A40D90">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0EFE6545" w14:textId="77777777" w:rsidR="004636CB" w:rsidRPr="005B01EB" w:rsidRDefault="004636CB" w:rsidP="005B01EB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B93E96">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>If</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0018086F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> initial tests are negative and treatment was not provided</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B01EB">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, examination for STIs can be repeated 1–2 weeks after the assault; repeat testing detects infectious organisms that might not have reached sufficient concentrations to produce positive test results at the time of initial examination. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F51AFF6" w14:textId="50A277CC" w:rsidR="00184785" w:rsidRDefault="00184785" w:rsidP="00A40D90">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2093"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="639428E2" w14:textId="77777777" w:rsidR="004636CB" w:rsidRPr="005B01EB" w:rsidRDefault="004636CB" w:rsidP="005B01EB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B93E96">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>If</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0018086F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> initial testing was positive for gonorrhea</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B01EB">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, a risk history, including travel history should be completed. Additionally, a test of cure should be completed 14-days after initial treatment; this includes obtaining a urine NAAT and retesting all previously positive mucosal sites if site-specific testing was conducted. Further, we recommend that all gonorrhea positive cases should have repeat NAAT testing for gonorrhea 3 months following treatment. If retesting at 3 months is not possible, clinicians should retest whenever patients next seek medical care &lt;12 months after initial treatment. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76044CCB" w14:textId="77777777" w:rsidR="004B3C1C" w:rsidRDefault="004B3C1C" w:rsidP="00A40D90">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2093"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7329B533" w14:textId="77777777" w:rsidR="005B01EB" w:rsidRPr="005B01EB" w:rsidRDefault="005B01EB" w:rsidP="005B01EB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B01EB">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For patients who are </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0018086F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>treated during their initial visit, regardless of whether testing was performed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B01EB">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, post-treatment testing for all STIs, excluding gonorrhea should be conducted only if the person reports having symptoms. If initial test results were negative and infection in the assailant cannot be ruled out, serologic tests for syphilis can be repeated at 4-6 weeks and 3 months; HIV testing can be repeated at 6 weeks and 3 months by using methods to identify acute HIV infection. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="719A71F5" w14:textId="77777777" w:rsidR="004B3C1C" w:rsidRDefault="004B3C1C" w:rsidP="00A40D90">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2093"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="10790"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="005B01EB" w14:paraId="17C5BB6C" w14:textId="77777777" w:rsidTr="00F7271A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10790" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="765E6858" w14:textId="39210F6B" w:rsidR="005B01EB" w:rsidRPr="00C674F2" w:rsidRDefault="00C674F2" w:rsidP="00C674F2">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2093"/>
+              </w:tabs>
+              <w:spacing w:before="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C674F2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Follow U</w:t>
+            </w:r>
+            <w:r w:rsidR="002418AA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>p</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C674F2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> regarding PrEP</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42744C76" w14:textId="77777777" w:rsidR="00C674F2" w:rsidRPr="00C674F2" w:rsidRDefault="00C674F2" w:rsidP="00C674F2">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7A7351F4" w14:textId="57E24539" w:rsidR="00664EA0" w:rsidRDefault="00914D47" w:rsidP="007B1E89">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00914D47">
+              <w:t>All p</w:t>
+            </w:r>
+            <w:r w:rsidR="0086336B">
+              <w:t>atients</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00914D47">
+              <w:t xml:space="preserve"> prescribed nPEP should be assessed for ongoing risk for HIV acquisition.</w:t>
+            </w:r>
+            <w:r w:rsidR="00664EA0">
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36887365" w14:textId="77777777" w:rsidR="00664EA0" w:rsidRPr="00664EA0" w:rsidRDefault="00664EA0" w:rsidP="00664EA0">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00664EA0">
+              <w:t xml:space="preserve">When taken as prescribed, PrEP can reduce the risk for acquiring HIV from a sexual exposure by about 99%. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46B8ADD2" w14:textId="77777777" w:rsidR="007B1E89" w:rsidRDefault="007B1E89" w:rsidP="007B1E89">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="100" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F7271A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">An immediate transition from nPEP to PrEP, including HIV testing at the completion of nPEP, should be arranged when indicated. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C89A684" w14:textId="1E86855C" w:rsidR="002E1D87" w:rsidRPr="007F6F5B" w:rsidRDefault="00F7271A" w:rsidP="007F6F5B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="100"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F7271A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+              <w:t>Healthcare professionals should educate patient</w:t>
+            </w:r>
+            <w:r w:rsidR="0086336B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F7271A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> about PrEP options</w:t>
+            </w:r>
+            <w:r w:rsidR="00E35261">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F7271A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="563F8D31" w14:textId="77777777" w:rsidR="005B01EB" w:rsidRDefault="005B01EB" w:rsidP="00A40D90">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2093"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DD96003" w14:textId="7392F1C2" w:rsidR="00DC38CB" w:rsidRDefault="00DC38CB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="675183E1" w14:textId="77777777" w:rsidR="005B01EB" w:rsidRDefault="005B01EB" w:rsidP="00A40D90">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2093"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7094ED0D" w14:textId="45C07F41" w:rsidR="00DC38CB" w:rsidRDefault="00DC38CB" w:rsidP="00290A52">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2093"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52DE8FEE" w14:textId="77777777" w:rsidR="00DC38CB" w:rsidRDefault="00DC38CB" w:rsidP="00A40D90">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2093"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47CBBD6F" w14:textId="77777777" w:rsidR="00335CB7" w:rsidRDefault="00335CB7" w:rsidP="00335CB7">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:noProof/>
-          <w:sz w:val="2"/>
-[...185 lines deleted...]
-          <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3403A6B6" wp14:editId="282CD5E9">
-[...2 lines deleted...]
-            <wp:docPr id="124179247" name="Picture 1"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6E2F2EFA" wp14:editId="18D94B04">
+            <wp:extent cx="5353050" cy="7137400"/>
+            <wp:effectExtent l="0" t="0" r="0" b="6350"/>
+            <wp:docPr id="1" name="Picture 1" descr="STI testing Protocol Diagram"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 2"/>
+                    <pic:cNvPr id="1" name="Picture 1" descr="STI testing Protocol Diagram"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId17">
+                    <a:blip r:embed="rId12" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2597150" cy="127000"/>
+                      <a:ext cx="5353220" cy="7137627"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78361D1B" w14:textId="77777777" w:rsidR="00222401" w:rsidRDefault="00222401">
-[...551 lines deleted...]
-    <w:p w14:paraId="1424B656" w14:textId="5102E50E" w:rsidR="00222401" w:rsidRPr="00F556C2" w:rsidRDefault="00222401" w:rsidP="00321931">
+    <w:p w14:paraId="4122F0D3" w14:textId="77777777" w:rsidR="00DC38CB" w:rsidRPr="00184785" w:rsidRDefault="00DC38CB" w:rsidP="00A40D90">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="793"/>
-          <w:tab w:val="left" w:pos="795"/>
+          <w:tab w:val="left" w:pos="2093"/>
         </w:tabs>
-        <w:spacing w:before="2"/>
-[...1 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
-        </w:rPr>
-[...7 lines deleted...]
-      <w:pgMar w:top="1760" w:right="1020" w:bottom="900" w:left="80" w:header="0" w:footer="0" w:gutter="0"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00DC38CB" w:rsidRPr="00184785" w:rsidSect="0016082B">
+      <w:headerReference w:type="default" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:pgSz w:w="12240" w:h="15840"/>
+      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="382DA20A" w14:textId="77777777" w:rsidR="00DA795D" w:rsidRDefault="00DA795D">
+    <w:p w14:paraId="1F515D41" w14:textId="77777777" w:rsidR="00550800" w:rsidRDefault="00550800" w:rsidP="0016082B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3B2D384D" w14:textId="77777777" w:rsidR="00DA795D" w:rsidRDefault="00DA795D">
+    <w:p w14:paraId="56486AD5" w14:textId="77777777" w:rsidR="00550800" w:rsidRDefault="00550800" w:rsidP="0016082B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...3 lines deleted...]
-    <w:family w:val="swiss"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-[...15 lines deleted...]
-    <w:panose1 w:val="020B0502040204020203"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Palatino Linotype">
-[...7 lines deleted...]
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-    <w:panose1 w:val="02040503050406030204"/>
+  <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings 2">
+    <w:altName w:val="Wingdings"/>
+    <w:panose1 w:val="05020102010507070707"/>
+    <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1C160220" w14:textId="77777777" w:rsidR="00222401" w:rsidRDefault="00281B3D">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="46CFFD53" w14:textId="151229FF" w:rsidR="00192702" w:rsidRPr="00192702" w:rsidRDefault="00192702" w:rsidP="00184785">
     <w:pPr>
-      <w:pStyle w:val="BodyText"/>
-      <w:spacing w:line="14" w:lineRule="auto"/>
+      <w:pStyle w:val="Footer"/>
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00192702">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>MA SANE Program updated 2025</w:t>
+    </w:r>
+    <w:r w:rsidR="00184785">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:tab/>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00192702">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidRPr="00192702">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="00192702">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidRPr="00192702">
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00192702">
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="7C72A8E0" w14:textId="01B2E38B" w:rsidR="00192702" w:rsidRPr="00192702" w:rsidRDefault="00192702" w:rsidP="00184785">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="0E6612CA" w14:textId="77777777" w:rsidR="00550800" w:rsidRDefault="00550800" w:rsidP="0016082B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="7072B5D3" w14:textId="77777777" w:rsidR="00550800" w:rsidRDefault="00550800" w:rsidP="0016082B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0E82837D" w14:textId="1C064B33" w:rsidR="0016082B" w:rsidRPr="0016082B" w:rsidRDefault="00192702" w:rsidP="0016082B">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:noProof/>
+        <w:sz w:val="26"/>
+        <w:szCs w:val="26"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487004672" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="55C7390C" wp14:editId="34FD2EB8">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2A78FD1F" wp14:editId="078F358E">
               <wp:simplePos x="0" y="0"/>
-              <wp:positionH relativeFrom="page">
-                <wp:posOffset>904875</wp:posOffset>
+              <wp:positionH relativeFrom="column">
+                <wp:posOffset>187325</wp:posOffset>
               </wp:positionH>
-              <wp:positionV relativeFrom="page">
-                <wp:posOffset>9458325</wp:posOffset>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>716280</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="6334125" cy="209550"/>
-              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:extent cx="6492875" cy="0"/>
+              <wp:effectExtent l="6350" t="5715" r="6350" b="13335"/>
               <wp:wrapNone/>
-              <wp:docPr id="3" name="Textbox 3"/>
+              <wp:docPr id="887442222" name="AutoShape 1"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
-                    <wps:cNvSpPr txBox="1">
-[...2 lines deleted...]
-                    <wps:spPr>
+                    <wps:cNvCnPr>
+                      <a:cxnSpLocks noChangeShapeType="1"/>
+                    </wps:cNvCnPr>
+                    <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="6334125" cy="209550"/>
+                        <a:ext cx="6492875" cy="0"/>
                       </a:xfrm>
-                      <a:prstGeom prst="rect">
+                      <a:prstGeom prst="straightConnector1">
                         <a:avLst/>
                       </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln w="9525">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:round/>
+                        <a:headEnd type="none" w="med" len="med"/>
+                        <a:tailEnd type="none" w="med" len="med"/>
+                      </a:ln>
+                      <a:extLst>
+                        <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:noFill/>
+                          </a14:hiddenFill>
+                        </a:ext>
+                      </a:extLst>
                     </wps:spPr>
-                    <wps:txbx>
-[...187 lines deleted...]
-                    </wps:bodyPr>
+                    <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
-              <wp14:sizeRelH relativeFrom="margin">
+              <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
-              <wp14:sizeRelV relativeFrom="margin">
+              <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="55C7390C" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
-[...1 lines deleted...]
-              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            <v:shapetype w14:anchorId="310A4459" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
+              <v:path arrowok="t" fillok="f" o:connecttype="none"/>
+              <o:lock v:ext="edit" shapetype="t"/>
             </v:shapetype>
-            <v:shape id="Textbox 3" o:spid="_x0000_s1042" type="#_x0000_t202" style="position:absolute;margin-left:71.25pt;margin-top:744.75pt;width:498.75pt;height:16.5pt;z-index:-16311808;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDAfYFHmQEAACIDAAAOAAAAZHJzL2Uyb0RvYy54bWysUsGO0zAQvSPxD5bvNGmXriBqugJWIKQV&#10;rLTwAa5jNxaxx8y4Tfr3jL1pi+CGuNjjmfHze2+8uZv8II4GyUFo5XJRS2GChs6FfSu/f/v46o0U&#10;lFTo1ADBtPJkSN5tX77YjLExK+hh6AwKBgnUjLGVfUqxqSrSvfGKFhBN4KIF9CrxEfdVh2pkdD9U&#10;q7q+rUbALiJoQ8TZ++ei3BZ8a41OX60lk8TQSuaWyopl3eW12m5Us0cVe6dnGuofWHjlAj96gbpX&#10;SYkDur+gvNMIBDYtNPgKrHXaFA2sZln/oeapV9EULWwOxYtN9P9g9ZfjU3xEkab3MPEAiwiKD6B/&#10;EHtTjZGauSd7Sg1xdxY6WfR5ZwmCL7K3p4ufZkpCc/L25ub1crWWQnNtVb9dr4vh1fV2REqfDHiR&#10;g1Yiz6swUMcHSvl91ZxbZjLP72cmadpNwnWZNHfmzA66E2sZeZytpJ8HhUaK4XNgv/LszwGeg905&#10;wDR8gPJDsqQA7w4JrCsErrgzAR5E4TV/mjzp38+l6/q1t78AAAD//wMAUEsDBBQABgAIAAAAIQBs&#10;7vuh3gAAAA4BAAAPAAAAZHJzL2Rvd25yZXYueG1sTE89b8IwFNwr9T9Yr1K3YhMBgjQOQlU7VaoI&#10;6dDRiU1iET+nsYH03/dlgu1Od7qPbDu6jl3MEKxHCfOZAGaw9tpiI+G7/HhZAwtRoVadRyPhzwTY&#10;5o8PmUq1v2JhLofYMArBkCoJbYx9ynmoW+NUmPneIGlHPzgViQ4N14O6UrjreCLEijtlkRpa1Zu3&#10;1tSnw9lJ2P1g8W5/v6p9cSxsWW4Efq5OUj4/jbtXYNGM8WaGaT5Nh5w2Vf6MOrCO+CJZknUC6w2h&#10;yTJfCPpXEVompPI84/c38n8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAwH2BR5kBAAAi&#10;AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAbO77od4A&#10;AAAOAQAADwAAAAAAAAAAAAAAAADzAwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAP4E&#10;AAAAAA==&#10;" filled="f" stroked="f">
-[...187 lines deleted...]
-            </v:shape>
+            <v:shape id="AutoShape 1" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:14.75pt;margin-top:56.4pt;width:511.25pt;height:0;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCU/WYJzQEAAJIDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L06CpWuNOD2k6y7d&#10;FqDdBzCSbAuTRYFUYufvJ2lJVmyXYZgPhCiST3yP9Pp+Gpw4GmKLvpGL2VwK4xVq67tGfnt5fHcr&#10;BUfwGhx608iTYXm/eftmPYbaLLFHpw2JBOK5HkMj+xhDXVWsejMAzzAYn4It0gAxudRVmmBM6IOr&#10;lvP5TTUi6UCoDHO6ffgZlJuC37ZGxa9tyyYK18jUWyyWit1nW23WUHcEobfq3Ab8QxcDWJ8evUI9&#10;QARxIPsH1GAVIWMbZwqHCtvWKlM4JDaL+W9snnsIpnBJ4nC4ysT/D1Z9OW79jnLravLP4QnVdxYe&#10;tz34zpQGXk4hDW6RparGwPW1JDscdiT242fUKQcOEYsKU0tDhkz8xFTEPl3FNlMUKl3evL9b3n5Y&#10;SaEusQrqS2Egjp8MDiIfGsmRwHZ93KL3aaRIi/IMHJ845ragvhTkVz0+WufKZJ0XYyPvVstVKWB0&#10;VudgTmPq9ltH4gh5N8pXOKbI6zTCg9cFrDegP3otYhHEp32WGX0wWgpn0vrnU8mMYN3fZKbGnT/L&#10;mpXMa8v1HvVpR5lX9tLgC8PzkubNeu2XrF+/0uYHAAAA//8DAFBLAwQUAAYACAAAACEAZ4PPldsA&#10;AAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTUvEMBCG74L/IYzgRdykgYpbmy6L4MGjuwtes83Y&#10;VptJadJt3V/vLAh6nHce3o9ys/henHCMXSAD2UqBQKqD66gxcNi/3D+CiMmSs30gNPCNETbV9VVp&#10;CxdmesPTLjWCTSgW1kCb0lBIGesWvY2rMCDx7yOM3iY+x0a60c5s7nuplXqQ3nbECa0d8LnF+ms3&#10;eQMYpzxT27VvDq/n+e5dnz/nYW/M7c2yfQKRcEl/MFzqc3WouNMxTOSi6A3odc4k65nmCRdA5ZrX&#10;HX8lWZXy/4bqBwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJT9ZgnNAQAAkgMAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGeDz5XbAAAACwEAAA8A&#10;AAAAAAAAAAAAAAAAJwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAvBQAAAAA=&#10;"/>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-  </w:p>
-[...8 lines deleted...]
-      <w:spacing w:line="14" w:lineRule="auto"/>
+    <w:r w:rsidR="0016082B" w:rsidRPr="0016082B">
       <w:rPr>
-        <w:sz w:val="2"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="26"/>
+        <w:szCs w:val="26"/>
       </w:rPr>
-    </w:pPr>
-[...9 lines deleted...]
-      <w:spacing w:line="14" w:lineRule="auto"/>
+      <w:t>MASSACHUSETTS SEXUAL ASSAULT NURSE EXAMINER PROGRAM</w:t>
+    </w:r>
+    <w:r w:rsidR="0016082B">
       <w:rPr>
-        <w:sz w:val="2"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="26"/>
+        <w:szCs w:val="26"/>
       </w:rPr>
-    </w:pPr>
-[...30 lines deleted...]
-    <w:r>
+      <w:br/>
+    </w:r>
+    <w:r w:rsidR="0016082B" w:rsidRPr="0016082B">
       <w:rPr>
-        <w:noProof/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="26"/>
+        <w:szCs w:val="26"/>
       </w:rPr>
-      <mc:AlternateContent>
-[...72 lines deleted...]
-      </mc:AlternateContent>
+      <w:t xml:space="preserve">PROTOCOL FOR ADULT/ADOLESCENT SANEs and </w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="0016082B">
       <w:rPr>
-        <w:noProof/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="26"/>
+        <w:szCs w:val="26"/>
       </w:rPr>
-      <mc:AlternateContent>
-[...422 lines deleted...]
-      </mc:AlternateContent>
+      <w:br/>
+    </w:r>
+    <w:r w:rsidR="0016082B" w:rsidRPr="0016082B">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="26"/>
+        <w:szCs w:val="26"/>
+      </w:rPr>
+      <w:t>EMERGENCY DEPARTMENT PROVIDERS</w:t>
+    </w:r>
+    <w:r w:rsidR="0016082B">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="26"/>
+        <w:szCs w:val="26"/>
+      </w:rPr>
+      <w:br/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-[...531 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="000E57E9"/>
+    <w:nsid w:val="84B51C07"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="8A068FE4"/>
-[...114 lines deleted...]
-      </w:rPr>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0357521D"/>
+    <w:nsid w:val="9DCAE4FE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="B6D0EAFE"/>
-    <w:lvl w:ilvl="0" w:tplc="04090001">
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="9E737078"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="C67EF534"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="10640269"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="532045CC"/>
+    <w:lvl w:ilvl="0" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
-[...2 lines deleted...]
-        <w:ind w:left="1319" w:hanging="360"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2039" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2759" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3479" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4199" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4919" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5639" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6359" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7079" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="04CC45D5"/>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="211131A9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="841206FC"/>
-    <w:lvl w:ilvl="0" w:tplc="42D65D34">
+    <w:tmpl w:val="A02EA33A"/>
+    <w:lvl w:ilvl="0" w:tplc="04090005">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="✓"/>
-[...2 lines deleted...]
-        <w:ind w:left="266" w:hanging="158"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol" w:hint="default"/>
-[...8 lines deleted...]
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="E9562F46">
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="346" w:hanging="158"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="13921A5C">
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="432" w:hanging="158"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="7FF6790E">
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="518" w:hanging="158"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="68ACFECE">
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="604" w:hanging="158"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="D9E6D07E">
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="691" w:hanging="158"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04E05C70">
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="777" w:hanging="158"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="C0F27956">
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="863" w:hanging="158"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="6E621608">
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="949" w:hanging="158"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-[...363 lines deleted...]
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="08BE0953"/>
+    <w:nsid w:val="26455384"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="AE600666"/>
-    <w:lvl w:ilvl="0" w:tplc="F312A8CA">
+    <w:tmpl w:val="5AFE5636"/>
+    <w:lvl w:ilvl="0" w:tplc="04090005">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="✓"/>
-[...2 lines deleted...]
-        <w:ind w:left="265" w:hanging="158"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol" w:hint="default"/>
-[...8 lines deleted...]
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="E98A1ACE">
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="394" w:hanging="158"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="A67EA3CC">
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="529" w:hanging="158"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="6C823D22">
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="664" w:hanging="158"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="959CF2A0">
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="799" w:hanging="158"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="AF968CDE">
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="934" w:hanging="158"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="ADECA992">
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="1069" w:hanging="158"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="EC96C852">
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="1204" w:hanging="158"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="6EC28064">
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="1339" w:hanging="158"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0B0F7B20"/>
+    <w:nsid w:val="28893D81"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="A5D2F4EE"/>
-    <w:lvl w:ilvl="0" w:tplc="09C2D5FA">
+    <w:tmpl w:val="35D2244A"/>
+    <w:lvl w:ilvl="0" w:tplc="04090005">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="■"/>
-[...2 lines deleted...]
-        <w:ind w:left="862" w:hanging="359"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
-[...8 lines deleted...]
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="76A2CADA">
+    <w:lvl w:ilvl="1" w:tplc="04090003">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="1708" w:hanging="359"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="9FCE52C0">
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="2556" w:hanging="359"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="E97CDCAE">
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="3404" w:hanging="359"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="BDFE3CF8">
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="4252" w:hanging="359"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="7F02FF26">
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="5100" w:hanging="359"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0BA621DA">
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="5948" w:hanging="359"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="2D64CA90">
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="6796" w:hanging="359"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="934AEFDA">
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="7644" w:hanging="359"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0C280212"/>
+    <w:nsid w:val="311C4A9E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="186AEF24"/>
-    <w:lvl w:ilvl="0" w:tplc="DB74B1B0">
+    <w:tmpl w:val="B2B0BE62"/>
+    <w:lvl w:ilvl="0" w:tplc="04090005">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="✓"/>
-[...2 lines deleted...]
-        <w:ind w:left="266" w:hanging="158"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol" w:hint="default"/>
-[...9 lines deleted...]
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="6110F8C2">
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="859" w:hanging="158"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="C95EAF1E">
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="1458" w:hanging="158"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="92E6F86A">
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="2057" w:hanging="158"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="9D148338">
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="2656" w:hanging="158"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="A2423776">
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="3255" w:hanging="158"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="FACA9E06">
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="3854" w:hanging="158"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="C2444B4A">
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="4453" w:hanging="158"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="A434FE9C">
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="5052" w:hanging="158"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0C597187"/>
+    <w:nsid w:val="324D727D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="12B619EA"/>
-    <w:lvl w:ilvl="0" w:tplc="8F9A744E">
+    <w:tmpl w:val="C876FB96"/>
+    <w:lvl w:ilvl="0" w:tplc="04090005">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="✓"/>
-[...2 lines deleted...]
-        <w:ind w:left="265" w:hanging="158"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol" w:hint="default"/>
-[...8 lines deleted...]
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="2DB29084">
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="345" w:hanging="158"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="A762DDE2">
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="430" w:hanging="158"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="CE0EA8DC">
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="515" w:hanging="158"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="8488F890">
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="600" w:hanging="158"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="69402510">
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="685" w:hanging="158"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="2B22139E">
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="770" w:hanging="158"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="DC182C5A">
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="855" w:hanging="158"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="D4926F7C">
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="940" w:hanging="158"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="12631D50"/>
+    <w:nsid w:val="3635482F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="675A80AA"/>
-    <w:lvl w:ilvl="0" w:tplc="6FD6F71E">
+    <w:tmpl w:val="299A572C"/>
+    <w:lvl w:ilvl="0" w:tplc="04090005">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="✓"/>
-[...2 lines deleted...]
-        <w:ind w:left="265" w:hanging="158"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol" w:hint="default"/>
-[...8 lines deleted...]
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="E206AE80">
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="345" w:hanging="158"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="DE3E97D2">
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="430" w:hanging="158"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="CE5AE7FE">
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="515" w:hanging="158"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="869463D0">
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="600" w:hanging="158"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="972ACED0">
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="685" w:hanging="158"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="80968820">
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="770" w:hanging="158"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="A948A8E2">
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="855" w:hanging="158"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="8EDC2924">
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="940" w:hanging="158"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="13FD75F4"/>
+    <w:nsid w:val="3D8F4E90"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="C66CC1B8"/>
-    <w:lvl w:ilvl="0" w:tplc="2C04EDFA">
+    <w:tmpl w:val="5666FB1E"/>
+    <w:lvl w:ilvl="0" w:tplc="04090005">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="■"/>
-[...2 lines deleted...]
-        <w:ind w:left="960" w:hanging="181"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
-[...8 lines deleted...]
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="138428B6">
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="1922" w:hanging="181"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="47C237F2">
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="2884" w:hanging="181"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="A9F6D1BA">
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="3846" w:hanging="181"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="6ED08C1C">
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="4808" w:hanging="181"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="8402DC48">
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="5770" w:hanging="181"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="3BB86226">
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="6732" w:hanging="181"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="B6E2AC82">
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="7694" w:hanging="181"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="A156F9CC">
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="8656" w:hanging="181"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="186C2830"/>
+    <w:nsid w:val="430974C9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="FA2E65E8"/>
-    <w:lvl w:ilvl="0" w:tplc="031A5F96">
+    <w:tmpl w:val="B380BE34"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000B">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="✓"/>
-[...2 lines deleted...]
-        <w:ind w:left="266" w:hanging="158"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol" w:hint="default"/>
-[...8 lines deleted...]
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="89D6548E">
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="346" w:hanging="158"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="2A86B0E0">
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="432" w:hanging="158"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0F92C630">
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="518" w:hanging="158"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="93F823E6">
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="604" w:hanging="158"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="9C2E364E">
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="691" w:hanging="158"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="C430E836">
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="777" w:hanging="158"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="26CE172E">
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="863" w:hanging="158"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="B74A3418">
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="949" w:hanging="158"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1A8B6EEC"/>
+    <w:nsid w:val="436F3EC8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="6B9A915C"/>
-[...114 lines deleted...]
-      </w:rPr>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1CFC2D15"/>
+    <w:nsid w:val="4A110D73"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="883CE7FC"/>
-[...114 lines deleted...]
-      </w:rPr>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographDigital"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1E2101E3"/>
+    <w:nsid w:val="56F23DBD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="1DA6C822"/>
-    <w:lvl w:ilvl="0" w:tplc="36409D84">
+    <w:tmpl w:val="91527128"/>
+    <w:lvl w:ilvl="0" w:tplc="04090005">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="✓"/>
-[...2 lines deleted...]
-        <w:ind w:left="267" w:hanging="158"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol" w:hint="default"/>
-[...8 lines deleted...]
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="67743934">
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="422" w:hanging="158"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="D048EC10">
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="584" w:hanging="158"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="BD6ED0AE">
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="746" w:hanging="158"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="1D2435A2">
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="908" w:hanging="158"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="F7C844EC">
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="1070" w:hanging="158"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="9DBA94EE">
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="1232" w:hanging="158"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="0CE62FFC">
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="1394" w:hanging="158"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="4C90A516">
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="1556" w:hanging="158"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1E3A5B5B"/>
+    <w:nsid w:val="57C1418C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="152CBB0E"/>
-    <w:lvl w:ilvl="0" w:tplc="B636ABBA">
+    <w:tmpl w:val="BD283DAA"/>
+    <w:lvl w:ilvl="0" w:tplc="04090005">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="✓"/>
-[...2 lines deleted...]
-        <w:ind w:left="267" w:hanging="158"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol" w:hint="default"/>
-[...9 lines deleted...]
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="747C5688">
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="422" w:hanging="158"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="340E511A">
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="584" w:hanging="158"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="B43C0E58">
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="746" w:hanging="158"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="A6D6FC50">
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="908" w:hanging="158"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="2588279C">
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="1070" w:hanging="158"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="13FAC020">
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="1232" w:hanging="158"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="270C4C4E">
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="1394" w:hanging="158"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="C4768438">
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="1556" w:hanging="158"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="276E6EA7"/>
+    <w:nsid w:val="5B45419F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="973AF078"/>
-    <w:lvl w:ilvl="0" w:tplc="C930E266">
+    <w:tmpl w:val="7A30E292"/>
+    <w:lvl w:ilvl="0" w:tplc="04090005">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="✓"/>
-[...2 lines deleted...]
-        <w:ind w:left="266" w:hanging="158"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol" w:hint="default"/>
-[...8 lines deleted...]
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="255244D8">
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="346" w:hanging="158"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="A9D4C9EC">
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="432" w:hanging="158"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="077680D2">
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="518" w:hanging="158"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="7C426A4C">
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="604" w:hanging="158"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="5204D318">
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="691" w:hanging="158"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="D98C4C12">
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="777" w:hanging="158"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="C458017E">
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="863" w:hanging="158"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="89A03238">
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="949" w:hanging="158"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="284941B3"/>
+    <w:nsid w:val="627C7546"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="714289A2"/>
-    <w:lvl w:ilvl="0" w:tplc="9D3200BA">
+    <w:tmpl w:val="0C44D150"/>
+    <w:lvl w:ilvl="0" w:tplc="04090005">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="✓"/>
-[...2 lines deleted...]
-        <w:ind w:left="266" w:hanging="158"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol" w:hint="default"/>
-[...8 lines deleted...]
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="41782788">
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="346" w:hanging="158"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="00A041CA">
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="432" w:hanging="158"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="4E7E8986">
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="518" w:hanging="158"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="5240C316">
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="604" w:hanging="158"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="B7E66A80">
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="691" w:hanging="158"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="4A982646">
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="777" w:hanging="158"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="C4DA90B8">
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="863" w:hanging="158"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="9098B882">
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="949" w:hanging="158"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="318D38C1"/>
+    <w:nsid w:val="6DF22EE6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="2B522D4E"/>
-    <w:lvl w:ilvl="0" w:tplc="9036CA8C">
+    <w:tmpl w:val="70B42452"/>
+    <w:lvl w:ilvl="0" w:tplc="04090005">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="✓"/>
-[...3 lines deleted...]
-      </w:pPr>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
       <w:rPr>
-        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol" w:hint="default"/>
-[...8 lines deleted...]
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="FF6A27EE">
-[...93 lines deleted...]
-      </w:rPr>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="35460800"/>
+    <w:nsid w:val="6F0F686F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="459CC8D4"/>
-    <w:lvl w:ilvl="0" w:tplc="1672596A">
+    <w:tmpl w:val="601699E4"/>
+    <w:lvl w:ilvl="0" w:tplc="04090005">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="✓"/>
-[...2 lines deleted...]
-        <w:ind w:left="265" w:hanging="158"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol" w:hint="default"/>
-[...9 lines deleted...]
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="C2F0EDB2">
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="394" w:hanging="158"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="6BA04CBA">
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="529" w:hanging="158"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="F8EAA9E8">
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="664" w:hanging="158"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="BBBCCCA2">
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="799" w:hanging="158"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="ED546B12">
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="934" w:hanging="158"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="09B824F4">
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="1069" w:hanging="158"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="31306D14">
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="1204" w:hanging="158"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="F118DC94">
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="1339" w:hanging="158"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
-[...2337 lines deleted...]
-    <w:abstractNumId w:val="33"/>
+  <w:num w:numId="1" w16cid:durableId="971524628">
+    <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1654334954">
-    <w:abstractNumId w:val="25"/>
+  <w:num w:numId="2" w16cid:durableId="1919485079">
+    <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="436872534">
-    <w:abstractNumId w:val="28"/>
+  <w:num w:numId="3" w16cid:durableId="989822580">
+    <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1764298544">
-    <w:abstractNumId w:val="26"/>
+  <w:num w:numId="4" w16cid:durableId="1512718079">
+    <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1834950875">
-    <w:abstractNumId w:val="22"/>
+  <w:num w:numId="5" w16cid:durableId="97217072">
+    <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1821312112">
-    <w:abstractNumId w:val="21"/>
+  <w:num w:numId="6" w16cid:durableId="375591377">
+    <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1003968860">
-[...5 lines deleted...]
-  <w:num w:numId="9" w16cid:durableId="340861372">
+  <w:num w:numId="7" w16cid:durableId="1859351617">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1129663373">
+  <w:num w:numId="8" w16cid:durableId="1592011180">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="499466849">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="957612578">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="642539587">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1000737228">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1452744679">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1652637607">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="192768671">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1418357177">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1539666280">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1215119004">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="1085033780">
-[...20 lines deleted...]
-  <w:num w:numId="18" w16cid:durableId="811288094">
+  <w:num w:numId="19" w16cid:durableId="1048646555">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="1314024389">
-[...14 lines deleted...]
-  <w:num w:numId="24" w16cid:durableId="1349795136">
+  <w:num w:numId="20" w16cid:durableId="1146512617">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="25" w16cid:durableId="279724997">
-[...45 lines deleted...]
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="21" w16cid:durableId="378285043">
+    <w:abstractNumId w:val="12"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
-  <w:drawingGridHorizontalSpacing w:val="110"/>
-  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00222401"/>
-[...46 lines deleted...]
-    <w:rsid w:val="00FE123E"/>
+    <w:rsidRoot w:val="0016082B"/>
+    <w:rsid w:val="00000512"/>
+    <w:rsid w:val="00005D2C"/>
+    <w:rsid w:val="00034FC2"/>
+    <w:rsid w:val="000364AF"/>
+    <w:rsid w:val="00054A80"/>
+    <w:rsid w:val="00056C61"/>
+    <w:rsid w:val="00061440"/>
+    <w:rsid w:val="00061CC3"/>
+    <w:rsid w:val="00070170"/>
+    <w:rsid w:val="00080571"/>
+    <w:rsid w:val="000805E6"/>
+    <w:rsid w:val="00090D27"/>
+    <w:rsid w:val="000A257B"/>
+    <w:rsid w:val="000A278D"/>
+    <w:rsid w:val="000B0A74"/>
+    <w:rsid w:val="000D7110"/>
+    <w:rsid w:val="000E0C69"/>
+    <w:rsid w:val="000E2E11"/>
+    <w:rsid w:val="000E4044"/>
+    <w:rsid w:val="000F39BD"/>
+    <w:rsid w:val="000F3D7B"/>
+    <w:rsid w:val="00104068"/>
+    <w:rsid w:val="00107423"/>
+    <w:rsid w:val="00123E69"/>
+    <w:rsid w:val="00133353"/>
+    <w:rsid w:val="00136DDF"/>
+    <w:rsid w:val="001478CB"/>
+    <w:rsid w:val="001525A6"/>
+    <w:rsid w:val="0015544D"/>
+    <w:rsid w:val="0016082B"/>
+    <w:rsid w:val="00162640"/>
+    <w:rsid w:val="00172E9B"/>
+    <w:rsid w:val="00176C4F"/>
+    <w:rsid w:val="0018086F"/>
+    <w:rsid w:val="00184785"/>
+    <w:rsid w:val="0018798C"/>
+    <w:rsid w:val="00192702"/>
+    <w:rsid w:val="0019552B"/>
+    <w:rsid w:val="00195A69"/>
+    <w:rsid w:val="0019665E"/>
+    <w:rsid w:val="001A0C6A"/>
+    <w:rsid w:val="001B23AA"/>
+    <w:rsid w:val="001C2854"/>
+    <w:rsid w:val="001C3292"/>
+    <w:rsid w:val="001C4D14"/>
+    <w:rsid w:val="001D47B5"/>
+    <w:rsid w:val="001E03EC"/>
+    <w:rsid w:val="001F2A1C"/>
+    <w:rsid w:val="0021132C"/>
+    <w:rsid w:val="002158EB"/>
+    <w:rsid w:val="002301EC"/>
+    <w:rsid w:val="002418AA"/>
+    <w:rsid w:val="0025448C"/>
+    <w:rsid w:val="00262DAB"/>
+    <w:rsid w:val="00282C90"/>
+    <w:rsid w:val="002862A0"/>
+    <w:rsid w:val="00290A52"/>
+    <w:rsid w:val="002A70D9"/>
+    <w:rsid w:val="002B7E9A"/>
+    <w:rsid w:val="002C16C5"/>
+    <w:rsid w:val="002C4C83"/>
+    <w:rsid w:val="002D5B96"/>
+    <w:rsid w:val="002E1D87"/>
+    <w:rsid w:val="003176F4"/>
+    <w:rsid w:val="003313D5"/>
+    <w:rsid w:val="00335CB7"/>
+    <w:rsid w:val="00346758"/>
+    <w:rsid w:val="003921A8"/>
+    <w:rsid w:val="003A4B94"/>
+    <w:rsid w:val="003A4EF5"/>
+    <w:rsid w:val="003C4D08"/>
+    <w:rsid w:val="003C7721"/>
+    <w:rsid w:val="003E581E"/>
+    <w:rsid w:val="003E7066"/>
+    <w:rsid w:val="003F71D4"/>
+    <w:rsid w:val="0040000C"/>
+    <w:rsid w:val="00401A08"/>
+    <w:rsid w:val="00406A19"/>
+    <w:rsid w:val="004129B1"/>
+    <w:rsid w:val="00431CC3"/>
+    <w:rsid w:val="004348E5"/>
+    <w:rsid w:val="00451B0F"/>
+    <w:rsid w:val="0045546F"/>
+    <w:rsid w:val="00460C0E"/>
+    <w:rsid w:val="004636CB"/>
+    <w:rsid w:val="0047026C"/>
+    <w:rsid w:val="004721E9"/>
+    <w:rsid w:val="00472B82"/>
+    <w:rsid w:val="00482820"/>
+    <w:rsid w:val="004837D7"/>
+    <w:rsid w:val="00492F1E"/>
+    <w:rsid w:val="004946F2"/>
+    <w:rsid w:val="004A030A"/>
+    <w:rsid w:val="004A0491"/>
+    <w:rsid w:val="004A431A"/>
+    <w:rsid w:val="004B1F5B"/>
+    <w:rsid w:val="004B3C1C"/>
+    <w:rsid w:val="004B5FD2"/>
+    <w:rsid w:val="004D538A"/>
+    <w:rsid w:val="004F1640"/>
+    <w:rsid w:val="004F3250"/>
+    <w:rsid w:val="00515026"/>
+    <w:rsid w:val="00517959"/>
+    <w:rsid w:val="00550800"/>
+    <w:rsid w:val="00563039"/>
+    <w:rsid w:val="00567AC1"/>
+    <w:rsid w:val="00596642"/>
+    <w:rsid w:val="005A2AB3"/>
+    <w:rsid w:val="005B01EB"/>
+    <w:rsid w:val="005C08DA"/>
+    <w:rsid w:val="005C5862"/>
+    <w:rsid w:val="005F069F"/>
+    <w:rsid w:val="00601DCD"/>
+    <w:rsid w:val="00604611"/>
+    <w:rsid w:val="006510CC"/>
+    <w:rsid w:val="00660141"/>
+    <w:rsid w:val="006631B5"/>
+    <w:rsid w:val="00664EA0"/>
+    <w:rsid w:val="00671FD5"/>
+    <w:rsid w:val="006747A8"/>
+    <w:rsid w:val="0068444E"/>
+    <w:rsid w:val="00696178"/>
+    <w:rsid w:val="006A50FB"/>
+    <w:rsid w:val="006B5743"/>
+    <w:rsid w:val="006C4CAD"/>
+    <w:rsid w:val="006C6664"/>
+    <w:rsid w:val="006F3079"/>
+    <w:rsid w:val="006F42E9"/>
+    <w:rsid w:val="007124AF"/>
+    <w:rsid w:val="007216DC"/>
+    <w:rsid w:val="00744A26"/>
+    <w:rsid w:val="007474A0"/>
+    <w:rsid w:val="0075158C"/>
+    <w:rsid w:val="007625BB"/>
+    <w:rsid w:val="00763929"/>
+    <w:rsid w:val="007668B1"/>
+    <w:rsid w:val="00777B2D"/>
+    <w:rsid w:val="00794BBD"/>
+    <w:rsid w:val="007A1685"/>
+    <w:rsid w:val="007A2D45"/>
+    <w:rsid w:val="007A5551"/>
+    <w:rsid w:val="007A7317"/>
+    <w:rsid w:val="007B1E89"/>
+    <w:rsid w:val="007B556D"/>
+    <w:rsid w:val="007C0527"/>
+    <w:rsid w:val="007C14A9"/>
+    <w:rsid w:val="007D257A"/>
+    <w:rsid w:val="007D4C8E"/>
+    <w:rsid w:val="007E4FEE"/>
+    <w:rsid w:val="007E77B3"/>
+    <w:rsid w:val="007F6F5B"/>
+    <w:rsid w:val="00804F51"/>
+    <w:rsid w:val="00816B98"/>
+    <w:rsid w:val="00827B53"/>
+    <w:rsid w:val="00850293"/>
+    <w:rsid w:val="00851589"/>
+    <w:rsid w:val="0086336B"/>
+    <w:rsid w:val="008708DE"/>
+    <w:rsid w:val="008C3F04"/>
+    <w:rsid w:val="008D46CA"/>
+    <w:rsid w:val="008F08CB"/>
+    <w:rsid w:val="008F2843"/>
+    <w:rsid w:val="008F4525"/>
+    <w:rsid w:val="0090636E"/>
+    <w:rsid w:val="00914D47"/>
+    <w:rsid w:val="00915CC7"/>
+    <w:rsid w:val="00915EBE"/>
+    <w:rsid w:val="00932882"/>
+    <w:rsid w:val="00933AE9"/>
+    <w:rsid w:val="00972B8A"/>
+    <w:rsid w:val="009A363A"/>
+    <w:rsid w:val="009A715E"/>
+    <w:rsid w:val="009B19AF"/>
+    <w:rsid w:val="009B29F4"/>
+    <w:rsid w:val="009C680E"/>
+    <w:rsid w:val="009D1C11"/>
+    <w:rsid w:val="009D4FF4"/>
+    <w:rsid w:val="009E259A"/>
+    <w:rsid w:val="009F765D"/>
+    <w:rsid w:val="00A34166"/>
+    <w:rsid w:val="00A40A2D"/>
+    <w:rsid w:val="00A40D90"/>
+    <w:rsid w:val="00A51A10"/>
+    <w:rsid w:val="00AB7655"/>
+    <w:rsid w:val="00AD6F66"/>
+    <w:rsid w:val="00AE298B"/>
+    <w:rsid w:val="00AE4520"/>
+    <w:rsid w:val="00AF0396"/>
+    <w:rsid w:val="00B03EF3"/>
+    <w:rsid w:val="00B30D19"/>
+    <w:rsid w:val="00B436AE"/>
+    <w:rsid w:val="00B6141D"/>
+    <w:rsid w:val="00B769EB"/>
+    <w:rsid w:val="00B800C1"/>
+    <w:rsid w:val="00B93E96"/>
+    <w:rsid w:val="00B96368"/>
+    <w:rsid w:val="00BA21AA"/>
+    <w:rsid w:val="00BC662F"/>
+    <w:rsid w:val="00BC6F94"/>
+    <w:rsid w:val="00BE04D8"/>
+    <w:rsid w:val="00BE1016"/>
+    <w:rsid w:val="00C0445F"/>
+    <w:rsid w:val="00C110E7"/>
+    <w:rsid w:val="00C204D0"/>
+    <w:rsid w:val="00C31268"/>
+    <w:rsid w:val="00C438AC"/>
+    <w:rsid w:val="00C459A9"/>
+    <w:rsid w:val="00C61844"/>
+    <w:rsid w:val="00C65F4B"/>
+    <w:rsid w:val="00C66F93"/>
+    <w:rsid w:val="00C674F2"/>
+    <w:rsid w:val="00C73E96"/>
+    <w:rsid w:val="00C9315A"/>
+    <w:rsid w:val="00CA06EA"/>
+    <w:rsid w:val="00CB5423"/>
+    <w:rsid w:val="00CC1C0B"/>
+    <w:rsid w:val="00CC6788"/>
+    <w:rsid w:val="00CC6C64"/>
+    <w:rsid w:val="00CD62E8"/>
+    <w:rsid w:val="00CE6747"/>
+    <w:rsid w:val="00CF0CA3"/>
+    <w:rsid w:val="00D572EE"/>
+    <w:rsid w:val="00D63A31"/>
+    <w:rsid w:val="00D65C1D"/>
+    <w:rsid w:val="00D763BD"/>
+    <w:rsid w:val="00D763C6"/>
+    <w:rsid w:val="00D77F52"/>
+    <w:rsid w:val="00D850E5"/>
+    <w:rsid w:val="00D93F8C"/>
+    <w:rsid w:val="00DA751A"/>
+    <w:rsid w:val="00DB4146"/>
+    <w:rsid w:val="00DC043D"/>
+    <w:rsid w:val="00DC38CB"/>
+    <w:rsid w:val="00DD5EC3"/>
+    <w:rsid w:val="00DE0762"/>
+    <w:rsid w:val="00DE2F28"/>
+    <w:rsid w:val="00DF7B45"/>
+    <w:rsid w:val="00E133AC"/>
+    <w:rsid w:val="00E17267"/>
+    <w:rsid w:val="00E17812"/>
+    <w:rsid w:val="00E24754"/>
+    <w:rsid w:val="00E249AB"/>
+    <w:rsid w:val="00E34CDE"/>
+    <w:rsid w:val="00E35261"/>
+    <w:rsid w:val="00E747DC"/>
+    <w:rsid w:val="00E9063E"/>
+    <w:rsid w:val="00EA14AF"/>
+    <w:rsid w:val="00EB33FC"/>
+    <w:rsid w:val="00EE3BC8"/>
+    <w:rsid w:val="00F07E1E"/>
+    <w:rsid w:val="00F12249"/>
+    <w:rsid w:val="00F16525"/>
+    <w:rsid w:val="00F16D09"/>
+    <w:rsid w:val="00F21866"/>
+    <w:rsid w:val="00F30C54"/>
+    <w:rsid w:val="00F315A6"/>
+    <w:rsid w:val="00F42053"/>
+    <w:rsid w:val="00F44316"/>
+    <w:rsid w:val="00F63EFE"/>
+    <w:rsid w:val="00F6466A"/>
+    <w:rsid w:val="00F7271A"/>
+    <w:rsid w:val="00FA6931"/>
+    <w:rsid w:val="00FB15E5"/>
+    <w:rsid w:val="00FC510C"/>
+    <w:rsid w:val="00FD2704"/>
+    <w:rsid w:val="00FD349B"/>
+    <w:rsid w:val="00FE1F0F"/>
+    <w:rsid w:val="00FE437A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="09106A3F"/>
-  <w15:docId w15:val="{1DE9189B-F38E-4AD9-AF97-801B98FAC4AE}"/>
+  <w14:docId w14:val="4A9E9AF4"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{5183C89B-8B43-4078-9D90-365E92E61C07}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:widowControl w:val="0"/>
-[...1 lines deleted...]
-        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -43475,613 +14627,1120 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="005E3291"/>
-[...2 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00054A80"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
+    <w:rsid w:val="0016082B"/>
     <w:pPr>
-      <w:spacing w:before="19"/>
-      <w:ind w:left="108"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
-[...2 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
+    <w:rsid w:val="0016082B"/>
     <w:pPr>
-      <w:spacing w:before="94"/>
-      <w:ind w:left="600"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
-[...1 lines deleted...]
-      <w:u w:val="single" w:color="000000"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
+    <w:rsid w:val="0016082B"/>
     <w:pPr>
-      <w:ind w:left="1192"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
+    <w:rsid w:val="0016082B"/>
     <w:pPr>
-      <w:ind w:left="600"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
-[...2 lines deleted...]
-      <w:szCs w:val="20"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="0016082B"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="0016082B"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="0016082B"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="0016082B"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="0016082B"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyText">
-    <w:name w:val="Body Text"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="0016082B"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0016082B"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0016082B"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0016082B"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0016082B"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0016082B"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0016082B"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0016082B"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0016082B"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BodyTextChar"/>
-    <w:uiPriority w:val="1"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
     <w:qFormat/>
+    <w:rsid w:val="0016082B"/>
+    <w:pPr>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
     <w:rPr>
-      <w:sz w:val="20"/>
-      <w:szCs w:val="20"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="0016082B"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="0016082B"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="0016082B"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Quote">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="0016082B"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="0016082B"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="1"/>
+    <w:uiPriority w:val="34"/>
     <w:qFormat/>
+    <w:rsid w:val="0016082B"/>
     <w:pPr>
-      <w:ind w:left="1319" w:hanging="179"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
-    <w:name w:val="Table Paragraph"/>
+  <w:style w:type="character" w:styleId="IntenseEmphasis">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="0016082B"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+    <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="1"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
+    <w:uiPriority w:val="30"/>
     <w:qFormat/>
+    <w:rsid w:val="0016082B"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="0016082B"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseReference">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="0016082B"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="003D3513"/>
+    <w:rsid w:val="0016082B"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="003D3513"/>
-[...2 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="0016082B"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="003D3513"/>
+    <w:rsid w:val="0016082B"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="003D3513"/>
+    <w:rsid w:val="0016082B"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+    <w:name w:val="Default"/>
+    <w:rsid w:val="0016082B"/>
+    <w:pPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
-[...9 lines deleted...]
-    </w:rPr>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="0016082B"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00887918"/>
+    <w:rsid w:val="00DF7B45"/>
     <w:rPr>
-      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:color w:val="467886" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00887918"/>
+    <w:rsid w:val="00DF7B45"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FollowedHyperlink">
-    <w:name w:val="FollowedHyperlink"/>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000805E6"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00321931"/>
+    <w:rsid w:val="000805E6"/>
     <w:rPr>
-      <w:color w:val="800080" w:themeColor="followedHyperlink"/>
-      <w:u w:val="single"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000805E6"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="000805E6"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000805E6"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000805E6"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00335CB7"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...14 lines deleted...]
-  </w:divs>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cdc.gov/hiv/pdf/programresources/cdc-hiv-npep-guidelines.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cdc.gov/std/treatment-guidelines/STI-Guidelines-2021.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/lists/std-treatment-guidelines-and-clinical-advisories" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cdc.gov/std/treatment-guidelines/STI-Guidelines-2021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://files.hria.org/files/HA1656.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cdc.gov/std/treatment-guidelines/STI-Guidelines-2021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rb.gy/iujpsp" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aac.org/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cdc.gov/mmwr/volumes/74/rr/rr7401a1.htm" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cdc.gov/mmwr/volumes/74/rr/pdfs/rr7401a1-H.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cdc.gov/mmwr/volumes/74/wr/pdfs/mm7435a3-H.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/lists/std-treatment-guidelines-and-clinical-advisories" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{63596A74-6941-4D59-A2F4-FCF493233476}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>10</Pages>
-[...1 lines deleted...]
-  <Characters>14669</Characters>
+  <Pages>12</Pages>
+  <Words>4586</Words>
+  <Characters>26141</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>122</Lines>
-  <Paragraphs>34</Paragraphs>
+  <Lines>217</Lines>
+  <Paragraphs>61</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Commonwealth of Massachusetts</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17208</CharactersWithSpaces>
+  <CharactersWithSpaces>30666</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Petricone, Randi (DPH)</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Wentzel, Kathryn A (DPH)</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...15 lines deleted...]
-</file>