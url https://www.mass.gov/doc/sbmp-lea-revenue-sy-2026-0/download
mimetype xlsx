--- v0 (2025-10-31)
+++ v1 (2026-03-30)
@@ -1,86 +1,86 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Y:\STATE ROLE FOLDER\Payments-QuarterlyandPrgm to dates\Quarterly Submission Sheets\MA EHS Submissions Combined eff QE 3-17 Final Copies\_SBMP Revenue Reporting\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Y:\STATE ROLE FOLDER\Payments-QuarterlyandPrgm to dates\Quarterly Submission Sheets\MA EHS Submissions Combined eff QE 3-17 Final Copies\_SBMP Revenue Reporting\FY26\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{38AB6A9F-22BD-41A4-8768-17532FB0A2F8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8A1E2BE7-DE8F-411D-8B37-DC2977BA5849}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="20052" yWindow="-108" windowWidth="22080" windowHeight="13176" xr2:uid="{7F1BC55B-181F-4014-AEEE-5360B89D1B62}"/>
+    <workbookView xWindow="20052" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{7F1BC55B-181F-4014-AEEE-5360B89D1B62}"/>
   </bookViews>
   <sheets>
     <sheet name="SFY26" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'SFY26'!$A$4:$C$307</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'SFY26'!$A$4:$D$323</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="610" uniqueCount="610">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="640" uniqueCount="640">
   <si>
     <t>DESE Org. Code</t>
   </si>
   <si>
     <t>Provider Name</t>
   </si>
   <si>
     <t>04450000</t>
   </si>
   <si>
     <t>Abby Kelley Foster Charter School</t>
   </si>
   <si>
     <t>00010000</t>
   </si>
   <si>
     <t>Abington Public Schools</t>
   </si>
   <si>
     <t>06000000</t>
   </si>
   <si>
     <t>Acton-Boxborough Regional School District</t>
   </si>
   <si>
@@ -1866,61 +1866,151 @@
     <t>TOTAL Payments disbursed to LEAs for the Submission Period 04/01/2025 through 06/30/2025</t>
   </si>
   <si>
     <t>Amesbury Public Schools</t>
   </si>
   <si>
     <t>Ashburnham - Westminster Regional School District</t>
   </si>
   <si>
     <t>Baystate Academy Charter School</t>
   </si>
   <si>
     <t>Frontier Regional School District</t>
   </si>
   <si>
     <t>Gill-montague Regional School District</t>
   </si>
   <si>
     <t>Mendon- Upton Regional School District</t>
   </si>
   <si>
     <t>New Salem-Wendell Regional School District</t>
   </si>
   <si>
     <t>Northborough-Southborough Regional School District</t>
+  </si>
+  <si>
+    <t>TOTAL Payments disbursed to LEAs  for the Submission Period 07/01/2025 through 09/30/2025</t>
+  </si>
+  <si>
+    <t>Conway School District</t>
+  </si>
+  <si>
+    <t>Everett Public Schools</t>
+  </si>
+  <si>
+    <t>Franklin County Technical School</t>
+  </si>
+  <si>
+    <t>Hawlemont Regional School District</t>
+  </si>
+  <si>
+    <t>Kingston School District</t>
+  </si>
+  <si>
+    <t>Medford Public Schools</t>
+  </si>
+  <si>
+    <t>Mohawk Trail Regional School District</t>
+  </si>
+  <si>
+    <t>North Brookfield School District</t>
+  </si>
+  <si>
+    <t>Northbridge Public Schools</t>
+  </si>
+  <si>
+    <t>Northeast Metropolitan Vocational School</t>
+  </si>
+  <si>
+    <t>Pioneer Valley Performing Arts Charter School</t>
+  </si>
+  <si>
+    <t>Pioneer Valley Regional School District</t>
+  </si>
+  <si>
+    <t>Silver Lake Regional School District</t>
+  </si>
+  <si>
+    <t>Westport Public Schools</t>
+  </si>
+  <si>
+    <t>Worcester Cultural Academy</t>
+  </si>
+  <si>
+    <t>00680000</t>
+  </si>
+  <si>
+    <t>00930000</t>
+  </si>
+  <si>
+    <t>08180000</t>
+  </si>
+  <si>
+    <t>06850000</t>
+  </si>
+  <si>
+    <t>01450000</t>
+  </si>
+  <si>
+    <t>01760000</t>
+  </si>
+  <si>
+    <t>07170000</t>
+  </si>
+  <si>
+    <t>02150000</t>
+  </si>
+  <si>
+    <t>02140000</t>
+  </si>
+  <si>
+    <t>08530000</t>
+  </si>
+  <si>
+    <t>07500000</t>
+  </si>
+  <si>
+    <t>07600000</t>
+  </si>
+  <si>
+    <t>03310000</t>
+  </si>
+  <si>
+    <t>04790000</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="_(&quot;$&quot;* #,##0_);_(&quot;$&quot;* \(#,##0\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
-  <fonts count="9" x14ac:knownFonts="1">
+  <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Calibri"/>
@@ -1936,163 +2026,188 @@
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
+    <font>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color indexed="8"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="12">
+  <cellXfs count="19">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="49" fontId="5" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" readingOrder="1"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" readingOrder="1"/>
     </xf>
+    <xf numFmtId="44" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1"/>
+    <xf numFmtId="44" fontId="0" fillId="0" borderId="0" xfId="1" applyFont="1"/>
+    <xf numFmtId="44" fontId="5" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="4" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="5">
     <cellStyle name="Currency" xfId="1" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="3" xr:uid="{9054EDCE-6D6F-43CC-9CE6-9A6834071048}"/>
     <cellStyle name="Pivot Style Medium 13" xfId="2" xr:uid="{2514247B-8377-41A8-8990-2CA603E0735C}"/>
     <cellStyle name="Pivot Style Medium 13 2" xfId="4" xr:uid="{F994BF16-D6B0-4EE6-BFDE-B034B520C29F}"/>
   </cellStyles>
   <dxfs count="4">
+    <dxf>
+      <font>
+        <color rgb="FFFF0000"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FFFF0000"/>
+      </font>
+    </dxf>
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
-    </dxf>
-[...8 lines deleted...]
-      </font>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -2371,3437 +2486,4537 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CB4F0F66-41DF-4F79-B340-16F70A1FF28B}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:C307"/>
+  <dimension ref="A1:D322"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="B64" sqref="B64"/>
+      <selection activeCell="C6" sqref="C6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="15.7109375" style="7" customWidth="1"/>
     <col min="2" max="2" width="61.7109375" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="20.7109375" customWidth="1"/>
+    <col min="4" max="4" width="23.28515625" style="13" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3" s="2" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:4" s="2" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>600</v>
       </c>
       <c r="B1" s="1"/>
-    </row>
-    <row r="2" spans="1:3" s="2" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="D1" s="12"/>
+    </row>
+    <row r="2" spans="1:4" s="2" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>586</v>
       </c>
       <c r="B2" s="3"/>
-    </row>
-    <row r="3" spans="1:3" s="2" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="D2" s="12"/>
+    </row>
+    <row r="3" spans="1:4" s="2" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="4"/>
       <c r="B3" s="5"/>
-    </row>
-    <row r="4" spans="1:3" ht="94.5" x14ac:dyDescent="0.25">
+      <c r="D3" s="12"/>
+    </row>
+    <row r="4" spans="1:4" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A4" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="6" t="s">
         <v>1</v>
       </c>
       <c r="C4" s="6" t="s">
         <v>601</v>
       </c>
-    </row>
-    <row r="5" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="D4" s="14" t="s">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A5" s="11" t="s">
         <v>2</v>
       </c>
-      <c r="B5" s="10" t="s">
+      <c r="B5" s="15" t="s">
         <v>3</v>
       </c>
       <c r="C5" s="8">
         <v>16387</v>
       </c>
-    </row>
-    <row r="6" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="D5" s="18">
+        <v>14537</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A6" s="11" t="s">
         <v>4</v>
       </c>
-      <c r="B6" s="10" t="s">
+      <c r="B6" s="15" t="s">
         <v>5</v>
       </c>
       <c r="C6" s="8">
         <v>48549</v>
       </c>
-    </row>
-    <row r="7" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="D6" s="18">
+        <v>27889</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A7" s="11" t="s">
         <v>6</v>
       </c>
-      <c r="B7" s="10" t="s">
+      <c r="B7" s="15" t="s">
         <v>7</v>
       </c>
       <c r="C7" s="8">
         <v>44427</v>
       </c>
-    </row>
-    <row r="8" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="D7" s="18">
+        <v>61199</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A8" s="11" t="s">
         <v>8</v>
       </c>
-      <c r="B8" s="10" t="s">
+      <c r="B8" s="15" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="8">
         <v>18514</v>
       </c>
-    </row>
-    <row r="9" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="D8" s="18">
+        <v>14791</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A9" s="11" t="s">
         <v>10</v>
       </c>
-      <c r="B9" s="10" t="s">
+      <c r="B9" s="15" t="s">
         <v>11</v>
       </c>
       <c r="C9" s="8">
         <v>18884</v>
       </c>
-    </row>
-    <row r="10" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="D9" s="18">
+        <v>259255</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A10" s="11" t="s">
         <v>12</v>
       </c>
-      <c r="B10" s="10" t="s">
+      <c r="B10" s="15" t="s">
         <v>602</v>
       </c>
       <c r="C10" s="8">
         <v>40059</v>
       </c>
-    </row>
-    <row r="11" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="D10" s="18">
+        <v>44427</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A11" s="11" t="s">
         <v>13</v>
       </c>
-      <c r="B11" s="10" t="s">
+      <c r="B11" s="15" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="8">
         <v>4198</v>
       </c>
-    </row>
-    <row r="12" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="D11" s="18">
+        <v>80301</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A12" s="11" t="s">
         <v>15</v>
       </c>
-      <c r="B12" s="10" t="s">
+      <c r="B12" s="15" t="s">
         <v>16</v>
       </c>
       <c r="C12" s="8">
         <v>4463</v>
       </c>
-    </row>
-    <row r="13" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="D12" s="18">
+        <v>91378</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A13" s="11" t="s">
         <v>17</v>
       </c>
-      <c r="B13" s="10" t="s">
+      <c r="B13" s="15" t="s">
         <v>18</v>
       </c>
       <c r="C13" s="8">
         <v>102694</v>
       </c>
-    </row>
-    <row r="14" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="D13" s="18">
+        <v>121785</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A14" s="11" t="s">
         <v>19</v>
       </c>
-      <c r="B14" s="10" t="s">
+      <c r="B14" s="15" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="8">
         <v>54716</v>
       </c>
-    </row>
-    <row r="15" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="D14" s="18">
+        <v>63594</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A15" s="11" t="s">
         <v>21</v>
       </c>
-      <c r="B15" s="10" t="s">
+      <c r="B15" s="15" t="s">
         <v>603</v>
       </c>
       <c r="C15" s="8">
         <v>54361</v>
       </c>
-    </row>
-    <row r="16" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="D15" s="18">
+        <v>21096</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A16" s="11" t="s">
         <v>22</v>
       </c>
-      <c r="B16" s="10" t="s">
+      <c r="B16" s="15" t="s">
         <v>23</v>
       </c>
       <c r="C16" s="8">
         <v>16791</v>
       </c>
-    </row>
-    <row r="17" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="D16" s="18">
+        <v>19693</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A17" s="11" t="s">
         <v>24</v>
       </c>
-      <c r="B17" s="10" t="s">
+      <c r="B17" s="15" t="s">
         <v>25</v>
       </c>
       <c r="C17" s="8">
         <v>27113</v>
       </c>
-    </row>
-    <row r="18" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="D17" s="18">
+        <v>27100</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A18" s="11" t="s">
         <v>26</v>
       </c>
-      <c r="B18" s="10" t="s">
+      <c r="B18" s="15" t="s">
         <v>27</v>
       </c>
       <c r="C18" s="8">
         <v>85485</v>
       </c>
-    </row>
-    <row r="19" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="D18" s="18">
+        <v>62675</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A19" s="11" t="s">
         <v>28</v>
       </c>
-      <c r="B19" s="10" t="s">
+      <c r="B19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="C19" s="8">
         <v>5544</v>
       </c>
-    </row>
-    <row r="20" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="D19" s="18">
+        <v>4294</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A20" s="11" t="s">
         <v>30</v>
       </c>
-      <c r="B20" s="10" t="s">
+      <c r="B20" s="15" t="s">
         <v>31</v>
       </c>
       <c r="C20" s="8">
         <v>115454</v>
       </c>
-    </row>
-    <row r="21" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="D20" s="18">
+        <v>150505</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A21" s="11" t="s">
         <v>32</v>
       </c>
-      <c r="B21" s="10" t="s">
+      <c r="B21" s="15" t="s">
         <v>33</v>
       </c>
       <c r="C21" s="8">
         <v>47258</v>
       </c>
-    </row>
-    <row r="22" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="D21" s="18">
+        <v>52717</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A22" s="11" t="s">
         <v>34</v>
       </c>
-      <c r="B22" s="10" t="s">
+      <c r="B22" s="15" t="s">
         <v>35</v>
       </c>
       <c r="C22" s="8">
         <v>17585</v>
       </c>
-    </row>
-    <row r="23" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="D22" s="18">
+        <v>15186</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A23" s="11" t="s">
         <v>36</v>
       </c>
-      <c r="B23" s="10" t="s">
+      <c r="B23" s="15" t="s">
         <v>37</v>
       </c>
       <c r="C23" s="8">
         <v>29156</v>
       </c>
-    </row>
-    <row r="24" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="D23" s="18">
+        <v>47429</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A24" s="11" t="s">
         <v>38</v>
       </c>
-      <c r="B24" s="10" t="s">
+      <c r="B24" s="15" t="s">
         <v>39</v>
       </c>
       <c r="C24" s="8">
         <v>112747</v>
       </c>
-    </row>
-    <row r="25" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="D24" s="18">
+        <v>135111</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A25" s="11" t="s">
         <v>40</v>
       </c>
-      <c r="B25" s="10" t="s">
+      <c r="B25" s="15" t="s">
         <v>604</v>
       </c>
       <c r="C25" s="8">
         <v>860</v>
       </c>
-    </row>
-    <row r="26" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="D25" s="18">
+        <v>25460</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A26" s="11" t="s">
         <v>41</v>
       </c>
-      <c r="B26" s="10" t="s">
+      <c r="B26" s="15" t="s">
         <v>42</v>
       </c>
       <c r="C26" s="8">
         <v>31840</v>
       </c>
-    </row>
-    <row r="27" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="D26" s="18">
+        <v>29240</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A27" s="11" t="s">
         <v>43</v>
       </c>
-      <c r="B27" s="10" t="s">
+      <c r="B27" s="15" t="s">
         <v>44</v>
       </c>
       <c r="C27" s="8">
         <v>44400</v>
       </c>
-    </row>
-    <row r="28" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="D27" s="18">
+        <v>46790</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A28" s="11" t="s">
         <v>45</v>
       </c>
-      <c r="B28" s="10" t="s">
+      <c r="B28" s="15" t="s">
         <v>46</v>
       </c>
       <c r="C28" s="8">
         <v>57740</v>
       </c>
-    </row>
-    <row r="29" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="D28" s="18">
+        <v>53435</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A29" s="11" t="s">
         <v>47</v>
       </c>
-      <c r="B29" s="10" t="s">
+      <c r="B29" s="15" t="s">
         <v>48</v>
       </c>
       <c r="C29" s="8">
         <v>1079</v>
       </c>
-    </row>
-    <row r="30" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="D29" s="18">
+        <v>85254</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A30" s="11" t="s">
         <v>599</v>
       </c>
-      <c r="B30" s="10" t="s">
+      <c r="B30" s="15" t="s">
         <v>598</v>
       </c>
       <c r="C30" s="8">
         <v>10441</v>
       </c>
-    </row>
-    <row r="31" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="D30" s="18">
+        <v>9549</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A31" s="11" t="s">
         <v>49</v>
       </c>
-      <c r="B31" s="10" t="s">
+      <c r="B31" s="15" t="s">
         <v>50</v>
       </c>
       <c r="C31" s="8">
         <v>59288</v>
       </c>
-    </row>
-    <row r="32" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="D31" s="18">
+        <v>73131</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A32" s="11" t="s">
         <v>51</v>
       </c>
-      <c r="B32" s="10" t="s">
+      <c r="B32" s="15" t="s">
         <v>52</v>
       </c>
       <c r="C32" s="8">
         <v>8493</v>
       </c>
-    </row>
-    <row r="33" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="D32" s="18">
+        <v>9138</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A33" s="11" t="s">
         <v>53</v>
       </c>
-      <c r="B33" s="10" t="s">
+      <c r="B33" s="15" t="s">
         <v>54</v>
       </c>
       <c r="C33" s="8">
         <v>105514</v>
       </c>
-    </row>
-    <row r="34" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="D33" s="18">
+        <v>134426</v>
+      </c>
+    </row>
+    <row r="34" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A34" s="11" t="s">
         <v>55</v>
       </c>
-      <c r="B34" s="10" t="s">
+      <c r="B34" s="15" t="s">
         <v>56</v>
       </c>
       <c r="C34" s="8">
         <v>122922</v>
       </c>
-    </row>
-    <row r="35" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="D34" s="18">
+        <v>155405</v>
+      </c>
+    </row>
+    <row r="35" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A35" s="11" t="s">
         <v>57</v>
       </c>
-      <c r="B35" s="10" t="s">
+      <c r="B35" s="15" t="s">
         <v>58</v>
       </c>
       <c r="C35" s="8">
         <v>8017</v>
       </c>
-    </row>
-    <row r="36" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="D35" s="18">
+        <v>8131</v>
+      </c>
+    </row>
+    <row r="36" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A36" s="11" t="s">
         <v>59</v>
       </c>
-      <c r="B36" s="10" t="s">
+      <c r="B36" s="15" t="s">
         <v>60</v>
       </c>
       <c r="C36" s="8">
         <v>52052</v>
       </c>
-    </row>
-    <row r="37" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="D36" s="18">
+        <v>50219</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A37" s="11" t="s">
         <v>61</v>
       </c>
-      <c r="B37" s="10" t="s">
+      <c r="B37" s="15" t="s">
         <v>62</v>
       </c>
       <c r="C37" s="8">
         <v>12011</v>
       </c>
-    </row>
-    <row r="38" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="D37" s="18">
+        <v>9824</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A38" s="11" t="s">
         <v>63</v>
       </c>
-      <c r="B38" s="10" t="s">
+      <c r="B38" s="15" t="s">
         <v>64</v>
       </c>
       <c r="C38" s="8">
         <v>2062513</v>
       </c>
-    </row>
-    <row r="39" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="D38" s="18">
+        <v>3789613</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A39" s="11" t="s">
         <v>65</v>
       </c>
-      <c r="B39" s="10" t="s">
+      <c r="B39" s="15" t="s">
         <v>66</v>
       </c>
       <c r="C39" s="8">
         <v>26224</v>
       </c>
-    </row>
-    <row r="40" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="D39" s="18">
+        <v>27232</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A40" s="11" t="s">
         <v>67</v>
       </c>
-      <c r="B40" s="10" t="s">
+      <c r="B40" s="15" t="s">
         <v>68</v>
       </c>
       <c r="C40" s="8">
         <v>4878</v>
       </c>
-    </row>
-    <row r="41" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="D40" s="18">
+        <v>4748</v>
+      </c>
+    </row>
+    <row r="41" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A41" s="11" t="s">
         <v>69</v>
       </c>
-      <c r="B41" s="10" t="s">
+      <c r="B41" s="15" t="s">
         <v>70</v>
       </c>
       <c r="C41" s="8">
         <v>96116</v>
       </c>
-    </row>
-    <row r="42" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="D41" s="18">
+        <v>99475</v>
+      </c>
+    </row>
+    <row r="42" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A42" s="11" t="s">
         <v>71</v>
       </c>
-      <c r="B42" s="10" t="s">
+      <c r="B42" s="15" t="s">
         <v>72</v>
       </c>
       <c r="C42" s="8">
         <v>10683</v>
       </c>
-    </row>
-    <row r="43" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="D42" s="18">
+        <v>8418</v>
+      </c>
+    </row>
+    <row r="43" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A43" s="11" t="s">
         <v>73</v>
       </c>
-      <c r="B43" s="10" t="s">
+      <c r="B43" s="15" t="s">
         <v>74</v>
       </c>
       <c r="C43" s="8">
         <v>670</v>
       </c>
-    </row>
-    <row r="44" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="D43" s="18">
+        <v>1387</v>
+      </c>
+    </row>
+    <row r="44" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A44" s="11" t="s">
         <v>75</v>
       </c>
-      <c r="B44" s="10" t="s">
+      <c r="B44" s="15" t="s">
         <v>76</v>
       </c>
       <c r="C44" s="8">
         <v>96651</v>
       </c>
-    </row>
-    <row r="45" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="D44" s="18">
+        <v>117568</v>
+      </c>
+    </row>
+    <row r="45" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A45" s="11" t="s">
         <v>77</v>
       </c>
-      <c r="B45" s="10" t="s">
+      <c r="B45" s="15" t="s">
         <v>78</v>
       </c>
       <c r="C45" s="8">
         <v>7719</v>
       </c>
-    </row>
-    <row r="46" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="D45" s="18">
+        <v>8646</v>
+      </c>
+    </row>
+    <row r="46" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A46" s="11" t="s">
         <v>79</v>
       </c>
-      <c r="B46" s="10" t="s">
+      <c r="B46" s="15" t="s">
         <v>80</v>
       </c>
       <c r="C46" s="8">
         <v>15888</v>
       </c>
-    </row>
-    <row r="47" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="D46" s="18">
+        <v>12590</v>
+      </c>
+    </row>
+    <row r="47" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A47" s="11" t="s">
         <v>81</v>
       </c>
-      <c r="B47" s="10" t="s">
+      <c r="B47" s="15" t="s">
         <v>82</v>
       </c>
       <c r="C47" s="8">
         <v>3851</v>
       </c>
-    </row>
-    <row r="48" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="D47" s="18">
+        <v>456884</v>
+      </c>
+    </row>
+    <row r="48" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A48" s="11" t="s">
         <v>83</v>
       </c>
-      <c r="B48" s="10" t="s">
+      <c r="B48" s="15" t="s">
         <v>84</v>
       </c>
       <c r="C48" s="8">
         <v>9126</v>
       </c>
-    </row>
-    <row r="49" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="D48" s="18">
+        <v>12622</v>
+      </c>
+    </row>
+    <row r="49" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A49" s="11" t="s">
         <v>85</v>
       </c>
-      <c r="B49" s="10" t="s">
+      <c r="B49" s="15" t="s">
         <v>86</v>
       </c>
       <c r="C49" s="8">
         <v>136817</v>
       </c>
-    </row>
-    <row r="50" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="D49" s="18">
+        <v>130871</v>
+      </c>
+    </row>
+    <row r="50" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A50" s="11" t="s">
         <v>87</v>
       </c>
-      <c r="B50" s="10" t="s">
+      <c r="B50" s="15" t="s">
         <v>88</v>
       </c>
       <c r="C50" s="8">
         <v>66608</v>
       </c>
-    </row>
-    <row r="51" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="D50" s="18">
+        <v>80766</v>
+      </c>
+    </row>
+    <row r="51" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A51" s="11" t="s">
         <v>89</v>
       </c>
-      <c r="B51" s="10" t="s">
+      <c r="B51" s="15" t="s">
         <v>90</v>
       </c>
       <c r="C51" s="8">
         <v>167010</v>
       </c>
-    </row>
-    <row r="52" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="D51" s="18">
+        <v>135911</v>
+      </c>
+    </row>
+    <row r="52" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A52" s="11" t="s">
         <v>91</v>
       </c>
-      <c r="B52" s="10" t="s">
+      <c r="B52" s="15" t="s">
         <v>92</v>
       </c>
       <c r="C52" s="8">
         <v>108526</v>
       </c>
-    </row>
-    <row r="53" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="D52" s="18">
+        <v>106502</v>
+      </c>
+    </row>
+    <row r="53" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A53" s="11" t="s">
         <v>93</v>
       </c>
-      <c r="B53" s="10" t="s">
+      <c r="B53" s="15" t="s">
         <v>94</v>
       </c>
       <c r="C53" s="8">
         <v>10296</v>
       </c>
-    </row>
-    <row r="54" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="D53" s="18">
+        <v>2388</v>
+      </c>
+    </row>
+    <row r="54" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A54" s="11" t="s">
         <v>95</v>
       </c>
-      <c r="B54" s="10" t="s">
+      <c r="B54" s="15" t="s">
         <v>96</v>
       </c>
       <c r="C54" s="8">
         <v>13193</v>
       </c>
-    </row>
-    <row r="55" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="D54" s="18">
+        <v>16807</v>
+      </c>
+    </row>
+    <row r="55" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A55" s="11" t="s">
         <v>97</v>
       </c>
-      <c r="B55" s="10" t="s">
+      <c r="B55" s="15" t="s">
         <v>98</v>
       </c>
       <c r="C55" s="8">
         <v>42008</v>
       </c>
-    </row>
-    <row r="56" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="D55" s="18">
+        <v>56339</v>
+      </c>
+    </row>
+    <row r="56" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A56" s="11" t="s">
         <v>99</v>
       </c>
-      <c r="B56" s="10" t="s">
+      <c r="B56" s="15" t="s">
         <v>100</v>
       </c>
       <c r="C56" s="8">
         <v>10545</v>
       </c>
-    </row>
-    <row r="57" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="D56" s="18">
+        <v>220650</v>
+      </c>
+    </row>
+    <row r="57" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A57" s="11" t="s">
         <v>101</v>
       </c>
-      <c r="B57" s="10" t="s">
+      <c r="B57" s="15" t="s">
         <v>102</v>
       </c>
       <c r="C57" s="8">
         <v>233717</v>
       </c>
-    </row>
-    <row r="58" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="D57" s="18">
+        <v>208352</v>
+      </c>
+    </row>
+    <row r="58" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A58" s="11" t="s">
         <v>103</v>
       </c>
-      <c r="B58" s="10" t="s">
+      <c r="B58" s="15" t="s">
         <v>104</v>
       </c>
       <c r="C58" s="8">
         <v>1535</v>
       </c>
-    </row>
-    <row r="59" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="D58" s="18">
+        <v>6374</v>
+      </c>
+    </row>
+    <row r="59" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A59" s="11" t="s">
         <v>105</v>
       </c>
-      <c r="B59" s="10" t="s">
+      <c r="B59" s="15" t="s">
         <v>106</v>
       </c>
       <c r="C59" s="8">
         <v>63264</v>
       </c>
-    </row>
-    <row r="60" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="D59" s="18">
+        <v>704535</v>
+      </c>
+    </row>
+    <row r="60" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A60" s="11" t="s">
         <v>107</v>
       </c>
-      <c r="B60" s="10" t="s">
+      <c r="B60" s="15" t="s">
         <v>108</v>
       </c>
       <c r="C60" s="8">
         <v>2896</v>
       </c>
-    </row>
-    <row r="61" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="D60" s="18">
+        <v>3102</v>
+      </c>
+    </row>
+    <row r="61" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A61" s="11" t="s">
         <v>109</v>
       </c>
-      <c r="B61" s="10" t="s">
+      <c r="B61" s="15" t="s">
         <v>110</v>
       </c>
       <c r="C61" s="8">
         <v>704</v>
       </c>
-    </row>
-    <row r="62" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="D61" s="18">
+        <v>8742</v>
+      </c>
+    </row>
+    <row r="62" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A62" s="11" t="s">
         <v>111</v>
       </c>
-      <c r="B62" s="10" t="s">
+      <c r="B62" s="15" t="s">
         <v>112</v>
       </c>
       <c r="C62" s="8">
         <v>59343</v>
       </c>
-    </row>
-    <row r="63" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="D62" s="18">
+        <v>81354</v>
+      </c>
+    </row>
+    <row r="63" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A63" s="11" t="s">
         <v>113</v>
       </c>
-      <c r="B63" s="10" t="s">
+      <c r="B63" s="15" t="s">
         <v>114</v>
       </c>
       <c r="C63" s="8">
         <v>8097</v>
       </c>
-    </row>
-    <row r="64" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="D63" s="18">
+        <v>8089</v>
+      </c>
+    </row>
+    <row r="64" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A64" s="11" t="s">
         <v>115</v>
       </c>
-      <c r="B64" s="10" t="s">
+      <c r="B64" s="15" t="s">
         <v>116</v>
       </c>
       <c r="C64" s="8">
         <v>11755</v>
       </c>
-    </row>
-    <row r="65" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="D64" s="18">
+        <v>3781</v>
+      </c>
+    </row>
+    <row r="65" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A65" s="11" t="s">
         <v>117</v>
       </c>
-      <c r="B65" s="10" t="s">
+      <c r="B65" s="15" t="s">
         <v>118</v>
       </c>
       <c r="C65" s="8">
         <v>28075</v>
       </c>
-    </row>
-    <row r="66" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="D65" s="18">
+        <v>24136</v>
+      </c>
+    </row>
+    <row r="66" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A66" s="11" t="s">
         <v>119</v>
       </c>
-      <c r="B66" s="10" t="s">
+      <c r="B66" s="15" t="s">
         <v>120</v>
       </c>
       <c r="C66" s="8">
         <v>4043</v>
       </c>
-    </row>
-    <row r="67" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="D66" s="18">
+        <v>4842</v>
+      </c>
+    </row>
+    <row r="67" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A67" s="11" t="s">
+        <v>626</v>
+      </c>
+      <c r="B67" s="16" t="s">
+        <v>611</v>
+      </c>
+      <c r="C67" s="8"/>
+      <c r="D67" s="18">
+        <v>5577</v>
+      </c>
+    </row>
+    <row r="68" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A68" s="11" t="s">
         <v>121</v>
       </c>
-      <c r="B67" s="10" t="s">
+      <c r="B68" s="15" t="s">
         <v>122</v>
       </c>
-      <c r="C67" s="8">
+      <c r="C68" s="8">
         <v>93366</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A68" s="11" t="s">
+      <c r="D68" s="18">
+        <v>138125</v>
+      </c>
+    </row>
+    <row r="69" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A69" s="11" t="s">
         <v>123</v>
       </c>
-      <c r="B68" s="10" t="s">
+      <c r="B69" s="15" t="s">
         <v>124</v>
       </c>
-      <c r="C68" s="8">
+      <c r="C69" s="8">
         <v>63581</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A69" s="11" t="s">
+      <c r="D69" s="18">
+        <v>77048</v>
+      </c>
+    </row>
+    <row r="70" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A70" s="11" t="s">
         <v>125</v>
       </c>
-      <c r="B69" s="10" t="s">
+      <c r="B70" s="15" t="s">
         <v>126</v>
       </c>
-      <c r="C69" s="8">
+      <c r="C70" s="8">
         <v>133323</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A70" s="11" t="s">
+      <c r="D70" s="18">
+        <v>147587</v>
+      </c>
+    </row>
+    <row r="71" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A71" s="11" t="s">
         <v>127</v>
       </c>
-      <c r="B70" s="10" t="s">
+      <c r="B71" s="15" t="s">
         <v>128</v>
       </c>
-      <c r="C70" s="8">
+      <c r="C71" s="8">
         <v>3567</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A71" s="11" t="s">
+      <c r="D71" s="18">
+        <v>11998</v>
+      </c>
+    </row>
+    <row r="72" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A72" s="11" t="s">
         <v>129</v>
       </c>
-      <c r="B71" s="10" t="s">
+      <c r="B72" s="15" t="s">
         <v>130</v>
       </c>
-      <c r="C71" s="8">
+      <c r="C72" s="8">
         <v>145598</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A72" s="11" t="s">
+      <c r="D72" s="18">
+        <v>149407</v>
+      </c>
+    </row>
+    <row r="73" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A73" s="11" t="s">
         <v>131</v>
       </c>
-      <c r="B72" s="10" t="s">
+      <c r="B73" s="15" t="s">
         <v>132</v>
       </c>
-      <c r="C72" s="8">
+      <c r="C73" s="8">
         <v>43721</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A73" s="11" t="s">
+      <c r="D73" s="18">
+        <v>34212</v>
+      </c>
+    </row>
+    <row r="74" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A74" s="11" t="s">
         <v>133</v>
       </c>
-      <c r="B73" s="10" t="s">
+      <c r="B74" s="15" t="s">
         <v>134</v>
       </c>
-      <c r="C73" s="8">
+      <c r="C74" s="8">
         <v>33933</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A74" s="11" t="s">
+      <c r="D74" s="18">
+        <v>28103</v>
+      </c>
+    </row>
+    <row r="75" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A75" s="11" t="s">
         <v>135</v>
       </c>
-      <c r="B74" s="10" t="s">
+      <c r="B75" s="15" t="s">
         <v>136</v>
       </c>
-      <c r="C74" s="8">
+      <c r="C75" s="8">
         <v>54381</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A75" s="11" t="s">
+      <c r="D75" s="18">
+        <v>87631</v>
+      </c>
+    </row>
+    <row r="76" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A76" s="11" t="s">
         <v>137</v>
       </c>
-      <c r="B75" s="10" t="s">
+      <c r="B76" s="15" t="s">
         <v>138</v>
       </c>
-      <c r="C75" s="8">
+      <c r="C76" s="8">
         <v>74026</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A76" s="11" t="s">
+      <c r="D76" s="18">
+        <v>71401</v>
+      </c>
+    </row>
+    <row r="77" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A77" s="11" t="s">
         <v>139</v>
       </c>
-      <c r="B76" s="10" t="s">
+      <c r="B77" s="15" t="s">
         <v>140</v>
       </c>
-      <c r="C76" s="8">
+      <c r="C77" s="8">
         <v>21650</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A77" s="11" t="s">
+      <c r="D77" s="18">
+        <v>12932</v>
+      </c>
+    </row>
+    <row r="78" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A78" s="11" t="s">
         <v>141</v>
       </c>
-      <c r="B77" s="10" t="s">
+      <c r="B78" s="15" t="s">
         <v>142</v>
       </c>
-      <c r="C77" s="8">
+      <c r="C78" s="8">
         <v>38729</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A78" s="11" t="s">
+      <c r="D78" s="18">
+        <v>31017</v>
+      </c>
+    </row>
+    <row r="79" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A79" s="11" t="s">
         <v>143</v>
       </c>
-      <c r="B78" s="10" t="s">
+      <c r="B79" s="15" t="s">
         <v>144</v>
       </c>
-      <c r="C78" s="8">
+      <c r="C79" s="8">
         <v>12576</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A79" s="11" t="s">
+      <c r="D79" s="18">
+        <v>158221</v>
+      </c>
+    </row>
+    <row r="80" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A80" s="11" t="s">
         <v>145</v>
       </c>
-      <c r="B79" s="10" t="s">
+      <c r="B80" s="15" t="s">
         <v>146</v>
       </c>
-      <c r="C79" s="8">
+      <c r="C80" s="8">
         <v>6765</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A80" s="11" t="s">
+      <c r="D80" s="18">
+        <v>7297</v>
+      </c>
+    </row>
+    <row r="81" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A81" s="11" t="s">
         <v>147</v>
       </c>
-      <c r="B80" s="10" t="s">
+      <c r="B81" s="15" t="s">
         <v>148</v>
       </c>
-      <c r="C80" s="8">
+      <c r="C81" s="8">
         <v>7763</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A81" s="11" t="s">
+      <c r="D81" s="18">
+        <v>84587</v>
+      </c>
+    </row>
+    <row r="82" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A82" s="11" t="s">
         <v>149</v>
       </c>
-      <c r="B81" s="10" t="s">
+      <c r="B82" s="15" t="s">
         <v>150</v>
       </c>
-      <c r="C81" s="8">
+      <c r="C82" s="8">
         <v>45103</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A82" s="11" t="s">
+      <c r="D82" s="18">
+        <v>47187</v>
+      </c>
+    </row>
+    <row r="83" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A83" s="11" t="s">
         <v>151</v>
       </c>
-      <c r="B82" s="10" t="s">
+      <c r="B83" s="15" t="s">
         <v>152</v>
       </c>
-      <c r="C82" s="8">
+      <c r="C83" s="8">
         <v>1691</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A83" s="11" t="s">
+      <c r="D83" s="18">
+        <v>19408</v>
+      </c>
+    </row>
+    <row r="84" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A84" s="11" t="s">
+        <v>627</v>
+      </c>
+      <c r="B84" s="16" t="s">
+        <v>612</v>
+      </c>
+      <c r="C84" s="8"/>
+      <c r="D84" s="18">
+        <v>1055902</v>
+      </c>
+    </row>
+    <row r="85" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A85" s="11" t="s">
         <v>153</v>
       </c>
-      <c r="B83" s="10" t="s">
+      <c r="B85" s="15" t="s">
         <v>154</v>
       </c>
-      <c r="C83" s="8">
+      <c r="C85" s="8">
         <v>44972</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A84" s="11" t="s">
+      <c r="D85" s="18">
+        <v>32791</v>
+      </c>
+    </row>
+    <row r="86" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A86" s="11" t="s">
         <v>155</v>
       </c>
-      <c r="B84" s="10" t="s">
+      <c r="B86" s="15" t="s">
         <v>156</v>
       </c>
-      <c r="C84" s="8">
+      <c r="C86" s="8">
         <v>48314</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A85" s="11" t="s">
+      <c r="D86" s="18">
+        <v>51909</v>
+      </c>
+    </row>
+    <row r="87" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A87" s="11" t="s">
         <v>157</v>
       </c>
-      <c r="B85" s="10" t="s">
+      <c r="B87" s="15" t="s">
         <v>158</v>
       </c>
-      <c r="C85" s="8">
+      <c r="C87" s="8">
         <v>478374</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A86" s="11" t="s">
+      <c r="D87" s="18">
+        <v>732416</v>
+      </c>
+    </row>
+    <row r="88" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A88" s="11" t="s">
         <v>159</v>
       </c>
-      <c r="B86" s="10" t="s">
+      <c r="B88" s="15" t="s">
         <v>160</v>
       </c>
-      <c r="C86" s="8">
+      <c r="C88" s="8">
         <v>106898</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A87" s="11" t="s">
+      <c r="D88" s="18">
+        <v>111198</v>
+      </c>
+    </row>
+    <row r="89" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A89" s="11" t="s">
         <v>161</v>
       </c>
-      <c r="B87" s="10" t="s">
+      <c r="B89" s="15" t="s">
         <v>162</v>
       </c>
-      <c r="C87" s="8">
+      <c r="C89" s="8">
         <v>486769</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A88" s="11" t="s">
+      <c r="D89" s="18">
+        <v>580967</v>
+      </c>
+    </row>
+    <row r="90" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A90" s="11" t="s">
         <v>163</v>
       </c>
-      <c r="B88" s="10" t="s">
+      <c r="B90" s="15" t="s">
         <v>164</v>
       </c>
-      <c r="C88" s="8">
+      <c r="C90" s="8">
         <v>1089</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A89" s="11" t="s">
+      <c r="D90" s="18">
+        <v>4909</v>
+      </c>
+    </row>
+    <row r="91" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A91" s="11" t="s">
         <v>165</v>
       </c>
-      <c r="B89" s="10" t="s">
+      <c r="B91" s="15" t="s">
         <v>166</v>
       </c>
-      <c r="C89" s="8">
+      <c r="C91" s="8">
         <v>31530</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A90" s="11" t="s">
+      <c r="D91" s="18">
+        <v>35362</v>
+      </c>
+    </row>
+    <row r="92" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A92" s="11" t="s">
         <v>167</v>
       </c>
-      <c r="B90" s="10" t="s">
+      <c r="B92" s="15" t="s">
         <v>168</v>
       </c>
-      <c r="C90" s="8">
+      <c r="C92" s="8">
         <v>382045</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A91" s="11" t="s">
+      <c r="D92" s="18">
+        <v>412787</v>
+      </c>
+    </row>
+    <row r="93" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A93" s="11" t="s">
         <v>169</v>
       </c>
-      <c r="B91" s="10" t="s">
+      <c r="B93" s="15" t="s">
         <v>170</v>
       </c>
-      <c r="C91" s="8">
+      <c r="C93" s="8">
         <v>1246</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A92" s="11" t="s">
+      <c r="D93" s="18">
+        <v>1130</v>
+      </c>
+    </row>
+    <row r="94" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A94" s="11" t="s">
+        <v>628</v>
+      </c>
+      <c r="B94" s="17" t="s">
+        <v>613</v>
+      </c>
+      <c r="C94" s="8"/>
+      <c r="D94" s="18">
+        <v>12640</v>
+      </c>
+    </row>
+    <row r="95" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A95" s="11" t="s">
         <v>171</v>
       </c>
-      <c r="B92" s="10" t="s">
+      <c r="B95" s="15" t="s">
         <v>172</v>
       </c>
-      <c r="C92" s="8">
+      <c r="C95" s="8">
         <v>69044</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A93" s="11" t="s">
+      <c r="D95" s="18">
+        <v>84455</v>
+      </c>
+    </row>
+    <row r="96" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A96" s="11" t="s">
         <v>173</v>
       </c>
-      <c r="B93" s="10" t="s">
+      <c r="B96" s="15" t="s">
         <v>174</v>
       </c>
-      <c r="C93" s="8">
+      <c r="C96" s="8">
         <v>21337</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A94" s="11" t="s">
+      <c r="D96" s="18">
+        <v>5393</v>
+      </c>
+    </row>
+    <row r="97" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A97" s="11" t="s">
         <v>175</v>
       </c>
-      <c r="B94" s="10" t="s">
+      <c r="B97" s="15" t="s">
         <v>605</v>
       </c>
-      <c r="C94" s="8">
+      <c r="C97" s="8">
         <v>1917</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A95" s="11" t="s">
+      <c r="D97" s="18">
+        <v>29065</v>
+      </c>
+    </row>
+    <row r="98" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A98" s="11" t="s">
         <v>176</v>
       </c>
-      <c r="B95" s="10" t="s">
+      <c r="B98" s="15" t="s">
         <v>177</v>
       </c>
-      <c r="C95" s="8">
+      <c r="C98" s="8">
         <v>157018</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A96" s="11" t="s">
+      <c r="D98" s="18">
+        <v>163230</v>
+      </c>
+    </row>
+    <row r="99" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A99" s="11" t="s">
         <v>178</v>
       </c>
-      <c r="B96" s="10" t="s">
+      <c r="B99" s="15" t="s">
         <v>179</v>
       </c>
-      <c r="C96" s="8">
+      <c r="C99" s="8">
         <v>7430</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A97" s="11" t="s">
+      <c r="D99" s="18">
+        <v>82457</v>
+      </c>
+    </row>
+    <row r="100" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A100" s="11" t="s">
         <v>180</v>
       </c>
-      <c r="B97" s="10" t="s">
+      <c r="B100" s="15" t="s">
         <v>181</v>
       </c>
-      <c r="C97" s="8">
+      <c r="C100" s="8">
         <v>14135</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A98" s="11" t="s">
+      <c r="D100" s="18">
+        <v>15790</v>
+      </c>
+    </row>
+    <row r="101" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A101" s="11" t="s">
         <v>182</v>
       </c>
-      <c r="B98" s="10" t="s">
+      <c r="B101" s="15" t="s">
         <v>606</v>
       </c>
-      <c r="C98" s="8">
+      <c r="C101" s="8">
         <v>7163</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A99" s="11" t="s">
+      <c r="D101" s="18">
+        <v>43225</v>
+      </c>
+    </row>
+    <row r="102" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A102" s="11" t="s">
         <v>183</v>
       </c>
-      <c r="B99" s="10" t="s">
+      <c r="B102" s="15" t="s">
         <v>184</v>
       </c>
-      <c r="C99" s="8">
+      <c r="C102" s="8">
         <v>31125</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A100" s="11" t="s">
+      <c r="D102" s="18">
+        <v>33746</v>
+      </c>
+    </row>
+    <row r="103" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A103" s="11" t="s">
         <v>185</v>
       </c>
-      <c r="B100" s="10" t="s">
+      <c r="B103" s="15" t="s">
         <v>186</v>
       </c>
-      <c r="C100" s="8">
+      <c r="C103" s="8">
         <v>41016</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A101" s="11" t="s">
+      <c r="D103" s="18">
+        <v>40444</v>
+      </c>
+    </row>
+    <row r="104" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A104" s="11" t="s">
         <v>187</v>
       </c>
-      <c r="B101" s="10" t="s">
+      <c r="B104" s="15" t="s">
         <v>188</v>
       </c>
-      <c r="C101" s="8">
+      <c r="C104" s="8">
         <v>4964</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A102" s="11" t="s">
+      <c r="D104" s="18">
+        <v>62948</v>
+      </c>
+    </row>
+    <row r="105" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A105" s="11" t="s">
         <v>189</v>
       </c>
-      <c r="B102" s="10" t="s">
+      <c r="B105" s="15" t="s">
         <v>190</v>
       </c>
-      <c r="C102" s="8">
+      <c r="C105" s="8">
         <v>24535</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A103" s="11" t="s">
+      <c r="D105" s="18">
+        <v>31723</v>
+      </c>
+    </row>
+    <row r="106" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A106" s="11" t="s">
         <v>191</v>
       </c>
-      <c r="B103" s="10" t="s">
+      <c r="B106" s="15" t="s">
         <v>192</v>
       </c>
-      <c r="C103" s="8">
+      <c r="C106" s="8">
         <v>33494</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A104" s="11" t="s">
+      <c r="D106" s="18">
+        <v>35616</v>
+      </c>
+    </row>
+    <row r="107" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A107" s="11" t="s">
         <v>193</v>
       </c>
-      <c r="B104" s="10" t="s">
+      <c r="B107" s="15" t="s">
         <v>194</v>
       </c>
-      <c r="C104" s="8">
+      <c r="C107" s="8">
         <v>20696</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A105" s="11" t="s">
+      <c r="D107" s="18">
+        <v>30418</v>
+      </c>
+    </row>
+    <row r="108" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A108" s="11" t="s">
         <v>195</v>
       </c>
-      <c r="B105" s="10" t="s">
+      <c r="B108" s="15" t="s">
         <v>196</v>
       </c>
-      <c r="C105" s="8">
+      <c r="C108" s="8">
         <v>12663</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A106" s="11" t="s">
+      <c r="D108" s="18">
+        <v>154054</v>
+      </c>
+    </row>
+    <row r="109" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A109" s="11" t="s">
         <v>197</v>
       </c>
-      <c r="B106" s="10" t="s">
+      <c r="B109" s="15" t="s">
         <v>198</v>
       </c>
-      <c r="C106" s="8">
+      <c r="C109" s="8">
         <v>44859</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A107" s="11" t="s">
+      <c r="D109" s="18">
+        <v>70129</v>
+      </c>
+    </row>
+    <row r="110" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A110" s="11" t="s">
         <v>199</v>
       </c>
-      <c r="B107" s="10" t="s">
+      <c r="B110" s="15" t="s">
         <v>200</v>
       </c>
-      <c r="C107" s="8">
+      <c r="C110" s="8">
         <v>1573</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A108" s="11" t="s">
+      <c r="D110" s="18">
+        <v>8813</v>
+      </c>
+    </row>
+    <row r="111" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A111" s="11" t="s">
         <v>201</v>
       </c>
-      <c r="B108" s="10" t="s">
+      <c r="B111" s="15" t="s">
         <v>202</v>
       </c>
-      <c r="C108" s="8">
+      <c r="C111" s="8">
         <v>22433</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A109" s="11" t="s">
+      <c r="D111" s="18">
+        <v>32879</v>
+      </c>
+    </row>
+    <row r="112" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A112" s="11" t="s">
         <v>203</v>
       </c>
-      <c r="B109" s="10" t="s">
+      <c r="B112" s="15" t="s">
         <v>204</v>
       </c>
-      <c r="C109" s="8">
+      <c r="C112" s="8">
         <v>14887</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A110" s="11" t="s">
+      <c r="D112" s="18">
+        <v>166439</v>
+      </c>
+    </row>
+    <row r="113" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A113" s="11" t="s">
         <v>205</v>
       </c>
-      <c r="B110" s="10" t="s">
+      <c r="B113" s="15" t="s">
         <v>206</v>
       </c>
-      <c r="C110" s="8">
+      <c r="C113" s="8">
         <v>1115</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A111" s="11" t="s">
+      <c r="D113" s="18">
+        <v>34929</v>
+      </c>
+    </row>
+    <row r="114" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A114" s="11" t="s">
         <v>207</v>
       </c>
-      <c r="B111" s="10" t="s">
+      <c r="B114" s="15" t="s">
         <v>208</v>
       </c>
-      <c r="C111" s="8">
+      <c r="C114" s="8">
         <v>27916</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A112" s="11" t="s">
+      <c r="D114" s="18">
+        <v>11371</v>
+      </c>
+    </row>
+    <row r="115" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A115" s="11" t="s">
         <v>209</v>
       </c>
-      <c r="B112" s="10" t="s">
+      <c r="B115" s="15" t="s">
         <v>210</v>
       </c>
-      <c r="C112" s="8">
+      <c r="C115" s="8">
         <v>2026</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A113" s="11" t="s">
+      <c r="D115" s="18">
+        <v>2450</v>
+      </c>
+    </row>
+    <row r="116" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A116" s="11" t="s">
         <v>211</v>
       </c>
-      <c r="B113" s="10" t="s">
+      <c r="B116" s="15" t="s">
         <v>212</v>
       </c>
-      <c r="C113" s="8">
+      <c r="C116" s="8">
         <v>280506</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A114" s="11" t="s">
+      <c r="D116" s="18">
+        <v>283332</v>
+      </c>
+    </row>
+    <row r="117" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A117" s="11" t="s">
+        <v>629</v>
+      </c>
+      <c r="B117" s="16" t="s">
+        <v>614</v>
+      </c>
+      <c r="C117" s="8"/>
+      <c r="D117" s="18">
+        <v>7306</v>
+      </c>
+    </row>
+    <row r="118" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A118" s="11" t="s">
         <v>213</v>
       </c>
-      <c r="B114" s="10" t="s">
+      <c r="B118" s="15" t="s">
         <v>214</v>
       </c>
-      <c r="C114" s="8">
+      <c r="C118" s="8">
         <v>2866</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A115" s="11" t="s">
+      <c r="D118" s="18">
+        <v>2473</v>
+      </c>
+    </row>
+    <row r="119" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A119" s="11" t="s">
         <v>215</v>
       </c>
-      <c r="B115" s="10" t="s">
+      <c r="B119" s="15" t="s">
         <v>216</v>
       </c>
-      <c r="C115" s="8">
+      <c r="C119" s="8">
         <v>23299</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A116" s="11" t="s">
+      <c r="D119" s="18">
+        <v>21086</v>
+      </c>
+    </row>
+    <row r="120" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A120" s="11" t="s">
         <v>217</v>
       </c>
-      <c r="B116" s="10" t="s">
+      <c r="B120" s="15" t="s">
         <v>218</v>
       </c>
-      <c r="C116" s="8">
+      <c r="C120" s="8">
         <v>66440</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A117" s="11" t="s">
+      <c r="D120" s="18">
+        <v>63922</v>
+      </c>
+    </row>
+    <row r="121" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A121" s="11" t="s">
         <v>219</v>
       </c>
-      <c r="B117" s="10" t="s">
+      <c r="B121" s="15" t="s">
         <v>220</v>
       </c>
-      <c r="C117" s="8">
+      <c r="C121" s="8">
         <v>7892</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A118" s="11" t="s">
+      <c r="D121" s="18">
+        <v>15883</v>
+      </c>
+    </row>
+    <row r="122" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A122" s="11" t="s">
         <v>221</v>
       </c>
-      <c r="B118" s="10" t="s">
+      <c r="B122" s="15" t="s">
         <v>222</v>
       </c>
-      <c r="C118" s="8">
+      <c r="C122" s="8">
         <v>25410</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A119" s="11" t="s">
+      <c r="D122" s="18">
+        <v>25261</v>
+      </c>
+    </row>
+    <row r="123" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A123" s="11" t="s">
         <v>223</v>
       </c>
-      <c r="B119" s="10" t="s">
+      <c r="B123" s="15" t="s">
         <v>224</v>
       </c>
-      <c r="C119" s="8">
+      <c r="C123" s="8">
         <v>42736</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A120" s="11" t="s">
+      <c r="D123" s="18">
+        <v>1377502</v>
+      </c>
+    </row>
+    <row r="124" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A124" s="11" t="s">
         <v>225</v>
       </c>
-      <c r="B120" s="10" t="s">
+      <c r="B124" s="15" t="s">
         <v>226</v>
       </c>
-      <c r="C120" s="8">
+      <c r="C124" s="8">
         <v>32094</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A121" s="11" t="s">
+      <c r="D124" s="18">
+        <v>35186</v>
+      </c>
+    </row>
+    <row r="125" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A125" s="11" t="s">
         <v>227</v>
       </c>
-      <c r="B121" s="10" t="s">
+      <c r="B125" s="15" t="s">
         <v>228</v>
       </c>
-      <c r="C121" s="8">
+      <c r="C125" s="8">
         <v>12884</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A122" s="11" t="s">
+      <c r="D125" s="18">
+        <v>16310</v>
+      </c>
+    </row>
+    <row r="126" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A126" s="11" t="s">
         <v>229</v>
       </c>
-      <c r="B122" s="10" t="s">
+      <c r="B126" s="15" t="s">
         <v>230</v>
       </c>
-      <c r="C122" s="8">
+      <c r="C126" s="8">
         <v>21466</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A123" s="11" t="s">
+      <c r="D126" s="18">
+        <v>19392</v>
+      </c>
+    </row>
+    <row r="127" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A127" s="11" t="s">
         <v>231</v>
       </c>
-      <c r="B123" s="10" t="s">
+      <c r="B127" s="15" t="s">
         <v>232</v>
       </c>
-      <c r="C123" s="8">
+      <c r="C127" s="8">
         <v>58744</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A124" s="11" t="s">
+      <c r="D127" s="18">
+        <v>68099</v>
+      </c>
+    </row>
+    <row r="128" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A128" s="11" t="s">
         <v>233</v>
       </c>
-      <c r="B124" s="10" t="s">
+      <c r="B128" s="15" t="s">
         <v>234</v>
       </c>
-      <c r="C124" s="8">
+      <c r="C128" s="8">
         <v>39839</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A125" s="11" t="s">
+      <c r="D128" s="18">
+        <v>40376</v>
+      </c>
+    </row>
+    <row r="129" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A129" s="11" t="s">
         <v>235</v>
       </c>
-      <c r="B125" s="10" t="s">
+      <c r="B129" s="15" t="s">
         <v>236</v>
       </c>
-      <c r="C125" s="8">
+      <c r="C129" s="8">
         <v>5396</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A126" s="11" t="s">
+      <c r="D129" s="18">
+        <v>4260</v>
+      </c>
+    </row>
+    <row r="130" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A130" s="11" t="s">
         <v>237</v>
       </c>
-      <c r="B126" s="10" t="s">
+      <c r="B130" s="15" t="s">
         <v>238</v>
       </c>
-      <c r="C126" s="8">
+      <c r="C130" s="8">
         <v>33690</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A127" s="11" t="s">
+      <c r="D130" s="18">
+        <v>31263</v>
+      </c>
+    </row>
+    <row r="131" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A131" s="11" t="s">
         <v>239</v>
       </c>
-      <c r="B127" s="10" t="s">
+      <c r="B131" s="15" t="s">
         <v>240</v>
       </c>
-      <c r="C127" s="8">
+      <c r="C131" s="8">
         <v>34065</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A128" s="11" t="s">
+      <c r="D131" s="18">
+        <v>37642</v>
+      </c>
+    </row>
+    <row r="132" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A132" s="11" t="s">
+        <v>630</v>
+      </c>
+      <c r="B132" s="16" t="s">
+        <v>615</v>
+      </c>
+      <c r="C132" s="8"/>
+      <c r="D132" s="18">
+        <v>10509</v>
+      </c>
+    </row>
+    <row r="133" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A133" s="11" t="s">
         <v>241</v>
       </c>
-      <c r="B128" s="10" t="s">
+      <c r="B133" s="15" t="s">
         <v>242</v>
       </c>
-      <c r="C128" s="8">
+      <c r="C133" s="8">
         <v>1714</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A129" s="11" t="s">
+      <c r="D133" s="18">
+        <v>1351</v>
+      </c>
+    </row>
+    <row r="134" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A134" s="11" t="s">
         <v>243</v>
       </c>
-      <c r="B129" s="10" t="s">
+      <c r="B134" s="15" t="s">
         <v>244</v>
       </c>
-      <c r="C129" s="8">
+      <c r="C134" s="8">
         <v>37547</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A130" s="11" t="s">
+      <c r="D134" s="18">
+        <v>33694</v>
+      </c>
+    </row>
+    <row r="135" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A135" s="11" t="s">
         <v>245</v>
       </c>
-      <c r="B130" s="10" t="s">
+      <c r="B135" s="15" t="s">
         <v>246</v>
       </c>
-      <c r="C130" s="8">
+      <c r="C135" s="8">
         <v>470175</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A131" s="11" t="s">
+      <c r="D135" s="18">
+        <v>730601</v>
+      </c>
+    </row>
+    <row r="136" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A136" s="11" t="s">
         <v>247</v>
       </c>
-      <c r="B131" s="10" t="s">
+      <c r="B136" s="15" t="s">
         <v>248</v>
       </c>
-      <c r="C131" s="8">
+      <c r="C136" s="8">
         <v>27194</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A132" s="11" t="s">
+      <c r="D136" s="18">
+        <v>27641</v>
+      </c>
+    </row>
+    <row r="137" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A137" s="11" t="s">
         <v>249</v>
       </c>
-      <c r="B132" s="10" t="s">
+      <c r="B137" s="15" t="s">
         <v>250</v>
       </c>
-      <c r="C132" s="8">
+      <c r="C137" s="8">
         <v>5838</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A133" s="11" t="s">
+      <c r="D137" s="18">
+        <v>51132</v>
+      </c>
+    </row>
+    <row r="138" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A138" s="11" t="s">
         <v>251</v>
       </c>
-      <c r="B133" s="10" t="s">
+      <c r="B138" s="15" t="s">
         <v>252</v>
       </c>
-      <c r="C133" s="8">
+      <c r="C138" s="8">
         <v>56011</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A134" s="11" t="s">
+      <c r="D138" s="18">
+        <v>46957</v>
+      </c>
+    </row>
+    <row r="139" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A139" s="11" t="s">
         <v>253</v>
       </c>
-      <c r="B134" s="10" t="s">
+      <c r="B139" s="15" t="s">
         <v>254</v>
       </c>
-      <c r="C134" s="8">
+      <c r="C139" s="8">
         <v>686</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A135" s="11" t="s">
+      <c r="D139" s="18">
+        <v>22302</v>
+      </c>
+    </row>
+    <row r="140" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A140" s="11" t="s">
         <v>255</v>
       </c>
-      <c r="B135" s="10" t="s">
+      <c r="B140" s="15" t="s">
         <v>256</v>
       </c>
-      <c r="C135" s="8">
+      <c r="C140" s="8">
         <v>250337</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A136" s="11" t="s">
+      <c r="D140" s="18">
+        <v>314365</v>
+      </c>
+    </row>
+    <row r="141" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A141" s="11" t="s">
         <v>257</v>
       </c>
-      <c r="B136" s="10" t="s">
+      <c r="B141" s="15" t="s">
         <v>258</v>
       </c>
-      <c r="C136" s="8">
+      <c r="C141" s="8">
         <v>327</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A137" s="11" t="s">
+      <c r="D141" s="18">
+        <v>6663</v>
+      </c>
+    </row>
+    <row r="142" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A142" s="11" t="s">
         <v>259</v>
       </c>
-      <c r="B137" s="10" t="s">
+      <c r="B142" s="15" t="s">
         <v>260</v>
       </c>
-      <c r="C137" s="8">
+      <c r="C142" s="8">
         <v>99241</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A138" s="11" t="s">
+      <c r="D142" s="18">
+        <v>109861</v>
+      </c>
+    </row>
+    <row r="143" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A143" s="11" t="s">
         <v>261</v>
       </c>
-      <c r="B138" s="10" t="s">
+      <c r="B143" s="15" t="s">
         <v>262</v>
       </c>
-      <c r="C138" s="8">
+      <c r="C143" s="8">
         <v>14250</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A139" s="11" t="s">
+      <c r="D143" s="18">
+        <v>16886</v>
+      </c>
+    </row>
+    <row r="144" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A144" s="11" t="s">
         <v>263</v>
       </c>
-      <c r="B139" s="10" t="s">
+      <c r="B144" s="15" t="s">
         <v>264</v>
       </c>
-      <c r="C139" s="8">
+      <c r="C144" s="8">
         <v>33165</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A140" s="11" t="s">
+      <c r="D144" s="18">
+        <v>39424</v>
+      </c>
+    </row>
+    <row r="145" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A145" s="11" t="s">
         <v>265</v>
       </c>
-      <c r="B140" s="10" t="s">
+      <c r="B145" s="15" t="s">
         <v>266</v>
       </c>
-      <c r="C140" s="8">
+      <c r="C145" s="8">
         <v>10547</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A141" s="11" t="s">
+      <c r="D145" s="18">
+        <v>10566</v>
+      </c>
+    </row>
+    <row r="146" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A146" s="11" t="s">
         <v>267</v>
       </c>
-      <c r="B141" s="10" t="s">
+      <c r="B146" s="15" t="s">
         <v>268</v>
       </c>
-      <c r="C141" s="8">
+      <c r="C146" s="8">
         <v>18853</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A142" s="11" t="s">
+      <c r="D146" s="18">
+        <v>95658</v>
+      </c>
+    </row>
+    <row r="147" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A147" s="11" t="s">
         <v>269</v>
       </c>
-      <c r="B142" s="10" t="s">
+      <c r="B147" s="15" t="s">
         <v>270</v>
       </c>
-      <c r="C142" s="8">
+      <c r="C147" s="8">
         <v>2610</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A143" s="11" t="s">
+      <c r="D147" s="18">
+        <v>2312</v>
+      </c>
+    </row>
+    <row r="148" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A148" s="11" t="s">
         <v>271</v>
       </c>
-      <c r="B143" s="10" t="s">
+      <c r="B148" s="15" t="s">
         <v>272</v>
       </c>
-      <c r="C143" s="8">
+      <c r="C148" s="8">
         <v>188214</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A144" s="11" t="s">
+      <c r="D148" s="18">
+        <v>193387</v>
+      </c>
+    </row>
+    <row r="149" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A149" s="11" t="s">
         <v>273</v>
       </c>
-      <c r="B144" s="10" t="s">
+      <c r="B149" s="15" t="s">
         <v>274</v>
       </c>
-      <c r="C144" s="8">
+      <c r="C149" s="8">
         <v>18019</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A145" s="11" t="s">
+      <c r="D149" s="18">
+        <v>149525</v>
+      </c>
+    </row>
+    <row r="150" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A150" s="11" t="s">
         <v>275</v>
       </c>
-      <c r="B145" s="10" t="s">
+      <c r="B150" s="15" t="s">
         <v>276</v>
       </c>
-      <c r="C145" s="8">
+      <c r="C150" s="8">
         <v>25825</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A146" s="11" t="s">
+      <c r="D150" s="18">
+        <v>35674</v>
+      </c>
+    </row>
+    <row r="151" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A151" s="11" t="s">
         <v>277</v>
       </c>
-      <c r="B146" s="10" t="s">
+      <c r="B151" s="15" t="s">
         <v>278</v>
       </c>
-      <c r="C146" s="8">
+      <c r="C151" s="8">
         <v>470690</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A147" s="11" t="s">
+      <c r="D151" s="18">
+        <v>702614</v>
+      </c>
+    </row>
+    <row r="152" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A152" s="11" t="s">
         <v>279</v>
       </c>
-      <c r="B147" s="10" t="s">
+      <c r="B152" s="15" t="s">
         <v>280</v>
       </c>
-      <c r="C147" s="8">
+      <c r="C152" s="8">
         <v>14008</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A148" s="11" t="s">
+      <c r="D152" s="18">
+        <v>14333</v>
+      </c>
+    </row>
+    <row r="153" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A153" s="11" t="s">
         <v>281</v>
       </c>
-      <c r="B148" s="10" t="s">
+      <c r="B153" s="15" t="s">
         <v>282</v>
       </c>
-      <c r="C148" s="8">
+      <c r="C153" s="8">
         <v>252141</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A149" s="11" t="s">
+      <c r="D153" s="18">
+        <v>354205</v>
+      </c>
+    </row>
+    <row r="154" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A154" s="11" t="s">
         <v>283</v>
       </c>
-      <c r="B149" s="10" t="s">
+      <c r="B154" s="15" t="s">
         <v>284</v>
       </c>
-      <c r="C149" s="8">
+      <c r="C154" s="8">
         <v>23088</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A150" s="11" t="s">
+      <c r="D154" s="18">
+        <v>17446</v>
+      </c>
+    </row>
+    <row r="155" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A155" s="11" t="s">
         <v>285</v>
       </c>
-      <c r="B150" s="10" t="s">
+      <c r="B155" s="15" t="s">
         <v>286</v>
       </c>
-      <c r="C150" s="8">
+      <c r="C155" s="8">
         <v>69841</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A151" s="11" t="s">
+      <c r="D155" s="18">
+        <v>68497</v>
+      </c>
+    </row>
+    <row r="156" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A156" s="11" t="s">
         <v>287</v>
       </c>
-      <c r="B151" s="10" t="s">
+      <c r="B156" s="15" t="s">
         <v>288</v>
       </c>
-      <c r="C151" s="8">
+      <c r="C156" s="8">
         <v>18350</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A152" s="11" t="s">
+      <c r="D156" s="18">
+        <v>21085</v>
+      </c>
+    </row>
+    <row r="157" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A157" s="11" t="s">
         <v>289</v>
       </c>
-      <c r="B152" s="10" t="s">
+      <c r="B157" s="15" t="s">
         <v>290</v>
       </c>
-      <c r="C152" s="8">
+      <c r="C157" s="8">
         <v>12561</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A153" s="11" t="s">
+      <c r="D157" s="18">
+        <v>16705</v>
+      </c>
+    </row>
+    <row r="158" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A158" s="11" t="s">
         <v>291</v>
       </c>
-      <c r="B153" s="10" t="s">
+      <c r="B158" s="15" t="s">
         <v>292</v>
       </c>
-      <c r="C153" s="8">
+      <c r="C158" s="8">
         <v>110924</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A154" s="11" t="s">
+      <c r="D158" s="18">
+        <v>202110</v>
+      </c>
+    </row>
+    <row r="159" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A159" s="11" t="s">
         <v>293</v>
       </c>
-      <c r="B154" s="10" t="s">
+      <c r="B159" s="15" t="s">
         <v>294</v>
       </c>
-      <c r="C154" s="8">
+      <c r="C159" s="8">
         <v>80021</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A155" s="11" t="s">
+      <c r="D159" s="18">
+        <v>54872</v>
+      </c>
+    </row>
+    <row r="160" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A160" s="11" t="s">
         <v>589</v>
       </c>
-      <c r="B155" s="10" t="s">
+      <c r="B160" s="15" t="s">
         <v>588</v>
       </c>
-      <c r="C155" s="8">
+      <c r="C160" s="8">
         <v>15769</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A156" s="11" t="s">
+      <c r="D160" s="18">
+        <v>14917</v>
+      </c>
+    </row>
+    <row r="161" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A161" s="11" t="s">
         <v>295</v>
       </c>
-      <c r="B156" s="10" t="s">
+      <c r="B161" s="15" t="s">
         <v>296</v>
       </c>
-      <c r="C156" s="8">
+      <c r="C161" s="8">
         <v>1374</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A157" s="11" t="s">
+      <c r="D161" s="18">
+        <v>18171</v>
+      </c>
+    </row>
+    <row r="162" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A162" s="11" t="s">
         <v>297</v>
       </c>
-      <c r="B157" s="10" t="s">
+      <c r="B162" s="15" t="s">
         <v>298</v>
       </c>
-      <c r="C157" s="8">
+      <c r="C162" s="8">
         <v>15869</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A158" s="11" t="s">
+      <c r="D162" s="18">
+        <v>23406</v>
+      </c>
+    </row>
+    <row r="163" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A163" s="11" t="s">
         <v>299</v>
       </c>
-      <c r="B158" s="10" t="s">
+      <c r="B163" s="15" t="s">
         <v>300</v>
       </c>
-      <c r="C158" s="8">
+      <c r="C163" s="8">
         <v>42015</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A159" s="11" t="s">
+      <c r="D163" s="18">
+        <v>47293</v>
+      </c>
+    </row>
+    <row r="164" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A164" s="11" t="s">
         <v>301</v>
       </c>
-      <c r="B159" s="10" t="s">
+      <c r="B164" s="15" t="s">
         <v>302</v>
       </c>
-      <c r="C159" s="8">
+      <c r="C164" s="8">
         <v>31699</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A160" s="11" t="s">
+      <c r="D164" s="18">
+        <v>36327</v>
+      </c>
+    </row>
+    <row r="165" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A165" s="11" t="s">
         <v>303</v>
       </c>
-      <c r="B160" s="10" t="s">
+      <c r="B165" s="15" t="s">
         <v>304</v>
       </c>
-      <c r="C160" s="8">
+      <c r="C165" s="8">
         <v>9830</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A161" s="11" t="s">
+      <c r="D165" s="18">
+        <v>9105</v>
+      </c>
+    </row>
+    <row r="166" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A166" s="11" t="s">
         <v>305</v>
       </c>
-      <c r="B161" s="10" t="s">
+      <c r="B166" s="15" t="s">
         <v>306</v>
       </c>
-      <c r="C161" s="8">
+      <c r="C166" s="8">
         <v>24801</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A162" s="11" t="s">
+      <c r="D166" s="18">
+        <v>42624</v>
+      </c>
+    </row>
+    <row r="167" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A167" s="11" t="s">
         <v>307</v>
       </c>
-      <c r="B162" s="10" t="s">
+      <c r="B167" s="15" t="s">
         <v>308</v>
       </c>
-      <c r="C162" s="8">
+      <c r="C167" s="8">
         <v>11376</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A163" s="11" t="s">
+      <c r="D167" s="18">
+        <v>10420</v>
+      </c>
+    </row>
+    <row r="168" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A168" s="11" t="s">
+        <v>631</v>
+      </c>
+      <c r="B168" s="16" t="s">
+        <v>616</v>
+      </c>
+      <c r="C168" s="8"/>
+      <c r="D168" s="18">
+        <v>364686</v>
+      </c>
+    </row>
+    <row r="169" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A169" s="11" t="s">
         <v>309</v>
       </c>
-      <c r="B163" s="10" t="s">
+      <c r="B169" s="15" t="s">
         <v>310</v>
       </c>
-      <c r="C163" s="8">
+      <c r="C169" s="8">
         <v>11635</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A164" s="11" t="s">
+      <c r="D169" s="18">
+        <v>18921</v>
+      </c>
+    </row>
+    <row r="170" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A170" s="11" t="s">
         <v>311</v>
       </c>
-      <c r="B164" s="10" t="s">
+      <c r="B170" s="15" t="s">
         <v>312</v>
       </c>
-      <c r="C164" s="8">
+      <c r="C170" s="8">
         <v>58829</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A165" s="11" t="s">
+      <c r="D170" s="18">
+        <v>39712</v>
+      </c>
+    </row>
+    <row r="171" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A171" s="11" t="s">
         <v>313</v>
       </c>
-      <c r="B165" s="10" t="s">
+      <c r="B171" s="15" t="s">
         <v>607</v>
       </c>
-      <c r="C165" s="8">
+      <c r="C171" s="8">
         <v>5689</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A166" s="11" t="s">
+      <c r="D171" s="18">
+        <v>37807</v>
+      </c>
+    </row>
+    <row r="172" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A172" s="11" t="s">
         <v>314</v>
       </c>
-      <c r="B166" s="10" t="s">
+      <c r="B172" s="15" t="s">
         <v>315</v>
       </c>
-      <c r="C166" s="8">
+      <c r="C172" s="8">
         <v>269972</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A167" s="11" t="s">
+      <c r="D172" s="18">
+        <v>290978</v>
+      </c>
+    </row>
+    <row r="173" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A173" s="11" t="s">
         <v>316</v>
       </c>
-      <c r="B167" s="10" t="s">
+      <c r="B173" s="15" t="s">
         <v>317</v>
       </c>
-      <c r="C167" s="8">
+      <c r="C173" s="8">
         <v>67071</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A168" s="11" t="s">
+      <c r="D173" s="18">
+        <v>97234</v>
+      </c>
+    </row>
+    <row r="174" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A174" s="11" t="s">
         <v>318</v>
       </c>
-      <c r="B168" s="10" t="s">
+      <c r="B174" s="15" t="s">
         <v>319</v>
       </c>
-      <c r="C168" s="8">
+      <c r="C174" s="8">
         <v>6335</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A169" s="11" t="s">
+      <c r="D174" s="18">
+        <v>5885</v>
+      </c>
+    </row>
+    <row r="175" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A175" s="11" t="s">
         <v>320</v>
       </c>
-      <c r="B169" s="10" t="s">
+      <c r="B175" s="15" t="s">
         <v>321</v>
       </c>
-      <c r="C169" s="8">
+      <c r="C175" s="8">
         <v>92693</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A170" s="11" t="s">
+      <c r="D175" s="18">
+        <v>62453</v>
+      </c>
+    </row>
+    <row r="176" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A176" s="11" t="s">
         <v>322</v>
       </c>
-      <c r="B170" s="10" t="s">
+      <c r="B176" s="15" t="s">
         <v>323</v>
       </c>
-      <c r="C170" s="8">
+      <c r="C176" s="8">
         <v>29211</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A171" s="11" t="s">
+      <c r="D176" s="18">
+        <v>40741</v>
+      </c>
+    </row>
+    <row r="177" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A177" s="11" t="s">
         <v>324</v>
       </c>
-      <c r="B171" s="10" t="s">
+      <c r="B177" s="15" t="s">
         <v>325</v>
       </c>
-      <c r="C171" s="8">
+      <c r="C177" s="8">
         <v>13760</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A172" s="11" t="s">
+      <c r="D177" s="18">
+        <v>15759</v>
+      </c>
+    </row>
+    <row r="178" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A178" s="11" t="s">
         <v>326</v>
       </c>
-      <c r="B172" s="10" t="s">
+      <c r="B178" s="15" t="s">
         <v>327</v>
       </c>
-      <c r="C172" s="8">
+      <c r="C178" s="8">
         <v>73339</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A173" s="11" t="s">
+      <c r="D178" s="18">
+        <v>111487</v>
+      </c>
+    </row>
+    <row r="179" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A179" s="11" t="s">
         <v>328</v>
       </c>
-      <c r="B173" s="10" t="s">
+      <c r="B179" s="15" t="s">
         <v>329</v>
       </c>
-      <c r="C173" s="8">
+      <c r="C179" s="8">
         <v>4717</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A174" s="11" t="s">
+      <c r="D179" s="18">
+        <v>4462</v>
+      </c>
+    </row>
+    <row r="180" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A180" s="11" t="s">
+        <v>632</v>
+      </c>
+      <c r="B180" s="16" t="s">
+        <v>617</v>
+      </c>
+      <c r="C180" s="8"/>
+      <c r="D180" s="18">
+        <v>52134</v>
+      </c>
+    </row>
+    <row r="181" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A181" s="11" t="s">
         <v>330</v>
       </c>
-      <c r="B174" s="10" t="s">
+      <c r="B181" s="15" t="s">
         <v>331</v>
       </c>
-      <c r="C174" s="8">
+      <c r="C181" s="8">
         <v>57576</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A175" s="11" t="s">
+      <c r="D181" s="18">
+        <v>60439</v>
+      </c>
+    </row>
+    <row r="182" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A182" s="11" t="s">
         <v>332</v>
       </c>
-      <c r="B175" s="10" t="s">
+      <c r="B182" s="15" t="s">
         <v>333</v>
       </c>
-      <c r="C175" s="8">
+      <c r="C182" s="8">
         <v>2176</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A176" s="11" t="s">
+      <c r="D182" s="18">
+        <v>56436</v>
+      </c>
+    </row>
+    <row r="183" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A183" s="11" t="s">
         <v>334</v>
       </c>
-      <c r="B176" s="10" t="s">
+      <c r="B183" s="15" t="s">
         <v>335</v>
       </c>
-      <c r="C176" s="8">
+      <c r="C183" s="8">
         <v>10937</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A177" s="11" t="s">
+      <c r="D183" s="18">
+        <v>7883</v>
+      </c>
+    </row>
+    <row r="184" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A184" s="11" t="s">
         <v>336</v>
       </c>
-      <c r="B177" s="10" t="s">
+      <c r="B184" s="15" t="s">
         <v>337</v>
       </c>
-      <c r="C177" s="8">
+      <c r="C184" s="8">
         <v>7362</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A178" s="11" t="s">
+      <c r="D184" s="18">
+        <v>50494</v>
+      </c>
+    </row>
+    <row r="185" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A185" s="11" t="s">
         <v>338</v>
       </c>
-      <c r="B178" s="10" t="s">
+      <c r="B185" s="15" t="s">
         <v>339</v>
       </c>
-      <c r="C178" s="8">
+      <c r="C185" s="8">
         <v>21867</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A179" s="11" t="s">
+      <c r="D185" s="18">
+        <v>42293</v>
+      </c>
+    </row>
+    <row r="186" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A186" s="11" t="s">
         <v>340</v>
       </c>
-      <c r="B179" s="10" t="s">
+      <c r="B186" s="15" t="s">
         <v>341</v>
       </c>
-      <c r="C179" s="8">
+      <c r="C186" s="8">
         <v>78134</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A180" s="11" t="s">
+      <c r="D186" s="18">
+        <v>93823</v>
+      </c>
+    </row>
+    <row r="187" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A187" s="11" t="s">
         <v>342</v>
       </c>
-      <c r="B180" s="10" t="s">
+      <c r="B187" s="15" t="s">
         <v>343</v>
       </c>
-      <c r="C180" s="8">
+      <c r="C187" s="8">
         <v>75630</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A181" s="11" t="s">
+      <c r="D187" s="18">
+        <v>95700</v>
+      </c>
+    </row>
+    <row r="188" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A188" s="11" t="s">
         <v>344</v>
       </c>
-      <c r="B181" s="10" t="s">
+      <c r="B188" s="15" t="s">
         <v>345</v>
       </c>
-      <c r="C181" s="8">
+      <c r="C188" s="8">
         <v>66958</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A182" s="11" t="s">
+      <c r="D188" s="18">
+        <v>61053</v>
+      </c>
+    </row>
+    <row r="189" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A189" s="11" t="s">
         <v>594</v>
       </c>
-      <c r="B182" s="10" t="s">
+      <c r="B189" s="15" t="s">
         <v>592</v>
       </c>
-      <c r="C182" s="8">
+      <c r="C189" s="8">
         <v>19557</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A183" s="11" t="s">
+      <c r="D189" s="18">
+        <v>19971</v>
+      </c>
+    </row>
+    <row r="190" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A190" s="11" t="s">
         <v>346</v>
       </c>
-      <c r="B183" s="10" t="s">
+      <c r="B190" s="15" t="s">
         <v>347</v>
       </c>
-      <c r="C183" s="8">
+      <c r="C190" s="8">
         <v>13196</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A184" s="11" t="s">
+      <c r="D190" s="18">
+        <v>9558</v>
+      </c>
+    </row>
+    <row r="191" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A191" s="11" t="s">
         <v>348</v>
       </c>
-      <c r="B184" s="10" t="s">
+      <c r="B191" s="15" t="s">
         <v>349</v>
       </c>
-      <c r="C184" s="8">
+      <c r="C191" s="8">
         <v>628047</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A185" s="11" t="s">
+      <c r="D191" s="18">
+        <v>753656</v>
+      </c>
+    </row>
+    <row r="192" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A192" s="11" t="s">
         <v>350</v>
       </c>
-      <c r="B185" s="10" t="s">
+      <c r="B192" s="15" t="s">
         <v>608</v>
       </c>
-      <c r="C185" s="8">
+      <c r="C192" s="8">
         <v>2401</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A186" s="11" t="s">
+      <c r="D192" s="18">
+        <v>13414</v>
+      </c>
+    </row>
+    <row r="193" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A193" s="11" t="s">
         <v>351</v>
       </c>
-      <c r="B186" s="10" t="s">
+      <c r="B193" s="15" t="s">
         <v>352</v>
       </c>
-      <c r="C186" s="8">
+      <c r="C193" s="8">
         <v>27630</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A187" s="11" t="s">
+      <c r="D193" s="18">
+        <v>23142</v>
+      </c>
+    </row>
+    <row r="194" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A194" s="11" t="s">
         <v>353</v>
       </c>
-      <c r="B187" s="10" t="s">
+      <c r="B194" s="15" t="s">
         <v>354</v>
       </c>
-      <c r="C187" s="8">
+      <c r="C194" s="8">
         <v>177121</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A188" s="11" t="s">
+      <c r="D194" s="18">
+        <v>273234</v>
+      </c>
+    </row>
+    <row r="195" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A195" s="11" t="s">
         <v>355</v>
       </c>
-      <c r="B188" s="10" t="s">
+      <c r="B195" s="15" t="s">
         <v>356</v>
       </c>
-      <c r="C188" s="8">
+      <c r="C195" s="8">
         <v>37767</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A189" s="11" t="s">
+      <c r="D195" s="18">
+        <v>46456</v>
+      </c>
+    </row>
+    <row r="196" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A196" s="11" t="s">
         <v>357</v>
       </c>
-      <c r="B189" s="10" t="s">
+      <c r="B196" s="15" t="s">
         <v>358</v>
       </c>
-      <c r="C189" s="8">
+      <c r="C196" s="8">
         <v>95478</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A190" s="11" t="s">
+      <c r="D196" s="18">
+        <v>130275</v>
+      </c>
+    </row>
+    <row r="197" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A197" s="11" t="s">
         <v>359</v>
       </c>
-      <c r="B190" s="10" t="s">
+      <c r="B197" s="15" t="s">
         <v>360</v>
       </c>
-      <c r="C190" s="8">
+      <c r="C197" s="8">
         <v>41521</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A191" s="11" t="s">
+      <c r="D197" s="18">
+        <v>44210</v>
+      </c>
+    </row>
+    <row r="198" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A198" s="11" t="s">
+        <v>633</v>
+      </c>
+      <c r="B198" s="16" t="s">
+        <v>618</v>
+      </c>
+      <c r="C198" s="8"/>
+      <c r="D198" s="18">
+        <v>53636</v>
+      </c>
+    </row>
+    <row r="199" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A199" s="11" t="s">
         <v>361</v>
       </c>
-      <c r="B191" s="10" t="s">
+      <c r="B199" s="15" t="s">
         <v>362</v>
       </c>
-      <c r="C191" s="8">
+      <c r="C199" s="8">
         <v>117381</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A192" s="11" t="s">
+      <c r="D199" s="18">
+        <v>127768</v>
+      </c>
+    </row>
+    <row r="200" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A200" s="11" t="s">
         <v>363</v>
       </c>
-      <c r="B192" s="10" t="s">
+      <c r="B200" s="15" t="s">
         <v>364</v>
       </c>
-      <c r="C192" s="8">
+      <c r="C200" s="8">
         <v>21730</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A193" s="11" t="s">
+      <c r="D200" s="18">
+        <v>26624</v>
+      </c>
+    </row>
+    <row r="201" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A201" s="11" t="s">
         <v>365</v>
       </c>
-      <c r="B193" s="10" t="s">
+      <c r="B201" s="15" t="s">
         <v>366</v>
       </c>
-      <c r="C193" s="8">
+      <c r="C201" s="8">
         <v>11249</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A194" s="11" t="s">
+      <c r="D201" s="18">
+        <v>129612</v>
+      </c>
+    </row>
+    <row r="202" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A202" s="11" t="s">
+        <v>368</v>
+      </c>
+      <c r="B202" s="15" t="s">
+        <v>369</v>
+      </c>
+      <c r="C202" s="8">
+        <v>21637</v>
+      </c>
+      <c r="D202" s="18">
+        <v>7391</v>
+      </c>
+    </row>
+    <row r="203" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A203" s="11" t="s">
         <v>367</v>
       </c>
-      <c r="B194" s="10" t="s">
+      <c r="B203" s="15" t="s">
         <v>609</v>
       </c>
-      <c r="C194" s="8">
+      <c r="C203" s="8">
         <v>3606</v>
       </c>
-    </row>
-[...12 lines deleted...]
-      <c r="A196" s="11" t="s">
+      <c r="D203" s="18">
+        <v>6133</v>
+      </c>
+    </row>
+    <row r="204" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A204" s="11" t="s">
+        <v>634</v>
+      </c>
+      <c r="B204" s="17" t="s">
+        <v>619</v>
+      </c>
+      <c r="C204" s="8"/>
+      <c r="D204" s="18">
+        <v>150259</v>
+      </c>
+    </row>
+    <row r="205" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A205" s="11" t="s">
+        <v>635</v>
+      </c>
+      <c r="B205" s="16" t="s">
+        <v>620</v>
+      </c>
+      <c r="C205" s="8"/>
+      <c r="D205" s="18">
+        <v>35414</v>
+      </c>
+    </row>
+    <row r="206" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A206" s="11" t="s">
         <v>370</v>
       </c>
-      <c r="B196" s="10" t="s">
+      <c r="B206" s="15" t="s">
         <v>371</v>
       </c>
-      <c r="C196" s="8">
+      <c r="C206" s="8">
         <v>3473</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A197" s="11" t="s">
+      <c r="D206" s="18">
+        <v>2742</v>
+      </c>
+    </row>
+    <row r="207" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A207" s="11" t="s">
         <v>372</v>
       </c>
-      <c r="B197" s="10" t="s">
+      <c r="B207" s="15" t="s">
         <v>373</v>
       </c>
-      <c r="C197" s="8">
+      <c r="C207" s="8">
         <v>32720</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A198" s="11" t="s">
+      <c r="D207" s="18">
+        <v>41187</v>
+      </c>
+    </row>
+    <row r="208" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A208" s="11" t="s">
         <v>374</v>
       </c>
-      <c r="B198" s="10" t="s">
+      <c r="B208" s="15" t="s">
         <v>375</v>
       </c>
-      <c r="C198" s="8">
+      <c r="C208" s="8">
         <v>14880</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A199" s="11" t="s">
+      <c r="D208" s="18">
+        <v>10509</v>
+      </c>
+    </row>
+    <row r="209" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A209" s="11" t="s">
         <v>376</v>
       </c>
-      <c r="B199" s="10" t="s">
+      <c r="B209" s="15" t="s">
         <v>377</v>
       </c>
-      <c r="C199" s="8">
+      <c r="C209" s="8">
         <v>131740</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A200" s="11" t="s">
+      <c r="D209" s="18">
+        <v>152531</v>
+      </c>
+    </row>
+    <row r="210" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A210" s="11" t="s">
         <v>378</v>
       </c>
-      <c r="B200" s="10" t="s">
+      <c r="B210" s="15" t="s">
         <v>379</v>
       </c>
-      <c r="C200" s="8">
+      <c r="C210" s="8">
         <v>9720</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A201" s="11" t="s">
+      <c r="D210" s="18">
+        <v>6978</v>
+      </c>
+    </row>
+    <row r="211" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A211" s="11" t="s">
         <v>380</v>
       </c>
-      <c r="B201" s="10" t="s">
+      <c r="B211" s="15" t="s">
         <v>381</v>
       </c>
-      <c r="C201" s="8">
+      <c r="C211" s="8">
         <v>728</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A202" s="11" t="s">
+      <c r="D211" s="18">
+        <v>14587</v>
+      </c>
+    </row>
+    <row r="212" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A212" s="11" t="s">
         <v>382</v>
       </c>
-      <c r="B202" s="10" t="s">
+      <c r="B212" s="15" t="s">
         <v>383</v>
       </c>
-      <c r="C202" s="8">
+      <c r="C212" s="8">
         <v>27176</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A203" s="11" t="s">
+      <c r="D212" s="18">
+        <v>37196</v>
+      </c>
+    </row>
+    <row r="213" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A213" s="11" t="s">
         <v>384</v>
       </c>
-      <c r="B203" s="10" t="s">
+      <c r="B213" s="15" t="s">
         <v>385</v>
       </c>
-      <c r="C203" s="8">
+      <c r="C213" s="8">
         <v>2579</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A204" s="11" t="s">
+      <c r="D213" s="18">
+        <v>3145</v>
+      </c>
+    </row>
+    <row r="214" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A214" s="11" t="s">
         <v>386</v>
       </c>
-      <c r="B204" s="10" t="s">
+      <c r="B214" s="15" t="s">
         <v>387</v>
       </c>
-      <c r="C204" s="8">
+      <c r="C214" s="8">
         <v>53511</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A205" s="11" t="s">
+      <c r="D214" s="18">
+        <v>60252</v>
+      </c>
+    </row>
+    <row r="215" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A215" s="11" t="s">
         <v>388</v>
       </c>
-      <c r="B205" s="10" t="s">
+      <c r="B215" s="15" t="s">
         <v>389</v>
       </c>
-      <c r="C205" s="8">
+      <c r="C215" s="8">
         <v>6546</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A206" s="11" t="s">
+      <c r="D215" s="18">
+        <v>161569</v>
+      </c>
+    </row>
+    <row r="216" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A216" s="11" t="s">
         <v>390</v>
       </c>
-      <c r="B206" s="10" t="s">
+      <c r="B216" s="15" t="s">
         <v>391</v>
       </c>
-      <c r="C206" s="8">
+      <c r="C216" s="8">
         <v>5592</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A207" s="11" t="s">
+      <c r="D216" s="18">
+        <v>4120</v>
+      </c>
+    </row>
+    <row r="217" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A217" s="11" t="s">
         <v>392</v>
       </c>
-      <c r="B207" s="10" t="s">
+      <c r="B217" s="15" t="s">
         <v>393</v>
       </c>
-      <c r="C207" s="8">
+      <c r="C217" s="8">
         <v>252876</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A208" s="11" t="s">
+      <c r="D217" s="18">
+        <v>284933</v>
+      </c>
+    </row>
+    <row r="218" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A218" s="11" t="s">
         <v>394</v>
       </c>
-      <c r="B208" s="10" t="s">
+      <c r="B218" s="15" t="s">
         <v>395</v>
       </c>
-      <c r="C208" s="8">
+      <c r="C218" s="8">
         <v>180</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A209" s="11" t="s">
+      <c r="D218" s="18">
+        <v>5003</v>
+      </c>
+    </row>
+    <row r="219" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A219" s="11" t="s">
         <v>396</v>
       </c>
-      <c r="B209" s="10" t="s">
+      <c r="B219" s="15" t="s">
         <v>397</v>
       </c>
-      <c r="C209" s="8">
+      <c r="C219" s="8">
         <v>63387</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A210" s="11" t="s">
+      <c r="D219" s="18">
+        <v>29259</v>
+      </c>
+    </row>
+    <row r="220" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A220" s="11" t="s">
         <v>398</v>
       </c>
-      <c r="B210" s="10" t="s">
+      <c r="B220" s="15" t="s">
         <v>399</v>
       </c>
-      <c r="C210" s="8">
+      <c r="C220" s="8">
         <v>45602</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A211" s="11" t="s">
+      <c r="D220" s="18">
+        <v>50244</v>
+      </c>
+    </row>
+    <row r="221" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A221" s="11" t="s">
         <v>400</v>
       </c>
-      <c r="B211" s="10" t="s">
+      <c r="B221" s="15" t="s">
         <v>401</v>
       </c>
-      <c r="C211" s="8">
+      <c r="C221" s="8">
         <v>1460</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A212" s="11" t="s">
+      <c r="D221" s="18">
+        <v>10338</v>
+      </c>
+    </row>
+    <row r="222" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A222" s="11" t="s">
+        <v>639</v>
+      </c>
+      <c r="B222" s="15" t="s">
+        <v>621</v>
+      </c>
+      <c r="C222" s="8"/>
+      <c r="D222" s="18">
+        <v>11244</v>
+      </c>
+    </row>
+    <row r="223" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A223" s="11" t="s">
+        <v>636</v>
+      </c>
+      <c r="B223" s="16" t="s">
+        <v>622</v>
+      </c>
+      <c r="C223" s="8"/>
+      <c r="D223" s="18">
+        <v>40609</v>
+      </c>
+    </row>
+    <row r="224" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A224" s="11" t="s">
         <v>402</v>
       </c>
-      <c r="B212" s="10" t="s">
+      <c r="B224" s="15" t="s">
         <v>403</v>
       </c>
-      <c r="C212" s="8">
+      <c r="C224" s="8">
         <v>6372</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A213" s="11" t="s">
+      <c r="D224" s="18">
+        <v>528924</v>
+      </c>
+    </row>
+    <row r="225" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A225" s="11" t="s">
         <v>404</v>
       </c>
-      <c r="B213" s="10" t="s">
+      <c r="B225" s="15" t="s">
         <v>405</v>
       </c>
-      <c r="C213" s="8">
+      <c r="C225" s="8">
         <v>24679</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A214" s="11" t="s">
+      <c r="D225" s="18">
+        <v>16902</v>
+      </c>
+    </row>
+    <row r="226" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A226" s="11" t="s">
         <v>406</v>
       </c>
-      <c r="B214" s="10" t="s">
+      <c r="B226" s="15" t="s">
         <v>407</v>
       </c>
-      <c r="C214" s="8">
+      <c r="C226" s="8">
         <v>104355</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A215" s="11" t="s">
+      <c r="D226" s="18">
+        <v>103479</v>
+      </c>
+    </row>
+    <row r="227" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A227" s="11" t="s">
         <v>408</v>
       </c>
-      <c r="B215" s="10" t="s">
+      <c r="B227" s="15" t="s">
         <v>409</v>
       </c>
-      <c r="C215" s="8">
+      <c r="C227" s="8">
         <v>13068</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A216" s="11" t="s">
+      <c r="D227" s="18">
+        <v>14019</v>
+      </c>
+    </row>
+    <row r="228" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A228" s="11" t="s">
         <v>410</v>
       </c>
-      <c r="B216" s="10" t="s">
+      <c r="B228" s="15" t="s">
         <v>411</v>
       </c>
-      <c r="C216" s="8">
+      <c r="C228" s="8">
         <v>5025</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A217" s="11" t="s">
+      <c r="D228" s="18">
+        <v>3339</v>
+      </c>
+    </row>
+    <row r="229" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A229" s="11" t="s">
         <v>412</v>
       </c>
-      <c r="B217" s="10" t="s">
+      <c r="B229" s="15" t="s">
         <v>413</v>
       </c>
-      <c r="C217" s="8">
+      <c r="C229" s="8">
         <v>57490</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A218" s="11" t="s">
+      <c r="D229" s="18">
+        <v>62564</v>
+      </c>
+    </row>
+    <row r="230" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A230" s="11" t="s">
         <v>414</v>
       </c>
-      <c r="B218" s="10" t="s">
+      <c r="B230" s="15" t="s">
         <v>415</v>
       </c>
-      <c r="C218" s="8">
+      <c r="C230" s="8">
         <v>16277</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A219" s="11" t="s">
+      <c r="D230" s="18">
+        <v>84868</v>
+      </c>
+    </row>
+    <row r="231" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A231" s="11" t="s">
         <v>416</v>
       </c>
-      <c r="B219" s="10" t="s">
+      <c r="B231" s="15" t="s">
         <v>417</v>
       </c>
-      <c r="C219" s="8">
+      <c r="C231" s="8">
         <v>35071</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A220" s="11" t="s">
+      <c r="D231" s="18">
+        <v>47216</v>
+      </c>
+    </row>
+    <row r="232" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A232" s="11" t="s">
         <v>418</v>
       </c>
-      <c r="B220" s="10" t="s">
+      <c r="B232" s="15" t="s">
         <v>419</v>
       </c>
-      <c r="C220" s="8">
+      <c r="C232" s="8">
         <v>208014</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A221" s="11" t="s">
+      <c r="D232" s="18">
+        <v>198594</v>
+      </c>
+    </row>
+    <row r="233" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A233" s="11" t="s">
         <v>420</v>
       </c>
-      <c r="B221" s="10" t="s">
+      <c r="B233" s="15" t="s">
         <v>421</v>
       </c>
-      <c r="C221" s="8">
+      <c r="C233" s="8">
         <v>43332</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A222" s="11" t="s">
+      <c r="D233" s="18">
+        <v>41230</v>
+      </c>
+    </row>
+    <row r="234" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A234" s="11" t="s">
         <v>422</v>
       </c>
-      <c r="B222" s="10" t="s">
+      <c r="B234" s="15" t="s">
         <v>423</v>
       </c>
-      <c r="C222" s="8">
+      <c r="C234" s="8">
         <v>11452</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A223" s="11" t="s">
+      <c r="D234" s="18">
+        <v>390166</v>
+      </c>
+    </row>
+    <row r="235" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A235" s="11" t="s">
         <v>424</v>
       </c>
-      <c r="B223" s="10" t="s">
+      <c r="B235" s="15" t="s">
         <v>425</v>
       </c>
-      <c r="C223" s="8">
+      <c r="C235" s="8">
         <v>2748</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A224" s="11" t="s">
+      <c r="D235" s="18">
+        <v>3071</v>
+      </c>
+    </row>
+    <row r="236" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A236" s="11" t="s">
         <v>426</v>
       </c>
-      <c r="B224" s="10" t="s">
+      <c r="B236" s="15" t="s">
         <v>427</v>
       </c>
-      <c r="C224" s="8">
+      <c r="C236" s="8">
         <v>5193</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A225" s="11" t="s">
+      <c r="D236" s="18">
+        <v>6099</v>
+      </c>
+    </row>
+    <row r="237" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A237" s="11" t="s">
         <v>428</v>
       </c>
-      <c r="B225" s="10" t="s">
+      <c r="B237" s="15" t="s">
         <v>429</v>
       </c>
-      <c r="C225" s="8">
+      <c r="C237" s="8">
         <v>81290</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A226" s="11" t="s">
+      <c r="D237" s="18">
+        <v>88452</v>
+      </c>
+    </row>
+    <row r="238" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A238" s="11" t="s">
         <v>430</v>
       </c>
-      <c r="B226" s="10" t="s">
+      <c r="B238" s="15" t="s">
         <v>431</v>
       </c>
-      <c r="C226" s="8">
+      <c r="C238" s="8">
         <v>5452</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A227" s="11" t="s">
+      <c r="D238" s="18">
+        <v>5230</v>
+      </c>
+    </row>
+    <row r="239" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A239" s="11" t="s">
         <v>432</v>
       </c>
-      <c r="B227" s="10" t="s">
+      <c r="B239" s="15" t="s">
         <v>433</v>
       </c>
-      <c r="C227" s="8">
+      <c r="C239" s="8">
         <v>1726</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A228" s="11" t="s">
+      <c r="D239" s="18">
+        <v>4678</v>
+      </c>
+    </row>
+    <row r="240" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A240" s="11" t="s">
         <v>434</v>
       </c>
-      <c r="B228" s="10" t="s">
+      <c r="B240" s="15" t="s">
         <v>435</v>
       </c>
-      <c r="C228" s="8">
+      <c r="C240" s="8">
         <v>178478</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A229" s="11" t="s">
+      <c r="D240" s="18">
+        <v>245317</v>
+      </c>
+    </row>
+    <row r="241" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A241" s="11" t="s">
         <v>436</v>
       </c>
-      <c r="B229" s="10" t="s">
+      <c r="B241" s="15" t="s">
         <v>437</v>
       </c>
-      <c r="C229" s="8">
+      <c r="C241" s="8">
         <v>36596</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A230" s="11" t="s">
+      <c r="D241" s="18">
+        <v>43746</v>
+      </c>
+    </row>
+    <row r="242" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A242" s="11" t="s">
         <v>438</v>
       </c>
-      <c r="B230" s="10" t="s">
+      <c r="B242" s="15" t="s">
         <v>439</v>
       </c>
-      <c r="C230" s="8">
+      <c r="C242" s="8">
         <v>39807</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A231" s="11" t="s">
+      <c r="D242" s="18">
+        <v>122698</v>
+      </c>
+    </row>
+    <row r="243" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A243" s="11" t="s">
         <v>440</v>
       </c>
-      <c r="B231" s="10" t="s">
+      <c r="B243" s="15" t="s">
         <v>441</v>
       </c>
-      <c r="C231" s="8">
+      <c r="C243" s="8">
         <v>257</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A232" s="11" t="s">
+      <c r="D243" s="18">
+        <v>2910</v>
+      </c>
+    </row>
+    <row r="244" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A244" s="11" t="s">
         <v>442</v>
       </c>
-      <c r="B232" s="10" t="s">
+      <c r="B244" s="15" t="s">
         <v>443</v>
       </c>
-      <c r="C232" s="8">
+      <c r="C244" s="8">
         <v>42347</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A233" s="11" t="s">
+      <c r="D244" s="18">
+        <v>41178</v>
+      </c>
+    </row>
+    <row r="245" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A245" s="11" t="s">
         <v>444</v>
       </c>
-      <c r="B233" s="10" t="s">
+      <c r="B245" s="15" t="s">
         <v>445</v>
       </c>
-      <c r="C233" s="8">
+      <c r="C245" s="8">
         <v>32803</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A234" s="11" t="s">
+      <c r="D245" s="18">
+        <v>40284</v>
+      </c>
+    </row>
+    <row r="246" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A246" s="11" t="s">
         <v>446</v>
       </c>
-      <c r="B234" s="10" t="s">
+      <c r="B246" s="15" t="s">
         <v>447</v>
       </c>
-      <c r="C234" s="8">
+      <c r="C246" s="8">
         <v>37382</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A235" s="11" t="s">
+      <c r="D246" s="18">
+        <v>47845</v>
+      </c>
+    </row>
+    <row r="247" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A247" s="11" t="s">
         <v>448</v>
       </c>
-      <c r="B235" s="10" t="s">
+      <c r="B247" s="15" t="s">
         <v>449</v>
       </c>
-      <c r="C235" s="8">
+      <c r="C247" s="8">
         <v>6074</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A236" s="11" t="s">
+      <c r="D247" s="18">
+        <v>7727</v>
+      </c>
+    </row>
+    <row r="248" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A248" s="11" t="s">
         <v>450</v>
       </c>
-      <c r="B236" s="10" t="s">
+      <c r="B248" s="15" t="s">
         <v>451</v>
       </c>
-      <c r="C236" s="8">
+      <c r="C248" s="8">
         <v>48614</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A237" s="11" t="s">
+      <c r="D248" s="18">
+        <v>68130</v>
+      </c>
+    </row>
+    <row r="249" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A249" s="11" t="s">
         <v>452</v>
       </c>
-      <c r="B237" s="10" t="s">
+      <c r="B249" s="15" t="s">
         <v>453</v>
       </c>
-      <c r="C237" s="8">
+      <c r="C249" s="8">
         <v>178</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A238" s="11" t="s">
+      <c r="D249" s="18">
+        <v>8898</v>
+      </c>
+    </row>
+    <row r="250" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A250" s="11" t="s">
+        <v>637</v>
+      </c>
+      <c r="B250" s="16" t="s">
+        <v>623</v>
+      </c>
+      <c r="C250" s="8"/>
+      <c r="D250" s="18">
+        <v>36983</v>
+      </c>
+    </row>
+    <row r="251" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A251" s="11" t="s">
         <v>454</v>
       </c>
-      <c r="B238" s="10" t="s">
+      <c r="B251" s="15" t="s">
         <v>455</v>
       </c>
-      <c r="C238" s="8">
+      <c r="C251" s="8">
         <v>2272</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A239" s="11" t="s">
+      <c r="D251" s="18">
+        <v>2113</v>
+      </c>
+    </row>
+    <row r="252" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A252" s="11" t="s">
         <v>456</v>
       </c>
-      <c r="B239" s="10" t="s">
+      <c r="B252" s="15" t="s">
         <v>457</v>
       </c>
-      <c r="C239" s="8">
+      <c r="C252" s="8">
         <v>35701</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A240" s="11" t="s">
+      <c r="D252" s="18">
+        <v>23640</v>
+      </c>
+    </row>
+    <row r="253" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A253" s="11" t="s">
         <v>458</v>
       </c>
-      <c r="B240" s="10" t="s">
+      <c r="B253" s="15" t="s">
         <v>459</v>
       </c>
-      <c r="C240" s="8">
+      <c r="C253" s="8">
         <v>19011</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A241" s="11" t="s">
+      <c r="D253" s="18">
+        <v>30475</v>
+      </c>
+    </row>
+    <row r="254" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A254" s="11" t="s">
         <v>460</v>
       </c>
-      <c r="B241" s="10" t="s">
+      <c r="B254" s="15" t="s">
         <v>461</v>
       </c>
-      <c r="C241" s="8">
+      <c r="C254" s="8">
         <v>67492</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A242" s="11" t="s">
+      <c r="D254" s="18">
+        <v>81397</v>
+      </c>
+    </row>
+    <row r="255" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A255" s="11" t="s">
         <v>587</v>
       </c>
-      <c r="B242" s="10" t="s">
+      <c r="B255" s="15" t="s">
         <v>462</v>
       </c>
-      <c r="C242" s="8">
+      <c r="C255" s="8">
         <v>6128</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A243" s="11" t="s">
+      <c r="D255" s="18">
+        <v>135664</v>
+      </c>
+    </row>
+    <row r="256" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A256" s="11" t="s">
         <v>463</v>
       </c>
-      <c r="B243" s="10" t="s">
+      <c r="B256" s="15" t="s">
         <v>464</v>
       </c>
-      <c r="C243" s="8">
+      <c r="C256" s="8">
         <v>6862</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A244" s="11" t="s">
+      <c r="D256" s="18">
+        <v>6259</v>
+      </c>
+    </row>
+    <row r="257" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A257" s="11" t="s">
         <v>465</v>
       </c>
-      <c r="B244" s="10" t="s">
+      <c r="B257" s="15" t="s">
         <v>466</v>
       </c>
-      <c r="C244" s="8">
+      <c r="C257" s="8">
         <v>6579</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A245" s="11" t="s">
+      <c r="D257" s="18">
+        <v>6107</v>
+      </c>
+    </row>
+    <row r="258" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A258" s="11" t="s">
         <v>467</v>
       </c>
-      <c r="B245" s="10" t="s">
+      <c r="B258" s="15" t="s">
         <v>468</v>
       </c>
-      <c r="C245" s="8">
+      <c r="C258" s="8">
         <v>3030</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A246" s="11" t="s">
+      <c r="D258" s="18">
+        <v>3729</v>
+      </c>
+    </row>
+    <row r="259" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A259" s="11" t="s">
         <v>469</v>
       </c>
-      <c r="B246" s="10" t="s">
+      <c r="B259" s="15" t="s">
         <v>470</v>
       </c>
-      <c r="C246" s="8">
+      <c r="C259" s="8">
         <v>1647</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A247" s="11" t="s">
+      <c r="D259" s="18">
+        <v>14336</v>
+      </c>
+    </row>
+    <row r="260" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A260" s="11" t="s">
         <v>471</v>
       </c>
-      <c r="B247" s="10" t="s">
+      <c r="B260" s="15" t="s">
         <v>472</v>
       </c>
-      <c r="C247" s="8">
+      <c r="C260" s="8">
         <v>15021</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A248" s="11" t="s">
+      <c r="D260" s="18">
+        <v>6705</v>
+      </c>
+    </row>
+    <row r="261" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A261" s="11" t="s">
         <v>473</v>
       </c>
-      <c r="B248" s="10" t="s">
+      <c r="B261" s="15" t="s">
         <v>474</v>
       </c>
-      <c r="C248" s="8">
+      <c r="C261" s="8">
         <v>157430</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A249" s="11" t="s">
+      <c r="D261" s="18">
+        <v>151079</v>
+      </c>
+    </row>
+    <row r="262" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A262" s="11" t="s">
         <v>475</v>
       </c>
-      <c r="B249" s="10" t="s">
+      <c r="B262" s="15" t="s">
         <v>476</v>
       </c>
-      <c r="C249" s="8">
+      <c r="C262" s="8">
         <v>11280</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A250" s="11" t="s">
+      <c r="D262" s="18">
+        <v>9509</v>
+      </c>
+    </row>
+    <row r="263" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A263" s="11" t="s">
         <v>477</v>
       </c>
-      <c r="B250" s="10" t="s">
+      <c r="B263" s="15" t="s">
         <v>478</v>
       </c>
-      <c r="C250" s="8">
+      <c r="C263" s="8">
         <v>3044</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A251" s="11" t="s">
+      <c r="D263" s="18">
+        <v>88701</v>
+      </c>
+    </row>
+    <row r="264" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A264" s="11" t="s">
         <v>479</v>
       </c>
-      <c r="B251" s="10" t="s">
+      <c r="B264" s="15" t="s">
         <v>480</v>
       </c>
-      <c r="C251" s="8">
+      <c r="C264" s="8">
         <v>4433</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A252" s="11" t="s">
+      <c r="D264" s="18">
+        <v>5275</v>
+      </c>
+    </row>
+    <row r="265" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A265" s="11" t="s">
         <v>481</v>
       </c>
-      <c r="B252" s="10" t="s">
+      <c r="B265" s="15" t="s">
         <v>482</v>
       </c>
-      <c r="C252" s="8">
+      <c r="C265" s="8">
         <v>3674</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A253" s="11" t="s">
+      <c r="D265" s="18">
+        <v>101072</v>
+      </c>
+    </row>
+    <row r="266" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A266" s="11" t="s">
         <v>483</v>
       </c>
-      <c r="B253" s="10" t="s">
+      <c r="B266" s="15" t="s">
         <v>484</v>
       </c>
-      <c r="C253" s="8">
+      <c r="C266" s="8">
         <v>66856</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A254" s="11" t="s">
+      <c r="D266" s="18">
+        <v>63773</v>
+      </c>
+    </row>
+    <row r="267" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A267" s="11" t="s">
         <v>591</v>
       </c>
-      <c r="B254" s="10" t="s">
+      <c r="B267" s="15" t="s">
         <v>590</v>
       </c>
-      <c r="C254" s="8">
+      <c r="C267" s="8">
         <v>475</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A255" s="11" t="s">
+      <c r="D267" s="18">
+        <v>55329</v>
+      </c>
+    </row>
+    <row r="268" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A268" s="11" t="s">
         <v>485</v>
       </c>
-      <c r="B255" s="10" t="s">
+      <c r="B268" s="15" t="s">
         <v>486</v>
       </c>
-      <c r="C255" s="8">
+      <c r="C268" s="8">
         <v>7467</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A256" s="11" t="s">
+      <c r="D268" s="18">
+        <v>1961</v>
+      </c>
+    </row>
+    <row r="269" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A269" s="11" t="s">
         <v>487</v>
       </c>
-      <c r="B256" s="10" t="s">
+      <c r="B269" s="15" t="s">
         <v>488</v>
       </c>
-      <c r="C256" s="8">
+      <c r="C269" s="8">
         <v>1494712</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A257" s="11" t="s">
+      <c r="D269" s="18">
+        <v>1289740</v>
+      </c>
+    </row>
+    <row r="270" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A270" s="11" t="s">
         <v>489</v>
       </c>
-      <c r="B257" s="10" t="s">
+      <c r="B270" s="15" t="s">
         <v>490</v>
       </c>
-      <c r="C257" s="8">
+      <c r="C270" s="8">
         <v>94388</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A258" s="11" t="s">
+      <c r="D270" s="18">
+        <v>75224</v>
+      </c>
+    </row>
+    <row r="271" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A271" s="11" t="s">
         <v>491</v>
       </c>
-      <c r="B258" s="10" t="s">
+      <c r="B271" s="15" t="s">
         <v>492</v>
       </c>
-      <c r="C258" s="8">
+      <c r="C271" s="8">
         <v>125075</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A259" s="11" t="s">
+      <c r="D271" s="18">
+        <v>167404</v>
+      </c>
+    </row>
+    <row r="272" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A272" s="11" t="s">
         <v>493</v>
       </c>
-      <c r="B259" s="10" t="s">
+      <c r="B272" s="15" t="s">
         <v>494</v>
       </c>
-      <c r="C259" s="8">
+      <c r="C272" s="8">
         <v>19466</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A260" s="11" t="s">
+      <c r="D272" s="18">
+        <v>43732</v>
+      </c>
+    </row>
+    <row r="273" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A273" s="11" t="s">
         <v>495</v>
       </c>
-      <c r="B260" s="10" t="s">
+      <c r="B273" s="15" t="s">
         <v>496</v>
       </c>
-      <c r="C260" s="8">
+      <c r="C273" s="8">
         <v>20829</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A261" s="11" t="s">
+      <c r="D273" s="18">
+        <v>17629</v>
+      </c>
+    </row>
+    <row r="274" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A274" s="11" t="s">
         <v>497</v>
       </c>
-      <c r="B261" s="10" t="s">
+      <c r="B274" s="15" t="s">
         <v>498</v>
       </c>
-      <c r="C261" s="8">
+      <c r="C274" s="8">
         <v>989</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A262" s="11" t="s">
+      <c r="D274" s="18">
+        <v>15068</v>
+      </c>
+    </row>
+    <row r="275" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A275" s="11" t="s">
         <v>499</v>
       </c>
-      <c r="B262" s="10" t="s">
+      <c r="B275" s="15" t="s">
         <v>500</v>
       </c>
-      <c r="C262" s="8">
+      <c r="C275" s="8">
         <v>21851</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A263" s="11" t="s">
+      <c r="D275" s="18">
+        <v>20758</v>
+      </c>
+    </row>
+    <row r="276" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A276" s="11" t="s">
+        <v>595</v>
+      </c>
+      <c r="B276" s="15" t="s">
+        <v>593</v>
+      </c>
+      <c r="C276" s="8">
+        <v>30672</v>
+      </c>
+      <c r="D276" s="18">
+        <v>32566</v>
+      </c>
+    </row>
+    <row r="277" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A277" s="11" t="s">
         <v>501</v>
       </c>
-      <c r="B263" s="10" t="s">
+      <c r="B277" s="15" t="s">
         <v>502</v>
       </c>
-      <c r="C263" s="8">
+      <c r="C277" s="8">
         <v>20101</v>
       </c>
-    </row>
-[...12 lines deleted...]
-      <c r="A265" s="11" t="s">
+      <c r="D277" s="18">
+        <v>18012</v>
+      </c>
+    </row>
+    <row r="278" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A278" s="11" t="s">
         <v>503</v>
       </c>
-      <c r="B265" s="10" t="s">
+      <c r="B278" s="15" t="s">
         <v>504</v>
       </c>
-      <c r="C265" s="8">
+      <c r="C278" s="8">
         <v>7202</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A266" s="11" t="s">
+      <c r="D278" s="18">
+        <v>7312</v>
+      </c>
+    </row>
+    <row r="279" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A279" s="11" t="s">
         <v>505</v>
       </c>
-      <c r="B266" s="10" t="s">
+      <c r="B279" s="15" t="s">
         <v>506</v>
       </c>
-      <c r="C266" s="8">
+      <c r="C279" s="8">
         <v>60201</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A267" s="11" t="s">
+      <c r="D279" s="18">
+        <v>701988</v>
+      </c>
+    </row>
+    <row r="280" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A280" s="11" t="s">
         <v>507</v>
       </c>
-      <c r="B267" s="10" t="s">
+      <c r="B280" s="15" t="s">
         <v>508</v>
       </c>
-      <c r="C267" s="8">
+      <c r="C280" s="8">
         <v>119668</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A268" s="11" t="s">
+      <c r="D280" s="18">
+        <v>160383</v>
+      </c>
+    </row>
+    <row r="281" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A281" s="11" t="s">
         <v>509</v>
       </c>
-      <c r="B268" s="10" t="s">
+      <c r="B281" s="15" t="s">
         <v>510</v>
       </c>
-      <c r="C268" s="8">
+      <c r="C281" s="8">
         <v>2124</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A269" s="11" t="s">
+      <c r="D281" s="18">
+        <v>2774</v>
+      </c>
+    </row>
+    <row r="282" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A282" s="11" t="s">
         <v>511</v>
       </c>
-      <c r="B269" s="10" t="s">
+      <c r="B282" s="15" t="s">
         <v>512</v>
       </c>
-      <c r="C269" s="8">
+      <c r="C282" s="8">
         <v>5241</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A270" s="11" t="s">
+      <c r="D282" s="18">
+        <v>4160</v>
+      </c>
+    </row>
+    <row r="283" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A283" s="11" t="s">
         <v>513</v>
       </c>
-      <c r="B270" s="10" t="s">
+      <c r="B283" s="15" t="s">
         <v>514</v>
       </c>
-      <c r="C270" s="8">
+      <c r="C283" s="8">
         <v>50474</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A271" s="11" t="s">
+      <c r="D283" s="18">
+        <v>66431</v>
+      </c>
+    </row>
+    <row r="284" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A284" s="11" t="s">
         <v>515</v>
       </c>
-      <c r="B271" s="10" t="s">
+      <c r="B284" s="15" t="s">
         <v>516</v>
       </c>
-      <c r="C271" s="8">
+      <c r="C284" s="8">
         <v>2177</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A272" s="11" t="s">
+      <c r="D284" s="18">
+        <v>35573</v>
+      </c>
+    </row>
+    <row r="285" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A285" s="11" t="s">
         <v>517</v>
       </c>
-      <c r="B272" s="10" t="s">
+      <c r="B285" s="15" t="s">
         <v>518</v>
       </c>
-      <c r="C272" s="8">
+      <c r="C285" s="8">
         <v>36305</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A273" s="11" t="s">
+      <c r="D285" s="18">
+        <v>52230</v>
+      </c>
+    </row>
+    <row r="286" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A286" s="11" t="s">
         <v>519</v>
       </c>
-      <c r="B273" s="10" t="s">
+      <c r="B286" s="15" t="s">
         <v>520</v>
       </c>
-      <c r="C273" s="8">
+      <c r="C286" s="8">
         <v>5570</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A274" s="11" t="s">
+      <c r="D286" s="18">
+        <v>5093</v>
+      </c>
+    </row>
+    <row r="287" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A287" s="11" t="s">
         <v>521</v>
       </c>
-      <c r="B274" s="10" t="s">
+      <c r="B287" s="15" t="s">
         <v>522</v>
       </c>
-      <c r="C274" s="8">
+      <c r="C287" s="8">
         <v>3461</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A275" s="11" t="s">
+      <c r="D287" s="18">
+        <v>2880</v>
+      </c>
+    </row>
+    <row r="288" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A288" s="11" t="s">
         <v>523</v>
       </c>
-      <c r="B275" s="10" t="s">
+      <c r="B288" s="15" t="s">
         <v>524</v>
       </c>
-      <c r="C275" s="8">
+      <c r="C288" s="8">
         <v>64986</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A276" s="11" t="s">
+      <c r="D288" s="18">
+        <v>48875</v>
+      </c>
+    </row>
+    <row r="289" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A289" s="11" t="s">
         <v>525</v>
       </c>
-      <c r="B276" s="10" t="s">
+      <c r="B289" s="15" t="s">
         <v>526</v>
       </c>
-      <c r="C276" s="8">
+      <c r="C289" s="8">
         <v>480</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A277" s="11" t="s">
+      <c r="D289" s="18">
+        <v>23086</v>
+      </c>
+    </row>
+    <row r="290" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A290" s="11" t="s">
         <v>527</v>
       </c>
-      <c r="B277" s="10" t="s">
+      <c r="B290" s="15" t="s">
         <v>528</v>
       </c>
-      <c r="C277" s="8">
+      <c r="C290" s="8">
         <v>257634</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A278" s="11" t="s">
+      <c r="D290" s="18">
+        <v>196861</v>
+      </c>
+    </row>
+    <row r="291" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A291" s="11" t="s">
         <v>529</v>
       </c>
-      <c r="B278" s="10" t="s">
+      <c r="B291" s="15" t="s">
         <v>530</v>
       </c>
-      <c r="C278" s="8">
+      <c r="C291" s="8">
         <v>4208</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A279" s="11" t="s">
+      <c r="D291" s="18">
+        <v>129334</v>
+      </c>
+    </row>
+    <row r="292" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A292" s="11" t="s">
         <v>531</v>
       </c>
-      <c r="B279" s="10" t="s">
+      <c r="B292" s="15" t="s">
         <v>532</v>
       </c>
-      <c r="C279" s="8">
+      <c r="C292" s="8">
         <v>6492</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A280" s="11" t="s">
+      <c r="D292" s="18">
+        <v>15741</v>
+      </c>
+    </row>
+    <row r="293" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A293" s="11" t="s">
         <v>533</v>
       </c>
-      <c r="B280" s="10" t="s">
+      <c r="B293" s="15" t="s">
         <v>534</v>
       </c>
-      <c r="C280" s="8">
+      <c r="C293" s="8">
         <v>75937</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A281" s="11" t="s">
+      <c r="D293" s="18">
+        <v>58905</v>
+      </c>
+    </row>
+    <row r="294" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A294" s="11" t="s">
         <v>535</v>
       </c>
-      <c r="B281" s="10" t="s">
+      <c r="B294" s="15" t="s">
         <v>536</v>
       </c>
-      <c r="C281" s="8">
+      <c r="C294" s="8">
         <v>190016</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A282" s="11" t="s">
+      <c r="D294" s="18">
+        <v>314357</v>
+      </c>
+    </row>
+    <row r="295" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A295" s="11" t="s">
         <v>537</v>
       </c>
-      <c r="B282" s="10" t="s">
+      <c r="B295" s="15" t="s">
         <v>538</v>
       </c>
-      <c r="C282" s="8">
+      <c r="C295" s="8">
         <v>12814</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A283" s="11" t="s">
+      <c r="D295" s="18">
+        <v>187908</v>
+      </c>
+    </row>
+    <row r="296" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A296" s="11" t="s">
         <v>539</v>
       </c>
-      <c r="B283" s="10" t="s">
+      <c r="B296" s="15" t="s">
         <v>540</v>
       </c>
-      <c r="C283" s="8">
+      <c r="C296" s="8">
         <v>96606</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A284" s="11" t="s">
+      <c r="D296" s="18">
+        <v>86556</v>
+      </c>
+    </row>
+    <row r="297" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A297" s="11" t="s">
         <v>541</v>
       </c>
-      <c r="B284" s="10" t="s">
+      <c r="B297" s="15" t="s">
         <v>542</v>
       </c>
-      <c r="C284" s="8">
+      <c r="C297" s="8">
         <v>107395</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A285" s="11" t="s">
+      <c r="D297" s="18">
+        <v>121801</v>
+      </c>
+    </row>
+    <row r="298" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A298" s="11" t="s">
         <v>543</v>
       </c>
-      <c r="B285" s="10" t="s">
+      <c r="B298" s="15" t="s">
         <v>544</v>
       </c>
-      <c r="C285" s="8">
+      <c r="C298" s="8">
         <v>18633</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A286" s="11" t="s">
+      <c r="D298" s="18">
+        <v>27422</v>
+      </c>
+    </row>
+    <row r="299" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A299" s="11" t="s">
         <v>545</v>
       </c>
-      <c r="B286" s="10" t="s">
+      <c r="B299" s="15" t="s">
         <v>546</v>
       </c>
-      <c r="C286" s="8">
+      <c r="C299" s="8">
         <v>143556</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A287" s="11" t="s">
+      <c r="D299" s="18">
+        <v>155452</v>
+      </c>
+    </row>
+    <row r="300" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A300" s="11" t="s">
         <v>547</v>
       </c>
-      <c r="B287" s="10" t="s">
+      <c r="B300" s="15" t="s">
         <v>548</v>
       </c>
-      <c r="C287" s="8">
+      <c r="C300" s="8">
         <v>38754</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A288" s="11" t="s">
+      <c r="D300" s="18">
+        <v>47124</v>
+      </c>
+    </row>
+    <row r="301" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A301" s="11" t="s">
         <v>549</v>
       </c>
-      <c r="B288" s="10" t="s">
+      <c r="B301" s="15" t="s">
         <v>550</v>
       </c>
-      <c r="C288" s="8">
+      <c r="C301" s="8">
         <v>1557</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A289" s="11" t="s">
+      <c r="D301" s="18">
+        <v>3030</v>
+      </c>
+    </row>
+    <row r="302" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A302" s="11" t="s">
         <v>551</v>
       </c>
-      <c r="B289" s="10" t="s">
+      <c r="B302" s="15" t="s">
         <v>552</v>
       </c>
-      <c r="C289" s="8">
+      <c r="C302" s="8">
         <v>12271</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A290" s="11" t="s">
+      <c r="D302" s="18">
+        <v>5554</v>
+      </c>
+    </row>
+    <row r="303" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A303" s="11" t="s">
         <v>553</v>
       </c>
-      <c r="B290" s="10" t="s">
+      <c r="B303" s="15" t="s">
         <v>554</v>
       </c>
-      <c r="C290" s="8">
+      <c r="C303" s="8">
         <v>19323</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A291" s="11" t="s">
+      <c r="D303" s="18">
+        <v>403294</v>
+      </c>
+    </row>
+    <row r="304" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A304" s="11" t="s">
         <v>555</v>
       </c>
-      <c r="B291" s="10" t="s">
+      <c r="B304" s="15" t="s">
         <v>556</v>
       </c>
-      <c r="C291" s="8">
+      <c r="C304" s="8">
         <v>60302</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A292" s="11" t="s">
+      <c r="D304" s="18">
+        <v>100651</v>
+      </c>
+    </row>
+    <row r="305" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A305" s="11" t="s">
         <v>597</v>
       </c>
-      <c r="B292" s="10" t="s">
+      <c r="B305" s="15" t="s">
         <v>596</v>
       </c>
-      <c r="C292" s="8">
+      <c r="C305" s="8">
         <v>172364</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A293" s="11" t="s">
+      <c r="D305" s="18">
+        <v>188893</v>
+      </c>
+    </row>
+    <row r="306" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A306" s="11" t="s">
         <v>557</v>
       </c>
-      <c r="B293" s="10" t="s">
+      <c r="B306" s="15" t="s">
         <v>558</v>
       </c>
-      <c r="C293" s="8">
+      <c r="C306" s="8">
         <v>40017</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A294" s="11" t="s">
+      <c r="D306" s="18">
+        <v>70267</v>
+      </c>
+    </row>
+    <row r="307" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A307" s="11" t="s">
         <v>559</v>
       </c>
-      <c r="B294" s="10" t="s">
+      <c r="B307" s="15" t="s">
         <v>560</v>
       </c>
-      <c r="C294" s="8">
+      <c r="C307" s="8">
         <v>549</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A295" s="11" t="s">
+      <c r="D307" s="18">
+        <v>10306</v>
+      </c>
+    </row>
+    <row r="308" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A308" s="11" t="s">
+        <v>638</v>
+      </c>
+      <c r="B308" s="16" t="s">
+        <v>624</v>
+      </c>
+      <c r="C308" s="8"/>
+      <c r="D308" s="18">
+        <v>84581</v>
+      </c>
+    </row>
+    <row r="309" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A309" s="11" t="s">
         <v>561</v>
       </c>
-      <c r="B295" s="10" t="s">
+      <c r="B309" s="15" t="s">
         <v>562</v>
       </c>
-      <c r="C295" s="8">
+      <c r="C309" s="8">
         <v>29636</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A296" s="11" t="s">
+      <c r="D309" s="18">
+        <v>30431</v>
+      </c>
+    </row>
+    <row r="310" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A310" s="11" t="s">
         <v>563</v>
       </c>
-      <c r="B296" s="10" t="s">
+      <c r="B310" s="15" t="s">
         <v>564</v>
       </c>
-      <c r="C296" s="8">
+      <c r="C310" s="8">
         <v>167231</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A297" s="11" t="s">
+      <c r="D310" s="18">
+        <v>184918</v>
+      </c>
+    </row>
+    <row r="311" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A311" s="11" t="s">
         <v>565</v>
       </c>
-      <c r="B297" s="10" t="s">
+      <c r="B311" s="15" t="s">
         <v>566</v>
       </c>
-      <c r="C297" s="8">
+      <c r="C311" s="8">
         <v>1618</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A298" s="11" t="s">
+      <c r="D311" s="18">
+        <v>4749</v>
+      </c>
+    </row>
+    <row r="312" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A312" s="11" t="s">
         <v>567</v>
       </c>
-      <c r="B298" s="10" t="s">
+      <c r="B312" s="15" t="s">
         <v>568</v>
       </c>
-      <c r="C298" s="8">
+      <c r="C312" s="8">
         <v>54171</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A299" s="11" t="s">
+      <c r="D312" s="18">
+        <v>31308</v>
+      </c>
+    </row>
+    <row r="313" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A313" s="11" t="s">
         <v>569</v>
       </c>
-      <c r="B299" s="10" t="s">
+      <c r="B313" s="15" t="s">
         <v>570</v>
       </c>
-      <c r="C299" s="8">
+      <c r="C313" s="8">
         <v>10741</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A300" s="11" t="s">
+      <c r="D313" s="18">
+        <v>15974</v>
+      </c>
+    </row>
+    <row r="314" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A314" s="11" t="s">
         <v>571</v>
       </c>
-      <c r="B300" s="10" t="s">
+      <c r="B314" s="15" t="s">
         <v>572</v>
       </c>
-      <c r="C300" s="8">
+      <c r="C314" s="8">
         <v>508</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A301" s="11" t="s">
+      <c r="D314" s="18">
+        <v>10234</v>
+      </c>
+    </row>
+    <row r="315" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A315" s="11" t="s">
         <v>573</v>
       </c>
-      <c r="B301" s="10" t="s">
+      <c r="B315" s="15" t="s">
         <v>574</v>
       </c>
-      <c r="C301" s="8">
+      <c r="C315" s="8">
         <v>36362</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A302" s="11" t="s">
+      <c r="D315" s="18">
+        <v>38676</v>
+      </c>
+    </row>
+    <row r="316" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A316" s="11" t="s">
         <v>575</v>
       </c>
-      <c r="B302" s="10" t="s">
+      <c r="B316" s="15" t="s">
         <v>576</v>
       </c>
-      <c r="C302" s="8">
+      <c r="C316" s="8">
         <v>44282</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A303" s="11" t="s">
+      <c r="D316" s="18">
+        <v>69393</v>
+      </c>
+    </row>
+    <row r="317" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A317" s="11" t="s">
         <v>577</v>
       </c>
-      <c r="B303" s="10" t="s">
+      <c r="B317" s="15" t="s">
         <v>578</v>
       </c>
-      <c r="C303" s="8">
+      <c r="C317" s="8">
         <v>36477</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A304" s="11" t="s">
+      <c r="D317" s="18">
+        <v>37753</v>
+      </c>
+    </row>
+    <row r="318" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A318" s="11" t="s">
         <v>579</v>
       </c>
-      <c r="B304" s="10" t="s">
+      <c r="B318" s="15" t="s">
         <v>580</v>
       </c>
-      <c r="C304" s="8">
+      <c r="C318" s="8">
         <v>22212</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A305" s="11" t="s">
+      <c r="D318" s="18">
+        <v>78257</v>
+      </c>
+    </row>
+    <row r="319" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A319" s="11" t="s">
         <v>581</v>
       </c>
-      <c r="B305" s="10" t="s">
+      <c r="B319" s="15" t="s">
         <v>582</v>
       </c>
-      <c r="C305" s="8">
+      <c r="C319" s="8">
         <v>165944</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A306" s="11" t="s">
+      <c r="D319" s="18">
+        <v>216674</v>
+      </c>
+    </row>
+    <row r="320" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A320" s="11">
+        <v>35190000</v>
+      </c>
+      <c r="B320" s="16" t="s">
+        <v>625</v>
+      </c>
+      <c r="C320" s="8"/>
+      <c r="D320" s="18">
+        <v>3267</v>
+      </c>
+    </row>
+    <row r="321" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A321" s="11" t="s">
         <v>583</v>
       </c>
-      <c r="B306" s="10" t="s">
+      <c r="B321" s="15" t="s">
         <v>584</v>
       </c>
-      <c r="C306" s="8">
+      <c r="C321" s="8">
         <v>265153</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A307" s="9" t="s">
+      <c r="D321" s="18">
+        <v>2426815</v>
+      </c>
+    </row>
+    <row r="322" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A322" s="9" t="s">
         <v>585</v>
       </c>
-      <c r="B307" s="10"/>
-      <c r="C307" s="8">
+      <c r="B322" s="10"/>
+      <c r="C322" s="8">
         <v>19321982</v>
       </c>
+      <c r="D322" s="18">
+        <v>34819592</v>
+      </c>
     </row>
   </sheetData>
-  <conditionalFormatting sqref="C5:C307">
-    <cfRule type="cellIs" dxfId="3" priority="4" stopIfTrue="1" operator="lessThan">
+  <autoFilter ref="A4:D323" xr:uid="{CB4F0F66-41DF-4F79-B340-16F70A1FF28B}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A5:D321">
+    <sortCondition ref="B5:B321"/>
+  </sortState>
+  <conditionalFormatting sqref="A1:A29 A31:A1048576">
+    <cfRule type="duplicateValues" dxfId="3" priority="27"/>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="A30">
+    <cfRule type="duplicateValues" dxfId="2" priority="29"/>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="C4:C322">
+    <cfRule type="cellIs" dxfId="1" priority="4" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C4">
-    <cfRule type="cellIs" dxfId="2" priority="2" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="D4">
+    <cfRule type="cellIs" dxfId="0" priority="1" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
-  </conditionalFormatting>
-[...4 lines deleted...]
-    <cfRule type="duplicateValues" dxfId="0" priority="27"/>
   </conditionalFormatting>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="99" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>SFY26</vt:lpstr>
     </vt:vector>