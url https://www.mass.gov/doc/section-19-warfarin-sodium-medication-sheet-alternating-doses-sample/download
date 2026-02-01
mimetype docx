--- v0 (2025-11-30)
+++ v1 (2026-02-01)
@@ -1,48 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="3B88DFF5" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
       <w:pPr>
         <w:ind w:right="99"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>SAMPLE</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D048B28" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5265"/>
           <w:tab w:val="left" w:pos="11295"/>
         </w:tabs>
@@ -157,871 +160,805 @@
         <w:rPr>
           <w:sz w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="384" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="630"/>
-        <w:gridCol w:w="4"/>
+        <w:gridCol w:w="634"/>
         <w:gridCol w:w="1080"/>
         <w:gridCol w:w="1169"/>
         <w:gridCol w:w="91"/>
-        <w:gridCol w:w="1544"/>
-[...42 lines deleted...]
-        <w:gridCol w:w="4"/>
+        <w:gridCol w:w="1548"/>
+        <w:gridCol w:w="794"/>
+        <w:gridCol w:w="306"/>
+        <w:gridCol w:w="288"/>
+        <w:gridCol w:w="288"/>
+        <w:gridCol w:w="288"/>
+        <w:gridCol w:w="288"/>
+        <w:gridCol w:w="288"/>
+        <w:gridCol w:w="288"/>
+        <w:gridCol w:w="288"/>
+        <w:gridCol w:w="288"/>
+        <w:gridCol w:w="288"/>
+        <w:gridCol w:w="288"/>
+        <w:gridCol w:w="288"/>
+        <w:gridCol w:w="288"/>
+        <w:gridCol w:w="288"/>
+        <w:gridCol w:w="288"/>
+        <w:gridCol w:w="288"/>
+        <w:gridCol w:w="288"/>
+        <w:gridCol w:w="288"/>
+        <w:gridCol w:w="288"/>
+        <w:gridCol w:w="88"/>
         <w:gridCol w:w="92"/>
-        <w:gridCol w:w="102"/>
-[...21 lines deleted...]
-        <w:gridCol w:w="246"/>
+        <w:gridCol w:w="108"/>
+        <w:gridCol w:w="288"/>
+        <w:gridCol w:w="288"/>
+        <w:gridCol w:w="288"/>
+        <w:gridCol w:w="288"/>
+        <w:gridCol w:w="288"/>
+        <w:gridCol w:w="288"/>
+        <w:gridCol w:w="288"/>
+        <w:gridCol w:w="288"/>
+        <w:gridCol w:w="288"/>
+        <w:gridCol w:w="288"/>
+        <w:gridCol w:w="252"/>
         <w:gridCol w:w="42"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B63A03" w14:paraId="24127D9D" w14:textId="77777777" w:rsidTr="00E634B9">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="7DD31E26" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3888" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="2738874D" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="3EAB6A51" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="245" w:lineRule="exact"/>
               <w:ind w:left="151"/>
               <w:rPr>
                 <w:sz w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="23"/>
               </w:rPr>
               <w:t>Hour</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="306" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="511A7AFE" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="90"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="7FED4CBE" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="98"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="4DA6197F" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="82"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="782CFC5E" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="98"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="70DA9D2E" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="82"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="0DCCD172" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="98"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="058BACE7" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="82"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="5A74CD05" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="98"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="4DEA0E02" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="82"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="272850B9" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="52"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="50AD958F" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="52"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="2E4F6C50" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="52"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="37FAF8FA" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="52"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="322E6656" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="52"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="3918D114" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="52"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="0819ABF5" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="52"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="5BE6989D" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="52"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="3879AB3B" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="52"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="2EAADB5D" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="33" w:right="18"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="6BAE4BF5" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="52"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="18A4F9A8" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="52"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="0C0A5B0E" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="52"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="0453E455" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="52"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="216B45DB" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="52"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="2B63A625" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="52"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="28E9AD23" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="52"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="27A3ED6F" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="52"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="56D88D5F" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="52"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="4CB44B61" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="33" w:right="18"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="3BBCA839" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="52"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="4F8E6055" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="52"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>31</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B63A03" w14:paraId="02644051" w14:textId="77777777" w:rsidTr="00E634B9">
         <w:trPr>
           <w:trHeight w:val="316"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="7469B69D" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="168FA949" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="146"/>
               <w:ind w:left="4"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>Start:</w:t>
@@ -1030,1809 +967,1716 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="205E1FED" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="48"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>Generic:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2808" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="55FB88BC" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="296" w:lineRule="exact"/>
               <w:ind w:left="65"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:sz w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:sz w:val="23"/>
               </w:rPr>
               <w:t>Warfarin</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="23"/>
               </w:rPr>
               <w:t>sodium</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="2DB972A2" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="306" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="3E6F7EA1" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="5659AECB" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="49938673" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="3B99C86A" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="15AA4DCC" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="417742EE" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="174F8AAA" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="61876C4E" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="2352D04B" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="3B0D8C90" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="11D63673" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="61F38DDA" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="5795C740" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="2809C109" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="193F477F" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="2BA682B8" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="2DF18D6F" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="26CBA4D5" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="6D7F3A1F" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="44E5A0B0" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="3852494B" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="47D2956B" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="74BAF52C" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="435C87E1" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="4FD595FC" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="4FE7B6D1" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="075D5AB4" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="236D58A6" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="34EEA70E" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="428B9A41" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="00A9851C" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B63A03" w14:paraId="4F523CFE" w14:textId="77777777" w:rsidTr="00E634B9">
         <w:trPr>
           <w:trHeight w:val="317"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5B041F4B" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="48316A9B" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="49"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>Brand:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2808" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="2AD38C2F" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1" w:line="297" w:lineRule="exact"/>
               <w:ind w:left="5"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:sz w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="23"/>
               </w:rPr>
               <w:t>Coumadin</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="10B5B2AE" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="306" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="25947B41" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="4C492F60" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="2EAB49A5" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="7C351BA0" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="1C71BD6B" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="527C61C0" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="08BEDF37" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="1D85FA01" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="37D4B49B" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="762179A5" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="7D4498E3" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="4BAA36AC" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="5C004836" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="11DF36C2" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="3B445C9C" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="48A1A5FC" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="7C69A22A" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="7B7F1B7E" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="564EA2E3" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="21CBD0E2" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="23192F97" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="18438442" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="713587A1" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="2DA11969" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="1858969B" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="19967A66" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="3CE25679" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="521C3B5E" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="201E7611" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="4BA439C0" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="764850D7" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B63A03" w14:paraId="5AF13FB8" w14:textId="77777777" w:rsidTr="00E634B9">
         <w:trPr>
           <w:trHeight w:val="317"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="20FAC3E7" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4F3A3069" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="49"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>Strength:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2808" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="06600E87" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="2E1A177A" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1" w:line="297" w:lineRule="exact"/>
               <w:ind w:left="9"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:sz w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:sz w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve">4 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="23"/>
               </w:rPr>
               <w:t>PM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="306" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="3A037345" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:right="132"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="23"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="3169F0A3" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="48417D7F" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:right="114"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="23"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="13785AA4" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="0B39EF77" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:right="114"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="23"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="48A47050" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="67757CDC" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:right="114"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="23"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="2143EEEC" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="463195E5" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:right="114"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="23"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="77505AF0" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="60BDA6D7" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:left="7"/>
               <w:rPr>
                 <w:sz w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="23"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="66B67778" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="01122FFB" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:left="7"/>
               <w:rPr>
                 <w:sz w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="23"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="31C76D8D" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="4AC28AFF" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:left="7"/>
               <w:rPr>
                 <w:sz w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="23"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="245B36A3" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="5A4BCCDA" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:left="7"/>
               <w:rPr>
                 <w:sz w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="23"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="28FEA588" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="4C21202E" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:right="107"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="23"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="2DDC7362" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="7D4334F0" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:left="7"/>
               <w:rPr>
                 <w:sz w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="23"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="1652E030" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="046F54CD" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:left="7"/>
               <w:rPr>
                 <w:sz w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="23"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="3E14FB43" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="45F81B6C" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:left="7"/>
               <w:rPr>
                 <w:sz w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="23"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="5A40CF28" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="035811F8" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:left="7"/>
               <w:rPr>
                 <w:sz w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="23"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="64B601CD" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="357003D8" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:right="107"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="23"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="25503E4D" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="1272D8BB" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:left="7"/>
               <w:rPr>
                 <w:sz w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="23"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B63A03" w14:paraId="3D4E0DA8" w14:textId="77777777" w:rsidTr="00E634B9">
         <w:trPr>
           <w:trHeight w:val="287"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="7426621D" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7F8EDE6E" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="6"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="26F81162" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:left="4"/>
               <w:rPr>
@@ -2864,638 +2708,605 @@
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>Amount:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1169" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="719C9A36" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1639" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="1FD4F2E5" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="218" w:lineRule="exact"/>
               <w:ind w:left="59"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>Dose:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="4776F69C" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="9"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:sz w:val="15"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:sz w:val="15"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:position w:val="6"/>
                 <w:sz w:val="8"/>
               </w:rPr>
               <w:t>nd</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:spacing w:val="21"/>
                 <w:position w:val="6"/>
                 <w:sz w:val="8"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="15"/>
               </w:rPr>
               <w:t>check</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="306" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="39DF9A16" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="5227088C" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="3E7FB26F" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="43ED226B" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="7B4E3165" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="01C9D752" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="3756205C" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="7E242C68" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="4CC89175" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="45812320" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="062D5281" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="13C2C41B" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="31E9FDDA" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="78BC56F4" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="6C60C8C5" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="580330C4" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="0D72AB25" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="031C590D" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="7190FA72" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="61E4E67E" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="256B6317" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="23C531BD" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="5F11E4F8" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="4C89D89B" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="5F479C55" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="5945438A" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="513CFD18" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="2BC65424" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="7296BB6C" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="1BA10FFA" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="0CEEB979" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B63A03" w14:paraId="7E1E9589" w14:textId="77777777" w:rsidTr="00E634B9">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="766EB06F" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0F737A54" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="107"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>Frequency:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2808" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="5C28A07C" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="57"/>
               <w:ind w:left="5"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:sz w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:sz w:val="23"/>
               </w:rPr>
               <w:t>Every</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:spacing w:val="-5"/>
@@ -3512,51 +3323,51 @@
               <w:t>other</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="23"/>
               </w:rPr>
               <w:t>Evening</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6464" w:type="dxa"/>
-            <w:gridSpan w:val="43"/>
+            <w:gridSpan w:val="22"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1DA1A930" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1" w:line="262" w:lineRule="exact"/>
               <w:ind w:left="9"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Special</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -3735,51 +3546,51 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>on</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:sz w:val="19"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3276" w:type="dxa"/>
-            <w:gridSpan w:val="24"/>
+            <w:gridSpan w:val="13"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1D1383BB" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:left="7"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Reason</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -3845,945 +3656,912 @@
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>larger</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B63A03" w14:paraId="43A48FAB" w14:textId="77777777" w:rsidTr="00E634B9">
         <w:trPr>
           <w:trHeight w:val="344"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="765BAD51" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3614E2B4" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="61"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>Route:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2808" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="5A49EAFB" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="13" w:line="311" w:lineRule="exact"/>
               <w:ind w:left="5"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:sz w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:sz w:val="23"/>
               </w:rPr>
               <w:t>By</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="23"/>
               </w:rPr>
               <w:t>Mouth</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6464" w:type="dxa"/>
-            <w:gridSpan w:val="43"/>
+            <w:gridSpan w:val="22"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="60C885FC" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3276" w:type="dxa"/>
-            <w:gridSpan w:val="24"/>
+            <w:gridSpan w:val="13"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="07C8F67B" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E634B9" w14:paraId="2C0E086A" w14:textId="77777777" w:rsidTr="00E634B9">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="6ED2F1F7" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3888" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="2D997A28" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="73F019E2" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1" w:line="244" w:lineRule="exact"/>
               <w:ind w:left="146"/>
               <w:rPr>
                 <w:sz w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="23"/>
               </w:rPr>
               <w:t>Hour</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="306" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="5D1DECA2" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:left="106"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="600BF4AA" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:right="84"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="45B61A97" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:left="95"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="7626DDDB" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:right="84"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="4C1A13F1" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:left="97"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="1F7BE848" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:right="85"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="6F8AE2ED" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:left="97"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="3E3096F5" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:right="85"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="691C0E64" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:left="97"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="746106EA" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:left="50"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="49533120" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:left="49"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="179064AE" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:left="50"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="197328B3" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:left="49"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="71ED2B6C" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:left="50"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="32A7CA9E" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:left="50"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="6A14D6F4" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:left="30" w:right="21"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="3C873A63" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:left="50"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="2AD7C973" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:left="49"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="33580051" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:left="50"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="5210FE76" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:left="50"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="70FEE94E" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:left="49"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="7E493983" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:left="50"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="5A30513F" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:left="49"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="0AA9C511" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:left="50"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="2DF9D539" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:left="50"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="6475C073" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:left="30" w:right="21"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="1464E654" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:left="50"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="7DE4E33A" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:left="49"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="50EE298C" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:left="50"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="5BBCB4E7" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:left="50"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="7174E1F9" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:left="49"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>31</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E634B9" w14:paraId="6245CB06" w14:textId="77777777" w:rsidTr="00E634B9">
         <w:trPr>
           <w:trHeight w:val="317"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="3165A732" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="23CBF717" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="146"/>
               <w:ind w:left="5"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>Start:</w:t>
@@ -4793,1788 +4571,1695 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="62D30399" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="49"/>
               <w:ind w:left="5"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>Generic:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2808" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="543DE10B" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1" w:line="297" w:lineRule="exact"/>
               <w:ind w:left="65"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:sz w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:sz w:val="23"/>
               </w:rPr>
               <w:t>Warfarin</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="23"/>
               </w:rPr>
               <w:t>sodium</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="64EF4261" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="306" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="49D265D8" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="2799EACF" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="56D1CAC9" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="495D54B7" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="1C87C633" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="1FCB6493" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="58DE3145" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="5F15040C" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="44493459" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="476A1B10" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="4C9D21C2" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="4324ED5D" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="7AB2D31C" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="3959E091" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="4808FD35" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="1BE6AEA0" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="7BC5F7D4" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="74C179B2" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="3D66A144" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="2545946F" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="795C1AEC" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="5D81BD34" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="55445C44" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="3A947784" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="6CB9E27C" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="32329F97" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="5B213719" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="244BB2B8" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="07140142" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="2580EE3C" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="5E40428C" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E634B9" w14:paraId="401E15C0" w14:textId="77777777" w:rsidTr="00E634B9">
         <w:trPr>
           <w:trHeight w:val="317"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2A8AA10A" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2350B9C7" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="48"/>
               <w:ind w:left="5"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>Brand:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2808" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="6AF3C329" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="298" w:lineRule="exact"/>
               <w:ind w:left="5"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:sz w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="23"/>
               </w:rPr>
               <w:t>Coumadin</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="2492DAC1" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="306" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="30DEF674" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="74A19FE5" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="778019A3" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="08646F64" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="1011F578" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="1C02C188" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="30C73614" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="65727587" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="7313BB32" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="5701505E" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="687512DE" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="6E61BDFD" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="36C28FF7" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="6119D6B6" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="374EF81B" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="6B91048A" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="35680F14" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="7417504C" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="3D70723D" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="1DDB671A" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="050F1B3A" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="2F943E30" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="6522812A" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="77C21E44" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="6D101A20" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="1DC72E8B" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="7D515A24" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="34FC1A81" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="4691916B" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="59848572" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="4C003C82" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E634B9" w14:paraId="4D597D47" w14:textId="77777777" w:rsidTr="00E634B9">
         <w:trPr>
           <w:trHeight w:val="316"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5D354E60" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="610C9ABB" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="48"/>
               <w:ind w:left="5"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>Strength:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2808" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="3B98DA51" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="71FC1BDB" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="296" w:lineRule="exact"/>
               <w:ind w:left="4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:sz w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:sz w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve">4 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="23"/>
               </w:rPr>
               <w:t>PM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="306" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="6FC596DE" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="0A39BBA9" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="116"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="23"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="63E1035B" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="4A4AA668" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="116"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="23"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="2CDEB049" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="761DA573" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="117"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="23"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="6A61312C" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="2DA863B1" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="117"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="23"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="300536B2" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="531029BF" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="5"/>
               <w:rPr>
                 <w:sz w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="23"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="2E1E717C" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="60F46781" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="5"/>
               <w:rPr>
                 <w:sz w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="23"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="1B33A851" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="27CCE6D9" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="5"/>
               <w:rPr>
                 <w:sz w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="23"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="7AC0C7E1" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="50C0F3A8" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="23"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="155043AF" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="43414746" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="4"/>
               <w:rPr>
                 <w:sz w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="23"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="3A5812D6" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="5FD75D61" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="5"/>
               <w:rPr>
                 <w:sz w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="23"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="64263092" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="2822452E" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="5"/>
               <w:rPr>
                 <w:sz w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="23"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="45C4BE04" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="27BA8429" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="5"/>
               <w:rPr>
                 <w:sz w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="23"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="396CD12B" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="1EA121E9" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="23"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="269E9F78" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="2E587E6F" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="4"/>
               <w:rPr>
                 <w:sz w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="23"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="13F738E0" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="0E4DA6F8" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="5"/>
               <w:rPr>
                 <w:sz w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="23"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="540B3768" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E634B9" w14:paraId="7A9CBB19" w14:textId="77777777" w:rsidTr="00E634B9">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="7D27E73A" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7EDEA57C" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="6"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3E7F8B58" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:left="5"/>
               <w:rPr>
@@ -6608,639 +6293,605 @@
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>Amount:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="4289358F" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1548" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="24D89288" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="58"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>Dose:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="237A2E3F" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:left="4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:sz w:val="15"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:sz w:val="15"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:position w:val="6"/>
                 <w:sz w:val="8"/>
               </w:rPr>
               <w:t>nd</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:spacing w:val="21"/>
                 <w:position w:val="6"/>
                 <w:sz w:val="8"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="15"/>
               </w:rPr>
               <w:t>check</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="306" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="214CDB44" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="1C8471E8" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="20129F95" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="0580E9DB" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="3D98180D" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="0EDF8BFC" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="3109ED2F" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="64DCE51C" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="094E567D" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="1D58C1CB" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="710F4E0D" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="73324999" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="6B3E5C9A" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="5273810C" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="342A8200" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="5DCA0F44" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="2BB898AB" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="63C5A05A" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="2FA57A6F" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="7A56B0B7" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="6AC645C1" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="536EDEE5" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="5F69D2AD" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="79C42EBB" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="7641ADBF" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="50B3754B" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="0FA7904C" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="2A57631E" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="75822F84" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="1E65CEF2" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="42C0D449" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E634B9" w14:paraId="242528B3" w14:textId="77777777" w:rsidTr="00E634B9">
         <w:trPr>
           <w:trHeight w:val="431"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="69C2B254" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6D403148" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="106"/>
               <w:ind w:left="5"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>Frequency:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2808" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="52AF7F28" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="57"/>
               <w:ind w:left="5"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:sz w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:sz w:val="23"/>
               </w:rPr>
               <w:t>Every</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:spacing w:val="-5"/>
@@ -7257,51 +6908,51 @@
               <w:t>other</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="23"/>
               </w:rPr>
               <w:t>Evening</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6372" w:type="dxa"/>
-            <w:gridSpan w:val="42"/>
+            <w:gridSpan w:val="21"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="31ADFFDE" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3843"/>
                 <w:tab w:val="left" w:pos="5947"/>
               </w:tabs>
               <w:ind w:left="4" w:right="412"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Special Instructions/Precautions</w:t>
@@ -7336,51 +6987,51 @@
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>mg on</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:sz w:val="19"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3368" w:type="dxa"/>
-            <w:gridSpan w:val="25"/>
+            <w:gridSpan w:val="14"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7B3DB56C" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="5" w:right="54"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Reason</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
@@ -7445,2046 +7096,1956 @@
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>larger</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E634B9" w14:paraId="77CCFA85" w14:textId="77777777" w:rsidTr="00E634B9">
         <w:trPr>
           <w:trHeight w:val="345"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="40971A44" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7FD7883A" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="62"/>
               <w:ind w:left="5"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>Route:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2808" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="0A921DFF" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="14" w:line="311" w:lineRule="exact"/>
               <w:ind w:left="5"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:sz w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:sz w:val="23"/>
               </w:rPr>
               <w:t>By</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="23"/>
               </w:rPr>
               <w:t>Mouth</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6372" w:type="dxa"/>
-            <w:gridSpan w:val="42"/>
+            <w:gridSpan w:val="21"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="22957C1B" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3368" w:type="dxa"/>
-            <w:gridSpan w:val="25"/>
+            <w:gridSpan w:val="14"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5BC6E1B0" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="00F07BD6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E634B9" w14:paraId="60F6C9A8" w14:textId="77777777" w:rsidTr="007A3A11">
         <w:trPr>
           <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="42" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="539639B5" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3888" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="4530C2F9" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="792" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="7AB4ABB6" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="245" w:lineRule="exact"/>
               <w:ind w:left="33" w:right="25"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="23"/>
               </w:rPr>
               <w:t>Hour</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="306" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="002C5C7B" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="106"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="40E49BCC" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="96"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="1D39B508" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="95"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="49E2C68D" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="97"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="1BE7F67A" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="97"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="2CE76556" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="95"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="442764DD" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="97"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="36555D35" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="95"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="03E59BD1" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="97"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="1A974113" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="50"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="37A82675" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="49"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="48D824F4" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="50"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="270E854D" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="49"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="731C9A96" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="50"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="2B634E80" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="50"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="1BC74E75" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="49"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="48199CB2" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="50"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="199D295D" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="49"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="3D48A050" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="50"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="263AFA80" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="50"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="3FA8C762" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="49"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="48F5CDFF" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="50"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="18EC8FD9" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="49"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="46573400" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="50"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="1A72B85F" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="50"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="3E17DC38" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="49"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="346823AA" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="50"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="1A2D0A00" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="49"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="4CE5624A" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="50"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="16F884E1" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="50"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="252" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="570E76F7" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="31"/>
               <w:rPr>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="17"/>
               </w:rPr>
               <w:t>31</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E634B9" w14:paraId="2B16D4F5" w14:textId="77777777" w:rsidTr="007A3A11">
         <w:trPr>
           <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="42" w:type="dxa"/>
           <w:trHeight w:val="316"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="76A30965" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="67AC5FF3" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5AE9DBA5" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:left="5"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>Start:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3888" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="589C3822" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="792" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="7C225F78" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="296" w:lineRule="exact"/>
               <w:ind w:left="33" w:right="25"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:sz w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="23"/>
               </w:rPr>
               <w:t>PT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="306" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="4DB566BE" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="43337372" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="27E0AFE3" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="71C85846" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="2DEF7A34" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="572FF1A2" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="6555BE66" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="25763423" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="42BAD777" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="14E8C547" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="40E4EE7D" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="299E0602" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="2E5930FA" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="2EB8ADC7" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="7DEF85A7" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="68E75A1E" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="0E7913E2" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="55FC768E" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="515CFAEE" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="77135207" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="3B3EC104" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="717F94A3" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="4676176B" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="3B6D346B" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="6780D0D3" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="53D81454" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="2390C704" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="042F9888" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="30FB5619" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="3522DBDE" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="252" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="1559A4E0" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E634B9" w14:paraId="0ECEA6A2" w14:textId="77777777" w:rsidTr="007A3A11">
         <w:trPr>
           <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="42" w:type="dxa"/>
           <w:trHeight w:val="370"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="25F47B98" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3888" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="2F363FBA" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1056"/>
               </w:tabs>
               <w:spacing w:before="40"/>
               <w:ind w:left="12"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t>PT/INR</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t>BLOODWORK</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="792" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="4F377D50" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="27"/>
               <w:ind w:left="34" w:right="24"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:sz w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="23"/>
               </w:rPr>
               <w:t>INR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="306" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="1ECF4F7D" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="122937B1" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="524A4D81" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="078C1D4B" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="254C680A" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="7F401E65" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="59DB15EE" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="44E5346F" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="28197286" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="734B3D3E" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="28796711" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="5473AE3F" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="74F09421" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="4C6FAFBF" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="73B612AB" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="2AF7139F" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="63B88B02" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="39B9BA2C" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="2527F9C9" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="09A658A8" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="4DA3E731" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="23E92B8D" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="43389784" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="6D196DE1" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="03994328" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="29B21718" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="302CCB16" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="4177DCE4" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="2E61DEC3" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="7BABA0B3" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="252" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="0240E645" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E634B9" w14:paraId="35F2B602" w14:textId="77777777" w:rsidTr="007A3A11">
         <w:trPr>
           <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="42" w:type="dxa"/>
           <w:trHeight w:val="413"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="28DB45DC" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3888" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="7F13CB74" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1711"/>
               </w:tabs>
               <w:spacing w:before="61"/>
               <w:ind w:left="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t>NEXT</w:t>
             </w:r>
             <w:r>
@@ -9496,51 +9057,50 @@
               </w:rPr>
               <w:t xml:space="preserve"> PT/INR</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t>BLOODWORK</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="792" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="35712CBC" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="34" w:right="25"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:sz w:val="15"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:sz w:val="15"/>
               </w:rPr>
               <w:t>Next</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:spacing w:val="-5"/>
@@ -9553,1086 +9113,1027 @@
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="186" w:lineRule="exact"/>
               <w:ind w:left="34" w:right="25"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:sz w:val="15"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="15"/>
               </w:rPr>
               <w:t>date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="306" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="63BF7238" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="428DAB08" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="4FE71FD5" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="70BD049E" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="1E67243A" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="75E57E3D" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="0028DAB5" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="3A5AFEA3" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="4FE7857D" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="7FF8DF34" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="0997C315" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="1E23B367" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="5AA647CA" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="381CF443" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="49D38D0D" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="53D6F5FA" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="78A751E2" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="45FD31AE" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="1D67AD51" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="2D70AC62" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="5691E8AB" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="3697C362" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="772F6994" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="70F250F1" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="1B182943" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="08F39EA0" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="051904D8" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="2BDB8619" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="1FB42654" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="5D2F35A9" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="252" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="772A89BB" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E634B9" w14:paraId="66EE7F1D" w14:textId="77777777" w:rsidTr="007A3A11">
         <w:trPr>
           <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="42" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="3B3D33EF" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="35FE1D0F" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="5"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>Stop:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3888" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="70AD9BFE" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="792" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="4F464D6B" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="306" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="5714DC4F" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="5654A5C1" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="0867BBE7" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="0EA037C8" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="3388A33D" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="1BEB1BC0" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="25945E42" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="47F0C4B8" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="7AB7B044" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="73F21058" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="2869F2B0" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="03900104" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="468396F9" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="4143A1DA" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="5AA50867" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="084039F4" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="22FBF3A6" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="36BEEF03" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="55E41969" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="2AAFAA63" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="30285841" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="16CE899C" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="0C81F0E7" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="70038F7A" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="53A4390D" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="5E2D79C5" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="11A55070" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="0E0B9250" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="6CF8AE53" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="1B4486E3" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="252" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="2EF77920" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E634B9" w14:paraId="5BC4F478" w14:textId="77777777" w:rsidTr="007A3A11">
         <w:trPr>
           <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="42" w:type="dxa"/>
           <w:trHeight w:val="287"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="668F681B" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3888" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="2699B538" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6372" w:type="dxa"/>
-            <w:gridSpan w:val="42"/>
+            <w:gridSpan w:val="21"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="71C9DDE9" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2970"/>
               </w:tabs>
               <w:ind w:left="4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Special</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-10"/>
@@ -10705,51 +10206,51 @@
               <w:t>results</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>above</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3330" w:type="dxa"/>
-            <w:gridSpan w:val="25"/>
+            <w:gridSpan w:val="13"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="6853392A" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="940"/>
               </w:tabs>
               <w:ind w:left="5"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Reason:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -10767,1740 +10268,1730 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:spacing w:val="-16"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting"/>
                 <w:i/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>Coumadin</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E634B9" w14:paraId="055E3938" w14:textId="77777777" w:rsidTr="007A3A11">
         <w:trPr>
           <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="42" w:type="dxa"/>
           <w:trHeight w:val="219"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2DE3953C" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3888" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="0EE0D905" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6372" w:type="dxa"/>
-            <w:gridSpan w:val="42"/>
+            <w:gridSpan w:val="21"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="62F24D76" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3330" w:type="dxa"/>
-            <w:gridSpan w:val="25"/>
+            <w:gridSpan w:val="13"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="04928E00" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9" w:rsidP="007A3A11">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1B287BCC" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
-[...117 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpYSpec="bottom"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="487" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3366"/>
         <w:gridCol w:w="1205"/>
         <w:gridCol w:w="2539"/>
         <w:gridCol w:w="270"/>
         <w:gridCol w:w="1170"/>
         <w:gridCol w:w="2070"/>
         <w:gridCol w:w="234"/>
         <w:gridCol w:w="846"/>
         <w:gridCol w:w="2520"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B63A03" w14:paraId="4D4BB25B" w14:textId="77777777">
+      <w:tr w:rsidR="00575A97" w14:paraId="5AE11EDA" w14:textId="77777777" w:rsidTr="00E46AC5">
         <w:trPr>
           <w:trHeight w:val="219"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4571" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="6BB3AE10" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
+          <w:p w14:paraId="4E9B71FF" w14:textId="77777777" w:rsidR="00575A97" w:rsidRDefault="00575A97" w:rsidP="00E46AC5">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2809" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="67298EFA" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
+          <w:p w14:paraId="3C7134C7" w14:textId="77777777" w:rsidR="00575A97" w:rsidRDefault="00575A97" w:rsidP="00E46AC5">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="23"/>
               <w:ind w:left="1125" w:right="1119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="15"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="15"/>
               </w:rPr>
               <w:t>CODES</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="405EEDB4" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
+          <w:p w14:paraId="5E029AC5" w14:textId="77777777" w:rsidR="00575A97" w:rsidRDefault="00575A97" w:rsidP="00E46AC5">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="199" w:lineRule="exact"/>
               <w:ind w:left="315"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>Initials</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14D1E6EA" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
+          <w:p w14:paraId="24F867A9" w14:textId="77777777" w:rsidR="00575A97" w:rsidRDefault="00575A97" w:rsidP="00E46AC5">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="199" w:lineRule="exact"/>
               <w:ind w:left="627"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>Signature</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="53944E49" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
+          <w:p w14:paraId="68AD8E0B" w14:textId="77777777" w:rsidR="00575A97" w:rsidRDefault="00575A97" w:rsidP="00E46AC5">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="199" w:lineRule="exact"/>
               <w:ind w:left="269"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>Initials</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B8C37F5" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
+          <w:p w14:paraId="652F190E" w14:textId="77777777" w:rsidR="00575A97" w:rsidRDefault="00575A97" w:rsidP="00E46AC5">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="199" w:lineRule="exact"/>
               <w:ind w:left="841" w:right="833"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>Signature</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E634B9" w14:paraId="789E3B25" w14:textId="77777777">
+      <w:tr w:rsidR="00575A97" w14:paraId="663C907C" w14:textId="77777777" w:rsidTr="00E46AC5">
         <w:trPr>
           <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4571" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0A0F461B" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9">
+          <w:p w14:paraId="09697933" w14:textId="77777777" w:rsidR="00575A97" w:rsidRDefault="00575A97" w:rsidP="00E46AC5">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2809" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="07012007" w14:textId="03F4EB04" w:rsidR="00E634B9" w:rsidRDefault="00E634B9">
+          <w:p w14:paraId="2E5B5180" w14:textId="3ABAD963" w:rsidR="00575A97" w:rsidRDefault="00575A97" w:rsidP="00E46AC5">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="92" w:line="152" w:lineRule="exact"/>
               <w:ind w:left="106"/>
               <w:rPr>
                 <w:sz w:val="15"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
               </w:rPr>
-              <w:t>A-Absent</w:t>
+              <w:t>MNA-Medication Not Administered</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51365215" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9">
+          <w:p w14:paraId="00526948" w14:textId="77777777" w:rsidR="00575A97" w:rsidRDefault="00575A97" w:rsidP="00E46AC5">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2BF7C98B" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9">
+          <w:p w14:paraId="749D9119" w14:textId="77777777" w:rsidR="00575A97" w:rsidRDefault="00575A97" w:rsidP="00E46AC5">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="5BFBB223" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9">
+          <w:p w14:paraId="5BD450C9" w14:textId="77777777" w:rsidR="00575A97" w:rsidRDefault="00575A97" w:rsidP="00E46AC5">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61EDBDFB" w14:textId="77777777" w:rsidR="00E634B9" w:rsidRDefault="00E634B9">
+          <w:p w14:paraId="7B2C1C09" w14:textId="77777777" w:rsidR="00575A97" w:rsidRDefault="00575A97" w:rsidP="00E46AC5">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B63A03" w14:paraId="35D840C1" w14:textId="77777777">
+      <w:tr w:rsidR="00575A97" w14:paraId="17C14357" w14:textId="77777777" w:rsidTr="00E46AC5">
         <w:trPr>
           <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4571" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6C062CBD" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
+          <w:p w14:paraId="3C7FD1C5" w14:textId="77777777" w:rsidR="00575A97" w:rsidRDefault="00575A97" w:rsidP="00E46AC5">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2809" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="43EF4D24" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
+          <w:p w14:paraId="0E9F3B8D" w14:textId="77777777" w:rsidR="00575A97" w:rsidRDefault="00575A97" w:rsidP="00E46AC5">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="92" w:line="152" w:lineRule="exact"/>
               <w:ind w:left="106"/>
               <w:rPr>
                 <w:sz w:val="15"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
               </w:rPr>
-              <w:t>DP-Day</w:t>
-[...13 lines deleted...]
-              <w:t>Program</w:t>
+              <w:t>A-Absent</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E6F28EE" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
+          <w:p w14:paraId="0DBC408E" w14:textId="77777777" w:rsidR="00575A97" w:rsidRDefault="00575A97" w:rsidP="00E46AC5">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19821DE9" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
+          <w:p w14:paraId="0A054122" w14:textId="77777777" w:rsidR="00575A97" w:rsidRDefault="00575A97" w:rsidP="00E46AC5">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="2FC23941" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
+          <w:p w14:paraId="06A07C03" w14:textId="77777777" w:rsidR="00575A97" w:rsidRDefault="00575A97" w:rsidP="00E46AC5">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="491B42A3" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
+          <w:p w14:paraId="55C23D94" w14:textId="77777777" w:rsidR="00575A97" w:rsidRDefault="00575A97" w:rsidP="00E46AC5">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B63A03" w14:paraId="1987E19B" w14:textId="77777777">
+      <w:tr w:rsidR="00575A97" w14:paraId="5F38B544" w14:textId="77777777" w:rsidTr="00E46AC5">
         <w:trPr>
-          <w:trHeight w:val="264"/>
+          <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4571" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="44390846" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
+          <w:p w14:paraId="6C411BA6" w14:textId="77777777" w:rsidR="00575A97" w:rsidRDefault="00575A97" w:rsidP="00E46AC5">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2809" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="5AFF4F4D" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
-[...2 lines deleted...]
-              <w:spacing w:before="93" w:line="152" w:lineRule="exact"/>
+          <w:p w14:paraId="18CE8E3E" w14:textId="77777777" w:rsidR="00575A97" w:rsidRDefault="00575A97" w:rsidP="00E46AC5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="92" w:line="152" w:lineRule="exact"/>
               <w:ind w:left="106"/>
               <w:rPr>
                 <w:sz w:val="15"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="15"/>
+              </w:rPr>
+              <w:t>DP-Day</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="15"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="15"/>
               </w:rPr>
-              <w:t>H-Hospital</w:t>
+              <w:t>Program</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F923011" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
+          <w:p w14:paraId="47339965" w14:textId="77777777" w:rsidR="00575A97" w:rsidRDefault="00575A97" w:rsidP="00E46AC5">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="764AAFA6" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
+          <w:p w14:paraId="21908C5D" w14:textId="77777777" w:rsidR="00575A97" w:rsidRDefault="00575A97" w:rsidP="00E46AC5">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="2A416B57" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
+          <w:p w14:paraId="41658900" w14:textId="77777777" w:rsidR="00575A97" w:rsidRDefault="00575A97" w:rsidP="00E46AC5">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2ABFC225" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
+          <w:p w14:paraId="6F45AE32" w14:textId="77777777" w:rsidR="00575A97" w:rsidRDefault="00575A97" w:rsidP="00E46AC5">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B63A03" w14:paraId="22E2A6EE" w14:textId="77777777">
-[...108 lines deleted...]
-      <w:tr w:rsidR="00B63A03" w14:paraId="3985FC81" w14:textId="77777777">
+      <w:tr w:rsidR="00575A97" w14:paraId="6610D659" w14:textId="77777777" w:rsidTr="00E46AC5">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4571" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6C2AC470" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
+          <w:p w14:paraId="1D8ECA59" w14:textId="77777777" w:rsidR="00575A97" w:rsidRDefault="00575A97" w:rsidP="00E46AC5">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2809" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="3FBEDD92" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
+          <w:p w14:paraId="09F5673E" w14:textId="77777777" w:rsidR="00575A97" w:rsidRDefault="00575A97" w:rsidP="00E46AC5">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="93" w:line="152" w:lineRule="exact"/>
               <w:ind w:left="106"/>
               <w:rPr>
                 <w:sz w:val="15"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="15"/>
               </w:rPr>
-              <w:t>P-Packaged</w:t>
+              <w:t>H-Hospital</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1846FEA3" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
+          <w:p w14:paraId="26865DC3" w14:textId="77777777" w:rsidR="00575A97" w:rsidRDefault="00575A97" w:rsidP="00E46AC5">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76A36976" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
+          <w:p w14:paraId="0BC7CA13" w14:textId="77777777" w:rsidR="00575A97" w:rsidRDefault="00575A97" w:rsidP="00E46AC5">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="7611C12F" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
+          <w:p w14:paraId="0A9FF247" w14:textId="77777777" w:rsidR="00575A97" w:rsidRDefault="00575A97" w:rsidP="00E46AC5">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="222D28E1" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
+          <w:p w14:paraId="351E4A30" w14:textId="77777777" w:rsidR="00575A97" w:rsidRDefault="00575A97" w:rsidP="00E46AC5">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B63A03" w14:paraId="2E12DC62" w14:textId="77777777">
+      <w:tr w:rsidR="00575A97" w14:paraId="3FC2530F" w14:textId="77777777" w:rsidTr="00E46AC5">
         <w:trPr>
-          <w:trHeight w:val="263"/>
+          <w:trHeight w:val="264"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4571" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EFBF60A" w14:textId="77777777" w:rsidR="00575A97" w:rsidRDefault="00575A97" w:rsidP="00E46AC5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="218" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Site:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2809" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="131AB214" w14:textId="77777777" w:rsidR="00575A97" w:rsidRDefault="00575A97" w:rsidP="00E46AC5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="93" w:line="152" w:lineRule="exact"/>
+              <w:ind w:left="106"/>
+              <w:rPr>
+                <w:sz w:val="15"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="15"/>
+              </w:rPr>
+              <w:t>V-Vacation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="022E77F2" w14:textId="77777777" w:rsidR="00575A97" w:rsidRDefault="00575A97" w:rsidP="00E46AC5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BBC27C0" w14:textId="77777777" w:rsidR="00575A97" w:rsidRDefault="00575A97" w:rsidP="00E46AC5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C4DCA5F" w14:textId="77777777" w:rsidR="00575A97" w:rsidRDefault="00575A97" w:rsidP="00E46AC5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F594BEC" w14:textId="77777777" w:rsidR="00575A97" w:rsidRDefault="00575A97" w:rsidP="00E46AC5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00575A97" w14:paraId="70F516E9" w14:textId="77777777" w:rsidTr="00E46AC5">
+        <w:trPr>
+          <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4571" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6434C69D" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
+          <w:p w14:paraId="1CF93461" w14:textId="77777777" w:rsidR="00575A97" w:rsidRDefault="00575A97" w:rsidP="00E46AC5">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2809" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="57B46880" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
-[...2 lines deleted...]
-              <w:spacing w:before="92" w:line="152" w:lineRule="exact"/>
+          <w:p w14:paraId="1F5B1D1F" w14:textId="77777777" w:rsidR="00575A97" w:rsidRDefault="00575A97" w:rsidP="00E46AC5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="93" w:line="152" w:lineRule="exact"/>
               <w:ind w:left="106"/>
               <w:rPr>
                 <w:sz w:val="15"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:spacing w:val="-2"/>
                 <w:sz w:val="15"/>
               </w:rPr>
-              <w:t>W-</w:t>
-[...6 lines deleted...]
-              <w:t>Work</w:t>
+              <w:t>P-Packaged</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F19CCD1" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
+          <w:p w14:paraId="0578E45D" w14:textId="77777777" w:rsidR="00575A97" w:rsidRDefault="00575A97" w:rsidP="00E46AC5">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5BD3515B" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
+          <w:p w14:paraId="09DD7CCF" w14:textId="77777777" w:rsidR="00575A97" w:rsidRDefault="00575A97" w:rsidP="00E46AC5">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="54E4EB52" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
+          <w:p w14:paraId="1109CD72" w14:textId="77777777" w:rsidR="00575A97" w:rsidRDefault="00575A97" w:rsidP="00E46AC5">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D248BC4" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
+          <w:p w14:paraId="401B4364" w14:textId="77777777" w:rsidR="00575A97" w:rsidRDefault="00575A97" w:rsidP="00E46AC5">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B63A03" w14:paraId="65774703" w14:textId="77777777">
+      <w:tr w:rsidR="00575A97" w14:paraId="746E77C2" w14:textId="77777777" w:rsidTr="00E46AC5">
         <w:trPr>
-          <w:trHeight w:val="264"/>
-[...119 lines deleted...]
-          <w:trHeight w:val="264"/>
+          <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4571" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2BEC275E" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
+          <w:p w14:paraId="057CE2B5" w14:textId="77777777" w:rsidR="00575A97" w:rsidRDefault="00575A97" w:rsidP="00E46AC5">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2809" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="1DAEFC7E" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
+          <w:p w14:paraId="2311E930" w14:textId="77777777" w:rsidR="00575A97" w:rsidRDefault="00575A97" w:rsidP="00E46AC5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="92" w:line="152" w:lineRule="exact"/>
+              <w:ind w:left="106"/>
+              <w:rPr>
+                <w:sz w:val="15"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="15"/>
+              </w:rPr>
+              <w:t>W-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="15"/>
+              </w:rPr>
+              <w:t>Work</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="012B8918" w14:textId="77777777" w:rsidR="00575A97" w:rsidRDefault="00575A97" w:rsidP="00E46AC5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E370919" w14:textId="77777777" w:rsidR="00575A97" w:rsidRDefault="00575A97" w:rsidP="00E46AC5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="20650ACE" w14:textId="77777777" w:rsidR="00575A97" w:rsidRDefault="00575A97" w:rsidP="00E46AC5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F5C567A" w14:textId="77777777" w:rsidR="00575A97" w:rsidRDefault="00575A97" w:rsidP="00E46AC5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00575A97" w14:paraId="40DAC174" w14:textId="77777777" w:rsidTr="00E46AC5">
+        <w:trPr>
+          <w:trHeight w:val="264"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4571" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CF54DD4" w14:textId="77777777" w:rsidR="00575A97" w:rsidRDefault="00575A97" w:rsidP="00E46AC5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2809" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="79B79DB2" w14:textId="77777777" w:rsidR="00575A97" w:rsidRDefault="00575A97" w:rsidP="00E46AC5">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="93" w:line="152" w:lineRule="exact"/>
               <w:ind w:left="106"/>
               <w:rPr>
                 <w:sz w:val="15"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
               </w:rPr>
-              <w:t>NSS-No</w:t>
+              <w:t>LOA-Leave</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="15"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
               </w:rPr>
-              <w:t>Second</w:t>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="15"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Absence</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1429B425" w14:textId="77777777" w:rsidR="00575A97" w:rsidRDefault="00575A97" w:rsidP="00E46AC5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EF0BA4C" w14:textId="77777777" w:rsidR="00575A97" w:rsidRDefault="00575A97" w:rsidP="00E46AC5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="1427BAB2" w14:textId="77777777" w:rsidR="00575A97" w:rsidRDefault="00575A97" w:rsidP="00E46AC5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53320446" w14:textId="77777777" w:rsidR="00575A97" w:rsidRDefault="00575A97" w:rsidP="00E46AC5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00575A97" w14:paraId="7717A823" w14:textId="77777777" w:rsidTr="00E46AC5">
+        <w:trPr>
+          <w:trHeight w:val="264"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4571" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="233C58AF" w14:textId="77777777" w:rsidR="00575A97" w:rsidRDefault="00575A97" w:rsidP="00E46AC5">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2809" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D22E75F" w14:textId="77777777" w:rsidR="00575A97" w:rsidRDefault="00575A97" w:rsidP="00E46AC5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="93" w:line="152" w:lineRule="exact"/>
+              <w:ind w:left="106"/>
+              <w:rPr>
+                <w:sz w:val="15"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="15"/>
+              </w:rPr>
+              <w:t>NSS-No</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="15"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
               </w:rPr>
+              <w:t>Second</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="15"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="15"/>
+              </w:rPr>
               <w:t>Staff</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="15"/>
               </w:rPr>
               <w:t xml:space="preserve"> Available</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D194237" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
+          <w:p w14:paraId="1F131163" w14:textId="77777777" w:rsidR="00575A97" w:rsidRDefault="00575A97" w:rsidP="00E46AC5">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D0E2D05" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
+          <w:p w14:paraId="398ECFB1" w14:textId="77777777" w:rsidR="00575A97" w:rsidRDefault="00575A97" w:rsidP="00E46AC5">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="13E1E805" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
+          <w:p w14:paraId="36C29324" w14:textId="77777777" w:rsidR="00575A97" w:rsidRDefault="00575A97" w:rsidP="00E46AC5">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C8EBB11" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
+          <w:p w14:paraId="61939DC0" w14:textId="77777777" w:rsidR="00575A97" w:rsidRDefault="00575A97" w:rsidP="00E46AC5">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B63A03" w14:paraId="2FA19035" w14:textId="77777777">
+      <w:tr w:rsidR="00575A97" w14:paraId="2AA22DA9" w14:textId="77777777" w:rsidTr="00E46AC5">
         <w:trPr>
           <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4571" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="4B4DBC17" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
+          <w:p w14:paraId="619A3B4D" w14:textId="77777777" w:rsidR="00575A97" w:rsidRDefault="00575A97" w:rsidP="00E46AC5">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2809" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="00358B76" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
+          <w:p w14:paraId="74E1EB16" w14:textId="77777777" w:rsidR="00575A97" w:rsidRDefault="00575A97" w:rsidP="00E46AC5">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="92" w:line="152" w:lineRule="exact"/>
               <w:ind w:left="106"/>
               <w:rPr>
                 <w:sz w:val="15"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
               </w:rPr>
               <w:t>OSA-Off</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="15"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
               </w:rPr>
               <w:t>Site</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="15"/>
               </w:rPr>
               <w:t xml:space="preserve"> Administration</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2133DDD3" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
+          <w:p w14:paraId="1A049D56" w14:textId="77777777" w:rsidR="00575A97" w:rsidRDefault="00575A97" w:rsidP="00E46AC5">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5DD1A4B8" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
+          <w:p w14:paraId="3E14A6E9" w14:textId="77777777" w:rsidR="00575A97" w:rsidRDefault="00575A97" w:rsidP="00E46AC5">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="4EA9107E" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
+          <w:p w14:paraId="39541B1A" w14:textId="77777777" w:rsidR="00575A97" w:rsidRDefault="00575A97" w:rsidP="00E46AC5">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46EA8FF5" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00B63A03">
+          <w:p w14:paraId="6AA081D8" w14:textId="77777777" w:rsidR="00575A97" w:rsidRDefault="00575A97" w:rsidP="00E46AC5">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B63A03" w14:paraId="316EC38A" w14:textId="77777777">
+      <w:tr w:rsidR="00575A97" w14:paraId="5194A3BC" w14:textId="77777777" w:rsidTr="00E46AC5">
         <w:trPr>
           <w:trHeight w:val="219"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3366" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="642611CD" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
+          <w:p w14:paraId="2ABE7F57" w14:textId="77777777" w:rsidR="00575A97" w:rsidRDefault="00575A97" w:rsidP="00E46AC5">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="199" w:lineRule="exact"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>Accuracy</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>check</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3744" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="2385C96E" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
+          <w:p w14:paraId="6928095D" w14:textId="77777777" w:rsidR="00575A97" w:rsidRDefault="00575A97" w:rsidP="00E46AC5">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="199" w:lineRule="exact"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>Date/Time</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="5E8D4046" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
+          <w:p w14:paraId="3FFC300B" w14:textId="77777777" w:rsidR="00575A97" w:rsidRDefault="00575A97" w:rsidP="00E46AC5">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="199" w:lineRule="exact"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>Accuracy</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>check</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3366" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="6BE7A9EC" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
+          <w:p w14:paraId="48CBE81E" w14:textId="77777777" w:rsidR="00575A97" w:rsidRDefault="00575A97" w:rsidP="00E46AC5">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="199" w:lineRule="exact"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>Date/Time</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="015041E7" w14:textId="77777777" w:rsidR="00B63A03" w:rsidRDefault="00E634B9">
+    <w:p w14:paraId="57DF7F20" w14:textId="1188DDC2" w:rsidR="00575A97" w:rsidRPr="00575A97" w:rsidRDefault="00CA0ADF" w:rsidP="00CA0ADF">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="706"/>
-          <w:tab w:val="left" w:pos="13413"/>
+          <w:tab w:val="left" w:pos="1010"/>
         </w:tabs>
-        <w:spacing w:before="186"/>
-[...1 lines deleted...]
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Page</w:t>
-[...37 lines deleted...]
-        <w:t>23</w:t>
+        <w:t xml:space="preserve">                                                                                                                                                                                                                            REV-11-17-25</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00B63A03">
+    <w:sectPr w:rsidR="00575A97" w:rsidRPr="00575A97">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="0" w:right="620" w:bottom="0" w:left="260" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="5BF1F800" w14:textId="77777777" w:rsidR="00575A97" w:rsidRDefault="00575A97" w:rsidP="00575A97">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="4E3E42A9" w14:textId="77777777" w:rsidR="00575A97" w:rsidRDefault="00575A97" w:rsidP="00575A97">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Handwriting">
     <w:altName w:val="Lucida Handwriting"/>
     <w:panose1 w:val="03010101010101010101"/>
     <w:charset w:val="00"/>
     <w:family w:val="script"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="5FC4E0B0" w14:textId="77777777" w:rsidR="00575A97" w:rsidRDefault="00575A97" w:rsidP="00575A97">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="6DB2B550" w14:textId="77777777" w:rsidR="00575A97" w:rsidRDefault="00575A97" w:rsidP="00575A97">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:shapeLayoutLikeWW8/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B63A03"/>
+    <w:rsid w:val="002F5709"/>
+    <w:rsid w:val="00575A97"/>
+    <w:rsid w:val="00AA6180"/>
     <w:rsid w:val="00B63A03"/>
+    <w:rsid w:val="00CA0ADF"/>
     <w:rsid w:val="00E634B9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="4A1B75CD"/>
   <w15:docId w15:val="{2C6D0501-176E-40E1-B937-EB5489C41375}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -12913,59 +12404,107 @@
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="3"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00575A97"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00575A97"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00575A97"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00575A97"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -13207,65 +12746,96 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1CCED631-3C8C-428D-BCE3-13E4A638257A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>289</Words>
-  <Characters>1653</Characters>
+  <Words>318</Words>
+  <Characters>1813</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>13</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>15</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>01  SITE REGISTRATION REQUIREMENTS</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <Company>EOHHS</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1939</CharactersWithSpaces>
+  <CharactersWithSpaces>2127</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>01  SITE REGISTRATION REQUIREMENTS</dc:title>
   <dc:creator>Mary Rota;DPH DCP MAP</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2023-07-07T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Acrobat PDFMaker 23 for Word</vt:lpwstr>
   </property>