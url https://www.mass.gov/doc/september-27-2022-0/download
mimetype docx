--- v0 (2025-11-04)
+++ v1 (2026-03-28)
@@ -1,58 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="14BB3E0F" w14:textId="331401A4" w:rsidR="006917B6" w:rsidRPr="00E672F2" w:rsidRDefault="006917B6" w:rsidP="006917B6">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E672F2">
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="09400923" wp14:editId="0E318B5A">
@@ -526,83 +527,83 @@
                             <w:sz w:val="18"/>
                           </w:rPr>
                           <w:t xml:space="preserve">  </w:t>
                         </w:r>
                         <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="PostalCode">
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                               <w:smallCaps/>
                               <w:spacing w:val="10"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                             <w:t>02133</w:t>
                           </w:r>
                         </w:smartTag>
                       </w:smartTag>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00000000">
+      <w:r w:rsidR="00D13044">
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="0C653F9E">
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
-          <v:shape id="_x0000_s2052" type="#_x0000_t75" style="position:absolute;left:0;text-align:left;margin-left:66pt;margin-top:39pt;width:80.2pt;height:93.6pt;z-index:251658242;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" o:preferrelative="f" fillcolor="window">
+          <v:shape id="_x0000_s2052" type="#_x0000_t75" alt="Massachusetts state seal" style="position:absolute;left:0;text-align:left;margin-left:66pt;margin-top:39pt;width:80.2pt;height:93.6pt;z-index:251658242;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" o:preferrelative="f" fillcolor="window">
             <v:imagedata r:id="rId11" o:title=""/>
             <w10:wrap type="topAndBottom" anchorx="page" anchory="page"/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Word.Picture.8" ShapeID="_x0000_s2052" DrawAspect="Content" ObjectID="_1734959197" r:id="rId12"/>
+          <o:OLEObject Type="Embed" ProgID="Word.Picture.8" ShapeID="_x0000_s2052" DrawAspect="Content" ObjectID="_1831554434" r:id="rId12"/>
         </w:object>
       </w:r>
       <w:r w:rsidRPr="00E672F2">
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="234658DB" wp14:editId="6D9E5C2D">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>518160</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>1734185</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1463040" cy="1161415"/>
                 <wp:effectExtent l="3810" t="635" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="3" name="Text Box 3"/>
@@ -1544,117 +1545,85 @@
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001822CF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Nicole Obi, Panel Co- Chair, Coalition for an Equitable Economy</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="353BC794" w14:textId="2BA2342E" w:rsidR="006F5AB5" w:rsidRDefault="00576793" w:rsidP="006F5AB5">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001822CF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Erica </w:t>
-[...15 lines deleted...]
-        <w:t>, Chief Digital Officer, Executive Office of Technology Services and Security</w:t>
+        <w:t>Erica Seery, Chief Digital Officer, Executive Office of Technology Services and Security</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08B88807" w14:textId="09A2D94A" w:rsidR="002617D0" w:rsidRPr="001822CF" w:rsidRDefault="002617D0" w:rsidP="002617D0">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001822CF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Marie-Frances Rivera, Massachusetts Budget and Policy Center, Inc</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63961D1E" w14:textId="77777777" w:rsidR="00576793" w:rsidRPr="001822CF" w:rsidRDefault="00576793" w:rsidP="00576793">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001822CF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Elizabeth </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">, Massachusetts Association of Regional Planning Agencies </w:t>
+        <w:t xml:space="preserve">Elizabeth Weyant, Massachusetts Association of Regional Planning Agencies </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10E80209" w14:textId="77777777" w:rsidR="00576793" w:rsidRPr="001822CF" w:rsidRDefault="00576793" w:rsidP="00576793">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001822CF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bill McAvoy, Supplier Diversity Office </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E800FFA" w14:textId="2FA2C998" w:rsidR="006F5AB5" w:rsidRPr="001822CF" w:rsidRDefault="00576793" w:rsidP="00576793">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
@@ -1692,581 +1661,439 @@
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001822CF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bishop Tony Branch, NAACP New England Area Conference  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01E68AF9" w14:textId="77777777" w:rsidR="00576793" w:rsidRPr="001822CF" w:rsidRDefault="00576793" w:rsidP="00576793">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="001822CF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Kerima Lewis, The Commission on the Status of African Americans</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1081F7E0" w14:textId="046E1A1A" w:rsidR="006F5AB5" w:rsidRPr="001822CF" w:rsidRDefault="00576793" w:rsidP="00576793">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001822CF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Michael Frieber, Inspector General’s Office</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BBBF65E" w14:textId="58199B53" w:rsidR="005A213C" w:rsidRPr="001822CF" w:rsidRDefault="00576793" w:rsidP="005A213C">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001822CF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Parris Kyriakakis, Office of the Comptroller</w:t>
+      </w:r>
+      <w:r w:rsidR="002617D0">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16A1DED4" w14:textId="468732FD" w:rsidR="00F57C3B" w:rsidRPr="001822CF" w:rsidRDefault="00576793" w:rsidP="005A213C">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001822CF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Joe Curtatone, Northeast Clean Energy Council, Inc.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001822CF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72116880" w14:textId="14B03503" w:rsidR="00FA0CE5" w:rsidRPr="001822CF" w:rsidRDefault="00880942" w:rsidP="005A213C">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001822CF">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Members</w:t>
+      </w:r>
+      <w:r w:rsidR="0062458C" w:rsidRPr="001822CF">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001822CF">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Absent:</w:t>
+      </w:r>
+      <w:r w:rsidR="00576793" w:rsidRPr="001822CF">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09018875" w14:textId="1B6F5A72" w:rsidR="00B513D4" w:rsidRDefault="00576793" w:rsidP="00576793">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001822CF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Suzanne Bump, Auditor of the Commonwealth</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65E3635B" w14:textId="1228F4BD" w:rsidR="00FA0CE5" w:rsidRPr="001822CF" w:rsidRDefault="00576793" w:rsidP="00576793">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001822CF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Gabrielle King Morse, Center for Women and Enterprise, Inc.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C13194A" w14:textId="117CFE9C" w:rsidR="00880942" w:rsidRDefault="00576793" w:rsidP="00576793">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001822CF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Geoff Foster, Common Cause Massachusetts</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03406936" w14:textId="7B8C86BB" w:rsidR="002617D0" w:rsidRPr="002617D0" w:rsidRDefault="002617D0" w:rsidP="002617D0">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001822CF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Raquel Halsey, North American Indian Center of Boston, Inc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23DF97CE" w14:textId="77777777" w:rsidR="00576793" w:rsidRPr="001822CF" w:rsidRDefault="00576793" w:rsidP="00576793">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001822CF">
         <w:rPr>
-          <w:sz w:val="22"/>
-[...2 lines deleted...]
-        <w:t>Kerima</w:t>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Denella</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001822CF">
         <w:rPr>
-          <w:sz w:val="22"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> Lewis, The Commission on the Status of African Americans</w:t>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Clark, Massachusetts Commission on the Status of Women </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1081F7E0" w14:textId="046E1A1A" w:rsidR="006F5AB5" w:rsidRPr="001822CF" w:rsidRDefault="00576793" w:rsidP="00576793">
-[...136 lines deleted...]
-    <w:p w14:paraId="09018875" w14:textId="1B6F5A72" w:rsidR="00B513D4" w:rsidRDefault="00576793" w:rsidP="00576793">
+    <w:p w14:paraId="53CF807E" w14:textId="77777777" w:rsidR="00576793" w:rsidRPr="001822CF" w:rsidRDefault="00576793" w:rsidP="00576793">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001822CF">
         <w:rPr>
-          <w:sz w:val="22"/>
-[...2 lines deleted...]
-        <w:t>Suzanne Bump, Auditor of the Commonwealth</w:t>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Joe Kriesberg, Massachusetts Association of Community Development Corporations  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65E3635B" w14:textId="1228F4BD" w:rsidR="00FA0CE5" w:rsidRPr="001822CF" w:rsidRDefault="00576793" w:rsidP="00576793">
+    <w:p w14:paraId="37C95096" w14:textId="5A8146A0" w:rsidR="00576793" w:rsidRPr="001822CF" w:rsidRDefault="00576793" w:rsidP="00576793">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001822CF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Gabrielle King Morse, Center for Women and Enterprise, Inc.</w:t>
+        <w:t>Yasmin Padamsee, Commission on the Status of Asian Americans and Pacific Islanders</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C13194A" w14:textId="117CFE9C" w:rsidR="00880942" w:rsidRDefault="00576793" w:rsidP="00576793">
+    <w:p w14:paraId="3477EBCE" w14:textId="77777777" w:rsidR="00576793" w:rsidRPr="001822CF" w:rsidRDefault="00576793" w:rsidP="00576793">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001822CF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Geoff Foster, Common Cause Massachusetts</w:t>
+        <w:t xml:space="preserve">Cindy Luppi. Green Justice Coalition </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03406936" w14:textId="7B8C86BB" w:rsidR="002617D0" w:rsidRPr="002617D0" w:rsidRDefault="002617D0" w:rsidP="002617D0">
-[...17 lines deleted...]
-    <w:p w14:paraId="23DF97CE" w14:textId="77777777" w:rsidR="00576793" w:rsidRPr="001822CF" w:rsidRDefault="00576793" w:rsidP="00576793">
+    <w:p w14:paraId="44628106" w14:textId="7690B430" w:rsidR="00576793" w:rsidRPr="001822CF" w:rsidRDefault="00576793" w:rsidP="00576793">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001822CF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Denella</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> Clark, Massachusetts Commission on the Status of Women </w:t>
+        <w:t>Leemarie Mosca, Massachusetts Nonprofit Network, Inc.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53CF807E" w14:textId="77777777" w:rsidR="00576793" w:rsidRPr="001822CF" w:rsidRDefault="00576793" w:rsidP="00576793">
+    <w:p w14:paraId="3096D6C8" w14:textId="77777777" w:rsidR="00576793" w:rsidRPr="001822CF" w:rsidRDefault="00576793" w:rsidP="00576793">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001822CF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Joe </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">, Massachusetts Association of Community Development Corporations  </w:t>
+        <w:t>Beverley Johnson, Massachusetts Minority Contractors Association, Inc.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37C95096" w14:textId="5A8146A0" w:rsidR="00576793" w:rsidRPr="001822CF" w:rsidRDefault="00576793" w:rsidP="00576793">
+    <w:p w14:paraId="285C90AC" w14:textId="25BA919F" w:rsidR="00576793" w:rsidRPr="001822CF" w:rsidRDefault="00576793" w:rsidP="00576793">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001822CF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Yasmin </w:t>
-[...17 lines deleted...]
-        <w:t>, Commission on the Status of Asian Americans and Pacific Islanders</w:t>
+        <w:t>Shaheer Mustafa, Massachusetts Nonprofit Network, Inc.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3477EBCE" w14:textId="77777777" w:rsidR="00576793" w:rsidRPr="001822CF" w:rsidRDefault="00576793" w:rsidP="00576793">
+    <w:p w14:paraId="18940988" w14:textId="77777777" w:rsidR="00576793" w:rsidRPr="001822CF" w:rsidRDefault="00576793" w:rsidP="00576793">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F50C626" w14:textId="67F76FF0" w:rsidR="006917B6" w:rsidRPr="001822CF" w:rsidRDefault="006917B6" w:rsidP="006917B6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="001822CF">
         <w:rPr>
-          <w:bCs/>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Others in attendance</w:t>
+      </w:r>
       <w:r w:rsidRPr="001822CF">
         <w:rPr>
-          <w:bCs/>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">. Green Justice Coalition </w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44628106" w14:textId="7690B430" w:rsidR="00576793" w:rsidRPr="001822CF" w:rsidRDefault="00576793" w:rsidP="00576793">
+    <w:p w14:paraId="5E8FD047" w14:textId="77777777" w:rsidR="00187CDE" w:rsidRPr="001822CF" w:rsidRDefault="00187CDE" w:rsidP="00187CDE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2126CBCA" w14:textId="4BC15B5B" w:rsidR="006917B6" w:rsidRPr="001822CF" w:rsidRDefault="005A1A28" w:rsidP="006917B6">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:bCs/>
-[...4 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="001822CF">
         <w:rPr>
-          <w:bCs/>
-[...149 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Kelly Govoni</w:t>
+      </w:r>
       <w:r w:rsidR="006917B6" w:rsidRPr="001822CF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Executive Office for Administration and Finance, </w:t>
       </w:r>
       <w:r w:rsidR="00121BE2" w:rsidRPr="001822CF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Panel</w:t>
       </w:r>
       <w:r w:rsidR="006917B6" w:rsidRPr="001822CF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Secretary</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D2F1738" w14:textId="5DC35F6B" w:rsidR="00121BE2" w:rsidRPr="001822CF" w:rsidRDefault="009E66EC" w:rsidP="006917B6">
       <w:pPr>
         <w:ind w:left="720"/>
@@ -2440,69 +2267,51 @@
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="235530BB" w14:textId="2CF67399" w:rsidR="006917B6" w:rsidRPr="001822CF" w:rsidRDefault="00A12673" w:rsidP="006917B6">
       <w:pPr>
         <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001822CF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ms. </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> conducted the roll call for the meeting. </w:t>
+        <w:t xml:space="preserve">Ms. Govoni conducted the roll call for the meeting. </w:t>
       </w:r>
       <w:r w:rsidR="00A47A76" w:rsidRPr="001822CF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Co-chair </w:t>
       </w:r>
       <w:r w:rsidRPr="001822CF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Delgado called the meeting to order</w:t>
       </w:r>
       <w:r w:rsidR="00720802" w:rsidRPr="001822CF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
@@ -2689,87 +2498,51 @@
         </w:numPr>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Yays</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">: Co-Chair Delgado, Member Obi, Member </w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">, Member McAvoy, Member Johnson, Member Halsey, Member Bishop Branch, Member Lewis, Member </w:t>
+        <w:t xml:space="preserve">: Co-Chair Delgado, Member Obi, Member Seery, Member Rivera, Member Weyant, Member McAvoy, Member Johnson, Member Halsey, Member Bishop Branch, Member Lewis, Member </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Frieber</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Designee Kyriakakis, Member </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -2908,63 +2681,55 @@
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>ARPA Website Updates</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45962B2A" w14:textId="0EE37080" w:rsidR="00860B0F" w:rsidRPr="001822CF" w:rsidRDefault="00EB0112" w:rsidP="00CE4DD5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001822CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Ms. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00EB6EE5" w:rsidRPr="001822CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>Seery</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Seery </w:t>
       </w:r>
       <w:r w:rsidR="00C826A3" w:rsidRPr="001822CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">went through the </w:t>
       </w:r>
       <w:r w:rsidR="00C6169E" w:rsidRPr="001822CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">draft website pages that will be posted when they are finalized. The first webpage provides an overview of the </w:t>
       </w:r>
       <w:r w:rsidR="00A869F1" w:rsidRPr="001822CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Federal Funds Equity and Accountability Review</w:t>
       </w:r>
       <w:r w:rsidR="00C6169E" w:rsidRPr="001822CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Panel, </w:t>
       </w:r>
@@ -3006,65 +2771,51 @@
         <w:t>formstack</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="000E3564" w:rsidRPr="001822CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> lives and is where members of the public can submit feedback on the </w:t>
       </w:r>
       <w:r w:rsidR="007A7763" w:rsidRPr="001822CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">proposed </w:t>
       </w:r>
       <w:r w:rsidR="000E3564" w:rsidRPr="001822CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">allocation goals. </w:t>
       </w:r>
       <w:r w:rsidR="00CE4DD5" w:rsidRPr="001822CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Co-chair Obi noted that there seems to be some additional edits that need to be made before this goes live and asked what the best way to share those edits are. Ms. </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> confirmed there are some additional edits that need to be made </w:t>
+        <w:t xml:space="preserve">Co-chair Obi noted that there seems to be some additional edits that need to be made before this goes live and asked what the best way to share those edits are. Ms. Seery confirmed there are some additional edits that need to be made </w:t>
       </w:r>
       <w:r w:rsidR="0081057A" w:rsidRPr="001822CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">that they are aware of but if there is other feedback that needs to be incorporated, to be cognizant that it could significantly delay </w:t>
       </w:r>
       <w:r w:rsidR="007770AD" w:rsidRPr="001822CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">the launch of the public comment period. She noted that any </w:t>
       </w:r>
       <w:r w:rsidR="001E15AD" w:rsidRPr="001822CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">changes would need to be consolidated, agreed upon and then translated again. Co-chair Obi noted </w:t>
       </w:r>
       <w:r w:rsidR="00124CDA" w:rsidRPr="001822CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">as long as the dates are updated prior to the website going live, she would like to continue to move </w:t>
       </w:r>
@@ -3136,67 +2887,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>formstack</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00057133" w:rsidRPr="001822CF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, for example, gender, </w:t>
       </w:r>
       <w:r w:rsidR="00011183" w:rsidRPr="001822CF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>race,</w:t>
       </w:r>
       <w:r w:rsidR="00057133" w:rsidRPr="001822CF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and age. Ms. </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> noted </w:t>
+        <w:t xml:space="preserve"> and age. Ms. Seery noted </w:t>
       </w:r>
       <w:r w:rsidR="004743EC" w:rsidRPr="001822CF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">they are not requesting that information right </w:t>
       </w:r>
       <w:r w:rsidR="00011183" w:rsidRPr="001822CF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>now,</w:t>
       </w:r>
       <w:r w:rsidR="004743EC" w:rsidRPr="001822CF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> but they can look into adding field forms. Ms. Halsey noted that she would like to also ask for tribal affiliation or if they are a member of a tribe, and a space for them to enter that. She noted she is interested in seeing </w:t>
       </w:r>
       <w:r w:rsidR="001111C5" w:rsidRPr="001822CF">
         <w:rPr>
           <w:sz w:val="22"/>
@@ -3960,67 +3695,51 @@
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and are hoping that some members of the Panel have the availability to help with putting the pieces together to build a social media kit and share it amongst </w:t>
       </w:r>
       <w:r w:rsidR="00C26CB3" w:rsidRPr="001822CF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">everyone. Co-chair Obi noted that </w:t>
       </w:r>
       <w:r w:rsidR="007D6547" w:rsidRPr="001822CF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">she will see if BECMA can help put together a media tool kit to be shared with the Panel. </w:t>
       </w:r>
       <w:r w:rsidR="00A26EBB" w:rsidRPr="001822CF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ms. </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Ms. Seery </w:t>
       </w:r>
       <w:r w:rsidR="00A26EBB" w:rsidRPr="001822CF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">noted there is some value to having some coherent </w:t>
       </w:r>
       <w:r w:rsidR="00A574CF" w:rsidRPr="001822CF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>items</w:t>
       </w:r>
       <w:r w:rsidR="00A26EBB" w:rsidRPr="001822CF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> but also everyone on this Panel</w:t>
       </w:r>
       <w:r w:rsidR="00A574CF" w:rsidRPr="001822CF">
         <w:rPr>
@@ -4410,252 +4129,274 @@
       </w:pPr>
       <w:r w:rsidRPr="001822CF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B085457" w14:textId="355ACAAA" w:rsidR="006917B6" w:rsidRPr="001822CF" w:rsidRDefault="005A1A28" w:rsidP="006917B6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="underscore" w:pos="4680"/>
         </w:tabs>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001822CF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Kelly </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Kelly Govoni</w:t>
+      </w:r>
       <w:r w:rsidR="006917B6" w:rsidRPr="001822CF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, Secretary</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="785E3B19" w14:textId="77777777" w:rsidR="003B687E" w:rsidRPr="001822CF" w:rsidRDefault="003B687E">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="003B687E" w:rsidRPr="001822CF">
       <w:headerReference w:type="default" r:id="rId14"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="39606F8B" w14:textId="77777777" w:rsidR="00C46208" w:rsidRDefault="00C46208" w:rsidP="006917B6">
+    <w:p w14:paraId="3574EDEC" w14:textId="77777777" w:rsidR="00D13044" w:rsidRDefault="00D13044" w:rsidP="006917B6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="06DF65E4" w14:textId="77777777" w:rsidR="00C46208" w:rsidRDefault="00C46208" w:rsidP="006917B6">
+    <w:p w14:paraId="42A9284C" w14:textId="77777777" w:rsidR="00D13044" w:rsidRDefault="00D13044" w:rsidP="006917B6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1E079524" w14:textId="77777777" w:rsidR="00C46208" w:rsidRDefault="00C46208"/>
+    <w:p w14:paraId="1F4C87B1" w14:textId="77777777" w:rsidR="00D13044" w:rsidRDefault="00D13044"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cordia New">
+    <w:panose1 w:val="020B0304020202020204"/>
+    <w:charset w:val="DE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="DengXian Light">
+    <w:altName w:val="等线 Light"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Angsana New">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="DE"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="DengXian">
+    <w:altName w:val="等线"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="08688306" w14:textId="77777777" w:rsidR="00C46208" w:rsidRDefault="00C46208" w:rsidP="006917B6">
+    <w:p w14:paraId="643503C8" w14:textId="77777777" w:rsidR="00D13044" w:rsidRDefault="00D13044" w:rsidP="006917B6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="764FCF25" w14:textId="77777777" w:rsidR="00C46208" w:rsidRDefault="00C46208" w:rsidP="006917B6">
+    <w:p w14:paraId="682B3FB2" w14:textId="77777777" w:rsidR="00D13044" w:rsidRDefault="00D13044" w:rsidP="006917B6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="71B8E06E" w14:textId="77777777" w:rsidR="00C46208" w:rsidRDefault="00C46208"/>
+    <w:p w14:paraId="1218E609" w14:textId="77777777" w:rsidR="00D13044" w:rsidRDefault="00D13044"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="819620683"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Watermarks"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w14:paraId="7EFC2949" w14:textId="57E572AE" w:rsidR="006917B6" w:rsidRDefault="00000000">
+      <w:p w14:paraId="7EFC2949" w14:textId="57E572AE" w:rsidR="006917B6" w:rsidRDefault="00D13044">
         <w:pPr>
           <w:pStyle w:val="Header"/>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:pict w14:anchorId="72B01DFA">
             <v:shapetype id="_x0000_t136" coordsize="21600,21600" o:spt="136" adj="10800" path="m@7,l@8,m@5,21600l@6,21600e">
               <v:formulas>
                 <v:f eqn="sum #0 0 10800"/>
                 <v:f eqn="prod #0 2 1"/>
                 <v:f eqn="sum 21600 0 @1"/>
                 <v:f eqn="sum 0 0 @2"/>
                 <v:f eqn="sum 21600 0 @3"/>
                 <v:f eqn="if @0 @3 0"/>
                 <v:f eqn="if @0 21600 @1"/>
                 <v:f eqn="if @0 0 @2"/>
                 <v:f eqn="if @0 @4 21600"/>
                 <v:f eqn="mid @5 @6"/>
                 <v:f eqn="mid @8 @5"/>
                 <v:f eqn="mid @7 @8"/>
                 <v:f eqn="mid @6 @7"/>
                 <v:f eqn="sum @6 0 @5"/>
               </v:formulas>
               <v:path textpathok="t" o:connecttype="custom" o:connectlocs="@9,0;@10,10800;@11,21600;@12,10800" o:connectangles="270,180,90,0"/>
               <v:textpath on="t" fitshape="t"/>
               <v:handles>
                 <v:h position="#0,bottomRight" xrange="6629,14971"/>
               </v:handles>
               <o:lock v:ext="edit" text="t" shapetype="t"/>
             </v:shapetype>
             <v:shape id="PowerPlusWaterMarkObject357831064" o:spid="_x0000_s1025" type="#_x0000_t136" style="position:absolute;margin-left:0;margin-top:0;width:412.4pt;height:247.45pt;rotation:315;z-index:-251658752;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f" fillcolor="silver" stroked="f">
               <v:fill opacity=".5"/>
               <v:textpath style="font-family:&quot;Calibri&quot;;font-size:1pt" string="DRAFT"/>
               <w10:wrap anchorx="margin" anchory="margin"/>
             </v:shape>
           </w:pict>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="01344835"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9F7E4352"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -6705,51 +6446,51 @@
   <w:num w:numId="13" w16cid:durableId="1227379085">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1987783794">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="812406896">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="857038528">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1855802371">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="913206036">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="2047174797">
     <w:abstractNumId w:val="17"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2053"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -8052,50 +7793,51 @@
     <w:rsid w:val="00C32724"/>
     <w:rsid w:val="00C335BD"/>
     <w:rsid w:val="00C33B6A"/>
     <w:rsid w:val="00C346A1"/>
     <w:rsid w:val="00C34911"/>
     <w:rsid w:val="00C34C0A"/>
     <w:rsid w:val="00C34C77"/>
     <w:rsid w:val="00C3561E"/>
     <w:rsid w:val="00C41511"/>
     <w:rsid w:val="00C41E2B"/>
     <w:rsid w:val="00C421A6"/>
     <w:rsid w:val="00C43048"/>
     <w:rsid w:val="00C43764"/>
     <w:rsid w:val="00C44578"/>
     <w:rsid w:val="00C44F97"/>
     <w:rsid w:val="00C46001"/>
     <w:rsid w:val="00C46208"/>
     <w:rsid w:val="00C4709B"/>
     <w:rsid w:val="00C478FA"/>
     <w:rsid w:val="00C47E22"/>
     <w:rsid w:val="00C51090"/>
     <w:rsid w:val="00C511F7"/>
     <w:rsid w:val="00C5220C"/>
     <w:rsid w:val="00C52E8F"/>
     <w:rsid w:val="00C53360"/>
+    <w:rsid w:val="00C5442A"/>
     <w:rsid w:val="00C5462E"/>
     <w:rsid w:val="00C547E0"/>
     <w:rsid w:val="00C54838"/>
     <w:rsid w:val="00C54F18"/>
     <w:rsid w:val="00C5671E"/>
     <w:rsid w:val="00C577F4"/>
     <w:rsid w:val="00C601BA"/>
     <w:rsid w:val="00C60F1C"/>
     <w:rsid w:val="00C6169E"/>
     <w:rsid w:val="00C61ED2"/>
     <w:rsid w:val="00C62A94"/>
     <w:rsid w:val="00C6309A"/>
     <w:rsid w:val="00C64DF3"/>
     <w:rsid w:val="00C6777B"/>
     <w:rsid w:val="00C70AE8"/>
     <w:rsid w:val="00C72F88"/>
     <w:rsid w:val="00C736D8"/>
     <w:rsid w:val="00C76055"/>
     <w:rsid w:val="00C77328"/>
     <w:rsid w:val="00C8079A"/>
     <w:rsid w:val="00C80D7F"/>
     <w:rsid w:val="00C810F0"/>
     <w:rsid w:val="00C826A3"/>
     <w:rsid w:val="00C86905"/>
     <w:rsid w:val="00C87E87"/>
@@ -8126,91 +7868,93 @@
     <w:rsid w:val="00CD0DF3"/>
     <w:rsid w:val="00CD623A"/>
     <w:rsid w:val="00CD714C"/>
     <w:rsid w:val="00CE0EB2"/>
     <w:rsid w:val="00CE138C"/>
     <w:rsid w:val="00CE2AF6"/>
     <w:rsid w:val="00CE2DC7"/>
     <w:rsid w:val="00CE30FB"/>
     <w:rsid w:val="00CE3D2E"/>
     <w:rsid w:val="00CE423B"/>
     <w:rsid w:val="00CE4DD5"/>
     <w:rsid w:val="00CE6014"/>
     <w:rsid w:val="00CE628D"/>
     <w:rsid w:val="00CE69D4"/>
     <w:rsid w:val="00CF29F5"/>
     <w:rsid w:val="00CF4963"/>
     <w:rsid w:val="00CF550F"/>
     <w:rsid w:val="00CF6DAF"/>
     <w:rsid w:val="00CF6E2B"/>
     <w:rsid w:val="00CF7F41"/>
     <w:rsid w:val="00D055A9"/>
     <w:rsid w:val="00D06770"/>
     <w:rsid w:val="00D077CB"/>
     <w:rsid w:val="00D07DD2"/>
     <w:rsid w:val="00D11F33"/>
+    <w:rsid w:val="00D13044"/>
     <w:rsid w:val="00D1590D"/>
     <w:rsid w:val="00D16E2D"/>
     <w:rsid w:val="00D17427"/>
     <w:rsid w:val="00D17E4A"/>
     <w:rsid w:val="00D2032E"/>
     <w:rsid w:val="00D206E8"/>
     <w:rsid w:val="00D22AA7"/>
     <w:rsid w:val="00D234E6"/>
     <w:rsid w:val="00D24345"/>
     <w:rsid w:val="00D2598A"/>
     <w:rsid w:val="00D30B55"/>
     <w:rsid w:val="00D3426E"/>
     <w:rsid w:val="00D34D41"/>
     <w:rsid w:val="00D35E9F"/>
     <w:rsid w:val="00D43A02"/>
     <w:rsid w:val="00D44151"/>
     <w:rsid w:val="00D445D8"/>
     <w:rsid w:val="00D47E0A"/>
     <w:rsid w:val="00D5093E"/>
     <w:rsid w:val="00D51ABF"/>
     <w:rsid w:val="00D53043"/>
     <w:rsid w:val="00D53899"/>
     <w:rsid w:val="00D54DDB"/>
     <w:rsid w:val="00D554AD"/>
     <w:rsid w:val="00D57146"/>
     <w:rsid w:val="00D57617"/>
     <w:rsid w:val="00D60612"/>
     <w:rsid w:val="00D60B17"/>
     <w:rsid w:val="00D61C84"/>
     <w:rsid w:val="00D62234"/>
     <w:rsid w:val="00D634EE"/>
     <w:rsid w:val="00D64309"/>
     <w:rsid w:val="00D65325"/>
     <w:rsid w:val="00D7026C"/>
     <w:rsid w:val="00D72B14"/>
     <w:rsid w:val="00D72B18"/>
     <w:rsid w:val="00D72FD6"/>
     <w:rsid w:val="00D73656"/>
     <w:rsid w:val="00D74B3E"/>
     <w:rsid w:val="00D762EF"/>
     <w:rsid w:val="00D764DF"/>
+    <w:rsid w:val="00D76ADE"/>
     <w:rsid w:val="00D8020A"/>
     <w:rsid w:val="00D809FA"/>
     <w:rsid w:val="00D80A78"/>
     <w:rsid w:val="00D81CFD"/>
     <w:rsid w:val="00D83ADC"/>
     <w:rsid w:val="00D85CF2"/>
     <w:rsid w:val="00D8680B"/>
     <w:rsid w:val="00D94696"/>
     <w:rsid w:val="00D96964"/>
     <w:rsid w:val="00D96AAB"/>
     <w:rsid w:val="00D97589"/>
     <w:rsid w:val="00DA00EB"/>
     <w:rsid w:val="00DA06CF"/>
     <w:rsid w:val="00DA1021"/>
     <w:rsid w:val="00DA3F52"/>
     <w:rsid w:val="00DA5FAF"/>
     <w:rsid w:val="00DB2395"/>
     <w:rsid w:val="00DB382F"/>
     <w:rsid w:val="00DB3EE1"/>
     <w:rsid w:val="00DB6586"/>
     <w:rsid w:val="00DB7AF0"/>
     <w:rsid w:val="00DC10C7"/>
     <w:rsid w:val="00DC323A"/>
     <w:rsid w:val="00DC7E97"/>
     <w:rsid w:val="00DD3284"/>
@@ -8232,50 +7976,51 @@
     <w:rsid w:val="00E0312E"/>
     <w:rsid w:val="00E032D3"/>
     <w:rsid w:val="00E03C88"/>
     <w:rsid w:val="00E05EBC"/>
     <w:rsid w:val="00E07B7E"/>
     <w:rsid w:val="00E12B1C"/>
     <w:rsid w:val="00E15AD7"/>
     <w:rsid w:val="00E23594"/>
     <w:rsid w:val="00E250CF"/>
     <w:rsid w:val="00E25205"/>
     <w:rsid w:val="00E275C1"/>
     <w:rsid w:val="00E30E61"/>
     <w:rsid w:val="00E31042"/>
     <w:rsid w:val="00E31BBF"/>
     <w:rsid w:val="00E32342"/>
     <w:rsid w:val="00E33330"/>
     <w:rsid w:val="00E356E1"/>
     <w:rsid w:val="00E35DA5"/>
     <w:rsid w:val="00E36895"/>
     <w:rsid w:val="00E36A98"/>
     <w:rsid w:val="00E420B2"/>
     <w:rsid w:val="00E42E7D"/>
     <w:rsid w:val="00E433C1"/>
     <w:rsid w:val="00E435F2"/>
     <w:rsid w:val="00E45576"/>
+    <w:rsid w:val="00E51A16"/>
     <w:rsid w:val="00E52A04"/>
     <w:rsid w:val="00E543A4"/>
     <w:rsid w:val="00E545D7"/>
     <w:rsid w:val="00E56935"/>
     <w:rsid w:val="00E6115E"/>
     <w:rsid w:val="00E6183C"/>
     <w:rsid w:val="00E627A7"/>
     <w:rsid w:val="00E635DD"/>
     <w:rsid w:val="00E63629"/>
     <w:rsid w:val="00E67258"/>
     <w:rsid w:val="00E6741E"/>
     <w:rsid w:val="00E74F64"/>
     <w:rsid w:val="00E817A4"/>
     <w:rsid w:val="00E824A3"/>
     <w:rsid w:val="00E82956"/>
     <w:rsid w:val="00E83BDA"/>
     <w:rsid w:val="00E86485"/>
     <w:rsid w:val="00E91716"/>
     <w:rsid w:val="00E932C9"/>
     <w:rsid w:val="00E94860"/>
     <w:rsid w:val="00E95F94"/>
     <w:rsid w:val="00E968A5"/>
     <w:rsid w:val="00E9768F"/>
     <w:rsid w:val="00EA00AD"/>
     <w:rsid w:val="00EA022D"/>
@@ -8412,74 +8157,74 @@
     <w:rsid w:val="00FD422D"/>
     <w:rsid w:val="00FD4CBE"/>
     <w:rsid w:val="00FE10D3"/>
     <w:rsid w:val="00FE1532"/>
     <w:rsid w:val="00FE1D84"/>
     <w:rsid w:val="00FE204A"/>
     <w:rsid w:val="00FE3108"/>
     <w:rsid w:val="00FF3D7E"/>
     <w:rsid w:val="00FF4931"/>
     <w:rsid w:val="00FF49B3"/>
     <w:rsid w:val="00FF7D1C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="th-TH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="PostalCode"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="State"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="place"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="address"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="Street"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="PlaceType"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2053"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="043DC1D7"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{13E18372-A88C-4E1C-BE5A-67FB622A0AE1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -8995,51 +8740,51 @@
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E33330"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E33330"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="736437163">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="806244205">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -9373,104 +9118,97 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="71edd43e-718e-4f82-9145-3875adf2a1d5" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="6dd3fc6d-0329-44eb-acde-fee98b7e96fa">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <SharedWithUsers xmlns="71edd43e-718e-4f82-9145-3875adf2a1d5">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </SharedWithUsers>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...9 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="6dd3fc6d-0329-44eb-acde-fee98b7e96fa" xmlns:ns3="71edd43e-718e-4f82-9145-3875adf2a1d5" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f5336b6c4b600d27d0aa1489c4e29175" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010030E95B6BB7C9A442BF76651FCC540C11" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="db15e1aaa4721992bb72ceffea85196a">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="6dd3fc6d-0329-44eb-acde-fee98b7e96fa" xmlns:ns3="71edd43e-718e-4f82-9145-3875adf2a1d5" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="50947e83a158857da62b7a6d6a96ce26" ns2:_="" ns3:_="">
     <xsd:import namespace="6dd3fc6d-0329-44eb-acde-fee98b7e96fa"/>
     <xsd:import namespace="71edd43e-718e-4f82-9145-3875adf2a1d5"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="6dd3fc6d-0329-44eb-acde-fee98b7e96fa" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="12" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
@@ -9489,50 +9227,60 @@
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="17" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="19" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="9f123c60-6d59-4beb-a46f-4c7d903a1f29" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="21" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="22" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="23" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="71edd43e-718e-4f82-9145-3875adf2a1d5" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
@@ -9632,99 +9380,99 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8B516892-D4C2-4879-BC44-1370B7002006}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{859F65B1-318E-4EDD-A164-F3CCBD7D2AA9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="71edd43e-718e-4f82-9145-3875adf2a1d5"/>
     <ds:schemaRef ds:uri="6dd3fc6d-0329-44eb-acde-fee98b7e96fa"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DE2B3E26-E93F-4C5B-A12A-653BF3159E99}"/>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6A70F2CA-B080-408C-814D-BD0731B7DE4B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-</ds:datastoreItem>
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
   <Words>1424</Words>
   <Characters>8120</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>67</Lines>
   <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>