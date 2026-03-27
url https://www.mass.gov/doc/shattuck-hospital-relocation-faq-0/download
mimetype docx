--- v0 (2025-10-27)
+++ v1 (2026-03-27)
@@ -1,53 +1,55 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="2FB1FF20" w14:textId="77777777" w:rsidR="001A4A93" w:rsidRPr="001A4A93" w:rsidRDefault="003F00C6" w:rsidP="001A4A93">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E6DC0">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Lemuel</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001A4A93">
         <w:rPr>
           <w:b/>
         </w:rPr>
@@ -234,121 +236,121 @@
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="588D29A2" w14:textId="77777777" w:rsidR="007F4799" w:rsidRDefault="007F4799" w:rsidP="00ED27C2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00743C85">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">When </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>will this move occur?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A830EAF" w14:textId="278EA031" w:rsidR="007D6A8D" w:rsidRPr="00140370" w:rsidRDefault="007F4799" w:rsidP="00ED27C2">
+    <w:p w14:paraId="3A830EAF" w14:textId="72441866" w:rsidR="007D6A8D" w:rsidRPr="00140370" w:rsidRDefault="007F4799" w:rsidP="00ED27C2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A4A93">
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="006A6727">
         <w:t xml:space="preserve">relocation </w:t>
       </w:r>
       <w:r w:rsidR="00787F6E">
         <w:t>is slated to occur in 202</w:t>
       </w:r>
-      <w:r w:rsidR="009E5C8D">
-        <w:t>6</w:t>
+      <w:r w:rsidR="008E2F0F">
+        <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="00787F6E">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="007A7536" w:rsidRPr="007A7536">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50D71974" w14:textId="77777777" w:rsidR="00787F6E" w:rsidRPr="00787F6E" w:rsidRDefault="00787F6E" w:rsidP="00ED27C2">
+    <w:p w14:paraId="57EACA60" w14:textId="78900F86" w:rsidR="00DF13DB" w:rsidRDefault="00787F6E" w:rsidP="0067696E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="001156B4">
-        <w:t xml:space="preserve">Ongoing project updates are available at </w:t>
+        <w:t>Ongoing project updates are available at</w:t>
+      </w:r>
+      <w:r w:rsidR="00B97286">
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001156B4">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidR="00395679" w:rsidRPr="006918E9">
+        <w:r w:rsidR="00DF13DB" w:rsidRPr="00397689">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>www.mass.gov/DPH/ShattuckRelocation</w:t>
+          <w:t>https://shattuckhospitalrelocation.gilbaneco.com/Project-Updates</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00395679" w:rsidRPr="006918E9">
-[...2 lines deleted...]
-      <w:r w:rsidR="00395679">
+    </w:p>
+    <w:p w14:paraId="66F854B9" w14:textId="7AA57A20" w:rsidR="002966F9" w:rsidRPr="00DF13DB" w:rsidRDefault="00395679" w:rsidP="00DF13DB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97286">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="5FD73863" w14:textId="77777777" w:rsidR="00FB1E7F" w:rsidRPr="007D6A8D" w:rsidRDefault="00FB1E7F" w:rsidP="00ED27C2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D6A8D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>What services will be relocated?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E9B1F7B" w14:textId="220DBDC4" w:rsidR="005724C3" w:rsidRDefault="00FB1E7F" w:rsidP="00ED27C2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
@@ -582,64 +584,64 @@
     </w:p>
     <w:p w14:paraId="55D38434" w14:textId="77777777" w:rsidR="00787F6E" w:rsidRPr="006A6727" w:rsidRDefault="00787F6E" w:rsidP="00ED27C2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r w:rsidRPr="00140370">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>What will happen to the patients who are currently receiving care at Shattuck</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> during the transition</w:t>
       </w:r>
       <w:r w:rsidRPr="00140370">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E839775" w14:textId="6A764C14" w:rsidR="00156C6E" w:rsidRPr="00F143C9" w:rsidRDefault="00ED27C2" w:rsidP="00ED27C2">
+    <w:p w14:paraId="2E839775" w14:textId="2E0E7C9E" w:rsidR="00156C6E" w:rsidRPr="00F143C9" w:rsidRDefault="00ED27C2" w:rsidP="00ED27C2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00F143C9">
         <w:t>Patients will continue to receive the same level of care at the Shattuck Hospital in Jamaica Plain up until the transition in 202</w:t>
       </w:r>
-      <w:r w:rsidR="009E5C8D">
-        <w:t>6</w:t>
+      <w:r w:rsidR="00C17C77">
+        <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="00F143C9">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00055512" w:rsidRPr="00F143C9">
         <w:t xml:space="preserve">All 260 inpatient beds at the Shattuck today will be relocated to the Newton Pavilion site which will provide for the continuity of patient care with </w:t>
       </w:r>
       <w:r w:rsidR="00140370" w:rsidRPr="00F143C9">
         <w:t xml:space="preserve">minimal </w:t>
       </w:r>
       <w:r w:rsidRPr="00F143C9">
         <w:t>interruption.</w:t>
       </w:r>
       <w:r w:rsidR="00140370" w:rsidRPr="00F143C9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00787F6E" w:rsidRPr="00F143C9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="095631CF" w14:textId="77777777" w:rsidR="00787F6E" w:rsidRDefault="00787F6E" w:rsidP="00ED27C2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
@@ -664,97 +666,80 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1868EF18" w14:textId="77777777" w:rsidR="00CC0C0F" w:rsidRDefault="00CC0C0F" w:rsidP="00ED27C2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0CA93CDF" w14:textId="77777777" w:rsidR="0098746A" w:rsidRPr="00CF7F7B" w:rsidRDefault="003C04B9" w:rsidP="00ED27C2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>What is the Newton Pavilion and why was it selected</w:t>
       </w:r>
       <w:r w:rsidR="0098746A" w:rsidRPr="00CF7F7B">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5390DF9F" w14:textId="7022A608" w:rsidR="00DC468D" w:rsidRPr="007F13E5" w:rsidRDefault="002A53B0" w:rsidP="00ED27C2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="242424"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>The East Newton Pavilion, located on East Newton Street in the South End, is a medical facility formerly owned and operated by Boston Medical Center.</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">The East Newton Pavilion, located on East Newton Street in the South End, is a medical facility formerly owned and operated by Boston Medical Center. </w:t>
       </w:r>
       <w:r w:rsidR="00DC468D">
         <w:t xml:space="preserve">It </w:t>
       </w:r>
       <w:r w:rsidR="00405937" w:rsidRPr="00405937">
-        <w:t xml:space="preserve">was for sale </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">was for sale as a result of </w:t>
       </w:r>
       <w:r w:rsidR="00D03CA4">
         <w:t>BMC’s</w:t>
       </w:r>
       <w:r w:rsidR="00405937" w:rsidRPr="00405937">
         <w:t xml:space="preserve"> consolidation </w:t>
       </w:r>
       <w:r w:rsidR="00D03CA4">
         <w:t>plans</w:t>
       </w:r>
       <w:r w:rsidR="00405937" w:rsidRPr="00405937">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D03CA4">
         <w:t>and requires limited renovation to accommodate Shattuck’s inpatient and outpatient services</w:t>
       </w:r>
       <w:r w:rsidR="00405937" w:rsidRPr="00405937">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00B211D4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D03CA4">
         <w:t xml:space="preserve">The </w:t>
       </w:r>
@@ -774,251 +759,200 @@
         <w:t xml:space="preserve">collaboration with </w:t>
       </w:r>
       <w:r w:rsidR="00D03CA4">
         <w:t>BMC</w:t>
       </w:r>
       <w:r w:rsidR="00F120BF" w:rsidRPr="00405937">
         <w:t xml:space="preserve">, DMH’s Solomon Carter </w:t>
       </w:r>
       <w:r w:rsidR="00932192">
         <w:t>Fuller Mental Health Center</w:t>
       </w:r>
       <w:r w:rsidR="00F120BF" w:rsidRPr="00405937">
         <w:t>, and neighboring academic institutions</w:t>
       </w:r>
       <w:r w:rsidR="00ED27C2">
         <w:t>, as well as the opportunity for continued collaboration with Tufts.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77DFC1D5" w14:textId="77777777" w:rsidR="00C566EF" w:rsidRPr="00ED27C2" w:rsidRDefault="00C566EF" w:rsidP="00ED27C2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...61 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="2D020D3F" w14:textId="77777777" w:rsidR="0098746A" w:rsidRPr="009A1462" w:rsidRDefault="00444799" w:rsidP="004E6786">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A1462">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>How will this impact traffic</w:t>
       </w:r>
       <w:r w:rsidR="00AC05D1">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>/parking</w:t>
       </w:r>
       <w:r w:rsidRPr="009A1462">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> in the neighborhood</w:t>
       </w:r>
       <w:r w:rsidR="0098746A" w:rsidRPr="009A1462">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42C2F172" w14:textId="29AF6E40" w:rsidR="00F120BF" w:rsidRDefault="00A14B86" w:rsidP="004E6786">
+    <w:p w14:paraId="42C2F172" w14:textId="7B5A00C3" w:rsidR="00F120BF" w:rsidRDefault="00A14B86" w:rsidP="004E6786">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00A14B86">
         <w:t xml:space="preserve">The Commonwealth is committed to identifying transit strategies that promote the use of public transportation. </w:t>
       </w:r>
       <w:r w:rsidR="0094131B" w:rsidRPr="00DA0BFE">
-        <w:t>Over the next three years, the state will continue to explore opportunities with local institutions and businesses to identify transportation demand management strategies</w:t>
+        <w:t xml:space="preserve">Over the next </w:t>
+      </w:r>
+      <w:r w:rsidR="00426E41">
+        <w:t>few</w:t>
+      </w:r>
+      <w:r w:rsidR="0094131B" w:rsidRPr="00DA0BFE">
+        <w:t xml:space="preserve"> years, the state will continue to explore opportunities with local institutions and businesses to identify transportation demand management strategies</w:t>
       </w:r>
       <w:r w:rsidR="00DA0BFE">
         <w:t xml:space="preserve"> and other best practices to mitigate</w:t>
       </w:r>
       <w:r w:rsidR="00AC05D1">
         <w:t xml:space="preserve"> the impact on parking and traffic</w:t>
       </w:r>
       <w:r w:rsidR="0094131B" w:rsidRPr="00DA0BFE">
         <w:t xml:space="preserve"> in the area.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A255960" w14:textId="77777777" w:rsidR="004E6786" w:rsidRPr="00A14B86" w:rsidRDefault="004E6786" w:rsidP="004E6786">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4BB567CC" w14:textId="77777777" w:rsidR="001A5E59" w:rsidRDefault="007B6223" w:rsidP="00ED27C2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B6223">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Will </w:t>
       </w:r>
       <w:r w:rsidR="001A5E59">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">this contribute to excessive noise, such as </w:t>
       </w:r>
       <w:r w:rsidR="0086570C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>construction and sirens</w:t>
       </w:r>
       <w:r w:rsidR="001A5E59">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">, in the area? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="095BDE98" w14:textId="77777777" w:rsidR="00491D28" w:rsidRDefault="001A5E59" w:rsidP="00ED27C2">
+    <w:p w14:paraId="095BDE98" w14:textId="6160B317" w:rsidR="00491D28" w:rsidRDefault="001A5E59" w:rsidP="00ED27C2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">We </w:t>
       </w:r>
       <w:r w:rsidRPr="001A5E59">
         <w:t xml:space="preserve">do not anticipate </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">any major changes to the </w:t>
       </w:r>
       <w:r w:rsidR="0086570C">
         <w:t>current landscape or noise level</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of the area</w:t>
       </w:r>
       <w:r w:rsidRPr="001A5E59">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007B6223" w:rsidRPr="007B6223">
         <w:t xml:space="preserve">The relocated Lemuel Shattuck medical services will not include an emergency department. </w:t>
       </w:r>
       <w:r w:rsidR="00737DE9" w:rsidRPr="00737DE9">
         <w:t xml:space="preserve">Construction impacts will be primarily associated with some </w:t>
       </w:r>
       <w:r w:rsidR="00AE5EAC">
         <w:t>related</w:t>
       </w:r>
       <w:r w:rsidR="00AE5EAC" w:rsidRPr="00737DE9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00737DE9" w:rsidRPr="00737DE9">
-        <w:t>site improvements and material deliveries. Most of the construction activities will be inside the building, renovating existing spaces. Staging areas will be identified to minimize impacts to pedestrian and vehicular flow.  Secure fencing and barricades will be used to isolate construction areas from pedestrian traffic adjacent to the site.  In addition, sidewalk areas and walkways near construction activities will be well marked and lighted to protect pedestrians and ensure safety.</w:t>
+        <w:t xml:space="preserve">site improvements and material deliveries. Most of the construction activities will be inside the building, renovating existing spaces. Staging areas will be identified to minimize impacts to pedestrian and vehicular flow.  Secure fencing and barricades will be used to isolate construction areas from pedestrian traffic adjacent to the site.  In addition, sidewalk areas and walkways near construction activities will be </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE4F3D">
+        <w:t>well-marked</w:t>
+      </w:r>
+      <w:r w:rsidR="00737DE9" w:rsidRPr="00737DE9">
+        <w:t xml:space="preserve"> and lighted to protect pedestrians and ensure safety.</w:t>
       </w:r>
       <w:r w:rsidR="00737DE9" w:rsidRPr="003A3D5E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24772CC3" w14:textId="77777777" w:rsidR="00F120BF" w:rsidRDefault="00F120BF" w:rsidP="00ED27C2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0AFCE985" w14:textId="77777777" w:rsidR="005E6DC0" w:rsidRDefault="005C1785" w:rsidP="00ED27C2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>How will the Shattuck Hospital manage security for DOC patients</w:t>
       </w:r>
       <w:r w:rsidR="005E6DC0" w:rsidRPr="008D3B04">
@@ -1089,215 +1023,207 @@
     <w:p w14:paraId="7BC05FB8" w14:textId="77777777" w:rsidR="00F120BF" w:rsidRPr="00533A24" w:rsidRDefault="00F120BF" w:rsidP="00ED27C2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1E25106E" w14:textId="77777777" w:rsidR="007F5707" w:rsidRPr="007D6A8D" w:rsidRDefault="007D6A8D" w:rsidP="00ED27C2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D6A8D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">What are the next steps for the </w:t>
       </w:r>
       <w:r w:rsidR="004A44C5" w:rsidRPr="007D6A8D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Shattuck Campus in Jamaica Plain? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EF405BC" w14:textId="1F31ECE4" w:rsidR="007F5D7C" w:rsidRDefault="007F5D7C" w:rsidP="00ED27C2">
+    <w:p w14:paraId="0EF405BC" w14:textId="7F1A1865" w:rsidR="007F5D7C" w:rsidRDefault="007F5D7C" w:rsidP="00ED27C2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="001156B4">
         <w:t>The state</w:t>
       </w:r>
       <w:r w:rsidR="00CE2CF1">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001156B4">
         <w:t>w</w:t>
       </w:r>
       <w:r w:rsidR="00B8271C">
         <w:t>as engaged</w:t>
       </w:r>
       <w:r w:rsidRPr="001156B4">
         <w:t xml:space="preserve"> in a </w:t>
       </w:r>
       <w:r w:rsidR="004E6786" w:rsidRPr="001156B4">
         <w:t>12-month</w:t>
       </w:r>
       <w:r w:rsidRPr="001156B4">
         <w:t xml:space="preserve"> planning process to develop recommendations for the future use of the 13-acre Shattuck Campus. </w:t>
       </w:r>
       <w:r w:rsidR="000C248F" w:rsidRPr="000C248F">
         <w:t>The purpose of the planning process was to establish a consensus vision for the future use of the Shattuck Campus at Morton Street. The use of the site is restricted to public health purposes per statute.</w:t>
       </w:r>
       <w:r w:rsidR="000C248F">
-        <w:t xml:space="preserve">  For more information on campus planning, please visit: </w:t>
-[...8 lines deleted...]
-      </w:hyperlink>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="5304393B" w14:textId="77777777" w:rsidR="000C248F" w:rsidRPr="001156B4" w:rsidRDefault="000C248F" w:rsidP="000C248F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="428CB27F" w14:textId="77777777" w:rsidR="00AE493B" w:rsidRPr="00AE493B" w:rsidRDefault="00AE493B" w:rsidP="006B0EF2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2AA88AA1" w14:textId="77777777" w:rsidR="005E6DC0" w:rsidRDefault="005E6DC0" w:rsidP="001156B4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="005E6DC0" w:rsidSect="007F13E5">
-      <w:headerReference w:type="default" r:id="rId10"/>
-      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="285D0513" w14:textId="77777777" w:rsidR="00BF0E8C" w:rsidRDefault="00BF0E8C" w:rsidP="00E61EF3">
+    <w:p w14:paraId="3529437B" w14:textId="77777777" w:rsidR="003E354C" w:rsidRDefault="003E354C" w:rsidP="00E61EF3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="589654A6" w14:textId="77777777" w:rsidR="00BF0E8C" w:rsidRDefault="00BF0E8C" w:rsidP="00E61EF3">
+    <w:p w14:paraId="4B60E579" w14:textId="77777777" w:rsidR="003E354C" w:rsidRDefault="003E354C" w:rsidP="00E61EF3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-695386630"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="0BBAC4C7" w14:textId="77777777" w:rsidR="00664E54" w:rsidRDefault="00664E54">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
@@ -1306,86 +1232,86 @@
         </w:r>
         <w:r w:rsidR="004D0D90">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="171BB221" w14:textId="77777777" w:rsidR="00E61EF3" w:rsidRDefault="00E61EF3">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="39956DBB" w14:textId="77777777" w:rsidR="00BF0E8C" w:rsidRDefault="00BF0E8C" w:rsidP="00E61EF3">
+    <w:p w14:paraId="71A6A359" w14:textId="77777777" w:rsidR="003E354C" w:rsidRDefault="003E354C" w:rsidP="00E61EF3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="668CC2B8" w14:textId="77777777" w:rsidR="00BF0E8C" w:rsidRDefault="00BF0E8C" w:rsidP="00E61EF3">
+    <w:p w14:paraId="37ACE03E" w14:textId="77777777" w:rsidR="003E354C" w:rsidRDefault="003E354C" w:rsidP="00E61EF3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3950BD31" w14:textId="77777777" w:rsidR="00E61EF3" w:rsidRDefault="00E61EF3">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0674451C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="00F28ABC"/>
     <w:lvl w:ilvl="0" w:tplc="CE064E76">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="78A83152" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4303,136 +4229,135 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="753941951">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="789935925">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="2119638704">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="2044557104">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="2051343377">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1207908898">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1523133289">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="278803404">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="859928882">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="2076397037">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="417795954">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="1533374528">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1578662009">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="586811719">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="252398949">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="946351310">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="1949384411">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="1199008777">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="1467510355">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="170804425">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="1886915396">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="1218006307">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="23">
+  <w:num w:numId="23" w16cid:durableId="1172187008">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="24">
+  <w:num w:numId="24" w16cid:durableId="23094811">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="25">
+  <w:num w:numId="25" w16cid:durableId="1432973101">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005C44C1"/>
     <w:rsid w:val="0004214B"/>
     <w:rsid w:val="00055512"/>
     <w:rsid w:val="00064B64"/>
     <w:rsid w:val="00076F13"/>
     <w:rsid w:val="000A0DE6"/>
     <w:rsid w:val="000C1FE9"/>
@@ -4447,227 +4372,243 @@
     <w:rsid w:val="00176EDD"/>
     <w:rsid w:val="001A4A93"/>
     <w:rsid w:val="001A5E59"/>
     <w:rsid w:val="001B569C"/>
     <w:rsid w:val="001D3BE5"/>
     <w:rsid w:val="00206982"/>
     <w:rsid w:val="002072A6"/>
     <w:rsid w:val="002104A3"/>
     <w:rsid w:val="002166A5"/>
     <w:rsid w:val="0023723B"/>
     <w:rsid w:val="00242381"/>
     <w:rsid w:val="00243895"/>
     <w:rsid w:val="002465ED"/>
     <w:rsid w:val="0028029A"/>
     <w:rsid w:val="002966F9"/>
     <w:rsid w:val="002A53B0"/>
     <w:rsid w:val="002C6F8D"/>
     <w:rsid w:val="002D6889"/>
     <w:rsid w:val="003054A5"/>
     <w:rsid w:val="0033281D"/>
     <w:rsid w:val="00361BED"/>
     <w:rsid w:val="0039085D"/>
     <w:rsid w:val="00395679"/>
     <w:rsid w:val="003C04B9"/>
     <w:rsid w:val="003D3B86"/>
+    <w:rsid w:val="003E354C"/>
     <w:rsid w:val="003F00C6"/>
     <w:rsid w:val="00405937"/>
     <w:rsid w:val="004200EB"/>
+    <w:rsid w:val="00426E41"/>
     <w:rsid w:val="00444799"/>
     <w:rsid w:val="004501A9"/>
     <w:rsid w:val="00491D28"/>
     <w:rsid w:val="004A1E80"/>
     <w:rsid w:val="004A44C5"/>
     <w:rsid w:val="004C0E74"/>
     <w:rsid w:val="004C57B7"/>
     <w:rsid w:val="004D0D90"/>
     <w:rsid w:val="004E3F07"/>
     <w:rsid w:val="004E6786"/>
     <w:rsid w:val="004F72DE"/>
     <w:rsid w:val="00514A4C"/>
     <w:rsid w:val="00533A24"/>
     <w:rsid w:val="00546E3C"/>
     <w:rsid w:val="005724C3"/>
     <w:rsid w:val="00572BCC"/>
     <w:rsid w:val="005745F6"/>
     <w:rsid w:val="00585F19"/>
     <w:rsid w:val="00591CE2"/>
     <w:rsid w:val="005A2710"/>
     <w:rsid w:val="005C1785"/>
     <w:rsid w:val="005C44C1"/>
     <w:rsid w:val="005D0232"/>
     <w:rsid w:val="005E6DC0"/>
     <w:rsid w:val="00626FC5"/>
+    <w:rsid w:val="00656017"/>
     <w:rsid w:val="00664E54"/>
     <w:rsid w:val="006811EE"/>
     <w:rsid w:val="006918E9"/>
+    <w:rsid w:val="00694022"/>
     <w:rsid w:val="006A6727"/>
     <w:rsid w:val="006B0615"/>
     <w:rsid w:val="006B0EF2"/>
     <w:rsid w:val="006C5B91"/>
     <w:rsid w:val="006D38A1"/>
     <w:rsid w:val="006D6D5D"/>
     <w:rsid w:val="006E3924"/>
     <w:rsid w:val="00730D22"/>
     <w:rsid w:val="00737DE9"/>
     <w:rsid w:val="00743C85"/>
     <w:rsid w:val="00787F6E"/>
     <w:rsid w:val="007A7536"/>
     <w:rsid w:val="007B5AF7"/>
     <w:rsid w:val="007B6223"/>
     <w:rsid w:val="007D6A8D"/>
+    <w:rsid w:val="007E539C"/>
     <w:rsid w:val="007F13E5"/>
     <w:rsid w:val="007F4645"/>
     <w:rsid w:val="007F4799"/>
     <w:rsid w:val="007F5707"/>
     <w:rsid w:val="007F5D7C"/>
     <w:rsid w:val="0086570C"/>
     <w:rsid w:val="00890B9F"/>
     <w:rsid w:val="00891EE8"/>
     <w:rsid w:val="00896845"/>
     <w:rsid w:val="008C2D4E"/>
     <w:rsid w:val="008D3B04"/>
+    <w:rsid w:val="008E2F0F"/>
     <w:rsid w:val="008E4B88"/>
     <w:rsid w:val="00906D96"/>
     <w:rsid w:val="00931ED0"/>
     <w:rsid w:val="00932192"/>
     <w:rsid w:val="0094131B"/>
+    <w:rsid w:val="0094404B"/>
     <w:rsid w:val="009447CE"/>
     <w:rsid w:val="009666E9"/>
     <w:rsid w:val="0098746A"/>
     <w:rsid w:val="009A1462"/>
     <w:rsid w:val="009A58FD"/>
     <w:rsid w:val="009D4D2A"/>
     <w:rsid w:val="009E2C07"/>
     <w:rsid w:val="009E5C8D"/>
     <w:rsid w:val="00A12878"/>
     <w:rsid w:val="00A1292A"/>
     <w:rsid w:val="00A14B86"/>
     <w:rsid w:val="00A21673"/>
     <w:rsid w:val="00A247F4"/>
     <w:rsid w:val="00A264D6"/>
     <w:rsid w:val="00A41F31"/>
     <w:rsid w:val="00A71E80"/>
     <w:rsid w:val="00A804ED"/>
     <w:rsid w:val="00AC05D1"/>
     <w:rsid w:val="00AC0AED"/>
     <w:rsid w:val="00AD5C25"/>
     <w:rsid w:val="00AE493B"/>
     <w:rsid w:val="00AE5EAC"/>
     <w:rsid w:val="00AF16F4"/>
     <w:rsid w:val="00B031CF"/>
     <w:rsid w:val="00B0770C"/>
     <w:rsid w:val="00B211D4"/>
     <w:rsid w:val="00B44A0B"/>
     <w:rsid w:val="00B44B1C"/>
     <w:rsid w:val="00B63D7E"/>
     <w:rsid w:val="00B67905"/>
     <w:rsid w:val="00B71147"/>
     <w:rsid w:val="00B71D7C"/>
     <w:rsid w:val="00B8271C"/>
+    <w:rsid w:val="00B97286"/>
     <w:rsid w:val="00BC4EB9"/>
     <w:rsid w:val="00BC5EE2"/>
     <w:rsid w:val="00BD0664"/>
     <w:rsid w:val="00BD6A05"/>
     <w:rsid w:val="00BE181A"/>
     <w:rsid w:val="00BE2D40"/>
     <w:rsid w:val="00BF0E8C"/>
     <w:rsid w:val="00C0366E"/>
     <w:rsid w:val="00C07864"/>
+    <w:rsid w:val="00C17C77"/>
     <w:rsid w:val="00C566EF"/>
     <w:rsid w:val="00C82536"/>
     <w:rsid w:val="00C90848"/>
     <w:rsid w:val="00C95163"/>
     <w:rsid w:val="00CA4BFA"/>
     <w:rsid w:val="00CC0C0F"/>
     <w:rsid w:val="00CC1CB8"/>
     <w:rsid w:val="00CE2CF1"/>
+    <w:rsid w:val="00CE4F3D"/>
     <w:rsid w:val="00CE5326"/>
     <w:rsid w:val="00CF7F7B"/>
     <w:rsid w:val="00D03CA4"/>
     <w:rsid w:val="00D059A3"/>
     <w:rsid w:val="00D06550"/>
+    <w:rsid w:val="00D22324"/>
     <w:rsid w:val="00D60618"/>
     <w:rsid w:val="00DA0BFE"/>
     <w:rsid w:val="00DC040E"/>
     <w:rsid w:val="00DC468D"/>
     <w:rsid w:val="00DC777C"/>
     <w:rsid w:val="00DD0577"/>
     <w:rsid w:val="00DE7D36"/>
+    <w:rsid w:val="00DF13DB"/>
     <w:rsid w:val="00E22DC5"/>
     <w:rsid w:val="00E61EF3"/>
+    <w:rsid w:val="00E64DA5"/>
     <w:rsid w:val="00E7557C"/>
     <w:rsid w:val="00E821B0"/>
     <w:rsid w:val="00E82E02"/>
     <w:rsid w:val="00EC170E"/>
     <w:rsid w:val="00EC7BDE"/>
     <w:rsid w:val="00ED27C2"/>
     <w:rsid w:val="00ED3C82"/>
     <w:rsid w:val="00EF32D6"/>
+    <w:rsid w:val="00EF4D55"/>
     <w:rsid w:val="00EF765F"/>
     <w:rsid w:val="00F000E5"/>
     <w:rsid w:val="00F120BF"/>
     <w:rsid w:val="00F143C9"/>
+    <w:rsid w:val="00F2068F"/>
     <w:rsid w:val="00F249E7"/>
     <w:rsid w:val="00F430A0"/>
     <w:rsid w:val="00F46C62"/>
     <w:rsid w:val="00F5245E"/>
+    <w:rsid w:val="00F87687"/>
     <w:rsid w:val="00FA11C7"/>
     <w:rsid w:val="00FB059A"/>
     <w:rsid w:val="00FB1E7F"/>
     <w:rsid w:val="00FB7E2A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="14BF6C0C"/>
   <w15:docId w15:val="{27008D7D-042B-4DAB-A143-3D029737C4C8}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -5227,55 +5168,67 @@
     <w:rsid w:val="00E61EF3"/>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00395679"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000C248F"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="007E539C"/>
+    <w:rPr>
+      <w:color w:val="800080" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="93943886">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1480877277">
           <w:marLeft w:val="446"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="200"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -5641,51 +5594,51 @@
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="303392705">
           <w:marLeft w:val="821"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/DPH/ShattuckRelocation" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/shattuck-campus-at-morton-street-planning" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shattuckhospitalrelocation.gilbaneco.com/Project-Updates" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5945,71 +5898,85 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F1D4EE71-B83B-4636-A735-05541846014C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>834</Words>
-  <Characters>4759</Characters>
+  <Words>736</Words>
+  <Characters>4200</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>11</Paragraphs>
+  <DocSecurity>4</DocSecurity>
+  <Lines>35</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>EOHHS</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5582</CharactersWithSpaces>
+  <CharactersWithSpaces>4927</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Snook, Elissa (EHS)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
+    <vt:lpwstr>657186eb-192e-458c-a1a9-0ef9cd556630</vt:lpwstr>
+  </property>
+</Properties>
+</file>