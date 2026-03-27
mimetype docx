--- v0 (2025-10-21)
+++ v1 (2026-03-27)
@@ -1,284 +1,279 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-[...8 lines deleted...]
-  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header7.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header8.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header9.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header10.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header11.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer7.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header12.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer8.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header13.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-[...7 lines deleted...]
-  <Override PartName="/word/header11.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer9.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header14.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header15.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header16.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer10.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header17.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer11.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header18.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer12.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header19.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer13.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header20.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer14.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...8 lines deleted...]
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/header17.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00753504" w:rsidRPr="00CD2EE9" w:rsidRDefault="004C04FB" w:rsidP="00FE374B">
+    <w:p w14:paraId="27655270" w14:textId="77777777" w:rsidR="00753504" w:rsidRPr="00CD2EE9" w:rsidRDefault="004C04FB" w:rsidP="00FE374B">
       <w:pPr>
         <w:pStyle w:val="xl23"/>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:spacing w:val="70"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00CD2EE9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:spacing w:val="70"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>EMERGENCY ACTION PLAN</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD2EE9" w:rsidRDefault="00CD2EE9" w:rsidP="00FE374B">
+    <w:p w14:paraId="751861F5" w14:textId="77777777" w:rsidR="00CD2EE9" w:rsidRDefault="00CD2EE9" w:rsidP="00FE374B">
       <w:pPr>
         <w:pStyle w:val="xl23"/>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004C04FB" w:rsidRPr="00CD2EE9" w:rsidRDefault="00CD2EE9" w:rsidP="00FE374B">
+    <w:p w14:paraId="4372FAF3" w14:textId="77777777" w:rsidR="004C04FB" w:rsidRPr="00CD2EE9" w:rsidRDefault="00CD2EE9" w:rsidP="00FE374B">
       <w:pPr>
         <w:pStyle w:val="xl23"/>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>f</w:t>
       </w:r>
       <w:r w:rsidR="004C04FB" w:rsidRPr="00CD2EE9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="004C04FB" w:rsidRPr="000B5900" w:rsidRDefault="004C04FB" w:rsidP="00FE374B">
+    </w:p>
+    <w:p w14:paraId="2D121B5D" w14:textId="77777777" w:rsidR="004C04FB" w:rsidRPr="000B5900" w:rsidRDefault="004C04FB" w:rsidP="00FE374B">
       <w:pPr>
         <w:pStyle w:val="xl23"/>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:alias w:val="DAM NAME"/>
         <w:tag w:val="DAM NAME"/>
         <w:id w:val="-1418557877"/>
         <w:lock w:val="sdtLocked"/>
         <w:placeholder>
           <w:docPart w:val="1AA2208E15C148E785C4545E118B5FF1"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/coverPageProps' " w:xpath="/ns0:CoverPageProperties[1]/ns0:Abstract[1]" w:storeItemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtContent>
-        <w:p w:rsidR="004C04FB" w:rsidRPr="00FE374B" w:rsidRDefault="00156E22" w:rsidP="00FE374B">
+        <w:p w14:paraId="2AB08585" w14:textId="77777777" w:rsidR="004C04FB" w:rsidRPr="00FE374B" w:rsidRDefault="00156E22" w:rsidP="00FE374B">
           <w:pPr>
             <w:pStyle w:val="xl23"/>
             <w:pBdr>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:pBdr>
             <w:tabs>
               <w:tab w:val="left" w:pos="720"/>
               <w:tab w:val="left" w:pos="1440"/>
               <w:tab w:val="left" w:pos="2160"/>
               <w:tab w:val="left" w:pos="2880"/>
               <w:tab w:val="left" w:pos="3600"/>
             </w:tabs>
             <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
             <w:rPr>
               <w:rFonts w:eastAsia="Times New Roman"/>
               <w:bCs w:val="0"/>
               <w:sz w:val="72"/>
               <w:szCs w:val="72"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:eastAsia="Times New Roman"/>
               <w:bCs w:val="0"/>
               <w:sz w:val="72"/>
               <w:szCs w:val="72"/>
               <w:highlight w:val="yellow"/>
               <w:u w:val="single"/>
             </w:rPr>
             <w:t>DAM NAME</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w:rsidR="004C04FB" w:rsidRPr="00FE374B" w:rsidRDefault="00FE374B" w:rsidP="00FE374B">
+    <w:p w14:paraId="50FF04C6" w14:textId="77777777" w:rsidR="004C04FB" w:rsidRPr="00FE374B" w:rsidRDefault="00FE374B" w:rsidP="00FE374B">
       <w:pPr>
         <w:pStyle w:val="xl23"/>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD688C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs w:val="0"/>
@@ -327,73 +322,73 @@
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00B35712" w:rsidRPr="00CD688C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CD688C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Massachusetts</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE374B" w:rsidRPr="000B5900" w:rsidRDefault="00FE374B" w:rsidP="004C04FB">
+    <w:p w14:paraId="62670861" w14:textId="77777777" w:rsidR="00FE374B" w:rsidRPr="000B5900" w:rsidRDefault="00FE374B" w:rsidP="004C04FB">
       <w:pPr>
         <w:pStyle w:val="xl23"/>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FE374B" w:rsidRDefault="00FE374B" w:rsidP="00BE695D">
+    <w:p w14:paraId="25B95306" w14:textId="77777777" w:rsidR="00FE374B" w:rsidRDefault="00FE374B" w:rsidP="00BE695D">
       <w:pPr>
         <w:pStyle w:val="xl23"/>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
@@ -404,993 +399,1443 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> I.D. Number:</w:t>
       </w:r>
       <w:r w:rsidR="00BE695D" w:rsidRPr="000B5900">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE374B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>MA#####</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BE695D" w:rsidRPr="000B5900" w:rsidRDefault="00FE374B" w:rsidP="00BE695D">
+    <w:p w14:paraId="51B2C23A" w14:textId="77777777" w:rsidR="00BE695D" w:rsidRPr="000B5900" w:rsidRDefault="00FE374B" w:rsidP="00BE695D">
       <w:pPr>
         <w:pStyle w:val="xl23"/>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">State ID Number:  </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE374B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>###-##-##-##</w:t>
       </w:r>
       <w:r w:rsidR="00BE695D" w:rsidRPr="000B5900">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C04FB" w:rsidRDefault="004C04FB" w:rsidP="00BE695D">
+    <w:p w14:paraId="51D21BFD" w14:textId="77777777" w:rsidR="004C04FB" w:rsidRDefault="004C04FB" w:rsidP="00BE695D">
       <w:pPr>
         <w:pStyle w:val="xl23"/>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B5900">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
-        <w:t>Dam Location:</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00BE695D" w:rsidRPr="000B5900">
+        <w:t>Dam Location</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000B5900">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE695D" w:rsidRPr="000B5900">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00BE695D" w:rsidRPr="00CD688C">
         <w:rPr>
           <w:b w:val="0"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00FE374B" w:rsidRPr="00CD688C">
         <w:rPr>
           <w:b w:val="0"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>#</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00BE695D" w:rsidRPr="00CD688C">
         <w:rPr>
           <w:b w:val="0"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00FE374B" w:rsidRPr="00CD688C">
         <w:rPr>
           <w:b w:val="0"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>#</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00FE374B" w:rsidRPr="00CD688C">
         <w:rPr>
           <w:b w:val="0"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>####</w:t>
       </w:r>
       <w:r w:rsidR="00623A88" w:rsidRPr="00CD688C">
         <w:rPr>
           <w:b w:val="0"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>º N / 7</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00FE374B" w:rsidRPr="00CD688C">
         <w:rPr>
           <w:b w:val="0"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>#</w:t>
       </w:r>
       <w:r w:rsidR="00623A88" w:rsidRPr="00CD688C">
         <w:rPr>
           <w:b w:val="0"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00FE374B" w:rsidRPr="00CD688C">
         <w:rPr>
           <w:b w:val="0"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>#####</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00BE695D" w:rsidRPr="00CD688C">
+        <w:t>#</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00FE374B" w:rsidRPr="00CD688C">
         <w:rPr>
           <w:b w:val="0"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:t>####</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE695D" w:rsidRPr="00CD688C">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="single"/>
+        </w:rPr>
         <w:t>º W</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BE695D" w:rsidRDefault="00574208" w:rsidP="00BE695D">
+    <w:p w14:paraId="0488887D" w14:textId="0994A1EE" w:rsidR="00BE695D" w:rsidRDefault="001C137A" w:rsidP="00BE695D">
       <w:pPr>
         <w:pStyle w:val="xl23"/>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:pict>
-[...126 lines deleted...]
-    <w:p w:rsidR="00FE374B" w:rsidRDefault="00574208" w:rsidP="00BE695D">
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251703296" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="11709240" wp14:editId="5C3CB466">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>-340995</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>46355</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2658110" cy="4249420"/>
+                <wp:effectExtent l="0" t="0" r="8890" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="63" name="Group 4" descr="Insert USGS Topographic Map showing general site location, surrounding areas, and nearby roadways; Provide callout of dam location on both maps."/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2658110" cy="4249420"/>
+                          <a:chOff x="82" y="446467"/>
+                          <a:chExt cx="2659712" cy="4250508"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="61" name="Text Box 61"/>
+                        <wps:cNvSpPr txBox="1">
+                          <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="82" y="446467"/>
+                            <a:ext cx="2659712" cy="2906962"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="60514949" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00FE374B">
+                              <w:pPr>
+                                <w:tabs>
+                                  <w:tab w:val="left" w:pos="5220"/>
+                                  <w:tab w:val="right" w:pos="10440"/>
+                                </w:tabs>
+                                <w:suppressAutoHyphens/>
+                                <w:autoSpaceDE w:val="0"/>
+                                <w:autoSpaceDN w:val="0"/>
+                                <w:adjustRightInd w:val="0"/>
+                                <w:jc w:val="center"/>
+                                <w:textAlignment w:val="center"/>
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+                                  <w:i/>
+                                  <w:sz w:val="22"/>
+                                  <w:szCs w:val="22"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:bookmarkStart w:id="0" w:name="MAP"/>
+                            </w:p>
+                            <w:p w14:paraId="297558A7" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00FE374B">
+                              <w:pPr>
+                                <w:tabs>
+                                  <w:tab w:val="left" w:pos="5220"/>
+                                  <w:tab w:val="right" w:pos="10440"/>
+                                </w:tabs>
+                                <w:suppressAutoHyphens/>
+                                <w:autoSpaceDE w:val="0"/>
+                                <w:autoSpaceDN w:val="0"/>
+                                <w:adjustRightInd w:val="0"/>
+                                <w:jc w:val="center"/>
+                                <w:textAlignment w:val="center"/>
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+                                  <w:i/>
+                                  <w:sz w:val="22"/>
+                                  <w:szCs w:val="22"/>
+                                </w:rPr>
+                              </w:pPr>
+                            </w:p>
+                            <w:p w14:paraId="15D6BE0F" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00FE374B">
+                              <w:pPr>
+                                <w:tabs>
+                                  <w:tab w:val="left" w:pos="5220"/>
+                                  <w:tab w:val="right" w:pos="10440"/>
+                                </w:tabs>
+                                <w:suppressAutoHyphens/>
+                                <w:autoSpaceDE w:val="0"/>
+                                <w:autoSpaceDN w:val="0"/>
+                                <w:adjustRightInd w:val="0"/>
+                                <w:jc w:val="center"/>
+                                <w:textAlignment w:val="center"/>
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+                                  <w:i/>
+                                  <w:sz w:val="22"/>
+                                  <w:szCs w:val="22"/>
+                                </w:rPr>
+                              </w:pPr>
+                            </w:p>
+                            <w:p w14:paraId="6A46128C" w14:textId="77777777" w:rsidR="00907667" w:rsidRPr="00CD688C" w:rsidRDefault="00907667" w:rsidP="00FE4FAE">
+                              <w:pPr>
+                                <w:pStyle w:val="Template-Direction"/>
+                              </w:pPr>
+                              <w:r w:rsidRPr="00CD688C">
+                                <w:t xml:space="preserve">Insert USGS Topographic Map showing general site location, surrounding areas, and nearby roadways; Provide callout of dam location on </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:t>both</w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00CD688C">
+                                <w:t xml:space="preserve"> map</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:t>s</w:t>
+                              </w:r>
+                              <w:bookmarkEnd w:id="0"/>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="60" name="Picture 60" descr="Z:\JOBS\09 Jobs\09124.35 ODS-SimplifedEAPDevelopment-MA\MassCountiesCities.gif"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId9" cstate="print">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:srcRect/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="336669" y="3402501"/>
+                            <a:ext cx="1985313" cy="1294474"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln>
+                            <a:solidFill>
+                              <a:schemeClr val="tx1"/>
+                            </a:solidFill>
+                          </a:ln>
+                        </pic:spPr>
+                      </pic:pic>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="11709240" id="Group 4" o:spid="_x0000_s1026" alt="Insert USGS Topographic Map showing general site location, surrounding areas, and nearby roadways; Provide callout of dam location on both maps." style="position:absolute;left:0;text-align:left;margin-left:-26.85pt;margin-top:3.65pt;width:209.3pt;height:334.6pt;z-index:251703296;mso-width-relative:margin;mso-height-relative:margin" coordorigin=",4464" coordsize="26597,42505" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQCSXVNx2wMAAMQIAAAOAAAAZHJzL2Uyb0RvYy54bWykVt9v2zYQfh+w/4HQ&#10;e2xJlhVLiFykdhK0aJZgbl+GvNAUJRGVSI6kLWd//Y6k/LMpFnQGTJO84/Huu7uPvvmw61q0pUoz&#10;wYsgGoUBopyIkvG6CL59vb+aBUgbzEvcCk6L4JXq4MP8999uepnTWDSiLalCYITrvJdF0Bgj8/FY&#10;k4Z2WI+EpByElVAdNrBU9bhUuAfrXTuOwzAd90KVUglCtYbdpRcGc2e/qigxT1WlqUFtEYBvxo3K&#10;jWs7juc3OK8Vlg0jgxv4F7zoMONw6cHUEhuMNor9YKpjRAktKjMiohuLqmKEuhggmii8iOZBiY10&#10;sdR5X8sDTADtBU6/bJb8sX1QciWflfcepl8E+a4Bl3Ev6/xUbtf1UXlXqc4egiDQziH6ekCU7gwi&#10;sBmn01kUAfAEZEmcZEk8YE4aSIw9N4sDZIVJmqTXPh+kuTuez64j0PDnp+E0nFmdMc799c7Jg1O9&#10;hCrSR6D0/wNq1WBJHf7aAvGsECuLII0CxHEHxfzVhvlR7BBsgVP2dlCzYCKzg31oCFcU2mOKuFg0&#10;mNf0VksoTCs9bikl+obiElx2xiCwgzVvWlu76/5RlHA13hjhbF9k4Q00T3JxxDLOwjRL4zMscS6V&#10;Ng9UdMhOikCBl+4SvP2ijYd9r2Izr0XLynvWtm6h6vWiVWiLodXu3WewfqbWctQXQTaNpx6an5oI&#10;3ectEx0zwBkt66B4Dko4t+jd8RLcxLnBrPVzqJSWu2LWuUXQY2l2692QsbUoXwFYJTw3AJfBpBHq&#10;nwD1wAtFoP/eYEUD1H7ikJwsShJLJG6RTK+hnpE6laxPJZgTMFUEJkB+ujCefDZSsbpxNWD95eIW&#10;EloxB7LNvPdq8BtKen4jGcnhO5AAzH6o7f8mSzhlNjYWT7jdu2x0WH3fyCvgK4kNW7OWmVfHvZBA&#10;6xTfPjNigbWLkzYBYHybgNjeilLYKakmgMBf+cvnp4+rlzBDn8Vaw28UJ6PJFD0tV1cr1smWVbS8&#10;u31e0i1thewoN1ePty+PWOuF2HDDqF4wO45qVtki2V/uXYFSZsQR2bHDDk1nC/lc3S3P4li3TO4r&#10;284HxMD1C+Z9A3TP6ktBNtZt/0wp2gJ4guuGSQ0Vk9NuTUtosU8lsACBJ9JAV0NRcGOjgd5S5E9o&#10;Pz83ihrS2O0Kum3Yh8rWe4EL4Oizje5ddDGZpGmaOQKeJGE8DR334HzPGVE2m06iieffKM6S5DoZ&#10;WnJPPHtCeCdncGFhdWHZvrwkEfvu0wONmJ3nwjOtfUfvgxyyCUvXLu6phNnZW3y6dlrHPx/zfwEA&#10;AP//AwBQSwMECgAAAAAAAAAhANPjcyI5EQEAOREBABQAAABkcnMvbWVkaWEvaW1hZ2UxLnBuZ4lQ&#10;TkcNChoKAAAADUlIRFIAAAHeAAABNwgCAAAAi7e33gAAAAFzUkdCAK7OHOkAAAAEZ0FNQQAAsY8L&#10;/GEFAAAACXBIWXMAACHVAAAh1QEEnLSdAAD/pUlEQVR4Xuzd979VRZY+/u8faIuiCIIoyYBkVCQJ&#10;iIIBQYkCokgSRKJKFqExtqHDtJ0mdo4znWa6+9PdM93f99lP3d2bk7gGkJ45zw/ntXfVqlWrVq31&#10;1KpzL5f/768DDDDAAANcZRhQ8wADDDDAVYcBNQ8wwAADXHUYUPMAAwwwwFWHATUPMMAAA1x1GFDz&#10;AAMMMMBVhwE1DzDAAANcdRhQ8wADDDDAVYcBNQ8wwAADXHUYUPMAAwwwwFWHATUPMMAAA1x1GFDz&#10;AAMMMMBVhwE1DzDAAANcdRhQ8wADDDDAVYcBNQ8wwAADXHUYUPMAAwwwwFWHATUPMMAAA1x1GFDz&#10;AAMMMMBVhwE1DzDA/xX85S9/8fk///M///Vf//WjCj+s4OEXv/hFZAa4SjCg5gEG+D8BvAx/+tOf&#10;Pvroo5deemnhwoULFiyYP3++T8/r16/H0eHuAa4GDKh5gAH+TwDtfvvb3z506NDs2bMnTpw4b968&#10;J554YuPGjVu3bt20adOYMWPWrVv3gx/8oEgP8HljQM0DDPC/B1Vl3EL9+j//8z8+f/GLX+zateue&#10;e+65+eabb7/99rNnz6Lpf6nw6wrPPvvs2LFjN2zY8OMf/7hS8Jf//u///sY3vrF9+/bvfve7XqNw&#10;gCuGATUPMMD/HoRVf/vb3/6qQmgX265evRopjx8//tSpUz/96U///Oc/o+yf/OQn//RP//SHP/zB&#10;kP/4j/94/vnnsfOUKVNeeuklXQsWLFBc33XXXV/+8peL9gGuIAbUPMAA/xuAav/4xz9+73vfu3Dh&#10;AnodNWrUjTfe6DO49dZbd+/e/V//9V/hbiD/85//XNWMmjP8N7/5zZEjR+bNmzdu3LgxY8bg8dmz&#10;ZyuxP/zww0wxwJXEgJoHGODvHqhW2asiXrlyJTKdM2eOEnjz5s1bt27ds2fPCy+8cOzYMUV0JGv8&#10;53/+p6pZu+foAeR+9OjRffv2vfrqqxRi+QE1fy4YUPMAA/zdQ738/vvvT5s27eGHHz5//vxXvvKV&#10;P/3pT7/85S/xbJg3KNIN/Nu//duPf/xjJXN5HwJhja+99hqiH3yh8blgQM0DDPB3j9/85jfbt2+f&#10;OnXqmTNn/vznP2tBrP/93/+Nnb/73e+qjiPWBvz7L//yLz/60Y8G1HwVYkDNAwzwd4BW0VuhvDeA&#10;gj/44IMlS5bs378fF6PUIlr9lsX3v//9zl+xUEp/61vfUlP7rKk5Q4IwO2rOFxpaMnCAK4YBNQ8w&#10;wN8BasbsZMn/9//+34EDB2bPnv3RRx9FBkrfX//6hz/8QWmcL5oDMvj6/ffff++995AvKLq1R3mN&#10;H/zgBzNnzkTNJNG0lgwf4MpgQM0DDHBVAydixn//93//7W9/+6c//clz6aig9+tf//qECROeffbZ&#10;H/7wh7///e9rXtblmfw///M/4+I///nPUaVM/sY3vuHhj3/8I1r/zne+c/bsWexMgH4w17e//e3b&#10;b7/92muvHTFixAMPPPCTn/wkOge4YhhQ8wADXL1Apr/4xS8uXLjw0EMPbd269ZVXXvnggw9w9O9+&#10;97twNIGvfvWr48ePP3bs2D/90z9961vf+vGPf1z/qvL3vvc9fI2Xjfq3f/u3n/3sZypoZfJ3v/vd&#10;jK0m+aty++TJk8ePH6fk1VdfNde4CjfddBN2vv/++7F5JAe4YhhQ8wADXKXAvwreHTt2KGDvuOOO&#10;u+66a8qUKVOnTt20adOLL76IT3/wgx9gYdR86623vv7664bk535YGC9/7Wtf0+UZlMbvv//+u+++&#10;q+XNN9/813/9V/VyZgEsf+LECSx8TYWxY8eqwY8cObJkyZJQ8+DPa1x5DKh5gAGuOuDB3//+92fO&#10;nJk3bx5efvLJJ7EqqsWqS5cuxZVoeu7cuQsWLFACHzhwINRsVL7B+MlPfvLNb37zvffe+/nPfx6F&#10;f/7zn5G1ApxapfTZs2fzD7LTaxTupu22227DxWvWrPnSl75E4d133/2FL3xh2rRpH374YYr0Aa4Y&#10;BtQ8wABXEUKXf/zjH0+dOnXnnXfee++9e/fuVfbmm+I//elPP/3pT5XShw8ffvrpp6dPnz5x4sRJ&#10;kyYtXLgQtxLIcDT6m9/85hvf+EZNzU386le/unDhwr//+7/n1RDUrIimdsuWLaNHj8b+aHrChAkj&#10;RozA1DfccMMzzzzTrLIHuAIYUPMAA1wtCLfiX7w8efJkdfE//uM/etVYJCpE5g9/+MPXv/51lXX+&#10;VhE6rn8A6BkpK7S7/hVmJEutypq8T8U4Hv/lL3/5UYUdO3aYetSoURgZL2NnhbOyPf+ee4ArhgE1&#10;DzDA1YKKmf+CUpHjrFmzvvWtb5WObiCJWzMkCDWrrz/88MNvfvObv/71r1XfEW6CmNJbJZ4C/IMP&#10;PnjnnXfMhaDJ//a3v9V1/vz5N954Y+bMmbfccsuAmj8XDKh5gAGuImBYhfD48eMPHDig8g35lr6L&#10;UbdHpqZp9Irc//M//zOvkWmC5O9//3vc/dWvfvX73//+f/3Xf3k1KsIZpSqHH/7wh+vWrUPNq1ev&#10;/t3vfpfhA1wZ/O+h5oRUeRlggL9boOaJEycqZr/73e/+5Cc/+X//7/8h09J3KUgBPKsK/t73vvff&#10;F/87EUoCCn/xi1985zvfwby9vkGO5K9+9av169fnJ4F4vPQNcEXwf6Vqrnh7QNyfAQaevNxAzRMm&#10;TPja1772hz/84V//9V//6Z/+6de//jWiLN2XgiE/+MEP0PqPfvSj/BXQtGfj8uPBf/mXf2n+gdAI&#10;NKERs3/44YdTpkxBzddee+2RI0dK3wBXBJ8/NbdFRtdAGQ5aITaE0tRAr/YBBrjaEGpOlfqnP/3p&#10;P/7jP7AtSr1kABP43e9+99FHH6Fd5fC//du/ffvb3/7xj3+cP2+kmv75z3+uWFYy118cG9IkfcO/&#10;9a1v5d9wK723bduGl4PDhw8TGCTRFcPnTM2JjNywDhw4cOjQIaEjsIQIeGhD2ms0r2NU1ShNAzRQ&#10;XHOxczpbBrjyyC4EXvOFxj/8wz/Uvapmda7PCHRCuyL3z3/+M7Gf/vSnEfOJgpXP//iP/6j0/spX&#10;vvLlL38530FnVBMasf/Ro0enTp16yy23jBo1auTIkdddd10h5i98Yfny5fmljq7DB/jMcVVUzSdP&#10;nnz44YenTZs2efLke+6555FHHll5MbS0Ie3YXGnwvWFDATL8i+H/MvBz0PYKaRng80LZhgpem9Rc&#10;Wit2Vg6rRTxXgy6CqFa44F/1tZIlQ9LlAef+8z//84cffqhqrtubMPyPf/zjuXPnJk2aNHfu3N27&#10;dyPoQslDQNZf+9rXug4f4HLgqviu+emnn3aDc6S//PLLOHrFihU+O6F93rx5D1Xwet9994ng2ZfC&#10;rFmz8jBnzpyNGzdeuHDh3W5wfStPQ9ACP/jBDz4Wm7dy4vKE76dUG8Og7RXSMsAVQ3zuU2j9+Mc/&#10;fvvtt0UaVk2kdVJzHr797W+rW/Nao+7N3/nM9x5pDDyrlL///e+7j6qpf//735eOBhTaBA4ePDhz&#10;5sxVq1atW7du7NixhZKHcMMNN0jP8H4ZNsDlxFVRNaPm22+/XVSJG4VtJ/69gofXX39dGOVVIO7f&#10;v39XD2zevBkRb9++/aabbhJwO3fufOKJJ1Tlt95662233eYk8JkH0Jj2Nmh0Buzdu/fFDuyr4IEN&#10;gciuCxY5locssBP12n0SjnwauyIyHqrRLaR9gL87ZK9BtB86dMgVMLG3ZMkS4fTaa68dPXoUNadE&#10;hYzyoGT+7ne/+8Mf/jCvkN/BADUvikevf/rTnyKfWQQkOnazVDUTAJW1ltoG+NnPfuba6jx44403&#10;lEfmlWUyaP369fn3JjXuvffe+tuSAS43Pn9q/vOf/7xhw4Zp06b99re/LU0dEA2CSSB+8MEHudOB&#10;V88gLtvwy1/+8h//8R9d39C9KM8vzHsVeamFayhY1NF79uwRjqWpagyef/55V7zQdBukk8oiz+F3&#10;r0uXLs03LQp8yHN/PP7447LC2vNleh9YV1wRxDMD/N0htChut2zZMm7cOEXJc8895/i/8847BZVw&#10;lQvjx4/vpGYDxUn+c6nEOSUaAQULePVKhIEMRlZ6o3JVsywjJmUU19/73vdC4mqdb3zjG+fOnVNQ&#10;Y+1f//rXxMjQposBze+agYV00lPmGOBy4vOnZmf1HXfc8dZbb11yy13onPCtSGyc+aWvAY2oWbSp&#10;SsSuStkFLe35zEP9LFLPnz8v6PPahCLFYSC4f9QBwX3s2LHyUuGpp56aOnXq3Xff7TPwHFigsC4v&#10;F4N5t9xyi967uqFup2337t0m7YMf/OAH9aebb9bYBxZYniq0vQ5wmVBF1l8OHDjgPjd37lw7hTqV&#10;DgpS9PrQQw/Za/WpAI5kRol5vPmLX/xCrCoa5MuXvvQlDzIC22JMsYpVEa5IhoSBE11jNFCVxJEU&#10;X//61998882PPvoImxOmOQJgiOLd8aAoKZQ8hJEjR7qJdv1KZIDPHJ8zNQuFEydOKBYu+W9SRdhX&#10;v/pVla/g86yl7soDeA4Eq4tbGzW3QTiKSxGsDJEVorZ0NICU3f7q4G7CcAOdAWXKCq1DoxsYI08M&#10;Ke8NfPOb33z44YdZCK6QnVi+fPnq1auXLVt288UYU2H06NE+JTmkRZf6XS12+vTpU6dO+ewKXa6x&#10;EZDtCKIqzT8hVHDFBRejOKvaGostL/+3IQz+9V//9cEHH7z22msXLFjQ5pY4KiDJsQI+z45/dCwa&#10;0bHIFN6ehdaHH36oOkblskMe4WuZUn9rUfRW0EKhseSxfFsvKJxVAPJRODEPHV9zzTXhZRgxYsSs&#10;WbMU2kV6gMuJz5maBcpLL72kePznf/7n0tQNYsgN67333lM4k8SkCg2M4LN+qF+FlyIC54rpPtSs&#10;ThFkX/7ylwW3wqEzTMEtj6qu1ExecMsED0Hp6AbVkPwxY6eYdUkqppb3DliylJOWr7zyyssVPOT5&#10;aAXPPmXUrl27Dh8+7PnIkSMzZsxQcadab4NGQN8yTWXkecKECY899tjWCm7Z+cxDjbRAeb8YKJ6v&#10;qsvDRWh9u1nBs4Owqyf/r4ErnLU8rwjtpOZAo5h0nGNY5XD+CvOFCxdEo15RrYsefJ3Y84CvRTLu&#10;1p7GIArBM7X0SI08N3sD0ykUHn/8cUW9wjnsHORPHfl84YUXivQAlxOfMzULtcWLFz/zzDMCsTR1&#10;gxgiiUnFn/pOXOZXNQNkndd8okuEK5oNDDUrOdUR8LWvfU294BMQPQr74he/qPqgvzNMAflSTkl5&#10;b4A8rlHz5rnr8BoMe/fdd3/X7a8QmF0+mKi8XwxqnTSunylL09IVLgr0OJk8yzoVvcOgD5566qlx&#10;48YpnPmB/xd9TNx///0u3QsXLvQ8e/bsKVOmcPLS3tC7efPmFHQ1shFQ3it0ttRwSnX14d8XROD0&#10;6dM3bNjgmGxSs43LA9j0733ve0oQcLAJwjfffNMRXnNxtls5Yjho8SmWeIk8DWmBKAQtskzEEssr&#10;pAs8a0fcTll+VkaIinBx4eYhdl67di3zyrABLhs+H2pOWADSkdXqvv71lIREzfVPOfCUIOsFYh99&#10;9FG+asCqEydOdMdXAgSyIg9Tp05VuWCokHhXmEiY1vM2QXmo2UNp6g3U7A5rjZ3CGlPIlPeLQV52&#10;KYVScXvuNR0Bx5KMbWZjH+zfv1+xLP8pVLl7+Fjg4bfeesuMntGBavrpbtg0BIVYvjp3Q4r/26C9&#10;3hpofQ1fIc9pnDdvnpLteAP5D5PKSzcQgPJSwWH8m9/8Jp78lCiuvBid7bWwT2SqIFCOOBH37NmT&#10;Py8XgdokMSzahWW2UoQY5bhyeYqARhxt14jZ99YcFXQpXFC2uK1bfNIT5YJQpEVtemuYwkDHhhpC&#10;ASRxeLtQ8sWQsA5+Q6JkgMuEz5OalXjPPfeceko5UIdLJ0gqKrFATvtLQlxSiKQMFNavv/76iRMn&#10;kpZ1lr788ssrVqzA2lqawd0J1CxSy8vFkCoYqrz0hTTrZT8LkzDl/WJUfvrLO++8Y2yyq3R0gEC9&#10;6tLUFzU1l/ePCSuq7xN/+tOfkJ1KymcvOH4OV4j/23D06NF8XY7BUW1Fp+3AaOp0p2z1v9a1MHbs&#10;2FsqlPfhAbOsWrVq48aN5dAYNsppMwT1ROfXUNV2tVDeL6Y/kXb27FknjYLAuW7TRaDDpnQPsbN2&#10;LJmDPI22VdWsgvZa9FaES4m4auYOk5yUMstzhkPU2jIlAgqOZA1d5sqvzeVWaltBeDS/aK4xevRo&#10;t58yeIDLhs/tCw0Bgdpch9etW6dM8Fo6uoGkEFQ79xcLRNU3vvENUSvgBKVgrYG1KXnkkUeUYCLP&#10;Tbz/zzQMR76Ctbw3wBLalC29iLsJU7///vsffPCBh9I0BEbixx/1/m8x4yjleRKstHZALzEMWFdM&#10;/XHw4EGXBhQwHJd2Qp4by9WeTZ3PTlVaAsTN1ShGuVej2pM/eaDnwoULqPm+++5TuHlNVxN4LVd7&#10;kQDuW05cr3VLV+jFR2+88Yabh1clqorVRPilE9XpUH6aGpSOCnVLHrC8mndOhblD8Jx/3NQJvbpw&#10;sTUiQStS9t52223bt2/nH88sVLFylKCyjxrjUp/f//73eY8H8lqcW7mXvLiqGz0g2XPnzqFy9wPI&#10;Nxi8ymMouzncs/Cj2dT0SI2kDLWiiKkjRoy44YYbfBZWriBh7SPJoqUvqMr+BsMcNQB8btQsAgTo&#10;/PnzX3rppcRc6WhAY4AI1AInT57s+t1CGxC9OtRneR+CGZHsypUrR44c+cADDyxdulTtI+hLdzeI&#10;afOivPLeAG1izkTDKTwtwRrljJug10R/ujyzgZ4+lCqjPvzww8oT/WiUcz7Wt7HLly9fsGBBp6OG&#10;A3OhudTypakvzIIl+9gmadViSloUxku80X+xfPLee++RaRpQeaiF8j4EpICXe62UPCVsc3wiqa70&#10;ERkEiuhtJW5S+S4ZgljKA9qdN29enrvCKHsUnaL69ttv37ZtG4UqZYHETmt3zxMPBEKUVop8xWEn&#10;NXsGl5LsRRrblq/WtijKiTkP6CTggTccAJastoie5kCxvXr1ahU9e+wIRlZBX3vttddff/2oUaN2&#10;794tIB0hxMqAi0EV2ETDn3nmmXxJTYnbapEY4FL43KjZpjp+UTO6tIsio3Q0kA0OyDv2pUTp6w1h&#10;rbxqU2i4SJIYiuW77rpLaGqM5gh0xQ9/+EN80WtSUY5Ve30X0UQmQmeKF1O3pYE7JtrqszRZ5xgj&#10;JnW7OiqgoT/9teHTUDNaQXa9ztROmIW8JfSRp+3MmTPTp0+///77HWMW20eYKmxFoCmTVyjvQ+BA&#10;xaPCsLx3wBDhgcLY2VUDaETNOaq7ytgaSsRM9rcp0PYasGrTpk1oXVQ0fzpHA9KsOVQ7teoSUV2p&#10;KXrybC7cKjwUvxG2NTVjemAzcpcU/G8WEUu/B2eMFnxNA89EG2SgRpKo2UmjlMmv040dO/bBBx+8&#10;5ZZbUC0IHnfKriUFPTbIGeOS4XJ27733OoRw+qlTp4rEAJfC50bNIm/t2rWouS3gmkg7eO7zyxJt&#10;IJbfHyrvFcTrs88+e/PNNy9atEid8p3vfEdoKiXQgV5hhNcEqM885DllhYcoaYO4p2H41EyPG6vE&#10;qDMnQKaShIXlvQNS7l/+5V/UKQ4n/N62tBqcI4dTBJWmvkDNLtp4QX6WpmFDwoeay/ulYAo+5+fy&#10;3g3WhUROnz6NnRcuXIgEc4J2BUkVWeXXv3kjr1Deh4BwbbchnV2QIfbaVtqaEGvpG4IW7TxMjwBj&#10;WKcM/Xxilzu7uoKYDcV0R44cUfbWRXGsTRyKZNPZ+mPHjoX0oR4OTNqyZcvevXtfeeUVs7tJvPrq&#10;q4YQsxYPx48fF8M8bwtQ7fbt21988UUyrBUtjkBsriXaIMot8Mknn2Tb7NmzH3roIfLr169ftmyZ&#10;E0LOqn9Rswo6v/vUyc6WcOLEicmTJy9evDg/KnBjsK2mq6cYoD8+tx8DijMnsKqhF/E1Ic6SOVXw&#10;FKS9vFSIcFdqRiUuVmPGjHF633PPPY5xWLNmDbViNEWHgVIiuQcCXeEg/3t9m+x0cVvEzpe8fQdS&#10;RTLIE+Z5NqSVZ//zP0gZ8zKjyA2htaQKZEx09uxZieduay1pL3INMJg9DCvvHYg2MJ204RB38D17&#10;9kiwHHu9NNcwVt5+rIVD6KY/NQNtZNTOU6dOXblyJW4qHQ2QsUDBMMwvyiMs3nq5hRKLshy1pM9e&#10;X5oRAwSKRrvyr4HW2Os4IW+W8lLBK2pWiu7fv19VW5cdJFmSwlao2G5RitTI5OSIWOBcd8n4doXX&#10;Xnvt0KFDzlpXPVvDewcPHhQzXmlzNK5evTrHQOohDkTo58+flxpeg6g1kdxE5dRmow3ZvXu3Stm9&#10;s/WVc4Ubb7xR1Y+vxQPDosEZgMrdTWOYgW+88QZqRvTmiowp6ocBuuJzq5pddu64445eX+21wRYm&#10;OgWrIBNbttyzTwHnU0vKScCq8tBDGVwhFcThw4fxsgvaxIkT1WUzZ85kAM1YWBwrHwS6T+mXZ9lC&#10;c1dqFoiAR8T38AsleSvBZEuYwiifQh93dPVDrVa4W7hEdYVkrfa6qwmqoI9LMxAcEvLW4ZSL6qxZ&#10;s3bs2HH06NEkbZHuBr08w5kcnmwsHX2RqtnA8t4DLcsq/Y8//rjd6cqSBOymQjJlZmntDd7gc9xR&#10;3ruBHpsoEqyLZ3r94BecMa4+CbbSMQTBICbtjuApTRejzV2e1QT8jxl/Xv03gKWj+oLYPjo+c/hZ&#10;L52s6jyN+Oruu+9W9qpSv/jFL+7cufPAgQOpr9mDrBXUgpy7RM6GDRvWrVun5dSpU4lbufPoo4/q&#10;ojaIWg8qBgbULby9YsWK6667Tr0cXq6+1bj2hhtuuO2225B+fMIedTpeJmB2ltfUfM0117ioEWOe&#10;SLPAWvkAnfh8qFncOK5Rs1q1NPUFedlFWAQLUFwJnutPkPkKUvT95ptvyjEkKCyae08JqpV7iVTR&#10;nH/NnO/mIumzHuLBEJmWb8PTWEOLnBe7BGgg2SnTFQyTFRcuXEihQQlerst8r4wJSFqXFQE6eOut&#10;t4gxRjr1mk5i8AP6KO8dMMrYX/ziF++8846ckSfKcPX4nDlzVNBTpkwxVxHtARaahRtzIHU1oxMc&#10;ZYiB5b0HohDWrl3rtFAwlo6LgbDyR1ciXFq7gQxP2iOLLU0diBLrwj4sVMk6SEpfA2Row3dO1nzd&#10;XDqGoBeti6im2dHMBvRna5qjhI2Lo3NRJdt2zFBllBbIMjVS0lnKMFi1Ydec3CIKCaLdffv2oXID&#10;WYL9kbV444Tnn38+fzGRkZbJJwpqfhZRgi12Rn+mDrxSJWg3b948evTomprBs0JnxIgRPl3CVNmC&#10;+bHHHtO+atUq0UsbIlYso2by119//aJFi/LnfOVplA/QFZ8DNdtmpaijXkQO/0bsjO2shZugSv7L&#10;HDGXX5ZCZwIFg6iIJZvgM9zsgKPFq7rM7U9jUBQNQUskv/KVr9DsOTI+BRyFlJsFEJzejGpDRtVj&#10;wQNLeECsU842GSKvrI6pcgxXilpLkDaqMDxrUVmazIE+NSDlUhHzmpGR9aRNsJxa80YACKMJl1Dl&#10;j0OryFWIAJT3akUskcyGlKZhwKSGWEVTVZvmJhR3dqcXNXMCfmRJee8LJIWV7FF5H4KpaQACvCHA&#10;EjNqzxgGevNgp6zaku1O/ZPhdNVgbX5lLUVr1HoWYw5CWyYys5WGA152HLq9mTQTxbCuqKewvy2j&#10;K3k7aJb7779fLJlI17Zt286dO7d9+3YTiRwUbHbXI1OIMeX5sWPHHBKE9Z45c2bjxo2ukvPnz7d2&#10;G+SQpiTnRD2LcHWshvFvvfXWJjWPHz8+f9TUs3Y3gEmTJo0aNcqz0ofTaBDeZn/66adbv0I4Z870&#10;6dMRtPTPT3EzRVnkAA1cUWqu91t8YwFxI8eGszFk8FH/G1CUC1Z5mC9zhVR+0CE6FdTqTY0JFznz&#10;3HPPzZ49G0VmbKfmNBJWg3//+9/34JV+ahVNSnhFkDSTFbnKlWENZLgzw5BAPsgK2jCgxJAMMgH1&#10;s1CkepaxEcOeDM6k0ePT7FKuK9FAJGUg8+qBpW8INFiO6ZJ+QboUVp3UHDcaVd6rWVRqzGNqaRoG&#10;UHPnFxrN2duAmmfMmNGVmg3hUvxojaWpNwijBpvVXEKgiwaRIBpxh00RG8CBzjbyYO3mYjYNyCtB&#10;SCZjPSBrcEhbIPIVToR92mUusqG8jT25EQgkFNG3TZ87d+6dd9558uRJavVmy4pxHciMdo0b2ZxX&#10;YN6mTZu2bNmCf4U95U899VTCFYTQnj177Ckxjbi1+ucyT9trGtj28ssvs3Pv3r2JQ34Qh6I68vzA&#10;A5asXa9Qf/LJJzFveBnUy3gWEV9zzTUPPfSQQ8JzUFMzqzB7PAm0TZgwQf2uJQLQZ+H/Z3Glq2Z7&#10;IKWd3uLSNQd1ijPRjHF8NqGl3jAPwles9NlCXUCbUDO8brHxgkCjYoEGDxJekD388MOucvIwkpWO&#10;vyFjwbN4SuHMJMYLaEqSn7pEnsz0kIGgXW+WwB5zIVNDwHrRsRpK9loREE5o5hOkn/IKJAZtdbsM&#10;J09JinQtma5GxNgj/y25tDaAa6xd7jEDF5TWIUhX5Q+e0lXtQMt+d1LG81u9QFPo0hhq9pr2/shh&#10;Y2B5vxRSNVsLAzBaE+iGw48fP45zvVpR51pqcBQxrMraTqdZoK5sbst3FUgiOM7nZ45CyhbrUyNV&#10;/ECPPdKLJW2l+t0pqxe78a1t4nwW1gd2Po3iBCQlHgx0fL722muKRzz1+OOPi0PzRrIrWpZVQWLJ&#10;YbrSUaHu9Yn7RBeBvPpkkh20Cr7ymvaMcq4ISPviGRKuwowG5mFkq+AfwzOK8yUOIh45cuTY6n9C&#10;ueGGGyZOnHjHHXcYsnLlylB2k5qdUgyu7SQmzDZv3iweXDLYRia9AzRxhai52vcWZJHwnTp16po1&#10;a0S/CBYZdktk+xSgPoNwE4gn8SE3cCINRWM36BW44r68D8HeywR1FvYREFSpI1avXj1t2jTBJz+b&#10;wdr2kGfD2QkCV36KJzSn3UDBTaHG2lTCCW7LkQ+iWUtgLmirHzNRPZ36y50UK4UN02466YEFLDDW&#10;BhEACuMumSmpjE17S+OQDPP4mVU4ou6C9HKO+2mmzqY4zPicQkNCXhE2FzdauOem6ypl3RFqtvb+&#10;YgEZ1KyilN5LlixZ1MDixYt9LliwwL3Yw8KFC9euXfvWW29ZWnYkKIoqVfxvu60Cy9u4up28lfKV&#10;IGwOQWokW8dm9cWRsPGJZXhAL0nLR9mWY9PdyTzbZa82SDh57nougrE4nSrG5Dh3iL7wwgtTpkxx&#10;gVNIcjsLiUEZ0wGzC8Ka94MModmm6GVVKusgB4wuS673K6NMJ6iEXFpYbrGssnZG5shpHl32cf36&#10;9ciX/7dt2zZ69Og5c+a8/vrrktqKbrzxRqwNBFToFmtG1MwnxjJAIOXffE2u/hfQRx991NTZuBgw&#10;QI0rTc0Cy4E5adKkEydOeMXU0tXGi2nBVBFXq3z2mRJDSOEIIUtAhBlSNHagUt/Kw05qBiEoeQRc&#10;6lmM4/B3Qpw+fdosokpLaoo6UPIZaDQKDK/jO58CTiY4SASoUA77o0jCWUtbMlhsGzW3wcLfeOMN&#10;Gsp7BZMynpG0pYUq8IpfZJFVhE+90m9FtWSgRWLIOlM3kyF6gOW33HKLGy5tEobxTEUf7MHR2Kpe&#10;CA3WmDq0buyPUHMyvDT1BhmE66bMHrcrl+gmHOqO1QceeMCDPMfgqjaXdCSLRzI8esAzalAas5+L&#10;+DCVr3bEgdMNyRHYhF4bDVbnGlHTJUnDKbF2wxGZHeFwkqlSzYXKhURR1A0GimTndAJJ1B0+fNiR&#10;41zEdydPnsx0RboDUsaMzXsMUIWsqRUDVkqnxdZ8at9ZZQvyWsZUy8x5X0ejFgthAIUaJZ3Yrg9m&#10;QNO33367E3HXrl0OPJ8HDhxIJJw9e/a6665ro2btDBOQDNu+fbtbAl7W63P+/PmHDh0yFxmaY8AA&#10;Na40NUv4J554wq7U4atRuDvqRUMtmQd7JhADYYdc0tUV1bgWNQuC0tSArmRCdDrkXccc++JGYAlQ&#10;+eZsdxIIRPmWZAsyynDJEOgVUjkzGC/NxK677dGjR8VrPSSIYbUZMsRAfkhLJwhQYmB5r2AgU3kp&#10;lYi0kXsYkypm51zRDgZaoFQsI4dggciXkphUWof8ZgmPPfbYbbfdhqpqmwOLNQWY1NqtDnFzlPu7&#10;2XkvjaYuGhswnDE0mJ1/2Om19PWA2Wk7deqUnH/11VdldeXy1hR54AHey13YcY528bjCE7U58nfs&#10;2IE+QgrRhsjwnTOJY3kpdCMAONksHhiZqZuolt5q5xDTmT2nvoUI3fQCnTRbYD0k9zYGVGq6wKHr&#10;lAr/Mg8oZ6QqwW3AQiyHbV39GQg2ZtSlLg22j05T84+BNOu1ZbKGJSw/f/6816bzGSCExIngp6G0&#10;Dq0CNHKvXrtc07op1B8aHQAyheVA0qQKf5wbanas2j5Tm4UADaLrpptu8rl3717bdMcdd6g/LhkM&#10;/5dxpb9rRmQrVqzAzk1ukuQoI8+JgDwkOGywT7EoPrRAJNuQUSJGjKalKwwXELL31ltvdc6X1gom&#10;an0jUH3NgvWg+sq39TtGslHy1C3AZnOJOVmUVzl/5MgRaV/bH+S5mqH1gB3CsGmpUctIPObVrwGz&#10;Rblk4ArmmVG+MZU22UiAfA15Iu7LyxAMZ2EtWWltgWaJLXXHjRuHmhWJpaOh02Y5hKwUDUlmvMwG&#10;W2YgGsJuWhSMHEuYwoyKP9nMbypxz5iCM0M6BDILRN4DDcl59lta9rrurSHb1Xq1HrtjCNtmzpyp&#10;prvrrrvczFjFz0gTm6BvBTIBA3GWWKL/3LlzlPSvcMGGMonZIeWwSUwCnrE6W5BXXawyNXtMVFN2&#10;FpJnTsOJTTYPvHLmQw895LI/a9YsZ0985fCLcI14iUvD715xpdcoCTwLJEHCCaL0i1/8YuxMr61h&#10;AyfYbjK1J9tAs43mAaoyELSTN8pBGzHQouRPvQyLFi2yFimzfv16hu3fv9/NxiVVmLGBPYnkonGA&#10;brii1GwLT5w4MW3atLaqEK/Jw/LSgDJN9IghmQ/iiYZkfpG4GNrlYdeqOchwwH1o6PXXXy8dF0MC&#10;SzkQkT6FoOiU2HkNPNMmzjyAYwMoZG0v80CsK14YyYbS1ICB+M7RImHaBHTJTzEtoCUbjqsFdIHX&#10;PIA8wd2hNj40Xa4FqLlINCzU9fjjj8sct9G239AootV/uqx4lKW4yXkmLWsywg5Zvl6pyHUG6iXD&#10;FQw2hLsi75N+Q6I/iB6m0mMIP3MCMQO1F6GLwY3W0uYisBZbsGzZMrWn0gxHv/LKK0jZ2jmEzpjB&#10;P9xiOpZ0KmmDhRsrBjK2tFbwSoleW5Ml+ARq8a84tFPWwicaOYSLHGAaPcRRbWCYA0zMozl7oXzm&#10;wE2bNmlpsrOJeMCicHee0V8bNQcUaucBs2exYCGySRzaNfaw0yeByvaWhjwAYQcDTrfMKATtjDG7&#10;qKhbKHGi3HLLLSy/9tpr582bd+zYseXLl6uUfS5duvS+++6TRCKBcEYN0B9XlJrFkPPT4SkD02Kf&#10;ZCAykippacJGqndEuehX4DhpRaqwpkfMtUEjCFYyZXwHEm1Cc926dRJYeHUNFI2RBA/UikI2eC4S&#10;FdKbZw+STQpRnpauoIp5VlTeG6ANtamVZAI9UrRaUAtZneTRqyLjE8vMKO1YQ2LQGXsCjECJdtNJ&#10;Qg63WMxVyxjrk7XIS0bJ/5deeunll182SzTXkIemMKMFkpdg2MoJESVAJxCj3zHgAR00WakJAniB&#10;Ns8ZbnXEmGppzqTwu9NaYFAbmSYMtGpOIFaahkCehZbw2muviTR0MGbMmDVr1pBkjBAKl5GkpGX0&#10;0HM1ujuMypc2GVILewDtnIPa8hrotShUyBKxbb1KSGIW6EQRwIqMTN0Jw+ncuHGjS4zaf8GCBSNH&#10;jnzsscdEYDT7rAxv/fyZWnGyc+fObdu2dR7ngenEAA8kipjKHpawh3yczy1UgSNf0mlvLaMCY2wr&#10;JSSLxsoG81Jbz8gAZ+Hp06cdA+4u119//ejRo0eMGOG892AJ6mh6ojNDBuiPK/pdM4K4//779+zZ&#10;Y/tLR/V/UAlfx3KK4tJaDQk1237xoQYUnRJbbCmsAFdKYA/iTBVM0gNVkjzDoydoTT8U2Y6BsWPH&#10;5u/kprcrqhEtAbObxf20bgmazyB2USdKiljiu/QNwRolgKQq7xWIGRte5iLUFp6SQtYFZkd27qSQ&#10;aoWMUTKNzNvVX0h45513EAGPgQV61s63nfxYZq3+rp66TJkD/MZgKH1DIE8DV6eGZWfqRLlaKbsI&#10;IWUG6zVppzYgJkVZy6u04S8rYr/ly3bGEyAWas5zG1ozVT+f4KU8l47GjngwO2e6DTz66KNe2eOI&#10;cqG2nNaYIUQ+KE0VStNf/4ryGJmWZnsl1XqlkP1pqXoKIiBibauprZdzbAqzxRLzIgBlwBB07d69&#10;GzUrYrCb0wXrHT582H5ZNYU1zp07t2LFilGjRimxH3zwQVzJpW06RYvUyJYJJIzM4Y5/QRKxyNs7&#10;CslYCxkFNQGWgI0QHknPQKMlkDQkLSKNck42liVfGPpn3BMmTMDaCJqdnaf+AH1wJag5m+dBwWWr&#10;xFPaAxvmpol07LQoFwc2OF2CQ2LkuYbgC/v4RBMefIokwScVTSE4iGXGGrUNYIhwf/755/N6SYha&#10;pZNwbNPZBgIiVdWQTO4qjJUkhiWU9woY1kD1lASQwPTwiVexjq0szYP09pk7aUbRT5tUJ2OU5FfM&#10;orz8Oqr248ePM6brN0WBMvnmm2+W9oZYY2m9GPYC+584cSKVl0lZi2IwabXEFopoZRIZrKqE99zV&#10;Y1ok+evVnySWz/aXtjByU9huqlWbLTXSaNOdAV0FavDzXXfdFWoGtqEk82YhUOSGkMagNFVVc03N&#10;XcH/XOShq0yOH04TdbnRc46Fs7+ap7uX8Onq1avVnk7NgwcPuuHdeuutU4Zwe4U77rhDo4LUtQBx&#10;28cnn3zSdkdnUVQZwJNCgpH41Nq92qNM2rKgesiQWKu8IKA4yGFpvxwnSU/QyDwbJCbbCmHKWaJM&#10;dg+75557FECskmhsvnDhAidEbIDh4MpRs9BUqC5evBiJ1HsJnjGLNLProkcEYFix61OcNb/6DMg3&#10;Iw9a2qvfkRJSddZB6a5QmqpGagXNC8P+j4Frai7vPSDyRO3JkyetBZ9mrjagIYVJWzYKfUlrpVyU&#10;9gjIE5+eGYCXOacepevXv/41qyiMsE+NliaLUvIYgvjCkhnVBl3Tpk3btGlTnFZaG9BoagfGmTNn&#10;UHOODcIOv17UDLI6P3FqdjVBg7VQ65NaNmelTXmZ36tqDlAbj7WNagO1NTXHS64sTgUzei1CDVTK&#10;CkpTVTXX+9IVesVqnx9qRaH1CtE8M0CscmMvL2nk4S1btoglq3CcqD03btwogzBd4BnU1/xpx19+&#10;+eUlS5bkW+l6dfRwI/PoybVPF4MFCQNyOupliVfPWjynncFCiMckrG2ypz6lZ/YOg0tYwqZmYabT&#10;yDA18uOPP+68nzlzZqp+h4e1R2aAYeIKUbNPJ61z/tlnn7WRbYlh2+xxGgWrEhLjaMmlvhm7ea5b&#10;PASeRSRSEBzp6opI7ty5c9asWSIyjf1hCOqUn9U8LdTteQhkpmvj6dOn8QXhfDUhatNLWP6gwuQD&#10;4US2Rqv2KlVSbEpI/lGq1N+fSGOgGX1LM6P0hnYN4SgLjyRkukC7ueg0RVsXaDGp4uvpp5+uU6sN&#10;ZAy3ImeA7YseNpvUzboIDUFXgAXcgVIV1l15gDxbvgWSYaFFZeubYoigFzVrBH5AE3mtG6v+v8G6&#10;mlWzFp50t6DcAwOgDpjI1KgbyTepuesDh0Dd0kQabVlbCNl0Ee6cZoOYr2T/Bsc8QszXBWkhZr/a&#10;JPktm+JTAfvQQw9hQ26pJinz2j7nnLhqHgNml1yiiA0gAdlPg08mefAZ8yB7kYkCGnwykkkuaujb&#10;dog3z3PmzFEvO0jyJx7R9AMPPJDiOlMPMExcue+aXbHdzhSVVTj97VQX907jmsVAI9hsISUia+Gu&#10;iLAHySZEepUhNfTOnTt30aJF5b0vCJsdKwnByuq/cZyHIM/qShSwefNmBC0QFTgoT4HGfr2CWMK4&#10;64W7kSxK2rdvn9xjsCHnzp3T6EF9YeH5dyvRfPToUSyPIDTynlGSfMOGDVJL4umVPJVF7aDZScD4&#10;GNkGubpq1aobb7yRzdZVWi+GgfKTYaaQeGkMNRue1ybIA8PyWxxxV40iNAS8afl8lS0LSt9f/4o1&#10;elEztfzpWOJbrxnY3JoaTWpOiwdxYgs40/GZKxozWOuwqY+Tpjxvo++6pRO6OISjeslQayPM2+Zn&#10;r04+QWu43uYBiToFAM+U92qWzq9WPIOBjLeip5566qabblJ5EItDfvWrXzkp26p+z3rNKAjbumpo&#10;5GRqyfCSc8JrdGo0lvPffffd/H39tWvXbt26VWyreFAzS4SrRkfFihUrlPNGQVE9wPBwhagZVq5c&#10;iRBd+ds2SXLafhtf3ocCTvILiLymvQ+Esuj3mbGltRv0flxqVjXke88gXaaTPPJKbkts+YDj5Ccb&#10;xC7qfPXVVzUSoEHdvXfvXtSci551GSVqd+3a5fjZsWOHaylGo3P+/PkvvviiJEzOgKAnL73xIwZ/&#10;7LHH6FmwYMGhQ4fIKE/ipU5IbNdSyV/eL8bx48fzd2ocISwsrRfD7FbEVHTsOY0OUbTYSc2VsS0o&#10;waxF3jpxrajJLzXM6ARCSbQl4YPSPfRdc3lpgAx59jjGUJJXTkDi4qc5POikZrAX2AovO25tloDk&#10;JRCEVqqRP5F1hHEQorGQTuU1dBETDE7K0tSAXmr5JE5u08NsHhAwZLLLGsnQJqg8NOW51GKbm6XX&#10;q+FO2SnVP7pRpbqbatFLObX2gh/i5IzKs33hf5LN1KvRmriS4QpK2MPJ3KU4MJfwFpauXELI6e48&#10;GD16dH5zWeHsYACONRZygg7wcXHlqBnpLFmyRGLkNXufgiKUmnbwLHpEzBuNfzdR+jqgS3ArydGW&#10;Uktxl8gLCDRfwStqXrx4cZ59RknQfAYCwlqRxU6pohYIFJJOFGGnUVkqq5UPM2bMELX5szvOofvu&#10;u++JJ57ITwUllZhG008++aTiQoJRqBfJotrwuPTGOA8++KCboCHFgr/8ZcuWLZLWA4fwlZTgFqUK&#10;QvewadMmadNyRAe4QlIxMnpK6xD2798/duxY/G54Z2/ATjZzb1NAo7MqXx1WitvH8hj7eYbfXCYQ&#10;VpuMVzueko2HS2sDBBBKny80UAYK4BAa+ASPW2anKl5FFlQ19fD8+fPnhQol2o2iJ2AVs8Gq7bJ6&#10;GVNbKTiijCXfVFXDWPRtByMAGvNgFVZas3a6akTGcAIOPGH8jW98w7Fn4+pMqVFXzeA1n7xt+fgx&#10;vxEBiFLU0UnYIURbqLnS0YKBCWwrzUSVynbD8ikmBZIAfumllwR5fvBoOli6dClPqj8cCa6JEtAS&#10;yEfDAJ8SV+i7Zvkwb948NWN9LwbxIaNQg8Y6MjxozyvqSUvV0x0iTFg7ogWoHBBD4hIpyBOhmaCk&#10;ARKOClVHPTjzxRZJdSVI1AhH3qu0l5OyxfXcp2TWYi6fNEcsaoXjnj17hKniSzUn4l3lMK9XGW64&#10;wk35ln+rpmo2xFwCncHW6KhQmrUm/p//MRD5ol2arc6nVy6Kbcqc559/ns0qbll36tSpadOm9aJm&#10;S0Bbvapm1DxhwgQGUFuaOpDrcCyp4VUdZCDKzmvam6CTT/CadA0112Ie9OKLXmYH9U2lvA8hwwHl&#10;YTELpEr8pAQuQkNwEKJmsdfUY6xtZZjYK01DiGZgs+PQEUszjrPjaNqKOu0J7A6D83U8eMV3gsTA&#10;fNdhL4poN1ALWNJyRLKKXuSUviFwl2sTnXE+2xISzBNCkydPPnHihMAT/wcPHnT8a3Qu+uRGYm2W&#10;yw5lwSuvvCJrmMqZleF/i4S8glU72+bMmaMuzt//BOysOLBevfLi/vvv/+IXv+iZSWX8AJ8aV6hq&#10;xjUuXHUyCBS7LmeUJ9JAi9d0BQTEKA6y2W1R5VU41vKiHxuKDNGsK6D5m9/8JlrUKF7Rk4A2ijZl&#10;pgMfAyps8dqYMWPQ9M0336x+pAQFk2eSqYW1fJBU9VxFeze+UFOIYDkvpWk4cOCA9FC1mZcNagoE&#10;jea0aNdIp3KYvMSQQo6TaH744YflzL59+yhJy/bt26UQaiAML7zwgmR79tlnpaKxmFpKFzsuBlrR&#10;hbksHGSOz3otqk7LZ5X2tLTB1P9e/RfgMaO0Vu3mtahed2EgY/sQjezNuQt1F4pBLnntCjKcaYq2&#10;VNduRjsCYol+25RvqwkjwTZ71qxZg5pzNqSFpF3gcJSURlPUo7QAh/AwC3E9d2nxKYQ4U1ftwCY0&#10;WhSIRjTHM+pH4YcolbrGdh3VhFnMaC0JeCgdQ1CV231HOIWCwb6YjhNE6bhx41QGZIxyRNlxD/RQ&#10;KDVIiiVbadcSALqOHDkSknVjY6RI4BbOYX8gg0SIjHj55ZeVFBMnTpw0aVJ+W3n69OnKBYuqzGzZ&#10;WX/mYYDPBFeoasYgDvZmnSJERLCColky19AiVsSWcBQozeSRMJJQqEk58CwtvaZoIgC1sBmxv6TC&#10;mOYSzatXr8bFx44dU4CIciUGGl28ePEdd9zBQoXkY489xloMbmC0BbXOPNRIr5PAcihkqrCWSD7l&#10;vwi2BMwLnuW2roT1l7/85RwYlsmw6Nm9ezdrDcmXGPTzAyOdHIpE8nSyPJcDD7n4x5I2yDRHi2ou&#10;tIXIeIBD4jdYsmTJggUL6CwDLga3y3PT0RNLanjlbXZS0tZVQ7tNIWNqW1xaq9/NULHq7TUQdCEU&#10;azQQYi17wpgWYkV2x+ro508TGYLXvDbVNqkZTI1rXFzGjh27d+9eTrZl3JuLDnjVyKUcVX+N41Os&#10;8pIdsU22Ne1NaGGec4LHiNWHCjbMj1LyXUeEe8EU7KenK49bpr1gKj1gUYwkjyitkbvIaE/KZPZI&#10;MpgYp+liGEusQs2LZFHtrFmz3OeUw/fdd59qXeQH27Ztw/iSgrtuu+02YiA7vB49ejSaoTJtgMuC&#10;K0HNMuqpp55CBMKiNFVRK7V68QLIN9kiqoS78EojmhCg6gJBpguc7fT3DxSxjkpoU8soE1TKCxcu&#10;LH1VBMtzRKAAUQ7Mnz9fEaGOxrNFYngwCyWots0SrxoRK5bsmnUBMWmpLLLG0tQNxCJJIa7xXDo6&#10;QA+a4D2MY+2clrOQ07QDXrbY5hZEOXA4TpHkKc06K2vKcS6FfVYExNhJks60oJiaX9LSCV34EZjN&#10;fkNYy+wcFQzTziSGqUxpsygeZglytJxaM2q+++67+cqzz/PnzysAcdmMGTO0uzmBq7pXl5VAy5NP&#10;PpljvgnKaY5DEo1t9ueYFJY5CUprBScxy1lY3nsjq+sqKUTBwpvKPc+dO7cOZq+M5K4suQnucoOx&#10;Xyx8/fXX89UEag48O674xANGpnPevHkrVqxwiZRfrno8o3xRIrjS8XZROsDlxJWgZhx35513Cohm&#10;hmMKx3hnzoMIC8SoYJLbtZjAlaWKAgkgf6QKvpMqMod8ZLoiAgIXTUjF5m9oVFO1QK1rOKuUqOPH&#10;j5f2RWJ4SIXetCRqQaPzQ376TFdXKG1Sd5f3HqDQXHIM8UV/6bgYeq1FQtYCHpyI/MYM6KyaK2Wt&#10;ioyXnKPMxjh2KlRYhIZAAF0SKO8doMr22S9nMJ1ptEBUledeMDAbDZjXKmKzT3ttmwiwzQKd3yS1&#10;p5FbzFW0DFXN4Skrsun33nuv4xO2bNmybt06FcPai2EI+m4qCTKjrREhuEng1Q5JFy+5BqXWhnSB&#10;Z5bj3K6h3galA8lcAkrTEGwBb7fFBrEmNQfcxTwmlfcKJLX45A161q9fv3Llylur/9Mv1JwHQMEf&#10;fPCBUIwSQ2yxA+nUqVN7KgihonSAy4nPkprtIpSXIWg5e/asQlXM1QKJDyGb115wmUVnLuwZKFCU&#10;RZIzz4CepJyHMqA3DClPf/2raO76y3OR8fnWW2+pmp9++ule3xW0wRCQVzIzhpWOBgjIanTfvDo0&#10;QUC9Ix/K+xAq3cV4D5SjIccVbZmr7q1RjWj9JJN/iDUFms/Lly+fOHGiWjJKAH3gnfjcLBHLrRzF&#10;1y1AGE3EjNJ0salgCAPstSV7QC4p/S559gAZ8yIFU+D3ptogLT5Dymk0Vypro0z3xBNPuK07FSzQ&#10;vC5D27dv5xbLdCAJP8sED4FnDIuw9u7dG4VNZBbTEeMl5BWHCEjTYXNjKa8laxBjDPm81r0emtvn&#10;QZ0hACgPOwOB9HKIqryNFvWq+lGzB8gQTrNf0BzeBFUWy9oTJ048//zzNFxX/Ql8vOzzkUceydmZ&#10;4XEvIGUFtd76lB3gsuIyUrNnWysOTp48qQj9ZvVvt0Cj6kY0N5OqK2Ta6dOn1VnkCYt+WZrEjnIF&#10;ggiL8HBglLQUi1ipNHWAjCpMVs+aNUt8l9beYAYYpb6TFR6g9DWgEYs5Wpw3peliEAihtA1vqRtq&#10;8ZDpOBNBeOjlQ42Mcf7hR2JdZf7hH/7BHdYJJOGjGX3g0BwwRagCxuF8u9DWnsYoj4Y8s8q+0Baq&#10;0o5rlMBW97Fqrmy6JZT3S0Fs2DInHOpRENxxxx033HCDm8GBAwc2btw4atSoffv2FdEewDsI6Lnn&#10;nivvHbBAVlmXiSzQXBgzX+hn+UGRHoKuL1b/UbexIpCdUD+nnQagmYtotr+VppJE/OAQbXpP18sv&#10;vzx27Fh1z/333z9v3rz58+cfP36cTkhpb2yR7oDkUh1v3rzZ8VxXzU6yCxcuOLf0NoNZ3Lr4jhgx&#10;4rHHHtMVDQNcVlxeagZVzOzZs5Uhgs+rWEmVYYMjUKS7wRBEJky/8pWvyGqq6l/YokcQK4VQQ4SH&#10;iW3btt1yyy19woty8z7zzDPMHg41BxQq1ljLsK6L0oiacz557pTR4gbw+uuvh84CjRSyBzxIOWmD&#10;5lTf+c6hK9FnSL5YjD1Q+oYQze7gU6ZMyT+NkcyGRL4INYBqeYMBea1UthzlQGqWUYY72OQ8hW0L&#10;UYvZSglPprT2AGEyYEabnufS1xdmNEVuHuhMoYewpk+fftNNN+FlNI2aKY9wV4San332WTN2ldQI&#10;tpvrTJTLhBIB0hUU6QZQs42znLffftu1jN+s7tSpU8idTzjnzTffzBXH1LY1B4xkMYX4f+ONNyzN&#10;ooq66jbjSFixYoU1ombhiqNzLaBEXtgC0cK8MuBi0IzulU0PPvjgjTfeGGqeWv2nnY40HnO5NJ1Z&#10;pB7bHnjggVWrVnW9wQxwOXB5v9AQFs5b5afj3ateLSJSdGINOWzjRSF05h7hpAcIXGSUAq1Ggm+Y&#10;SRsYpUiUe80QbwOZH/zgB+L1Y32hgXNzSLQs64hdLUjNkmnOa9qbSOM777xDLD4B/rF2o/AmLvYp&#10;tyWkYwCSrpGUkHEFPR7AKL1eo7kNaZdpDz30kKJJTlpCGqEINaCRYfYumV83fq36//xN59mnPVUd&#10;d/3K1SduoiFKmu1NUMLtWM96FaS0dcr0Ai5zFWhN3ADSdB4HTr7+RR9qvvnmm9etW4ePUj2UjiFE&#10;p2Xyf6LIqxVxjtf0Qi2cB+vFwiqSZpAwDDnynjA23OGX9sCeWrtZXH1SLDsMzJvhFGpPXezVp1cc&#10;vWXLFkvwKtHMZbgw6Ix20YjxeZhmw2fMmBFqvv7661G8hL3uuuscac4Mp8jSpUtdQTpXN8BlxeX9&#10;MaBI2rFjB5pDKHZUxIgbZI0FhIVgEnyiExSA8tkh7zBPJCXmRJhPYURYsEYtaEwdTaw0NaAXyksD&#10;pli9erWrmYkiA6VvCFpQ3sf6MaAhsivf0HUFAQvHYp1JUqNlSpWuKhQOsV46lU4e+Ep7sreuW6nS&#10;pZ7Cv+QJMMC60BO3A2FpH+GuMJ3MVFoqJxG0IaWjG2JedCaf06jFQcsYQKmMZEOGdIWNZjAldtPw&#10;7HLpqxQabuGWLDZcrtGZXetV+rXBSWNsU2ENjVznVAs5dgWZUPPatWsZyaWs5ZYYmU9AWGapvy7Q&#10;QsYWNIMK9GYId9nHdzv+9y8PBDjNCYR228IbEuF1i/3NrYtCzuGZ5oyCATUjWXOlhZgzw7yWXIdN&#10;oDy3QAvJ68yZM0PNrlCOEKW3OlqakHF9dHIrpWvhAa4MLi81i4nly5fbV9mVSHWGi0L8K3Q0Cn2V&#10;lECRq+JAxIswQW+gnMfIBESVZ0HWFl656HWNmIRmeWlATXrXXXft2rXLLOLeLBKjLe0NlMBqhyNH&#10;jgwzHA2RQv2p2ZJZ259iZFoYFrjFs6rHQF2t9Vy8IpbLT5LxIW+k/pKZaCIPiLJIdwMuUEVKSynt&#10;HGpzbxsyux20FzaRZ9KifONVxgAD7GmbnW3Qywk4lJ5aSQ022H17TSZc79lyLLC/2uCDDz7AreXl&#10;YhhOyRe/+MU+1Az2aPLkyeiJHu61rdhQqMQAHhOrjg2nLOIrYyq32CywLsKWZpY8g3DCjwaSbK7C&#10;qOhU6UN9kwh0UWIfy3t1GDu2tdv08+fPOxFrajZWeevqg16PHTuWqdljamHAYKoMjx5OFv9NP4Sa&#10;R44c+eijjzon1q9f7/mmm25SV504cUIKHz58uM28AS43Li81i4+amhNDyELEJCiLUBWFNl6sy1WS&#10;slHoSEhk7VN6YCjFoFFlQIWQndpBcEdhE/UUec2Q48ePjxs3TrzKeYlHv4l8QrMIYsmmTZvmz5+v&#10;0Wun8miroWU41Czo6/ToCibxWDVDa4qUNmHMtDRhOs6pFTKSDzkQ3MSNRQcIJb2doBAv33333ffc&#10;cw9Gu2Ti1QaQlNU8kyqPAdb13nvv2dYcwBHrD4uyUpTB1YZkFDp2wNj9fJOQGU1nFfhRby1ZGxPU&#10;wq479XMn1Lb4C1XR2SaTV2F27733OqjwsukskDM9s9P+2h3RAnwbszMWDLd2fmAnMXxq4yLvE59a&#10;VFM+0GKgWewjl7YJ6NJo3vqVgGiPWhN96Utfsgtxi+zYvHkzPp07d66TkgEOD9vKdRZriuQUcIIc&#10;NNDG1TOqta+77rqFCxc6IbhI+TKigswVt9abMyDCA1wZXEZqFhAnT55ctGiR0AyDCAuhJtwj0Asi&#10;pobEkPPSSeiLwiIxFKliGs+KJ5W4WBSgAhFIEggSuxkVajaq0t0CYySAKkPFJ7Ukp7mEo3vc6NGj&#10;ly1bdu7cOWrNLhuLxgpRGEgAqdhnXWwgYBYzlqYOSACZQ0mtHPlqsZy8tkGvDOzK9TTIJedW1+n0&#10;GqV+VB7iZd7rY1UnDLcpluN488w8JIuauahIDA8ZqMBExOwRG/wfsi4SFZC4AMgXpqYLWjvXsDmN&#10;HlBzXqvmi6DREJur3uSc5nDQy578uoK1lNaq3d4BLsN09ohYp37a8B0j9bYsuxgmtVmdo7SALmMl&#10;C8mmjEkpFKt5jTAvKZaTCyIWO6dkETZnzpy5/fbbn332WQ6MP2WE2I5O+h17VoHcafAaU9P74osv&#10;7ty501wsQcf5qSCyfuqppyIwwJXHZaRmKbd9+3Y1iBhKi8jGJq0QG/Z+iyHpmuqgNA0BIdImEEWq&#10;QPQq7C5cuIBrxLSQxR0SuzlXTc11Y2VL6znRLGmlCoJm+Zw5c8T6hAkTpk+fPm3atC1bthjIksR0&#10;hgcaxXSnhTUop7M/eeWLgqbBoeZQUlpqMACvKYX0lqYGyNNmbHm/GDymXr7zzjvxsoOtq4Y+MLUh&#10;+arBhloXtyPrTiMvCZbwW37VgSX83+SLgNNQjGNGtWhS24qG2vwPhjhQsWee09iERrEkNkRj25J1&#10;AcLiE8Td5nDPdtZi7U6bbTUsRGywv7NXi3IELXZ20WY5IcS2SXUZ4vjMl8sBAd74sPq/XbxajnD1&#10;aiwHPvnkk2L10KFDCSE265UgqRi00AmyUuSorG2cWoFLmf3aa6851ah64oknHE4zZ86cPXu2C8QL&#10;L7zQtGqAK4nLSM1S5bnnnluwYAFuzQaLNqGWEIlMfxglVxVNgslzlASeVQQij6p0efiP6v+wEHxm&#10;NJHgQ08ySuCm0Hj11VdvvfVWSU6+KKpU1Q+BoMc10kYEr1q1avXq1cuXL7/55ptF7fz58w8ePCiU&#10;5bAcABbK22RX9HSCGH6RBmwIWJvPCMgfBGelJIsR1Q8/5S39eY1kQD7VfVt7QK1Mi6rSNATanF4O&#10;m1mzZnFRGyMME/RzMmvZzMN8peXj6mEelrQK1GC/+Dwamno8K8/tIO4TA6YDPslp7WCIMwM38SgJ&#10;iooh6EKRp0+fdmh1Wity3JMWL15MbT08D8DPSmlTeNbuIRvnE7zm64sEQGRAuzVqTNUcV2dIBFgi&#10;KsSw5XgmYIhPAuxxVglmcUWJFmN18YNViMxaFfoWDEePHhXY27ZtM1Hs1KVdCtgdc2kJPGvRzp/2&#10;zoMwMJFye/z48flNSk4wBdjlDBngyuNyUbMdFZEPPPDAnj175F6iOdSsy3OR6wuSYhEFCLjSNAQa&#10;Elt16HgQTMqitGQWEW84Mfksu1auXOm+JqXrUV2hN0jtKTekyiuvvKKIuO+++9QmMHr06K1btyql&#10;d+/ejcHV7OTL+A5IKknowi6vQD6gGP6RlpTLfA/SwzLjGarkFeZy/HBdlDQhZ2ggU94rGGV4PmWs&#10;Byh9Q+DPU6dOOWOef/75zt7hgHLzokv+t654OOdHkeiLyqgWDEEBFu7Eyqo7QUzMYD3Emlewy2YE&#10;Y22rz3j17NmzNTVneA0tNujNN9+0dl4l1pyRh5Xbd911l/01XXwY5Jkz9+7dW7/aqRCxHWQAD+BE&#10;YzFsaDGSKn2xce7cuXfffddKcwjZegYQsO/OSJezF1988eWXXybMpYRZiOiB2n379r300kuOE+HH&#10;Tg9W4ZJBLAyu0RksSBCrPWWDEiQGgL0WJKnlg2q5LW+Yiz200Ww3abjxxhtlK5O0RPMAny8uFzXb&#10;XdvsEBaXQsGrqBUQmM5zHSX9QQxbSQNxXJqG4OTXLqtrVWRkaZN2PQSmFrISzI0Vw16SRzIKZJQk&#10;qdNArLMfw8KyZctmzJhx22233XDDDRs3bkzy9AJVcv5L1V84U2Kjckwt95jEJ84M0BUWJmw6SzN1&#10;yhaInhraVVWSqq3Lq0Zje1GzFn5TMiuOOnuHA7zGLazNpjDVvThlbwT6ozKqBYtFDarCsEnpvhja&#10;+dxKnV6lqaFBl/AAvg3sC3ugiA6BqQiR2ThIcYBP7VcdVJQjtXHjxmHnBx98UAhh//ow4E9XpU2b&#10;Nmn0ylrCjz32GONPnjzp/oTW3avwNVa1uWYnZnWuaDt27ECjxDCvol4uqFSEAQH2WJc7pS4mscfR&#10;8vTTT6t/X6/+3zKqVqxYYUVOHVNr2bx5Mx4Pm9cU7PbGALO43jE++RUPWIJKJT4hWa21QNQpLBZV&#10;OHbsmOUomaVGdGb4AJ8vLhc1C2h1mY1Hl17tNzbBR2ETiFh/CBEUgEo8Z5T0QwQpZsVc88KFj9QI&#10;0rVuqUb8DcqNadOmSRg5mZaIdSK9IP3MXjNgGiMjlyTPc889d8011zz66KMIIu01akkZYhU4SAqF&#10;5RmpUfZKTvrlnkRNPmQKh4cWo/IKUVUj1NxcPkQS7/AM0N/sDbSYcfbs2R+XmiPMSCxs4fFh2i3K&#10;pljgcNiZPLAN3VCFcbyWvm4Iv9hxU9eSHpruqpHfLYOIQZ45XByaK84XRUKFwVhYC2OUkM7XO+64&#10;w2UIV5pRL/9b14cffihs1BknTpyg7e233xZCjz/+OJOOHz/uWc2raqbHQK/ZFDrJI1nTYVKxp3oV&#10;/6gZm3s2IzcifZRtIKp1PK9fvz5/qps2vQ899JDphA1hY8X8unXrlixZwvhsLjFLNtYs6nHaDM+R&#10;Q0CELF68eOnSpSprwxlGniqVAYNxsaPIeseOHXv99dc7JGq6h8p5A3yeuFzULPpvvvnmAwcO1Nss&#10;MsSHiMnrcCCSHO+urgkXMSd8ERn2wS9yoy58QLvoRGrl/WJIBrfLe++9VyJ5Fsok6ddVW9gVUhrt&#10;xgAordUoSg4fPjxy5MipU6eqqpQzNVwwQUowVfErqUDV1rZ8SvBaCrrSVIFtVt2V7gNZZL3OjCwh&#10;SJcSLLmd19LXQE3NfWQ6wU5kkYt2c9LAuhSk6Mwu999iY8E5atXh5SaKUAPmpRY/4uheMjUQaJtM&#10;XlllI5pfzbOBz21KKmgOZ7ayFGERFlcCOBvnc+bMmQLPXiuNkS8Pr1mzhh/Um6j29OnTdpxCxyEZ&#10;9zmzMDvUTFWoWSCJf/UKYXxqUZwgIA1RL7PBbgoYNiiELZbAPffc8+STT5I3IwttuulWrlzpwKiW&#10;1TrC8SzLzS6q7ekDDzxgRVQJzl27dsnB6667bsSIEe5JFGL5u++++wtf+IJ2Ecself7BCk4ICuOc&#10;Aa4GXEZqHjNmjC0v79VXEKqD/nnbBuHl5Dewlc3Vb/WH3RKXWprBJF7pN6TZWMPAZcuWyajQulhX&#10;PqAwtZuYxhG9DMOA1lJN2EJprXJb1qlfXAalrtDHd4Fn9RfKlkisMkVMbQ6vYd5OapaZGMG85X0I&#10;UUKbNKNZ/rfp9MpLeERXm39qfAJqtlK+UuR2PaXo8WlG7IyAcJbndHXCQA6xC6Gw2oagCDWg0e7g&#10;MrP3kqmB2toEvPIwXzlXEFmloAh40KIr/OuGpCa95ZZbckmqDfOAIgkcOXIEsfpE8atXr7ZMNO0A&#10;Ro4bNmwQUWfOnLH8bIpPNfX+/fuxOY52tHzpS18yEBHv2LEDp5NHzUpas7NN3KaeJayk1UhexFo4&#10;xs+hQpspnn766XPVf+tlXawSOSyMtYp9obh3716kLDIx79GjRx02uPjOO++kys0gf2ROPZ7zu4bh&#10;ccsAVwkuFzW7takl323841ThlV/0GX4QqF8MIZ/oURSL5krZRSkdYWEqW0LcaalhUmwlDfIP/Fgi&#10;26mS7ZhXOvn0rEIXr5Iko+StVwMdDzSnxEsXeKZWUskHbIgrMWzg2fInTZpkOmIx3kNQxg+BweTp&#10;aXaxQXJiuvI+hGgwRBrHFaWjglcTGYuhkGkl2z4dfFxqtkyWoLD6+4q2UXkFk/ISN3KX57q3+fCL&#10;6t/RhJc7EckmGCkMEJxzN6NKRze0UbNnw9lvg8JEbb2BkMDLysa5c+euWLEiDF47BxyxoU68+fbb&#10;bwuVQ4cOqXMNwXeUK2y1OG/MFeX2CLc+99xzyFGtyoFqXg5kocatW7dakRYP+/bto5ZbuE75jLVR&#10;ajSnV2HLPGagdSngFembS8zIL4WFLtOJB5G8du3aKVOmKIptMQa36ocffljVfMMNN9x1111o2jOm&#10;fvDBB+1R1livNJYPcJXgs6dmeyyqbr/99oULFzq6hY69BwEtmMRQQqFI9wUOFcGEDUnkydLS1wFl&#10;iOmSV6VpCPRIHnc9rFT3ekAfsgWoZZvyRFXi7pma2nRIBIzC3ZQb0hwuD0PoaWkCmyucUXN57w16&#10;lKJmaS6NSahZXlUTtr6+kJYyNpTNEm7h2CI9BJIchUPdo9nmtXQ0YJb8olWf75qjBzzQQ6HSjEml&#10;+1IgyS1GZa+jxyeDGY9ToIheCgZmLB5BcPzgufR1Q9sPP/Ngl7mXPWnsCmpRHrekFCitQxA//JDT&#10;F4danfMYRIgbQA4kqHkZrN1m5RphH3NQ0ewYMER4IHQyRnGLdXkmYHfMRVg0YnbDhb1emllIWFlN&#10;gyPKKAbgcUFLm/gUpXQSmD59OvJFwUuWLFHm+1QpX3vttYrlBQsWIGjPOPr06dN0tpzVIwwG+Hxx&#10;WarmNWvWTJgwId8YiBtJJbeFmjiTt4mzItoXISChQz6Vaa+BZBDW+fPnBW5pasC8rnLLly/vpNEq&#10;MlugmZHCHVH+7Gc/y4/pJYl2OaZa8UqsDKtgIakQy3sDw6dmkJB8RVWV4L/BI9Lpvvvuk0iutOCQ&#10;Gz169KOPPsohjGSbMqpJBEEWIpPzO9eltQG9sn3lypXz58/vz49WTdhmWR3PD5+XAwck/jIW49DD&#10;VN6zffiRM9mPSnptZRPG0oCt2CASoq30dYM6kQDN/GPL3Hj4026iLfMWoR5AzbfccgvDynsDdLLf&#10;uUIJ5cxgDAeagme6LkSjUMxmka9lYh7m5Z+uAwMhgWTZb8dB7viUR1lgIE6EjXC1p9abrzi4+pFH&#10;HkHNcP3119944435v6Z8CiqrU3nITa933323+t2m2Kwy6wBXEy4LNSMRVbPoEXxiV5yJY6V0ok00&#10;4MoUC5380oTbn9SSD6JHckpsOkvfxdCu1MVunQJaUNWMGTMuXLjQi87yLJFSVjehnQEumC6w8jMJ&#10;oFEXbcooaVaN/ht0Sdo+1FwpboEG65Itjz322KRJk1xFYeLEiYqafGddI/8ukUMMydiiawhpDAu4&#10;dKPmpkx62S8bEdDTTz+N70pfNxC2OzaLeV1Z/pIwijO5VAAgNbTCgdTq8olQ+K1JCulqg0ZxojDM&#10;uQh96AxsEwHRhbZ8WqOrBjoL4RoesTakvUnNbZJeFRl40ENgFgePkMaYujoLAqsW52RIRr50VKzN&#10;OSYS26XpYhjLfieKYAPMmy+m5ZHXGABkBLwdL+9DEEsYGfNaDlLG0armRYsW2Q5T86fIDHcTE1Qv&#10;vfRS14JmgM8Xnz01i4C5c+eigPJ+MTALgZMnT545c0bayHzspoKQRSJSyCaUwfNrr72Wa6PQ/Er1&#10;1y/lc9iwGdaEqSWjdsjw0lHBq7ubexx2KE09IPrZJgHK+xBEPxtYgkPrn8mkXW5gH69pCTynas7v&#10;nwZGgQcph2FfqbB///6bbrpp7Nixd9555+OPP7558+YtW7Zs2rTp0KFDTYWAJW+77TYD86qXnVHI&#10;FVggCoMnn3yy82rPRRpHjRq1YcOG/DQvXZ3gQ550mn7ieqqauTVjvhTKNzOlrwLXaeRtlmSWUEx6&#10;q9Gtn9HhEdvK83FyevvAGYzEBVW9idaC2vAg/XVopauGFl35QoPBnTJe2WkhdRcuY5UFOrYNAXUD&#10;3tSSqMj3UZ3RCFrICH5WsdMyjaoUt0AJbdkgw8lrMbUdkSAQMe02XeLYUycxM5TnFv7uu++6b+3Y&#10;sUNsSJ/JkyePGDFC5AjdavLWryqJTJQ9cuRIlB2ONjC9A1w9+Oyp2SEs/wVKAqgJLaJNcAggNQjy&#10;FdDCDgSHRPUpKEM3AjRFgWpLFELEBPSHH34o7mudIHDVL7g1r+kKvA6TmmUIPmJAeb8Y9DCM2exJ&#10;ypF3TqRUhyJX6ZEtqmBJggeDjUNYtWoVIpYe6ppp06Y9+OCDx48fP3v2rOWHpCSVA6BNpyutUloZ&#10;7lgyI+fs2bOnaNy4cenSpUqkqUO44YYbFN1tvMD4FStWmJEf2pS3Abt9o/oryaGGTwDKba5N5J/w&#10;cud0vOSUQmFigLCWpgzOstd23J7S4xYiEkpfbyiQ80VKea900s97tpXONp+AV+vl1X379k2fPt2k&#10;naZqEc85q9JLlVqB2XnlKys11hEiPJwQ+c46vU0wwFgLF892HKyRbfhXF4VWikblCP9oAUoI2DUz&#10;Oqj4gU+00GAWgW2vhSU9r7/+umdbnPslmx944IExY8Y48s0YA5i6ZMmSmTNnikO9hoOISu8AVw8u&#10;CzWPHj26FzULOCElFBCQ10D8SQ/VDQhx0akkaf672wRoFagtZheIyoSitAp3qaVR5ngmWToqeK2p&#10;ua2rDWxDeXUQd4LNlEhRKeQwkIcozNTUNjVLMyXYypUrMWYwf/78BQsWlJelS5Gpqzf+lWzhAvmM&#10;pCStZ7Nor1T+TSdyceDNmDFDOsH9998/ZcoUt9Rly5ZRiN8V4BQG8tN6ebIMrvDOO+/I0vXr19df&#10;DpSOi2FpTLIu6W2NaayFuYidHqzRZhGOPLdHAJAjL9lBjsrXzSSRiIE5ewKbq8U9QBcf0kA5m40F&#10;McC9XlWXqa9tDcmAuwQACvOsXQ1Lg1fHlQddtcHUWggxqpAXS8ybLuBwc+VHxBjNbcNaup4BpmCt&#10;qE6AYUYlgrW3/FjBKI61ZKeyK45oFKjay/gh0JN7AIq0XgoT85LCMmOqHbTqtISyrYjCEydOiGQy&#10;x44dW7t2rRPdGSAMZs2aZV5rUfFMnDhx27ZtYtgUJrIukUBhjAQ2a497rUikweALjasQnzE1i5vV&#10;q1djJZEnDkrrEESA9JAMjv3S1AD5RKGIkW8gdkvfEAiIZiwT/ckTQ6jNYRCQbD6cOXNGgCqr0xhU&#10;+i7CJalZVuMsuUdM5sgHQY8LSvcQ6AlxO4HAg5yRAGnxydR6aSzhDalCczJEkeiWiuCkZQTAdK3/&#10;i3/t2meGcPjwYY6KQgzIIZW+FiTkTTfdhKcMLE1//ataSUHN+XnVxXtxYD4Ds1sX7rOVvGohGglk&#10;lGPj6aef9qoLTWAf8oypD0Vmv/zyy6Y+cOAA5yACo1RzW7ZsefXVV61RC8kQBIrBLwcPHsRHWYJr&#10;QX5jDBdziynInDx50o5TKLQeeeQR8oQxmjDTm2BwMhm1adOmLLBaSmvttsxy7CnmwqdI0H5pZINJ&#10;d+3a5e7ifuM+YRXsRM3kE580ZFFgiCWb13rthWMgJxyxGl51IVBOAEswl3kpgcgw1VhddQHu075z&#10;uCFCVCTQbFttLoJmZA4bS1CsWN2FCxdUPw6SyZMnq3zdpZz6zDPKcvLfA7o9uLHxSSJBoWCWoLak&#10;FyJWXhpIe1CaBric+IypWWwJGhnVyaogN4SaWkColaYO4CNBKVKbFVYNYSGOBTFyRHYilU7C8lzO&#10;yF7kpfZ56qmnJC0eyRDULP1EaoakYI/CJthsarxZ3jtgFPNwliUwA6QiZizdHcgskoFaWe01LU2o&#10;tqyFtVxHoRYLp1ZR1jxsNEpakowP2nK+CQl5/fXX4ykD0+IBB6mv5XDdkrF5sK6PPvqIf1RbWIBV&#10;2NMUqAoJ1nqYgWH5E4vt3r3bbjoh3ADIU4JQdu7ciZrzkzc8iwqNwlYo+M0330SyJiLMIcRCx6jQ&#10;JnIjKt+7d++hQ4eQkYmMfe655zhBOz7iEyW2zQ1TM2Dx4sUuE/bCxiFWAwnkzzbFYJ/0W1TMIybw&#10;yGs5evSoK8jNN9+M1ygXUeLHegmwxNS18+kxljc436nsdMnB0DXC7YuS2XnGfueWhdCWk8BAscdg&#10;lnMOgSgHD5mC5qzUM4EcA5wcRuYxoW6DHE5z5szJz/Guu+46VyjB43QR5O5PhH3iaAHP8+PGjbNG&#10;+1itZkDNfzf4zKjZhglW5R4KEMGd+6cFqbmXyZM+uyug5W0Kxk4YKLZokEJkZILKQqzjAlFoasF6&#10;2223KSVApTy9gtPihRdeUFaQzxd5XQNUo666eu2F2OBT9qLLrinaBKbDPpItBFFah6BROWbJVlT3&#10;MsAQJGKWQJcsxX2eI5PG+rUJpeXIkSOb1AycI0tfeeWV8l7xLNtsFkbwIL1lPtZAZ3opB07GU9o9&#10;a6QQUW7cuBHtqs6cwY8//ni4mwDW2LFjBz/TZkVomrBRSBNrbNiwAQMSs2R0gzg8G+iVD/EXzz/0&#10;0EN33nmnig/B8ZhwwjhYieaQNZ2UsJB+W+wuv27dOgyo1naXd/ZYIIJ2DHCgWTxblylioU9zWdSL&#10;L77IReYSkDnkagHCiExEmd1wn4wROTyj3dbQEIUtJ14MXZjRKNaSTHCqkV2buIXZpma/SsKz6TKK&#10;KvBquL3Q60G7FvOKMWcJO+1C/TshTOJqHrjmmmvEvIcRI0bgaI4SJPl5w6OPPrpo0SLcbaVTpkxx&#10;euH6rmY3EWPKSwNpD0rTAJcTn2XVjGIEh+TppDZBJiyEO5leW6tdNspzHISnPm4EiHXVgXrBQGfA&#10;tm3bHh5C/jCYdkAWEsxEZdjFMK8M7E/NNRRHhMtLN5jOp2RDE57lm4ytEzLQaL1tpTfz0JBasrxX&#10;qoylJ7zZH3TecsstbdTsfJLDSl2NbKAH5eFli2UA7uCWItoAYWyiyyo8MEzyI1nFso12HKJmTEEb&#10;AZSE8kL0FHpGoObC4wp5bFJX+thKDUhMi9ntF0JBZEjcTmnEfT5xLhkLcZcXP0hNWZ1vwM1iWxnv&#10;Qb2/Zs0aNEQnL8VsCh3DNFPVZFIPwLzly5crLfnEPSBdTZBhZz7xI1+hRfSqpUg00NJY3ec4x/2A&#10;V5nhsLE0fMoGltQhZyFmp5A/01LDXM57HjCRTaTzl7/8pdVlXqtwXcg54ZXw008/7XqU37LI78nV&#10;QMdONTcDlJ3fxMDUKg+ztGytkEkHuDrxmVGzQHG8z58/X0IiuNI6BL1oxeGfgOsaFolL6Rde7irT&#10;BzU1e85wqJ/zYAqpjkHkfGtMB9CBTOjMmU7QhjoJR3kvWAteS5WELJxMSY8aXiVbsxwGWU2SqeW9&#10;AlX0tA3vCrygQHb3b54xoeZ8Ac0YN2v1nQMgO1KEOsBjejkEySIasztF8PL58+fRzalTp44ePYqa&#10;U/jznsViOtX0Sy+9hICinDASR0ZKPwylJRSvwtX+3HPPYRwacBZqZiG1ZsFKaI4AbZSLHyxsOmTH&#10;MEe4Q5cA1qYKSdHgpu+wpD9gvGVmxiwH0gUijU/Gjh372muvlb4G8CDvWZG1W7iKPudr6b4Y2s3y&#10;ne98x0KEBOo0tV2wCjub06KGLm7X1alNi4MHs9toA+mxKEuQF0KCQ7jaYk0kGFjooL3pppvQLl4O&#10;Ro8ePWHCBFyMkUGLNd5zzz1k3KUG1Px3hM+MmkUwUsaMylJBU1orCIIkifLBA3QNC8EnItVTojxi&#10;pWN4aKPm5iwe0hLIMdGfribIyEZJKCFLU28QljAMLu9DSAoBBgFJqBgE5OI8kFc+jS3S1d+UcGVG&#10;Os3GTmrWqxG14a/S1BsciJpd9rFnaWpUzTxgOvRnO6j1mqmbBtSoHNYSALUbq6Q3gnAsacFuFuhT&#10;F2EtPq1UgSkMsCRhw01kLbxhYH02p8bE8hicw7VYoK1xcAJJLWbRi6284iNivEfMLIbj+ny/LPYY&#10;hsjEgIdKfWtd4lDUtZ096aV5+/btWGzdunW8QYap2bV8ErA0azGvB2vx0NRTIwrZ44gllpMgoFM8&#10;M89zka6+jybGIc3GIOe3SVOjGGtSRbSYVPc8//zzLhB6nX808IkZJ0+ejH9bdXIFx5Wdta40+nSZ&#10;eOyxxzx8LGp2cjiQ8mxptoA/nTHM9mCNsYG39fIYUwUn4zNElOoiQDgtIEjq6LU19XkznJD+P4jP&#10;hpptgG1Ai0899ZQwskO2VhZ5UN3YUXEg6zzXW5XggPrV9qtfpKIAanYNB4Rrau4zsNLa+ttsqNkD&#10;Y3yWvmoV4gzbJpeCdJWXiyG2JIzYskyLTYkkIoVpIIuEMgErEn/C0avZcy2IZtHJdcbmNdBID+Hy&#10;PmSb6K+dA3VX/RyYSB5i52PHjqWFDGoeNWrUC9X/9oaM3nrrLYa1DbwkDMGntAGixA6WE5P0NrV5&#10;TnrnoO06EW2Wmet5aeoBrhA/HpqSNBvOhvLeQGbEsHyLdtOoJcNFmlL91ltvfeCBBxCfvQsPhoh9&#10;mgsdY2cWUpKNI1BraEILgXxrEWGzp4tnjMrBkxYQqHwoVCJZqWyBHziTvNlFC7NxGYXUOlAfeugh&#10;G5p7j15iTPV59913X3PNNVg4n8QoefbZZ++99940jhkz5pZbbvEsJPLFSLGjN6zddcSdhvfIc7KL&#10;i5iUv0eOHBG9HLh582Z3FO2enZGODa8uDYYzz4P7jXPX4VGvUdLxtgcyUuzkyZPS5/XXX+eKatoB&#10;LsJnQ82SxEbOmDGDu0WGQAcP9tinDcYpdkUxJShxd1oEVjMtbbyASKqIg7q9P1p7XmE41Ax6hQVL&#10;PLdRhudQc3Kp2ZVkS6P4ZjwxYSfasI/F+qQzTCF2a0i/jIqeELForlsI8FKTmnUlIVFDaaoM4GSU&#10;mpQmE+MznE4kUkQr4a985Suu6jU1kzxw4IAsldh6TWdIXcBGZjgwXW42mMi8UPNyE1Fr+a4Lnc6s&#10;wQ9UESvvvSFOSNri8l6B/RzOkvLeQGb8qPrv9RiMWGNAPlX0d9xxx5o1azjZ3lkFx1JudwRA/Rk/&#10;k+cxwYkx89oGjQSowjLCoD4JgHOMEm/lvQK1zDZvdlCLuQxkKkbzefbs2fTaJqS8du1a1iLlVatW&#10;jR49WpmvS7nDb+5bEyssWbIkNTKxJ5980nDMGGqukaq56xLagH+d3BzLgeaSsC7EfCIxkX6OZGb4&#10;pNB65f6ZM2eEq23SaxXAY8JYe8ogQA5cFAPQtxvAli1b7EXbFz4DBJ8ZNTsz3aAdgyLPdoIHEHaO&#10;96SHMtP+gZz0jD58RoMN026fZIiItK/Gpqs/qk1vYTjUnC6hIETQq/gAAwNxhnbNLp3MXmktqjyI&#10;1Hw/q5d5geAL/wpQSSU064E84DNj8wB6M5xbmAEiXqIi3FoG6JEPxMp7BQLMc7YxVWXnYHDD+LD6&#10;jWAaoNZgagLNqlmXxFY1y6hdu3YpqaSfxmqjPsYXRxLPCRQncIh9b5pdI2r5xIYa4rmrmOU4uXmg&#10;vPeG4aiZl6gqTd1+WFoj03EOykvFnb0zHXsw2pQpU9R6LLQjUNl70X4FlbLWt/zcnrtU04AaNAjm&#10;8+fPm6vWA6LLvnQu0ELeeOMNWUCzZweYqLMQO25F6IyFPsXzzTffPH78+GXLlmlhvEr/zuq//Uaa&#10;bqiTJ0++6aabDN+/fz9ezvfLI0eOvP/++xH60qVLw85arrvuOnoWLVok7IsRvcGMnTt3btu2TaR5&#10;7UrNCxcufOyxx5555hmNqNnZ8OijjyIBGe1UMEv84JDYsGFDy7n/8z9t1PzEE0+sWLGiWaYM0MRn&#10;QM2cjmJCzXaxtFYhrgt5KdDaKiNdWuxfXeuRFBCYPQ8COrVGlPgMIlmjTioPskJECse0RLgrJKRc&#10;ReKTJk26/fbbxXfgdc6cOahHmokYlvsUWzSzE8tIbyFlsTSkPjJL5vIp8oRyy8rqD1wYhTss01pM&#10;Z6B2LRh83759ollh4lmwYhDtDgbIikzNBlPLRgcbV2gkQ89LL730wgsv4CmpQjnokg+cjO5NYYFa&#10;ULNUfPXVVz1n1VOnTpWf2Blk7I4dOzJXhvRCazEVIokUGMYDLDRF1ltEO2CIeMA4JuoU08uBnMNy&#10;2vpbossJxCGm9hzwsOGURwAiHPAP/vKpnes8AIcLEhd893F7VEQrtA0P0sj/mNRBYr1sZmqN1qyV&#10;c1jCPL0ZGOQQNZBAaapAzLamosTFNq4W8GBPBV7+E3cnqGfBgw1XrlwZkg1fC9d77rnngQcecJCj&#10;5lTNPgPls2vT3Xfffd9994mZ/Kq7sWI4EwWM58AsKp9abAdv815+SVxdhZqtRcyjZt5gjIOBjLzg&#10;W2F26tQpaZvi5vTp05LFomgW22Zv+egvfzlx4sRrr71G3kQksf/evXvxeHZwgDZ8WmqO0wUTuhEE&#10;bWeyLoElCmVUaRqCOLbT9gn02kj7LQgMER/JOmor9YUX7ChhkeGgBoUGJXn2IJK2bt06d+5cSkhm&#10;YJlsCFroPHfunJuU+MbOUrSG8NWo3BAxKhHnBKxfv170KJoQoiuY+KNEr8BStEYnWKOSRLAmxA1U&#10;LGBStil5KD9+/LjgtlIM7sqp3LD8xK7paFDEoWl+MFyJlN8Yy988Evfa5SdjlCeWKeENqRdFDxJX&#10;fxEzBXACCt64cSPWZpJV33XXXZJzwoQJSmYFtZqIWBwbPZ3QBWRMTTknc12G+JRdloAXvJYBHdBr&#10;gV1nYbNediILC++vRxdrET0u4J8kM2/zcC3QHO45VXbdWPW3/qMQ7HbbbbfZDr5K1yWBxHGKPRVj&#10;lkxtvCECMRHDqPL65S9/OfVEDTOSQb7itjQNWcInzmar9lA6GrBf4k2hwD8WS4NIsKGrV6+2fWPG&#10;jEHc9kJE0ez6grVxMeYtxFz9vWZlB5MIsN/96eGHH7Zwh1OZY8gSwSwmZZyjgrVajBJyGNYUXiUm&#10;d4lGYj4tlvBzzz1XO5CwXEjSWQ557qLN8MOHD7O/Nc1f/mJs/qWibBI8Bw4ccOC9/PLLyamoGqDG&#10;Z0PNCEi56kR13rZ5GTXLn2ZoBqJNpulCaoDTvUqnKMwGq6cSWD41ygfyGqWH4ZIhn17BZnueOHGi&#10;q1YquzLTEGiQCYJMgCoh0ZzcLn0VlDCiWQK4qWVGcOSIMyHr8F+3bp0wogSxIkd5kloY0OtDDz0k&#10;nQSidBXEq1atMheT8KOl7dq1y3RSDtFjIqkiQKlyy3ZOyC7tQlxlZ2ohu3v3bvbs2bOHc2gwkQWi&#10;afULnc2Kz+zchZqtmjAfcpGxCqvp06drJCArlIpoXdnrWuB+A4YYqLco6ga9TEJJ9FiyJWgJ9Npu&#10;W8C2XjRnrIE5YkvT0EbYX6Y6gK2LE0zRlGmDLm6xOv4XbIZoCTVnCUEkg1BzhoMWkjQ4Qe2yos+z&#10;xtLdGBiU1qrdeYCXPViOSS0ZEnV8Qg+H2zI02hl15Ik122vlhhjIqrw2QSbBLNIEj0hTI0+bNs2i&#10;FixYgLIFT71w89rNJ554Yv78+XfccUduRU4gRUYO5oDD0WK+//HqFMm+qCFUJBY4b948DBudyl4n&#10;B7G8in9ZIHIEnlefJsXFsZap9iXC+RTPygvxXPO1Txsn8jU6rQUM14kcYwnrjaoBanwG1OzTwYvv&#10;bF72oO6SgTaga8jaEnsvwmwq+hZDEkDopzdKbKHtlH6iyh6LHqMQX9eN1EjV4sWLBaX0M1Yyl77q&#10;Jy2YyEF95513imDhTrj0DYHmd955R92Nmuuww7mKXBSpMEHN6gVmKxlwnxJAnNViXiU8rpGreBaH&#10;ImgGq82V2KoVmUAtAaWEi6pqUSMNrqUU0q+CiAzlr7zyivRwzJide61FHEs25RLWRg2ZtwbXIUqe&#10;9MmZPEZnqFk2OjZQs70gKc0UUCpoBjT3qysIcJRt6jx0A4UbvqA5SVsjvQ4q01lyPREns4eLEJYV&#10;xc+eTVGP6goaDBQDeJw8h0hpUxsV5QGFTCKJ9UJDNSJAg+sR/sJTzeV7ZipXc7tP9gReXdhFcsSa&#10;MBbB8YyJSBplF2qFHrLdAq+Of41giKRQwltLWoLIgGeR44ozefJktOssEUL08zPLRZo11vJs4E+z&#10;qHNFHQa/pvongoKQTByeB5OammfMqzeHE2oeO3asBWpPckE090GnWF7bGoOujQP0x2fzXbPwDTWX&#10;pgriUriEXpOBTYg8eYWJDC9NHVAcJYGVPzhRaAqd0tcB2y9dZcjs2bOxs+KCfG6+2tFQfqiCl3F9&#10;r1hBbfK2pmZiOFcOa0emCm1RLlFRJLIW02rhDCS2bds2i1XhYuT33nsP54Jlbtq0if3OBiuVoski&#10;7Kxoclc4ePAgolQz4uL8ipKpa2rWtXXrVrOzhB/cS9A3v/WqUmtYspo91Eyt3WG8xtpLSP/5559v&#10;ZngndMlkaczmXjOSwUdOAqcFGa9Q+iow3kGoUfLjPku2p4Ywo0hUZ3CYvbx3QJetdEhgOn6ws/gI&#10;NaMqXWFYEE7MQEAXLlzg0s6CALhXQedKYVsN0eLTMpWETkdU2PqNhwbyAwl7keGdMJxt7LGtotRz&#10;y5SKl73mthHPswf9CQ8hcdddd5kr57dIUJcQKBornfyW30dWAi9btkwSUXLo0CExjFWL3BB43qLu&#10;vfdeOvHsI4884oKlBHb2C0uxxMMexAPPSAGkr/T+8pe/bCI3KjFGSe1GiNoBPkd8BlWzfBBDokHi&#10;NfdVJElC+dOVfHV1ln6diEJhKifFWR9qhgjjHSyMnXH0mjVr0Kj74MyZM5XDL730Eq5kT1eTwERt&#10;1CwZkpbnz593u0QKmC5VG6aQVwzTSwzTSUXEfaL6XziliusbUlbk4p1MSi0NeFz9LtmksZxhIS8p&#10;xg0JNTtIKEEux44dkz/oGJehUdTMNkcCA1rm9gCzcaX7qSxdunSphxtuuMGQyj0FSAHpsKGM6Qbm&#10;GcUMs5embqCNpCXb0DZJXcIDs9sUn5yPwtqcT8Z6tZf3DhDAXDidM2nTYnU47kc/+hGdpkZ54MQF&#10;QYhn89xk/yacr/mH3S+88AKvUou2eANfa3Gg2uIaXseNG7dq1aoyuBtYCObFwjHGPtLsELW/HMg5&#10;gsekCNGmmMglxoO7C3jIH7+npFbIqhUrVqiRZ8yYoeixcMUBXnbtExu1ZCAv0D1V6mU8y12SRag4&#10;WkaMGCEyXbauu+46Ch0V8gLd05PAth18GD3QWsmAmq8CfAbULKnEbn6Ya5vrfUUxcrXze4NAlsIw&#10;g0COSTnMJeZKU2+YV/w5KnCxTBCvAlGMSrO69Os1bxs1g6RKzkg8LGlFbEivRnU9REztg4IlJEld&#10;sgXMyANxC5CUt3GLRUkJ2ZvvOqgFkmCxuXtSS0yW+jQpJsXgEpXmaOsKXThCTqq5Ro8e7VjCzmas&#10;TCij3KaVTrYgr6AaRWfIziz8wHJmvPPOO/l+uQhVymuUpqqRhayl0Fqy3rpLOWk5PNOkgBoErNSJ&#10;Vd4vBlXcQi0ZrtNCnivQijWyNpXp17/+dcebKTIv8nVk2o5KRzvoVDILj1mzZjmtUZVi063C/tZf&#10;y0Qyz3qFRFo6ERlgIQeyFh1bjvPGxcW9h/787M6MDz74oOOcN8C+u7voRdP33XefsbXf5JQDW+g6&#10;hrMQviXsoLVkE2XqGk5E4e10Qc1qCJoRuuFTp0416fbt2+kXD3TmJ9LskSBUCaToF4emKOoGuArw&#10;GXyh4SYoyVWLCVBIu1y16xKmbqmhRTmWOq409QUxaSnixX1p6gvCwldthVzEorh0f3QxL9290UnN&#10;NSxH+Mr58t6B96o/3zPMFQFJ5lmUPKQWXweYUZbiGqmiCy9rwU26fCrBZHX/WfSirdyFXSCwGP6y&#10;Iu31QNSsBPOJ6F1p4bnnnptSId96M0AX1rPwehSgj6DWhsRZyDwbyskKZA+xNp8a6ckqulbHpni7&#10;xz+dxx2YvTkq84oEQ75R/fMlYeZcafK+xfJA17Igw+0UJ6NmtHjPPfe42bCt18nBJ/2pOd4QPFz9&#10;7rvvongHNv07d+5UE2DJxx9/XNUsF+xpXR+Yzr7w85IlS2688UZuV3xYCFXOGERsB134yGg5evTo&#10;bbfdJgIztgmzu1IgfXcj1KzMv//++/GysFeMu6KlizY77pixKQJP2qq+n3766WnTpu2r/ocXNz8T&#10;FaWfBz7f2a82fFpqFhbz58938gtEbNh0bqi5reaqUTFz63/IHs5+kKHcIZ/77CVBPpp9KiiOHTv2&#10;aag5eizHGuVJae2AnGyrufqATH7Wj7Do5KhQmwccgVbMFdLRKCHVRKgfSSG+UHOfWXQZeNNNNymj&#10;Dh48mFqyzdW5Hd9aQc6DW/bixYvdc5XYFy5cwMsmxSZc0cZ6zjxcAJjRpvhkWLWf/+YBYzo/PFuR&#10;13zm1RYY22k5/WQcQuW9gkbbYSF4uTkkC3H6mpqLcJmtaVudZwGjt+ZByCaCsUAzunziiSfcDARJ&#10;m4YaGvtTc2Aia7RT9i4/M+QoLsL7LpSMyRQRDrySNER8Ykb3GxPZXO3iHFFqgU2bNnEp+rZBXQtb&#10;a1EY2W7ki5pt4tixY9XIDh5Vs51dtWqV7Q7QMb9t2bKFYYaMHDmS5KhRozyI/K7Uf2XAz139/38W&#10;n8EXGvbYKY1QoPavT3WNMBVkaWkDYazU7GqNHEJexShaEb4+RbnQT9dwUEt6QDGh5ksO71U1Gyil&#10;JXOfS59bZE3NhiMUYLnPLAFytOgl6U6Nf1V2vCSxjQo7+NSo8kJVBnolnwpaLx43ykMm7QXCuFV6&#10;q48i3DZEne7SDQq9+gFVyWosYApc+cYbbzBDWWcrDQ9SDxrOJJ88ll46I4BcdOU5jXWXgbge56ax&#10;hldqnTpcFArzifHJW0gRGkI9liu4zr60VFdIO+TVjoclA6ZqsVIlPDgqtFDiAXWatMg1QInVYUxc&#10;Vpo6QAY5WjKDs0elo/ozuUpXJbnllKYh24BtolokiAorNQV+XLNmjYuCAPDg7DQ1bvWp7HXF6ZpN&#10;LDeRuHVJQs0+A9okpk20RjKBSZXnSFxZ7bLrJJYalJNH/Q4Jayl6h40sJyhNA3xqfFpqlvkzZ87c&#10;unWrYBIfEiykZpPURwIuYp2QD9C2ncbSIOHBcGksl1z5EYQIo78pPEwY8umpGYSsmkKUl/cOqGod&#10;Niwnwy2IRv4zHrC2+6NPdRwBC1HmONLuuOOOM2fOIBfDkzksRNPqGq5LraqlaXZuD81isBMZgiZI&#10;2hdqS0dfGCIz586d646/bds2y1GQoglU6xxFmiznBGvsdUZW07a+WXYhaHOgdmbkolCTad0FGml2&#10;o+clNIdzcWI80wucwJMWWN4biE7+r6mZPZyfH2liQ6gttDTT+TQkLU1s3rx58uTJXFHeO8AnFmW7&#10;cyCV1gpiWMWa37msuzyYXaSZ1IPX7LviHQvffffd58+fx8vjxo0zNc2KboUw4PHOUy1g/K5du5TY&#10;IWVAvpj3rbda/wFNEarsUYBrB9cFkclm8Exe+bxw4UJBPsyAqcGkGqVpgE+NT0vNjnqHrcNcoGNS&#10;0W+nE2pyBr/02jDZHmou79UGi1caglyTq9EtEG6rsocJQz49NVsRmpBL6Kk0dQCngBRVlyEvGduy&#10;u0o82gzMndcZgwHzc6Hrrrvu4Ycfjgx4IIkK5Q9LqtEFZY5qOczAceW9G6IqZwl2bpZs/WEg4/nq&#10;wIEDoUWJzfPvvvsuq5wiKMYzI5sm1WgZWh0thJFOzCh9Q712Ad0ziRgLQfB4BkMs7Utf+pLhZCJf&#10;BndDdkTUlfeLYWyomRmmswqas31taunhT7TFmNJUQbubxOzZs5966ilGeqWq9DXgsGRwSLNNMwiJ&#10;qVOnusFwGv0+HZnCIPsS+fpz48aNogJFKng3bNhQV7stvQ3JTpgdcTtWkfKoUaNoQPHIWsoUieoI&#10;wfIKZMX4s88+W+u0tMOHD4fQUbatr69Bw0RUBaVpgE+NT07NIkYp4XjHMrlnCTt3cEjqyhnx54Fk&#10;hrS2bmjzQs0Ju7QIHVyM0OuW+gE+E2ouTT1Ashc16woR1NScRWkPPEtCx4kM8SnPm9VKBMAqZMWC&#10;BQsUYh4mTpz40EMPpQuImYJn5EZp6kBkVOXlvRsyHQOYYdUUti2nFxRfrHJ9PnXqlPVGj33BEbiS&#10;KqtTTXeyWA1DkKzitO1qX4MS5y4uc2wLjxweWmj24GCzuvByGdDwXhtYqGpmTHlvIEOoFU5glni1&#10;lyrLEbcp9iPjk4WCwc2GbZC5rKvJlWC94lZFkleou0BEYXbVqK0XISwRxhrbwiNDGHzkyJFp06Yh&#10;0EWLFr344otNVTVq+YAquWbjxo4de80116xfv15c3X777WvXruVtS4u8JcybNw8vHz16NDWTsT7z&#10;24H1NyGTJk166aWXXF6rQS1ErJpqgCuH4VJzvUk1BKgrmMP57NmzCWiJne8HEYcol2YiQ9AEMiRi&#10;0SNSoRnl+bkNlq/UXwQCCo0rQM2Y182xFzXLqyY1awQPYO1vvvmmVROwCvzFYGkc4RruqkgZNe/f&#10;v59Dpk+fXlNztHGpidLSicjgiP7UXEPSoiQbkZ/7B6WvG0jOmjVr2bJlRmVdpaOaGmkiILRiaci6&#10;dHQAF3z9619vfsnbBHqycEoQpR3Hwj49a6FT/NQertHLZnvE4VzRtlmQITYF3at8EU2vsyQgL/DM&#10;bkhWbe8OHjw4f/58zKWLkVl4nF8XvEGCOS2d1goMpx3qfOWVV1Tu9CQRSnc1JK8+aXapwq3XXnvt&#10;0qVLI9CGyDsnaMuvwz/zzDO3VH+U+c477/zwww+3bt26cuVKuelOZroMYUZ+nzonkIUY6/Pll18m&#10;jJrNSEO+CRGfet2QCBvLJz4z+wBXBp+Qmj3bLVFrs53G6RW+rpCSQREhUhGZZPYgoBPTOCt1JRlR&#10;hb88KKA0ekiNQ0+ZowFz0Ykvuvb2hyHDpGac+MYbb6iSun6hIbedOjUlYT0GQyxP9aeAIuli7vn1&#10;6q/3RriG5JSlgh5zvf3227feemuTmo2VP32oGYiZS4lX3vuCsIlwkwSj3CuUvg7o2r1794033rh6&#10;9WqMGfnSV4EHrBrN8QMKK60d4ISvfe1r5q1ma5/OLoTXav2VVAuUCwDE1/RAusrLxdDuyOGNTmMy&#10;CpwlqMpD6eiASZm0d+/eF154QXnryu953759yM7BmX++EVVgaZguId3keu4SxgLbJzSPZKO8Ou3E&#10;Fc4V6mbUaPlFYggmSkQ52BS2jnA8S750N2DV6HjVqlV0InFMOmbMGJQqnA4cOMDzMtGOr1u3Tte2&#10;bdssB/IHklCzOskW7Nq1yxQ+UbNZkPKIESNaZXMFdXRKb7lgbP+KYYDLgU/4hYbYEqDLly/fvHmz&#10;uEyjYMWeUkuV4Rm7NSGs5QlqUxaBB3lYP+Ca+kvMIBFcAzXLBwLaCecbSbOU7kaSt+U8+ePHj6Nm&#10;9VonHQRpYbY4njp1Ksk01pIGCk339Pw0DxBrjK9W83PsQCCjfGo/c+aMk6kaXUzisfvvv3/Hjh3Y&#10;TayrT91bV6xYkYmAjHVZY3nvAXPhIwdAee8NCu0Om7kuNtQoEg0QwETowMlRO1Z7/ZBnm4g+CKel&#10;ExyOF1xxPJSmCtFj7bgyxtTt9QNrEVznbaMX8vV058/oWjNVaim0EQIs7U0QEKuPPvqo6tI1f+zY&#10;sQgOed10001efdqdnTt3MiaqApbbaDvOCXW42m5mJJLzJVJdr4BRDjMsiebOnTsnbrFnHd4eTIGO&#10;3ahwN86lHLcuWrTIMalsd8ZfuHCB3+gh76B94IEHHPAslH0298UXX7z++usRq7MEzzo8iEk3p4tG&#10;SiwKLMerWkr6iF6069UnVU4OYYncA9Ts87rrrqPWLNwifR555BHVVcyuY6lyyd/Q2TLAJ8Yn/65Z&#10;ME2bNk0ohErsimhwI4YktnbxJEsBm3gVtU5sgWhrE+Iyh7B6IVdgLbk5UkXAEM8ekKaIFLUiW/ii&#10;SM+mFmRG5SdOVMk0kKgt7UPfBWuRFU888YTQRzr40RBQOEQs8WRGJa0QJFNziq7IAPn8fI8xhJul&#10;H0Q+8MpytpnLitLiISU5/Vw0Y8aMSZMmWUhd8UUJmQzpA+bRwGnlvTfo5HO+NYvnJopEAxpRs2zc&#10;uHGjjcuqI9mUt3Y0ZE/LezfYRIVYwqA0NZQgmmZ7E/bFhWP41Bz50FYTMd4eWbvwsB2dMwoY9KeK&#10;XLBgAarKdzUPP/wwshal6DUcSg/hergH0IhAjcJWhD3wc9p9ikBHrDhJC9gyRai61a6JIqF48uRJ&#10;AwXna6+9hnxPnDghwpkapxliUc5vhTBmhIMHD6bLSWOP2Mk8U9BsR2J8PuNAjfv371cXE04hDLhY&#10;hJvLqj2DA2n06NF5QMceiFX8fO3ChQsdNs4Y/kkjGRcL5ZcKRujWaTLA5cAnpGaho/ZxSttmca9F&#10;0MhYEZM/tulVfLgKLV682HaKVAWFmnHt2rW4NZkvktwfdbmFiTOJJA62b9+uVFEVUmvIk08+STkm&#10;evrpp/WKPKe3pFIvPPjggwhXiNNAIVox18qVK10Gq+Og9Xe+BajqRqWgcGYSqObkgMQLv8go2qTE&#10;oeoPx6hhCWQ55kKjMgfkA7MtTbZYl4xNtluFz5ZHLkYaBTGCjqS1OMkYabg0k6iOmTbK8CzJ489e&#10;ICMlEB+zS1NvEJZdJsp3x15rFIkKvMQq9L1hwwbJyYfSm3PyA6s24eyLdfU6QphnZ21oVwHaHKt5&#10;SEsTqYIN79rbBjLMJp+qmWHIy6QCCW+ynzP1arFAn02dvJGLi/jR7lWjh4CwM9gSLBOBGl5vil4L&#10;jJjp8nvf2UegB8jbIOGqWHbWJoTw2urVq/USsylC2lhxiNx526eYr0+CTAQiMH81cO/evdSaWgHh&#10;gM/FDkhWc7bKF0SP952L9XBqZ86cOXLkSNx6zTXX2FzJKB3wrKJYvSwvKKRfr8paxaCOVmgj9FOn&#10;TlErQZYM/e9WIOmkngflvBkrSwe4LPiE1CyNd+3a5R4kfBMZwlSMrlu37t5773333Xe1SBu7bu9T&#10;ydpjTEre/Uvcixv5s2rVqjVr1ghTiSQ08aMhXoWUcDcE1xuurMDRDmps61aIiEWqoD9c/X/MBMjn&#10;78C532FeCUmJBzo3bdrk2CdgRpZXEVuqkn+toEsWCXfUKbIjIA0UHWJXu0ID3PS9oi33RFVDMwEq&#10;l1yENOKIHDmmk37i3lllpcIa2Ka9Hl5pav0Vc4alpSvIyM+4IkNKRzfoxa2oUP2eufLJJCwQGVuD&#10;nqzIuubOnevMcALZSj7kDW5szdGYxeyoObeHZlcefNoOxGQgH9a9QV7tUVt7De0MNnXG9hKD9KJy&#10;24fpBCQa5dJsaA31qSjywGCrrhWKLjUsaqYhLVFYP/vkIn5jjLEe6q561zC4yKnPyNb4Bszr/nHb&#10;bbchO/Fz9913KzuMbQp7tVIMLpxshIlStdQCHhgwZ86cPXv2sN8CEaVQrKkZyOjidqdITiCIkYJE&#10;VaGaQbvhVvYopT2gYxFuUmKyTJyLSZEA+YMb0oGXJKmknjp1aspqYpyGx5kkDForGeDy4BNSs10R&#10;IvZMJNnapKtj1qHqkvjqq69i6pSHZI4cOYKYCNxzzz2IEpnqosSuI3dxI52ElFB+7733hG/+Phyd&#10;Qk0EGK5kVs/iIxHsvmlSLcuXL1ezy2TBTTlqFmHKcGUykxCHjFX3iUU2xOxOkBSdxHCuFGIwUymU&#10;zA888IBjA48obUAJhr8U5tJMTSGLiorekM9SlzZwFRDx0izUbDq5VCdqwBhLQ2rlvRvibeZZsgev&#10;paMHTI0o0VYGculXvvIV56WVegBXlkmTJqUsmj17tr2zHSkSkQ4KQF7NWXSFBJlKYRvXELZk6PxC&#10;o4Yjs1fJT97GWZ3YqPS1huehRiTBM2MEAIPp5G0uFUVahFMELNBOCSfHTGgIdBmoLLDehGIvELZA&#10;TuOH0lQ1+rQ6c9GP/tLeBmtUJrspKpnFDw3szNggyh0q1ptvnIS3UDSwKRZqForMEDYTJkxQ+YrS&#10;0l1VzYKBcntdmirlAX+6Vrrg2l+EK33suAd6JCxOJ2yzWMhFXMeHqh+FNuN5yXAnh14JSAOkAHfF&#10;FCqZa4DLgU9CzRLSZVB17GpjU22e4BD9dlqLGm3t2rXCS9C//PLLx44d0yWNRY/qVWkmqpLP0k9Z&#10;oRzO17sa1ZjYVoGgTBY0Qh//Gi64haa5pIHYkmP0CFOFc+LPcNxHTH7mtKDfJyVqhD7UDBmOTZwr&#10;t956q6MFbSnw5YNgDUkBGYFLv4nGjBkjE9LeB3RaLCLjBHS8e/dulBFqHjdu3JYtW2pTwQMP+LSo&#10;tHQFAXDquF4AzXgWeIyHi9AQIiy35Zt9IS+rlW9KYytVFoEUVSx7deSYuknEnuUkt9elJXCIJSAa&#10;q8N6aIVPTMEhuMNiveYLja7UrEVsOGXLewO64gHDqRVXnsO8XoWBMrZWWAsLM9xhdSS9QgQClCcG&#10;wEZ4Lq0XU3PbkCZ0mYUl/JAWsWeBTLJ280oEp5TYSG8NA0PNKg+bRUnQnMsrM2wNhXW1KyRobpqa&#10;utWNTcwjRAr534pqVfSQoaSNmhE9VWAHhVyIdebMmZy/cOHCG264QaM6qW0UJytBRLhRtcE+3T9U&#10;OTTIC9nBkj7/eH2AT4+PTc12S8o999xzSmCFpFTEXyBGbZ5YtG3KXsks6F988UXcqsL98MMPEQde&#10;UBJiE8Fqs2Xgjh078DJ5LKxFBu7atevZZ591C3O1pxwja6dfuS3bUbN7qPB1FzMdrkEKsYpJqubM&#10;FVMNFHaXpOZAdskxasWuu5vQVDuIzuRMEaqgWCCg10LauprQZbiFoADE5xKKHTRyi7Jl/Pjxgls6&#10;NTV4tpDc963U6qy6K7jF1dKdFMUHKl8ZxaVF15A2jMYnbJDbxBAxb1gC432CWVw4kBR/2tkyuAIN&#10;FMpkrEdVWsggJrysy67ZI+uizR5ZjnuPT6zk7pLStQ00oBV1nIfSNIQY7BNhqYJFFJ30mAKYkSCB&#10;CNsyLdqxjyjCROnqhBkFDxIkTKdSl1sEkjOpPnV6jQUyTn0mGWvhjKHK8qn1IKRzCAUZwjYmOe2a&#10;1Fz3Bl6JKZMhXT6JYX+r5lUO9MobXKoiyfa1fcXkgRJk7fAQMxzy9a9/nanExDPzsLbtW7p0aagZ&#10;v0sfxYfiV2ksa5rHAJhR2prLAjOLT432dN68eTTMmjVLEWZpKnHVhqk7lzbAp8fHo2YbAPhOtjty&#10;xbddcczabBSJWNVN8sRmJ6TEhFeBRcCrKBHEGpUhoUJJTpsg8EkzGXGMxGkQoFJIGmiUA54JGy74&#10;tIhCjdRiuthGSWoZjWmhUDyh5q3Vf+JwSTCJGepBdSWmO3nypFRkaumuQKe4xLPCWpXttXQ0oBGY&#10;6uCRSyRdDvgqVKWLzU6gm266yW2XN6y0BuPlleOBDZgX0HpXLFmyRDbyIc/jC8eezOEBUyRVLIc3&#10;HCEOEpkml1LnmoUDmefTei1TNeRCg9oq8y8CJSw0SyrW+MdabHRrkRUMpMTu02njyBjiWPKqtyhq&#10;gEsxOCPLewPkWSXbsZUtZiphksAA9vNPZDzgPpZo51g7Rb5o6QCTxI/DnqlCApxJbgzY3wJjZFdT&#10;g0wnMi1KDDOGcOSt137R77luBCcBr06dOlX5ktM9XXkAz6YG2WEV1aDSq9FhIAuUtAkbUHA40XmA&#10;MQyIvHZZYBWm4wdD7ILVsZZhujIFbcJg9OjReJmXTHH69Okbb7wRz7rmcnK0QQwg4+740EMPGavR&#10;dLYSX6tXjJIaPO+aIjjFsFLMAUCSWOQH+EzwsanZpwhQceCCFL9gS0QYXshrYKug8zl6hIs4S6Bo&#10;aQp4aE1W/RxGdIo2+YlTREBkdEUsz32wcuVKGSiay3tfRGHWomxhm6yTzLU9AQEpoWRYtmxZVwM0&#10;wrlz53CiuuyBBx5QcyVq0wXSCf/ml0aBpCK6fnCcuHIidAwl7buCDbVOmbN9+/Z7772Xr7ToRVWq&#10;b8tHEPl3t2SyQPAQEJNp5sLvXlvWXwzCktzO2guvth5HpAKNACBiC0TW0QnYweaasUg0QKHdRJR1&#10;udpEeNleWx09lbFlo3XZFCFnOiSrKgxJ6TLQQroeLYEZjWVVpa+1Iqe1U1Njhqc9wk3U+oHB/1j9&#10;yb2mpFNWkCgL7EXdbuGHDx++/vrr7b5DiMEQy0mCBwMpt1MW6zUDQUvE2GyBevlKIXzhwgXOt3Ab&#10;YSJTiE9O0OvZ7ITFLcQtsbwGnYQtITFj9n379gm2rtQMqPz222+374ao33fu3Ol0F2DKZN4zBT0C&#10;zImuSnAzEM+MNGlRNMCnxiepmuWh27EU9ZwIsE9IRFg0A6I5pO2ZvF1XEUc+XbVAE4JAMmAcQUm/&#10;gRpr+SY6Wyhfvnw5Di3vl0Jrvgp4R50oZN944w2pJRaLxJCMhxkzZqgsRDxGyGfNRARMffbs2fHj&#10;x4vXDAnSG6in1M5btmxxyKmvRT9oAV208Y98zpI7UasyF2Eaamo+f/78qOqfTjiW9u/fn0qzDcQ4&#10;FqFbRb5pSWMbNCq+EAReYAnN3MI5TZ/IXszOA7WpYTEtnovQENJCG1qsXwPDXYkEkuWk3WcNkWB1&#10;THUw1CSbgR5os5y8dsJY5SfSNwV32d9Vq1Y5tDjHGUCgqa0JjeQ9ELPL/OAEoiRdgEA/+ugjBQQP&#10;8EyEEauK0sX/hRdeED8MBszoU90NosJCOJaLtNPTmqw6QviWNqznIUyKi12P+NMz4tZulLmcRqFO&#10;o6gSKpzgOYbRVj8AebMbnkbghMWLF7dRM6RX9KJmR7v6WhTx1aOPPtr8QikQBgJPSaEAd9TRXzoG&#10;+NT42NRs752399xzj7JIIGafPISaq4372871gmgTajn/LykfdlabNKm/nroPCDz44IMCq7wPDxLA&#10;WkCcyUOZk2/T0ltN3ppXLSwWZbgLXT6lE+6QIYTBAaagkIQZ2AZKyMgKlFHXbm2wagkf7ugDY8k0&#10;qXnTpk033HCDxMMLaisTderXYh8nTpyInrrO3gQmxQIovv5pWBNZiN0xl82iTYtzBZF11awx1Owh&#10;SKNSznopiVgbaDZFzYxNGBuOK+/dkEK+Lsa5Pb885yEGdIUuMKNt5QGf9QFcQ0bQ7ILPAC4ibNMV&#10;pPPmzcOGncq14O58N8JLoWagxyt7rIWABznCUSxXBoWaDceG/GAsbsXOuhTO9t2kVFGSWdpggxjZ&#10;7BXVYlhl0EbNAS+9+uqrKjCVzfz5848dO9a8JzVhdiT+hS98AX0PqPkzxMf+MSDOmj17tsrOcS2e&#10;0mgjtQumvF4SChCB4iFBmcY+ICMc6yq7hmQWYdJVPnst0kNg0n333bd+/frOrj5wYLCNZqNM56Et&#10;prXLQMyrpnj44YdXVHAATJ06FTmaTs0Lgt4dsA81U4I6MZSgN1HpaKCm5v72622j5pMnT6qaH3ro&#10;IZ7JKrpqIDBnzhwEWt57Q7mEmKwFU5SmBujHGrrsEebKdJzfh5rtl+pPrVeaKiU5AFBwaWrAEAzF&#10;G3anNA1BV2Z86623SlM38LZ9TD2eITw/c+ZMVxab5T4OqQrLgAqRFGOWI+AzUelrACXZxMOHDx84&#10;cABHL1u27LrrrrP7x48f76RyGjgKpbIHmb7//vv8QIMp8nOUyHiwZDFPzO3NELOnixMY7x6JFr/0&#10;pS/ZF/40nGTTpU2Ems1S239JanYbkOl4GUebXSKUvosxoObLhI9NzTLKPd1ulfcKNlJk2L/yfimo&#10;CwSKKEmsB9p9do1+jZQLUxyEfcSlIiJgjwJES2cxdejQIeEyHOppQg5TaEbPlV0tlkEZsSotkiFf&#10;YkgJ8OASunv3bryMExXL5nXL81zXRPVYD6KcQlygqpJLFqWxE8OkZgg1T548Waa99NJLOHrEiBEq&#10;YtfSPmOXL18u8ay3sqvfFLKXJRcuXOhkxgABEVBURhXYrFBzDWL5jLx95ATHeTbUPtrNtm8qoH4W&#10;AM3rC9SS+cwvHXpuytRwuJqIS6tBLdiFnTt33nzzzTar9XPVW2/N7/kKGzcJbgxcFCwtnB5VGQ6Z&#10;SIV79OhRqhSYimV6kLKN0ML/wiPCGQtG8QxjcL0oQs1onWHf+c536mOpHkJGsPFMW3Hg0CVvXwjE&#10;Nq7DkiJKu4g1i8ZY6JO8xsRS2k26ZMmSzZs357upSIJeNlMC1g52hwfYEA2RqUGz+8fIkSO5kZFp&#10;jKoBPg0+HjWL5ieffPLBBx90vJemCtn7VLWlqS+SmeTriK8/g0rqb9Aih3EZ0pSfZldhAVoxo/gW&#10;kZ3U/MILL9xyyy0yp7wPD0JcMjS1ebY6BniIeS6SbUWERr2iXBXDTuktUSdMmMDgDKkhfA0HuWH5&#10;fTymFx/1t59CGkhabHgBI0+aNOl89d8qc1GR6wbU7NIt3xQ7l9w4iXrixAmHUHlvgA257zeLJpub&#10;uth6tfsEbkQfjquvfvWrb1b/lkfpV++pkGBw5aS/BYBntnECdqCh2aU9vfgC2Z0+fVpjWiLQhMZ8&#10;RVBr8GC/eMmx+uKLL/JbfrTrQMUywJ8Yx6qbp6OHgM+Fig1avXo1fud5zkTuAsAamWrtwlLtKVSa&#10;JuWcM1Yj8L8yhf18S21kPOjyqZ2FhNMeaKff1KmyM4o9EkELJ+vifO11Fyc3q2PD1fiqZvc2vbGE&#10;MIeEiCmhuW4HNmi0HMqFerrIWKaTiQdEezYIyjQDfAp8DGrmcaE2a9asffv2laYGnN7CCFeW90tB&#10;RLr6yUzBJKRUDSnfSvfFED2USy3hVcdKjc+cmsVfmzaTMgDdmE784W7rLX1DiDFAmIw4dsVuFpKg&#10;S+FJv8Ik8a2xjO8ARpBR5u0jA5RIfufBK6+8Ql7m8G2dsb1g1LZt2/hn2rRpruFoMQVRL8hY+3Xu&#10;3Lny3oCBelFzea9gQ8njKSyMqmw0kLFw+Q+2ktnOJ432lzfCzk0zao8hLw5vW5FXo+yvJaP7/Hm2&#10;rqumhJjjkGdKU2O/AGUvXbrUtWPOnDmuPsSAP9ENtWYh0xxlxpMnT86cOdNd/sYbb3z00UcFp72u&#10;y14wKbbNFw7iobRWnsGbWgiAoLJ3xnquZwHP3BIq1FVahwzw4MATG5zWHJheTuaQtANJempq1sLz&#10;Tz/9NGq2zMgA7zmAxW1s09JmklcDrdRRaqXcIu9c17Zv3851fGWiStPfhgzwiTFcauZuG7ZmzZp7&#10;7rnHxpfWBvTKz1AJ2HIhJexsZBXnLXgOdMkT8lLCEBC+0q+tKMseCwjFFEnnc1pamz8EvbKOhmZW&#10;gJB1z5Izve7gXSHahF2SIfpLR5VRuYRaHUIhUDoayJDAK6tYzrDEcdpliIBmleeuSmo4ctSVNPQR&#10;i042p0y2NbXlUIS6QS/N69atmz9/PoLGMir93Nw7pyOsy8al6oS6HRxmr732GudYo3Vlo72qRhlG&#10;YQ1+yJAaWrCGfTep/cVZdlN7rZ9OZEFbva66Hb/bC5tlFhrwwhtvvIFfzI7pmhTvmaR2D9EAlbIC&#10;m6vofqn6CwE5AwCr3nnnnfmHqcLbjEb5tK0YfPz48XJhw4YN7pEq0JjX1MweZgvyt99+WzXtNb0W&#10;6MZw5swZRxem085jMoWHNSpjNRrOky+//LJzQmPNqlbHHkd+osJy0DqF+XoQzMhdksvJwbcEfFoR&#10;pu6k5iVLlphXCxkLTz4mMkF7c1GQZ/tImM8ptHwn08KFC104XDs4Klsc+QE+DT4GNct8CfzMM8/Y&#10;19LagC0RLqhEFKqSJIwo8Znk8QlafDqZBSuZFKHZSJ/SA2fRk1chK6QECh4UaoJGTFRTtUNA0IzI&#10;KmUFot8xLtA9F7lhgCqJZ97yXoEGMRqOwCPs71PgN0HVhx9+SF7mSDxUwnVYwzLbpmhDZhT9IXHC&#10;DLP85qSeazDMXOQhYoFnbgyndMIq8qN/zHLvvfeOGzfOlXzv3r2caca2tEwh5sBjid5QFQEP9j2c&#10;YqW0qYIZgzLoIVzG94ZTOXRs6zkHT3FUOBTMZfdrWgGNJjURHhdCIbIAbeEXYACDiRkOFCYae7lC&#10;7Cnq7VEMpsryGfPUU08tX74cAW3dupWvOJPYfffdh7IPHjxoImKGsKQOvygEJ9aePXuOHDki2ufO&#10;nZsvJRhglDNASX78+HHJYn+pRXbPP/88ruR/lM1mOo1iAJI1lmafyNqQY8eOWWnqZTt+9uxZdWtm&#10;dwHSmx85iDqINxwzTR/Sn6pZPrLflrkPcQKFAZkohAxpQlzZJhPxwxeqvzUKDng3JBP1GjXAx8Kw&#10;qDm+FosORgQtxAV96RuC3RL9NkY02PgMKX2VBp/ZdbEoGwWKiExvkACVbCoggU4PsVCbV9mViOkE&#10;5TkJcISUJqblE1AzSWGKfNlfmipol1GIQ7Y4exjTy5I2UMUq8oJenltIvmaFrsdbYCJDrMXycx2W&#10;WhjB7E2PWalcRUA+5Seq4reaXCjJZcJccrjN1WBRehW2Ng4k56uvvjp79uxJkyb5lOF6Q7U11q5d&#10;izssik692RHmSX4LZDMDbKtGVjlUWFgm6wsK60qZ2TmhbajGLEEtLGYizFTr1WtRDNBiYI3EicVy&#10;O49l+XyO3EWCJYTHo6qGFhNxnYGVmhYvgwe3ASWhimTUqFG4DGkuWLBgypQpHprCjMFxOU6K0oqa&#10;DVm1ahUbli5d6iDUyEKkmUrcYkUptxtFm/YnnnjixIkTWFvwmxo15//xk25kdu3aZSGUeLVxlHAL&#10;JahZwRR7bJyKnk4mWZTpQCyxoZOarUU687+jXWDHOTzMVMb3OsbI6KLWeXDt0N/dh+uvv17k5Bel&#10;yRTpAT4pPh41T548WQTbaYEYdk4XCDUxhCPqeqc5tn4WxyJAzoikRH+6wLNGWSeXQIqSRNZmbKno&#10;sdnpcoaL6ccee0yJ4Wp/4cIFwTp27Ng2aq6fm401NLZRs5ZI+hRwEj5X7zReEhJMBFc6WhD0nEYD&#10;ymuyv67yVOUzN6qMcgaQZ5JPmSaN+c0dAhxglEhOktbLXUalsLU1evE4RnM1AU6Qe81ZKnP+Ir0V&#10;dKxKoweaVW2qwltvvdXB1oRT2dVVZc0YrjALk8yoOg7pRGdg49hjLZ6jvA9MSptsj7AHU2hB+oxH&#10;gqdPnyajFw1ZGidkFzK8bQqvzMM4woaT4z2fIJacQJFvjqLWdPwZV+iqZWjIfqkKx4wZM378eHUi&#10;e0gmDAKvzieS9XCwfIWwihu94iy+0itBtm3bpkRN/IuQZ599NqrwKf3ilpHaBYCrDAI9dOhQ6tnH&#10;H3/cFFHOMxic2SJfYb5y5UqateP3WbNmIev6nPDJPKddfZIhdLz/yCOPrFmzhtk2izDSVwZRQmeO&#10;Q64mDEZlIHCjdr617zKOSc4en7fffjt25qW77rpLXNWjBvjE+BhfaDiQUbO4EcopUYWLCEvoywfZ&#10;iE3KgN4QB/jXBiciS2s3EMApWKa8d0MrXqrf31i0aNF1112Hjl2sMIson1/95z0CkYXsZHaEgeYy&#10;vgHtwlRWWE7dAh7Is9kseR0mhLikqpUEpkgJLGHSRblnNQ6vmoIbzcWfZUAFxhsieWQOsUCGEPag&#10;ET9Kfpolm0Yt6vQoz2mn3briCtN5lkKqcttR5hgCHsQ+mKIN99xzD8dGxnSSGWclHtJYw7z2lw0e&#10;SlNfyHNWtXxRobRWejiQ8U4XrGE650Gvaq4GDuIrDmzuMlU5MFiuvT4JfNJsLfZdqGRI0wbgScfS&#10;ww8/jA1xYpvHCBvFMHuXPY1+G4qajx8/znh0SYDzcStGQ6YmlUEUIk1DgIfdS/bv3++8VB8wSakR&#10;Uo6A8+bYsWM0mMiRLLbZzP/OMDyrLiaMmjdt2oQrzV7bZiIMbvkixDmh13LmzZvHsWTslOl4zH4B&#10;YatgrfrGplRLLGC/A0PYCDlBEl+BWZw3+e9UbrrppvXr11OSrgE+MYZLzaLWeX7//ffncFYR2GxR&#10;LtbtK4gwTNS/UEqgeBA3dUSmqysIC5HhUDOxBx98UGWnHsFfGAowlwCKhT6xvNCEXkaiGIsSqTXX&#10;EGODtVt1k7KHCWu00ra5JK1ZpF+oU/TLqIppW/+SMMnQaR4z2MC2cEqgETxERtLyFSPTW0NOmkJi&#10;4wgmyWRrQcpym04aMrw/6Fm9enVNzejJdDWXtYGRLKlL1P4gI9spbNlaoXRUwLAMzjfXDn6sUTp6&#10;w/ZxVHMfA5pTE2iv/cZUjM9am+LTFjRdGmhUMmO9zi7QAtxOD5/EIfbRWfjiiy/iUOG3bt06YWkL&#10;+N8nat6zZ8++ffvqLACFqk1Rz7q4oEj8u3nzZkp4gMH0W76x27dvV0q7whprZ01nXsG/ZcsWxK1d&#10;CfXWW29RFbUEBL/VuX+sWLHituqPLuU/psjxbzgPRxjIA7fQoKtaYoEzz0ag3Yj5LB1//SuD8w9P&#10;1M7Tpk2zoW3OH+DjYrjUbCNnzJjx8ssv13UBjhPoSXVkZ9sEiv1oblgn9ALCwuMe2ja4DbrwKYYt&#10;793QUlcRnOgXdm79aQnoZ5UQZKEolx4MloEJffEKFkKSKuwgiLFYNAcGqhSUMFI6YjXq117t5mq7&#10;RugCE1m+qTEj/mIPh8i92hsRyxDIq8u1VOHnvAbNIYiStlSFVedF4AQesBwcZ8vwstyjU1dmaSJD&#10;oLxXLe6/PFy/1khLjQSGuXL2lNa+kMnh3DaFnlmrHkR5SrZmVy+QoYpvndb4pbQOaaaEbQxLlxYP&#10;nGYKnhEqOSAzpEaoGeXV3hbnIjM7aEdUAJ5pFqs5YxgsZew+tTxPmJLz589HXq9w8mx2OgNK7K/A&#10;sDvstApDrIJOsarUUHYIlTA4YTJGmQtXol1dqmAPlOhKVEdAHbBz587Zs2cr3pW0vA3pshbCFHqt&#10;1loc5dXsIj8yaRSiMog9GQsZAlpMsWrVqpkzZyrJVe51Wg3wyTDc75od1xOq3/EsTdVmpGoWDQnH&#10;0tEbrc2sgIkUbjSA19LdAb3C1xTlvRuiUIgrJUaMGOEOmBYoEhW8SglRK0nwkWwMO0PyAfl6Nlcy&#10;M8MNEZ1yzJBmnkMsr9H2CnJSSqRqhozKM7UKWKdIyjTeaw733BQOvMpVXE+tVzIZUguDZ0vAEW2m&#10;BoRTyPhM2uceEOWXBDGlVk3NXUEG6ViUXev0WC8YZS+6HsC6OBBVWbiN8wqlrxv0cgIqxLCc3HRO&#10;Db2221kebYxEc1ro5xntYkNLVIEHXamacTc7CX/lK19RP3pGanZZdlgCfpcgAslDfSobnnmNteOs&#10;ymsTJjWcWnxNQDyUjqqop4dOR53pbC4iTsDo9UlAFy95tjT2YE8KvTqqT5w48dxzzy1YsGDs2LFz&#10;5sxhs5xliSGoM1OAMyMrra31wBLnN+dzZuKEDAPkSCXYQoQDapn6/PPPq53vqv77Y2aUvgE+PoZF&#10;zbbEWe3CIgrTUnamuixLcpGa9kuCKkmLFEIxUDq6gbAkR53lvRuiROiomsVE/oZyUCQa1sq6lCqS&#10;0CfEHoQiuIWgWLQWQamUICMQe32PIe59Gh5JD+CBQyKAJSWbXsN1pVGwapFdGL/OqHShS2kjYeoW&#10;IK8FmORZirKfAMujtilsga2jpvpXi6WpNwyUw2Y0qjT1BbFLUjOYnZPj2JbHh6GcpKUJsK7CutAc&#10;X2EEavsr1Mst9pGX7EVXYbymFwlm49Aug8UwUsOPWrRbhXKVKq82WlCNGjXKpUFZSh4BOVlzpnKg&#10;TcSJno3KtxanTp0i0+YBYWYUhXmtYaAIN0oQGtI2Cii3dgFQezXtEaOQWsGTV9biX0cL8/bu3Wu/&#10;4O6773bftTrOJEMJU3nJc1QRFqv1K3hmmFXwlRJbFnjVzi1Ksfob8AjX0GgtCxcuVCTdcccddJaO&#10;AT4+hkXN9uO+++7bsmWL8EqLXcnG2Ax7pkwIVV0S5BGN819I1Up6QS8WE0PlvQeICRchOH36dDVC&#10;pbWF0l0hLak72NCW5FqASbJRpiXBMEKoUM50kt0jjzxCgy55SK1nGgx88cUXBbRXyS8ZUPCOHTvi&#10;N43upEePHnXz5cwHqv97EC9EoYxauXIltfKQqsg7KvDCo9X/54YyVDf5bynkkiLO7GQyHIwyI3Ra&#10;2xVWJ+2bGvqAWH9qJhADkvNB6esLYjxfn/ptoFOAgWI8xWzp6AbCAsbdn/OdkV475TOdLVDWcT5Q&#10;ThJbiaLcObjadHYE69mU0aNHL1my5PTp06gtOm0r/R68QjTbd3unvRaDdIEYsJttwUzAbkof9rCq&#10;bmwOZI8ENJBVza48A6JMJWtSz4cPH546dao7rkpZjFmIOAkp1wN50k7l2ScPqOibSeEhyOyx3KvA&#10;E8POp3rVbXBWbdu2jcfUSYLWmVE6BviYGBY125UZM2a88MILdfTUsFs2ST44V0tTXwgC56r9K+99&#10;QTNmFHblvTekzcSJE12+ynsPSD8KqYXS1A0WZaVWTSG4pTp4WnHaSJj7779f4U8GRarptKA5aYxi&#10;kK9lSjZj839iffTRR8YifT7UokDD12zGC2vXro1CvPDaa69Jv3379qF4FhrS+l//jh+nOQl/5syZ&#10;ZcuWOTYwiJsjhU2TgEnOifoE7Q8UlrtLee8LYpekZp9ynpNjfFouCWKhhvLeAxaLTfinvHdDtbGt&#10;79ksjf+7HlExDGWIQ+xso72mC+PYBQMjpuibN28eltm5c2ct0xpc/e5ap5PtkVhN8VuahuSBMfSb&#10;1HPdZXb7deLECXM12bMTBoqiVMelaQhmVM4LUSzsFMfIymRn//bt2wUMYrWi5vWIebbJvOFir/wv&#10;JnvNTrOApJyF6irPAtvhZ1SRGAINNojz58yZc+21115zzTWvvPIKR2nvpXyAXrg0Nds/N6P58+cr&#10;sjr9q8UOCZphsq3YUo3a4PLeF4JGYImh8t4bw6RmvIw4OkOqDeatYqnURPKQGW2kcO+996LgPXv2&#10;bNy4MdTszrh7924X8127dqFs+aC2Wr16tfZDhw7xj+hXU2Ne7tK4YcMGTF1TUk3Ngl6X2TXiZdx9&#10;5MgRl0pdZJYvX+717NmzW7dubVIzO+WAWZRgcjWN/UHys62agULecFTjqWR+6e4LkkrUPsK67Jrj&#10;v3/kcAJVqldEpr5DJaWjAWyoUMVN4tCONKsNs4gQu+by5NUpO3nyZLcW8hEI+BkVRqYNhjs/mgFG&#10;Zw0lLYJrzigdxAkz2i5AnSAgtLqeTCzBhs6PRYsWTZo0yZlNIRsIWyNXeBXDtcEmsiKJQGf2iLBT&#10;qmViNxv0MhsjW7VtosoJxBhJUSSGgMRPnjwpRMeNGzd+/PhRo0Z5cDzo6qp5gD64NDULnQULFjz7&#10;7LOSrTQ1wON2aJglM2HZIlwUa6WpL2TaZ0vNZmfqJfmoxccVO+ch5ZVClTGAdyTnfffdZzrt6t9Q&#10;8yOPPIKUMS8KO3/+vPCV/6qYU6dO7d+/X2XkoifbyYea85tVkiqOVZujZvmDf1+t/oUYGIX9ydsF&#10;WWQiG6HWdml96qmnQs3a0VBIQQoxCTdRqKu1mB7Qe0lqbnZ5Hg41W4tTxCnOGEViV/5qg+OEo0IN&#10;palC89UzRrNw/rfe0toBYrbYuYhE7Bqn2Sw7WLqrn+tyFC85/zy89957eKeeyANhxthZW4yGpkyZ&#10;ogJtC1dmkGkybA3rFd41lVPYBJ1sy/ddejEjMwQk1nPkpLEX9ObMaBPjDXaqkcW/m5zwqw9ma7G/&#10;wGBM6iHtNOhihnASQp6tRTA0K2sPYDoOz3Auta1gdShYJHNghGuo/adOnapkdjU8ePAgq7Czs00k&#10;1JqvNgzHsM/F+H7U3Nqcv/xFiNty9Z3AKh0Xw/26K2t3hTLB/g2/arapEqm8d0OMxIMLFy5UOPQy&#10;soYQvGQatEEsIg5BrNCQ7cAns2bN8mntJhXiFoVq8REGx60vvfRSOPexxx5TXOtatWqV2lkeKmpC&#10;zeplxqgynD3sQc3r1q2TWufOnUuSAGpes2ZNflPVKwMwO3v45JlnnmESZjEp6LIuMypqkvy857Os&#10;oRtCzcQ8tyarhH1qydi6JQ8OgwkTJnjoCjJG4SxEwwAEwVHs5KUcFb1g7ziweQBnxqYNlkzM0hSA&#10;fEie8nRFPsIoxlzW5XhgBg8TZgNHYRlDMKMNQrXiUFFJxkNrjgpRZS4kaPvMhVZGjhyp2k1vBGxf&#10;DsW0NKERYeGyVKOB9pin0VHBAJ+5V6FmW2Dv8v1AhLtCV03NTTjd77jjDtW9gzOngsYypoJXTIpS&#10;Q82xhAfsC39yjnk1MltLS+PQl9dcx5OcIPaUGo5/HgMCzj9rtAQhF4WZyyoEMLUI3aRiYPPmzTff&#10;fLNPLZXuFiJ8NSD2ZAm9oDe7WcZcKVyCmn3K9qVLl65cubI+dZsg40SVEsMxnYxMEAHDrJrJ22DR&#10;UxcCnYhbxcrGjRsd130kgaSUs5DhWFuDcoWJ7RHEgYjMz+hxolIXmapz2ZktZAP5FFYoW3y/8sor&#10;qoxQ5+sVjhw5gpQV+2fPnk2Iywe2ST9LpiRIZecAkCr5JpS89MDdWBv1UKuRWlbFFSo+xMGSYn1v&#10;yDrDox88oKo8oDYPPtlTdb7vQRi4L5fBHTC1bZXPbEs022tEyS0oowh1A3nKzSXb01ItvZUSgLb0&#10;8qGqjXJOABSAL/TW8nk2Kb7jIv43kCRn4kEG0GCUuVgVYTRHM79lOtCeT2LG2sfdu3ePHj26Sc12&#10;ip1hqLQ0oZF+DhQz0RZkRhB7mMtaUBUlmZ0w2xjsOWKd0GVRqTw8W+Zzzz3nvLcj06dPt480dN30&#10;6BcVdkc42XS77HSxKGuxO8LYQK/cK5B8iihJeuzYMZuiHexj85ZAp1dxK/dpoD/tGmkIGwSUb9iw&#10;Ydy4ca6MlKQxwlcD6j2SpwhEIfX4ENxW+acWKAOuIC5BzSzj9+XLl0vLrtQsEO30cIggoFCIcISB&#10;pakvxK4otMHlvRvoBGE3f/58NWZ/P4rRrgvpA9FmVLVBLYcElpwHC5Ew8ly441xJ4kHuhaGA8dox&#10;dYZIyMj7xC+MSSmnS0yHYfWCgThR9CuosT8xLehY5shSuU0D2KDYxlSfXo1qJlJXkHQSUJi5WNUE&#10;q0xhp9JrFk5ABH2qZmYzSWJ7qMxpFYkgIS3fAotcNTVYKVPNJbcVZaiQ0+oulIrgrD3OxJIaLYpy&#10;8Mx4Yz3EQuTLYF7CKU4mJxkNscSoTJSxtQ1a1JJxVDVtoeYI5Nntp42aESiDW9Ldwkyjgbae5bbJ&#10;xoFnHnAMmBFEgitCvWsBL2lkTHnvUC4LeMnYkLKNGD9+PF6+/vrr3Rf5uXNIDV4ye5zDLWwwOzuN&#10;MqkVqbWdZwTYrNRwKSHDnz6JQVO5Zy0MtjUCw6aLTOGhMb0RjpgDY8yYMV/4whcWL17sue69SiBy&#10;hMr69evzpx1uv/32KRU41nHiM8+uswI43rhi9l/6u2a76FqHnQVc06zKya30drbkuXRcCrZTIg2H&#10;mjmCmOiRt6WpN4SXGHWE1JpjUtM2sRiDE0b9YRQxQzCdgC6tlwJ5VZVZBGtp6oYo98kbqMfGGxir&#10;kieICc3pbVk/ZD8zkjZ57QVcECfUA7vCupBvVxmzHD9+vG2iXt8108ByKerYkPwWUuv0IH4sUP7j&#10;HRwByljCJB3qlplDi7ukOgqW87IFaVqs4RaCCp27bXaSd7BxEdKxEApDsiBQtTtdwnRp7ITVpbzt&#10;I4Oab7rpJtRc3od+BcVD5ygt/BBXMCAttZjprFfxHtvqdoiYIBc5uvhHDLS5UXHgjoUvRlX/wxmm&#10;8yo87rnnnkWLFlUKWsJ5gHoge/iwrhXqLjAR/lVMCNe2Lq9o2mY1G2tox7OQV5ZbF20mih6fsZ+v&#10;RowYceONNz700EM2MfKfOxgGXO2Q48958+Ypk5v3MHmhan700Ud18bnjWRjs3LnTQStuEbrVRfLy&#10;4dLUbBuUokuWLJEwYq4NTnLUWS/pkuARKSdQpERp6gub/W/Vn1wp773B0QsWLLjjjjtkdWmqkG3I&#10;s7TP/atuuSQszQ20P882QZ61bO6/wFgF4ltJhQpljkzjHBvPpUiqSFTIKDpVKPQ3GzvhHmrXyktv&#10;WFcbR9RglYxtUjOxPj8GNB1tAjdnSWmtIMqdNBZIJ7co+jzbhfAdd5H3CdLYdduNygKT2AGewtoE&#10;ojAwIy/lO19d+UyXRZnCaSdi++yC1aEkeowtTR3opGZqEWifIdRyRX001pLM0yix1SVkmhpqMQu3&#10;v2Tqqp8fVBIS7ZVXXpk8efLMmTOZdPLkSS0ZOHfu3D7UDJ5z/PNVHFU6qnSwFvFWjfhbO5hXAGQX&#10;StMQtIhVO1KfhdXo1u9K00Ynl2YisBHhZURvHyP/uSOhsnfvXuW8+wd/Zr+aEDnulC+++OKyZcs2&#10;b95sCWrqiRMnIusD1f8KVC//MuHS1GwZNsnhzMT879Hw8BDuu+8+n9jQVkmqfAbN50CLw1+Nk98S&#10;KxN0wI7WD8OnZvHn3iEOeDMtVWxcBKoEUFuA9gExwh+LmsVlvnnI9vcB5bafQ1QTCWtcAxYrMylp&#10;WTyEMqb6h1tSt/8SQs1tAzvRh5oRKKJslgbE+lAz51uI0qmTdOwgXkCC1milKqxmTBMAywF0I5D4&#10;gZIsMJDSlMcYrxkITRkorZUxGIEn1UEIrrR2IBzaSc31q4dOanbAsNBD26ga/AZs89yU8cwVhvND&#10;W1briqRRdsRK+Z8kUlZoq+xk3NSpU2fPnq3IjWTgWcxj5zB1WoK8gmeqJJ3jEDuzwZIRKLCEY0PZ&#10;kawHarEXbRflgHl1fVCaqrEWZX85h0IDRal8z5f1O3bs6LMRVx6tdf7lL3ffffe1116LMZ544on6&#10;WubTAr2eO3dOu1KP2DPPPONoxFrHjh1DzXfddZdcSBnBmdH5mePS1AxChIvXXoynhuB6Nb3CjOHB&#10;Uu+///5XX33VUptQW7XxkfhAXqHm0jSEYlkDHCrTGFNTcxOG0CbiOZ1kYvGSyKhhUnNlV+t70lCz&#10;59LRDXppZgwG8SqsTSEtxbQWM8YVEa6hhSsEvYfO3hqChhn095EBs3TNPZBUKdvLe4U+X2igBgZb&#10;Qptjo8EOWhS3p7ETxABXhvhsegamS1mHVvLdS90Ozecm2MASo/BaH0YgwFHMDpkqh4UHsDbPGrdt&#10;2+bC20bNBHpNbV6nQtfy0BCGWYUFsqqrBo0BAWQq6TCyYlnJJuPqE7cpTJuYP3LkSNqbn4GDyknv&#10;RBSTLLden/zpwWe+UGrbNdCius/XMkFrsgrYgELeKx0NGCU+qVWHusJKdraNGDFCAYfFyvhuC7/C&#10;iBkOjMWLFyuc7733XvEZw0QplyLlKVOm5E/0LV++XNhby549e9544w3Zt3PnThU0gnaJccJFWzR/&#10;hhgWNTNXtElj3NEGoYZVDx06dPDgQZ+XxOHDh3nEWTR27NhxDdxyyy3jx49/4IEHtm/frkwIPG/d&#10;uhX7b9iwoTRVeOGFF2x/m0c8yyU3jl7UzFrhyGAB1BzYH4Rl+MeiZlvbTOauIMmrqKG+cWc4YCjU&#10;IFa62inBOtfeBrUVru8vAypZPukqI5FkYFtXL2quqbO8XwxKOMTWlPfeUNDZoGY55oETALNcctVt&#10;IPlB9esu5b0D/IyY2MbbaIgwn4edQ80+u1Kzrl5mZGDXQ8gQm2L7yORaUDoaaC2vwptvvumSKkeW&#10;LFly6tQpQ2RfeBmawph3zJgxMiXtaaS8fo3rmGR2HlYNaBF1bPCJZHtRMxs6S2OfmJ2Seoo20GmN&#10;2EA6Yz245ppr7rzzTu4lHxTRzw8xXvDbd+wsqvFSclyRsXLlygkTJmzcuPHtt98W1Xb8xIkTCxcu&#10;vPnmmxWg+a0VdSTKvuGGG9xaXn/99cuxqGFRcyZuObVhQf1qnYHt7w/BAWJCPrS+4LgYLgt8FHAN&#10;TJo0qX5uAo870NwsQAFeY86cOddff70qo7w3QFKvCBbl6kFAPcOBU9G9WCzapJpGa1i1HY1k1Ipm&#10;UajcQAp6i1wHuE7CiIP4MC15Nkq26PVQ99YQ95RzY2dXDaa2feHeFf/wD//gxO3UY6ewtvhrs78r&#10;NeOL3Hy7WhvwufguL70Riufw8l4haq0aiXhoM6k/GNbnTBWHdsqe0mlSvMyATOGTEzzs37+/7QsN&#10;Z4zzgwCUpiFIdfb3qogpxIwivw+vGctmNbIKQ72i2PSavQajoIgOBUyo2RFiOb/4xS/chJz3ign7&#10;Ehmej8EZDtW48mo5BNgWnTXE2JkzZ9rCzDNXSNVsN5SOBtIuZdDxtdV/TwU33njjmjVrbGI1c/cg&#10;uZJgAyN9WqC4isPxr3RwFqr07btnbqnsbQWDVFXxuPGD2lnYcMWqVatkBJoy1uYW7Z8RhkXNVwbc&#10;hFP6I1x5+vTpRYsWOcd6QW8TaZw9e3aT6G1GLxSJITj/Nar09+7dK/1ibfZVPj/yyCNt50duAI89&#10;9pjMR3+yUdoQbkLmKNkS4rU2jWDXJYY1GtuJr371q7pQQIS7ggYnea2wK0SSHOZMzwnBrAvk6oUL&#10;F3i7FZUNyC4rzTMxn4yngbWduR2Q0TWcqpkqMqlTSlMDzjyzhDpLU18Qw1nc1fXeHdgUzrR8wtLM&#10;RbXz6O385TnHjLKRtaDRpwX65G2ca6VRGGHwHBDDvFbh8K67KjWtsQJbBSeWRI5UV5ExPvc8jBb5&#10;NmS4Vag8hLcd/3b1d/fN8v7777PZ1iiQ7bJ2kmVYAzSYGo/XUV3j61//+he/+EWjyJSmCnQqGxXU&#10;NHfVGYiuZ555RlF53XXXqZZw9KxZsxwbnNOp8/MFe7iaeW7nThT560HwyE103FyjHXQsKQpnzpzJ&#10;A9bo4BcPXp1Dx48f73UqfzJcRdQ8HGTl/PVxIQRlvnvWs0MoX44MD8rtBx54wK5I5lgCMlnq5v9D&#10;W79+fVMnFkPlOFrto1p/8cUXyxc61Tc/gUYkKAKAbfleCA4cOPDoo48q1mRpV7hYrV69umhpfI9U&#10;3g8eZJXwckerGyMQpMUsmzZt2rdv35EjR5ACG+SnSgHQhxDEhmkMPDtszF7eK4hdjIYd7EvXoNQo&#10;oN3x0VZp6gF7lPrOQ6cqLU5BAnpLU18QI2/SrlYFzHZ2SjAy6k3VU2fh05Waabb1QIOBVmf7WI7O&#10;5CrJWpgZdJKkAWubwnnMaeklhqpocCBt2LAh9ZeNcy7GKnAGu0J5yJAmImAKVxyFHmr2DHTaFHvK&#10;HjOaNzewMqwDhtv08jIEu8bUmJGWTAe6eMCNvteZAcR27tw5atSoLVu2bN261Z115MiRPrGz4UXo&#10;qoHdkQsyzkECamHHz+bNmyUy3rCWiGXt3DJt2rSlS5eKBC0cK1/cb26//fZTp04JiQh/evydUTNw&#10;RxOldRgoA4ZQWruhSDRkPB87dgwF19SsBVspDdzXMGkua2kHRZDdFb6Iz7blHhTgd5BLU6ZMUSUh&#10;WTy+bNkyW+vsjYBzWEBLtnMXQwsImigJohbKe4Xp06c3G/McpAVEGLgQsDBmBO53qjYB6ll74JmF&#10;6qBKpLQ//fTTHCJGAT3lAXBo4Bk7KDGEb91So9mC4NR3yhaelA9xchOh5jj5kiBm3v7ngSxSMOJN&#10;2aUYpL+TmusvNDKvT6YidHUo+oPmqpXDNNBGDGh2vFkXMYW2BwKIsqbmfPflwLMXgoE/3ZQdeJko&#10;evpQM5BBFrYg1KylNXGFCHhQynGFWE1LJ2xNJ8nSnCOnvDc0gxPo/PnzBpa+BvTmYffu3VxH0lHB&#10;z+p67Hzvvfc6M65CdnbPkBqqe7AXMlHJ5ZhsC8Wsfdu2bQROnjxpi7UIJBWPI3zFihUJUSgDPgX+&#10;/qj5c4ELDhZesmSJ4igtvC/I8NqYMWOcrl2v4WDzZGPSuImXX3754YcfphCcwD4pUVOkV0L2Ugh4&#10;P2JN1GQRyMby1ACZphgZeOWVVxwMbGgihnVFLTBjxgzXAqfIPRXmzp2bhza4KjoAPEhLSGMnDM9x&#10;4khwlVbKteHVV1/VLjGKFy6FkFp56QYZxeEh005qToLVvzyXV7uJsGwozrUL0KwrwTPe0Y52SbLB&#10;2FoMSeFo1KxS/trXvuZgtl6VsqPOmaS9TZVPVvWhZu2Mp6qm5jTmATyDvW5T3sTvq99Uwc71fdwn&#10;tVz90UcfKajZ78DQop2wpTmHFI8aa/k28M/atWtvvPHG6OQ3hYWVqmNETmeR/rnDWtwy3YwVH/ly&#10;XEwi3M5TJGehsFeQ/bj6s005xvC42uX555/nLi1F+lNgQM3DgowSWErg5imqFsiXaPlZTWkdHgSr&#10;Qgb/gr0EmfBpdlSIlKfeaCVNhxhLYkYTMQnKe0eLB7wmEN0EVfHDgbstlJceUDmqWfJlfRvGjh2L&#10;2eujsT8sE6n1r5qxDMbPjTXUzBWlbwgHDhxQDe3bt8/B4Azz8Oyzzx48eNBzJ0KvLESFjm0URmG9&#10;p2ZB0AIJ323fvl0a07x+/XqUiheYEe6LcA3Jb0j/a7La1mGplLMppeliOIAZU1664cKFCwwm5tTB&#10;MvaXMTm6BLnwViA7V5SEvERSdY9qPVusISCYDbEKZz9XbNy48bbbblN4hpoBna1cudK9c9y4cSru&#10;q61wZqH18tLOnTvF4a5du2yigqx0Xwx+VqhNmDDh7bffzv76tE1PPPGEQJUUzTP+E2NAzcOCEEQN&#10;x48f92wL7Y26QIRpdHETl7Y2kp8AVeh+2uFQ3ruhSFQoTX1RRBvC5b2jpX64JJqjgs4WmSyHMUUb&#10;1MtnzpxR1GzdulXJxvn9gWoRBC5Qg/eCqmfx4sWPPfaY5+XLly9atEhLuiB/48a5K9kkIaKpkde2&#10;xoi98MILYdJkbBNoC7Xt37/f/YA88kLl+E6XhZP3GckmHNiosBfnBojAEaKOI1mahhCdHKJ+F6W9&#10;CggeJumEUKE7ORTRdiHfQTlsQMsHH3xAiXqfzRTqIgwevlH9H8TOITJuSKrOfDMACmQE99prr3Gv&#10;U9xFQaPT1252HoSfIyy/Db12BLS///77DlcHdnYwjU6sfOnX/4ccw8T/FWrmqU/jLNSsxnnuuecE&#10;rkuuOHPfcRudPXu2yqsIfWrESCjvnx+KHX0t6d/7ydBHpyIXdY4ZMwZdVl+BtAPl1fA6efLkqVOn&#10;zh827r///vLUwIIFC06dOpVvgaqvf7pAFyAvwaAKRqaV51q5Xac35lJhEZg4cSLD1Fz4Ll1BnjMq&#10;z2hU9SrwsAAqTGPd20QvaiYZYZxrdvUvbT//+c9pw7BOL8hdDTVH3mduUWSwalqwjwUqkxFxJ7mT&#10;MeQfqr+yj5etzgaNGjUKQV9zzTWUgAPVa34q7uG6666bPn26kryouPxoOaLDb58GXC1gBBhPlqbq&#10;r9+4V1mmy5/XTznpgJr/hshAeW9ATF9//fVqZKklvFDzunXrXHzEa//L5sdCmf4zjaH/NUBAJ0+e&#10;3DA8oEif7733nswJ0FD9kOc8QNrbUPr+/d/xziU3Ra8hCxcurKm5xcoVfvzjHwsS9b6a+s477xQz&#10;ynm8rKsMbqCapwUMqPJSpX73u99N1Zz26CzSQwg1I8Tmz+UI+xScTgXR63ShxLy0OU5IAnL0bIGp&#10;mutRTWihhIbvfe979a+glL4haFGgOBtw7rJly9wm3R6yC8bW1KxeJuCmgrhvvfXWNy/1X459hmBh&#10;p9mfBpy2Z88e5ZprUPOM4R+UfUf1X9aa0WZ94nkH1Pw3RAbKewPqjuPHj58YgkhVxNmeXjfET4Yy&#10;/WcaQ/87wCeiXPnG57I98NwHBP678TeSiqIe6CWjcTjZRaCNmpn6s5/9zFmCqnKcHzp0SN36n//5&#10;n7hS+dn168gMpEpiI+WsAiEa6DPnhIFkIKszqpOatWtE7og4XwTXrjBQ0IKHn/70pzR/8MEHp0+f&#10;1pWxbTAjY+hhSX7VulNSi2L8rrvuQr6TJk1C9GaP8Xprah45cuSTTz5pXa0/y/Daa86JDL/caC27&#10;Qnn/jGBDb775ZmfMxo0bS1M111tvvYWy3bfCzqXj42PwXfMnwWe+zQNcEp+Xz817yakJ4CbZ+Oij&#10;j7r7I18l4dy5c/P1xbPPPvvVr341pzhJtIUu88P9JnDZr371q9bv0FT/LxTq1OhgwOZIWctHH330&#10;ta99jar3338fpVJCXu9//Md/HDx4MNRsiKKBMCpXQBDo+gO3asKWJarmL37xi8eOHUsLFIkhOGkw&#10;stWxxGHDtiykCaPMsmLFCusdP3784cOHGVCLsVBpeffdd2/atCn/UKXrRH93sMwxY8a88cYbDtrS&#10;VLnCPtoLN+yXXnoph9Mnw4CaBxjg00JChppzVZ8w9LcENm/enHqzyUSelat4U3t4CkUiX1SLBH/Z&#10;8Qt5NZC1IYrQ/EYdOAC+/OUvo+mdO3fOnDnTzRonYk8kjhBD7mVwD5Bh+blz5zx3FUbNDptcBUxN&#10;syGlbwi60psfA6olly9fbuFhZ/I5P373u99Zb9ej4u8Roea22j8baiOuv/56O8JdpePjY0DNAwzw&#10;aSEbQ80q5T179iiXQN0qUZOrRa6CFjz13nvvGaLC9YmmsS2+jnCbfJB2AribPB706soMv/71r3fs&#10;2DF9+vTjx4+j0fweWx9VNfSyxNTYPK9t8liVVd/73vdUgrowrOnQdBu96sqM5M+ePYud1YwLFy5E&#10;TPSzDYs5SGqxtln+TtGVmrM014v8dSrBYKfS9XExoOYBBvi0kJCh5nzXXFqHyA48h5KQGm79QfX/&#10;eecX1L773e8aq1LOkF6IHtxHHs2lBQvni13cigs2btxIec19+ewPpTo2T51e0ebfxv7qV7/CO0zF&#10;yxFWBf+4+jt2+Npzrd9DQJK2d95559lnnx1X/Xkm+qdUf10zv8hEJkP+FyD/AjBf0ThiuSuwBagZ&#10;cbs53XPPPW4PcWwZNmwMqHmAAT4tME5Xam6CjPyUt4pQlZRnSfuPPf7wcSdazFf9K2HFeL7B9Pr/&#10;t3eef1Fk2xr+A4+jKEHJSg6KJBFBUAElqGAgCQiIKEFERIKIICBZJIM6ogKKCUw44nHGe+59qFXU&#10;7YEG25GZAzP7/dC/ql1rp2rqWe8uuqtnZmbEm2NOk5OT4+LiGMY8BiwGAQYcnyv/3CNtUFHrZ75l&#10;xkYOWHS3FIhDn8nJSZBkeGepwi7xpBzyB1PjbFhZWdXX1+McXV1dKyoqlvsGxzoVaMY19/X1MWtO&#10;IxlLRHLiLSYnxcfHw26mz0mTE6vXtEwKzUpKPyquum+imesTj8wVC5cFgqCKaxjG6RHfErXGxsZw&#10;snQ3T9//+Z+RkZGuri42BM2Y09bWVsIsoQDjoff29vbq6mosLVUMYYrx5kyEGD16gb+yAcqHh4cN&#10;NCMKoZLYf7axzxhnGxsbhpSbm8uZIW0YM51vaP3bZ3HNnDoWFtPT06RYEW8r+QyR89zd3YOCgnjf&#10;eY++d8oKzUpKPyquOkHzqVOnIJpxEbKhIXT+f19cwwD0o8lzI9ngSgaCWFS2jfJFkquaV2jIStkU&#10;iCCyWftxVYAIo6GAj48PHX2TzlASKHd3d4MVRg7u8cjUQvh6hsTAtBHNS6+zMBLEHPu156kaY6Mi&#10;rRmfyqAQ+8wJsbW1xTJv377d0dGxpKRETg7xjPzixYv5+fl4cLk3Ik1J9TUuGa24Ziwz42f6xuA5&#10;JHry5ElERMTmzZtZOrD7vbNTaFZS+lFx1ZlFM2IbzGFvZTm/6BBXNXDESoM5vfT3kksaiV9mVz+g&#10;VceONTU1CdqgQ09PT2BgIBwEuwSb8sJUFE5qTwQE6BKDgD5wp1zuPkNM45BRC9EXfvD9+/dwh94l&#10;Bo9M2qAK20YwQ2XK9OLh4bFlyxYrKytMdGFhofzXMScnh13k7OxcVVUlmcB0dmtfFRUV9vb2nHN5&#10;j3jlbHBKeSvZReySrpg+SUgmqNe0TArNSko/Kq665VwzNhkYgS25gIVlclRIBNcePXqEcZYAOWQq&#10;ymdnZ2Gc0YiUw0e4ILeJDWGZg4ODcXN79+4FnZCUSEGGgJhdCicmJrDGUoU2pVmYAnApR+QSYkxH&#10;y1Gmht1mtH19fUCHV5qiEJrjtQmmHQmWZnklYHR0NDMzMz4+HkjJw/UhGvmD0+Xl5YWtdnJygs4Q&#10;36i+9sXUWDfIjx/yFiBSLCuYmpqauro6SbTEkOoOHz7MfHn7pKLlUmhWUvpRcREuQjOCuW+05zWb&#10;IlVeDbELvHC4hIFO06NGPJc9lDRsrBxFXPaA2MgExiuFRUVF3t7e0dHR4AOC0zhGFbHBLkNlmw2J&#10;Nyoau4hR3dV+ElO22ZiamgLcUJiKFOKIaYSBMQwalLEhGhEZu7IxPT2NwU9KStqzZ8+VK1du3rz5&#10;8OHD27dvp6amQi4KBwYGaA30G+dqzUpmhI4ePWpnZ5eWlpaeng6CyTE//fQTycb0A3PV1dWOjo6d&#10;nZ2cRr3IMik0Kyn9qLhKBc3GF7XxgDALg2lgSw81JzCHs8Z46vtag/IKB2kHxC91lNTCkEKBpY1z&#10;qLKy0sfHJyIiory8vL29HaSiwcHBBw8eyK4euowYs9yAJjE8e/aMeF7FGusR//u/gJ40gN83LVxB&#10;jJNGGLMppOgFtGGosfn79+8ntzF4/diaF2jeuHHjhg0bWA3s3r0bE71lyxbQLP9RkBzT1dXl6+tL&#10;pORCy6XQrKT0o+IKNEUz61lY9vLlSygDhjiK9FBzIgbq4UlN3RaiKdpZBERDtCnQNNs4LjslJWXz&#10;5s2xsbEwlC7kjgSAgM44ej1uGdEm2YVIcgZLdWoZpt7oDiN8T/t5Ytn9pqi41BGzS/ulpaVZWVn+&#10;/v5+fn6SbBaFrQUtHZKBZldXV3JhWVkZBlnQzBlmyUIhiTA+Pj4gIIAcplezTArNSkqrIDglNzRG&#10;RkYwp3B5EU9hZWZmZs/Cb/4DqUuXLoFyFvVsg86WlhYu5qmpqbNnz7K6n5ubw2DW1dWdOHGCZk+e&#10;PIkHJ3J4eJhdvDA90gVXPswFkciUHTR49+5d+RUVjJt0SjmvHJKYlUUklHyoPaOZjqS6qWjn1atX&#10;mHowxNGl2LVQVGSyra2tXl5e0NnsOmBt6tixY1ZWVj/99JO7u3tbW1tDQ4OLi8umTZsoR/hoe3t7&#10;3s3k5GQHB4crV65wxiyfmkKzktIqSNAcHR2N08Scghv9wIJYubNgr6qqgr8cRTExMUNDQ7W1tUAZ&#10;i1pRUZGampqRkQHcoTZQxqsC9M7Ozry8PIgMv/DIhYWF4Bva3rx5882bNx8+fADBBMtzMAyBAIw8&#10;48HWXb58WS/9TtEIoBQ7b5YpzJT5MgaZEdIPfKfu378vIGOyNLJe0JyUlASaDxw4wDvCu8MiiY3Q&#10;0FAKATTIZtWSm5vLCSTlECwrDwtnp9CspLQKMlwzi9lFhGIXu/Ts2TMu2nPnzuFzIRrxkZGR+Czt&#10;eRuX7ty5g6fGGqelpeEfu7u732rPaKbu2NgYASyHMadQQMiFampqiKRlHPqZM2cgNfbZ6JoAiJmV&#10;lWVtbV1QUAA1KJFD3yVqgXgs+VKvzSG6I3+QMOTuKtKPfaeAF2cDaylfbvyRpv5KYY2Bb0JCgjHm&#10;iYmJgIAA0iEC0AcPHiQlc/KDg4PDw8NZYUiYXn9FKTQrKa2CQG1ERATX6vj4ONsIosFTmIW3BT19&#10;fX2enp4pKSmlpaUDAwP4xF27dskziaAblyuGmkNNTU05OTnYZIArF7yBZjxXYmKiQBBMU1H+70/7&#10;wLe4uFi+jyd05vXr16/04ufnFxcX19vbiwE3XVBbCAhEkvhZe+K+vm8iGkHMDiQtZbflopH6+vrt&#10;27ez/OfUyRTWvsh8tra2oJnxSwnv1NatW8UyswjgfeTNxVCTU21sbMrKyrQTptCspPRXCaCAZuAb&#10;GxsbHx9/5MiRw4cPZ2RkQE/IhV0aHh7GVtfW1l64cAFiwk0sVXV19e3btw00gyfi8b8nTpyAszRL&#10;+aNHj7ik5YMQHR0djY2NDx48uHv3Lhs4cQo/f/5MXah9+fLlnp4e4S8CphCZ8Xh7e5eXl7ONvSVY&#10;jiIZ+coijHao+OrVK71oiVgEjI6O/uFPVtAFLH7+/Hl0dDRcKykpsXBs/3WRsXbs2GGKZt7rpKQk&#10;PLK7uztzgd2SEXlnnZ2dWdyQWSXym1JoVlJaBQmaWcYGBgZyrUJnHDG+GFbCLNBDAIWVlZVQTO45&#10;gkuASwDXM7vQFnxzteOdccRc0hQi7DO8ntWeiAQlu7u7sWbXr18H91zzFP7666937txJTU09efIk&#10;vGaXMEiHf6fN06dPOzg4NDc3w3Hapy8OScv60FcU7SP6ojW9aIloimYJsLBNQ9oodNELJ8fR0ZGs&#10;ph9e82LYpD2SIhtGydTUFG9ifn4+xplk80J75gm5jTUBKxjeAon8phSalZRWQfC3oaHh4sWL8i2P&#10;N9pziuWXRzjKxQkuBwYGhKdSIv8tBNNCagLYwAV/+PBhaGgIlLNNAPFYXbaJQZCXAOrKUSR1aRlr&#10;1tLSQo99fX3QvKurq62t7erVq5GRkTk5OW/fviUMcODHYQcj1AY+PxLZMCuO0gWNS/6QEjlkiBJG&#10;DpppXC/6Q2LKnDHQTINLe1mDYpBeXl5kYn1/Qa9fvz506JCtrW1ycjLZkVUO7wjbLi4uZFYLp6bQ&#10;rKS0ajKuOrhZXFxsoBkBOOwqTJRdU81zaEG448HBwdbWVkyu3HyQAIkUAWs8NSAz7k5QCLKBY1NT&#10;EyDAqUl6APGvXr3Kzc3Fwhu2F4xSyEju378vH66QcrOaZ7/24TaalRsv+gETUSgxvb29jM1sjCVi&#10;sR8UFLSO0IxGRkZIWvrOgji327Zt47ST0jjVvFMsj3hrMM4KzUpK/01BqKVohphyB3mRhESIGHgK&#10;mkdHR3FbXPb4L5HxEQugz6IYfrGUrqmpAfdgeh6f2p0N3LR4cEQkNpnyRWimhKMcevr0KcOT/yvK&#10;IbPiKNiF44LmpcFSSHcwiF5IGPqB7xEtCJr37t378uVLvXRtSyYu0os0gWYnJ6fr169rb8v82eaV&#10;BQ2FLGI483rcilJoVlJafXEpdnR0yAeZ5f9jlHzTNRODvZKb0QgUgk52eYXpE9oD2lFeXp6np+fx&#10;48e52gcGBrq6usgEggCzKigoIEmMjY2xTXdEYvTAenV1NaQApjCd0cpgyB8cpYQkQW6gCo2zHu/p&#10;6WFI1OUQyYNxsk08RH6kPY//1q1b8iFo/D61GLPE0CBjprW2tjY6raurI+tQInc/jA2qkFfCw8Pt&#10;7OwY1fxQ1oMYNtJ3FnZ5lx0dHUEz28b7wjsYFhZG7uHPQI9eUQrNSkqrLy5FzCz0jI+Pl882CKTM&#10;umZTCZrhnb6/IFrD5D548KCxsfHkyZORkZEglV5oFrpRjtPEjlFRWKBX0/rt7OwMDg4uKiqCfVLl&#10;5s2bKSkpJSUlWVlZDInkceDAAYmnnfLycgrPnz8vaAa1BJ89e5ZdWmCEqamp4F66I7K2tra+vv7G&#10;jRtgl/wBqQkrLCwcGhoS6F+7dg00s0EvFy9ehPLy0RQar6ysJMFI1+QAGnFwcCgtLTWdwjoSw0ag&#10;mVlcvnzZ1CAzu/z8fC8vL95fS2an0KyktPri2jOLZrOu2VQgzCyatUt+/k50enq6i4sLaMafCoXB&#10;3/T0NC3ji9nA2+p1NH348AGXTRUoLJ/cogomNzc3F6QCXMhuimaOAm4QmZmZCU3YHR4ezs7OZheY&#10;AmL4e+HChRMnTszNzdFdRUUFXTNghtHU1CQ2nHLIbopm2kG0QwsUUkJiYKY5OTkGmhHph6FeunSJ&#10;YL1ovYk3ZXJy0tfXd9++fbwjeqn28fDk5GQbGxsSG2dAL11eCs1KSqsvyALRYmJiMInAkRKu2OVu&#10;aBiiFmiWTz3rRQuaB5t2zxfObty4MSoqSlyzcRSMAkTAB7KhMyWfP3/Gn8I+JycnbC/mlzEQzCvk&#10;jY6OZmx37tyByzTLLuVIegEi+F+2ERMpLi7GF2MDQSqWFkaTIQhjRhBW7mBQ9+7du7TJFMA9FB4c&#10;HGQk7e3tBprFpAMmjPnhw4dxkfTb3NwsRwkmW4jflHmtR3EeMMtlZWXQmeRECfPiHLLcsbe337Rp&#10;08GDB+UNkvjlpNCspLT6gq3gbOfOnb0LPwfFFfvy5UvApEeYE2F4q3v37nHp6kULmkeX1ghUdXZ2&#10;5so3++UFAuS2CXAEcx4eHq6urmlpaeLcRcRgb2tqamA3HGdUNIUNf/36Nb3DTTo6evQou9LjyMgI&#10;/CXBnD59mkUANpkuQDPVf/nll7a2NnwxjMbwXrlyha5ppK+vj4DOzk4apy+wTju0Bq9JTnRB7/Jc&#10;J6jNBqPi6PXr18kiQUFBDF6Guk5FmqyurgbNJCfmxVvm4+MTEhJiZWVFWgXNnDo5IXoFc1JoVlJa&#10;fYFjFv6enp7ACFQJ4755r5kwsAWYlv6niEPSCNf59u3baXzpP/qNmHfv3vX39+/fvx9PCjrhMoV6&#10;kBYGOjGzbMBWDN3MzExcXFxhYSHEFCJjfmXYxINvHB80oU2AC0kZntxIpdnZ2dnW1taioiJS0aNH&#10;j5j41NTUwMAACaaysvLChQsAFztPU4gSCA65oDkxlDAM2UCnTp1ivZ+bm8u2DHWdahGaWWfY2dn9&#10;9NNP80/W2LgxNDTUWGfoFcxJoVlJafUFofCM/v7+CQkJOEeuQ2HWN+81ownt16H0nQXRglzMOFB5&#10;pI7x/Q45JBsE8IrDzcnJwTI3NzeDCTmkxc6L7U+fPuGUJRjykgwgJg3CZQw75XCZihxFIFi+izg3&#10;NwdGQTM0B/fMSFqA78CaxMPG2NhYT08PGYh2ID5tCuJF79+/pzU2iGQMbDAM2WDK8k33Se0ZQPpY&#10;16cEzSxuSDOsOQAx6ycDzba2tqw85NTpFcxJoVlJafUFXwCNt7d3bW0t6OE6BGTw65toFkiBS33f&#10;RBwCc1FRUa6urpcuXZJvi1DIq4htRHdnz551cXE5efIkqNUrLy8ZGJ1KC3qpOXEU6NAm7hj4Gv/L&#10;klq8Queuri5IJLSVoxaKE8WYcd9ixr+3+poSZ6mqqgoKY5bz8vLIQywytm3bBp1F58+fJ2zlOSo0&#10;KymtvvBKGMDCwsJ32qMwYI1ADVMJCvUgcyJYbKy+byIO4W25wtPS0tjAliKcLAKFYnLZzs7OdnBw&#10;OHbs2LTFj3Dr7u42e+farOiFYPy48fEDmeDnz59bWlpANhOkRA5ZKOLlHvrBgwcB2d8Azbhm0Bwc&#10;HMxfAu9OfHw8ax0dzArNSkr/LQFNLr+QkJD79+8LHwEWfhBzavofObMCu6Ojo3BcPtohohHEoU2b&#10;NuHFjhw5Qsuora3trqaJiYmZmZnS0lJ7e/ukpCS2ibcQcK2trUSajafEtJBtJgJr2tvb6ZRMIEd5&#10;Zbtn4bl3RrA2al1U5NU4aioKOTmkE3d39+Hh4ZWz19rX7OxsVlYW71R0dPTU1NSDBw98fHzYRYLm&#10;5ORkydl6BXNSaFZSWn0Bl6Vf1P71118fPXq09F98hrhW0bNnzzo6OsBcb2+vfmCBiViwDRs2bN26&#10;NS4uLj09/ezZs2VlZZQDRJqlr/z8fCcnpzNnzmBgDW5+U7e1b38IOg168iqFQJOmRO+13+fGGgNQ&#10;BolxxuSSh7DMFMJrYthGbDCRyclJVgBUIXMgFgS80qb0a4iOiAfNTG3Xrl19fX20aYxkHUnOGEkL&#10;CsvbxBsRGhq6ZcsWHDQbWGnQTHIlHep1lpFCs5LS6ovrs6SkJDAw0EAzFy24gU0vl39ABDHwCNj9&#10;/PPPoBYQAyzjEGRPSUnhwuaa9/Pz45Xtbdu2yT1fAhDgO3r0qK+vr7+/P3CXut8UKKRTaYEB0CmG&#10;/c2bN2/fvsV9g1cQzJAQG0wBKOMEOST/P0RwGf/e3d0tMeyywVE8I/G0IGEUMirOg97xgrDhN2/e&#10;5HRlZGQwo71793Z1dcF3TiND0oPWgxgtb8Hhw4fd3NwwzhUVFeQbuCw/Hpibm8tbRnJVaFZS+u8I&#10;GwuaPTw8IA6I0aCnfzDuxYsXetCC5KixgYAyYbAMv2mU4163b99uZWXl6enp4uLCFc51bm1tjeel&#10;WQLEZuJV5b7t1atX2dV6+P+WZReJq4WJ8v1DiAlGRcCUBoEvhMXmv9Y+7wyIiQTZrMQ5REW6Y1cc&#10;8bT2cDXCBOi8IkGwdMor8TRIymFDSuQQojwkJCQyMhIzHhUVxRz37dsndJYwJJFrU8YIORtJSUmO&#10;jo4sXzghrHtYBIDm+Ph4thsaGhISEkg8pB9ZqUh1s1JoVlJafWH3gB1r2BMnToA2uXQFzUtdsxw1&#10;3cZrAzvofP/+fXaFuRAT4G7evFl+J1vQzKu3t7c8dIIwiQSdQBzLxrapOMr6ulgTDi49Pb29vR2T&#10;i6ulI7BicBbyioAjtWRsIqZAmNyUoE0SBghmQ46uoPfv3+OaSQkSPD8gTR8/fiwoKNi/fz9njB4H&#10;BgbCwsLAWXh4ODjjpGnTWtM3N1hzgNqioqKYmBh7e/tz5841NjaCZvIQCbKwsBDvHB0dLd/BIVvD&#10;bt6IlWek0KyktPoCJQAuMTHR1dXV+HoICFvuXrPGqP8Xrhmgg2au8Dt37gBQlsMAd8eOHZs2bQJb&#10;QUFBUADzxXZHRwc8pRFBGDBNTk4+cOAAphgLnJqaGqcpVpOXl9dWTba2tvLjdRAEjw8B5VU2ZFRm&#10;hcOVr3czTr3IMsk9DZkg4vxkZ2ez9meoLALIE3JThbNUX1/PyoAkFBAQQHdMSqroDa0xMWCWKXJi&#10;GTNpknUDyZU3hQTG28ECQm43Mx3egj179vDGKTQrKf13BFC4PrkmMzIycKYgD0DjNwEuh7iecYvA&#10;SMQ2bpTLVQSLubzlwgZhWFosJ34Ts7xx40auf4h24cIF3GVgYKCpaaVlcOzr6wt54Z2TJnYx2ogN&#10;xkN6+PDhA0OikZSUFMYj1akr93bZkNbMiu76+vrevXun71sseqRrugNkTIThYR59fHygsLW1NeRi&#10;qGQyXmGcfJiBV3ZZLnD2Vh7VXybOD2eJzMRESIEkS8bMFJKSkkio8p0ahkpeZL4kObY526RSpoOM&#10;fwPyLis0Kyn9deJ6My45nC9mEAYB08rKytbWVi7IhoYG1vVY4O7ubpbwiGU7AkBLr1VK8FwgHhZw&#10;2W/fvp0LmwbLy8tnZ2f1IBMRX11dffLkyROa2KitrQUQZlseGBjYvXs3AxNTL4WysYIA0/DwMLhh&#10;QyBF/kBkF8SoELuLmiL9NDc3l5WVubu7gyeSxNGjRy9fvsykmpqaADQ4joyMZMws/NnGV2LqEaeO&#10;KsSA9ZXt/GqJkYvYBqxM0HRqvHeY+qysLKC8f/9+BsxbzFspdQ2RwEAzaXVycvL69euwWyPz/A0o&#10;xARva48Q0aPNSaFZSWk1ZVzVIjwsJpE1Oxens7Pz3r17vb29MzMzKefKlGCkR5sT/hQcvHr1qqKi&#10;gkv6X//6F2iLiYnBl+kRJlquKbMUeP78Ob6PprB7jAdKrjwSEagikUgwr1VVVXh85piTk5O9oMbG&#10;RlimV9DEFCIiIqysrAATXhioQS5a6O/vh8ucExYBLCkoefr0aV5eXmFhIfNFREJnFgHx8fEEy78u&#10;9Ub/BDEARo4jZmq8spQhfzA1Y3ax2i+UM2ZsstlsKgLN8n8Fzo+NjQ1QFr8saGY6ZFAjI5qVQrOS&#10;0p8uMITv8/Pzk0v04MGD8p80LmwRMcaGyNgWNGN+MY9ADcsMTHHNcAFXDrIxsBKJpBG0aBdJiYhd&#10;ep+ZmTl//jzOlIRx5MiRmzdvLo00FYeww/fv38fp44Jpoa+vLyAg4MyZM1QHoEzNw8MD81tSUgLa&#10;qAJ9sI1UhKo4ZWETs6DW4OAgI6eutbV1WlqasF66EL8pndJdeHg4Fe3s7IKDgzl12HxaA3wS8IOS&#10;TpHswuWrV6/i6JkC8I2KinJwcCCnynoFL5+fn3/nzh3OAPNawcWTC9++fUua4azKOsDJyQmjTSOI&#10;FAXizSZXQwrNSkp/hbBRuEuueQgLDU+dOsW6GHIZUDAVheKp2RY05+bmYrXABGDiksbQAXcQxiEg&#10;hYTUcu9iBT+ul2qP2qB6S0vL2bNnISNslUcmyVE92kRSTiZoaGigL7pg8IwKC8nqPjQ0FOBCnJCQ&#10;EKBGy4ItbO/x48eJB+I4TQNMTL+tra2goACUQ73u7m5AL70A5Ye/f0AHpp4RpqamwmXg6Orq6u/v&#10;zzbpikbgOzESKRsi2UVmd0XsGucZwVzcOuORG99yd54BkxvoPSwsjAEbN9kXNbVIHOUMsC4hA/Ee&#10;MWAvL6/AwEDxzojGHzx4oEebG55Cs5LSXyGuOnAD2jo6OqAV5hcElJWVmV6NhkwLYQGoAoKsi+Eg&#10;SIUmiNaQ3OSdmJjAoEHA4eFhWNDb22t8FkJvxUQUAnEiiZH/QOJYYZynp+fthUcnL1cRdl+/fl0+&#10;ZAKaT548GRERAZodHR2BDnRmkPv375dPcTBm+Z/esWPHrl27ZqCZyJ07d+7evZtDeG2qm/Lu5e+f&#10;ak0J1J6dnQXBZCNMKE1BZ/hOhmPMNJ6ZmQk0YbrpsNkW6ftaib61IOEyokcWEIwKO3/lyhW6IAWS&#10;MJhFlSbS6r1792QpYKF4pwYGBkpLS8kr+G5wHx8fT1MZGRkMHugrNCsprQkJUpFQBoRhxICOflj7&#10;sSi5RwEmDh8+DKS4VmdmZiA4UIZiWC2qyzUskopSCKlpAUE6MN3Z2cmaWgIMwVMQNjo6Shjx0gjV&#10;qYJ9jomJoaIU6hVMRCFQxuw/evSIumxA5L1797a2tkIuVgOCXXlyCPbTzs5uw4YNlMBr2GRtbS1o&#10;ZsPNzY34uLg4MgS5wegOCpMwMN2yK5o/ZSazZptUBCjz8vKkHV6hPCcHW2oI9Iv0/cDAffv2Yfk5&#10;A3q7WsskmzNnzuBqoXxdXR29MwbK5VW6k7QnvSO98rcExy9dumR83pHJAvri4mLozBlQaFZSWqMC&#10;CiznT58+DXwBwYsXL2JjY4EdEniBPArxbrDDwcGBK3zXrl2mV+9yIgY3DfUE7lIFxJAG8NQg++7d&#10;u+xKMCIAYOHvgoODoarELxUMpU0CWlpagDsjl5sY27Ztk+FBYfwsy/+rV69iZpkFR2GxAJptwTQ2&#10;mZxBbsBXLuoLF4/ThPv6/vKi4pcvX7RM9AEIpqamRkZGAl8GQC9kArZFwJGshiOmHOdeXl4+OTkp&#10;XdBdUVER3CQRAl8jV0kXhkhmZCOD6QQIu3/TJBtSUbbJr1ThVNM7mYOBpaSk0C9rCN5BTo6g+ecV&#10;nxCr0Kyk9N8RYIK5XLosn7lKExMTYYf4SjbwnnjD/v5+CAj7KATZlv+eKYDAlGHABRlQjARACXSe&#10;m5ujO+BoNMXGN9FM4Zs3bxgPw+7r62tqarp16xagkQEj+f8e5lQgKEpOTqYcQUzKgaC9vT3m1PCk&#10;eusLYnikDcqXHlpBDAx04m05P0yBweCC5UuPiFQhN1UYjww1JyeHjgA6mQZuMjwc940bNzgnnAfh&#10;rN60NnGESQe4epGWpUA5IkU9fPiQDEpFqlPCSDgzksB4E0+dOoVVZxi8v5wfiKzQrKS0pgWbYArk&#10;5QIGH1yuAg5kZ2eHyeJqh85RUVEwBcNVUlKy9PPCywm+cOVDE5wgDHr8+DGraSAi3ME2QhA9VBPs&#10;rqmp2bt3LyadGL1Uk/QITMHQyMgIY4BEMBrQZ2ZmempfGGHMcAcgYkslkSCGffPmTUEz45d7MtA5&#10;PT2d1qRxU9ERJwRcmqX2cpIkxEyZHeMX/y4DMMRIGAPl27dvJ53k5+eDWoZx6NAhdhk2Ik2ScgS1&#10;iwwyArUGmtnlBBLMuwN/Gxsbe7QfduEkkx4QGZEYNuC+l5eX8cEMRA5QaFZSWtPisodQt2/flktX&#10;ECYXMAaZ5fC7d+/Ah3wmAUvLyl2vuURLQQaRufKfPXv2/PlzyAVKgAu7wkSoAUckUkQL4+PjCQkJ&#10;GRkZi+5QQxmOQkBgxDqdFniNj48no+D3W1tbySswlzHDu6GhoXPnzsXExEA9Z2dncCyTAo4i0Ik/&#10;pU29dRPRsnyhbul0lhMZhTzBvJgvOQM+Hj58mF7kNC6Sra1tbGxsUVERXj40NNTGxiYiIoIqiERF&#10;O5xwXpkm5ldmKnNHUJjzw0nAL09NTXEyOYfs4r6pJfdVWI4QL6IKAbSv9629v7zyXhcUFJAJFJqV&#10;lNao5Jrnkq6oqHBxcTEFChBJTU2Fy9grAIdf5vonWK9pgaAGoITvQBkPSHVo8kn7sgbtzMzMACNQ&#10;IsEiCo8fPw5zMX160cIggRTswykDJjbq6+sZFYNkg927d+8GBQWRQpqbm6ESvTApCFtdXQ3+QBJT&#10;g91iZq2srI4dOyYZYpEYM01BW33/WyIekjJBowrNkupyc3NBsJxJkZxbuS2Of2dRQgmvmHpqMUGp&#10;jmgBxMutJM6PTJ9yuujt7cVTw1PAzeyYuGlFkUCZgXGUE85IoDMLBRkD4iSQt86ePYt9VmhWUlqL&#10;4hrWDNb8hwTweh4eHsBOI4n+7AjEdkBAwMrXsKkEFrQJQ0GDGD1KYCW7MJpDxACasbEx05uniKNN&#10;TU2gBFcLWYgEsgj/SN2BgYH29nZMIuQibYBadODAAcpv3bqFBxTo0Dian5X2j7Lz588zKfkUc1pa&#10;Gtu4ZuI5Kp0SzNjIHEL/7u5uhsE2/crIJQZKkjAkjBKqA0cGMzw8zLLAaI0wEgztdHV1QV45mYyq&#10;pqZm165dnOSGhgZmkZWVxYDJfEztl19+kbqIkUinFIJmoP/y5UsapJB+e3p6gLLkSJHUMhWFjPzO&#10;nTvkGPlaCt65paUlLCyMYZAwOGlAGSnXrKS0diVXOKBkSf748WNM1n5NXMYY0oyMDK7kI0eOcHnr&#10;FTRRRd9asGmGIAjsgFZYZmqJs0NAB8dnoJlyXLOgmV1pCj148CAkJCQ7O5u6YAWKwT7W++AJQRza&#10;oQuYcujQIcaGH/T29maRLo4Y9Eg7Wp//gf6BgYE+Pj6wmG2ACJqpBROBncTQ2sWLF8+dO8f0gT5d&#10;MEgySl1dHVNgnLRGTGdnZ1JSUllZmXyZhTlmZmYyQgiIN4fRNAVP6aiwsLCvr+/t27cXLlwIDg5m&#10;eFTEBdNaaWkpnlpuQdBdVVUVswDWcgOHFkgkTJNtI0tR9+rVqzJrYG3KcbOiEYbEeRsZGaEjAT11&#10;GSpvcV5eHquNuLg4/LtCs5LSuhFXPph48+YNBIFW+GgwDRyFUIa4/iHsIigjSoAOFzzmDu9GLYmh&#10;Ch4TNhloBhZYdWBBVpAAEbCGm+Hh4QALIkM0cCm15JsgbBMPcbClhsdHLNV5JaNIO8TQHWhzcXEh&#10;3yB5EiYEJxI2CbMQG6zuwWhlZSUsA82MHC4XFBRcu3aNsyHdcUJKSkpaW1uvX7/OggC3iwvGjZJL&#10;iouLxcli7aE8SYVGsM+cTHwrtOVsME1S0enTp2kTaBLMjNjeu3cvhhruy5iPHz8uN3PYZjVAysFo&#10;U5EBEM8GjXMIaWM3Iw7J2oIe9SINzYwQsjNToCy3UxSalZTWmcAffITL+DVMIhe2KQvABBZscHBw&#10;aGgIjhAMginE2RGMIJdUMbjMLiYRK82GFCLwARp4pURaRpQ3NzfTNXwRHok4BGoBIgESRsIAMaDW&#10;xsaGVxDm5ORk6prLy8tpB+9fUVGBuRYoI8La2tpkhIheUlNTo6KiYCjtA1M6KioqwntSEchCWASR&#10;wSi8ZtZQjzwRGhpaW1uLZQbrgmZe2aUuDGXMlADuS5cuUQ7uSXX0C+KpBfEJoH03N7fk5GSmLOMx&#10;RTMdubu7M0feC2lfMoe0LNNcJMpRR0eHacJjG/qz9JGPgnAG5v/bu2GDQrOS0noSLlWeZIRfFs+o&#10;H1gQflD8LLyAQcCit7d3fHwclAAs+c+VHqqJXejAUditF2mCVpALXgNHYgziYEVxi6CZXZHE06nc&#10;1aWEBsEZUIazR48e9fPzk4/QGfeaiZ+ZmSFPYMyZi8BIzLWXlxfLAgmjNZrKycnBpINy/K88NzU4&#10;OBiHi3mH2thzkJqfn79z504ADaaZY3d3N7DD+GdnZxMpqOXUYZAxp3hnJksJEywrK+NEsWiAjETG&#10;x8fTJhWZPp3u27ePHIB9JtsxHtDMOZRRMQwsPyaXScmdH6oQTJh2PnQQs0E81GZg8J2xcWY4V4wE&#10;i81M4fL27ds5V/JdGG2NMf9pDYVmJaX1JC5Xb2/vsLCw0dFRAKGXLggWvHjxgitfXB5+GY+MM5VP&#10;j8EIPc5EhNEOrYEPvUgToAFJaWlpGGppTZAElAMCAvLy8oy7HxJP++QDTCUxMHf37t2ABi984MAB&#10;7Ce70AfvTLxRBWGEExISIiMjgTjxCN51dnYaLdMsaIbLMLSkpIQu4C90oyIbp06dAs2MnBJsLzAF&#10;ythqSHrs2DEaYRugQ16a4iQwo1u3btEaoKSEk8k2aO7r64PXtAMxYSVngxLiceLE0xFEZjy0yVEy&#10;Ae47MDCQ2eGaS0tLOcn0JWgmk3G62CUdytlgzGfOnCF5MEhMOuhnjgiPTN7CmDNrsh1ZAdALmtng&#10;tJDq5s/RMlJoVlJaQwK7XNIs8AFWZWUlFz+QEg/IUV4BClBgA0ETSCG3VsX8SiOLBP7u37+/yIPj&#10;HKOjo6FPXV0d6IE7cjcZ7MrPWmN7pQu9grY2B20EwEfML3yxt7eHPlTEuTNa1vLEm1aha4Z34sQJ&#10;vLOgmVrJycnGaMEcAQD05s2bZAVmB/7oCPgCVhAJbZl+T08PFpjeb9y4AQohr9xbALvyyRPplzQD&#10;Z+XGC8K0Ugs3Dd95pTsKGS1hTIGjV69eZfp0KvEMgJEUFBTg0AGora0thvfQoUO8CxxlLixTGAAj&#10;HBwcjI2NJRVlZWVhqzdv3uzg4AB/Rbh+gE5FEhLzlYkj4TLaqj1Knza1k2ReCs1KSmtIOLsrV67g&#10;5oCjs7PzwYMHucLPnj0rN2GB1MjICCTVSDJ/YfPKwhkbKPiQRhaJco6CFZBnxMCj/fv3gwlgRHU4&#10;CLCAGpgrKiqCuaziCYZHUigV2aApEAm8rK2ts7OzISPUk6NG44bg4C7ty9wGmGgZZyo+XcQ2YbCS&#10;xMAIAS4NMh6wy9lgGGwAfY5idTkJMn0a53VR8kDGIZHpNpJ4RFO0s+goopAcg9VlqJwfDD4nXBYQ&#10;pARsO4dYIshnP0JDQ1nfyAfjOI0kAGZBzuB8kns4S1VVVUFBQXKfXaaP2Pb19R0YGJgf7vJSaFZS&#10;WisCDSAAHgGmwsJCzGZKSkpcXBwWlYuZixwv2d/fr0cvCHpCZ8CKd9aLloglP7wwGIpAM94cUly4&#10;cAHaAn05iuAR3WEPASV2OD09vaKiQn4iWtBGa6e1J3vU19dLa8sJrEMuUzZhMI8fPy53h6U7hs2k&#10;mDIDkEJKcLti8xEeGeoxEgw7YZwfCqV9oxHZXUHESDBDktsgWHI5mVoD82K++GgPDw9Gi0iQeGrm&#10;iKNnA5vMG7FlyxbKeWuw82QLVjCIk8kgpX3T7pgI7pg0xhmQ6SNa5pQaCWY5KTQrKa0hcT0jjCQA&#10;wi0isItZO3DgAH4TI2bWbX369AlMwDJ9f4kgryz89X0TNEMocdP0K7AAkdhAkMqyHQzZ2dmxWmdp&#10;D1JzNGGrARar9W+iGfOI64TsaWlpxNOdo6MjrhnCDg0NYeQJAGog0vSmDVO+e/eu3EGWgb3RxDip&#10;OKU9718OwVn5IIeUrCxiOEXkvPDwcPjLeCAshYiRkKJANh4fdApA5f+ciOWLvBYUFGCECeN94ZxT&#10;0WjZOHuGpJCTCZ3ljvM8mLWWz58/vyh4qRSalZTWtLiG4RdAgY+ACfOoHzARKMf5QmdZei+97AkQ&#10;f8dRKRE0gwnW74JsQYlsYNXxeqQEeXQRkYcOHSI3AFZe8css59m+devWyojhKDQE5X5+fsRTsamp&#10;CVphJyXrQFX8/rD21GZ6R/AXy0whs9ZbWRgbr4Rh/6nONrDOyspiPJBOjrKAuHz5MukEhoJOOjK9&#10;c4ImJibkDjsT55V8U1tbS6TcqfDx8cHU0+C5c+fIKCLGJmJUZBG6oC99WBaIYFYb8l9T+ZgKiYHs&#10;oh9eXgrNSkrrQBcvXgQZ+E1TYBkCOnhMYQcsMMsOcIA3BFXGLk4cXgBfOEgLHEK0D32wxsAUe1hW&#10;Vubv749x3rp1K4t9OIvLdnV1pVZmZqZwirrS5lIxHpIKwfv27cO2sxQwxi89AmLK8ZX0BcLgdWtr&#10;q2kKMUQJqIWV4JWKpBPGBkmB3bFjxzDdNEjh6dOnKaGcNBASEtLT00MCkNsj1G1sbAwKCgKRpJbA&#10;wEA2iGR2GGQ2bG1t9+zZc+nSJVlG6B3/mGiH/LFlyxYrKyuselJSEknRksYVmpWU1oGKi4tBM4t3&#10;fX+JYNPAwACXPbjUi34v2ASCBWHsGp/QgM79/f3QED8+OTkJvOgFiuEok5OTwWVpaSmGlzBg/fz5&#10;c7B18+ZN2N3e3j6fBFZEM1h0cnICfKAQK0puIF4/pmFLRCEWmPGDacawtE1KGMnQ0FB9fT1o5ijD&#10;YKg7tIf2Mbbm5magD/qPHz8OBBmws7Mzr6GhocHBwcD31KlTxg0K0sy1a9euXLkCmqkLN1mRsDLA&#10;a8uNbJHe9w+LbMF59vX1lY9FW9iyQrOS0joQrhl8yJPSzAoiP3nypKurC8aZvfgpFGeN92QbiMsn&#10;NMBTXFxcTEwMi+7Y2FiIBq0iIyPhF7a6pKQERhOGBM3CTVPpHZiTfOBBOpIbIEvRbGwzBVICgzSL&#10;Zrru6+tra2uD3USOjY3h4t21X71CiYmJsJsABkkh2K2rqyOp4JGxw5Bx586dJ06coPDGjRtYV/kF&#10;WGbKfJkmTlnSxqJ+f1zkwvj4eDpihKQTvdQCKTQrKa1dzaNLe4YnWAElP6/4/TGu/OHh4Xv37plF&#10;gDQF0fDLMGh6ejo9PR07KWiDX25ubgaFETiTz+rKLlYUuMB9vTmLBZvOnDlDC3CffGCK5kVieC9f&#10;viR5mEUkppiR3759G+/c2toaERFh+j1DV1dXjH9VVRXjBMeMk0Y+ffqEsz569Cgs7u7uBu40y6HM&#10;zEwmzgRpoaysDCjPLf/hlh9UR0cHvfDese75au5RqMtJoVlJaU0LxPT09LAc3rNnz7uFX55eTg8f&#10;PhwYGMAX6/smmgez9m+0O3fuACmMJ4Dz8vKCUHD//PnzmFDoqXF4nssZGRl5eXn5+fm8Ihb7QH+5&#10;uyUraHZ2FjTD/evXr/974fPRy4mRk37MJgDcdHl5OQYc27t3715GiBU10Axqc3JyDh8+zAZjlo9P&#10;CJ1fvXoF8SG7lAwODsJuCE4L0dHRDI9CvY8/QdXaQ6t5++SGvl5qgRSalZTWuljF42dTUlJ+MfdQ&#10;SqDT2dkJjzCV8Es+wKAf+71AA8YNVN2/f7+oqAjjuXXrVrgGoajy4sWL48ePswvyEN2BLdBGpyLq&#10;fhdcRILm8PBw2EQLK3OQAJw1dBaMSneA9bT20LhD2pNIQTykm08gCz8dguAsUMac0hcTXKEXuE/W&#10;IRg6HzlyhJI/MCkL9eTJk4MHDzK2Xbt2sfTRSy2TQrOS0lqXoDk5ORnPqxeZiEK4jBPE1Y6NjT19&#10;+tQsmCgUMqK6urot2k9viAC0BOC45XMLFII/WA8W3759C/2lkT+g6elpKG9tbX327FlAr5cuL+If&#10;PHjw5csXIxMwKTDKIGkEmJJXGBu8A9POzs7uC4qLi4P+8rm6lWlLmqEX+aINuysH/4j6+vo8PDw4&#10;mZGRkZxGvdQyKTQrKa11ydfzYBOOUi9aEFjp7u6GWUlJSUAZv7nc/dzXr193dHTI//FYZRt+E2Eh&#10;JQYmhoaGUoJrllcUFhY2Pj7+x/gFXuvr68EoSktLg4krt8NRhscs8P6w7N/aL56QIYKDg02H5OTk&#10;lJCQkJ6eTpiRbxDVDektLpF+eMGVy4Z+bLUFmj09PXnjOLF0pJdaJoVmJaW1LmhbU1MTEBBw8eLF&#10;RVc47vL48eOurq4NDQ0gBgQMDw+b/Tdga2srHvPo0aOTk5OgGcwBdKgBNAXNtIzrjI6OlvuwBIgw&#10;7LW1tRbeZV40PLjZ0tKybds2Gxub3Nxc0CxA1A+bE1VY+z/UfkqVdQDGlukwfUEzYuPChQuMh3aQ&#10;0aDsiqSplaWHatKLVlsGmpmOXmSxFJqVlNaHWLD7+/vrO5pgysePHyGsi4tLY2MjCAMB4NXs/Ye2&#10;tjbM5ubNm48dO5aTk0OtQ4cOZWZm7tdEAIyjtUuXLjk6OgoEERzEX6ekpJj91+JSLSId2xMTEzEx&#10;MW5ubnV1dbjg5SyqUQs0v3nzBiLPac9lxuwzHXKDZAvG4+Xl9eLFC62fPwupq6Xe3l4PDw/QLHfP&#10;v2vACs1KSutDsbGxS9GMF96yZYugGYph096aewA/EjRDN1tbW+JBRnNzM/70qfYzgARILXx3REQE&#10;BD9y5MiePXuI/xE0I/nwHJ2eO3fu06dPy6FZREBTUxOZo7KyEv5Cc1YMwLq/v5/pM2zGw9IBxOsV&#10;1rBYIlRUVMg3XATN+gHLpNCspLQOxIVtFs2RkZGgGVs6Pj4+OztrfHpXjkqYCMZdvXrVz88P+4n3&#10;9PX1hXdLeYFFHRoagozy77jLly+XlZXduXPnD/8nUNBMj7t37x4cHNRLNdE7feHTGQmvMFf+b2Zn&#10;Z8cruUG+JwKI0ejoaHh4OGiG1yvzfY2IEy4fz2A66l6zktLfU1zYoBmw6vuaKAwODra2ts7Ly2Mb&#10;AWh89MeFBzojPXThExonT560srLCw54/f97s5z1WS3r3//kPXh7TbWNjs2PHjoaGBv2w9vXFnp6e&#10;gIAAxg+ISTBIHjAEx0GwiELsJ0MtKSlxdXWF1OQevYk1LE71/fv35X+qnG22ORX6Mcuk0KyktA7E&#10;hb0cmuX2MQRkF95hnKempjC5k5OT97Rf0TaCEYWenp7btm2rrq5mVw79GZLuQGpBQYF88g/n+Mnk&#10;QZoMEstPngBesHiRNCzPlxPAaoCUw/T37dv3888/r33LzBwnJiaSkpLc3NzkXrNCs5LS31Nc2Fzq&#10;vr6+BmoRhREREfDLwcEhOzt7WvvhpcePH3d0dMDE3NzcsLCwp0+f6tFa/NzcHBYbD4v9fPnypX7g&#10;TxB9IQgFmBg5GyCVEgOsJIndu3fD3w2aDBzD4p07d0I0tkNCQsA6Bj8xMZGSoqKi99pDnNesZNYz&#10;MzPx8fF4/KNHjx44cIANda9ZSelvq/7+fnd3d3G7SEjX1dXFkh+uQW38MuvoL1++3LlzBzRnZWWB&#10;7JKSEgqNeNp59OjRpk2bvLy8+vr6pOU/T7hde3v7yspK6V2GQXp4/vy5fPtccAyaeZXPYPDq7e0t&#10;z+7YtWuXk5MTUAbWFy5ckCdjyCzWpmSOgNjW1jY6OvrQoUNkpszMTIz/9w5boVlJaR2IC/vz588A&#10;6+DBg4ODg1hj+WYdhfIAYmtr69TU1Hfv3oFmqCdoBtnY6oGBgVevXj148ACbDNr+YjTb2dnh04VN&#10;U1NTDP7atWuBgYE+Pj6MeR7MGpqxluHh4dhkXDPJxt/fn5Gj/fv3j46OPnnyRJ5Ih/Sm16qYJgsC&#10;xk9S4f0KDQ0lZVKI9AjLpNCspLQ+9O9//5tLfbP2MxyxsbHQGU7hiDHOAri4uLjp6WnQDHNBc05O&#10;DpgDfy4uLomJiaDw0qVLv2q/rg2aHR0dL1++DDH11ldPwiDx7xcvXqSvgICA+vr6xsZGVvfyGGUZ&#10;Fet9HKXo1q1bwBc3nZubW1BQMKL9Oq2IBgXK6HsB99eLQXKS7969e+bMmYqKihcvXrCrH/seKTQr&#10;Ka0DgSRxzUJhuAadW1pa5ubmMMVSGBUVNTExAcF7e3sJBtBYTvkss9wxyM7Ofvjw4fHjx1lle3h4&#10;JCcny/e29T5WQ7QGkWdmZurq6k6dOsW63s3NjWHv3LmTV7bLysoaNJFRwK5e7e8l3qwfTyEKzUpK&#10;60AGmrGc27WnKm/Uvhc3Pj4Omrds2cIhaHv16lVg3dPTAx8RR4uLi+XjaMjd3V0+bHf48GFsKUfh&#10;+I9DxFS0xnI+LS0NCuOX6fHmzZshISE4faxxf38/s9BD/46aR/KC9KI/KoVmJaV1IC51oAbvYmJi&#10;rly5wsa8T/7pJ9b+rJ1tbGwCAwNdXV3z8/OfPXv24MED4xsiY2NjkBHvfOzYMTbkVkZzc/Oq4GOR&#10;vn79Std5eXkkCUkGzs7Op0+fJm1kZGQwMHHo0jWSWn8n6RPTpBf9USk0KymtOekX9+8vbxwuNjk5&#10;Ofnx48fyNTPYt23btujoaDawxpTk5OTcuXNHPskAnaEhJb6+vrt27bp///65c+fw12z/Meuqj0kb&#10;lbwaYvf9+/epqal79uyx0x6FzJDIHAyJtMGwOzs7V/fOyd9eCs1KSmtOGgDnpe9rJfIfP3d399ra&#10;2urqajbmfan2pQxx0AiXWlVV1dPTMzExUVhY6OfnZ2trCx8DAgLGx8cvXrwImnfv3v3HKClDMqSX&#10;LnA5Li5O0gNDklfGg19mnPv37x8aGtKjlSyTQrOS0jqQoPDp06f29vbp6ekxMTHgD/aBWmtra+gs&#10;/+hDW7duPXToEIx2cnLCIDs4OBAQHBwMrJubm+Pj47Ozs1cFzQhjjkPv6+uLjY11dHQE+pIqGBVm&#10;OSwsbHp6+pdffpmbmyOv6K0oWSaFZiWldSPQDGcDAwP9/f2Br6ur65kzZ/DCR44cgYzGv/vYiIiI&#10;qKioGBkZwUQXFxdfv359tb5HB5EhO6+//vpre3v7qVOn8OZubm5ZWVmJiYlwmbGxTadTU1N6HaXv&#10;l0KzktK6EWiGfe7u7kCwpqbm9u3bs7OzGFLKq6ur9+3bh10lIDo6enh4WABqSG/ihyWtffr0iS4w&#10;7xjz8+fP5+XlNTY2khIw6UD5w4cPq9jjP1MKzUpK60Zv3rzBpWKBYbHpwzQQu7W1tVhpOzu77u7u&#10;37QfkNaPrZ5oE+LPzc3RV0hICEkiKSkpIyMjLCwsICCAxIBbv3fv3jy8l+ldWnjy5AmDlK+TGNIj&#10;lDQpNCsprRthkN++fbvc5ys6Ozvd3Nzs7e0ntUfjr7oEoF++fCE3eHt7b9KeRAygt2/fnpCQgFm+&#10;fPlyb2/vcp+VlupofHwcuw3EJyYmpARYIzb00DUmGaS+o2lpyapLoVlJ6W+ijo4O+U7Kn4Rm6Dky&#10;MhIbG0sCkH88IjYOHz78WPspa6D868JP9ul1TEQhXj4zMzMwMHDz5s3+/v6PHj0yDsnG2pQ2IYVm&#10;JSWlPyQ8NYYawVC9aPUkz4XALMPloKAgHx8fGxubCxcu4OIFxxLGxqLe2YXIiMgTJ05gtE+dOnXu&#10;3DlfX9+xsbHXr19Ddltb2+Tk5JmZGb3OGpPGYYVmJSWlP0dLgbIcXygHqQjQf/jw4Zdffunv7wfH&#10;fn5+ra2t7HZ3d2/dunXXrl337t3T6/xeWlf/effu3YMHD2pra2tqao4dOwbNPT09wXFxcTFobmlp&#10;OXr0KIVY740bN9bV1VFFr29O0qa+s8a06mNTaFZS+qdoET7mtOcmy//i9KIFUfLly5dHjx6B1LS0&#10;tIqKiqSkJGdn54aGhhcvXpSXl8fFxe3YseP8+fNv3rzR65iI6mCdjZycHEyxl5cXdtvV1RUEG2i2&#10;t7cPDQ3FRBMg3zsvLS1d9L/NRZofvUKzkpLS308GPoBgW1tbYmKi6U+yGnx5/Pjx5OTkgQMHoqKi&#10;QkJC4ClgxTKPjo5euHDBw8MjLCyssLBwZmZGELxINEI5r46OjrSAHW5qasrOzra1tQXTgmZYvGHD&#10;hs2bN1+7di0rKwsTDamfPXumN/Fjwq2/evWKDTKH6SBZBLx8+ZJX2f369StH5TfIyVLymT+Gd3dB&#10;5CGGxLmihYmJCdKVVHz//v3Q0BABRgkVaQrRpvymCb2wYiCmr6/v06dP9MJGryb6klorSKFZSenv&#10;LBgh0vcXBLkwwlu2bKmtrTX+d4empqbq6+tjY2MhCMb2zJkzZ8+e3bZtGyR1cXE5duyYu7v70aNH&#10;79+/L99hoYo0KJJGABkQr6qq2rp1a3JysgBuYGAA+EJ5ur548aL8FzEoKIimCI6JiXFycgJqekOW&#10;aVHvhgAiBp+jnZ2dZCByD9tglDGQCYaHhwWp0JOjPT09HKX83r17jHx8fBz/zkx5HRkZKSsrA9bE&#10;s0SYnp6mFgS/fft2ZWUlVW7evGmMoUNTS0uLPD0K/hYUFNAIZ5hUwYll8cGpKykpAdnEGxXNSqFZ&#10;SenvLK5/kb6/IEgRHR29f//+hw8fwiO8HjEwND09HQTb2dl1dXXZ2Njs2rXL29sbb7tp0yZeKYmP&#10;j8dQE6839HtJI/AIrw3Zd+zYgbvEddIdrrO/vx9aUYL1FtecmZkJN2ElvRD/vWheTq2trVj+J0+e&#10;3Lp1i0wjuQekVldX5+fn4+LlUdGguby8/PTp01hphoSrJYxgFg25ubk1/Uy8AAARHUlEQVQMGNPN&#10;BjNiCqmpqeK4gW97ezuHfvnlF1gvp47WGhsbSWk1NTXyAwWcpaKiIpoijDPMNKmek5MzNjZGFwRI&#10;reWk0Kyk9HcW179I318QiMEkAg4sIa8JCQnw1MPDw9HRkVfcrpeXl4+PD8SMi4sDqYAGOwmtVvjC&#10;N71AJbC4e/duBwcHOO7v7y/kYqUPdlnXNzU1AUHoD+hpGWTDLGBHCX0BU72tHxNjwO/jagErIAaF&#10;DAOeFhcXM2vSA06ZfhkPlhZcEnPixAmmSV0wiuHFI3NmoPkiNMN0fDS5RE4pr8QjtkEzmYyuZcqc&#10;Mc5qVFRUYmIi06SEU5eXlyfbovmxLiOFZiWlf5bgCEjq7u4OCwvLzs5miQ1GrbSfqoLI2FhW5cHB&#10;wVAVlOD4gPjKEDFEJKt1Nze3yMjIhoYG/CnUk0O0MD09DdyBWlVVFa48ICDg/v37DObVq1fh4eG4&#10;cvltQ0rMdkchhAWRSGLMhongY0VFBXBMSkqqrKykCnWh8L59+1JSUvbs2YObFjTfuHGjubkZI8+h&#10;3t5eqQ6CCwsLBc3MQhIS6wmGShXqsqQgCdHs6Ogo8TIY0Hz9+nVWFcyC3adPn5KEyASkJXqnRNBs&#10;4f10hWYlpX+WWImDm6CgoI0bN8onlOUhdnI3GXIBKWdnZ/AKvPQ6lgnyRkREUJE1O/RE+gFNsAk3&#10;OjAwADSxouXl5YyEQpxyYGAgg9m2bRtwNItddrGuNTU1GF4k7FsUYyoSj3wUD6eMJf/y5QtVqqur&#10;ZWDgkm2yztzcHEfhLFUYz8jIiFQHypcvXwapwJcAcgmC7HJrAsJCcyw5hXDfGAb5ANXX1/NKIZNl&#10;mvh0uddMCTRnacJEJH5lKTQrKf2DBG0Bh7AYGsqDQyGjqeA1a3ZW9yuwz1SEIVqGVo6OjhhnGETJ&#10;UjRT0tnZyQBY1EOot2/fQmf8KbZdHpiH5cSiEmlUkVdYid9ktIQhcoARY1Y0CxmJwapjdb9+/QpV&#10;H2s/dEshrw8fPsTjM2aOEkMhJhfmSnWIjOOW5cLHjx9JGLAevMpRxHZfXx/cJ0ZKiGSQCIOMlaYL&#10;uA/rma/xK4gcYuSUS5WVpdCspPRPEbwAKMHBweKRscbnz59/8OABNFwklu16HQsksIOzvr6+e/fu&#10;lfuwhvQgTewCLywnzIJfuFc2GAO1rK2thc5Hjhxpa2sbGhoSi0otwEoV8C3DtgTNi2QEL61FydJC&#10;kXFohQB9a0GUMGZkeZXlpNCspPRPEciQr+Rt3bo1Li7uxo0bGEYK9cM/IBq5fPkyzcJZua9qSI9Y&#10;EMC9e/eu3PxFX758IQ08efIkKSkJOm/YsAFHv23bNj8/v4yMjKKiIsw13ra2tla4jEAznndpy2tB&#10;DFW4/OPDU2hWUvqnCF78/PPPrK/lyxSrQhAEbZ8/f45lDgkJwe2Ce/mIgkgPWhDL+YGBAdAsRwVk&#10;vL58+TI5OdlLk6enp52dnYC4t7fXQLMkFXmgEkynot7oGhDjYUFw9erV/v5+BvzjY1NoVlL6B2ke&#10;hxo1jI0f1IcPH+RTzFFRURcvXpydnX38+DGv+uElgsJPnz41+yG5mZmZcU2jo6OpqalQWND8/v37&#10;zMxMDPWePXsSExOhtqurq+WfG/lrhJFPSEhwcnLC75Or5PQi/fD3S6FZSUlpJS2HGCnHAu/cuTMm&#10;Jgbafvz4EfMIeeUuhB63RBhk4Gu2TdGnT58uXbrk7OwMjk+ePJmdnQ2mN23a5O3tHRoaam1tnZWV&#10;9av2rY21IyZFOrG3t9+yZUtNTY0Y5xXm+E0pNCspKa2kFRDz9u3bjIwMFxeXxsZGWCmRFI6NjeEc&#10;CTBbEYqNjIxIsF70e9FCSkoKjMM1W1lZubm5HThwID4+3sHBYfPmzRQ+evRoher/FbEamJqa6ujo&#10;IFFh6quqquSmjX74+6XQrKSk9H0SLAKj4eHh3bt3JyUlvXr1ysAQhnFychIT/ebNmw/aA4OIlEOi&#10;169fy0MkltPXr18HBwcjIiLgMiy+d++efMQNN+rh4bFx48aJiQk9dO0pPT2dMXt6era2trJrnBY0&#10;f9YshrVCs5KS0ndI+AJtwSv0hEG1tbU4RP2wJqDc1dXV3d3d0tIinxpG+jHNNUNb05Klgs51dXXO&#10;zs6AGAc6NDSEK797966Pj89aRjOTev/+/bZt2zD4165d+/Lli2la0k6DQrOSktKfIOHL8+fPo6Oj&#10;vby85Gt1+rEFEfD27du5ubmHDx/C00WfpsACfxPNHL1165aLi8tPP/3k6uoaFBQE69vb29c4mgHx&#10;58+f4bK1tTV5CzqzbtCPKTQrKSmtlrDDjx8/HhgYGNQ0Pj7+22+/UXjjxg0AdOHCBfme2yIJgHj9&#10;9OkTSH369KmUi6A2jnuR0Uam2GJb0Lxp0yZc886dO8PDw9PS0tzc3EAzw5AYCbZcf6DKd0nQjGve&#10;sGEDSYWMwkmTjxLqERZLoVlJScmMoAxIvXz5Mu7YV5Ofn19sbGxlZSWFgYGBISEhSz9owa5pCVQa&#10;Gxvr7e3FQRvlmOjOzs6ysrLrmmqX0cmTJ2EcaC4uLsaBbtmyhWQg/xv8w2hGf6yWhaJxA82kEFtb&#10;2/PnzzNfOSQxFkqhWUlJabHgyOvXrwGxj49PTk5OtSY8svxit729PcTctWsXltCUOBjqO3fuZGZm&#10;Zpjo6NGjwD0lJUXfz8hIT0/HAtMITYlg7lLBNXoBxJCObUjHtugPoHl6erqtrY0q31Xre0XjV65c&#10;IX/861//kqFyloxvrutBlkmhWUlJabHgyMTEBND09PTs7u7G9/3666843yrteZ6AEm3durWxsZFg&#10;Dn38+DExMREr7ebmBlVdTOTs7Ozk5MSrvq/J29u7oqLi4cOHeGrEhlktOmQEiw+1UMzl9OnT/v7+&#10;9Lt79+6srCyyjn5s9cQiA7Fx4MABKyurhISE9vb2PXv2bN68mazG6kHCLJdCs5KS0mKBM2hy8+ZN&#10;bPK1a9cgr5i+zs5OIHvu3LlLly6BYPB67969M2fOQD1ccGRkZFJSUl9fH+j8piykFf0a0ou+U1TE&#10;tosBJ6Ng22dmZvRjqyS6gMvMaHJykvzEmeGkzc7OVlZWkpbIYd/8t+dSKTQrKSktlrAGoEBbHx8f&#10;fJ98DKO3txcfLd/74HXfvn0cBdbx8fGlpaXyDb1vMoiWpX1LaEWMIb3oO0VHjN/Ly4s0w3RGtYff&#10;r64YG72Mj4/HxMSQpaKiol6+fFlbW+vh4SEn6uLFixY+C9SQQrOSkpJ5/fbbbwMDA6zQ/f39AQ1w&#10;mZ6eLikpCQsLs7a2BjpbtmwBQ1VVVVNTUxjhhw8fLnqABrAGUpDrk/aT0vhKwiihZZqSD2kQg9mk&#10;7qNHjz5//oxDpxH54IcG5P+X1uR3i4p00dbW1tTUJI9dRvTFSPSIH5AMDJG6ysvL8chHjhzJzMxM&#10;SEjYtWuXr69vUFAQJprEID/pQqRe81tSaFZSUlpWQK2/vx86+/n54T2B5t27d2/cuIEftLKyio6O&#10;7uvrIwbivH///tixY1evXu3SfpxJqr9+/frSpUschbwtLS3AfWZmBrhDRnbl0fUg+9y5cxTSPogH&#10;oJWVlTDU7Mfyflx0R18REREkG8ZARwzScmKailoi5tXa2krGAsSsJIAyecvNzY2khUnHStva2ubl&#10;5cmJQnr9FaXQrKSktKzgCEAZHh4ODw+HNVDm/Pnz4BgfDYmGhobwnoIbmBsbG/vs2bP29nZ4Jw/j&#10;Z/f06dMche8VFRVYy+fPnwMvCA6d8c7EvHr1Kjs7G1MJIrHPWE5qsStf8tZGsZpiJLt37964caOz&#10;s/OOHTtIOQUFBW/evNEPf4+0ec//PCvYDQ0NDQ4Obm5uZmosJmjf0dGxuLiYLEUCcHV1hdecLoyz&#10;XvlbUmhWUlL6hr5+/Xrv3r2dO3daW1t7e3tfv34dNGdkZMi/8gSg0C0xMRH0jIyMYHvlX21Pnz41&#10;0AyzQDPYdXd3LywshPjzTWtoPnToEMb8+PHjY2NjeOdTp07RCI1Ly6urO3fuMAXQaWdnh1tng6xD&#10;npCjjH+R5umrSd83uVFOsomPjydFYYpZQ8DfhoaGM2fObN68mWYpYV4vX74kS7HOIBPs3bv3559/&#10;pqL0tbIUmpWUlL4tgPLx48eOjg5PT08HBwcbGxvj17JFoBlO/fvf/x4cHITdb9++pVDQDGQx2vAa&#10;NL948SIpKQmo0ZRACjSfPXsWKFNlbm4O7/z48ePy8nL58PKqi5RQU1PDCsDe3r6qquqnn37as2cP&#10;vctRRijPI53/iJ8mgCvS97USXjHF4o45Fdu2bSNpyWcEwTS5h0P4aE4FKwM4TkLCqtMjjDZy0spS&#10;aFZSUvq2wKgIpJ7U1NTUpB/TBFgPHjzIih76wF8phNcXL17s7OyksK2tDXDjItPS0rq6uhobG+Eg&#10;MbA4MzOzvr6+u7t7YmKitLSURurq6kC2NLLqgpUkD+i8adMmkBoZGTk8PMxg3r17R+9QFbzu27cv&#10;OTk5JSXlxILYFrEdFRUFjsE6CggIICdFR0fj97Ozs5kdSQXvLN/HEdFpe3v71q1bWW1MTU3JMFaW&#10;QrOSkpJF0jGzIL104YbG58+fYROENUUPEIS2+GXAJB+OhoD9/f0Ey91kYljvt7S0EFNbWwvfwTqN&#10;yO9jSSOrrvnR/+c/dOfn53f8+PHLly/n5+dnZWWlpqbifLHDYJcSGbBe5/fTHxgYCAwMlM9Kg/JD&#10;hw4xBciuH/69pDoLCPDt5eW18s8IGFJoVlJSmpclvLBcGpTmpe9/v36w+jf122+/kSSeP3/+4MGD&#10;oKCgjZpcXV0x0WxERETI40z1aBNRCIUB+o4dOzZv3sxa4datW/qx5UV3eXl5NjY2OGv5/+fKUmhW&#10;UvqnS2PgvPT91ZDe4hpGM5L/5uHQi4qKTp065ebmJreMcc05OTmzs7PLDYByjlZUVMBZVgmmH+Ve&#10;Tl+/fm1sbITmoNySj1QrNCspKZnRPBdNJP/OYkM/bCIJEOlF60eMmXl9/vz506dP7e3tZ8+etbW1&#10;tbOzy8zMnJmZMf2UiDa//58g2xCWivr+8iKSLmiqoaEB+sfGxio0Kykp/REJTYQ+8nHj0tLSnp4e&#10;s58uIMyQXrRuJZ/Q8PT0dHZ2DgwMrK6uZu4wmrMh0uMsFueEWryS2/Lz8z08PHp7ey1pR6FZSUlp&#10;sTQK/c+rV6+uX7++f//+7du3YyTDwsJevnypR5hIY7IuvWjdilnPzc2NjY3l5uaGhITI11IOHz7c&#10;3Nzc0dExPDy8yEfLiTLVopNACVU+fvxIYouPj/f393/27Jl+bEUpNCspKS0WfMHl3b59Wx7NvFF7&#10;VrKvr+/U1NRS/lJiSC9a54KnrA8ePnxYUlKSkZHh7e1NcnLRnmXK6mF0dBTUzs7ONjU1XViix48f&#10;f/jwgaPEoMHBwaKiovT0dBDv7u4O8S25MY0UmpWUlBYLyIInQJyamuqnCS4fOnQIH/234a+FAq99&#10;fX1Y5vr6eny0q/ZDhfhoBG09PDzgtc+CHBwcwsPDOXTkyBGJCQgIoAoxCQkJXV1d8k0cS6TQrKSk&#10;tFiCZlbioGRyQZAaL/lPQzPzFTH3Z8+eVVZWRi0oOjoaUzw+Pj6xoLKysoMHD8ohI+bGjRvETE9P&#10;c0r1Ri2QQrOSkpIZ6UAyAbG+/w9Ds8iYNYCem5v7vCBoyyF5RRz99OmTaQD67bff5KhI2vmmFJqV&#10;lJQW67sgovRnSKFZSUlJac1JoVlJSUnp+/QXrCoUmpWUlJS+TwrNSkpKSmtOCs1KSkpKa04KzUpK&#10;Skr/RCk0KykpKa05KTQrKSkprTkpNCspKSmtOSk0KykpKa0x/e///h+IiQ1Vnvp+BwAAAABJRU5E&#10;rkJgglBLAwQUAAYACAAAACEAEAuOw+AAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU+DQBSE&#10;7yb+h80z8dYuiIAiS9M06qlpYmtivL3CK5Cybwm7BfrvXU96nMxk5pt8NetOjDTY1rCCcBmAIC5N&#10;1XKt4PPwtngCYR1yhZ1hUnAlC6vi9ibHrDITf9C4d7XwJWwzVNA412dS2rIhjXZpemLvncyg0Xk5&#10;1LIacPLlupMPQZBIjS37hQZ72jRUnvcXreB9wmkdha/j9nzaXL8P8e5rG5JS93fz+gWEo9n9heEX&#10;36ND4ZmO5sKVFZ2CRRylPqogjUB4P0oen0EcFSRpEoMscvn/QfEDAAD//wMAUEsDBBQABgAIAAAA&#10;IQCqJg6+vAAAACEBAAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc4SPQWrDMBBF94XcQcw+&#10;lp1FKMWyN6HgbUgOMEhjWcQaCUkt9e0jyCaBQJfzP/89ph///Cp+KWUXWEHXtCCIdTCOrYLr5Xv/&#10;CSIXZINrYFKwUYZx2H30Z1qx1FFeXMyiUjgrWEqJX1JmvZDH3IRIXJs5JI+lnsnKiPqGluShbY8y&#10;PTNgeGGKyShIk+lAXLZYzf+zwzw7TaegfzxxeaOQzld3BWKyVBR4Mg4fYddEtiCHXr48NtwBAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALGCZ7YKAQAAEwIAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAA7AQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAkl1TcdsDAADECAAADgAAAAAAAAAAAAAAAAA6AgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAKAAAAAAAAACEA0+NzIjkRAQA5EQEAFAAAAAAAAAAAAAAAAABB&#10;BgAAZHJzL21lZGlhL2ltYWdlMS5wbmdQSwECLQAUAAYACAAAACEAEAuOw+AAAAAJAQAADwAAAAAA&#10;AAAAAAAAAACsFwEAZHJzL2Rvd25yZXYueG1sUEsBAi0AFAAGAAgAAAAhAKomDr68AAAAIQEAABkA&#10;AAAAAAAAAAAAAAAAuRgBAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHNQSwUGAAAAAAYABgB8AQAA&#10;rBkBAAAA&#10;">
+                <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                  <v:stroke joinstyle="miter"/>
+                  <v:path gradientshapeok="t" o:connecttype="rect"/>
+                </v:shapetype>
+                <v:shape id="Text Box 61" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;top:4464;width:26597;height:29070;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBRPVowxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvQv/D8gQvUjdaiTZ1FRFa9Ga1tNdH9pkEs2/T3W2M/94VhB6HmfmGWaw6U4uWnK8sKxiPEhDE&#10;udUVFwq+ju/PcxA+IGusLZOCK3lYLZ96C8y0vfAntYdQiAhhn6GCMoQmk9LnJRn0I9sQR+9kncEQ&#10;pSukdniJcFPLSZKk0mDFcaHEhjYl5efDn1Ewn27bH7972X/n6al+DcNZ+/HrlBr0u/UbiEBd+A8/&#10;2lutIB3D/Uv8AXJ5AwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFE9WjDEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;">
+                  <o:lock v:ext="edit" aspectratio="t"/>
+                  <v:textbox>
+                    <w:txbxContent>
+                      <w:p w14:paraId="60514949" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00FE374B">
+                        <w:pPr>
+                          <w:tabs>
+                            <w:tab w:val="left" w:pos="5220"/>
+                            <w:tab w:val="right" w:pos="10440"/>
+                          </w:tabs>
+                          <w:suppressAutoHyphens/>
+                          <w:autoSpaceDE w:val="0"/>
+                          <w:autoSpaceDN w:val="0"/>
+                          <w:adjustRightInd w:val="0"/>
+                          <w:jc w:val="center"/>
+                          <w:textAlignment w:val="center"/>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+                            <w:i/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:bookmarkStart w:id="1" w:name="MAP"/>
+                      </w:p>
+                      <w:p w14:paraId="297558A7" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00FE374B">
+                        <w:pPr>
+                          <w:tabs>
+                            <w:tab w:val="left" w:pos="5220"/>
+                            <w:tab w:val="right" w:pos="10440"/>
+                          </w:tabs>
+                          <w:suppressAutoHyphens/>
+                          <w:autoSpaceDE w:val="0"/>
+                          <w:autoSpaceDN w:val="0"/>
+                          <w:adjustRightInd w:val="0"/>
+                          <w:jc w:val="center"/>
+                          <w:textAlignment w:val="center"/>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+                            <w:i/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                      <w:p w14:paraId="15D6BE0F" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00FE374B">
+                        <w:pPr>
+                          <w:tabs>
+                            <w:tab w:val="left" w:pos="5220"/>
+                            <w:tab w:val="right" w:pos="10440"/>
+                          </w:tabs>
+                          <w:suppressAutoHyphens/>
+                          <w:autoSpaceDE w:val="0"/>
+                          <w:autoSpaceDN w:val="0"/>
+                          <w:adjustRightInd w:val="0"/>
+                          <w:jc w:val="center"/>
+                          <w:textAlignment w:val="center"/>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+                            <w:i/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                      <w:p w14:paraId="6A46128C" w14:textId="77777777" w:rsidR="00907667" w:rsidRPr="00CD688C" w:rsidRDefault="00907667" w:rsidP="00FE4FAE">
+                        <w:pPr>
+                          <w:pStyle w:val="Template-Direction"/>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00CD688C">
+                          <w:t xml:space="preserve">Insert USGS Topographic Map showing general site location, surrounding areas, and nearby roadways; Provide callout of dam location on </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:t>both</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00CD688C">
+                          <w:t xml:space="preserve"> map</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:t>s</w:t>
+                        </w:r>
+                        <w:bookmarkEnd w:id="1"/>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+                  <v:stroke joinstyle="miter"/>
+                  <v:formulas>
+                    <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+                    <v:f eqn="sum @0 1 0"/>
+                    <v:f eqn="sum 0 0 @1"/>
+                    <v:f eqn="prod @2 1 2"/>
+                    <v:f eqn="prod @3 21600 pixelWidth"/>
+                    <v:f eqn="prod @3 21600 pixelHeight"/>
+                    <v:f eqn="sum @0 0 1"/>
+                    <v:f eqn="prod @6 1 2"/>
+                    <v:f eqn="prod @7 21600 pixelWidth"/>
+                    <v:f eqn="sum @8 21600 0"/>
+                    <v:f eqn="prod @7 21600 pixelHeight"/>
+                    <v:f eqn="sum @10 21600 0"/>
+                  </v:formulas>
+                  <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+                  <o:lock v:ext="edit" aspectratio="t"/>
+                </v:shapetype>
+                <v:shape id="Picture 60" o:spid="_x0000_s1028" type="#_x0000_t75" style="position:absolute;left:3366;top:34025;width:19853;height:12944;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQATcoslvwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NisIw&#10;EL4v+A5hBG9r6iJaq1HERRBEwe4+wNCMTbGZlCba+vbmIHj8+P5Xm97W4kGtrxwrmIwTEMSF0xWX&#10;Cv7/9t8pCB+QNdaOScGTPGzWg68VZtp1fKFHHkoRQ9hnqMCE0GRS+sKQRT92DXHkrq61GCJsS6lb&#10;7GK4reVPksykxYpjg8GGdoaKW363CvJjfu9SU9jz+fd0mZtUbxfTk1KjYb9dggjUh4/47T5oBbO4&#10;Pn6JP0CuXwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAA&#10;AAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQATcoslvwAAANsAAAAPAAAAAAAA&#10;AAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8wIAAAAA&#10;" stroked="t" strokecolor="black [3213]">
+                  <v:imagedata r:id="rId10" o:title="MassCountiesCities"/>
+                  <v:path arrowok="t"/>
+                </v:shape>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04E8D325" w14:textId="566823AC" w:rsidR="00FE374B" w:rsidRDefault="001C137A" w:rsidP="00BE695D">
       <w:pPr>
         <w:pStyle w:val="xl23"/>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00574208">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:pict>
-[...81 lines deleted...]
-    <w:p w:rsidR="00FE374B" w:rsidRDefault="00FE374B" w:rsidP="00FE374B">
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251708416" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="26A74F68" wp14:editId="12D6D2F8">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>2531110</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>118745</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3463925" cy="3786505"/>
+                <wp:effectExtent l="0" t="0" r="3175" b="4445"/>
+                <wp:wrapNone/>
+                <wp:docPr id="2" name="Text Box 3"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3463925" cy="3786505"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="1B706E91" w14:textId="77777777" w:rsidR="00C64066" w:rsidRDefault="00C64066" w:rsidP="00C64066">
+                            <w:pPr>
+                              <w:tabs>
+                                <w:tab w:val="left" w:pos="5220"/>
+                                <w:tab w:val="right" w:pos="10440"/>
+                              </w:tabs>
+                              <w:suppressAutoHyphens/>
+                              <w:autoSpaceDE w:val="0"/>
+                              <w:autoSpaceDN w:val="0"/>
+                              <w:adjustRightInd w:val="0"/>
+                              <w:jc w:val="center"/>
+                              <w:textAlignment w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+                                <w:i/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="434E6593" w14:textId="77777777" w:rsidR="00C64066" w:rsidRDefault="00C64066" w:rsidP="00C64066">
+                            <w:pPr>
+                              <w:tabs>
+                                <w:tab w:val="left" w:pos="5220"/>
+                                <w:tab w:val="right" w:pos="10440"/>
+                              </w:tabs>
+                              <w:suppressAutoHyphens/>
+                              <w:autoSpaceDE w:val="0"/>
+                              <w:autoSpaceDN w:val="0"/>
+                              <w:adjustRightInd w:val="0"/>
+                              <w:jc w:val="center"/>
+                              <w:textAlignment w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+                                <w:i/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="319B9B62" w14:textId="77777777" w:rsidR="00C64066" w:rsidRDefault="00C64066" w:rsidP="00C64066">
+                            <w:pPr>
+                              <w:tabs>
+                                <w:tab w:val="left" w:pos="5220"/>
+                                <w:tab w:val="right" w:pos="10440"/>
+                              </w:tabs>
+                              <w:suppressAutoHyphens/>
+                              <w:autoSpaceDE w:val="0"/>
+                              <w:autoSpaceDN w:val="0"/>
+                              <w:adjustRightInd w:val="0"/>
+                              <w:jc w:val="center"/>
+                              <w:textAlignment w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+                                <w:i/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="39A4D66B" w14:textId="77777777" w:rsidR="00C64066" w:rsidRPr="00CD688C" w:rsidRDefault="00C64066" w:rsidP="00C64066">
+                            <w:pPr>
+                              <w:pStyle w:val="Template-Direction"/>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00CD688C">
+                              <w:t xml:space="preserve">Insert </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:t>Overview Photograph of the dam showing the overall scale of the dam and impoundment</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="26A74F68" id="Text Box 3" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:199.3pt;margin-top:9.35pt;width:272.75pt;height:298.15pt;z-index:251708416;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDeP1A9HwIAAEYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vti5NjHiFF26DAO6&#10;C9DtA2RZtoXJoiYpsbuvHyW7SXbBHob5QRBF+vDwkNze9q0iJ2GdBJ3T6SSlRGgOpdR1Tr98Prxa&#10;U+I80yVToEVOn4Sjt7uXL7adycQMGlClsARBtMs6k9PGe5MlieONaJmbgBEanRXYlnk0bZ2UlnWI&#10;3qpklqarpANbGgtcOIev94OT7iJ+VQnuP1aVE56onCI3H08bzyKcyW7Lstoy00g+0mD/wKJlUmPS&#10;M9Q984wcrfwNqpXcgoPKTzi0CVSV5CLWgNVM01+qeWyYEbEWFMeZs0zu/8HyD6dH88kS37+GHhsY&#10;i3DmAfhXRzTsG6ZrcecMChm8lydroWsEK5HLNKiYdMZlI1pQ32Uu4Bbdeyix7+zoIWL3lW2DUFg6&#10;wYTYk6dzH0TvCcfH+WI138yWlHD0zW/Wq2W6jDlY9vy7sc6/FdCScMmpRX4Rnp0enA90WPYcErI5&#10;ULI8SKWiYetiryw5MRyKQ/xG9J/ClCZdTjdLJPJ3iDR+f4JopcfpVrLN6focxLKg2xtdxtnzTKrh&#10;jpSVHoUM2g0q+r7oiSxHlYOuBZRPqKyFYZhx+fDSgP1OSYeDnFP37cisoES909idzXSxCJMfjcXy&#10;ZoaGvfYU1x6mOULl1FMyXPd+2JajsbJuMNMwIhrusKOVjFpfWI30cVhjC8bFCttwbceoy/rvfgAA&#10;AP//AwBQSwMEFAAGAAgAAAAhAIXgVrvgAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQ&#10;RO9I/IO1SFwQdUJDmoQ4FUICwQ3aCq5uvE0i7HWw3TT8PeYEx9U8zbyt17PRbELnB0sC0kUCDKm1&#10;aqBOwG77eF0A80GSktoSCvhGD+vm/KyWlbInesNpEzoWS8hXUkAfwlhx7tsejfQLOyLF7GCdkSGe&#10;ruPKyVMsN5rfJEnOjRwoLvRyxIce28/N0Qgosufpw78sX9/b/KDLcLWanr6cEJcX8/0dsIBz+IPh&#10;Vz+qQxOd9vZIyjMtYFkWeURjUKyARaDMshTYXkCe3ibAm5r/f6H5AQAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAN4/UD0fAgAARgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAIXgVrvgAAAACgEAAA8AAAAAAAAAAAAAAAAAeQQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAACGBQAAAAA=&#10;">
+                <o:lock v:ext="edit" aspectratio="t"/>
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="1B706E91" w14:textId="77777777" w:rsidR="00C64066" w:rsidRDefault="00C64066" w:rsidP="00C64066">
+                      <w:pPr>
+                        <w:tabs>
+                          <w:tab w:val="left" w:pos="5220"/>
+                          <w:tab w:val="right" w:pos="10440"/>
+                        </w:tabs>
+                        <w:suppressAutoHyphens/>
+                        <w:autoSpaceDE w:val="0"/>
+                        <w:autoSpaceDN w:val="0"/>
+                        <w:adjustRightInd w:val="0"/>
+                        <w:jc w:val="center"/>
+                        <w:textAlignment w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+                          <w:i/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="434E6593" w14:textId="77777777" w:rsidR="00C64066" w:rsidRDefault="00C64066" w:rsidP="00C64066">
+                      <w:pPr>
+                        <w:tabs>
+                          <w:tab w:val="left" w:pos="5220"/>
+                          <w:tab w:val="right" w:pos="10440"/>
+                        </w:tabs>
+                        <w:suppressAutoHyphens/>
+                        <w:autoSpaceDE w:val="0"/>
+                        <w:autoSpaceDN w:val="0"/>
+                        <w:adjustRightInd w:val="0"/>
+                        <w:jc w:val="center"/>
+                        <w:textAlignment w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+                          <w:i/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="319B9B62" w14:textId="77777777" w:rsidR="00C64066" w:rsidRDefault="00C64066" w:rsidP="00C64066">
+                      <w:pPr>
+                        <w:tabs>
+                          <w:tab w:val="left" w:pos="5220"/>
+                          <w:tab w:val="right" w:pos="10440"/>
+                        </w:tabs>
+                        <w:suppressAutoHyphens/>
+                        <w:autoSpaceDE w:val="0"/>
+                        <w:autoSpaceDN w:val="0"/>
+                        <w:adjustRightInd w:val="0"/>
+                        <w:jc w:val="center"/>
+                        <w:textAlignment w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+                          <w:i/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="39A4D66B" w14:textId="77777777" w:rsidR="00C64066" w:rsidRPr="00CD688C" w:rsidRDefault="00C64066" w:rsidP="00C64066">
+                      <w:pPr>
+                        <w:pStyle w:val="Template-Direction"/>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00CD688C">
+                        <w:t xml:space="preserve">Insert </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:t>Overview Photograph of the dam showing the overall scale of the dam and impoundment</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72F8DA9A" w14:textId="77777777" w:rsidR="00FE374B" w:rsidRDefault="00FE374B" w:rsidP="00FE374B">
       <w:pPr>
         <w:pStyle w:val="xl23"/>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE374B" w:rsidRDefault="00FE374B" w:rsidP="00FE374B">
+    <w:p w14:paraId="4FE72D92" w14:textId="77777777" w:rsidR="00FE374B" w:rsidRDefault="00FE374B" w:rsidP="00FE374B">
       <w:pPr>
         <w:pStyle w:val="xl23"/>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FE374B" w:rsidRPr="000B5900" w:rsidRDefault="00FE374B" w:rsidP="00FE374B">
+    <w:p w14:paraId="72CC1BF8" w14:textId="77777777" w:rsidR="00FE374B" w:rsidRPr="000B5900" w:rsidRDefault="00FE374B" w:rsidP="00FE374B">
       <w:pPr>
         <w:pStyle w:val="xl23"/>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BE695D" w:rsidRDefault="008B0981" w:rsidP="00BE695D">
+    <w:p w14:paraId="1B59E272" w14:textId="77777777" w:rsidR="00BE695D" w:rsidRDefault="008B0981" w:rsidP="00BE695D">
       <w:pPr>
         <w:pStyle w:val="xl23"/>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005C7E2B" w:rsidRPr="000B5900" w:rsidRDefault="005C7E2B" w:rsidP="00BE695D">
+    <w:p w14:paraId="6250F1E0" w14:textId="77777777" w:rsidR="005C7E2B" w:rsidRPr="000B5900" w:rsidRDefault="005C7E2B" w:rsidP="00BE695D">
       <w:pPr>
         <w:pStyle w:val="xl23"/>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004C04FB" w:rsidRDefault="004C04FB" w:rsidP="004C04FB">
+    <w:p w14:paraId="565BFCA2" w14:textId="77777777" w:rsidR="004C04FB" w:rsidRDefault="004C04FB" w:rsidP="004C04FB">
       <w:pPr>
         <w:pStyle w:val="xl23"/>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E03A05" w:rsidRDefault="00E03A05" w:rsidP="004C04FB">
+    <w:p w14:paraId="21F7C006" w14:textId="77777777" w:rsidR="00E03A05" w:rsidRDefault="00E03A05" w:rsidP="004C04FB">
       <w:pPr>
         <w:pStyle w:val="xl23"/>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E03A05" w:rsidRDefault="00E03A05" w:rsidP="004C04FB">
+    <w:p w14:paraId="388E729B" w14:textId="77777777" w:rsidR="00E03A05" w:rsidRDefault="00E03A05" w:rsidP="004C04FB">
       <w:pPr>
         <w:pStyle w:val="xl23"/>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CD688C" w:rsidRDefault="00CD688C" w:rsidP="004C04FB">
+    <w:p w14:paraId="4BCF88A3" w14:textId="77777777" w:rsidR="00CD688C" w:rsidRDefault="00CD688C" w:rsidP="004C04FB">
       <w:pPr>
         <w:pStyle w:val="xl23"/>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CD688C" w:rsidRDefault="00CD688C" w:rsidP="004C04FB">
+    <w:p w14:paraId="73B9B75E" w14:textId="77777777" w:rsidR="00CD688C" w:rsidRDefault="00CD688C" w:rsidP="004C04FB">
       <w:pPr>
         <w:pStyle w:val="xl23"/>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CD688C" w:rsidRDefault="00CD688C" w:rsidP="004C04FB">
+    <w:p w14:paraId="36BC8F67" w14:textId="77777777" w:rsidR="00CD688C" w:rsidRDefault="00CD688C" w:rsidP="004C04FB">
       <w:pPr>
         <w:pStyle w:val="xl23"/>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CD688C" w:rsidRDefault="00574208" w:rsidP="004C04FB">
+    <w:p w14:paraId="7AD63ECD" w14:textId="6664319B" w:rsidR="00CD688C" w:rsidRDefault="001C137A" w:rsidP="004C04FB">
       <w:pPr>
         <w:pStyle w:val="xl23"/>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00574208">
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:pict>
-[...37 lines deleted...]
-    <w:p w:rsidR="00CD688C" w:rsidRDefault="00CD688C" w:rsidP="004C04FB">
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251704320" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7B9E1E6C" wp14:editId="42CA4FCD">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>-340995</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>90170</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2658110" cy="127000"/>
+                <wp:effectExtent l="0" t="0" r="8890" b="6350"/>
+                <wp:wrapNone/>
+                <wp:docPr id="65" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2658110" cy="127000"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:schemeClr val="lt1"/>
+                        </a:solidFill>
+                        <a:ln w="6350">
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                        </a:ln>
+                        <a:effectLst/>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="dk1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="5BEFBF8C" w14:textId="77777777" w:rsidR="00907667" w:rsidRPr="00C64066" w:rsidRDefault="00907667" w:rsidP="0084117A">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:i/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00C64066">
+                              <w:rPr>
+                                <w:i/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                                <w:highlight w:val="yellow"/>
+                              </w:rPr>
+                              <w:t>_____________</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00C64066">
+                              <w:rPr>
+                                <w:i/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t>USGS Quadrangle</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="7B9E1E6C" id="Text Box 2" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-26.85pt;margin-top:7.1pt;width:209.3pt;height:10pt;z-index:251704320;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDMw0oWhQIAAJ8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVMlu2zAQvRfoPxC8N5JcJC2EyIGbIEUB&#10;IwmaFDnTFBkLoTjskLbkfn2HlGRnu6ToRRqSb7Y3y+lZ3xq2VegbsBUvjnLOlJVQN/ah4r/uLj99&#10;5cwHYWthwKqK75TnZ/OPH047V6oZrMHUChkZsb7sXMXXIbgyy7xcq1b4I3DK0qMGbEWgIz5kNYqO&#10;rLcmm+X5SdYB1g5BKu/p9mJ45PNkX2slw7XWXgVmKk6xhfTF9F3FbzY/FeUDCrdu5BiG+IcoWtFY&#10;cro3dSGCYBtsXplqG4ngQYcjCW0GWjdSpRwomyJ/kc3tWjiVciFyvNvT5P+fWXm1vXU3yEL/DXoq&#10;YErCuyXIR0/cZJ3z5YiJnPrSEzom2mts459SYKRI3O72fKo+MEmXs5Pjr0VBT5LeitmXPE+EZwdt&#10;hz58V9CyKFQcqV4pArFd+hD9i3KCRGceTFNfNsakQ+wRdW6QbQVV14QiVpM0nqGMZV3FTz4f50Nq&#10;Ty1E03v9lRHy8bUFsmdsdKdSN41hHZhIUtgZFTHG/lSaNXUi5I0YhZTK7uNM6IjSlNF7FEf8Iar3&#10;KA95kEbyDDbsldvGAg4sPae2fpyo1QN+bAw/5B0pCP2qp8Sp5pHCeLOCekeNhTDMnHfysiG+l8KH&#10;G4E0ZNQXtDjCNX20ASoSjBJna8A/b91HPPU+vXLW0dBW3P/eCFScmR+WpiJO+CTgJKwmwW7ac6BO&#10;KWglOZlEUsBgJlEjtPe0TxbRCz0JK8lXxWXA6XAehuVBG0mqxSLBaJKdCEt76+Q0QbGz7vp7gW7s&#10;7EAzcQXTQIvyRYMP2FgRC4tNAN2k7j/wODJOWyC1+Lix4pp5ek6ow16d/wUAAP//AwBQSwMEFAAG&#10;AAgAAAAhABH3SPLdAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPg0AQhe8m/ofNmHhrlxak&#10;LbI0xkTjUdFDjws7BQI7S9gtxX/veNLbzLyXN9/Lj4sdxIyT7xwp2KwjEEi1Mx01Cr4+X1Z7ED5o&#10;MnpwhAq+0cOxuL3JdWbclT5wLkMjOIR8phW0IYyZlL5u0Wq/diMSa2c3WR14nRppJn3lcDvIbRSl&#10;0uqO+EOrR3xuse7Li1VwOrymsanM/q1cysQtm37evfdK3d8tT48gAi7hzwy/+IwOBTNV7kLGi0HB&#10;6iHesZWFZAuCDXGaHEBUPPBBFrn836D4AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMzD&#10;ShaFAgAAnwUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;ABH3SPLdAAAACQEAAA8AAAAAAAAAAAAAAAAA3wQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAADpBQAAAAA=&#10;" fillcolor="white [3201]" strokeweight=".5pt">
+                <v:path arrowok="t"/>
+                <v:textbox inset="0,0,0,0">
+                  <w:txbxContent>
+                    <w:p w14:paraId="5BEFBF8C" w14:textId="77777777" w:rsidR="00907667" w:rsidRPr="00C64066" w:rsidRDefault="00907667" w:rsidP="0084117A">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:i/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00C64066">
+                        <w:rPr>
+                          <w:i/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                          <w:highlight w:val="yellow"/>
+                        </w:rPr>
+                        <w:t>_____________</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00C64066">
+                        <w:rPr>
+                          <w:i/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:t>USGS Quadrangle</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08343D41" w14:textId="77777777" w:rsidR="00CD688C" w:rsidRDefault="00CD688C" w:rsidP="004C04FB">
       <w:pPr>
         <w:pStyle w:val="xl23"/>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C64066" w:rsidRDefault="00C64066" w:rsidP="004C04FB">
+    <w:p w14:paraId="571EA6FA" w14:textId="77777777" w:rsidR="00C64066" w:rsidRDefault="00C64066" w:rsidP="004C04FB">
       <w:pPr>
         <w:pStyle w:val="xl23"/>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C64066" w:rsidRDefault="00C64066" w:rsidP="004C04FB">
+    <w:p w14:paraId="4DF89FC8" w14:textId="77777777" w:rsidR="00C64066" w:rsidRDefault="00C64066" w:rsidP="004C04FB">
       <w:pPr>
         <w:pStyle w:val="xl23"/>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C64066" w:rsidRPr="000B5900" w:rsidRDefault="00C64066" w:rsidP="004C04FB">
+    <w:p w14:paraId="5616A920" w14:textId="77777777" w:rsidR="00C64066" w:rsidRPr="000B5900" w:rsidRDefault="00C64066" w:rsidP="004C04FB">
       <w:pPr>
         <w:pStyle w:val="xl23"/>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004C04FB" w:rsidRDefault="004C04FB" w:rsidP="004C04FB">
+    <w:p w14:paraId="3E6318ED" w14:textId="77777777" w:rsidR="004C04FB" w:rsidRDefault="004C04FB" w:rsidP="004C04FB">
       <w:pPr>
         <w:pStyle w:val="xl23"/>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004C04FB" w:rsidRDefault="004C04FB" w:rsidP="004C04FB">
+    <w:p w14:paraId="7AC00FF0" w14:textId="77777777" w:rsidR="004C04FB" w:rsidRDefault="004C04FB" w:rsidP="004C04FB">
       <w:pPr>
         <w:pStyle w:val="xl23"/>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004C04FB" w:rsidRDefault="004C04FB" w:rsidP="004C04FB">
+    <w:p w14:paraId="35307435" w14:textId="77777777" w:rsidR="004C04FB" w:rsidRDefault="004C04FB" w:rsidP="004C04FB">
       <w:pPr>
         <w:pStyle w:val="xl23"/>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004C04FB" w:rsidRPr="004C04FB" w:rsidRDefault="004C04FB" w:rsidP="004C04FB">
+    <w:p w14:paraId="1EE6DF36" w14:textId="77777777" w:rsidR="004C04FB" w:rsidRPr="004C04FB" w:rsidRDefault="004C04FB" w:rsidP="004C04FB">
       <w:pPr>
         <w:pStyle w:val="xl23"/>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:sectPr w:rsidR="004C04FB" w:rsidRPr="004C04FB" w:rsidSect="00C64066">
           <w:footnotePr>
             <w:numRestart w:val="eachPage"/>
           </w:footnotePr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1166" w:right="1800" w:bottom="810" w:left="1800" w:header="634" w:footer="0" w:gutter="0"/>
           <w:pgNumType w:fmt="lowerRoman" w:start="1"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CD688C" w:rsidRDefault="00CD688C" w:rsidP="00623A88">
+    <w:p w14:paraId="1A0DD8CF" w14:textId="77777777" w:rsidR="00CD688C" w:rsidRDefault="00CD688C" w:rsidP="00623A88">
       <w:pPr>
         <w:pStyle w:val="xl23"/>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CD688C" w:rsidRDefault="0084117A" w:rsidP="0084117A">
+    <w:p w14:paraId="20434DE6" w14:textId="77777777" w:rsidR="00CD688C" w:rsidRDefault="0084117A" w:rsidP="0084117A">
       <w:pPr>
         <w:pStyle w:val="xl23"/>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="center" w:pos="2160"/>
           <w:tab w:val="center" w:pos="6480"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00CD688C">
@@ -1408,51 +1853,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Dam </w:t>
       </w:r>
       <w:r w:rsidR="00C03ECE">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>Caretaker</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD688C" w:rsidRPr="00CD688C" w:rsidRDefault="0084117A" w:rsidP="0084117A">
+    <w:p w14:paraId="51103C15" w14:textId="77777777" w:rsidR="00CD688C" w:rsidRPr="00CD688C" w:rsidRDefault="0084117A" w:rsidP="0084117A">
       <w:pPr>
         <w:pStyle w:val="xl23"/>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="center" w:pos="2160"/>
           <w:tab w:val="center" w:pos="6480"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0084117A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
@@ -1480,51 +1925,51 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0084117A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Caretaker Name</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD688C" w:rsidRPr="00CD688C" w:rsidRDefault="0084117A" w:rsidP="0084117A">
+    <w:p w14:paraId="76DDCF10" w14:textId="77777777" w:rsidR="00CD688C" w:rsidRPr="00CD688C" w:rsidRDefault="0084117A" w:rsidP="0084117A">
       <w:pPr>
         <w:pStyle w:val="xl23"/>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="center" w:pos="2160"/>
           <w:tab w:val="center" w:pos="6480"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0084117A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:tab/>
@@ -1534,269 +1979,429 @@
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Owner Address</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:tab/>
         <w:t>Caretaker Address</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD688C" w:rsidRPr="00CD688C" w:rsidRDefault="0084117A" w:rsidP="0084117A">
+    <w:p w14:paraId="365D860F" w14:textId="77777777" w:rsidR="00CD688C" w:rsidRPr="00CD688C" w:rsidRDefault="0084117A" w:rsidP="0084117A">
       <w:pPr>
         <w:pStyle w:val="xl23"/>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="center" w:pos="2160"/>
           <w:tab w:val="center" w:pos="6480"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00CD688C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Owner </w:t>
       </w:r>
       <w:r w:rsidR="00CD688C" w:rsidRPr="00CD688C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
-        <w:t>Daytime Phone</w:t>
+        <w:t xml:space="preserve">Daytime </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00CD688C" w:rsidRPr="00CD688C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
-        <w:t>:</w:t>
+        <w:t>Phone:</w:t>
       </w:r>
       <w:r w:rsidR="00CD688C" w:rsidRPr="00CD688C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>#</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00CD688C" w:rsidRPr="00CD688C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>##.###.####</w:t>
-[...18 lines deleted...]
-      <w:r w:rsidRPr="00CD688C">
+        <w:t>#</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00CD688C" w:rsidRPr="00CD688C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>###.###.####</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00CD688C" w:rsidRPr="00CD688C" w:rsidRDefault="0084117A" w:rsidP="0084117A">
+        <w:t>#.#</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00CD688C" w:rsidRPr="00CD688C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>#</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00CD688C" w:rsidRPr="00CD688C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>#.#</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00CD688C" w:rsidRPr="00CD688C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>###</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Caretaker Daytime Phone</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD688C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>##</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CD688C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>#.#</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CD688C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>#</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CD688C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>#.#</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CD688C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>###</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CECC0FF" w14:textId="77777777" w:rsidR="00CD688C" w:rsidRPr="00CD688C" w:rsidRDefault="0084117A" w:rsidP="0084117A">
       <w:pPr>
         <w:pStyle w:val="xl23"/>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="center" w:pos="2160"/>
           <w:tab w:val="center" w:pos="6480"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00CD688C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Owner </w:t>
       </w:r>
       <w:r w:rsidR="00CD688C" w:rsidRPr="00CD688C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
-        <w:t>Emergency Phone</w:t>
+        <w:t xml:space="preserve">Emergency </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00CD688C" w:rsidRPr="00CD688C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
-        <w:t>:</w:t>
+        <w:t>Phone:</w:t>
       </w:r>
       <w:r w:rsidR="00CD688C" w:rsidRPr="00CD688C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>#</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00CD688C" w:rsidRPr="00CD688C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>##.###.####</w:t>
-[...18 lines deleted...]
-      <w:r w:rsidRPr="00CD688C">
+        <w:t>#</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00CD688C" w:rsidRPr="00CD688C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>###.###.####</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00C64066" w:rsidRDefault="00C64066" w:rsidP="00623A88">
+        <w:t>#.#</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00CD688C" w:rsidRPr="00CD688C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>#</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00CD688C" w:rsidRPr="00CD688C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>#.#</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00CD688C" w:rsidRPr="00CD688C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>###</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Caretaker Emergency Phone</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD688C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>##</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CD688C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>#.#</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CD688C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>#</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CD688C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>#.#</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CD688C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>###</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61B4BE6B" w14:textId="77777777" w:rsidR="00C64066" w:rsidRDefault="00C64066" w:rsidP="00623A88">
       <w:pPr>
         <w:pStyle w:val="xl23"/>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CD688C" w:rsidRPr="00C64066" w:rsidRDefault="00CD688C" w:rsidP="00623A88">
+    <w:p w14:paraId="6DF9E928" w14:textId="77777777" w:rsidR="00CD688C" w:rsidRPr="00C64066" w:rsidRDefault="00CD688C" w:rsidP="00623A88">
       <w:pPr>
         <w:pStyle w:val="xl23"/>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C64066">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
@@ -1820,76 +2425,76 @@
       </w:r>
       <w:r w:rsidRPr="00C64066">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>YYYY-MM</w:t>
       </w:r>
       <w:r w:rsidRPr="00C64066">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>______</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD688C" w:rsidRPr="00C64066" w:rsidRDefault="00CD688C" w:rsidP="00623A88">
+    <w:p w14:paraId="27729F04" w14:textId="77777777" w:rsidR="00CD688C" w:rsidRPr="00C64066" w:rsidRDefault="00CD688C" w:rsidP="00623A88">
       <w:pPr>
         <w:pStyle w:val="xl23"/>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:sectPr w:rsidR="00CD688C" w:rsidRPr="00C64066" w:rsidSect="00C64066">
-          <w:headerReference w:type="default" r:id="rId10"/>
-          <w:footerReference w:type="default" r:id="rId11"/>
+          <w:headerReference w:type="default" r:id="rId11"/>
+          <w:footerReference w:type="default" r:id="rId12"/>
           <w:footnotePr>
             <w:numRestart w:val="eachPage"/>
           </w:footnotePr>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="990" w:right="1800" w:bottom="360" w:left="1800" w:header="630" w:footer="0" w:gutter="0"/>
           <w:pgNumType w:fmt="lowerRoman" w:start="1"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
         </w:sectPr>
       </w:pPr>
       <w:r w:rsidRPr="00C64066">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Revision Number </w:t>
       </w:r>
       <w:r w:rsidRPr="00C64066">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
@@ -1924,850 +2529,850 @@
       </w:r>
       <w:r w:rsidRPr="00C64066">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>YYYY_/_MM</w:t>
       </w:r>
       <w:r w:rsidRPr="00C64066">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00156E22" w:rsidRDefault="00156E22" w:rsidP="00156E22">
+    <w:p w14:paraId="734B1D1D" w14:textId="77777777" w:rsidR="00156E22" w:rsidRDefault="00156E22" w:rsidP="00156E22">
       <w:pPr>
         <w:pStyle w:val="xl23"/>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:alias w:val="DAM NAME"/>
         <w:tag w:val="DAM NAME"/>
         <w:id w:val="-125088814"/>
         <w:placeholder>
           <w:docPart w:val="24417E98EBA6488AB985CDD0DD8E6761"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/coverPageProps' " w:xpath="/ns0:CoverPageProperties[1]/ns0:Abstract[1]" w:storeItemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtContent>
-        <w:p w:rsidR="00156E22" w:rsidRPr="00156E22" w:rsidRDefault="0049085B" w:rsidP="00156E22">
+        <w:p w14:paraId="23A8D860" w14:textId="77777777" w:rsidR="00156E22" w:rsidRPr="00156E22" w:rsidRDefault="0049085B" w:rsidP="00156E22">
           <w:pPr>
             <w:pStyle w:val="xl23"/>
             <w:pBdr>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:pBdr>
             <w:tabs>
               <w:tab w:val="left" w:pos="720"/>
               <w:tab w:val="left" w:pos="1440"/>
               <w:tab w:val="left" w:pos="2160"/>
               <w:tab w:val="left" w:pos="2880"/>
               <w:tab w:val="left" w:pos="3600"/>
             </w:tabs>
             <w:spacing w:after="0"/>
             <w:rPr>
               <w:rFonts w:eastAsia="Times New Roman"/>
               <w:bCs w:val="0"/>
               <w:highlight w:val="yellow"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:eastAsia="Times New Roman"/>
               <w:bCs w:val="0"/>
               <w:highlight w:val="yellow"/>
             </w:rPr>
             <w:t>DAM NAME</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w:rsidR="00986B2D" w:rsidRPr="00A23A22" w:rsidRDefault="00F004B2">
+    <w:p w14:paraId="1F8191A6" w14:textId="77777777" w:rsidR="00986B2D" w:rsidRPr="00A23A22" w:rsidRDefault="00F004B2">
       <w:pPr>
         <w:pStyle w:val="xl23"/>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A23A22">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>EMERGENCY ACTION PLAN</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00986B2D" w:rsidRPr="00A23A22" w:rsidRDefault="00F004B2">
+    <w:p w14:paraId="48BD5EAD" w14:textId="77777777" w:rsidR="00986B2D" w:rsidRPr="00A23A22" w:rsidRDefault="00F004B2">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A23A22">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>TABLE OF CONTENTS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00986B2D" w:rsidRPr="000B5A9F" w:rsidRDefault="00F004B2">
+    <w:p w14:paraId="23E5F6BB" w14:textId="77777777" w:rsidR="00986B2D" w:rsidRPr="000B5A9F" w:rsidRDefault="00F004B2">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="8640"/>
         </w:tabs>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B5A9F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>CHAPTER</w:t>
       </w:r>
       <w:r w:rsidRPr="000B5A9F">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000B5A9F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>PAGE</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="48371C48" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
       </w:pPr>
       <w:r w:rsidRPr="00F33046">
         <w:t>PREAMBLE</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0082718E" w:rsidRDefault="00574208">
+    <w:p w14:paraId="0544C06A" w14:textId="77777777" w:rsidR="0082718E" w:rsidRDefault="00574208">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00DC039C">
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> TOC \o "1-1" \t "Heading 2,2,Heading 3,3" </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="0082718E">
         <w:t>NOTIFICATION FLOWCHART(s)</w:t>
       </w:r>
       <w:r w:rsidR="0082718E">
         <w:tab/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="0082718E">
         <w:instrText xml:space="preserve"> PAGEREF _Toc423428974 \h </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00137A26">
         <w:t>1-1</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0082718E" w:rsidRDefault="0082718E">
+    <w:p w14:paraId="39965636" w14:textId="77777777" w:rsidR="0082718E" w:rsidRDefault="0082718E">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>1.0</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>NOTIFICATION PROCEDURES</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00574208">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGEREF _Toc423428975 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="00574208">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00137A26">
         <w:t>1-2</w:t>
       </w:r>
       <w:r w:rsidR="00574208">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0082718E" w:rsidRDefault="0082718E">
+    <w:p w14:paraId="577615D4" w14:textId="77777777" w:rsidR="0082718E" w:rsidRDefault="0082718E">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>1.1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>Notification Flowchart</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00574208">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGEREF _Toc423428976 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="00574208">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00137A26">
         <w:t>1-2</w:t>
       </w:r>
       <w:r w:rsidR="00574208">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0082718E" w:rsidRDefault="0082718E">
+    <w:p w14:paraId="68305967" w14:textId="77777777" w:rsidR="0082718E" w:rsidRDefault="0082718E">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>1.2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>Emergency Notification Template</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00574208">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGEREF _Toc423428977 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="00574208">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00137A26">
         <w:t>1-2</w:t>
       </w:r>
       <w:r w:rsidR="00574208">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0082718E" w:rsidRDefault="0082718E">
+    <w:p w14:paraId="21E2BA22" w14:textId="77777777" w:rsidR="0082718E" w:rsidRDefault="0082718E">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>1.3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>Impact Summary / Road Closures</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00574208">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGEREF _Toc423428978 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="00574208">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00137A26">
         <w:t>1-3</w:t>
       </w:r>
       <w:r w:rsidR="00574208">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0082718E" w:rsidRDefault="0082718E">
+    <w:p w14:paraId="120B6B8B" w14:textId="77777777" w:rsidR="0082718E" w:rsidRDefault="0082718E">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>1.4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>General Response Flowchart</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00574208">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGEREF _Toc423428979 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="00574208">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00137A26">
         <w:t>1-3</w:t>
       </w:r>
       <w:r w:rsidR="00574208">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0082718E" w:rsidRDefault="0082718E">
+    <w:p w14:paraId="5B296805" w14:textId="77777777" w:rsidR="0082718E" w:rsidRDefault="0082718E">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>2.0</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>PROJECT DESCRIPTION</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00574208">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGEREF _Toc423428980 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="00574208">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00137A26">
         <w:t>2-1</w:t>
       </w:r>
       <w:r w:rsidR="00574208">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0082718E" w:rsidRDefault="0082718E">
+    <w:p w14:paraId="5E886E51" w14:textId="77777777" w:rsidR="0082718E" w:rsidRDefault="0082718E">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>3.0</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>GENERAL RESPONSIBILITIES</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00574208">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGEREF _Toc423428981 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="00574208">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00137A26">
         <w:t>3-1</w:t>
       </w:r>
       <w:r w:rsidR="00574208">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0082718E" w:rsidRDefault="0082718E">
+    <w:p w14:paraId="32FD05D9" w14:textId="77777777" w:rsidR="0082718E" w:rsidRDefault="0082718E">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>4.0</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>INUNDATION MAPS</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00574208">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGEREF _Toc423428982 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="00574208">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00137A26">
         <w:t>4-1</w:t>
       </w:r>
       <w:r w:rsidR="00574208">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0082718E" w:rsidRDefault="0082718E">
+    <w:p w14:paraId="2FD6294E" w14:textId="77777777" w:rsidR="0082718E" w:rsidRDefault="0082718E">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>4.1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>Inundation Map Development</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00574208">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGEREF _Toc423428983 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="00574208">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00137A26">
         <w:t>4-1</w:t>
       </w:r>
       <w:r w:rsidR="00574208">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0082718E" w:rsidRDefault="0082718E">
+    <w:p w14:paraId="45FB5626" w14:textId="77777777" w:rsidR="0082718E" w:rsidRDefault="0082718E">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>4.2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>Impacted Area Summary</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00574208">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGEREF _Toc423428984 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="00574208">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00137A26">
         <w:t>4-1</w:t>
       </w:r>
       <w:r w:rsidR="00574208">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0082718E" w:rsidRDefault="0082718E">
+    <w:p w14:paraId="5624CE37" w14:textId="77777777" w:rsidR="0082718E" w:rsidRDefault="0082718E">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00157367">
         <w:t>INUNDATION MAPPING</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00574208">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGEREF _Toc423428985 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="00574208">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00137A26">
         <w:t>4-2</w:t>
       </w:r>
       <w:r w:rsidR="00574208">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00986B2D" w:rsidRPr="007D03A5" w:rsidRDefault="00574208">
+    <w:p w14:paraId="5D07E8B9" w14:textId="77777777" w:rsidR="00986B2D" w:rsidRPr="007D03A5" w:rsidRDefault="00574208">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="right" w:pos="8460"/>
         </w:tabs>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00986B2D" w:rsidRPr="007D03A5" w:rsidRDefault="00F004B2">
+    <w:p w14:paraId="1377EBC2" w14:textId="77777777" w:rsidR="00986B2D" w:rsidRPr="007D03A5" w:rsidRDefault="00F004B2">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8640"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D03A5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>TABLES</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00986B2D" w:rsidRPr="007D03A5" w:rsidRDefault="00986B2D">
+    <w:p w14:paraId="7A9C3030" w14:textId="77777777" w:rsidR="00986B2D" w:rsidRPr="007D03A5" w:rsidRDefault="00986B2D">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8640"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C71FD6" w:rsidRPr="00DC039C" w:rsidRDefault="007D03A5" w:rsidP="007D03A5">
+    <w:p w14:paraId="54F1A2EA" w14:textId="77777777" w:rsidR="00C71FD6" w:rsidRPr="00DC039C" w:rsidRDefault="007D03A5" w:rsidP="007D03A5">
       <w:pPr>
         <w:pStyle w:val="Template-Direction"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Provide a </w:t>
       </w:r>
       <w:r w:rsidR="00F33046">
         <w:t>listing</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of EAP Tables</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00986B2D" w:rsidRPr="00DC039C" w:rsidRDefault="00986B2D">
+    <w:p w14:paraId="5503C00D" w14:textId="77777777" w:rsidR="00986B2D" w:rsidRPr="00DC039C" w:rsidRDefault="00986B2D">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8640"/>
         </w:tabs>
         <w:rPr>
           <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00986B2D" w:rsidRPr="007D03A5" w:rsidRDefault="00F004B2">
+    <w:p w14:paraId="0BEB92C9" w14:textId="77777777" w:rsidR="00986B2D" w:rsidRPr="007D03A5" w:rsidRDefault="00F004B2">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8640"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D03A5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>FIGURES</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00986B2D" w:rsidRPr="007D03A5" w:rsidRDefault="00986B2D">
+    <w:p w14:paraId="676AD740" w14:textId="77777777" w:rsidR="00986B2D" w:rsidRPr="007D03A5" w:rsidRDefault="00986B2D">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8640"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00371DE6" w:rsidRPr="007D03A5" w:rsidRDefault="00F004B2" w:rsidP="003971B0">
+    <w:p w14:paraId="08D08EDD" w14:textId="77777777" w:rsidR="00371DE6" w:rsidRPr="007D03A5" w:rsidRDefault="00F004B2" w:rsidP="003971B0">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="left" w:pos="1260"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8640"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D03A5">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">Figure </w:t>
       </w:r>
       <w:r w:rsidR="00DC039C" w:rsidRPr="007D03A5">
@@ -2777,51 +3382,51 @@
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="007D03A5">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003971B0" w:rsidRPr="007D03A5">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00371DE6" w:rsidRPr="007D03A5">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Aerial Plan</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00986B2D" w:rsidRPr="007D03A5" w:rsidRDefault="003971B0" w:rsidP="003971B0">
+    <w:p w14:paraId="44057B3E" w14:textId="77777777" w:rsidR="00986B2D" w:rsidRPr="007D03A5" w:rsidRDefault="003971B0" w:rsidP="003971B0">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="left" w:pos="1260"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8640"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D03A5">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">Figure </w:t>
       </w:r>
       <w:r w:rsidR="00DC039C" w:rsidRPr="007D03A5">
@@ -2838,455 +3443,447 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007D03A5">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00371DE6" w:rsidRPr="007D03A5">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Site Sketch</w:t>
       </w:r>
       <w:r w:rsidR="007D03A5" w:rsidRPr="007D03A5">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>/Plan</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00986B2D" w:rsidRPr="007D03A5" w:rsidRDefault="00986B2D">
+    <w:p w14:paraId="2155D3E4" w14:textId="77777777" w:rsidR="00986B2D" w:rsidRPr="007D03A5" w:rsidRDefault="00986B2D">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8640"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00986B2D" w:rsidRPr="007D03A5" w:rsidRDefault="00F004B2">
+    <w:p w14:paraId="74AE878C" w14:textId="77777777" w:rsidR="00986B2D" w:rsidRPr="007D03A5" w:rsidRDefault="00F004B2">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8640"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc441419607"/>
       <w:bookmarkStart w:id="3" w:name="_Toc441419824"/>
       <w:bookmarkStart w:id="4" w:name="_Toc441420463"/>
       <w:bookmarkStart w:id="5" w:name="_Toc441420501"/>
       <w:bookmarkStart w:id="6" w:name="_Toc441476523"/>
       <w:bookmarkStart w:id="7" w:name="_Toc441477787"/>
       <w:bookmarkStart w:id="8" w:name="_Toc441477931"/>
       <w:bookmarkStart w:id="9" w:name="_Toc441549754"/>
       <w:bookmarkStart w:id="10" w:name="_Toc442081032"/>
       <w:bookmarkStart w:id="11" w:name="_Toc442081155"/>
       <w:r w:rsidRPr="007D03A5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>APPENDICES</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00986B2D" w:rsidRPr="007D03A5" w:rsidRDefault="00986B2D" w:rsidP="00186FD2">
+    <w:p w14:paraId="66930F20" w14:textId="77777777" w:rsidR="00986B2D" w:rsidRPr="007D03A5" w:rsidRDefault="00986B2D" w:rsidP="00186FD2">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007D03A5" w:rsidRPr="007D03A5" w:rsidRDefault="00F004B2">
+    <w:p w14:paraId="32B835D6" w14:textId="77777777" w:rsidR="007D03A5" w:rsidRPr="007D03A5" w:rsidRDefault="00F004B2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="left" w:pos="1710"/>
         </w:tabs>
         <w:ind w:left="1710" w:hanging="1710"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D03A5">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve">Appendix </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>Appendix A</w:t>
+      </w:r>
       <w:r w:rsidRPr="007D03A5">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>A</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="007D03A5">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="007D03A5" w:rsidRPr="007D03A5">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:tab/>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Preparedness </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007D03A5" w:rsidRPr="007D03A5" w:rsidRDefault="007D03A5">
+    <w:p w14:paraId="5FF62C34" w14:textId="77777777" w:rsidR="007D03A5" w:rsidRPr="007D03A5" w:rsidRDefault="007D03A5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="left" w:pos="1710"/>
         </w:tabs>
         <w:ind w:left="1710" w:hanging="1710"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D03A5">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Appendix B</w:t>
       </w:r>
       <w:r w:rsidRPr="007D03A5">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:tab/>
         <w:t>Emergency Detection, Evaluation, and Classification</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007D03A5" w:rsidRPr="007D03A5" w:rsidRDefault="007D03A5">
+    <w:p w14:paraId="020AC274" w14:textId="77777777" w:rsidR="007D03A5" w:rsidRPr="007D03A5" w:rsidRDefault="007D03A5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="left" w:pos="1710"/>
         </w:tabs>
         <w:ind w:left="1710" w:hanging="1710"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D03A5">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Appendix C</w:t>
       </w:r>
       <w:r w:rsidRPr="007D03A5">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:tab/>
         <w:t>Termination &amp; Recovery</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00986B2D" w:rsidRPr="007D03A5" w:rsidRDefault="00F004B2" w:rsidP="007D03A5">
+    <w:p w14:paraId="71D27D68" w14:textId="77777777" w:rsidR="00986B2D" w:rsidRPr="007D03A5" w:rsidRDefault="00F004B2" w:rsidP="007D03A5">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="left" w:pos="1710"/>
         </w:tabs>
         <w:ind w:left="1710" w:hanging="1710"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D03A5">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">Appendix </w:t>
       </w:r>
       <w:r w:rsidR="001C143A">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidRPr="007D03A5">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="007D03A5" w:rsidRPr="007D03A5">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Materials &amp; Equipment</w:t>
       </w:r>
       <w:r w:rsidRPr="007D03A5">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00371DE6" w:rsidRPr="007D03A5" w:rsidRDefault="00F004B2">
+    <w:p w14:paraId="3321F180" w14:textId="77777777" w:rsidR="00371DE6" w:rsidRPr="007D03A5" w:rsidRDefault="00F004B2">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="left" w:pos="1710"/>
         </w:tabs>
         <w:ind w:left="1710" w:hanging="1710"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D03A5">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">Appendix </w:t>
       </w:r>
       <w:r w:rsidR="001C143A">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidRPr="007D03A5">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00371DE6" w:rsidRPr="007D03A5">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Sign Off Sheets</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00986B2D" w:rsidRPr="007D03A5" w:rsidRDefault="00371DE6">
+    <w:p w14:paraId="383A8980" w14:textId="77777777" w:rsidR="00986B2D" w:rsidRPr="007D03A5" w:rsidRDefault="00371DE6">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="left" w:pos="1710"/>
         </w:tabs>
         <w:ind w:left="1710" w:hanging="1710"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D03A5">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">Appendix </w:t>
       </w:r>
       <w:r w:rsidR="001C143A">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidRPr="007D03A5">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:tab/>
         <w:t>Common Dam Safety Definitions</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00856B12" w:rsidRPr="007D03A5" w:rsidRDefault="00856B12">
+    <w:p w14:paraId="38B9D0B6" w14:textId="77777777" w:rsidR="00856B12" w:rsidRPr="007D03A5" w:rsidRDefault="00856B12">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8640"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0021606F" w:rsidRPr="007D03A5" w:rsidRDefault="00F004B2">
+    <w:p w14:paraId="4B88AE75" w14:textId="77777777" w:rsidR="0021606F" w:rsidRPr="007D03A5" w:rsidRDefault="00F004B2">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8640"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:sectPr w:rsidR="0021606F" w:rsidRPr="007D03A5" w:rsidSect="00CD688C">
           <w:footnotePr>
             <w:numRestart w:val="eachPage"/>
           </w:footnotePr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="990" w:right="1800" w:bottom="1440" w:left="1800" w:header="630" w:footer="720" w:gutter="0"/>
           <w:pgNumType w:fmt="lowerRoman" w:start="1"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
         </w:sectPr>
       </w:pPr>
       <w:r w:rsidRPr="007D03A5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>REFERENCES</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00986B2D" w:rsidRPr="00D957F0" w:rsidRDefault="00F004B2">
+    <w:p w14:paraId="55999E43" w14:textId="77777777" w:rsidR="00986B2D" w:rsidRPr="00D957F0" w:rsidRDefault="00F004B2">
+      <w:r w:rsidRPr="00D957F0">
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
       <w:r w:rsidRPr="00D957F0">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D957F0">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D957F0">
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00D957F0">
-[...3 lines deleted...]
-    <w:p w:rsidR="00986B2D" w:rsidRPr="00186FD2" w:rsidRDefault="00F004B2" w:rsidP="00186FD2">
+    </w:p>
+    <w:p w14:paraId="01594F6E" w14:textId="77777777" w:rsidR="00986B2D" w:rsidRPr="00186FD2" w:rsidRDefault="00F004B2" w:rsidP="00186FD2">
       <w:pPr>
         <w:pStyle w:val="BodyText3"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00186FD2">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>PREAMBLE</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00986B2D" w:rsidRPr="00D957F0" w:rsidRDefault="00986B2D" w:rsidP="00C2350D">
-[...7 lines deleted...]
-    <w:p w:rsidR="00186FD2" w:rsidRPr="00156E22" w:rsidRDefault="00F004B2" w:rsidP="00156E22">
+    <w:p w14:paraId="5A48CF54" w14:textId="77777777" w:rsidR="00986B2D" w:rsidRPr="00D957F0" w:rsidRDefault="00986B2D" w:rsidP="00C2350D">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3646B557" w14:textId="77777777" w:rsidR="00186FD2" w:rsidRPr="00156E22" w:rsidRDefault="00F004B2" w:rsidP="00156E22">
       <w:pPr>
         <w:pStyle w:val="xl23"/>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00156E22">
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
@@ -3357,59 +3954,59 @@
         </w:rPr>
         <w:t>February 10, 2017</w:t>
       </w:r>
       <w:r w:rsidR="00186FD2" w:rsidRPr="00156E22">
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidRPr="00156E22">
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>to establish a basic plan of action if conditions at the dam indicate the potential for dam failure or if any individual observes and reports that a dangerous condition is developing at the dam.</w:t>
       </w:r>
       <w:r w:rsidR="00186FD2" w:rsidRPr="00156E22">
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> The development of this EAP has been primarily based on the Federal Emergency Management Agency (FEMA) “Federal Guidelines for Dam Safety: Emergency Action Planning for Dam Owners,” dated October 1998, the Federal Energy Regulatory Commission (FERC)  “Emergency Action Plan Guidelines,” dated November 1998, 2006 NRCS recommendations for developing EAPs, and other publically available EAP templates from state dam safety programs.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00186FD2" w:rsidRDefault="00186FD2" w:rsidP="00186FD2">
-[...7 lines deleted...]
-    <w:p w:rsidR="00186FD2" w:rsidRPr="00D45478" w:rsidRDefault="00186FD2" w:rsidP="00186FD2">
+    <w:p w14:paraId="51A79828" w14:textId="77777777" w:rsidR="00186FD2" w:rsidRDefault="00186FD2" w:rsidP="00186FD2">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2585104C" w14:textId="77777777" w:rsidR="00186FD2" w:rsidRPr="00D45478" w:rsidRDefault="00186FD2" w:rsidP="00186FD2">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00620817">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>The purpose of this plan is to define responsibilities and provide procedures for identifying</w:t>
       </w:r>
       <w:r w:rsidRPr="00D45478">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> unusual and unlikely conditions, which may endanger the </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:bCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:highlight w:val="yellow"/>
@@ -3474,905 +4071,893 @@
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>infrastructure</w:t>
       </w:r>
       <w:r w:rsidRPr="00D45478">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> downstream of the dam, in time to take </w:t>
       </w:r>
       <w:r w:rsidR="005978EA" w:rsidRPr="00D45478">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>mitigated</w:t>
       </w:r>
       <w:r w:rsidRPr="00D45478">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> action and to notify the appropriate emergency management officials of possible, impending, or actual failure of the dam in order to minimize property damage and loss of life.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00986B2D" w:rsidRPr="00D957F0" w:rsidRDefault="00986B2D" w:rsidP="00C2350D">
-[...7 lines deleted...]
-    <w:p w:rsidR="00986B2D" w:rsidRPr="00D957F0" w:rsidRDefault="00F004B2" w:rsidP="00C2350D">
+    <w:p w14:paraId="7CCEFE4F" w14:textId="77777777" w:rsidR="00986B2D" w:rsidRPr="00D957F0" w:rsidRDefault="00986B2D" w:rsidP="00C2350D">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BFF2093" w14:textId="77777777" w:rsidR="00986B2D" w:rsidRPr="00D957F0" w:rsidRDefault="00F004B2" w:rsidP="00C2350D">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8640"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D957F0">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>This Emergency Action Plan should not be viewed as a substitute for implementing standard dam maintenance, inspections and repairs in accordance with good dam operations.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00986B2D" w:rsidRPr="00D957F0" w:rsidRDefault="00986B2D" w:rsidP="00C2350D">
+    <w:p w14:paraId="75917540" w14:textId="77777777" w:rsidR="00986B2D" w:rsidRPr="00D957F0" w:rsidRDefault="00986B2D" w:rsidP="00C2350D">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8640"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00986B2D" w:rsidRPr="00D957F0" w:rsidRDefault="00F004B2" w:rsidP="00C2350D">
+    <w:p w14:paraId="684C0DE3" w14:textId="77777777" w:rsidR="00986B2D" w:rsidRPr="00D957F0" w:rsidRDefault="00F004B2" w:rsidP="00C2350D">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8640"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D957F0">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>It is important to note that the condition of the dam depends on numerous and constantly changing internal conditions and is evolutionary in nature.  It would be incorrect to assume that the condition of the dam will remain the same over time.  Only through continued care and inspection can there be any chance of detecting unsafe conditions before they result in an emergency condition.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00186FD2" w:rsidRPr="00620817" w:rsidRDefault="00186FD2" w:rsidP="00186FD2">
+    <w:p w14:paraId="48BD9E32" w14:textId="77777777" w:rsidR="00186FD2" w:rsidRPr="00620817" w:rsidRDefault="00186FD2" w:rsidP="00186FD2">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00186FD2" w:rsidRPr="00A23A22" w:rsidRDefault="00186FD2" w:rsidP="00186FD2">
+    <w:p w14:paraId="2D6AD11C" w14:textId="77777777" w:rsidR="00186FD2" w:rsidRPr="00A23A22" w:rsidRDefault="00186FD2" w:rsidP="00186FD2">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00186FD2" w:rsidRPr="000239B4" w:rsidRDefault="00186FD2" w:rsidP="00186FD2">
+    <w:p w14:paraId="75E4FD0E" w14:textId="77777777" w:rsidR="00186FD2" w:rsidRPr="000239B4" w:rsidRDefault="00186FD2" w:rsidP="00186FD2">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000239B4">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>The EAP is housed in a three ring binder to easily facilitate updates to the plan.  The EAP should be updated and exercised annually to ensure that the information is current.  Most importantly, the names and telephone numbers of emergency response personnel listed in the Notification Flowchart shall be updated periodically.  The general layout of an emergency response is as follows:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00186FD2" w:rsidRPr="000239B4" w:rsidRDefault="00186FD2" w:rsidP="00186FD2">
+    <w:p w14:paraId="6CCCF2C7" w14:textId="77777777" w:rsidR="00186FD2" w:rsidRPr="000239B4" w:rsidRDefault="00186FD2" w:rsidP="00186FD2">
       <w:pPr>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="6"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00186FD2" w:rsidRDefault="00186FD2" w:rsidP="00186FD2">
+    <w:p w14:paraId="0D8A9D54" w14:textId="77777777" w:rsidR="00186FD2" w:rsidRDefault="00186FD2" w:rsidP="00186FD2">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00186FD2" w:rsidRDefault="00186FD2" w:rsidP="00186FD2">
+    <w:p w14:paraId="19C25BB0" w14:textId="77777777" w:rsidR="00186FD2" w:rsidRDefault="00186FD2" w:rsidP="00186FD2">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00186FD2" w:rsidRDefault="00186FD2" w:rsidP="00186FD2">
+    <w:p w14:paraId="50441CF1" w14:textId="77777777" w:rsidR="00186FD2" w:rsidRDefault="00186FD2" w:rsidP="00186FD2">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00186FD2" w:rsidRDefault="00186FD2" w:rsidP="00186FD2">
+    <w:p w14:paraId="6017379E" w14:textId="77777777" w:rsidR="00186FD2" w:rsidRDefault="00186FD2" w:rsidP="00186FD2">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00186FD2" w:rsidRDefault="00186FD2" w:rsidP="00186FD2">
+    <w:p w14:paraId="75BDA214" w14:textId="77777777" w:rsidR="00186FD2" w:rsidRDefault="00186FD2" w:rsidP="00186FD2">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00186FD2" w:rsidRDefault="00186FD2" w:rsidP="00186FD2">
+    <w:p w14:paraId="06FFD8DF" w14:textId="77777777" w:rsidR="00186FD2" w:rsidRDefault="00186FD2" w:rsidP="00186FD2">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00186FD2" w:rsidRDefault="00186FD2" w:rsidP="00186FD2">
+    <w:p w14:paraId="202FA361" w14:textId="77777777" w:rsidR="00186FD2" w:rsidRDefault="00186FD2" w:rsidP="00186FD2">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C3115">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00986B2D" w:rsidRPr="00A23A22" w:rsidRDefault="00986B2D">
+    <w:p w14:paraId="5E9B74D6" w14:textId="77777777" w:rsidR="00986B2D" w:rsidRPr="00A23A22" w:rsidRDefault="00986B2D">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="clear" w:pos="8640"/>
         </w:tabs>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:sectPr w:rsidR="00986B2D" w:rsidRPr="00A23A22" w:rsidSect="0021606F">
-          <w:headerReference w:type="default" r:id="rId12"/>
+          <w:headerReference w:type="default" r:id="rId13"/>
           <w:footnotePr>
             <w:numRestart w:val="eachPage"/>
           </w:footnotePr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="1296" w:footer="720" w:gutter="0"/>
           <w:pgNumType w:fmt="lowerRoman"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0025730F" w:rsidRDefault="0025730F" w:rsidP="0025730F">
+    <w:p w14:paraId="0CDE2337" w14:textId="77777777" w:rsidR="0025730F" w:rsidRDefault="0025730F" w:rsidP="0025730F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="12" w:name="_Toc82321954"/>
       <w:bookmarkStart w:id="13" w:name="_Toc162928982"/>
     </w:p>
-    <w:p w:rsidR="0025730F" w:rsidRPr="00013A7D" w:rsidRDefault="007D03A5" w:rsidP="00F74711">
+    <w:p w14:paraId="40F9B6EB" w14:textId="77777777" w:rsidR="0025730F" w:rsidRPr="00013A7D" w:rsidRDefault="007D03A5" w:rsidP="00F74711">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="990"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="14" w:name="_Toc423428974"/>
       <w:r>
         <w:t>NOTIFICATION FLOWCHART</w:t>
       </w:r>
       <w:r w:rsidR="001260E7">
         <w:t>(s)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
     </w:p>
-    <w:p w:rsidR="0025730F" w:rsidRDefault="0025730F" w:rsidP="0025730F">
+    <w:p w14:paraId="46EB2937" w14:textId="77777777" w:rsidR="0025730F" w:rsidRDefault="0025730F" w:rsidP="0025730F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0025730F" w:rsidRPr="000A0352" w:rsidRDefault="0025730F" w:rsidP="0025730F">
-[...95 lines deleted...]
-    <w:p w:rsidR="0025730F" w:rsidRPr="000A0352" w:rsidRDefault="0025730F" w:rsidP="00FE4FAE">
+    <w:p w14:paraId="469906A3" w14:textId="77777777" w:rsidR="0025730F" w:rsidRPr="000A0352" w:rsidRDefault="0025730F" w:rsidP="0025730F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77A06504" w14:textId="77777777" w:rsidR="0025730F" w:rsidRPr="000A0352" w:rsidRDefault="0025730F" w:rsidP="0025730F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F50476F" w14:textId="77777777" w:rsidR="0025730F" w:rsidRPr="000A0352" w:rsidRDefault="0025730F" w:rsidP="0025730F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25D14644" w14:textId="77777777" w:rsidR="0025730F" w:rsidRPr="000A0352" w:rsidRDefault="0025730F" w:rsidP="0025730F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6881697B" w14:textId="77777777" w:rsidR="0025730F" w:rsidRPr="000A0352" w:rsidRDefault="0025730F" w:rsidP="0025730F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47B8782A" w14:textId="77777777" w:rsidR="0025730F" w:rsidRPr="000A0352" w:rsidRDefault="0025730F" w:rsidP="0025730F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0AE6ACFE" w14:textId="77777777" w:rsidR="0025730F" w:rsidRPr="000A0352" w:rsidRDefault="0025730F" w:rsidP="0025730F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E87358F" w14:textId="77777777" w:rsidR="0025730F" w:rsidRPr="000A0352" w:rsidRDefault="0025730F" w:rsidP="0025730F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="341E8C03" w14:textId="77777777" w:rsidR="0025730F" w:rsidRPr="000A0352" w:rsidRDefault="0025730F" w:rsidP="0025730F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12EE197F" w14:textId="77777777" w:rsidR="0025730F" w:rsidRPr="000A0352" w:rsidRDefault="0025730F" w:rsidP="0025730F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5354DEC6" w14:textId="77777777" w:rsidR="0025730F" w:rsidRPr="000A0352" w:rsidRDefault="0025730F" w:rsidP="0025730F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79F33043" w14:textId="77777777" w:rsidR="0025730F" w:rsidRPr="000A0352" w:rsidRDefault="0025730F" w:rsidP="0025730F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="018F6E7C" w14:textId="77777777" w:rsidR="0025730F" w:rsidRPr="000A0352" w:rsidRDefault="0025730F" w:rsidP="00FE4FAE">
       <w:pPr>
         <w:pStyle w:val="Template-Direction"/>
       </w:pPr>
       <w:r w:rsidRPr="000A0352">
         <w:t>~~~ This page to be replaced with Notification Flowchart ~~~</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0025730F" w:rsidRDefault="0025730F" w:rsidP="0025730F">
+    <w:p w14:paraId="768E2D23" w14:textId="77777777" w:rsidR="0025730F" w:rsidRDefault="0025730F" w:rsidP="0025730F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0025730F" w:rsidRDefault="0025730F" w:rsidP="0025730F">
+    <w:p w14:paraId="47668A5B" w14:textId="77777777" w:rsidR="0025730F" w:rsidRDefault="0025730F" w:rsidP="0025730F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0025730F" w:rsidRDefault="0025730F" w:rsidP="0025730F">
+    <w:p w14:paraId="43D6A6FD" w14:textId="77777777" w:rsidR="0025730F" w:rsidRDefault="0025730F" w:rsidP="0025730F">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="990"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00986B2D" w:rsidRPr="002E456F" w:rsidRDefault="00F004B2">
+    <w:p w14:paraId="1CD12143" w14:textId="77777777" w:rsidR="00986B2D" w:rsidRPr="002E456F" w:rsidRDefault="00F004B2">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="002E456F">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:bookmarkStart w:id="15" w:name="_Toc423428975"/>
       <w:r w:rsidRPr="002E456F">
         <w:t xml:space="preserve">NOTIFICATION </w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
       <w:bookmarkEnd w:id="13"/>
       <w:r w:rsidRPr="002E456F">
         <w:t>PROCEDURES</w:t>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
     </w:p>
-    <w:p w:rsidR="00986B2D" w:rsidRPr="002E456F" w:rsidRDefault="00986B2D"/>
-    <w:p w:rsidR="00986B2D" w:rsidRDefault="00F004B2" w:rsidP="00C2350D">
+    <w:p w14:paraId="1DF5C9A7" w14:textId="77777777" w:rsidR="00986B2D" w:rsidRPr="002E456F" w:rsidRDefault="00986B2D"/>
+    <w:p w14:paraId="7945DBFD" w14:textId="77777777" w:rsidR="00986B2D" w:rsidRDefault="00F004B2" w:rsidP="00C2350D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:bookmarkStart w:id="16" w:name="_Toc423428976"/>
       <w:r w:rsidRPr="002E456F">
         <w:t>Notification Flowchart</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
     </w:p>
-    <w:p w:rsidR="00986B2D" w:rsidRPr="002E456F" w:rsidRDefault="00986B2D" w:rsidP="00C2350D">
-[...4 lines deleted...]
-    <w:p w:rsidR="0025730F" w:rsidRDefault="0025730F" w:rsidP="0025730F">
+    <w:p w14:paraId="08156E54" w14:textId="77777777" w:rsidR="00986B2D" w:rsidRPr="002E456F" w:rsidRDefault="00986B2D" w:rsidP="00C2350D">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="393631E8" w14:textId="77777777" w:rsidR="0025730F" w:rsidRDefault="0025730F" w:rsidP="0025730F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>The Notification Flowchart (located at the front of this report, before the table of contents) indicates the chain of communication to be followed in the event of an Emergency.  The Notification Flowchart indicates a Phase I and Phase II type of notification to be implemented depending on the emergency classification level (Emergency Condition Watch or Dam Failure Warning) as determined necessary based upon the judgment of the personnel monitoring the emergency condition at the dam (see Section 4 for additional descriptions).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0025730F" w:rsidRDefault="0025730F" w:rsidP="0025730F">
+    <w:p w14:paraId="6F255D42" w14:textId="77777777" w:rsidR="0025730F" w:rsidRDefault="0025730F" w:rsidP="0025730F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0025730F" w:rsidRDefault="0025730F" w:rsidP="00C9786E">
+    <w:p w14:paraId="07778DDD" w14:textId="77777777" w:rsidR="0025730F" w:rsidRDefault="0025730F" w:rsidP="00C9786E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Dam Safety Watch:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>“Potential failure is developing”:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  This is a situation where a failure may eventually occur if left unattended.  This situation will require a Phase I response with continuous monitoring of the situation.  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0025730F" w:rsidRDefault="0025730F" w:rsidP="0025730F">
+    <w:p w14:paraId="108A0585" w14:textId="77777777" w:rsidR="0025730F" w:rsidRDefault="0025730F" w:rsidP="0025730F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0025730F" w:rsidRDefault="0025730F" w:rsidP="00C9786E">
+    <w:p w14:paraId="1A027591" w14:textId="77777777" w:rsidR="0025730F" w:rsidRDefault="0025730F" w:rsidP="00C9786E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Dam Failure Warning:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> “</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Failure is Imminent or has occurred”:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  This is a situation where a failure either has occurred, is occurring, or is just about to occur.  This situation will require Phase I and II responses that will proceed with evacuation procedures.</w:t>
       </w:r>
       <w:r w:rsidRPr="00C171EE">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0025730F" w:rsidRDefault="0025730F" w:rsidP="0025730F">
-[...7 lines deleted...]
-    <w:p w:rsidR="0025730F" w:rsidRDefault="0025730F" w:rsidP="0025730F">
+    <w:p w14:paraId="6B6502A1" w14:textId="77777777" w:rsidR="0025730F" w:rsidRDefault="0025730F" w:rsidP="0025730F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D22DB38" w14:textId="77777777" w:rsidR="0025730F" w:rsidRDefault="0025730F" w:rsidP="0025730F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">During the highest emergency level (Dam Failure Warning), procedures are to evacuate the downstream residents using a combination of the telephone, augmented by police </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> the area broadcasting the evacuation message and going door to door to homes that cannot be reached by telephone.  To ease this burden somewhat, the National Weather Service can be alerted at (508) 823-1983 and they will make a general broadcast about the evacuation over the airways.  </w:t>
+        <w:t xml:space="preserve">During the highest emergency level (Dam Failure Warning), procedures are to evacuate the downstream residents using a combination of the telephone, augmented by police cruising the area broadcasting the evacuation message and going door to door to homes that cannot be reached by telephone.  To ease this burden somewhat, the National Weather Service can be alerted at (508) 823-1983 and they will make a general broadcast about the evacuation over the airways.  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>The National Weather Service will call the Fire Department to verify the emergency.  Therefore, the Fire Department should be called before the National Weather Service is contacted.  MEMA can also be contacted to activate the Emergency Alert Service.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0025730F" w:rsidRDefault="0025730F" w:rsidP="0025730F">
+    <w:p w14:paraId="5D40A937" w14:textId="77777777" w:rsidR="0025730F" w:rsidRDefault="0025730F" w:rsidP="0025730F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0025730F" w:rsidRDefault="0025730F" w:rsidP="0025730F">
+    <w:p w14:paraId="14A893D3" w14:textId="77777777" w:rsidR="0025730F" w:rsidRDefault="0025730F" w:rsidP="0025730F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>The flowchart should be updated yearly to account for local or state personnel changes.  Any new personnel should be informed and trained to perform their responsibilities under this plan.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0025730F" w:rsidRDefault="0025730F" w:rsidP="0025730F">
+    <w:p w14:paraId="223BCE43" w14:textId="77777777" w:rsidR="0025730F" w:rsidRDefault="0025730F" w:rsidP="0025730F">
       <w:pPr>
         <w:pStyle w:val="xl24"/>
         <w:pBdr>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0025730F" w:rsidRDefault="0025730F" w:rsidP="0025730F">
+    <w:p w14:paraId="6B649430" w14:textId="77777777" w:rsidR="0025730F" w:rsidRDefault="0025730F" w:rsidP="0025730F">
       <w:pPr>
         <w:pStyle w:val="xl24"/>
         <w:pBdr>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">This Notification Flowchart is contained within the opening pages of this report.  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00986B2D" w:rsidRPr="00634D56" w:rsidRDefault="00F004B2" w:rsidP="0025730F">
+    <w:p w14:paraId="0C95E9F4" w14:textId="77777777" w:rsidR="00986B2D" w:rsidRPr="00634D56" w:rsidRDefault="00F004B2" w:rsidP="0025730F">
       <w:pPr>
         <w:pStyle w:val="xl24"/>
         <w:pBdr>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00634D56">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B06E66" w:rsidRPr="00634D56" w:rsidRDefault="00B06E66" w:rsidP="00C2350D">
-[...7 lines deleted...]
-    <w:p w:rsidR="001C1FEB" w:rsidRDefault="001C1FEB" w:rsidP="00C2350D">
+    <w:p w14:paraId="6E3CFA7F" w14:textId="77777777" w:rsidR="00B06E66" w:rsidRPr="00634D56" w:rsidRDefault="00B06E66" w:rsidP="00C2350D">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3462D791" w14:textId="77777777" w:rsidR="001C1FEB" w:rsidRDefault="001C1FEB" w:rsidP="00C2350D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:bookmarkStart w:id="17" w:name="_Toc423428977"/>
       <w:bookmarkStart w:id="18" w:name="_Toc165175923"/>
       <w:r>
         <w:t>Emergency Notification Template</w:t>
       </w:r>
       <w:bookmarkEnd w:id="17"/>
     </w:p>
-    <w:p w:rsidR="001C1FEB" w:rsidRDefault="001C1FEB" w:rsidP="00C2350D">
-[...4 lines deleted...]
-    <w:p w:rsidR="001C1FEB" w:rsidRDefault="001C1FEB" w:rsidP="00C2350D">
+    <w:p w14:paraId="4EF4B236" w14:textId="77777777" w:rsidR="001C1FEB" w:rsidRDefault="001C1FEB" w:rsidP="00C2350D">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C65A7F9" w14:textId="77777777" w:rsidR="001C1FEB" w:rsidRDefault="001C1FEB" w:rsidP="00C2350D">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Once the emergency </w:t>
       </w:r>
       <w:r w:rsidR="00A94DB5">
         <w:t xml:space="preserve">condition has been identified, </w:t>
       </w:r>
       <w:r w:rsidR="00CA2921">
         <w:t xml:space="preserve">and the appropriate response level has been determined, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">the following template can be used as a guide for </w:t>
       </w:r>
       <w:r w:rsidR="00CA2921">
         <w:t>notification</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> announcements:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C1FEB" w:rsidRDefault="001C1FEB" w:rsidP="00C2350D">
+    <w:p w14:paraId="02E9B395" w14:textId="77777777" w:rsidR="001C1FEB" w:rsidRDefault="001C1FEB" w:rsidP="00C2350D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="3366FF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CA2921" w:rsidRDefault="00CA2921" w:rsidP="00C2350D">
+    <w:p w14:paraId="5A9B107A" w14:textId="77777777" w:rsidR="00CA2921" w:rsidRDefault="00CA2921" w:rsidP="00C2350D">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>“This is (your name, title, affiliation)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00856B12" w:rsidRDefault="00856B12" w:rsidP="00C2350D">
+    <w:p w14:paraId="09D3FEC1" w14:textId="77777777" w:rsidR="00856B12" w:rsidRDefault="00856B12" w:rsidP="00C2350D">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CA2921" w:rsidRDefault="00CA2921" w:rsidP="00C2350D">
+    <w:p w14:paraId="24E0E1D8" w14:textId="77777777" w:rsidR="00CA2921" w:rsidRDefault="00CA2921" w:rsidP="00C2350D">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">You are being contacted per the Emergency Action Plan for the </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:bCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:highlight w:val="yellow"/>
           </w:rPr>
           <w:alias w:val="DAM NAME"/>
           <w:tag w:val="DAM NAME"/>
           <w:id w:val="-1331285545"/>
           <w:placeholder>
             <w:docPart w:val="F2AAE07238FD476FB6849441F7518AD4"/>
           </w:placeholder>
           <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/coverPageProps' " w:xpath="/ns0:CoverPageProperties[1]/ns0:Abstract[1]" w:storeItemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}"/>
           <w:text/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidR="0049085B">
             <w:rPr>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="yellow"/>
             </w:rPr>
             <w:t>DAM NAME</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00856B12" w:rsidRDefault="00856B12" w:rsidP="00C2350D">
+    <w:p w14:paraId="6244E9FE" w14:textId="77777777" w:rsidR="00856B12" w:rsidRDefault="00856B12" w:rsidP="00C2350D">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CA2921" w:rsidRDefault="00CA2921" w:rsidP="00C2350D">
+    <w:p w14:paraId="08D19CE7" w14:textId="77777777" w:rsidR="00CA2921" w:rsidRDefault="00CA2921" w:rsidP="00C2350D">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Please be advised: A Dam (</w:t>
       </w:r>
       <w:r w:rsidR="0025730F">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dam Safety </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">/ Warning / </w:t>
       </w:r>
       <w:r w:rsidR="0025730F">
@@ -4401,915 +4986,2880 @@
           <w:placeholder>
             <w:docPart w:val="E339A109F3EF41B4918C3F3E3D944DEF"/>
           </w:placeholder>
           <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/coverPageProps' " w:xpath="/ns0:CoverPageProperties[1]/ns0:Abstract[1]" w:storeItemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}"/>
           <w:text/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidR="0049085B">
             <w:rPr>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="yellow"/>
             </w:rPr>
             <w:t>DAM NAME</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00856B12" w:rsidRDefault="00856B12" w:rsidP="00C2350D">
+    <w:p w14:paraId="6C7D0569" w14:textId="77777777" w:rsidR="00856B12" w:rsidRDefault="00856B12" w:rsidP="00C2350D">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CA2921" w:rsidRDefault="00CA2921" w:rsidP="00C2350D">
+    <w:p w14:paraId="13456F87" w14:textId="77777777" w:rsidR="00CA2921" w:rsidRDefault="00CA2921" w:rsidP="00C2350D">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>The observation was made at (time and date)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00856B12" w:rsidRDefault="00856B12" w:rsidP="00C2350D">
+    <w:p w14:paraId="69D4548C" w14:textId="77777777" w:rsidR="00856B12" w:rsidRDefault="00856B12" w:rsidP="00C2350D">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00856B12" w:rsidRDefault="00CA2921" w:rsidP="00C2350D">
+    <w:p w14:paraId="11BC7C25" w14:textId="77777777" w:rsidR="00856B12" w:rsidRDefault="00CA2921" w:rsidP="00C2350D">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>The situation is (provide brief description)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00856B12" w:rsidRDefault="00856B12" w:rsidP="00C2350D">
+    <w:p w14:paraId="06F33F88" w14:textId="77777777" w:rsidR="00856B12" w:rsidRDefault="00856B12" w:rsidP="00C2350D">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001C1FEB" w:rsidRDefault="00856B12" w:rsidP="00C2350D">
+    <w:p w14:paraId="3CD8FEB3" w14:textId="77777777" w:rsidR="001C1FEB" w:rsidRDefault="00856B12" w:rsidP="00C2350D">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>It is recommended that (Remain on alert; Prepare for Evacuation; Evacuate the area and move to higher ground)</w:t>
       </w:r>
       <w:r w:rsidR="00CA2921">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00986B2D" w:rsidRPr="00A23A22" w:rsidRDefault="00986B2D" w:rsidP="00C2350D">
+    <w:p w14:paraId="6BAFFF01" w14:textId="77777777" w:rsidR="00986B2D" w:rsidRPr="00A23A22" w:rsidRDefault="00986B2D" w:rsidP="00C2350D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00986B2D" w:rsidRPr="0060051F" w:rsidRDefault="0025730F" w:rsidP="00C2350D">
+    <w:p w14:paraId="59D6AB5E" w14:textId="77777777" w:rsidR="00986B2D" w:rsidRPr="0060051F" w:rsidRDefault="0025730F" w:rsidP="00C2350D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:bookmarkStart w:id="19" w:name="_Toc423428978"/>
       <w:r>
         <w:t>Impact Summary / Road Closures</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
     </w:p>
-    <w:p w:rsidR="00986B2D" w:rsidRPr="0060051F" w:rsidRDefault="00986B2D" w:rsidP="00C2350D">
-[...4 lines deleted...]
-    <w:p w:rsidR="00986B2D" w:rsidRPr="0025730F" w:rsidRDefault="0025730F" w:rsidP="00FE4FAE">
+    <w:p w14:paraId="1B792578" w14:textId="77777777" w:rsidR="00986B2D" w:rsidRPr="0060051F" w:rsidRDefault="00986B2D" w:rsidP="00C2350D">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="119F2ACA" w14:textId="77777777" w:rsidR="00986B2D" w:rsidRPr="0025730F" w:rsidRDefault="0025730F" w:rsidP="00FE4FAE">
       <w:pPr>
         <w:pStyle w:val="Template-Direction"/>
       </w:pPr>
       <w:r w:rsidRPr="0025730F">
         <w:t>Provide a summary of the potential impacts associated with a dam failure.  The summary should indicate the type of model utilized to determine the impact area, a listing of the structures that may be impacted, a listing of roadways anticipated to be inundated by the dam failure, and peak flow rates, depths, and flood arrival times (if available).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0025730F" w:rsidRDefault="007A2D5C" w:rsidP="0025730F">
+    <w:p w14:paraId="223931B8" w14:textId="77777777" w:rsidR="0025730F" w:rsidRDefault="007A2D5C" w:rsidP="0025730F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F917CC" w:rsidRDefault="00186FD2" w:rsidP="00186FD2">
+    <w:p w14:paraId="07352B60" w14:textId="77777777" w:rsidR="00F917CC" w:rsidRDefault="00186FD2" w:rsidP="00186FD2">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="20" w:name="_Toc423428979"/>
       <w:bookmarkStart w:id="21" w:name="_Toc412626341"/>
       <w:r>
         <w:t>General Response Flowchart</w:t>
       </w:r>
       <w:bookmarkEnd w:id="20"/>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:p w:rsidR="00225116" w:rsidRDefault="00225116" w:rsidP="00186FD2">
+    <w:p w14:paraId="1DCDB8F3" w14:textId="77777777" w:rsidR="00225116" w:rsidRDefault="00225116" w:rsidP="00186FD2">
       <w:pPr>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F917CC" w:rsidRDefault="00574208" w:rsidP="00186FD2">
+    <w:p w14:paraId="783D0928" w14:textId="5DA8A6AF" w:rsidR="00F917CC" w:rsidRDefault="001C137A" w:rsidP="00186FD2">
       <w:bookmarkStart w:id="22" w:name="_Toc412626342"/>
-      <w:r w:rsidRPr="00574208">
+      <w:r>
         <w:rPr>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:pict>
-[...619 lines deleted...]
-    <w:p w:rsidR="00F917CC" w:rsidRPr="00F917CC" w:rsidRDefault="00F917CC" w:rsidP="00186FD2"/>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251706368" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7C0206AC" wp14:editId="65C1FA35">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>280670</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>45720</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="4960620" cy="4164330"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="67" name="Group 1"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="4960620" cy="4164330"/>
+                          <a:chOff x="1065" y="7485"/>
+                          <a:chExt cx="7980" cy="6810"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="68" name="Line 4"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="5130" y="10860"/>
+                            <a:ext cx="0" cy="405"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="line">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd type="stealth" w="sm" len="lg"/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:noFill/>
+                              </a14:hiddenFill>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="69" name="Line 5"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="6510" y="8145"/>
+                            <a:ext cx="0" cy="315"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="line">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd type="stealth" w="sm" len="lg"/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:noFill/>
+                              </a14:hiddenFill>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="72" name="Text Box 6"/>
+                        <wps:cNvSpPr txBox="1">
+                          <a:spLocks noChangeArrowheads="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="5250" y="7845"/>
+                            <a:ext cx="2535" cy="330"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="2EA7C2FD" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00186FD2">
+                              <w:pPr>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:sz w:val="16"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:sz w:val="16"/>
+                                </w:rPr>
+                                <w:t>Detect event</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="75" name="Text Box 7"/>
+                        <wps:cNvSpPr txBox="1">
+                          <a:spLocks noChangeArrowheads="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="5235" y="8460"/>
+                            <a:ext cx="2535" cy="645"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="404CB71C" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00186FD2">
+                              <w:pPr>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:sz w:val="16"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:sz w:val="16"/>
+                                </w:rPr>
+                                <w:t>Assess situation;</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="5A1990E6" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00186FD2">
+                              <w:pPr>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:sz w:val="16"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:sz w:val="16"/>
+                                </w:rPr>
+                                <w:t>Determine emergency level</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="76" name="Line 8"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="6510" y="9105"/>
+                            <a:ext cx="0" cy="405"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="line">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd type="stealth" w="sm" len="lg"/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:noFill/>
+                              </a14:hiddenFill>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="77" name="Line 9"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="5115" y="9495"/>
+                            <a:ext cx="2895" cy="0"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="line">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:noFill/>
+                              </a14:hiddenFill>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="80" name="Line 10"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="5115" y="9510"/>
+                            <a:ext cx="0" cy="465"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="line">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd type="stealth" w="sm" len="lg"/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:noFill/>
+                              </a14:hiddenFill>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="83" name="Text Box 11"/>
+                        <wps:cNvSpPr txBox="1">
+                          <a:spLocks noChangeArrowheads="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="4170" y="9975"/>
+                            <a:ext cx="1950" cy="900"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="13185ECD" w14:textId="77777777" w:rsidR="00907667" w:rsidRPr="00B13FA9" w:rsidRDefault="00907667" w:rsidP="00186FD2">
+                              <w:pPr>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:sz w:val="14"/>
+                                  <w:szCs w:val="14"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:sz w:val="14"/>
+                                  <w:szCs w:val="14"/>
+                                </w:rPr>
+                                <w:t>WATCH</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="28F9916D" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00186FD2">
+                              <w:pPr>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:sz w:val="14"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:sz w:val="14"/>
+                                </w:rPr>
+                                <w:t>Potential Dam</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="094CC9DC" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00186FD2">
+                              <w:pPr>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:sz w:val="14"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:sz w:val="14"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve">Failure Situation </w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="61E8A66E" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00186FD2">
+                              <w:pPr>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:sz w:val="14"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:sz w:val="14"/>
+                                </w:rPr>
+                                <w:t>Rapidly Developing</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="84" name="Text Box 12"/>
+                        <wps:cNvSpPr txBox="1">
+                          <a:spLocks noChangeArrowheads="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="7035" y="9960"/>
+                            <a:ext cx="1965" cy="915"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="4F475780" w14:textId="77777777" w:rsidR="00907667" w:rsidRPr="00B13FA9" w:rsidRDefault="00907667" w:rsidP="00186FD2">
+                              <w:pPr>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:sz w:val="14"/>
+                                  <w:szCs w:val="14"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:sz w:val="14"/>
+                                  <w:szCs w:val="14"/>
+                                </w:rPr>
+                                <w:t>WARNING</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="7EF4B29F" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00186FD2">
+                              <w:pPr>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:sz w:val="14"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:sz w:val="14"/>
+                                </w:rPr>
+                                <w:t>Urgent;</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="0C7577E6" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00186FD2">
+                              <w:pPr>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:sz w:val="14"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:sz w:val="14"/>
+                                </w:rPr>
+                                <w:t>Dam Failure is Imminent or in Progress</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="85" name="Text Box 13"/>
+                        <wps:cNvSpPr txBox="1">
+                          <a:spLocks noChangeArrowheads="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="4162" y="11280"/>
+                            <a:ext cx="1950" cy="735"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="461B0D68" w14:textId="77777777" w:rsidR="00907667" w:rsidRPr="00B13FA9" w:rsidRDefault="00907667" w:rsidP="00186FD2">
+                              <w:pPr>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:sz w:val="14"/>
+                                  <w:szCs w:val="14"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r w:rsidRPr="00B13FA9">
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:sz w:val="14"/>
+                                  <w:szCs w:val="14"/>
+                                </w:rPr>
+                                <w:t>N</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:sz w:val="14"/>
+                                  <w:szCs w:val="14"/>
+                                </w:rPr>
+                                <w:t>OTIFY</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="16DE1CC9" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00186FD2">
+                              <w:pPr>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:sz w:val="14"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:sz w:val="14"/>
+                                </w:rPr>
+                                <w:t>Watch Lists</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="86" name="Line 14"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="8070" y="10875"/>
+                            <a:ext cx="0" cy="405"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="line">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd type="stealth" w="sm" len="lg"/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:noFill/>
+                              </a14:hiddenFill>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="87" name="Text Box 15"/>
+                        <wps:cNvSpPr txBox="1">
+                          <a:spLocks noChangeArrowheads="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="7095" y="11280"/>
+                            <a:ext cx="1950" cy="735"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="286B79FE" w14:textId="77777777" w:rsidR="00907667" w:rsidRPr="00B13FA9" w:rsidRDefault="00907667" w:rsidP="00186FD2">
+                              <w:pPr>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:sz w:val="14"/>
+                                  <w:szCs w:val="14"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r w:rsidRPr="00B13FA9">
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:sz w:val="14"/>
+                                  <w:szCs w:val="14"/>
+                                </w:rPr>
+                                <w:t>NOTIFY</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="3E33BEAB" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00186FD2">
+                              <w:pPr>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:sz w:val="14"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:sz w:val="14"/>
+                                </w:rPr>
+                                <w:t>Warning Lists</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="88" name="Text Box 16"/>
+                        <wps:cNvSpPr txBox="1">
+                          <a:spLocks noChangeArrowheads="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="4162" y="12435"/>
+                            <a:ext cx="1950" cy="735"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="7AD108FC" w14:textId="77777777" w:rsidR="00907667" w:rsidRPr="00B13FA9" w:rsidRDefault="00907667" w:rsidP="00186FD2">
+                              <w:pPr>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:sz w:val="14"/>
+                                  <w:szCs w:val="14"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:sz w:val="14"/>
+                                  <w:szCs w:val="14"/>
+                                </w:rPr>
+                                <w:t>SAVE DAM</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="4052975E" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00186FD2">
+                              <w:pPr>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:sz w:val="14"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:sz w:val="14"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve">Protective </w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="3B85D9AD" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00186FD2">
+                              <w:pPr>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:sz w:val="14"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:sz w:val="14"/>
+                                </w:rPr>
+                                <w:t>Actions</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="89" name="Line 17"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="5130" y="12015"/>
+                            <a:ext cx="0" cy="405"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="line">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd type="stealth" w="sm" len="lg"/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:noFill/>
+                              </a14:hiddenFill>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="90" name="Line 18"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="8070" y="12030"/>
+                            <a:ext cx="0" cy="405"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="line">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd type="stealth" w="sm" len="lg"/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:noFill/>
+                              </a14:hiddenFill>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="91" name="Text Box 19"/>
+                        <wps:cNvSpPr txBox="1">
+                          <a:spLocks noChangeArrowheads="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="7095" y="12450"/>
+                            <a:ext cx="1950" cy="735"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="2A69C917" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00186FD2">
+                              <w:pPr>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:sz w:val="14"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:sz w:val="14"/>
+                                  <w:szCs w:val="14"/>
+                                </w:rPr>
+                                <w:t>PROTECT INFRASTRUCTURE / PEOPLE</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="92" name="Text Box 20"/>
+                        <wps:cNvSpPr txBox="1">
+                          <a:spLocks noChangeArrowheads="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="4162" y="13575"/>
+                            <a:ext cx="4883" cy="330"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="367FB693" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00186FD2">
+                              <w:pPr>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:sz w:val="16"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:sz w:val="16"/>
+                                </w:rPr>
+                                <w:t>Termination and Follow-Up</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="93" name="Text Box 21"/>
+                        <wps:cNvSpPr txBox="1">
+                          <a:spLocks noChangeArrowheads="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="4800" y="7485"/>
+                            <a:ext cx="3465" cy="360"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:solidFill>
+                                  <a:srgbClr val="FFFFFF"/>
+                                </a:solidFill>
+                              </a14:hiddenFill>
+                            </a:ext>
+                            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                                <a:miter lim="800000"/>
+                                <a:headEnd/>
+                                <a:tailEnd/>
+                              </a14:hiddenLine>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="7E258939" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00186FD2">
+                              <w:pPr>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:sz w:val="16"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:sz w:val="16"/>
+                                </w:rPr>
+                                <w:t>Emergency Action Plan Overview</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="94" name="Text Box 22"/>
+                        <wps:cNvSpPr txBox="1">
+                          <a:spLocks noChangeArrowheads="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="1065" y="7755"/>
+                            <a:ext cx="2325" cy="600"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:solidFill>
+                                  <a:srgbClr val="FFFFFF"/>
+                                </a:solidFill>
+                              </a14:hiddenFill>
+                            </a:ext>
+                            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                                <a:miter lim="800000"/>
+                                <a:headEnd/>
+                                <a:tailEnd/>
+                              </a14:hiddenLine>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="1C89D5EA" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00186FD2">
+                              <w:pPr>
+                                <w:rPr>
+                                  <w:sz w:val="18"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:sz w:val="18"/>
+                                </w:rPr>
+                                <w:t>STEP 1:</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="6EE03764" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00186FD2">
+                              <w:pPr>
+                                <w:rPr>
+                                  <w:sz w:val="18"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:sz w:val="18"/>
+                                </w:rPr>
+                                <w:t>Event Detection</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="95" name="Line 23"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="2505" y="8055"/>
+                            <a:ext cx="810" cy="0"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="line">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:noFill/>
+                              </a14:hiddenFill>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="97" name="Line 24"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="3315" y="7755"/>
+                            <a:ext cx="0" cy="600"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="line">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:noFill/>
+                              </a14:hiddenFill>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="98" name="Line 25"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="3315" y="7755"/>
+                            <a:ext cx="1800" cy="0"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="line">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:noFill/>
+                              </a14:hiddenFill>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="99" name="Line 26"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="3315" y="8370"/>
+                            <a:ext cx="1800" cy="0"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="line">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:noFill/>
+                              </a14:hiddenFill>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="100" name="Text Box 27"/>
+                        <wps:cNvSpPr txBox="1">
+                          <a:spLocks noChangeArrowheads="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="1065" y="9630"/>
+                            <a:ext cx="2325" cy="975"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:solidFill>
+                                  <a:srgbClr val="FFFFFF"/>
+                                </a:solidFill>
+                              </a14:hiddenFill>
+                            </a:ext>
+                            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                                <a:miter lim="800000"/>
+                                <a:headEnd/>
+                                <a:tailEnd/>
+                              </a14:hiddenLine>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="38789F5D" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00186FD2">
+                              <w:pPr>
+                                <w:rPr>
+                                  <w:sz w:val="18"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:sz w:val="18"/>
+                                </w:rPr>
+                                <w:t>STEP 2:</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="06868583" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00186FD2">
+                              <w:pPr>
+                                <w:rPr>
+                                  <w:sz w:val="18"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:sz w:val="18"/>
+                                </w:rPr>
+                                <w:t>Emergency Level</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="71BC9415" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00186FD2">
+                              <w:pPr>
+                                <w:rPr>
+                                  <w:sz w:val="18"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:sz w:val="18"/>
+                                </w:rPr>
+                                <w:t>Determination</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="101" name="Line 28"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="2490" y="9900"/>
+                            <a:ext cx="810" cy="0"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="line">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:noFill/>
+                              </a14:hiddenFill>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="102" name="Line 29"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="3315" y="8805"/>
+                            <a:ext cx="0" cy="2280"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="line">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:noFill/>
+                              </a14:hiddenFill>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="103" name="Line 30"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="3330" y="8805"/>
+                            <a:ext cx="1800" cy="0"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="line">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:noFill/>
+                              </a14:hiddenFill>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="104" name="Line 31"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="3330" y="11085"/>
+                            <a:ext cx="1170" cy="0"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="line">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:noFill/>
+                              </a14:hiddenFill>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="105" name="Text Box 32"/>
+                        <wps:cNvSpPr txBox="1">
+                          <a:spLocks noChangeArrowheads="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="1065" y="11265"/>
+                            <a:ext cx="2325" cy="975"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:solidFill>
+                                  <a:srgbClr val="FFFFFF"/>
+                                </a:solidFill>
+                              </a14:hiddenFill>
+                            </a:ext>
+                            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                                <a:miter lim="800000"/>
+                                <a:headEnd/>
+                                <a:tailEnd/>
+                              </a14:hiddenLine>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="4339379D" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00186FD2">
+                              <w:pPr>
+                                <w:rPr>
+                                  <w:sz w:val="18"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:sz w:val="18"/>
+                                </w:rPr>
+                                <w:t>STEP 3:</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="05175103" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00186FD2">
+                              <w:pPr>
+                                <w:rPr>
+                                  <w:sz w:val="18"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:sz w:val="18"/>
+                                </w:rPr>
+                                <w:t>Notification and</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="6A8BA4CC" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00186FD2">
+                              <w:pPr>
+                                <w:rPr>
+                                  <w:sz w:val="18"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:sz w:val="18"/>
+                                </w:rPr>
+                                <w:t>Communication</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="107" name="Line 33"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="2505" y="11670"/>
+                            <a:ext cx="810" cy="0"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="line">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:noFill/>
+                              </a14:hiddenFill>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="108" name="Line 34"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="3315" y="11205"/>
+                            <a:ext cx="0" cy="900"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="line">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:noFill/>
+                              </a14:hiddenFill>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="109" name="Line 35"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="3330" y="11205"/>
+                            <a:ext cx="1410" cy="0"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="line">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:noFill/>
+                              </a14:hiddenFill>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="110" name="Line 36"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="3315" y="12105"/>
+                            <a:ext cx="1410" cy="0"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="line">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:noFill/>
+                              </a14:hiddenFill>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="111" name="Text Box 37"/>
+                        <wps:cNvSpPr txBox="1">
+                          <a:spLocks noChangeArrowheads="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="1065" y="12510"/>
+                            <a:ext cx="2325" cy="705"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:solidFill>
+                                  <a:srgbClr val="FFFFFF"/>
+                                </a:solidFill>
+                              </a14:hiddenFill>
+                            </a:ext>
+                            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                                <a:miter lim="800000"/>
+                                <a:headEnd/>
+                                <a:tailEnd/>
+                              </a14:hiddenLine>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="0ACF9994" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00186FD2">
+                              <w:pPr>
+                                <w:rPr>
+                                  <w:sz w:val="18"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:sz w:val="18"/>
+                                </w:rPr>
+                                <w:t>STEP 4:</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="59437411" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00186FD2">
+                              <w:pPr>
+                                <w:rPr>
+                                  <w:sz w:val="18"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:sz w:val="18"/>
+                                </w:rPr>
+                                <w:t>Expected Actions</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="113" name="Line 38"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="2505" y="12720"/>
+                            <a:ext cx="810" cy="0"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="line">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:noFill/>
+                              </a14:hiddenFill>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="114" name="Line 39"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="3315" y="12345"/>
+                            <a:ext cx="0" cy="900"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="line">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:noFill/>
+                              </a14:hiddenFill>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="115" name="Line 40"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="3330" y="12345"/>
+                            <a:ext cx="1410" cy="0"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="line">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:noFill/>
+                              </a14:hiddenFill>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="116" name="Line 41"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="3315" y="13245"/>
+                            <a:ext cx="1410" cy="0"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="line">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:noFill/>
+                              </a14:hiddenFill>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="117" name="Text Box 42"/>
+                        <wps:cNvSpPr txBox="1">
+                          <a:spLocks noChangeArrowheads="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="1065" y="13425"/>
+                            <a:ext cx="2325" cy="870"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:solidFill>
+                                  <a:srgbClr val="FFFFFF"/>
+                                </a:solidFill>
+                              </a14:hiddenFill>
+                            </a:ext>
+                            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                                <a:miter lim="800000"/>
+                                <a:headEnd/>
+                                <a:tailEnd/>
+                              </a14:hiddenLine>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="2A602ABA" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00186FD2">
+                              <w:pPr>
+                                <w:rPr>
+                                  <w:sz w:val="18"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:sz w:val="18"/>
+                                </w:rPr>
+                                <w:t>STEP 5:</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="4653E4EE" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00186FD2">
+                              <w:pPr>
+                                <w:rPr>
+                                  <w:sz w:val="18"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:sz w:val="18"/>
+                                </w:rPr>
+                                <w:t>Termination and</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="1B82639E" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00186FD2">
+                              <w:pPr>
+                                <w:rPr>
+                                  <w:sz w:val="18"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:sz w:val="18"/>
+                                </w:rPr>
+                                <w:t>Follow-Up</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="118" name="Line 43"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="2505" y="13695"/>
+                            <a:ext cx="810" cy="0"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="line">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:noFill/>
+                              </a14:hiddenFill>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="119" name="Line 44"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="3315" y="13410"/>
+                            <a:ext cx="0" cy="735"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="line">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:noFill/>
+                              </a14:hiddenFill>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="120" name="Line 45"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="3330" y="13410"/>
+                            <a:ext cx="1410" cy="0"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="line">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:noFill/>
+                              </a14:hiddenFill>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="121" name="Line 46"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="3315" y="14145"/>
+                            <a:ext cx="1410" cy="0"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="line">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:noFill/>
+                              </a14:hiddenFill>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="122" name="Line 47"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="8010" y="9495"/>
+                            <a:ext cx="0" cy="465"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="line">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd type="stealth" w="sm" len="lg"/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:noFill/>
+                              </a14:hiddenFill>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="7C0206AC" id="Group 1" o:spid="_x0000_s1031" style="position:absolute;left:0;text-align:left;margin-left:22.1pt;margin-top:3.6pt;width:390.6pt;height:327.9pt;z-index:251706368" coordorigin="1065,7485" coordsize="7980,6810" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBhWa4HCwgAAOlaAAAOAAAAZHJzL2Uyb0RvYy54bWzsXNuOo0YQfY+Uf0C8Z00D5mKtZ7WZvSjS&#10;JllpNx/AYGyjYCANM/bk67f6QtONzXiNsWek6XkY2ca0oU511anTRb99t9tkxkOCq7TI5yZ6Y5lG&#10;ksfFIs1Xc/Of759+C0yjqqN8EWVFnszNx6Qy3938+svbbTlL7GJdZIsEGzBIXs225dxc13U5m0yq&#10;eJ1soupNUSY5HFwWeBPV8BavJgscbWH0TTaxLcubbAu8KHERJ1UFn35gB80bOv5ymcT138tlldRG&#10;Njfh2mr6H9P/d+T/5OZtNFvhqFynMb+MaMBVbKI0hx8VQ32I6si4x+neUJs0xkVVLOs3cbGZFMtl&#10;Gif0HuBukNW5m8+4uC/pvaxm21UpzASm7dhp8LDxXw+fcfmt/IrZ1cPLL0X8bwV2mWzL1Uw+Tt6v&#10;2JeNu+2fxQLwjO7rgt74bok3ZAi4JWNH7fso7JvsaiOGD93QszwbYIjhmIs813E4AvEaYCLnIcub&#10;mgYc9t1gytCJ1x/5+X4Y8JO9ANEzJ9GM/TC9WH5xBHzwpqo1WHWewb6tozKhOFTEIF+xkS7mpgeu&#10;nUcbMMKXNE8Ml1wt+WH4xm3+FfN3FZj2qLWmCAxB7hpZgcdN0hitMZdFzSFuOJqVuKo/J8XGIC/m&#10;ZgYXQZGIHr5UNcGv/QoBJi8+pVkGn0ezLDe2czOc2lN6QlVk6YIcJMcqvLq7zbDxEJEZQ//IjcFg&#10;ytfAM/MFHWydRIuP/HUdpRm8NurHEsxS1UmU1WuT/Fi1MY0sgRCRrfhwWU5drJoRCzHL3RWLR2o4&#10;QJMCeC0kQwVJauiBSHpTcEyCZIBc7r8dIB2kgYRQf5Ep6dsNkN+J1X8vdoYnTUsS5ox6Bx/DTGOu&#10;z6KdkRe36yhfJe8xLrbEo+HyEHVU7gfkVOaNxF2PT2h7ytzAD7puYE8diHAkAvLo1z+lMaQvepk9&#10;U1qZkcrE/UT/Dk3cEeb+Jq0hZ2fpBrxcBIhodiAQsMBxYKbXu7sdDaJOAw+b+wYuWIoGSgEv1gX+&#10;H8IHpGeIIP/dRziBKPJHDuCEyHXBwjV94059klWwfOROPhLlMQw1N2vTYC9va8YB7kucrtbwS8wd&#10;8uI95LNlSsMnQZ5dFQ9UkFGuFJB88BCWWoQf+42hIL1c04+Js5Jw5nbzUuvHHnPxV+3HIvtrP5Yo&#10;ku81fkwpUiD58KkUSSTWEDEmFM06idXVDInUUJdJrL4CZHgGkFMEBIiElNANOwzJDuATmhpVct8S&#10;2ZfHdXtT3HORWVIiSWUJq5M4izl10rVYEVpL6X530kG5xkzQFIC6LKHKxUkV+eECM3AaJAULQJSU&#10;Spz0OnTWRT6js2EI1ETxAxQSpkvobGgdmbWvgM5S47TEUdNZSvIDd9+RbSmFXI/P+hbnsyFIUV1H&#10;JsoTdeRjFforcGRRNms+K/FZkCS7dRkSFexVCzNQT0HrgKiLkA0Zvyck++DtT2bnV+DJonDWnix7&#10;slqZIVG/DlCvA4uzA1Cvu/SAcwNdm9H1rYvUZoGozVqaKHjIVYOSb5H6TQclFnKfkj2FEqKDkhyU&#10;xIpa68mCiFzVk9v0arssh7ZyU1vx6PQKVV/D47Uny56srigiQUIGpNd2cRhaBDrVt06vsCgj+iIu&#10;kl5DsLGsp4nQPQDKlinZVtP60BXUtIp9MRU7RA2UbX4R8euq+aVlSrYL+pku30i3kdwKIhaIW/1a&#10;JxgpwYT7nQ6wBA5+9AzacKNEONNu9ecGRMPWvQ6s16EV77Ury668v8xhP9MyB7Sz0Pq1bT5ssrPj&#10;Nuqww4Tj4d0OSiOe0pkHYz5VNCKhmWv/kf1nf3XBFpa6alZvm1f9aYeo2w40W9JI6J27TDbcf4RU&#10;rf1H9h8h6tMmFVtYaQDBh7Y/poAFVtcDSMcydQCapvvDxwvq4+3VsZj/kMOEblyvLy4UUieD6hzV&#10;2iGNuESs9PcmKwfq6EzVUJFnLg43L4RCy2NQyYr0qW0oT0CFaMomDFNPq594oqQHK1WtsmXNdTBW&#10;gQOrQmphq7E65emfw1ghQlE7vcG2LC9er5lC0J3Q64pZLd3hDUP9+e7YEvRwuiOyg6Y7Et1BllDB&#10;WGQ+R9C0XSKPQvQNefdXu0yi+c4Yk13IPAwrWa0cHpmBnKqRmRMem7eS9E9WzXj6GQ+yhJBBwWIx&#10;ketxp4PFnwgM9sDSlGeE3lpkCdWAgSUrToPBQtAB05laiLbOaoL6k48895EeUaOLlRvnmTUeaLxj&#10;ve9tynsRrEcUWpr1KKxHlQ6cUVQehLxukaNpzxi0RxUPHMHkB0hyQjyACdvDe44+uaBpz1O0R1UP&#10;WLvUubTnAFjI1QrqCZuH9GRSYkOpncUZRetB9t5DmRqtMVgqLBl3xR7nmcUeZO89C9jyHv9Y99Ll&#10;1B7hyJr3yLwHnk9R5vtZak+zuoVssuGCIu5q3jMC74HHMBSwRpF7kO109yDheo/mPT+1DVdfJhU1&#10;KVUQYDsSmBBn8559sHQmHSWTqg88uefpPXzpGDnQvqnGQY3WKGiJal3oPe5z6z2OCy08Ss5reU/A&#10;ZIB+4fxyvEfQQc17FN6jSgjuOHqP43X3LNG8Zwzeo0oI7jh6j0MEA2XCct5z9Lktrfc8ofeQrdYk&#10;BYElwLN5zz5YOpOOkUmhlVpBS5TJZ0mp7t7ulhqtUdBS1/tdkdwHoBXAhsKsN2Nvoy0eB0lPO8TH&#10;ftbyguLgiHvK0r2CYT9leud872eyYbP8nra2tjtU3/wAAAD//wMAUEsDBBQABgAIAAAAIQCH20md&#10;4AAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9Ba4NAEIXvhf6HZQq9NavG2GBcQwhtT6HQpFBy&#10;2+hEJe6suBs1/77TU3N6DO/x3jfZejKtGLB3jSUF4SwAgVTYsqFKwffh/WUJwnlNpW4toYIbOljn&#10;jw+ZTks70hcOe18JLiGXagW1910qpStqNNrNbIfE3tn2Rns++0qWvR653LQyCoJEGt0QL9S6w22N&#10;xWV/NQo+Rj1u5uHbsLuct7fjYfH5swtRqeenabMC4XHy/2H4w2d0yJnpZK9UOtEqiOOIkwpeWdhe&#10;RosYxElBkswDkHkm7x/IfwEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBhWa4HCwgAAOla&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCH20md4AAA&#10;AAgBAAAPAAAAAAAAAAAAAAAAAGUKAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAcgsA&#10;AAAA&#10;">
+                <v:line id="Line 4" o:spid="_x0000_s1032" style="position:absolute;visibility:visible;mso-wrap-style:square" from="5130,10860" to="5130,11265" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC95A4SwAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/Pa8Iw&#10;FL4L+x/CG+xm0xUso2uUMhA8CK5ubNdH89aUNS81idr998tB8Pjx/a43sx3FhXwYHCt4znIQxJ3T&#10;A/cKPj+2yxcQISJrHB2Tgj8KsFk/LGqstLtyS5dj7EUK4VChAhPjVEkZOkMWQ+Ym4sT9OG8xJuh7&#10;qT1eU7gdZZHnpbQ4cGowONGboe73eLYKqDl8ve8kFnb08vRtTqt9bFdKPT3OzSuISHO8i2/unVZQ&#10;prHpS/oBcv0PAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAveQOEsAAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;">
+                  <v:stroke endarrow="classic" endarrowwidth="narrow" endarrowlength="long"/>
+                </v:line>
+                <v:line id="Line 5" o:spid="_x0000_s1033" style="position:absolute;visibility:visible;mso-wrap-style:square" from="6510,8145" to="6510,8460" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDSqKuJwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NasMw&#10;EITvhb6D2EJvjdyATetGCaEQyKGQX9rrYm0sE2vlSIrtvH1UKPQ4zMw3zGwx2lb05EPjWMHrJANB&#10;XDndcK3geFi9vIEIEVlj65gU3CjAYv74MMNSu4F31O9jLRKEQ4kKTIxdKWWoDFkME9cRJ+/kvMWY&#10;pK+l9jgkuG3lNMsKabHhtGCwo09D1Xl/tQpoufneriVObevl5cdc8q+4y5V6fhqXHyAijfE//Nde&#10;awXFO/x+ST9Azu8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA0qiricMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;">
+                  <v:stroke endarrow="classic" endarrowwidth="narrow" endarrowlength="long"/>
+                </v:line>
+                <v:shape id="Text Box 6" o:spid="_x0000_s1034" type="#_x0000_t202" style="position:absolute;left:5250;top:7845;width:2535;height:330;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAkNlKaxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9bawIx&#10;FITfC/6HcARfima1xctqlCK06Fu9oK+HzXF3cXOyTdJ1/fdGKPRxmJlvmMWqNZVoyPnSsoLhIAFB&#10;nFldcq7gePjsT0H4gKyxskwK7uRhtey8LDDV9sY7avYhFxHCPkUFRQh1KqXPCjLoB7Ymjt7FOoMh&#10;SpdL7fAW4aaSoyQZS4Mlx4UCa1oXlF33v0bB9H3TnP327fuUjS/VLLxOmq8fp1Sv237MQQRqw3/4&#10;r73RCiYjeH6JP0AuHwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAkNlKaxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;">
+                  <v:textbox>
+                    <w:txbxContent>
+                      <w:p w14:paraId="2EA7C2FD" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00186FD2">
+                        <w:pPr>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="16"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="16"/>
+                          </w:rPr>
+                          <w:t>Detect event</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <v:shape id="Text Box 7" o:spid="_x0000_s1035" type="#_x0000_t202" style="position:absolute;left:5235;top:8460;width:2535;height:645;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCr38ruxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvQv/D8oReRDetbbTRVUqhojerYq+P7DMJzb5Nd7cx/nu3IHgcZuYbZr7sTC1acr6yrOBplIAg&#10;zq2uuFBw2H8OpyB8QNZYWyYFF/KwXDz05phpe+YvanehEBHCPkMFZQhNJqXPSzLoR7Yhjt7JOoMh&#10;SldI7fAc4aaWz0mSSoMVx4USG/ooKf/Z/RkF05d1++034+0xT0/1WxhM2tWvU+qx373PQATqwj18&#10;a6+1gskr/H+JP0AurgAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCr38ruxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;">
+                  <v:textbox>
+                    <w:txbxContent>
+                      <w:p w14:paraId="404CB71C" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00186FD2">
+                        <w:pPr>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="16"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="16"/>
+                          </w:rPr>
+                          <w:t>Assess situation;</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="5A1990E6" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00186FD2">
+                        <w:pPr>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="16"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="16"/>
+                          </w:rPr>
+                          <w:t>Determine emergency level</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <v:line id="Line 8" o:spid="_x0000_s1036" style="position:absolute;visibility:visible;mso-wrap-style:square" from="6510,9105" to="6510,9510" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAm7qkmwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NasMw&#10;EITvhb6D2EJvjdyA3eJGCaEQyKGQX9rrYm0sE2vlSIrtvH1UKPQ4zMw3zGwx2lb05EPjWMHrJANB&#10;XDndcK3geFi9vIMIEVlj65gU3CjAYv74MMNSu4F31O9jLRKEQ4kKTIxdKWWoDFkME9cRJ+/kvMWY&#10;pK+l9jgkuG3lNMsKabHhtGCwo09D1Xl/tQpoufneriVObevl5cdc8q+4y5V6fhqXHyAijfE//Nde&#10;awVvBfx+ST9Azu8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAJu6pJsMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;">
+                  <v:stroke endarrow="classic" endarrowwidth="narrow" endarrowlength="long"/>
+                </v:line>
+                <v:line id="Line 9" o:spid="_x0000_s1037" style="position:absolute;visibility:visible;mso-wrap-style:square" from="5115,9495" to="8010,9495" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDpF3ZcxgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8oTe6kaFKKmrSEXQHqTaQnt8Zl+T2OzbsLtN0n/fFQSPw8x8wyxWvalFS85XlhWMRwkI&#10;4tzqigsFH+/bpzkIH5A11pZJwR95WC0HDwvMtO34SO0pFCJC2GeooAyhyaT0eUkG/cg2xNH7ts5g&#10;iNIVUjvsItzUcpIkqTRYcVwosaGXkvKf069RcJi+pe16/7rrP/fpOd8cz1+Xzin1OOzXzyAC9eEe&#10;vrV3WsFsBtcv8QfI5T8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA6Rd2XMYAAADbAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;"/>
+                <v:line id="Line 10" o:spid="_x0000_s1038" style="position:absolute;visibility:visible;mso-wrap-style:square" from="5115,9510" to="5115,9975" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDznuTuwAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/Pa8Iw&#10;FL4L+x/CG3iz6QoO6RqlDAQPgms3tuujeWvKmpeaRK3//XIY7Pjx/a52sx3FlXwYHCt4ynIQxJ3T&#10;A/cKPt73qw2IEJE1jo5JwZ0C7LYPiwpL7W7c0LWNvUghHEpUYGKcSilDZ8hiyNxEnLhv5y3GBH0v&#10;tcdbCrejLPL8WVocODUYnOjVUPfTXqwCqk+fbweJhR29PH+Z8/oYm7VSy8e5fgERaY7/4j/3QSvY&#10;pPXpS/oBcvsLAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA857k7sAAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;">
+                  <v:stroke endarrow="classic" endarrowwidth="narrow" endarrowlength="long"/>
+                </v:line>
+                <v:shape id="Text Box 11" o:spid="_x0000_s1039" type="#_x0000_t202" style="position:absolute;left:4170;top:9975;width:1950;height:900;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB+r4cmxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9PawIx&#10;FMTvhX6H8Aq9FDdbFbVbo4jQYm9WRa+Pzds/dPOyJum6fntTEHocZn4zzHzZm0Z05HxtWcFrkoIg&#10;zq2uuVRw2H8MZiB8QNbYWCYFV/KwXDw+zDHT9sLf1O1CKWIJ+wwVVCG0mZQ+r8igT2xLHL3COoMh&#10;SldK7fASy00jh2k6kQZrjgsVtrSuKP/Z/RoFs/GmO/mv0faYT4rmLbxMu8+zU+r5qV+9gwjUh//w&#10;nd7oyI3g70v8AXJxAwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAH6vhybEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;">
+                  <v:textbox>
+                    <w:txbxContent>
+                      <w:p w14:paraId="13185ECD" w14:textId="77777777" w:rsidR="00907667" w:rsidRPr="00B13FA9" w:rsidRDefault="00907667" w:rsidP="00186FD2">
+                        <w:pPr>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:b/>
+                            <w:sz w:val="14"/>
+                            <w:szCs w:val="14"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:sz w:val="14"/>
+                            <w:szCs w:val="14"/>
+                          </w:rPr>
+                          <w:t>WATCH</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="28F9916D" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00186FD2">
+                        <w:pPr>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="14"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="14"/>
+                          </w:rPr>
+                          <w:t>Potential Dam</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="094CC9DC" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00186FD2">
+                        <w:pPr>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="14"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="14"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">Failure Situation </w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="61E8A66E" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00186FD2">
+                        <w:pPr>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="14"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="14"/>
+                          </w:rPr>
+                          <w:t>Rapidly Developing</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <v:shape id="Text Box 12" o:spid="_x0000_s1040" type="#_x0000_t202" style="position:absolute;left:7035;top:9960;width:1965;height:915;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDxRh9SxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9PawIx&#10;FMTvQr9DeAUv4mbbirVbo0hB0Zu10l4fm7d/6OZlTeK6/fZGEHocZn4zzHzZm0Z05HxtWcFTkoIg&#10;zq2uuVRw/FqPZyB8QNbYWCYFf+RhuXgYzDHT9sKf1B1CKWIJ+wwVVCG0mZQ+r8igT2xLHL3COoMh&#10;SldK7fASy00jn9N0Kg3WHBcqbOmjovz3cDYKZpNt9+N3L/vvfFo0b2H02m1OTqnhY796BxGoD//h&#10;O73VNw5uX+IPkIsrAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPFGH1LEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;">
+                  <v:textbox>
+                    <w:txbxContent>
+                      <w:p w14:paraId="4F475780" w14:textId="77777777" w:rsidR="00907667" w:rsidRPr="00B13FA9" w:rsidRDefault="00907667" w:rsidP="00186FD2">
+                        <w:pPr>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:b/>
+                            <w:sz w:val="14"/>
+                            <w:szCs w:val="14"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:sz w:val="14"/>
+                            <w:szCs w:val="14"/>
+                          </w:rPr>
+                          <w:t>WARNING</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="7EF4B29F" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00186FD2">
+                        <w:pPr>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="14"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="14"/>
+                          </w:rPr>
+                          <w:t>Urgent;</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="0C7577E6" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00186FD2">
+                        <w:pPr>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="14"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="14"/>
+                          </w:rPr>
+                          <w:t>Dam Failure is Imminent or in Progress</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <v:shape id="Text Box 13" o:spid="_x0000_s1041" type="#_x0000_t202" style="position:absolute;left:4162;top:11280;width:1950;height:735;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCeCrrJxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9PawIx&#10;FMTvQr9DeAUvRbPVVu3WKCIoeqt/sNfH5rm7dPOyTeK6fntTKHgcZn4zzHTemko05HxpWcFrPwFB&#10;nFldcq7geFj1JiB8QNZYWSYFN/Iwnz11pphqe+UdNfuQi1jCPkUFRQh1KqXPCjLo+7Ymjt7ZOoMh&#10;SpdL7fAay00lB0kykgZLjgsF1rQsKPvZX4yCydum+fbb4dcpG52rj/Aybta/Tqnuc7v4BBGoDY/w&#10;P73RkXuHvy/xB8jZHQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJ4KusnEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;">
+                  <v:textbox>
+                    <w:txbxContent>
+                      <w:p w14:paraId="461B0D68" w14:textId="77777777" w:rsidR="00907667" w:rsidRPr="00B13FA9" w:rsidRDefault="00907667" w:rsidP="00186FD2">
+                        <w:pPr>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:b/>
+                            <w:sz w:val="14"/>
+                            <w:szCs w:val="14"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00B13FA9">
+                          <w:rPr>
+                            <w:b/>
+                            <w:sz w:val="14"/>
+                            <w:szCs w:val="14"/>
+                          </w:rPr>
+                          <w:t>N</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:sz w:val="14"/>
+                            <w:szCs w:val="14"/>
+                          </w:rPr>
+                          <w:t>OTIFY</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="16DE1CC9" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00186FD2">
+                        <w:pPr>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="14"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="14"/>
+                          </w:rPr>
+                          <w:t>Watch Lists</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <v:line id="Line 14" o:spid="_x0000_s1042" style="position:absolute;visibility:visible;mso-wrap-style:square" from="8070,10875" to="8070,11280" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQATO9kBwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8gRvdVMhItFVpCB4KNTYUq+P7Gs2NPs27q5J/PduodDjMDPfMJvdaFvRkw+NYwUv8wwE&#10;ceV0w7WCz4/D8wpEiMgaW8ek4E4BdtvJ0wYL7QYuqT/HWiQIhwIVmBi7QspQGbIY5q4jTt638xZj&#10;kr6W2uOQ4LaViyxbSosNpwWDHb0aqn7ON6uA9u9fp6PEhW29vF7MNX+LZa7UbDru1yAijfE//Nc+&#10;agWrJfx+ST9Abh8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAEzvZAcMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;">
+                  <v:stroke endarrow="classic" endarrowwidth="narrow" endarrowlength="long"/>
+                </v:line>
+                <v:shape id="Text Box 15" o:spid="_x0000_s1043" type="#_x0000_t202" style="position:absolute;left:7095;top:11280;width:1950;height:735;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQABlIElxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9bawIx&#10;FITfhf6HcAq+iGar4mW7UUqhYt+sir4eNmcvdHOyTdJ1+++bgtDHYeabYbJtbxrRkfO1ZQVPkwQE&#10;cW51zaWC8+ltvALhA7LGxjIp+CEP283DIMNU2xt/UHcMpYgl7FNUUIXQplL6vCKDfmJb4ugV1hkM&#10;UbpSaoe3WG4aOU2ShTRYc1yosKXXivLP47dRsJrvu6t/nx0u+aJo1mG07HZfTqnhY//yDCJQH/7D&#10;d3qvI7eEvy/xB8jNLwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQABlIElxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;">
+                  <v:textbox>
+                    <w:txbxContent>
+                      <w:p w14:paraId="286B79FE" w14:textId="77777777" w:rsidR="00907667" w:rsidRPr="00B13FA9" w:rsidRDefault="00907667" w:rsidP="00186FD2">
+                        <w:pPr>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:b/>
+                            <w:sz w:val="14"/>
+                            <w:szCs w:val="14"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00B13FA9">
+                          <w:rPr>
+                            <w:b/>
+                            <w:sz w:val="14"/>
+                            <w:szCs w:val="14"/>
+                          </w:rPr>
+                          <w:t>NOTIFY</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="3E33BEAB" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00186FD2">
+                        <w:pPr>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="14"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="14"/>
+                          </w:rPr>
+                          <w:t>Warning Lists</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <v:shape id="Text Box 16" o:spid="_x0000_s1044" type="#_x0000_t202" style="position:absolute;left:4162;top:12435;width:1950;height:735;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBwCxVXwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9La8JA&#10;EL4X/A/LCL0U3dgWtdFVRGixNx+lvQ7ZMQlmZ+PuNqb/vnMo9PjxvZfr3jWqoxBrzwYm4wwUceFt&#10;zaWBj9PraA4qJmSLjWcy8EMR1qvB3RJz6298oO6YSiUhHHM0UKXU5lrHoiKHcexbYuHOPjhMAkOp&#10;bcCbhLtGP2bZVDusWRoqbGlbUXE5fjsD8+dd9xXfn/afxfTcvKSHWfd2DcbcD/vNAlSiPv2L/9w7&#10;Kz4ZK1/kB+jVLwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBwCxVXwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;">
+                  <v:textbox>
+                    <w:txbxContent>
+                      <w:p w14:paraId="7AD108FC" w14:textId="77777777" w:rsidR="00907667" w:rsidRPr="00B13FA9" w:rsidRDefault="00907667" w:rsidP="00186FD2">
+                        <w:pPr>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:b/>
+                            <w:sz w:val="14"/>
+                            <w:szCs w:val="14"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:sz w:val="14"/>
+                            <w:szCs w:val="14"/>
+                          </w:rPr>
+                          <w:t>SAVE DAM</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="4052975E" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00186FD2">
+                        <w:pPr>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="14"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="14"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">Protective </w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="3B85D9AD" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00186FD2">
+                        <w:pPr>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="14"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="14"/>
+                          </w:rPr>
+                          <w:t>Actions</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <v:line id="Line 17" o:spid="_x0000_s1045" style="position:absolute;visibility:visible;mso-wrap-style:square" from="5130,12015" to="5130,12420" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBipE1zwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvgv8hPKE3zSoouhpFhIKHgtUWvT42z83i5mVNUl3/fSMIHoeZ+YZZrFpbixv5UDlWMBxkIIgL&#10;pysuFfz+fPanIEJE1lg7JgUPCrBadjsLzLW7855uh1iKBOGQowITY5NLGQpDFsPANcTJOztvMSbp&#10;S6k93hPc1nKUZRNpseK0YLChjaHicvizCmi9O35vJY5s7eX1ZK7jr7gfK/XRa9dzEJHa+A6/2lut&#10;YDqD55f0A+TyHwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGKkTXPBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;">
+                  <v:stroke endarrow="classic" endarrowwidth="narrow" endarrowlength="long"/>
+                </v:line>
+                <v:line id="Line 18" o:spid="_x0000_s1046" style="position:absolute;visibility:visible;mso-wrap-style:square" from="8070,12030" to="8070,12435" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB2R3IzvwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LisIw&#10;FN0P+A/hCu6mqYKiHaOIILgQHB8420tzpynT3NQkav37yUJweTjv+bKzjbiTD7VjBcMsB0FcOl1z&#10;peB82nxOQYSIrLFxTAqeFGC56H3MsdDuwQe6H2MlUgiHAhWYGNtCylAashgy1xIn7td5izFBX0nt&#10;8ZHCbSNHeT6RFmtODQZbWhsq/443q4BW+8v3VuLINl5ef8x1vIuHsVKDfrf6AhGpi2/xy73VCmZp&#10;ffqSfoBc/AMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAA&#10;AAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB2R3IzvwAAANsAAAAPAAAAAAAA&#10;AAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8wIAAAAA&#10;">
+                  <v:stroke endarrow="classic" endarrowwidth="narrow" endarrowlength="long"/>
+                </v:line>
+                <v:shape id="Text Box 19" o:spid="_x0000_s1047" type="#_x0000_t202" style="position:absolute;left:7095;top:12450;width:1950;height:735;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBk6CoXxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9PawIx&#10;FMTvBb9DeEIvpWatYnVrFBEUe/Mf9vrYPHcXNy9rEtftt28KgsdhZn7DTOetqURDzpeWFfR7CQji&#10;zOqScwXHw+p9DMIHZI2VZVLwSx7ms87LFFNt77yjZh9yESHsU1RQhFCnUvqsIIO+Z2vi6J2tMxii&#10;dLnUDu8Rbir5kSQjabDkuFBgTcuCssv+ZhSMh5vmx38PtqdsdK4m4e2zWV+dUq/ddvEFIlAbnuFH&#10;e6MVTPrw/yX+ADn7AwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGToKhfEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;">
+                  <v:textbox>
+                    <w:txbxContent>
+                      <w:p w14:paraId="2A69C917" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00186FD2">
+                        <w:pPr>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="14"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:sz w:val="14"/>
+                            <w:szCs w:val="14"/>
+                          </w:rPr>
+                          <w:t>PROTECT INFRASTRUCTURE / PEOPLE</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <v:shape id="Text Box 20" o:spid="_x0000_s1048" type="#_x0000_t202" style="position:absolute;left:4162;top:13575;width:4883;height:330;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCUOrRgxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvQv/D8gq9SLOpijWpq0hBsTdrxV4f2WcSmn0bd9eY/vtuQfA4zMw3zHzZm0Z05HxtWcFLkoIg&#10;LqyuuVRw+Fo/z0D4gKyxsUwKfsnDcvEwmGOu7ZU/qduHUkQI+xwVVCG0uZS+qMigT2xLHL2TdQZD&#10;lK6U2uE1wk0jR2k6lQZrjgsVtvReUfGzvxgFs8m2+/Yf492xmJ6aLAxfu83ZKfX02K/eQATqwz18&#10;a2+1gmwE/1/iD5CLPwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCUOrRgxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;">
+                  <v:textbox>
+                    <w:txbxContent>
+                      <w:p w14:paraId="367FB693" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00186FD2">
+                        <w:pPr>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="16"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="16"/>
+                          </w:rPr>
+                          <w:t>Termination and Follow-Up</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <v:shape id="Text Box 21" o:spid="_x0000_s1049" type="#_x0000_t202" style="position:absolute;left:4800;top:7485;width:3465;height:360;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDBgUjUwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvgt8hPMHbmqiraDWKKAt7WvEveHs0z7bYvJQma7vffrOw4HGYmd8wy3VrS/Gk2heONQwHCgRx&#10;6kzBmYbz6eNtBsIHZIOlY9LwQx7Wq25niYlxDR/oeQyZiBD2CWrIQ6gSKX2ak0U/cBVx9O6uthii&#10;rDNpamwi3JZypNRUWiw4LuRY0Tan9HH8thouX/fb9V3ts52dVI1rlWQ7l1r3e+1mASJQG17h//an&#10;0TAfw9+X+APk6hcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDBgUjUwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" filled="f" stroked="f">
+                  <v:textbox>
+                    <w:txbxContent>
+                      <w:p w14:paraId="7E258939" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00186FD2">
+                        <w:pPr>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="16"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="16"/>
+                          </w:rPr>
+                          <w:t>Emergency Action Plan Overview</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <v:shape id="Text Box 22" o:spid="_x0000_s1050" type="#_x0000_t202" style="position:absolute;left:1065;top:7755;width:2325;height:600;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBOaNCgwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NasMw&#10;EITvhbyD2EButZSSltiJbEJLoKeW5g9yW6yNbWKtjKXG7ttXhUKOw8x8w6yL0bbiRr1vHGuYJwoE&#10;celMw5WGw377uAThA7LB1jFp+CEPRT55WGNm3MBfdNuFSkQI+ww11CF0mZS+rMmiT1xHHL2L6y2G&#10;KPtKmh6HCLetfFLqRVpsOC7U2NFrTeV19201HD8u59NCfVZv9rkb3Kgk21RqPZuOmxWIQGO4h//b&#10;70ZDuoC/L/EHyPwXAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEATmjQoMMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" filled="f" stroked="f">
+                  <v:textbox>
+                    <w:txbxContent>
+                      <w:p w14:paraId="1C89D5EA" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00186FD2">
+                        <w:pPr>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                          </w:rPr>
+                          <w:t>STEP 1:</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="6EE03764" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00186FD2">
+                        <w:pPr>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                          </w:rPr>
+                          <w:t>Event Detection</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <v:line id="Line 23" o:spid="_x0000_s1051" style="position:absolute;visibility:visible;mso-wrap-style:square" from="2505,8055" to="3315,8055" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDGhatKxgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvgv9heUJvummLoU1dRVoK2oOoLbTHZ/Y1iWbfht01Sf+9Kwg9DjPzDTNb9KYWLTlfWVZwP0lA&#10;EOdWV1wo+Pp8Hz+B8AFZY22ZFPyRh8V8OJhhpm3HO2r3oRARwj5DBWUITSalz0sy6Ce2IY7er3UG&#10;Q5SukNphF+Gmlg9JkkqDFceFEht6LSk/7c9GweZxm7bL9ceq/16nh/xtd/g5dk6pu1G/fAERqA//&#10;4Vt7pRU8T+H6Jf4AOb8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAxoWrSsYAAADbAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;"/>
+                <v:line id="Line 24" o:spid="_x0000_s1052" style="position:absolute;visibility:visible;mso-wrap-style:square" from="3315,7755" to="3315,8355" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBZG5CmxgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvgv9heUJvumkLsU1dRVoK6kHUFtrjM/uaRLNvw+6apP++Kwg9DjPzDTNb9KYWLTlfWVZwP0lA&#10;EOdWV1wo+Px4Hz+B8AFZY22ZFPySh8V8OJhhpm3He2oPoRARwj5DBWUITSalz0sy6Ce2IY7ej3UG&#10;Q5SukNphF+Gmlg9JkkqDFceFEht6LSk/Hy5GwfZxl7bL9WbVf63TY/62P36fOqfU3ahfvoAI1If/&#10;8K290gqep3D9En+AnP8BAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAWRuQpsYAAADbAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;"/>
+                <v:line id="Line 25" o:spid="_x0000_s1053" style="position:absolute;visibility:visible;mso-wrap-style:square" from="3315,7755" to="5115,7755" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAohATUwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LasJA&#10;FN0X/IfhCu7qxAqhRkeRloJ2UeoDdHnNXJNo5k6YmSbp33cWBZeH816selOLlpyvLCuYjBMQxLnV&#10;FRcKjoeP51cQPiBrrC2Tgl/ysFoOnhaYadvxjtp9KEQMYZ+hgjKEJpPS5yUZ9GPbEEfuap3BEKEr&#10;pHbYxXBTy5ckSaXBimNDiQ29lZTf9z9Gwdf0O23X289Nf9qml/x9dznfOqfUaNiv5yAC9eEh/ndv&#10;tIJZHBu/xB8gl38AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAKIQE1MMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;"/>
+                <v:line id="Line 26" o:spid="_x0000_s1054" style="position:absolute;visibility:visible;mso-wrap-style:square" from="3315,8370" to="5115,8370" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBHyKFPxgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvgv9heYI33Vgh1NRVpKWgPZSqhfb4zD6TaPZt2N0m6b/vFgSPw8x8wyzXvalFS85XlhXMpgkI&#10;4tzqigsFn8fXySMIH5A11pZJwS95WK+GgyVm2na8p/YQChEh7DNUUIbQZFL6vCSDfmob4uidrTMY&#10;onSF1A67CDe1fEiSVBqsOC6U2NBzSfn18GMUvM8/0naze9v2X7v0lL/sT9+Xzik1HvWbJxCB+nAP&#10;39pbrWCxgP8v8QfI1R8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAR8ihT8YAAADbAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;"/>
+                <v:shape id="Text Box 27" o:spid="_x0000_s1055" type="#_x0000_t202" style="position:absolute;left:1065;top:9630;width:2325;height:975;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDsUB/gxAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;EIXvQv/DMoXedLdSRVNXKZVCT4qxFXobsmMSmp0N2a1J/71zELzN8N68981qM/hGXaiLdWALzxMD&#10;irgIrubSwtfxY7wAFROywyYwWfinCJv1w2iFmQs9H+iSp1JJCMcMLVQptZnWsajIY5yElli0c+g8&#10;Jlm7UrsOewn3jZ4aM9cea5aGClt6r6j4zf+8he/d+ef0Yvbl1s/aPgxGs19qa58eh7dXUImGdDff&#10;rj+d4BvBl2dkAr2+AgAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOxQH+DEAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" filled="f" stroked="f">
+                  <v:textbox>
+                    <w:txbxContent>
+                      <w:p w14:paraId="38789F5D" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00186FD2">
+                        <w:pPr>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                          </w:rPr>
+                          <w:t>STEP 2:</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="06868583" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00186FD2">
+                        <w:pPr>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                          </w:rPr>
+                          <w:t>Emergency Level</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="71BC9415" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00186FD2">
+                        <w:pPr>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                          </w:rPr>
+                          <w:t>Determination</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <v:line id="Line 28" o:spid="_x0000_s1056" style="position:absolute;visibility:visible;mso-wrap-style:square" from="2490,9900" to="3300,9900" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD5taVFxAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0X/A/LCN7qxhZCia4iiqA9lGoFPY7ZMYlmZ8PumqT/vlso9DaP9zmzRW9q0ZLzlWUFk3ECgji3&#10;uuJCwfFr8/wGwgdkjbVlUvBNHhbzwdMMM2073lN7CIWIIewzVFCG0GRS+rwkg35sG+LIXa0zGCJ0&#10;hdQOuxhuavmSJKk0WHFsKLGhVUn5/fAwCj5eP9N2uXvf9qddesnX+8v51jmlRsN+OQURqA//4j/3&#10;Vsf5yQR+n4kXyPkPAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPm1pUXEAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;"/>
+                <v:line id="Line 29" o:spid="_x0000_s1057" style="position:absolute;visibility:visible;mso-wrap-style:square" from="3315,8805" to="3315,11085" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAJZzsyxAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0L/odlhN50o4VQoquIUtAeSrWCHsfsmESzs2F3m6T/vlso9DaP9zmLVW9q0ZLzlWUF00kCgji3&#10;uuJCwenzdfwCwgdkjbVlUvBNHlbL4WCBmbYdH6g9hkLEEPYZKihDaDIpfV6SQT+xDXHkbtYZDBG6&#10;QmqHXQw3tZwlSSoNVhwbSmxoU1L+OH4ZBe/PH2m73r/t+vM+vebbw/Vy75xST6N+PQcRqA//4j/3&#10;Tsf5yQx+n4kXyOUPAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAlnOzLEAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;"/>
+                <v:line id="Line 30" o:spid="_x0000_s1058" style="position:absolute;visibility:visible;mso-wrap-style:square" from="3330,8805" to="5130,8805" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBmK56pxAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0L/odlhN50Y4VQoquIUtAeSrWCHsfsmESzs2F3m6T/vlso9DaP9zmLVW9q0ZLzlWUF00kCgji3&#10;uuJCwenzdfwCwgdkjbVlUvBNHlbL4WCBmbYdH6g9hkLEEPYZKihDaDIpfV6SQT+xDXHkbtYZDBG6&#10;QmqHXQw3tXxOklQarDg2lNjQpqT8cfwyCt5nH2m73r/t+vM+vebbw/Vy75xST6N+PQcRqA//4j/3&#10;Tsf5yQx+n4kXyOUPAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGYrnqnEAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;"/>
+                <v:line id="Line 31" o:spid="_x0000_s1059" style="position:absolute;visibility:visible;mso-wrap-style:square" from="3330,11085" to="4500,11085" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDpwgbdxAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9La8JA&#10;EL4X+h+WEXqrG9sSJLqKtBTUg9QH6HHMjklsdjbsrkn677tCobf5+J4znfemFi05X1lWMBomIIhz&#10;qysuFBz2n89jED4ga6wtk4If8jCfPT5MMdO24y21u1CIGMI+QwVlCE0mpc9LMuiHtiGO3MU6gyFC&#10;V0jtsIvhppYvSZJKgxXHhhIbei8p/97djILN61faLlbrZX9cpef8Y3s+XTun1NOgX0xABOrDv/jP&#10;vdRxfvIG92fiBXL2CwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOnCBt3EAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;"/>
+                <v:shape id="Text Box 32" o:spid="_x0000_s1060" type="#_x0000_t202" style="position:absolute;left:1065;top:11265;width:2325;height:975;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD8J7x4wgAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9La8JA&#10;EL4X+h+WKXiru5VabHQTiqXgSanaQm9DdvLA7GzIbpP4711B8DYf33NW2Wgb0VPna8caXqYKBHHu&#10;TM2lhuPh63kBwgdkg41j0nAmD1n6+LDCxLiBv6nfh1LEEPYJaqhCaBMpfV6RRT91LXHkCtdZDBF2&#10;pTQdDjHcNnKm1Ju0WHNsqLCldUX5af9vNfxsi7/fV7UrP+28HdyoJNt3qfXkafxYggg0hrv45t6Y&#10;OF/N4fpMvECmFwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD8J7x4wgAAANwAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" filled="f" stroked="f">
+                  <v:textbox>
+                    <w:txbxContent>
+                      <w:p w14:paraId="4339379D" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00186FD2">
+                        <w:pPr>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                          </w:rPr>
+                          <w:t>STEP 3:</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="05175103" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00186FD2">
+                        <w:pPr>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                          </w:rPr>
+                          <w:t>Notification and</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="6A8BA4CC" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00186FD2">
+                        <w:pPr>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                          </w:rPr>
+                          <w:t>Communication</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <v:line id="Line 33" o:spid="_x0000_s1061" style="position:absolute;visibility:visible;mso-wrap-style:square" from="2505,11670" to="3315,11670" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAZEJiqxAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9La8JA&#10;EL4X+h+WEXqrG1tIJbqKtBTUQ6kP0OOYHZPY7GzYXZP037tCobf5+J4znfemFi05X1lWMBomIIhz&#10;qysuFOx3n89jED4ga6wtk4Jf8jCfPT5MMdO24w2121CIGMI+QwVlCE0mpc9LMuiHtiGO3Nk6gyFC&#10;V0jtsIvhppYvSZJKgxXHhhIbei8p/9lejYKv1++0XazWy/6wSk/5x+Z0vHROqadBv5iACNSHf/Gf&#10;e6nj/OQN7s/EC+TsBgAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABkQmKrEAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;"/>
+                <v:line id="Line 34" o:spid="_x0000_s1062" style="position:absolute;visibility:visible;mso-wrap-style:square" from="3315,11205" to="3315,12105" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBojwzYxwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BS8NA&#10;EIXvgv9hGaE3u9FCKLHbUhSh7aHYKuhxmh2TaHY27G6T9N87h4K3Gd6b975ZrEbXqp5CbDwbeJhm&#10;oIhLbxuuDHy8v97PQcWEbLH1TAYuFGG1vL1ZYGH9wAfqj6lSEsKxQAN1Sl2hdSxrchinviMW7dsH&#10;h0nWUGkbcJBw1+rHLMu1w4alocaOnmsqf49nZ2A/e8v79Xa3GT+3+al8OZy+foZgzORuXD+BSjSm&#10;f/P1emMFPxNaeUYm0Ms/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGiPDNjHAAAA3AAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;"/>
+                <v:line id="Line 35" o:spid="_x0000_s1063" style="position:absolute;visibility:visible;mso-wrap-style:square" from="3330,11205" to="4740,11205" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAHw6lDxAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9La8JA&#10;EL4X+h+WEXqrG1sINbqKtBTUQ6kP0OOYHZPY7GzYXZP037tCobf5+J4znfemFi05X1lWMBomIIhz&#10;qysuFOx3n89vIHxA1lhbJgW/5GE+e3yYYqZtxxtqt6EQMYR9hgrKEJpMSp+XZNAPbUMcubN1BkOE&#10;rpDaYRfDTS1fkiSVBiuODSU29F5S/rO9GgVfr99pu1itl/1hlZ7yj83peOmcUk+DfjEBEagP/+I/&#10;91LH+ckY7s/EC+TsBgAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAfDqUPEAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;"/>
+                <v:line id="Line 36" o:spid="_x0000_s1064" style="position:absolute;visibility:visible;mso-wrap-style:square" from="3315,12105" to="4725,12105" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQATIJYDxwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BS8NA&#10;EIXvQv/DMgVvdlOFILHbUlqE1oPYKtjjNDtNotnZsLsm8d87B6G3Gd6b975ZrEbXqp5CbDwbmM8y&#10;UMSltw1XBj7en+8eQcWEbLH1TAZ+KcJqOblZYGH9wAfqj6lSEsKxQAN1Sl2hdSxrchhnviMW7eKD&#10;wyRrqLQNOEi4a/V9luXaYcPSUGNHm5rK7+OPM/D68Jb36/3Lbvzc5+dyezifvoZgzO10XD+BSjSm&#10;q/n/emcFfy748oxMoJd/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABMglgPHAAAA3AAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;"/>
+                <v:shape id="Text Box 37" o:spid="_x0000_s1065" type="#_x0000_t202" style="position:absolute;left:1065;top:12510;width:2325;height:705;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAGxSymwQAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0L/ocwgjdNuuii1SjiInhyWVcFb0MztsVmUppo67/fLCzsbR7vc5brzlbiSY0vHWtIxgoEceZM&#10;ybmG0/duNAPhA7LByjFpeJGH9arfW2JqXMtf9DyGXMQQ9ilqKEKoUyl9VpBFP3Y1ceRurrEYImxy&#10;aRpsY7it5JtS79JiybGhwJq2BWX348NqOB9u18tEfeYfdlq3rlOS7VxqPRx0mwWIQF34F/+59ybO&#10;TxL4fSZeIFc/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAbFLKbBAAAA3AAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" filled="f" stroked="f">
+                  <v:textbox>
+                    <w:txbxContent>
+                      <w:p w14:paraId="0ACF9994" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00186FD2">
+                        <w:pPr>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                          </w:rPr>
+                          <w:t>STEP 4:</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="59437411" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00186FD2">
+                        <w:pPr>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                          </w:rPr>
+                          <w:t>Expected Actions</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <v:line id="Line 38" o:spid="_x0000_s1066" style="position:absolute;visibility:visible;mso-wrap-style:square" from="2505,12720" to="3315,12720" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDj8gh0xAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9La8JA&#10;EL4X/A/LFLzVjRWCpK4ilYL2UHxBexyz0yRtdjbsrkn8964geJuP7zmzRW9q0ZLzlWUF41ECgji3&#10;uuJCwfHw8TIF4QOyxtoyKbiQh8V88DTDTNuOd9TuQyFiCPsMFZQhNJmUPi/JoB/Zhjhyv9YZDBG6&#10;QmqHXQw3tXxNklQarDg2lNjQe0n5//5sFHxNtmm73Hyu++9NespXu9PPX+eUGj73yzcQgfrwEN/d&#10;ax3njydweyZeIOdXAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOPyCHTEAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;"/>
+                <v:line id="Line 39" o:spid="_x0000_s1067" style="position:absolute;visibility:visible;mso-wrap-style:square" from="3315,12345" to="3315,13245" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBsG5AAxAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0X/A/LFHqrG20JkrqKtAjqQdQW2uOYnSap2dmwuybpv3cFwds83udM572pRUvOV5YVjIYJCOLc&#10;6ooLBV+fy+cJCB+QNdaWScE/eZjPBg9TzLTteE/tIRQihrDPUEEZQpNJ6fOSDPqhbYgj92udwRCh&#10;K6R22MVwU8txkqTSYMWxocSG3kvKT4ezUbB92aXtYr1Z9d/r9Jh/7I8/f51T6umxX7yBCNSHu/jm&#10;Xuk4f/QK12fiBXJ2AQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGwbkADEAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;"/>
+                <v:line id="Line 40" o:spid="_x0000_s1068" style="position:absolute;visibility:visible;mso-wrap-style:square" from="3330,12345" to="4740,12345" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQADVzWbxAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0X/A/LFHqrGy0NkrqKtAjqQdQW2uOYnSap2dmwuybpv3cFwds83udM572pRUvOV5YVjIYJCOLc&#10;6ooLBV+fy+cJCB+QNdaWScE/eZjPBg9TzLTteE/tIRQihrDPUEEZQpNJ6fOSDPqhbYgj92udwRCh&#10;K6R22MVwU8txkqTSYMWxocSG3kvKT4ezUbB92aXtYr1Z9d/r9Jh/7I8/f51T6umxX7yBCNSHu/jm&#10;Xuk4f/QK12fiBXJ2AQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAANXNZvEAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;"/>
+                <v:line id="Line 41" o:spid="_x0000_s1069" style="position:absolute;visibility:visible;mso-wrap-style:square" from="3315,13245" to="4725,13245" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDzhavsxAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0X/A/LCN7qxhZCia4iiqA9lGoFPY7ZMYlmZ8PumqT/vlso9DaP9zmzRW9q0ZLzlWUFk3ECgji3&#10;uuJCwfFr8/wGwgdkjbVlUvBNHhbzwdMMM2073lN7CIWIIewzVFCG0GRS+rwkg35sG+LIXa0zGCJ0&#10;hdQOuxhuavmSJKk0WHFsKLGhVUn5/fAwCj5eP9N2uXvf9qddesnX+8v51jmlRsN+OQURqA//4j/3&#10;Vsf5kxR+n4kXyPkPAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPOFq+zEAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;"/>
+                <v:shape id="Text Box 42" o:spid="_x0000_s1070" type="#_x0000_t202" style="position:absolute;left:1065;top:13425;width:2325;height:870;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDmYBFJwQAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0L/ocwgrc1cVF3txplUQRPiu4q7G1oxrbYTEoTbf33RljwNo/3ObNFa0txo9oXjjUMBwoEcepM&#10;wZmG35/12ycIH5ANlo5Jw508LObdzgwT4xre0+0QMhFD2CeoIQ+hSqT0aU4W/cBVxJE7u9piiLDO&#10;pKmxieG2lO9KTaTFgmNDjhUtc0ovh6vVcNye/04jtctWdlw1rlWS7ZfUut9rv6cgArXhJf53b0yc&#10;P/yA5zPxAjl/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOZgEUnBAAAA3AAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" filled="f" stroked="f">
+                  <v:textbox>
+                    <w:txbxContent>
+                      <w:p w14:paraId="2A602ABA" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00186FD2">
+                        <w:pPr>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                          </w:rPr>
+                          <w:t>STEP 5:</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="4653E4EE" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00186FD2">
+                        <w:pPr>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                          </w:rPr>
+                          <w:t>Termination and</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="1B82639E" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00186FD2">
+                        <w:pPr>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                          </w:rPr>
+                          <w:t>Follow-Up</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <v:line id="Line 43" o:spid="_x0000_s1071" style="position:absolute;visibility:visible;mso-wrap-style:square" from="2505,13695" to="3315,13695" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDtVpoFxwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BS8NA&#10;EIXvQv/DMgVvdlOFILHbUlqE1oPYKtjjNDtNotnZsLsm8d87B6G3Gd6b975ZrEbXqp5CbDwbmM8y&#10;UMSltw1XBj7en+8eQcWEbLH1TAZ+KcJqOblZYGH9wAfqj6lSEsKxQAN1Sl2hdSxrchhnviMW7eKD&#10;wyRrqLQNOEi4a/V9luXaYcPSUGNHm5rK7+OPM/D68Jb36/3Lbvzc5+dyezifvoZgzO10XD+BSjSm&#10;q/n/emcFfy608oxMoJd/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAO1WmgXHAAAA3AAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;"/>
+                <v:line id="Line 44" o:spid="_x0000_s1072" style="position:absolute;visibility:visible;mso-wrap-style:square" from="3315,13410" to="3315,14145" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCCGj+exAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0X/A/LFHqrGy2EmrqKtAjqQaottMcxO01Ss7Nhd03iv3cFwds83udM572pRUvOV5YVjIYJCOLc&#10;6ooLBd9fy+dXED4ga6wtk4IzeZjPBg9TzLTteEftPhQihrDPUEEZQpNJ6fOSDPqhbYgj92edwRCh&#10;K6R22MVwU8txkqTSYMWxocSG3kvKj/uTUbB9+UzbxXqz6n/W6SH/2B1+/zun1NNjv3gDEagPd/HN&#10;vdJx/mgC12fiBXJ2AQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIIaP57EAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;"/>
+                <v:line id="Line 45" o:spid="_x0000_s1073" style="position:absolute;visibility:visible;mso-wrap-style:square" from="3330,13410" to="4740,13410" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDdTFy+xwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9PS8NA&#10;EMXvgt9hGcGb3bRCkNhtKRWh9SD2D9jjNDtNotnZsLsm8ds7B6G3Gd6b934zX46uVT2F2Hg2MJ1k&#10;oIhLbxuuDBwPrw9PoGJCtth6JgO/FGG5uL2ZY2H9wDvq96lSEsKxQAN1Sl2hdSxrchgnviMW7eKD&#10;wyRrqLQNOEi4a/Usy3LtsGFpqLGjdU3l9/7HGXh//Mj71fZtM35u83P5sjufvoZgzP3duHoGlWhM&#10;V/P/9cYK/kzw5RmZQC/+AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAN1MXL7HAAAA3AAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;"/>
+                <v:line id="Line 46" o:spid="_x0000_s1074" style="position:absolute;visibility:visible;mso-wrap-style:square" from="3315,14145" to="4725,14145" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCyAPklxAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9La8JA&#10;EL4X/A/LFHqrGy0ESV1FKgXtodQH1OOYHZNodjbsbpP4792C4G0+vudM572pRUvOV5YVjIYJCOLc&#10;6ooLBfvd5+sEhA/IGmvLpOBKHuazwdMUM2073lC7DYWIIewzVFCG0GRS+rwkg35oG+LInawzGCJ0&#10;hdQOuxhuajlOklQarDg2lNjQR0n5ZftnFHy//aTtYv216n/X6TFfbo6Hc+eUennuF+8gAvXhIb67&#10;VzrOH4/g/5l4gZzdAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALIA+SXEAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;"/>
+                <v:line id="Line 47" o:spid="_x0000_s1075" style="position:absolute;visibility:visible;mso-wrap-style:square" from="8010,9495" to="8010,9960" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAfC1CEwQAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/fa8Iw&#10;EH4f+D+EE/Y20xU6RmcUGQg+CNpubK9HczbF5lKTaLv/3gwGe7uP7+ct15PtxY186BwreF5kIIgb&#10;pztuFXx+bJ9eQYSIrLF3TAp+KMB6NXtYYqndyBXd6tiKFMKhRAUmxqGUMjSGLIaFG4gTd3LeYkzQ&#10;t1J7HFO47WWeZS/SYsepweBA74aac321Cmhz+DruJOa29/LybS7FPlaFUo/zafMGItIU/8V/7p1O&#10;8/Mcfp9JF8jVHQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAB8LUITBAAAA3AAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;">
+                  <v:stroke endarrow="classic" endarrowwidth="narrow" endarrowlength="long"/>
+                </v:line>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58953D4A" w14:textId="77777777" w:rsidR="00F917CC" w:rsidRPr="00F917CC" w:rsidRDefault="00F917CC" w:rsidP="00186FD2"/>
     <w:bookmarkEnd w:id="22"/>
-    <w:p w:rsidR="00225116" w:rsidRPr="00A23A22" w:rsidRDefault="00225116" w:rsidP="00225116">
+    <w:p w14:paraId="705D202A" w14:textId="77777777" w:rsidR="00225116" w:rsidRPr="00A23A22" w:rsidRDefault="00225116" w:rsidP="00225116">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:sectPr w:rsidR="00225116" w:rsidRPr="00A23A22" w:rsidSect="002227D6">
-          <w:headerReference w:type="default" r:id="rId13"/>
-          <w:footerReference w:type="default" r:id="rId14"/>
+          <w:headerReference w:type="default" r:id="rId14"/>
+          <w:footerReference w:type="default" r:id="rId15"/>
           <w:footnotePr>
             <w:numRestart w:val="eachPage"/>
           </w:footnotePr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="1296" w:footer="720" w:gutter="0"/>
           <w:pgNumType w:start="1" w:chapStyle="1"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00986B2D" w:rsidRPr="005E3895" w:rsidRDefault="00F004B2">
+    <w:p w14:paraId="3FA7D4C2" w14:textId="77777777" w:rsidR="00986B2D" w:rsidRPr="005E3895" w:rsidRDefault="00F004B2">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="23" w:name="_Toc162928983"/>
       <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="18"/>
       <w:r w:rsidRPr="00A23A22">
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="24" w:name="_Toc423428980"/>
       <w:r w:rsidRPr="005E3895">
         <w:t>PROJECT DESCRIPTION</w:t>
       </w:r>
       <w:bookmarkEnd w:id="23"/>
       <w:bookmarkEnd w:id="24"/>
     </w:p>
-    <w:p w:rsidR="00986B2D" w:rsidRPr="00856963" w:rsidRDefault="00986B2D">
+    <w:p w14:paraId="2499E6BA" w14:textId="77777777" w:rsidR="00986B2D" w:rsidRPr="00856963" w:rsidRDefault="00986B2D">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F12507" w:rsidRDefault="00383295" w:rsidP="00FE4FAE">
+    <w:p w14:paraId="3F3535A7" w14:textId="77777777" w:rsidR="00F12507" w:rsidRDefault="00383295" w:rsidP="00FE4FAE">
       <w:pPr>
         <w:pStyle w:val="Template-Direction"/>
       </w:pPr>
       <w:r w:rsidRPr="00383295">
         <w:t>Provide a summary of available information pertaining to the dam in tabular format.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00383295" w:rsidRPr="00383295" w:rsidRDefault="00383295" w:rsidP="00FE4FAE">
+    <w:p w14:paraId="77581777" w14:textId="77777777" w:rsidR="00383295" w:rsidRPr="00383295" w:rsidRDefault="00383295" w:rsidP="00FE4FAE">
       <w:pPr>
         <w:pStyle w:val="Template-Direction"/>
       </w:pPr>
       <w:r>
         <w:t>Attach additional sheets / narrative as necessary</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F12507" w:rsidRDefault="00F12507" w:rsidP="00F12507">
-[...7 lines deleted...]
-    <w:p w:rsidR="00F12507" w:rsidRPr="00F035DF" w:rsidRDefault="00F12507" w:rsidP="00F12507">
+    <w:p w14:paraId="09891B3B" w14:textId="77777777" w:rsidR="00F12507" w:rsidRDefault="00F12507" w:rsidP="00F12507">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6BE66898" w14:textId="77777777" w:rsidR="00F12507" w:rsidRPr="00F035DF" w:rsidRDefault="00F12507" w:rsidP="00F12507">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Dam Name: ______________________</w:t>
       </w:r>
       <w:r w:rsidRPr="00F035DF">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
@@ -5318,101 +7868,101 @@
       <w:r w:rsidRPr="00F035DF">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F035DF">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Hazard Classification:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> ____________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F12507" w:rsidRPr="00F035DF" w:rsidRDefault="00F12507" w:rsidP="00F12507">
+    <w:p w14:paraId="014777F9" w14:textId="77777777" w:rsidR="00F12507" w:rsidRPr="00F035DF" w:rsidRDefault="00F12507" w:rsidP="00F12507">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>STATE</w:t>
       </w:r>
       <w:r w:rsidRPr="00F035DF">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>-ID #: _________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>______________</w:t>
       </w:r>
       <w:r w:rsidRPr="00F035DF">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F035DF">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Federal ID (NID): </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">_______________________ </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F12507" w:rsidRPr="00F035DF" w:rsidRDefault="00F12507" w:rsidP="00F12507">
+    <w:p w14:paraId="2DD23C89" w14:textId="77777777" w:rsidR="00F12507" w:rsidRPr="00F035DF" w:rsidRDefault="00F12507" w:rsidP="00F12507">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F035DF">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Ci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>ty/T</w:t>
       </w:r>
       <w:r w:rsidRPr="00F035DF">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">own: </w:t>
       </w:r>
       <w:r>
@@ -5436,138 +7986,138 @@
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>ty</w:t>
       </w:r>
       <w:r w:rsidRPr="00F035DF">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>: ____________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>__________________</w:t>
       </w:r>
       <w:r w:rsidRPr="00F035DF">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F12507" w:rsidRDefault="00F12507" w:rsidP="00F12507">
+    <w:p w14:paraId="75692CA2" w14:textId="77777777" w:rsidR="00F12507" w:rsidRDefault="00F12507" w:rsidP="00F12507">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Size Classification: ___________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00311A69" w:rsidRDefault="00311A69" w:rsidP="00F12507">
-[...7 lines deleted...]
-    <w:p w:rsidR="00F12507" w:rsidRPr="00311A69" w:rsidRDefault="00F12507" w:rsidP="00311A69">
+    <w:p w14:paraId="5EE23886" w14:textId="77777777" w:rsidR="00311A69" w:rsidRDefault="00311A69" w:rsidP="00F12507">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="279F640B" w14:textId="77777777" w:rsidR="00F12507" w:rsidRPr="00311A69" w:rsidRDefault="00F12507" w:rsidP="00311A69">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="90"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00311A69">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Location &amp; Access (provide a location map &amp; directions to the dam from a major highway):</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00311A69" w:rsidRDefault="00311A69" w:rsidP="00311A69">
+    <w:p w14:paraId="28CDBB09" w14:textId="77777777" w:rsidR="00311A69" w:rsidRDefault="00311A69" w:rsidP="00311A69">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="90"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00311A69" w:rsidRDefault="00311A69" w:rsidP="00311A69">
+    <w:p w14:paraId="778D1538" w14:textId="77777777" w:rsidR="00311A69" w:rsidRDefault="00311A69" w:rsidP="00311A69">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="90"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00311A69" w:rsidRDefault="00311A69" w:rsidP="00F12507">
-[...7 lines deleted...]
-    <w:p w:rsidR="00F12507" w:rsidRPr="00F035DF" w:rsidRDefault="00F12507" w:rsidP="00F12507">
+    <w:p w14:paraId="7A73F416" w14:textId="77777777" w:rsidR="00311A69" w:rsidRDefault="00311A69" w:rsidP="00F12507">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D67DBD0" w14:textId="77777777" w:rsidR="00F12507" w:rsidRPr="00F035DF" w:rsidRDefault="00F12507" w:rsidP="00F12507">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F035DF">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Lot</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F035DF">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>No: ___________</w:t>
       </w:r>
       <w:r w:rsidR="00C03ECE">
@@ -5597,121 +8147,121 @@
       <w:r w:rsidRPr="00F035DF">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Block</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F035DF">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>No: ____________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>_________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F12507" w:rsidRPr="00F035DF" w:rsidRDefault="00F12507" w:rsidP="00F12507">
+    <w:p w14:paraId="2468A317" w14:textId="77777777" w:rsidR="00F12507" w:rsidRPr="00F035DF" w:rsidRDefault="00F12507" w:rsidP="00F12507">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F035DF">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Latitude: ____________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F035DF">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Longitude: ___________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>__________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F12507" w:rsidRPr="00F035DF" w:rsidRDefault="00F12507" w:rsidP="00F12507">
+    <w:p w14:paraId="5D456BBE" w14:textId="77777777" w:rsidR="00F12507" w:rsidRPr="00F035DF" w:rsidRDefault="00F12507" w:rsidP="00F12507">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F035DF">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>River/Stream</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>/River Basin</w:t>
       </w:r>
       <w:r w:rsidRPr="00F035DF">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>: ___________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>____________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F12507" w:rsidRPr="00F035DF" w:rsidRDefault="00F12507" w:rsidP="00F12507">
+    <w:p w14:paraId="4B432F51" w14:textId="77777777" w:rsidR="00F12507" w:rsidRPr="00F035DF" w:rsidRDefault="00F12507" w:rsidP="00F12507">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F035DF">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Quad </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Sheet: _________</w:t>
       </w:r>
       <w:r w:rsidRPr="00F035DF">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r>
@@ -5729,95 +8279,95 @@
       <w:r w:rsidRPr="00F035DF">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Nearest Ci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>ty/</w:t>
       </w:r>
       <w:r w:rsidRPr="00F035DF">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Town: _________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>____________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F12507" w:rsidRPr="00F035DF" w:rsidRDefault="00F12507" w:rsidP="00F12507">
+    <w:p w14:paraId="6B7B015A" w14:textId="77777777" w:rsidR="00F12507" w:rsidRPr="00F035DF" w:rsidRDefault="00F12507" w:rsidP="00F12507">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Hydraulic/Structural Height (ft): _________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F035DF">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Normal Surface</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Area (ac): _______</w:t>
       </w:r>
       <w:r w:rsidRPr="00F035DF">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F12507" w:rsidRPr="00F035DF" w:rsidRDefault="00F12507" w:rsidP="00F12507">
+    <w:p w14:paraId="68EFCC1C" w14:textId="77777777" w:rsidR="00F12507" w:rsidRPr="00F035DF" w:rsidRDefault="00F12507" w:rsidP="00F12507">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Embankment </w:t>
       </w:r>
       <w:r w:rsidRPr="00F035DF">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Length (ft): _________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>_____</w:t>
       </w:r>
       <w:r>
@@ -5829,101 +8379,101 @@
       <w:r w:rsidRPr="00F035DF">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Normal </w:t>
       </w:r>
       <w:r w:rsidR="00291246">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Storage</w:t>
       </w:r>
       <w:r w:rsidRPr="00F035DF">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ac-ft): _______</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>__________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F12507" w:rsidRPr="00F035DF" w:rsidRDefault="00F12507" w:rsidP="00F12507">
+    <w:p w14:paraId="52763619" w14:textId="77777777" w:rsidR="00F12507" w:rsidRPr="00F035DF" w:rsidRDefault="00F12507" w:rsidP="00F12507">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F035DF">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Dam Type: ___________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>_______________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F035DF">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Maximum </w:t>
       </w:r>
       <w:r w:rsidR="00291246">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Storage</w:t>
       </w:r>
       <w:r w:rsidRPr="00F035DF">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ac-ft): _______</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F12507" w:rsidRPr="00F035DF" w:rsidRDefault="00F12507" w:rsidP="00F12507">
+    <w:p w14:paraId="1C063473" w14:textId="77777777" w:rsidR="00F12507" w:rsidRPr="00F035DF" w:rsidRDefault="00F12507" w:rsidP="00F12507">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F035DF">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Spillway</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Type</w:t>
       </w:r>
       <w:r w:rsidRPr="00F035DF">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>: __________</w:t>
       </w:r>
       <w:r>
@@ -5962,51 +8512,51 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F035DF">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>cfs</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F035DF">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>): _______</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>__________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F12507" w:rsidRPr="00F035DF" w:rsidRDefault="00F12507" w:rsidP="00F12507">
+    <w:p w14:paraId="3516F1AD" w14:textId="77777777" w:rsidR="00F12507" w:rsidRPr="00F035DF" w:rsidRDefault="00F12507" w:rsidP="00F12507">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Type Dike: _______</w:t>
       </w:r>
       <w:r w:rsidRPr="00F035DF">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>__________________</w:t>
       </w:r>
       <w:r>
@@ -6018,1508 +8568,1527 @@
       <w:r w:rsidRPr="00F035DF">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Drainage Area (sq</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>. mi.</w:t>
       </w:r>
       <w:r w:rsidRPr="00F035DF">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>): ________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>_________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F12507" w:rsidRPr="00F035DF" w:rsidRDefault="00F12507" w:rsidP="00F12507">
+    <w:p w14:paraId="4C4241C7" w14:textId="77777777" w:rsidR="00F12507" w:rsidRPr="00F035DF" w:rsidRDefault="00F12507" w:rsidP="00F12507">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F035DF">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Outlet</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Type</w:t>
       </w:r>
       <w:r w:rsidRPr="00F035DF">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00F035DF">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>other than spillway</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>): ________________________________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="00F035DF">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00383295" w:rsidRDefault="00383295" w:rsidP="00F12507">
+    <w:p w14:paraId="24E25785" w14:textId="77777777" w:rsidR="00383295" w:rsidRDefault="00383295" w:rsidP="00F12507">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>Year Built</w:t>
+        <w:t xml:space="preserve">Year </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>:_</w:t>
+        <w:t>Built:_</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>_________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Last Rehabilitation:______________________</w:t>
-[...10 lines deleted...]
-    <w:p w:rsidR="00F12507" w:rsidRDefault="00F12507" w:rsidP="00311A69">
+        <w:t xml:space="preserve">Last </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Rehabilitation:_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>_____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A445632" w14:textId="77777777" w:rsidR="00311A69" w:rsidRDefault="00311A69" w:rsidP="00F12507">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4AAB7D93" w14:textId="77777777" w:rsidR="00F12507" w:rsidRDefault="00F12507" w:rsidP="00311A69">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="90"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F035DF">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Purpose/Operation of Dam (attach additional sheets if necessary):</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00311A69" w:rsidRDefault="00311A69" w:rsidP="00311A69">
+    <w:p w14:paraId="2FFD6032" w14:textId="77777777" w:rsidR="00311A69" w:rsidRDefault="00311A69" w:rsidP="00311A69">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="90"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00311A69" w:rsidRPr="00F035DF" w:rsidRDefault="00311A69" w:rsidP="00311A69">
+    <w:p w14:paraId="2660384E" w14:textId="77777777" w:rsidR="00311A69" w:rsidRPr="00F035DF" w:rsidRDefault="00311A69" w:rsidP="00311A69">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="90"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00311A69" w:rsidRDefault="00311A69" w:rsidP="00F12507">
-[...7 lines deleted...]
-    <w:p w:rsidR="00F12507" w:rsidRPr="00F035DF" w:rsidRDefault="00F12507" w:rsidP="00F12507">
+    <w:p w14:paraId="545CCF84" w14:textId="77777777" w:rsidR="00311A69" w:rsidRDefault="00311A69" w:rsidP="00F12507">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0791EA3A" w14:textId="77777777" w:rsidR="00F12507" w:rsidRPr="00F035DF" w:rsidRDefault="00F12507" w:rsidP="00F12507">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F035DF">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Instrumentation (if</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F035DF">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>any): ______________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>___________________________________ _____________________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="00F035DF">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F12507" w:rsidRDefault="00F12507" w:rsidP="00F12507">
+    <w:p w14:paraId="03D35C6F" w14:textId="77777777" w:rsidR="00F12507" w:rsidRDefault="00F12507" w:rsidP="00F12507">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>U</w:t>
       </w:r>
       <w:r w:rsidRPr="00F035DF">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pstream </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Dams: ________________________________________________________________ ______________________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="00F035DF">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F12507" w:rsidRDefault="00F12507" w:rsidP="00F12507">
+    <w:p w14:paraId="5E8DCBFD" w14:textId="77777777" w:rsidR="00F12507" w:rsidRDefault="00F12507" w:rsidP="00F12507">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Down</w:t>
       </w:r>
       <w:r w:rsidRPr="00F035DF">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">stream </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Dams: ______________________________________________________________ ______________________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="00F035DF">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F12507" w:rsidRPr="00F035DF" w:rsidRDefault="00F12507" w:rsidP="00F12507">
+    <w:p w14:paraId="00D7958F" w14:textId="77777777" w:rsidR="00F12507" w:rsidRPr="00F035DF" w:rsidRDefault="00F12507" w:rsidP="00F12507">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Description</w:t>
       </w:r>
       <w:r w:rsidRPr="00F035DF">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> of Inundation Area</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and Downstream Hazards</w:t>
       </w:r>
       <w:r w:rsidRPr="00F035DF">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>: ____________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>__________ _______________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="00F035DF">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F12507" w:rsidRDefault="00F12507" w:rsidP="00F12507">
+    <w:p w14:paraId="699150F5" w14:textId="77777777" w:rsidR="00F12507" w:rsidRDefault="00F12507" w:rsidP="00F12507">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F035DF">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Method of emergency </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>drawdown: __________________________________________________ ____________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F12507" w:rsidRPr="00F035DF" w:rsidRDefault="00F12507" w:rsidP="00F83982">
+    <w:p w14:paraId="06DBC82F" w14:textId="77777777" w:rsidR="00F12507" w:rsidRPr="00F035DF" w:rsidRDefault="00F12507" w:rsidP="00F83982">
       <w:pPr>
         <w:pStyle w:val="Template-Direction"/>
       </w:pPr>
       <w:r>
         <w:t>PROVIDE</w:t>
       </w:r>
       <w:r w:rsidRPr="00F035DF">
         <w:t xml:space="preserve"> DAM SITE </w:t>
       </w:r>
       <w:r w:rsidRPr="00E5478C">
         <w:t>SKETCH</w:t>
       </w:r>
       <w:r w:rsidR="00F83982">
         <w:t>/PLAN IN FIGURES SECTION</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00986B2D" w:rsidRPr="00E133D9" w:rsidRDefault="00986B2D">
+    <w:p w14:paraId="389B77B6" w14:textId="77777777" w:rsidR="00986B2D" w:rsidRPr="00E133D9" w:rsidRDefault="00986B2D">
       <w:pPr>
         <w:pStyle w:val="TOC30"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00986B2D" w:rsidRPr="00E133D9" w:rsidRDefault="00986B2D">
+    <w:p w14:paraId="3F4C4347" w14:textId="77777777" w:rsidR="00986B2D" w:rsidRPr="00E133D9" w:rsidRDefault="00986B2D">
       <w:pPr>
         <w:pStyle w:val="TOC30"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:sectPr w:rsidR="00986B2D" w:rsidRPr="00E133D9" w:rsidSect="001C1465">
-          <w:headerReference w:type="default" r:id="rId15"/>
+          <w:headerReference w:type="default" r:id="rId16"/>
           <w:footnotePr>
             <w:numRestart w:val="eachPage"/>
           </w:footnotePr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1440" w:right="1710" w:bottom="1440" w:left="1800" w:header="1296" w:footer="720" w:gutter="0"/>
           <w:pgNumType w:start="1" w:chapStyle="1"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00986B2D" w:rsidRPr="00B06E66" w:rsidRDefault="00F004B2">
+    <w:p w14:paraId="6BBDE38A" w14:textId="77777777" w:rsidR="00986B2D" w:rsidRPr="00B06E66" w:rsidRDefault="00F004B2">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="25" w:name="_Toc423428981"/>
       <w:bookmarkStart w:id="26" w:name="_Toc162929000"/>
       <w:r w:rsidRPr="00B06E66">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>GENERAL RESPONSIBILITIES</w:t>
       </w:r>
       <w:bookmarkEnd w:id="25"/>
       <w:r w:rsidRPr="00B06E66">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="26"/>
     </w:p>
-    <w:p w:rsidR="00986B2D" w:rsidRPr="00125AC8" w:rsidRDefault="00986B2D" w:rsidP="00C2350D">
+    <w:p w14:paraId="6ECF22C9" w14:textId="77777777" w:rsidR="00986B2D" w:rsidRPr="00125AC8" w:rsidRDefault="00986B2D" w:rsidP="00C2350D">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002C50C3" w:rsidRDefault="002C50C3" w:rsidP="002C50C3">
+    <w:p w14:paraId="1B766A63" w14:textId="77777777" w:rsidR="002C50C3" w:rsidRDefault="002C50C3" w:rsidP="002C50C3">
       <w:pPr>
         <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:hanging="990"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="27" w:name="_Toc166034218"/>
       <w:bookmarkStart w:id="28" w:name="_Toc415145768"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Summary of Responsibilities</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C50C3" w:rsidRDefault="002C50C3" w:rsidP="002C50C3">
+    <w:p w14:paraId="28DC2B10" w14:textId="77777777" w:rsidR="002C50C3" w:rsidRDefault="002C50C3" w:rsidP="002C50C3">
       <w:pPr>
         <w:keepNext/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002C50C3" w:rsidRPr="00FE4FAE" w:rsidRDefault="002C50C3" w:rsidP="00FE4FAE">
+    <w:p w14:paraId="216CC926" w14:textId="77777777" w:rsidR="002C50C3" w:rsidRPr="00FE4FAE" w:rsidRDefault="002C50C3" w:rsidP="00FE4FAE">
       <w:pPr>
         <w:pStyle w:val="Template-Direction"/>
       </w:pPr>
       <w:r w:rsidRPr="00FE4FAE">
         <w:t>The following table should be tailored to fit the specific community’s existing emergency response procedures.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C50C3" w:rsidRPr="002C50C3" w:rsidRDefault="002C50C3" w:rsidP="002C50C3">
+    <w:p w14:paraId="656D8374" w14:textId="77777777" w:rsidR="002C50C3" w:rsidRPr="002C50C3" w:rsidRDefault="002C50C3" w:rsidP="002C50C3">
       <w:pPr>
         <w:keepNext/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:i/>
           <w:color w:val="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3031"/>
-        <w:gridCol w:w="5825"/>
+        <w:gridCol w:w="2961"/>
+        <w:gridCol w:w="5679"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002C50C3" w:rsidRPr="002C50C3" w:rsidTr="002720F1">
+      <w:tr w:rsidR="002C50C3" w:rsidRPr="002C50C3" w14:paraId="19D9D323" w14:textId="77777777" w:rsidTr="002720F1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3168" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002C50C3" w:rsidRPr="002C50C3" w:rsidRDefault="002C50C3" w:rsidP="002C50C3">
+          <w:p w14:paraId="3558F260" w14:textId="77777777" w:rsidR="002C50C3" w:rsidRPr="002C50C3" w:rsidRDefault="002C50C3" w:rsidP="002C50C3">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C50C3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Entity</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6210" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002C50C3" w:rsidRPr="002C50C3" w:rsidRDefault="002C50C3" w:rsidP="002C50C3">
+          <w:p w14:paraId="305722AB" w14:textId="77777777" w:rsidR="002C50C3" w:rsidRPr="002C50C3" w:rsidRDefault="002C50C3" w:rsidP="002C50C3">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C50C3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Responsibilities</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C50C3" w:rsidRPr="002C50C3" w:rsidTr="002720F1">
+      <w:tr w:rsidR="002C50C3" w:rsidRPr="002C50C3" w14:paraId="72F51A90" w14:textId="77777777" w:rsidTr="002720F1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3168" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002C50C3" w:rsidRPr="002C50C3" w:rsidRDefault="002C50C3" w:rsidP="002C50C3">
+          <w:p w14:paraId="5485B776" w14:textId="77777777" w:rsidR="002C50C3" w:rsidRPr="002C50C3" w:rsidRDefault="002C50C3" w:rsidP="002C50C3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C50C3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Dam Owner: </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002C50C3" w:rsidRPr="00EB4110" w:rsidRDefault="002C50C3" w:rsidP="002C50C3">
+          <w:p w14:paraId="28DC0A3A" w14:textId="77777777" w:rsidR="002C50C3" w:rsidRPr="00EB4110" w:rsidRDefault="002C50C3" w:rsidP="002C50C3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB4110">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Name (Company/Town)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002C50C3" w:rsidRPr="00EB4110" w:rsidRDefault="002C50C3" w:rsidP="002C50C3">
+          <w:p w14:paraId="1C811D2D" w14:textId="77777777" w:rsidR="002C50C3" w:rsidRPr="00EB4110" w:rsidRDefault="002C50C3" w:rsidP="002C50C3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB4110">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Name (individual)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002C50C3" w:rsidRPr="00EB4110" w:rsidRDefault="002C50C3" w:rsidP="002C50C3">
+          <w:p w14:paraId="2049137A" w14:textId="77777777" w:rsidR="002C50C3" w:rsidRPr="00EB4110" w:rsidRDefault="002C50C3" w:rsidP="002C50C3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB4110">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Phone Number</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002C50C3" w:rsidRPr="002C50C3" w:rsidRDefault="002C50C3" w:rsidP="002C50C3">
+          <w:p w14:paraId="2E7CF7C7" w14:textId="77777777" w:rsidR="002C50C3" w:rsidRPr="002C50C3" w:rsidRDefault="002C50C3" w:rsidP="002C50C3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB4110">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Emergency Phone</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6210" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="808080"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002C50C3" w:rsidRPr="002C50C3" w:rsidRDefault="002C50C3" w:rsidP="00C9786E">
+          <w:p w14:paraId="0B3A5993" w14:textId="77777777" w:rsidR="002C50C3" w:rsidRPr="002C50C3" w:rsidRDefault="002C50C3" w:rsidP="00C9786E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="720"/>
                 <w:tab w:val="clear" w:pos="1440"/>
                 <w:tab w:val="clear" w:pos="2160"/>
                 <w:tab w:val="clear" w:pos="2880"/>
                 <w:tab w:val="clear" w:pos="3600"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C50C3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Notify local authorities. Upon receiving report of an incident, contact the Emergency Management Director (EMD) and identify the report. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002C50C3" w:rsidRPr="002C50C3" w:rsidRDefault="002C50C3" w:rsidP="00C9786E">
+          <w:p w14:paraId="588B0C6E" w14:textId="77777777" w:rsidR="002C50C3" w:rsidRPr="002C50C3" w:rsidRDefault="002C50C3" w:rsidP="00C9786E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="720"/>
                 <w:tab w:val="clear" w:pos="1440"/>
                 <w:tab w:val="clear" w:pos="2160"/>
                 <w:tab w:val="clear" w:pos="2880"/>
                 <w:tab w:val="clear" w:pos="3600"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C50C3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Evaluate the extent/nature/severity of the incident. Update the EMD as to the need to implement the EAP. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002C50C3" w:rsidRPr="002C50C3" w:rsidRDefault="002C50C3" w:rsidP="00C9786E">
+          <w:p w14:paraId="6968C25B" w14:textId="77777777" w:rsidR="002C50C3" w:rsidRPr="002C50C3" w:rsidRDefault="002C50C3" w:rsidP="00C9786E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="720"/>
                 <w:tab w:val="clear" w:pos="1440"/>
                 <w:tab w:val="clear" w:pos="2160"/>
                 <w:tab w:val="clear" w:pos="2880"/>
                 <w:tab w:val="clear" w:pos="3600"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C50C3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Monitor the situation at the dam for the duration of the emergency. Update the EMD and other local and state authorities of developing conditions at the dam for the duration of the emergency situation.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C50C3" w:rsidRPr="002C50C3" w:rsidTr="002720F1">
+      <w:tr w:rsidR="002C50C3" w:rsidRPr="002C50C3" w14:paraId="4B2B757C" w14:textId="77777777" w:rsidTr="002720F1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3168" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="808080"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002C50C3" w:rsidRPr="002C50C3" w:rsidRDefault="002C50C3" w:rsidP="002C50C3">
+          <w:p w14:paraId="4008E9AB" w14:textId="77777777" w:rsidR="002C50C3" w:rsidRPr="002C50C3" w:rsidRDefault="002C50C3" w:rsidP="002C50C3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Local</w:t>
             </w:r>
             <w:r w:rsidRPr="002C50C3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency Management: </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002C50C3" w:rsidRPr="00EB4110" w:rsidRDefault="002C50C3" w:rsidP="002C50C3">
+          <w:p w14:paraId="30F91991" w14:textId="77777777" w:rsidR="002C50C3" w:rsidRPr="00EB4110" w:rsidRDefault="002C50C3" w:rsidP="002C50C3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB4110">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002C50C3" w:rsidRPr="00EB4110" w:rsidRDefault="002C50C3" w:rsidP="002C50C3">
+          <w:p w14:paraId="5F569E59" w14:textId="77777777" w:rsidR="002C50C3" w:rsidRPr="00EB4110" w:rsidRDefault="002C50C3" w:rsidP="002C50C3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB4110">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Phone Number</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002C50C3" w:rsidRPr="002C50C3" w:rsidRDefault="002C50C3" w:rsidP="002C50C3">
+          <w:p w14:paraId="1905B1E6" w14:textId="77777777" w:rsidR="002C50C3" w:rsidRPr="002C50C3" w:rsidRDefault="002C50C3" w:rsidP="002C50C3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB4110">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Emergency Phone</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6210" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="808080"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002C50C3" w:rsidRPr="002C50C3" w:rsidRDefault="002C50C3" w:rsidP="00C9786E">
+          <w:p w14:paraId="0A8677CF" w14:textId="77777777" w:rsidR="002C50C3" w:rsidRPr="002C50C3" w:rsidRDefault="002C50C3" w:rsidP="00C9786E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="720"/>
                 <w:tab w:val="clear" w:pos="1440"/>
                 <w:tab w:val="clear" w:pos="2160"/>
                 <w:tab w:val="clear" w:pos="2880"/>
                 <w:tab w:val="clear" w:pos="3600"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C50C3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Contact and warn </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>population in area of potential impacts; C</w:t>
             </w:r>
             <w:r w:rsidRPr="002C50C3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>oordinate efforts with other parties involved in the EAP as necessary.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002C50C3" w:rsidRPr="002C50C3" w:rsidRDefault="002C50C3" w:rsidP="00C9786E">
+          <w:p w14:paraId="63AEFCF7" w14:textId="77777777" w:rsidR="002C50C3" w:rsidRPr="002C50C3" w:rsidRDefault="002C50C3" w:rsidP="00C9786E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="720"/>
                 <w:tab w:val="clear" w:pos="1440"/>
                 <w:tab w:val="clear" w:pos="2160"/>
                 <w:tab w:val="clear" w:pos="2880"/>
                 <w:tab w:val="clear" w:pos="3600"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C50C3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">The EMD/Incident Commander will serve as the contact point for disseminating all updates concerning the condition of the emergency. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C50C3" w:rsidRPr="002C50C3" w:rsidTr="002720F1">
+      <w:tr w:rsidR="002C50C3" w:rsidRPr="002C50C3" w14:paraId="58E0132C" w14:textId="77777777" w:rsidTr="002720F1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3168" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="808080"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002C50C3" w:rsidRPr="002C50C3" w:rsidRDefault="002C50C3" w:rsidP="002C50C3">
+          <w:p w14:paraId="5D46E326" w14:textId="77777777" w:rsidR="002C50C3" w:rsidRPr="002C50C3" w:rsidRDefault="002C50C3" w:rsidP="002C50C3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Local</w:t>
             </w:r>
             <w:r w:rsidRPr="002C50C3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Police Department:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002C50C3" w:rsidRPr="00EB4110" w:rsidRDefault="002C50C3" w:rsidP="002C50C3">
+          <w:p w14:paraId="0384FF20" w14:textId="77777777" w:rsidR="002C50C3" w:rsidRPr="00EB4110" w:rsidRDefault="002C50C3" w:rsidP="002C50C3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB4110">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002C50C3" w:rsidRPr="00EB4110" w:rsidRDefault="002C50C3" w:rsidP="002C50C3">
+          <w:p w14:paraId="203C2BB2" w14:textId="77777777" w:rsidR="002C50C3" w:rsidRPr="00EB4110" w:rsidRDefault="002C50C3" w:rsidP="002C50C3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB4110">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Phone Number</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002C50C3" w:rsidRDefault="002C50C3" w:rsidP="002C50C3">
+          <w:p w14:paraId="3F650090" w14:textId="77777777" w:rsidR="002C50C3" w:rsidRDefault="002C50C3" w:rsidP="002C50C3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB4110">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Emergency Phone</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0010503A" w:rsidRPr="002C50C3" w:rsidRDefault="0010503A" w:rsidP="002C50C3">
+          <w:p w14:paraId="20D3774C" w14:textId="77777777" w:rsidR="0010503A" w:rsidRPr="002C50C3" w:rsidRDefault="0010503A" w:rsidP="002C50C3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C50C3">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>or 9-1-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6210" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="808080"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="808080"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002C50C3" w:rsidRPr="002C50C3" w:rsidRDefault="002C50C3" w:rsidP="00C9786E">
+          <w:p w14:paraId="6B94500F" w14:textId="77777777" w:rsidR="002C50C3" w:rsidRPr="002C50C3" w:rsidRDefault="002C50C3" w:rsidP="00C9786E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="720"/>
                 <w:tab w:val="clear" w:pos="1440"/>
                 <w:tab w:val="clear" w:pos="2160"/>
                 <w:tab w:val="clear" w:pos="2880"/>
                 <w:tab w:val="clear" w:pos="3600"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C50C3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Assist in securing the site and implementing evacuation if necessary (i.e. coordinating barricades, street closures, traffic flow). </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002C50C3" w:rsidRPr="002C50C3" w:rsidRDefault="002C50C3" w:rsidP="00C9786E">
+          <w:p w14:paraId="33D04B28" w14:textId="77777777" w:rsidR="002C50C3" w:rsidRPr="002C50C3" w:rsidRDefault="002C50C3" w:rsidP="00C9786E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="720"/>
                 <w:tab w:val="clear" w:pos="1440"/>
                 <w:tab w:val="clear" w:pos="2160"/>
                 <w:tab w:val="clear" w:pos="2880"/>
                 <w:tab w:val="clear" w:pos="3600"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C50C3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Utilize appropriate and/or necessary evacuation procedures, which may include but are not limited to, multilingual broadcasts, slow-speed broadcasts, and coordinated efforts with other emergency responders</w:t>
+              <w:t xml:space="preserve">Utilize appropriate and/or necessary evacuation procedures, which may include but are not limited </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="002C50C3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>..</w:t>
+              <w:t>to,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002C50C3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> multilingual broadcasts, slow-speed broadcasts, and coordinated efforts with other emergency </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002C50C3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>responders..</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C50C3" w:rsidRPr="002C50C3" w:rsidTr="002720F1">
+      <w:tr w:rsidR="002C50C3" w:rsidRPr="002C50C3" w14:paraId="3CE89575" w14:textId="77777777" w:rsidTr="002720F1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3168" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="808080"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002C50C3" w:rsidRPr="002C50C3" w:rsidRDefault="002C50C3" w:rsidP="002C50C3">
+          <w:p w14:paraId="274C706D" w14:textId="77777777" w:rsidR="002C50C3" w:rsidRPr="002C50C3" w:rsidRDefault="002C50C3" w:rsidP="002C50C3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Local</w:t>
             </w:r>
             <w:r w:rsidRPr="002C50C3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Fire Department</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002C50C3" w:rsidRPr="00EB4110" w:rsidRDefault="002C50C3" w:rsidP="002C50C3">
+          <w:p w14:paraId="3A81DF96" w14:textId="77777777" w:rsidR="002C50C3" w:rsidRPr="00EB4110" w:rsidRDefault="002C50C3" w:rsidP="002C50C3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB4110">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002C50C3" w:rsidRPr="00EB4110" w:rsidRDefault="002C50C3" w:rsidP="002C50C3">
+          <w:p w14:paraId="236B5D1A" w14:textId="77777777" w:rsidR="002C50C3" w:rsidRPr="00EB4110" w:rsidRDefault="002C50C3" w:rsidP="002C50C3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB4110">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Phone Number</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002C50C3" w:rsidRDefault="002C50C3" w:rsidP="002C50C3">
+          <w:p w14:paraId="68DF7F97" w14:textId="77777777" w:rsidR="002C50C3" w:rsidRDefault="002C50C3" w:rsidP="002C50C3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB4110">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Emergency Phone</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0010503A" w:rsidRDefault="0010503A" w:rsidP="002C50C3">
+          <w:p w14:paraId="612EB931" w14:textId="77777777" w:rsidR="0010503A" w:rsidRDefault="0010503A" w:rsidP="002C50C3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C50C3">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>or 9-1-1</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0010503A" w:rsidRPr="002C50C3" w:rsidRDefault="0010503A" w:rsidP="002C50C3">
+          <w:p w14:paraId="588377DF" w14:textId="77777777" w:rsidR="0010503A" w:rsidRPr="002C50C3" w:rsidRDefault="0010503A" w:rsidP="002C50C3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS"/>
                 <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6210" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="808080"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002C50C3" w:rsidRPr="002C50C3" w:rsidRDefault="002C50C3" w:rsidP="00C9786E">
+          <w:p w14:paraId="469A9581" w14:textId="77777777" w:rsidR="002C50C3" w:rsidRPr="002C50C3" w:rsidRDefault="002C50C3" w:rsidP="00C9786E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="720"/>
                 <w:tab w:val="clear" w:pos="1440"/>
                 <w:tab w:val="clear" w:pos="2160"/>
                 <w:tab w:val="clear" w:pos="2880"/>
                 <w:tab w:val="clear" w:pos="3600"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C50C3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Assist in the evacuation of special needs and/or elderly citizens. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002C50C3" w:rsidRPr="002C50C3" w:rsidRDefault="002C50C3" w:rsidP="00C9786E">
+          <w:p w14:paraId="33665A7E" w14:textId="77777777" w:rsidR="002C50C3" w:rsidRPr="002C50C3" w:rsidRDefault="002C50C3" w:rsidP="00C9786E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="720"/>
                 <w:tab w:val="clear" w:pos="1440"/>
                 <w:tab w:val="clear" w:pos="2160"/>
                 <w:tab w:val="clear" w:pos="2880"/>
                 <w:tab w:val="clear" w:pos="3600"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C50C3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Provide additional evacuation support as needed.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002C50C3" w:rsidRPr="002C50C3" w:rsidRDefault="002C50C3" w:rsidP="00C9786E">
+          <w:p w14:paraId="78AA6B70" w14:textId="77777777" w:rsidR="002C50C3" w:rsidRPr="002C50C3" w:rsidRDefault="002C50C3" w:rsidP="00C9786E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="720"/>
                 <w:tab w:val="clear" w:pos="1440"/>
                 <w:tab w:val="clear" w:pos="2160"/>
                 <w:tab w:val="clear" w:pos="2880"/>
                 <w:tab w:val="clear" w:pos="3600"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C50C3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Assist EMD as needed.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C50C3" w:rsidRPr="002C50C3" w:rsidTr="002720F1">
+      <w:tr w:rsidR="002C50C3" w:rsidRPr="002C50C3" w14:paraId="12DE4A6D" w14:textId="77777777" w:rsidTr="002720F1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3168" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="808080"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002C50C3" w:rsidRPr="002C50C3" w:rsidRDefault="002C50C3" w:rsidP="002C50C3">
+          <w:p w14:paraId="41BA8764" w14:textId="77777777" w:rsidR="002C50C3" w:rsidRPr="002C50C3" w:rsidRDefault="002C50C3" w:rsidP="002C50C3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C50C3">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Massachusetts Emergency Management Agency (MEMA)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002C50C3" w:rsidRDefault="0010503A" w:rsidP="00AB0FA6">
+          <w:p w14:paraId="2BE8D1A9" w14:textId="77777777" w:rsidR="002C50C3" w:rsidRDefault="0010503A" w:rsidP="00AB0FA6">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">24 hrs: </w:t>
             </w:r>
             <w:r w:rsidR="002C50C3" w:rsidRPr="002C50C3">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">508.820.2000 </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0010503A" w:rsidRPr="002C50C3" w:rsidRDefault="0010503A" w:rsidP="00AB0FA6">
+          <w:p w14:paraId="1DBFFB11" w14:textId="77777777" w:rsidR="0010503A" w:rsidRPr="002C50C3" w:rsidRDefault="0010503A" w:rsidP="00AB0FA6">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6210" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="808080"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="808080"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002C50C3" w:rsidRPr="002C50C3" w:rsidRDefault="002C50C3" w:rsidP="00C9786E">
+          <w:p w14:paraId="690F7744" w14:textId="77777777" w:rsidR="002C50C3" w:rsidRPr="002C50C3" w:rsidRDefault="002C50C3" w:rsidP="00C9786E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="720"/>
                 <w:tab w:val="clear" w:pos="1440"/>
                 <w:tab w:val="clear" w:pos="2160"/>
                 <w:tab w:val="clear" w:pos="2880"/>
                 <w:tab w:val="clear" w:pos="3600"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C50C3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Coordinate broadcast notification as </w:t>
@@ -7532,51 +10101,51 @@
               </w:rPr>
               <w:t>requested</w:t>
             </w:r>
             <w:r w:rsidRPr="002C50C3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> by the </w:t>
             </w:r>
             <w:r w:rsidR="0010503A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>local Fire/Police/EMD</w:t>
             </w:r>
             <w:r w:rsidRPr="002C50C3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002C50C3" w:rsidRPr="002C50C3" w:rsidRDefault="002C50C3" w:rsidP="0010503A">
+          <w:p w14:paraId="115F5F78" w14:textId="77777777" w:rsidR="002C50C3" w:rsidRPr="002C50C3" w:rsidRDefault="002C50C3" w:rsidP="0010503A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="720"/>
                 <w:tab w:val="clear" w:pos="1440"/>
                 <w:tab w:val="clear" w:pos="2160"/>
                 <w:tab w:val="clear" w:pos="2880"/>
                 <w:tab w:val="clear" w:pos="3600"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C50C3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Mobilize necessary equipment as </w:t>
@@ -7591,170 +10160,168 @@
             </w:r>
             <w:r w:rsidRPr="002C50C3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> by the </w:t>
             </w:r>
             <w:r w:rsidR="0010503A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>local Police/Fire/EMD</w:t>
             </w:r>
             <w:r w:rsidRPr="002C50C3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C50C3" w:rsidRPr="002C50C3" w:rsidTr="002720F1">
+      <w:tr w:rsidR="002C50C3" w:rsidRPr="002C50C3" w14:paraId="2F7F1E9C" w14:textId="77777777" w:rsidTr="002720F1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3168" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002C50C3" w:rsidRPr="002C50C3" w:rsidRDefault="002C50C3" w:rsidP="002C50C3">
+          <w:p w14:paraId="74D9E42D" w14:textId="77777777" w:rsidR="002C50C3" w:rsidRPr="002C50C3" w:rsidRDefault="002C50C3" w:rsidP="002C50C3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C50C3">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Massachusetts State Police</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002C50C3" w:rsidRPr="00EB4110" w:rsidRDefault="0010503A" w:rsidP="00EB4110">
+          <w:p w14:paraId="66139578" w14:textId="77777777" w:rsidR="002C50C3" w:rsidRPr="00EB4110" w:rsidRDefault="0010503A" w:rsidP="00EB4110">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB4110">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Local Barrack</w:t>
             </w:r>
             <w:r w:rsidR="00EB4110" w:rsidRPr="00EB4110">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>/HQ</w:t>
             </w:r>
             <w:r w:rsidRPr="00EB4110">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AB0FA6" w:rsidRDefault="002C50C3" w:rsidP="0010503A">
+          <w:p w14:paraId="185A1801" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRDefault="002C50C3" w:rsidP="0010503A">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C50C3">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">24hrs: </w:t>
             </w:r>
             <w:r w:rsidR="0010503A" w:rsidRPr="00EB4110">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t xml:space="preserve">Local </w:t>
             </w:r>
             <w:r w:rsidR="00EB4110" w:rsidRPr="00EB4110">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Phone Number</w:t>
             </w:r>
             <w:r w:rsidRPr="002C50C3">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0010503A" w:rsidRPr="002C50C3" w:rsidRDefault="0010503A" w:rsidP="0010503A">
+          <w:p w14:paraId="5357980F" w14:textId="77777777" w:rsidR="0010503A" w:rsidRPr="002C50C3" w:rsidRDefault="0010503A" w:rsidP="0010503A">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6210" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002C50C3" w:rsidRPr="002C50C3" w:rsidRDefault="002C50C3" w:rsidP="00C9786E">
+          <w:p w14:paraId="62714C0B" w14:textId="77777777" w:rsidR="002C50C3" w:rsidRPr="002C50C3" w:rsidRDefault="002C50C3" w:rsidP="00C9786E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="720"/>
                 <w:tab w:val="clear" w:pos="1440"/>
                 <w:tab w:val="clear" w:pos="2160"/>
                 <w:tab w:val="clear" w:pos="2880"/>
                 <w:tab w:val="clear" w:pos="3600"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C50C3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Assist in securing the site, implementing evacuation, and controlling traffic flow in and out of the </w:t>
@@ -7784,96 +10351,96 @@
             <w:r w:rsidRPr="002C50C3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> by the </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>local</w:t>
             </w:r>
             <w:r w:rsidRPr="002C50C3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Police Department.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="002C50C3" w:rsidRDefault="002C50C3" w:rsidP="002C50C3">
+    <w:p w14:paraId="3AC60DA1" w14:textId="77777777" w:rsidR="002C50C3" w:rsidRDefault="002C50C3" w:rsidP="002C50C3">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:left="990"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002C50C3" w:rsidRPr="002C50C3" w:rsidRDefault="002C50C3" w:rsidP="002C50C3">
+    <w:p w14:paraId="5B05B3DA" w14:textId="77777777" w:rsidR="002C50C3" w:rsidRPr="002C50C3" w:rsidRDefault="002C50C3" w:rsidP="002C50C3">
       <w:pPr>
         <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:hanging="990"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C50C3">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Emergency Response Coordination</w:t>
       </w:r>
       <w:bookmarkEnd w:id="27"/>
       <w:bookmarkEnd w:id="28"/>
     </w:p>
-    <w:p w:rsidR="002C50C3" w:rsidRPr="002C50C3" w:rsidRDefault="002C50C3" w:rsidP="002C50C3">
-[...7 lines deleted...]
-    <w:p w:rsidR="002C50C3" w:rsidRPr="002C50C3" w:rsidRDefault="002C50C3" w:rsidP="002C50C3">
+    <w:p w14:paraId="04D18E49" w14:textId="77777777" w:rsidR="002C50C3" w:rsidRPr="002C50C3" w:rsidRDefault="002C50C3" w:rsidP="002C50C3">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="764C430F" w14:textId="77777777" w:rsidR="002C50C3" w:rsidRPr="002C50C3" w:rsidRDefault="002C50C3" w:rsidP="002C50C3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C50C3">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">During an emergency situation, </w:t>
       </w:r>
       <w:r w:rsidRPr="002C50C3">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Emergency Management Director </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
@@ -7887,2392 +10454,2373 @@
         </w:rPr>
         <w:t>Incident Commander</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="002C50C3">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002C50C3">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">will be responsible for the proper organization and operation of the Emergency Action Plan.  He/she will coordinate all activities with state and local authorities. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C50C3" w:rsidRPr="002C50C3" w:rsidRDefault="002C50C3" w:rsidP="002C50C3">
+    <w:p w14:paraId="66B58DA8" w14:textId="77777777" w:rsidR="002C50C3" w:rsidRPr="002C50C3" w:rsidRDefault="002C50C3" w:rsidP="002C50C3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00986B2D" w:rsidRPr="00A23A22" w:rsidRDefault="00986B2D">
+    <w:p w14:paraId="5E0865EF" w14:textId="77777777" w:rsidR="00986B2D" w:rsidRPr="00A23A22" w:rsidRDefault="00986B2D">
       <w:pPr>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:sectPr w:rsidR="00986B2D" w:rsidRPr="00A23A22" w:rsidSect="001C1465">
-          <w:headerReference w:type="default" r:id="rId16"/>
+          <w:headerReference w:type="default" r:id="rId17"/>
           <w:footnotePr>
             <w:numRestart w:val="eachPage"/>
           </w:footnotePr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="1296" w:footer="720" w:gutter="0"/>
           <w:pgNumType w:start="1" w:chapStyle="1"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00986B2D" w:rsidRPr="000561B7" w:rsidRDefault="00F004B2">
+    <w:p w14:paraId="033B5DFD" w14:textId="77777777" w:rsidR="00986B2D" w:rsidRPr="000561B7" w:rsidRDefault="00F004B2">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="29" w:name="_Toc162929022"/>
       <w:r w:rsidRPr="000561B7">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="30" w:name="_Toc423428982"/>
       <w:r w:rsidRPr="000561B7">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>INUNDATION MAPS</w:t>
       </w:r>
       <w:bookmarkEnd w:id="29"/>
       <w:bookmarkEnd w:id="30"/>
     </w:p>
-    <w:p w:rsidR="00986B2D" w:rsidRPr="000561B7" w:rsidRDefault="00986B2D">
-[...6 lines deleted...]
-    <w:p w:rsidR="009A4A0F" w:rsidRPr="000561B7" w:rsidRDefault="009A4A0F" w:rsidP="00C2350D">
+    <w:p w14:paraId="1791766C" w14:textId="77777777" w:rsidR="00986B2D" w:rsidRPr="000561B7" w:rsidRDefault="00986B2D">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4278D9F7" w14:textId="77777777" w:rsidR="009A4A0F" w:rsidRPr="000561B7" w:rsidRDefault="009A4A0F" w:rsidP="00C2350D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009A4A0F" w:rsidRPr="00A23A22" w:rsidRDefault="009A4A0F" w:rsidP="009A4A0F">
+    <w:p w14:paraId="314EA336" w14:textId="77777777" w:rsidR="009A4A0F" w:rsidRPr="00A23A22" w:rsidRDefault="009A4A0F" w:rsidP="009A4A0F">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="31" w:name="_Toc412626384"/>
       <w:bookmarkStart w:id="32" w:name="_Toc423428983"/>
       <w:r>
         <w:t>Inundation Map Development</w:t>
       </w:r>
       <w:bookmarkEnd w:id="31"/>
       <w:bookmarkEnd w:id="32"/>
     </w:p>
-    <w:p w:rsidR="00FE4FAE" w:rsidRDefault="00FE4FAE" w:rsidP="00FE4FAE">
+    <w:p w14:paraId="30D81739" w14:textId="77777777" w:rsidR="00FE4FAE" w:rsidRDefault="00FE4FAE" w:rsidP="00FE4FAE">
       <w:pPr>
         <w:pStyle w:val="Template-Direction"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FE4FAE" w:rsidRDefault="00FE4FAE" w:rsidP="00FE4FAE">
+    <w:p w14:paraId="6CFFBFEB" w14:textId="77777777" w:rsidR="00FE4FAE" w:rsidRDefault="00FE4FAE" w:rsidP="00FE4FAE">
       <w:pPr>
         <w:pStyle w:val="Template-Direction"/>
       </w:pPr>
       <w:r w:rsidRPr="00FE4FAE">
         <w:t>Provide a technical summary of the modeling and methods utilized for developing inundation mapping.  Summary should include a list of simplifying assumptions made during the map development and the conditions under which</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> the analysis was completed.  Analysis should consider a sunny day failure </w:t>
       </w:r>
       <w:r w:rsidR="00926AFA">
         <w:t>with impoundment at top of dam</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0021301F" w:rsidRDefault="0021301F" w:rsidP="00FE4FAE">
+    <w:p w14:paraId="2A728EE3" w14:textId="77777777" w:rsidR="0021301F" w:rsidRDefault="0021301F" w:rsidP="00FE4FAE">
       <w:pPr>
         <w:pStyle w:val="Template-Direction"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0021301F" w:rsidRDefault="0021301F" w:rsidP="00FE4FAE">
+    <w:p w14:paraId="07E05F54" w14:textId="77777777" w:rsidR="0021301F" w:rsidRDefault="0021301F" w:rsidP="00FE4FAE">
       <w:pPr>
         <w:pStyle w:val="Template-Direction"/>
       </w:pPr>
       <w:r>
         <w:t>The following is a list of models currently approved by ODS for development of inundation mapping for Significant Hazard potential dam:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00926AFA" w:rsidRDefault="00926AFA" w:rsidP="00926AFA">
+    <w:p w14:paraId="45B5CA38" w14:textId="77777777" w:rsidR="00926AFA" w:rsidRDefault="00926AFA" w:rsidP="00926AFA">
       <w:pPr>
         <w:pStyle w:val="Template-Direction"/>
         <w:ind w:left="720"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:i w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00926AFA" w:rsidRDefault="00926AFA" w:rsidP="00926AFA">
+    <w:p w14:paraId="6A1BA2BA" w14:textId="77777777" w:rsidR="00926AFA" w:rsidRDefault="00926AFA" w:rsidP="00926AFA">
       <w:pPr>
         <w:pStyle w:val="Template-Direction"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:i w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">FEMA Supported DSS-WISE </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00926AFA" w:rsidRDefault="00926AFA" w:rsidP="00926AFA">
+    <w:p w14:paraId="413EB859" w14:textId="77777777" w:rsidR="00926AFA" w:rsidRDefault="00926AFA" w:rsidP="00926AFA">
       <w:pPr>
         <w:pStyle w:val="Template-Direction"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:i w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i w:val="0"/>
         </w:rPr>
         <w:t>ACOE HEC-RAS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00926AFA" w:rsidRDefault="00926AFA" w:rsidP="00926AFA">
+    <w:p w14:paraId="1E331510" w14:textId="77777777" w:rsidR="00926AFA" w:rsidRDefault="00926AFA" w:rsidP="00926AFA">
       <w:pPr>
         <w:pStyle w:val="Template-Direction"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:i w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i w:val="0"/>
         </w:rPr>
         <w:t>Flow-2D (commercially available)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00926AFA" w:rsidRDefault="00926AFA" w:rsidP="00926AFA">
+    <w:p w14:paraId="28BBBB6A" w14:textId="77777777" w:rsidR="00926AFA" w:rsidRDefault="00926AFA" w:rsidP="00926AFA">
       <w:pPr>
         <w:pStyle w:val="Template-Direction"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:i w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i w:val="0"/>
         </w:rPr>
         <w:t>NWS-FLDWAV</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00926AFA" w:rsidRDefault="00926AFA" w:rsidP="00926AFA">
+    <w:p w14:paraId="4511989D" w14:textId="77777777" w:rsidR="00926AFA" w:rsidRDefault="00926AFA" w:rsidP="00926AFA">
       <w:pPr>
         <w:pStyle w:val="Template-Direction"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:i w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i w:val="0"/>
         </w:rPr>
         <w:t>NWS Simplified Dam Break</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00926AFA" w:rsidRPr="00926AFA" w:rsidRDefault="00926AFA" w:rsidP="00926AFA">
+    <w:p w14:paraId="4F18A756" w14:textId="77777777" w:rsidR="00926AFA" w:rsidRPr="00926AFA" w:rsidRDefault="00926AFA" w:rsidP="00926AFA">
       <w:pPr>
         <w:pStyle w:val="Template-Direction"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:i w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i w:val="0"/>
         </w:rPr>
         <w:t>Any other software subject to the approval by Office Dam Safety</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00926AFA" w:rsidRDefault="00926AFA" w:rsidP="00926AFA">
+    <w:p w14:paraId="7FD86215" w14:textId="77777777" w:rsidR="00926AFA" w:rsidRDefault="00926AFA" w:rsidP="00926AFA">
       <w:pPr>
         <w:pStyle w:val="Template-Direction"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:i w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00986B2D" w:rsidRPr="008E55D7" w:rsidRDefault="00986B2D" w:rsidP="00C2350D">
+    <w:p w14:paraId="2B37C9A6" w14:textId="77777777" w:rsidR="00986B2D" w:rsidRPr="008E55D7" w:rsidRDefault="00986B2D" w:rsidP="00C2350D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00986B2D" w:rsidRPr="008E55D7" w:rsidRDefault="00F004B2" w:rsidP="00C2350D">
+    <w:p w14:paraId="163FAF43" w14:textId="77777777" w:rsidR="00986B2D" w:rsidRPr="008E55D7" w:rsidRDefault="00F004B2" w:rsidP="00C2350D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:bookmarkStart w:id="33" w:name="_Toc162929023"/>
       <w:bookmarkStart w:id="34" w:name="_Toc423428984"/>
       <w:r w:rsidRPr="008E55D7">
         <w:t>Impacted Area Summary</w:t>
       </w:r>
       <w:bookmarkEnd w:id="33"/>
       <w:bookmarkEnd w:id="34"/>
     </w:p>
-    <w:p w:rsidR="00986B2D" w:rsidRPr="008E55D7" w:rsidRDefault="00986B2D" w:rsidP="00C2350D">
+    <w:p w14:paraId="24335B88" w14:textId="77777777" w:rsidR="00986B2D" w:rsidRPr="008E55D7" w:rsidRDefault="00986B2D" w:rsidP="00C2350D">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FE4FAE" w:rsidRPr="00FE4FAE" w:rsidRDefault="00FE4FAE" w:rsidP="00FE4FAE">
+    <w:p w14:paraId="614B411A" w14:textId="77777777" w:rsidR="00FE4FAE" w:rsidRPr="00FE4FAE" w:rsidRDefault="00FE4FAE" w:rsidP="00FE4FAE">
       <w:pPr>
         <w:pStyle w:val="Template-Direction"/>
       </w:pPr>
       <w:r w:rsidRPr="00FE4FAE">
         <w:t xml:space="preserve">Provide a summary of the </w:t>
       </w:r>
       <w:r>
         <w:t>impact area.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00986B2D" w:rsidRPr="00A23A22" w:rsidRDefault="00986B2D" w:rsidP="00C2350D">
+    <w:p w14:paraId="1F0D7457" w14:textId="77777777" w:rsidR="00986B2D" w:rsidRPr="00A23A22" w:rsidRDefault="00986B2D" w:rsidP="00C2350D">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00986B2D" w:rsidRPr="00A23A22" w:rsidRDefault="00986B2D">
+    <w:p w14:paraId="6234E4AD" w14:textId="77777777" w:rsidR="00986B2D" w:rsidRPr="00A23A22" w:rsidRDefault="00986B2D">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002227D6" w:rsidRDefault="002227D6">
+    <w:p w14:paraId="2235AE18" w14:textId="77777777" w:rsidR="002227D6" w:rsidRDefault="002227D6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002227D6" w:rsidRDefault="002227D6" w:rsidP="002227D6">
+    <w:p w14:paraId="0064A21E" w14:textId="77777777" w:rsidR="002227D6" w:rsidRDefault="002227D6" w:rsidP="002227D6">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002227D6" w:rsidRDefault="002227D6" w:rsidP="002227D6">
+    <w:p w14:paraId="2FAC12BF" w14:textId="77777777" w:rsidR="002227D6" w:rsidRDefault="002227D6" w:rsidP="002227D6">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002227D6" w:rsidRPr="007D03A5" w:rsidRDefault="007D03A5" w:rsidP="00F74711">
+    <w:p w14:paraId="7757E58D" w14:textId="77777777" w:rsidR="002227D6" w:rsidRPr="007D03A5" w:rsidRDefault="007D03A5" w:rsidP="00F74711">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="990"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:caps w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="35" w:name="_Toc423428985"/>
       <w:r>
         <w:rPr>
           <w:caps w:val="0"/>
         </w:rPr>
         <w:t>INUNDATION MAPPING</w:t>
       </w:r>
       <w:bookmarkEnd w:id="35"/>
     </w:p>
-    <w:p w:rsidR="002227D6" w:rsidRDefault="002227D6" w:rsidP="002227D6">
+    <w:p w14:paraId="020E5B58" w14:textId="77777777" w:rsidR="002227D6" w:rsidRDefault="002227D6" w:rsidP="002227D6">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002227D6" w:rsidRPr="000A0352" w:rsidRDefault="002227D6" w:rsidP="002227D6">
-[...95 lines deleted...]
-    <w:p w:rsidR="002227D6" w:rsidRPr="000A0352" w:rsidRDefault="002227D6" w:rsidP="00FE4FAE">
+    <w:p w14:paraId="7BD30207" w14:textId="77777777" w:rsidR="002227D6" w:rsidRPr="000A0352" w:rsidRDefault="002227D6" w:rsidP="002227D6">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6901B630" w14:textId="77777777" w:rsidR="002227D6" w:rsidRPr="000A0352" w:rsidRDefault="002227D6" w:rsidP="002227D6">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01B732B9" w14:textId="77777777" w:rsidR="002227D6" w:rsidRPr="000A0352" w:rsidRDefault="002227D6" w:rsidP="002227D6">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C218A2B" w14:textId="77777777" w:rsidR="002227D6" w:rsidRPr="000A0352" w:rsidRDefault="002227D6" w:rsidP="002227D6">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DBE7ED8" w14:textId="77777777" w:rsidR="002227D6" w:rsidRPr="000A0352" w:rsidRDefault="002227D6" w:rsidP="002227D6">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70151289" w14:textId="77777777" w:rsidR="002227D6" w:rsidRPr="000A0352" w:rsidRDefault="002227D6" w:rsidP="002227D6">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73750B73" w14:textId="77777777" w:rsidR="002227D6" w:rsidRPr="000A0352" w:rsidRDefault="002227D6" w:rsidP="002227D6">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C453A61" w14:textId="77777777" w:rsidR="002227D6" w:rsidRPr="000A0352" w:rsidRDefault="002227D6" w:rsidP="002227D6">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36DD81F7" w14:textId="77777777" w:rsidR="002227D6" w:rsidRPr="000A0352" w:rsidRDefault="002227D6" w:rsidP="002227D6">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6ACFBBC4" w14:textId="77777777" w:rsidR="002227D6" w:rsidRPr="000A0352" w:rsidRDefault="002227D6" w:rsidP="002227D6">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E6342A4" w14:textId="77777777" w:rsidR="002227D6" w:rsidRPr="000A0352" w:rsidRDefault="002227D6" w:rsidP="002227D6">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="010071E9" w14:textId="77777777" w:rsidR="002227D6" w:rsidRPr="000A0352" w:rsidRDefault="002227D6" w:rsidP="002227D6">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="091EB371" w14:textId="77777777" w:rsidR="002227D6" w:rsidRPr="000A0352" w:rsidRDefault="002227D6" w:rsidP="00FE4FAE">
       <w:pPr>
         <w:pStyle w:val="Template-Direction"/>
       </w:pPr>
       <w:r w:rsidRPr="000A0352">
         <w:t xml:space="preserve">~~~ This page to be replaced with </w:t>
       </w:r>
       <w:r>
         <w:t>Inundation Maps</w:t>
       </w:r>
       <w:r w:rsidRPr="000A0352">
         <w:t xml:space="preserve"> ~~~</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002227D6" w:rsidRDefault="002227D6" w:rsidP="002227D6">
+    <w:p w14:paraId="79D6A794" w14:textId="77777777" w:rsidR="002227D6" w:rsidRDefault="002227D6" w:rsidP="002227D6">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002227D6" w:rsidRDefault="002227D6" w:rsidP="002227D6">
+    <w:p w14:paraId="3AE7C094" w14:textId="77777777" w:rsidR="002227D6" w:rsidRDefault="002227D6" w:rsidP="002227D6">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00986B2D" w:rsidRPr="00A23A22" w:rsidRDefault="00986B2D" w:rsidP="00CF4E18">
+    <w:p w14:paraId="67D3CDE6" w14:textId="77777777" w:rsidR="00986B2D" w:rsidRPr="00A23A22" w:rsidRDefault="00986B2D" w:rsidP="00CF4E18">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CF4E18" w:rsidRDefault="00CF4E18">
+    <w:p w14:paraId="438ECC1E" w14:textId="77777777" w:rsidR="00CF4E18" w:rsidRDefault="00CF4E18">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:sectPr w:rsidR="00CF4E18" w:rsidSect="001C1465">
-          <w:headerReference w:type="default" r:id="rId17"/>
+          <w:headerReference w:type="default" r:id="rId18"/>
           <w:footnotePr>
             <w:numRestart w:val="eachPage"/>
           </w:footnotePr>
           <w:type w:val="nextColumn"/>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="1296" w:footer="720" w:gutter="0"/>
           <w:pgNumType w:start="1" w:chapStyle="1"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRDefault="004F0AA9" w:rsidP="00186FD2">
+    <w:p w14:paraId="58397363" w14:textId="77777777" w:rsidR="00F33046" w:rsidRDefault="004F0AA9" w:rsidP="00186FD2">
       <w:pPr>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:sectPr w:rsidR="00F33046" w:rsidSect="00A25A46">
-          <w:headerReference w:type="default" r:id="rId18"/>
-          <w:footerReference w:type="default" r:id="rId19"/>
+          <w:headerReference w:type="default" r:id="rId19"/>
+          <w:footerReference w:type="default" r:id="rId20"/>
           <w:footnotePr>
             <w:numRestart w:val="eachPage"/>
           </w:footnotePr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="5760" w:right="1800" w:bottom="1440" w:left="1800" w:header="1296" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
         </w:sectPr>
       </w:pPr>
       <w:r w:rsidRPr="007D7B06">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>FIGURES</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C7E1A" w:rsidRDefault="00F33046" w:rsidP="004C7E1A">
+    <w:p w14:paraId="2F0C8AA9" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRDefault="00F33046" w:rsidP="004C7E1A">
       <w:pPr>
         <w:keepNext/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Appendix A</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F86685" w:rsidRPr="00186FD2" w:rsidRDefault="00F33046" w:rsidP="00186FD2">
+    <w:p w14:paraId="0F304C3D" w14:textId="77777777" w:rsidR="00F86685" w:rsidRPr="00186FD2" w:rsidRDefault="00F33046" w:rsidP="00186FD2">
       <w:pPr>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:sectPr w:rsidR="00F86685" w:rsidRPr="00186FD2" w:rsidSect="00A25A46">
           <w:footnotePr>
             <w:numRestart w:val="eachPage"/>
           </w:footnotePr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="5760" w:right="1800" w:bottom="1440" w:left="1800" w:header="1296" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Preparedness</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00045DD2">
+    <w:p w14:paraId="4AE987A4" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00045DD2">
       <w:pPr>
         <w:keepNext/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="36" w:name="_Toc391376646"/>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:b/>
           <w:caps/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>PREPAREDNESS</w:t>
       </w:r>
       <w:bookmarkEnd w:id="36"/>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046"/>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="7C05835A" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046"/>
+    <w:p w14:paraId="7A8D1FA8" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Preparedness actions are taken to prevent an emergency situation from developing or to minimize the extent of damage caused from a developed emergency situation.  The preparedness actions may be by providing response procedures to emergency situations and/or arranging for equipment, labor, and materials for use in emergency situations.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="13047BED" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="2E12EB5F" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="990"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:ind w:left="630"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="37" w:name="_Toc162929010"/>
       <w:bookmarkStart w:id="38" w:name="_Toc391376647"/>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Surveillance</w:t>
       </w:r>
       <w:bookmarkEnd w:id="37"/>
       <w:bookmarkEnd w:id="38"/>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="26DC5ECD" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="6F2D964B" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The most important part of the EAP is the identification of a problem at the dam.  If a problem is not identified, the plan cannot be implemented.  Problem identification will be much easier if knowledgeable personnel regularly monitor the dam closely.  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="42EBA173" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="649D8953" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>The dam owner and dam operator must continue to monitor the dam on a regular basis.  This is especially important during high rainfall events and during spring runoff conditions when large amounts of snow melting occur. Appendix B identifies some potential hazards that could lead to dam failure.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="0AAA191C" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="3A92067D" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">It is impossible to predict when an emergency situation will </w:t>
+        <w:t xml:space="preserve">It is impossible to predict when </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>develop,</w:t>
+        <w:t>an emergency situation</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> therefore it is important that emergency contact information be posted at the site so that a casual observer can contact emergency personnel if they observe an unusual condition.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+        <w:t xml:space="preserve"> will develop, therefore it is important that emergency contact information be posted at the site so that a casual observer can contact emergency personnel if they observe an unusual condition.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F0FAF8C" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="67CE41EF" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="990"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:ind w:left="630"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="39" w:name="_Toc162929011"/>
       <w:bookmarkStart w:id="40" w:name="_Toc391376648"/>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Access to Site</w:t>
       </w:r>
       <w:bookmarkEnd w:id="39"/>
       <w:bookmarkEnd w:id="40"/>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="6EC450E0" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="7C5FA685" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:pStyle w:val="Template-Direction"/>
       </w:pPr>
       <w:r>
         <w:t>Provide site access information including driving directions and site specific access</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="7C8433F9" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="76CADACE" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="990"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:ind w:left="630"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="41" w:name="_Toc162929012"/>
       <w:bookmarkStart w:id="42" w:name="_Toc391376649"/>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Operations and Maintenance Manual</w:t>
       </w:r>
       <w:bookmarkEnd w:id="41"/>
       <w:bookmarkEnd w:id="42"/>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="5F38FAB5" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="27F6E4EC" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:pStyle w:val="Template-Direction"/>
       </w:pPr>
       <w:r>
         <w:t>Provide O&amp;M Information</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="45B8EC2E" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="62496E43" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="3617DA1B" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="990"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="43" w:name="_Toc348948213"/>
       <w:bookmarkStart w:id="44" w:name="_Toc348948477"/>
       <w:bookmarkStart w:id="45" w:name="_Toc357680568"/>
       <w:bookmarkStart w:id="46" w:name="_Toc382487076"/>
       <w:bookmarkStart w:id="47" w:name="_Toc391376650"/>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Response during Periods of Darkness</w:t>
       </w:r>
       <w:bookmarkEnd w:id="43"/>
       <w:bookmarkEnd w:id="44"/>
       <w:bookmarkEnd w:id="45"/>
       <w:bookmarkEnd w:id="46"/>
       <w:bookmarkEnd w:id="47"/>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="4C170883" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="2AAE671A" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:pStyle w:val="Template-Direction"/>
       </w:pPr>
       <w:r>
         <w:t>Provide guidelines for response during periods of darkness</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="7FB61E4B" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:ind w:left="576"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="08B518E3" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="990"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="48" w:name="_Toc348948214"/>
       <w:bookmarkStart w:id="49" w:name="_Toc348948478"/>
       <w:bookmarkStart w:id="50" w:name="_Toc357680569"/>
       <w:bookmarkStart w:id="51" w:name="_Toc382487077"/>
       <w:bookmarkStart w:id="52" w:name="_Toc391376651"/>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Response during Evenings, Weekends, and Holidays</w:t>
       </w:r>
       <w:bookmarkEnd w:id="48"/>
       <w:bookmarkEnd w:id="49"/>
       <w:bookmarkEnd w:id="50"/>
       <w:bookmarkEnd w:id="51"/>
       <w:bookmarkEnd w:id="52"/>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="268876D6" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="5C43B653" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:pStyle w:val="Template-Direction"/>
       </w:pPr>
       <w:r>
         <w:t>Provide guidelines for response during evenings, weekends, and holidays</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="2CB66C0A" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:ind w:left="576"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="6D5B85F6" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="990"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="53" w:name="_Toc348948215"/>
       <w:bookmarkStart w:id="54" w:name="_Toc348948479"/>
       <w:bookmarkStart w:id="55" w:name="_Toc357680570"/>
       <w:bookmarkStart w:id="56" w:name="_Toc382487078"/>
       <w:bookmarkStart w:id="57" w:name="_Toc391376652"/>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Response during Periods of Adverse Weather</w:t>
       </w:r>
       <w:bookmarkEnd w:id="53"/>
       <w:bookmarkEnd w:id="54"/>
       <w:bookmarkEnd w:id="55"/>
       <w:bookmarkEnd w:id="56"/>
       <w:bookmarkEnd w:id="57"/>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="6B2F0F66" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="076E9E97" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:pStyle w:val="Template-Direction"/>
       </w:pPr>
       <w:r>
         <w:t>Provide guidelines for response during adverse weather</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="39C6B4F0" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="171829DD" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="990"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="630"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="58" w:name="_Toc162929013"/>
       <w:bookmarkStart w:id="59" w:name="_Toc391376653"/>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Training and Testing</w:t>
       </w:r>
       <w:bookmarkEnd w:id="58"/>
       <w:bookmarkEnd w:id="59"/>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="150AD27D" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="990"/>
           <w:tab w:val="left" w:pos="1530"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
           <w:tab w:val="left" w:pos="18000"/>
           <w:tab w:val="left" w:pos="18720"/>
           <w:tab w:val="left" w:pos="19440"/>
           <w:tab w:val="left" w:pos="20160"/>
           <w:tab w:val="left" w:pos="20880"/>
           <w:tab w:val="left" w:pos="21600"/>
           <w:tab w:val="left" w:pos="22320"/>
           <w:tab w:val="left" w:pos="23040"/>
           <w:tab w:val="left" w:pos="23760"/>
           <w:tab w:val="left" w:pos="24480"/>
           <w:tab w:val="left" w:pos="25200"/>
           <w:tab w:val="left" w:pos="25920"/>
           <w:tab w:val="left" w:pos="26640"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="5B39B8A9" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Training and testing of the EAP is the responsibility of the dam owner.  The dam owner should coordinate training and testing with local responders and emergency personnel within the municipalities impacted by a dam failure.  Training seminars should be held for all operators, attendants and other personnel (i.e. police and fire) responsible for the implementation of the plan.  After the initial training seminar it is recommended that a special meeting be held to explain the plan to the downstream residents and elected officials.  The meeting with downstream residents will be extremely beneficial at a time of emergency.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="506E0E86" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="2930106F" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>It is recommended that EAP or components of the plan be tested periodically. The testing should be conducted through the use of drills and exercises. Testing should include operators, attendants, police, fire and other personnel responsible for the implementation of the plan. Downstream residents shall not be included in the test.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="33F33F6D" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="15D50EEB" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Below is a list of suggested training exercises, the frequencies they should be conducted, and the topics they should cover:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="29AA0A70" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="548DD4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="7B5F45F2" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Seminars with Emergency Personnel</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="110B5E43" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Frequency:  As needed</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="7C2BE1DD" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Topics:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="3A84DDF6" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>New hires should be briefed on their duties during an emergency response</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="1643F7D1" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>At a minimum a read through of the EAP and a brief assessment should be conducted.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="4886D169" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="548DD4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="771C83BB" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Emergency Management Workshop </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="1BF68DEE" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Frequency:  Annually</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="5CAF93A3" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Attendees: </w:t>
       </w:r>
       <w:r w:rsidR="004C7E1A">
         <w:rPr>
           <w:rStyle w:val="Template-DirectionChar"/>
         </w:rPr>
         <w:t>To be developed</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="56BFCC8C" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Topics:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="17170C20" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Authorities responsible for executing the EAP should gather to discuss the EAP.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="6A38E55D" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Review and updating of the Notification Flowchart, Emergency Contracts, and Emergency Warning systems should be conducted at this time. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="23C41467" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Parties should discuss the response effort specifically the Notification Flowchart and the corrective actions to be taken at the dam during various scenarios.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="344F714F" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lines of communication should be streamlined such that a developing condition at the dam can be assessed and handled </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="66BABEE3" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="548DD4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="2539E67B" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Public Meetings</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="394BB242" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Frequency:  Every 2 Years</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="280262F2" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Topics:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="7E9AB700" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The public should be educated on the EAP and how they can facilitate the rapid and safe execution of the EAP during an emergency.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="106B7A15" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Evacuation routes should be discussed.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="06372D82" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Emergency Warning systems (i.e. Connect-CTY) should be discussed and updated.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="0DD97858" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Preparation and situational awareness techniques during an emergency situation. (</w:t>
-[...18 lines deleted...]
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+        <w:t>Preparation and situational awareness techniques during an emergency situation. (i.e. Areas of high ground within the town, keeping a cell phone charged, supplies needed for an extended evacuation, navigation of flooded roads, etc.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AEA9092" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2160"/>
         <w:rPr>
           <w:color w:val="548DD4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="43B9319E" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Table Top Exercise</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="32B1488D" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Frequency:  Every 3-4 Years</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="56390E01" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Topics:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="65DB32D3" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Emergency management personnel should gather and discuss different emergency scenarios to assess plans, policies, and procedures.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="2539A929" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="548DD4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="301B61F0" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Functional Exercise</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="2588F813" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Frequency:  Every 5 Years</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="12A1BA1C" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Topics:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="616D8967" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>A functional exercise is conducted to test and validate the coordination, command, and control between the EOC, EMD, and all agencies involved with carrying out the EAP.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="423D2E54" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>This type of exercise does not include any “boots on the ground”</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="4027144C" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="548DD4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="364281E6" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>After each of the tests mentioned above, a “lessons learned” discussion and evaluation should be conducted.</w:t>
-[...10 lines deleted...]
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+        <w:t>After each of the tests mentioned above, a “lessons learned” discussion and evaluation should be conducted.  The discussions should highlight procedures that work well and those that did not; as well as inaccurate information (within the flowchart, inundation maps, resident contacts, assigned responsibilities, equipment, etc.). Results should be written down and distributed to the associated parties and any corrections and updates should be made.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="307E29AD" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="1530"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
           <w:tab w:val="left" w:pos="18000"/>
           <w:tab w:val="left" w:pos="18720"/>
           <w:tab w:val="left" w:pos="19440"/>
           <w:tab w:val="left" w:pos="20160"/>
           <w:tab w:val="left" w:pos="20880"/>
           <w:tab w:val="left" w:pos="21600"/>
           <w:tab w:val="left" w:pos="22320"/>
           <w:tab w:val="left" w:pos="23040"/>
           <w:tab w:val="left" w:pos="23760"/>
           <w:tab w:val="left" w:pos="24480"/>
           <w:tab w:val="left" w:pos="25200"/>
           <w:tab w:val="left" w:pos="25920"/>
           <w:tab w:val="left" w:pos="26640"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="73119282" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="1530"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
           <w:tab w:val="left" w:pos="18000"/>
@@ -10285,133 +12833,133 @@
           <w:tab w:val="left" w:pos="23040"/>
           <w:tab w:val="left" w:pos="23760"/>
           <w:tab w:val="left" w:pos="24480"/>
           <w:tab w:val="left" w:pos="25200"/>
           <w:tab w:val="left" w:pos="25920"/>
           <w:tab w:val="left" w:pos="26640"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The training and testing activities should be fully documented.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="042E7C11" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="1530"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
           <w:tab w:val="left" w:pos="18000"/>
           <w:tab w:val="left" w:pos="18720"/>
           <w:tab w:val="left" w:pos="19440"/>
           <w:tab w:val="left" w:pos="20160"/>
           <w:tab w:val="left" w:pos="20880"/>
           <w:tab w:val="left" w:pos="21600"/>
           <w:tab w:val="left" w:pos="22320"/>
           <w:tab w:val="left" w:pos="23040"/>
           <w:tab w:val="left" w:pos="23760"/>
           <w:tab w:val="left" w:pos="24480"/>
           <w:tab w:val="left" w:pos="25200"/>
           <w:tab w:val="left" w:pos="25920"/>
           <w:tab w:val="left" w:pos="26640"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="065A4EF4" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="990"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:ind w:left="630"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="60" w:name="_Toc162929014"/>
       <w:bookmarkStart w:id="61" w:name="_Toc391376654"/>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Updating and Posting</w:t>
       </w:r>
       <w:bookmarkEnd w:id="60"/>
       <w:bookmarkEnd w:id="61"/>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="519391A6" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
           <w:tab w:val="left" w:pos="18000"/>
           <w:tab w:val="left" w:pos="18720"/>
@@ -10422,51 +12970,51 @@
           <w:tab w:val="left" w:pos="22320"/>
           <w:tab w:val="left" w:pos="23040"/>
           <w:tab w:val="left" w:pos="23760"/>
           <w:tab w:val="left" w:pos="24480"/>
           <w:tab w:val="left" w:pos="25200"/>
           <w:tab w:val="left" w:pos="25920"/>
           <w:tab w:val="left" w:pos="26640"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="25477130" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
           <w:tab w:val="left" w:pos="18000"/>
           <w:tab w:val="left" w:pos="18720"/>
@@ -10496,234 +13044,234 @@
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">All aspects of the EAP should be reviewed and updated once per year in accordance with the applicable guidelines.  During the review, a determination of any new developments or other changes downstream or elsewhere should be made to determine whether any revisions to the current EAP are necessary.  It is imperative that all other holders of the EAP receive updates to the EAP </w:t>
       </w:r>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>immediately</w:t>
       </w:r>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> upon becoming aware of necessary changes to keep the EAP workable.  This includes revisions when phone numbers and/or names change for notification flow chart personnel and downstream residents.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="40CDF6C9" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="864"/>
         </w:tabs>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="38814746" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="864"/>
         </w:tabs>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>An up-to-date copy of the flowchart and notification list should be in prominent locations in</w:t>
       </w:r>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>the offices of the personnel responsible for the EAP Implementation.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="5298227E" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
           <w:tab w:val="left" w:pos="18000"/>
           <w:tab w:val="left" w:pos="18720"/>
           <w:tab w:val="left" w:pos="19440"/>
           <w:tab w:val="left" w:pos="20160"/>
           <w:tab w:val="left" w:pos="20880"/>
           <w:tab w:val="left" w:pos="21600"/>
           <w:tab w:val="left" w:pos="22320"/>
           <w:tab w:val="left" w:pos="23040"/>
           <w:tab w:val="left" w:pos="23760"/>
           <w:tab w:val="left" w:pos="24480"/>
           <w:tab w:val="left" w:pos="25200"/>
           <w:tab w:val="left" w:pos="25920"/>
           <w:tab w:val="left" w:pos="26640"/>
         </w:tabs>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="3170225A" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
           <w:tab w:val="left" w:pos="18000"/>
           <w:tab w:val="left" w:pos="18720"/>
           <w:tab w:val="left" w:pos="19440"/>
           <w:tab w:val="left" w:pos="20160"/>
           <w:tab w:val="left" w:pos="20880"/>
           <w:tab w:val="left" w:pos="21600"/>
           <w:tab w:val="left" w:pos="22320"/>
           <w:tab w:val="left" w:pos="23040"/>
           <w:tab w:val="left" w:pos="23760"/>
           <w:tab w:val="left" w:pos="24480"/>
           <w:tab w:val="left" w:pos="25200"/>
           <w:tab w:val="left" w:pos="25920"/>
           <w:tab w:val="left" w:pos="26640"/>
         </w:tabs>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>A copy of the complete up-to-date EAP should also be available to all operators and personnel responsible for the implementation of the EAP.  At a minimum, a full copy of the EAP should be located at the following locations:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="35E2A3B9" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
           <w:tab w:val="left" w:pos="18000"/>
           <w:tab w:val="left" w:pos="18720"/>
           <w:tab w:val="left" w:pos="19440"/>
           <w:tab w:val="left" w:pos="20160"/>
           <w:tab w:val="left" w:pos="20880"/>
           <w:tab w:val="left" w:pos="21600"/>
           <w:tab w:val="left" w:pos="22320"/>
           <w:tab w:val="left" w:pos="23040"/>
           <w:tab w:val="left" w:pos="23760"/>
           <w:tab w:val="left" w:pos="24480"/>
           <w:tab w:val="left" w:pos="25200"/>
           <w:tab w:val="left" w:pos="25920"/>
           <w:tab w:val="left" w:pos="26640"/>
         </w:tabs>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="004C7E1A" w:rsidP="00F33046">
+    <w:p w14:paraId="52AFBF8E" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="004C7E1A" w:rsidP="00F33046">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
@@ -10738,51 +13286,51 @@
           <w:tab w:val="left" w:pos="23040"/>
           <w:tab w:val="left" w:pos="23760"/>
           <w:tab w:val="left" w:pos="24480"/>
           <w:tab w:val="left" w:pos="25200"/>
           <w:tab w:val="left" w:pos="25920"/>
           <w:tab w:val="left" w:pos="26640"/>
         </w:tabs>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Owner:  </w:t>
       </w:r>
       <w:r w:rsidRPr="004C7E1A">
         <w:rPr>
           <w:rStyle w:val="Template-DirectionChar"/>
         </w:rPr>
         <w:t>Insert Contact Information</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="004C7E1A" w:rsidP="00F33046">
+    <w:p w14:paraId="3B549223" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="004C7E1A" w:rsidP="00F33046">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
@@ -10797,51 +13345,51 @@
           <w:tab w:val="left" w:pos="23040"/>
           <w:tab w:val="left" w:pos="23760"/>
           <w:tab w:val="left" w:pos="24480"/>
           <w:tab w:val="left" w:pos="25200"/>
           <w:tab w:val="left" w:pos="25920"/>
           <w:tab w:val="left" w:pos="26640"/>
         </w:tabs>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Local Emergency Management Agency:</w:t>
       </w:r>
       <w:r w:rsidRPr="004C7E1A">
         <w:rPr>
           <w:rStyle w:val="Template-DirectionChar"/>
         </w:rPr>
         <w:t xml:space="preserve"> Insert Contact Information</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRDefault="00F33046" w:rsidP="004C7E1A">
+    <w:p w14:paraId="3677239B" w14:textId="77777777" w:rsidR="00F33046" w:rsidRDefault="00F33046" w:rsidP="004C7E1A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
@@ -10862,51 +13410,51 @@
         </w:tabs>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Template-DirectionChar"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Massachusetts Emergency Management Agency (MEMA);</w:t>
       </w:r>
       <w:r w:rsidR="004C7E1A">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004C7E1A" w:rsidRPr="004C7E1A">
         <w:rPr>
           <w:rStyle w:val="Template-DirectionChar"/>
         </w:rPr>
         <w:t>Provide Local/Regional MEMA Contact</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="004C7E1A" w:rsidRDefault="00F33046" w:rsidP="004C7E1A">
+    <w:p w14:paraId="139DB173" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="004C7E1A" w:rsidRDefault="00F33046" w:rsidP="004C7E1A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
@@ -10952,51 +13500,51 @@
       <w:r w:rsidR="004C7E1A" w:rsidRPr="004C7E1A">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 251 </w:t>
       </w:r>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Causeway</w:t>
       </w:r>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Street, Boston, MA 02114</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C7E1A" w:rsidRPr="00F33046" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
+    <w:p w14:paraId="23AD4ED6" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="00F33046" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
@@ -11012,974 +13560,962 @@
           <w:tab w:val="left" w:pos="23040"/>
           <w:tab w:val="left" w:pos="23760"/>
           <w:tab w:val="left" w:pos="24480"/>
           <w:tab w:val="left" w:pos="25200"/>
           <w:tab w:val="left" w:pos="25920"/>
           <w:tab w:val="left" w:pos="26640"/>
         </w:tabs>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C7E1A">
         <w:rPr>
           <w:rStyle w:val="Template-DirectionChar"/>
         </w:rPr>
         <w:t>Additional Agencies as locally appropriat</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Template-DirectionChar"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="4AB63B36" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
           <w:tab w:val="left" w:pos="18000"/>
           <w:tab w:val="left" w:pos="18720"/>
           <w:tab w:val="left" w:pos="19440"/>
           <w:tab w:val="left" w:pos="20160"/>
           <w:tab w:val="left" w:pos="20880"/>
           <w:tab w:val="left" w:pos="21600"/>
           <w:tab w:val="left" w:pos="22320"/>
           <w:tab w:val="left" w:pos="23040"/>
           <w:tab w:val="left" w:pos="23760"/>
           <w:tab w:val="left" w:pos="24480"/>
           <w:tab w:val="left" w:pos="25200"/>
           <w:tab w:val="left" w:pos="25920"/>
           <w:tab w:val="left" w:pos="26640"/>
         </w:tabs>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:ind w:left="2160"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="4C0A6DCB" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="990"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:ind w:left="630"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="62" w:name="_Toc162929016"/>
       <w:bookmarkStart w:id="63" w:name="_Toc391376655"/>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Emergency Response Coordination</w:t>
       </w:r>
       <w:bookmarkEnd w:id="62"/>
       <w:bookmarkEnd w:id="63"/>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="4722E328" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="20714A47" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">During an emergency situation, the </w:t>
       </w:r>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Incident Commander </w:t>
       </w:r>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>will be responsible for the proper organization and operation of the Emergency Action Plan.  He/she will coordinate all activities with state and local authorities.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="353B49FB" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="3E91E0E6" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="990"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:ind w:left="630"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="64" w:name="_Toc162929017"/>
       <w:bookmarkStart w:id="65" w:name="_Toc391376656"/>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Contact Lists</w:t>
       </w:r>
       <w:bookmarkEnd w:id="64"/>
       <w:bookmarkEnd w:id="65"/>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="7D6DB2AA" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EB4110" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="746C1F29" w14:textId="77777777" w:rsidR="00EB4110" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Contact lists should be maintained </w:t>
       </w:r>
       <w:r w:rsidR="00EB4110">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">for facilities, structures, and other properties that may be impacted by a flood wave.  Dependent upon the nature of the inundated area, the contact lists may include residents to be evacuated due to shallow flooding, facilities requiring special considerations, and other facilities. Contact lists should also consider special needs in the impacted area such as multilingual </w:t>
       </w:r>
       <w:r w:rsidR="00907667">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>communications</w:t>
       </w:r>
       <w:r w:rsidR="00EB4110">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB4110" w:rsidRDefault="00EB4110" w:rsidP="00F33046">
+    <w:p w14:paraId="72F46E63" w14:textId="77777777" w:rsidR="00EB4110" w:rsidRDefault="00EB4110" w:rsidP="00F33046">
       <w:pPr>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="263BCDF8" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Hard copies of the list should be kept at the EOC and within each EAP binder.  At a minimum, annual reviews and updating of the contact list should be completed to keep the list current.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="5F595C43" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="023566E3" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="990"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:ind w:left="630"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="66" w:name="_Toc162929018"/>
       <w:bookmarkStart w:id="67" w:name="_Toc391376657"/>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Alternative Systems of Communication</w:t>
       </w:r>
       <w:bookmarkEnd w:id="66"/>
       <w:bookmarkEnd w:id="67"/>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="55B8BF32" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EB4110" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="2B8BCBDE" w14:textId="77777777" w:rsidR="00EB4110" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>If there is an interruption in telephone service during an emergency condition, emergency response personnel should broadcast over their radio communications system and cellular phones as necessary</w:t>
       </w:r>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Cell phone/telephone numbers for the emergency responders should be maintained and updated in the notification flowchart on a regular basis. </w:t>
       </w:r>
       <w:r w:rsidR="004C7E1A">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="2D18C0F1" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="29AEA75B" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="990"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:ind w:left="630"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="68" w:name="_Toc162929019"/>
       <w:bookmarkStart w:id="69" w:name="_Toc391376658"/>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Emergency Labor, Supplies and Equipment</w:t>
       </w:r>
       <w:bookmarkEnd w:id="68"/>
       <w:bookmarkEnd w:id="69"/>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="2C5724AD" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="2626D9CA" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Once</w:t>
       </w:r>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">an emergency condition has been identified, mobilization of the appropriate equipment is </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>an emergency condition has been identified, mobilization of the appropriate equipment is key to addressing the situation. The following lists provide partial equipment lists for the conditions described above.  This list should be modified as required to address actual conditions at the time of the emergency.  Additional equipment, not listed below may be necessary.  Actual condition and estimated response time versus the rate of deterioration of the dam may preclude the repair of the structure and necessitate full evacuation.  The primary goal is to protect human life</w:t>
+      </w:r>
+      <w:r w:rsidR="004C7E1A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and minimize property damage</w:t>
+      </w:r>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>key</w:t>
-[...17 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="3B7DE529" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="67CD3A5F" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:ind w:left="2160" w:hanging="1260"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Emergency lights and generators for dam work or evacuation.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="47453E9B" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:ind w:left="2160" w:hanging="1260"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Construction equipment if the dam is repairable: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="467F8FF5" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:ind w:left="2160" w:hanging="1260"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Loaders</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="26C28711" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:ind w:left="2160" w:hanging="1260"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Excavators</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="0FC46195" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:ind w:left="2160" w:hanging="1260"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Gravel hauling trucks</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="7BE052C3" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:ind w:left="2160" w:hanging="1260"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>High wheel trucks</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="67D40789" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:ind w:left="2160" w:hanging="1260"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Sandbags</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="4C3206FC" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:ind w:left="2160" w:hanging="1260"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Shovels</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="3642C0D2" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:ind w:left="2160" w:hanging="1260"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Tree removal equipment</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="39EC18DF" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:ind w:left="2160" w:hanging="1260"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Barriers, barricades and personnel transportation to facilitate evacuation</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="31830206" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="09F15FF3" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">The provision of labor, equipment and materials is the responsibility of the dam owner. </w:t>
       </w:r>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>As such the following sections provide recommendations for establishing relationships and agreements with local contractors, vendors, and suppliers.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="0BFA907F" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="268619DA" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="019A7F24" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1080"/>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="70" w:name="_Toc162929020"/>
       <w:bookmarkStart w:id="71" w:name="_Toc391376659"/>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Subcontractors</w:t>
       </w:r>
       <w:bookmarkEnd w:id="70"/>
       <w:bookmarkEnd w:id="71"/>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="1F0C2B5F" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="30E8A432" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The dam owner should develop/maintain open-ended contracts with a number of general contractors and/or suppliers.  These contracts allow the dam owner to hire equipment as needed at a set hourly rate.  Materials could be purchased from any of the contractors.  </w:t>
       </w:r>
       <w:r w:rsidR="004C7E1A">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="67EFD87B" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="7750E5B9" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1080"/>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="72" w:name="_Toc162929021"/>
       <w:bookmarkStart w:id="73" w:name="_Toc391376660"/>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Potential Borrow Areas Around the Town</w:t>
       </w:r>
       <w:bookmarkEnd w:id="72"/>
       <w:bookmarkEnd w:id="73"/>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="7589D61A" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="004C7E1A" w:rsidP="00F33046">
+    <w:p w14:paraId="43E792DD" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="004C7E1A" w:rsidP="00F33046">
       <w:pPr>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00F33046" w:rsidRPr="00F33046">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">otential borrow areas </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">should be identified that </w:t>
       </w:r>
       <w:r w:rsidR="00F33046" w:rsidRPr="00F33046">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">could be utilized as sources of fill material in the event of an emergency condition at the dam requiring extra material.  The owners of these and any other gravel pits that may be utilized during an emergency should be contacted.  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="25FA0606" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
+    <w:p w14:paraId="03C5D093" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046">
       <w:pPr>
         <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1080"/>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="74" w:name="_Toc391376661"/>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Massachusetts Water/Wastewater Agency Response Network (</w:t>
       </w:r>
       <w:r w:rsidR="005978EA" w:rsidRPr="00F33046">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>MA WARN</w:t>
       </w:r>
       <w:r w:rsidRPr="00F33046">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="74"/>
     </w:p>
-    <w:p w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046"/>
-    <w:p w:rsidR="003B6964" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
+    <w:p w14:paraId="56DF5A50" w14:textId="77777777" w:rsidR="00F33046" w:rsidRPr="00F33046" w:rsidRDefault="00F33046" w:rsidP="00F33046"/>
+    <w:p w14:paraId="519890C5" w14:textId="77777777" w:rsidR="003B6964" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C7E1A">
         <w:rPr>
           <w:b/>
           <w:color w:val="3366FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="004C7E1A">
         <w:rPr>
           <w:rStyle w:val="Template-DirectionChar"/>
         </w:rPr>
         <w:t>[IF APPLICABLE]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -12016,2540 +14552,2525 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>MA WARN</w:t>
       </w:r>
       <w:r w:rsidR="00F33046" w:rsidRPr="004C7E1A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> members are allowed exclusive access to information (equipment lists and contact information) about other members through the “Members Only” section on the </w:t>
       </w:r>
       <w:r w:rsidR="005978EA" w:rsidRPr="004C7E1A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>MA WARN</w:t>
       </w:r>
       <w:r w:rsidR="00F33046" w:rsidRPr="004C7E1A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> website (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
+      <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidR="00F33046" w:rsidRPr="004C7E1A">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>www.mawarn.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00F33046" w:rsidRPr="004C7E1A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">).   The Dam Owner should familiarize </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve">).   The Dam Owner should familiarize themselves with specific </w:t>
+      </w:r>
+      <w:r w:rsidR="005978EA" w:rsidRPr="004C7E1A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>MA WARN</w:t>
+      </w:r>
       <w:r w:rsidR="00F33046" w:rsidRPr="004C7E1A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>themselves</w:t>
-[...20 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> operating procedures, so that in the event of an emergency the required assistance can be mobilized.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
+    <w:p w14:paraId="64F6AA02" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
       <w:pPr>
         <w:sectPr w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidSect="003B6964">
-          <w:headerReference w:type="default" r:id="rId21"/>
-          <w:footerReference w:type="default" r:id="rId22"/>
+          <w:headerReference w:type="default" r:id="rId22"/>
+          <w:footerReference w:type="default" r:id="rId23"/>
           <w:footnotePr>
             <w:numRestart w:val="eachPage"/>
           </w:footnotePr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1980" w:right="1800" w:bottom="1440" w:left="1800" w:header="1296" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004F0AA9" w:rsidRPr="007D7B06" w:rsidRDefault="004F0AA9" w:rsidP="00E10DC3">
+    <w:p w14:paraId="65E503C3" w14:textId="77777777" w:rsidR="004F0AA9" w:rsidRPr="007D7B06" w:rsidRDefault="004F0AA9" w:rsidP="00E10DC3">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004F0AA9" w:rsidRPr="007D7B06" w:rsidRDefault="004F0AA9" w:rsidP="004C7E1A">
+    <w:p w14:paraId="1DCE4568" w14:textId="77777777" w:rsidR="004F0AA9" w:rsidRPr="007D7B06" w:rsidRDefault="004F0AA9" w:rsidP="004C7E1A">
       <w:pPr>
         <w:keepNext/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D7B06">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>APPENDIX B</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F0AA9" w:rsidRPr="007D7B06" w:rsidRDefault="004C7E1A" w:rsidP="004F0AA9">
+    <w:p w14:paraId="0D495A09" w14:textId="77777777" w:rsidR="004F0AA9" w:rsidRPr="007D7B06" w:rsidRDefault="004C7E1A" w:rsidP="004F0AA9">
       <w:pPr>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Emergency Detection, Evaluation, &amp; Classification</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E10DC3" w:rsidRPr="00A25A46" w:rsidRDefault="00E10DC3" w:rsidP="00E10DC3">
+    <w:p w14:paraId="520FC809" w14:textId="77777777" w:rsidR="00E10DC3" w:rsidRPr="00A25A46" w:rsidRDefault="00E10DC3" w:rsidP="00E10DC3">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:sectPr w:rsidR="00E10DC3" w:rsidRPr="00A25A46" w:rsidSect="003B6964">
-          <w:headerReference w:type="default" r:id="rId23"/>
-          <w:footerReference w:type="default" r:id="rId24"/>
+          <w:headerReference w:type="default" r:id="rId24"/>
+          <w:footerReference w:type="default" r:id="rId25"/>
           <w:footnotePr>
             <w:numRestart w:val="eachPage"/>
           </w:footnotePr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="5760" w:right="1800" w:bottom="1440" w:left="1800" w:header="1296" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004C7E1A" w:rsidRPr="001C143A" w:rsidRDefault="004C7E1A" w:rsidP="001C143A">
+    <w:p w14:paraId="4279E706" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="001C143A" w:rsidRDefault="004C7E1A" w:rsidP="001C143A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="75" w:name="_Toc82321962"/>
       <w:bookmarkStart w:id="76" w:name="_Toc162928996"/>
       <w:r w:rsidRPr="001C143A">
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>EMERGENCY DETECTION,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C7E1A" w:rsidRPr="001F3AC3" w:rsidRDefault="004C7E1A" w:rsidP="001C143A">
+    <w:p w14:paraId="59A09E48" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="001F3AC3" w:rsidRDefault="004C7E1A" w:rsidP="001C143A">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="001C143A">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>EVALUATION &amp; CLASSIFICATION</w:t>
       </w:r>
       <w:bookmarkEnd w:id="75"/>
       <w:bookmarkEnd w:id="76"/>
     </w:p>
-    <w:p w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
-[...7 lines deleted...]
-    <w:p w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
+    <w:p w14:paraId="01E5067A" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A363363" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C7E1A">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>The detection, evaluation and classification of a potential emergency situation are crucial in determining the level of response and notification required in order to minimize the response time.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
-[...7 lines deleted...]
-    <w:p w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
+    <w:p w14:paraId="1C5E383B" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65A0030D" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C7E1A">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>The following emergency classification system is proposed for this site:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
+    <w:p w14:paraId="46A1FED6" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
+    <w:p w14:paraId="4FBA2DE9" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C7E1A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Dam Safety WATCH:</w:t>
       </w:r>
       <w:r w:rsidRPr="004C7E1A">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004C7E1A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>“Potential failure is developing”:</w:t>
       </w:r>
       <w:r w:rsidRPr="004C7E1A">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  This is a situation where a failure may eventually occur if left unattended.  This situation will require a Phase I response with continuous monitoring of the situation.  This emergency classification level was formerly titled “Condition I”.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
+    <w:p w14:paraId="34801924" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
+    <w:p w14:paraId="31513739" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C7E1A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Dam Failure WARNING:</w:t>
       </w:r>
       <w:r w:rsidRPr="004C7E1A">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> “</w:t>
       </w:r>
       <w:r w:rsidRPr="004C7E1A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Failure is Imminent or has occurred”:</w:t>
       </w:r>
       <w:r w:rsidRPr="004C7E1A">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  This is a situation where a failure either has occurred, is occurring, or is just about to occur.  This situation will require Phase I and II responses that will proceed with evacuation procedures. This emergency classification level was formerly titled “Condition II”.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
+    <w:p w14:paraId="13C04194" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
       <w:pPr>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
+    <w:p w14:paraId="51A08343" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C7E1A">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Examples of the preplanned procedures and notification that should be followed based on the various conditions observed during either storm or fair weather conditions are outlined below.  These are examples and are not intended to describe all possible conditions, nor are they intended to limit the actions taken during a given event.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
-[...7 lines deleted...]
-    <w:p w:rsidR="004C7E1A" w:rsidRPr="001C143A" w:rsidRDefault="004C7E1A" w:rsidP="001C143A">
+    <w:p w14:paraId="15D87989" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2CBB283B" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="001C143A" w:rsidRDefault="004C7E1A" w:rsidP="001C143A">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C143A">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>B.1</w:t>
       </w:r>
       <w:r w:rsidRPr="001C143A">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Dam Safety WATCH Examples</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
+    <w:p w14:paraId="23032066" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C7E1A">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Notify: Dam Owner, Local EMD, Engineer, and MADCR ODS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
+    <w:p w14:paraId="49FEAF0A" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
+    <w:p w14:paraId="4A8DDF22" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C7E1A">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Any seismic event regardless of how slight</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
+    <w:p w14:paraId="3FB606A6" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C7E1A">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Other situations which may lead to damage at the structure</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
+    <w:p w14:paraId="4529EC57" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="left" w:pos="1800"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1800"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C7E1A">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Evidence of vandalism</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
+    <w:p w14:paraId="745C9DDE" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="left" w:pos="1800"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1800"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C7E1A">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Bomb threat</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
+    <w:p w14:paraId="20214CCE" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="left" w:pos="1800"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1800"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C7E1A">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>A civil disorder near the reservoir</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
+    <w:p w14:paraId="388C37C1" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="left" w:pos="1800"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1800"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C7E1A">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Any aircraft accident near the reservoir</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
+    <w:p w14:paraId="7643B470" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C7E1A">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Water level of the impoundment is at an unsafe level and is rising threatening to overtop the dam</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
+    <w:p w14:paraId="1E6E17EA" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C7E1A">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Discharges resulting in significant erosion and/or scour</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
+    <w:p w14:paraId="00981CCA" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C7E1A">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Any developing erosion, settlement, or upheaval occurring on the downstream slope or at the toe of the dam that is considered to be controllable</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
+    <w:p w14:paraId="66952E5F" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C7E1A">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Any undocumented leakage through any dam structure considered to be controllable</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
-[...7 lines deleted...]
-    <w:p w:rsidR="004C7E1A" w:rsidRPr="001C143A" w:rsidRDefault="004C7E1A" w:rsidP="001C143A">
+    <w:p w14:paraId="0420ED2D" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E377D2F" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="001C143A" w:rsidRDefault="004C7E1A" w:rsidP="001C143A">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C143A">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>B.2</w:t>
       </w:r>
       <w:r w:rsidRPr="001C143A">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Dam Safety WARNING Examples</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
+    <w:p w14:paraId="31CA69DD" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C7E1A">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Notify: ALL PARTIES LISTED ON THE NOTIFICATION FLOWCHART</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
+    <w:p w14:paraId="3D4C0B71" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
+    <w:p w14:paraId="295FC4D2" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C7E1A">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Water has overtopped or will overtop the dam</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
+    <w:p w14:paraId="5A0E6CCD" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C7E1A">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Any uncontrollable erosion, settlement, or upheaval occurring on the downstream slope or at the toe of the dam</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
+    <w:p w14:paraId="7670DD5F" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C7E1A">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Any uncontrollable leakage through any dam structure resulting in degradation to the structural integrity of the dam</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
+    <w:p w14:paraId="62E96ABD" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C7E1A">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>A dislocation or failure of any structure which allows for an expanding, uncontrollable discharge of water through the spillway or dam indicating a breach is occurring</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
+    <w:p w14:paraId="2FB0BDC9" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C7E1A">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Dam is failing, is about to fail, or has failed</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
+    <w:p w14:paraId="2A6D9BCA" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
+    <w:p w14:paraId="49FE7112" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
       <w:pPr>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C7E1A">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>An Emergency Condition Watch may be declared initially with gradual transition into a Dam Failure Warning or a Dam Failure Warning may be declared immediately, depending on the actual conditions.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
-[...7 lines deleted...]
-    <w:p w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
+    <w:p w14:paraId="41448D77" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7DF3E478" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C7E1A">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>While these actions attempt to generalize responses to the observed conditions, the judgment of the primary observer and/or knowledgeable person(s) must be utilized.  While some conditions such as breaching, overtopping and severe piping can dictate an immediate evacuation; others will require the observer to determine the extent of the concern and the probability of the concern being addressed within a timely fashion.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
+    <w:p w14:paraId="1090D26C" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004C7E1A" w:rsidRPr="0082718E" w:rsidRDefault="004C7E1A" w:rsidP="0082718E">
+    <w:p w14:paraId="1EE53268" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="0082718E" w:rsidRDefault="004C7E1A" w:rsidP="0082718E">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="77" w:name="_Toc162928997"/>
       <w:r w:rsidRPr="0082718E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>B.3</w:t>
       </w:r>
       <w:r w:rsidRPr="0082718E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Additional Guidance for Determining the Emergency L</w:t>
       </w:r>
       <w:bookmarkEnd w:id="77"/>
       <w:r w:rsidRPr="0082718E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>evel</w:t>
       </w:r>
       <w:r w:rsidRPr="0082718E">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
+    <w:p w14:paraId="59CB89F6" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C7E1A">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
+    <w:p w14:paraId="70787576" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E62F15">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">TABLE </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>B</w:t>
       </w:r>
       <w:r w:rsidRPr="00E62F15">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>.1:  Possible Failure Modes</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
-        <w:tblInd w:w="378" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="808080"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="808080"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tblBorders>
-        <w:tblLook w:val="00A0"/>
+        <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1417"/>
         <w:gridCol w:w="5743"/>
         <w:gridCol w:w="1318"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidTr="00DB722A">
+      <w:tr w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w14:paraId="6530587D" w14:textId="77777777" w:rsidTr="00DB722A">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
+          <w:p w14:paraId="583F1A90" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E62F15">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Event</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
+          <w:p w14:paraId="07EAF955" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
             <w:pPr>
               <w:pStyle w:val="xl30"/>
               <w:pBdr>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2880"/>
                 <w:tab w:val="left" w:pos="3600"/>
               </w:tabs>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="78" w:name="_Toc162928998"/>
             <w:r w:rsidRPr="00E62F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Situation</w:t>
             </w:r>
             <w:bookmarkEnd w:id="78"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
+          <w:p w14:paraId="5C6BDE63" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E62F15">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Emergency</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
+          <w:p w14:paraId="313F51C2" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E62F15">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Level</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidTr="00DB722A">
+      <w:tr w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w14:paraId="52738FD8" w14:textId="77777777" w:rsidTr="00DB722A">
         <w:trPr>
           <w:cantSplit/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
+          <w:p w14:paraId="0ABFAB86" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E62F15">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Structural Cracking</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
+          <w:p w14:paraId="7623EDAC" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E62F15">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>New cracking along the concrete structure with radial, transverse, or vertical displacement</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
+          <w:p w14:paraId="5B61CFF3" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>- -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidTr="00DB722A">
+      <w:tr w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w14:paraId="339B401C" w14:textId="77777777" w:rsidTr="00DB722A">
         <w:trPr>
           <w:cantSplit/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
+          <w:p w14:paraId="366220E5" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
+          <w:p w14:paraId="6D94B958" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E62F15">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>New cracks in the concrete with seepage</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
+          <w:p w14:paraId="7D976218" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Watch</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidTr="00DB722A">
+      <w:tr w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w14:paraId="38E63684" w14:textId="77777777" w:rsidTr="00DB722A">
         <w:trPr>
           <w:cantSplit/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
+          <w:p w14:paraId="65F742B8" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
+          <w:p w14:paraId="59C770CC" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>New cracks/old cracks with actively progressing displacements</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
+          <w:p w14:paraId="533F27C9" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Warning </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidTr="00DB722A">
+      <w:tr w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w14:paraId="289C53EE" w14:textId="77777777" w:rsidTr="00DB722A">
         <w:trPr>
           <w:cantSplit/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
+          <w:p w14:paraId="72C64064" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E62F15">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Foundation Weakness</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
+          <w:p w14:paraId="3AA11F62" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E62F15">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>New cracks at the abutment greater than ¼-inch wide without seepage</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
+          <w:p w14:paraId="523DD189" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Watch</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidTr="00DB722A">
+      <w:tr w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w14:paraId="43ACFB42" w14:textId="77777777" w:rsidTr="00DB722A">
         <w:trPr>
           <w:cantSplit/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
+          <w:p w14:paraId="104C9F2A" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
+          <w:p w14:paraId="6682CF98" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E62F15">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Cracks in the abutment with seepage</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
+          <w:p w14:paraId="4362E30B" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Watch</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidTr="00DB722A">
+      <w:tr w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w14:paraId="54AB9041" w14:textId="77777777" w:rsidTr="00DB722A">
         <w:trPr>
           <w:cantSplit/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
+          <w:p w14:paraId="5E2FD9C8" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
+          <w:p w14:paraId="6CC2C072" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E62F15">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Visual movement/slippage of the embankment slope</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
+          <w:p w14:paraId="065DB9BF" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Warning</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidTr="00DB722A">
+      <w:tr w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w14:paraId="4C865E73" w14:textId="77777777" w:rsidTr="00DB722A">
         <w:trPr>
           <w:cantSplit/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
+          <w:p w14:paraId="54C9EC79" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E62F15">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Construction Joint Cracking</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
+          <w:p w14:paraId="6181B625" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E62F15">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Cracking at the construction joint</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
+          <w:p w14:paraId="4835A1A0" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">- - </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidTr="00DB722A">
+      <w:tr w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w14:paraId="100737C6" w14:textId="77777777" w:rsidTr="00DB722A">
         <w:trPr>
           <w:cantSplit/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
+          <w:p w14:paraId="59E24E1F" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
+          <w:p w14:paraId="59DBEE20" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E62F15">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Cracked construction joint with displacement and seepage</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
+          <w:p w14:paraId="654B2CEC" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Watch</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidTr="00DB722A">
+      <w:tr w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w14:paraId="13078B3F" w14:textId="77777777" w:rsidTr="00DB722A">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
+          <w:p w14:paraId="7FF358D4" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E62F15">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Sinkholes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
+          <w:p w14:paraId="35A3BC2B" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E62F15">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Rapidly enlarging sinkhole</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
+          <w:p w14:paraId="6576A0E6" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Warning</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidTr="00DB722A">
+      <w:tr w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w14:paraId="6DE9C388" w14:textId="77777777" w:rsidTr="00DB722A">
         <w:trPr>
           <w:cantSplit/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
+          <w:p w14:paraId="2375B4BF" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E62F15">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Embankment Cracking</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
+          <w:p w14:paraId="75A3DA73" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
             <w:pPr>
               <w:pStyle w:val="CommentText"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r w:rsidRPr="00E62F15">
               <w:t>New cracks in the embankment greater than ¼-inch wide without seepage</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
+          <w:p w14:paraId="2A007087" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">- - </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidTr="00DB722A">
+      <w:tr w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w14:paraId="3055D491" w14:textId="77777777" w:rsidTr="00DB722A">
         <w:trPr>
           <w:cantSplit/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
+          <w:p w14:paraId="3BFF261A" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
+          <w:p w14:paraId="46658A4A" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E62F15">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Cracks in the embankment with seepage</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
+          <w:p w14:paraId="4077005D" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Watch / Warning</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidTr="00DB722A">
+      <w:tr w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w14:paraId="66381E32" w14:textId="77777777" w:rsidTr="00DB722A">
         <w:trPr>
           <w:cantSplit/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
+          <w:p w14:paraId="67C87DEA" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E62F15">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Earthquake</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
+          <w:p w14:paraId="11935F8A" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E62F15">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Earthquake resulting in visible damage to the dam or appurtenances</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
+          <w:p w14:paraId="5DC4E954" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Watch</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidTr="00DB722A">
+      <w:tr w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w14:paraId="13B8A089" w14:textId="77777777" w:rsidTr="00DB722A">
         <w:trPr>
           <w:cantSplit/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
+          <w:p w14:paraId="11EB4679" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
+          <w:p w14:paraId="09FB4F6D" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E62F15">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Earthquake resulting in uncontrolled release of water from the dam</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
+          <w:p w14:paraId="0922B64F" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Warning </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidTr="00DB722A">
+      <w:tr w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w14:paraId="35C9E6CD" w14:textId="77777777" w:rsidTr="00DB722A">
         <w:trPr>
           <w:cantSplit/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
+          <w:p w14:paraId="2CF36536" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E62F15">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Security Threat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
+          <w:p w14:paraId="107EA05D" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E62F15">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Verified bomb threat that, if carried out, could result in damage to the dam</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
+          <w:p w14:paraId="64DAB7CC" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Warning </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidTr="00DB722A">
+      <w:tr w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w14:paraId="58B3F158" w14:textId="77777777" w:rsidTr="00DB722A">
         <w:trPr>
           <w:cantSplit/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
+          <w:p w14:paraId="1DA80A36" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
+          <w:p w14:paraId="529C74E2" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E62F15">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Detonated bomb that has resulted in damage to the dam or appurtenances</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
+          <w:p w14:paraId="573CF5F1" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Warning</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidTr="00DB722A">
+      <w:tr w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w14:paraId="48CDC861" w14:textId="77777777" w:rsidTr="00DB722A">
         <w:trPr>
           <w:cantSplit/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
+          <w:p w14:paraId="0A3EB229" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E62F15">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Sabotage/</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
+          <w:p w14:paraId="224585AB" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E62F15">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Vandalism</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
+          <w:p w14:paraId="6025C27E" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E62F15">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Damage to dam or appurtenances with no impacts to the functioning of the dam</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
+          <w:p w14:paraId="23A33FA8" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>- -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidTr="00DB722A">
+      <w:tr w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w14:paraId="6A10E8D0" w14:textId="77777777" w:rsidTr="00DB722A">
         <w:trPr>
           <w:cantSplit/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
+          <w:p w14:paraId="198CFB7F" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
+          <w:p w14:paraId="5098EAD6" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E62F15">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Damage to dam or appurtenances that has resulted in seepage flow</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
+          <w:p w14:paraId="1575FA52" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Watch</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidTr="00DB722A">
+      <w:tr w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w14:paraId="3A30C20B" w14:textId="77777777" w:rsidTr="00DB722A">
         <w:trPr>
           <w:cantSplit/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
+          <w:p w14:paraId="25C06947" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
+          <w:p w14:paraId="619389FB" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E62F15">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Damage to dam or appurtenances that has resulted in uncontrolled water release</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
+          <w:p w14:paraId="74213D12" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Warning</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidTr="00DB722A">
+      <w:tr w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w14:paraId="00D67A8F" w14:textId="77777777" w:rsidTr="00DB722A">
         <w:trPr>
           <w:cantSplit/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8478" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004C7E1A" w:rsidRPr="00F54319" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
+          <w:p w14:paraId="7B90E60D" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="00F54319" w:rsidRDefault="004C7E1A" w:rsidP="00DB722A">
             <w:pPr>
               <w:pStyle w:val="Template-Direction"/>
             </w:pPr>
             <w:r w:rsidRPr="00F54319">
               <w:t>Add additional conditions and warning levels as appropriate for specific dam site</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
+    <w:p w14:paraId="3F2880EA" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="00E62F15" w:rsidRDefault="004C7E1A" w:rsidP="004C7E1A">
       <w:pPr>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="00E10DC3">
+    <w:p w14:paraId="0FE656FF" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRDefault="004C7E1A" w:rsidP="00E10DC3">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="004C7E1A" w:rsidP="00E10DC3">
+    <w:p w14:paraId="12A4263E" w14:textId="77777777" w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="004C7E1A" w:rsidP="00E10DC3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="576"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
           <w:tab w:val="left" w:pos="18000"/>
           <w:tab w:val="left" w:pos="18720"/>
@@ -14570,101 +17091,101 @@
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001260E7">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>B.4</w:t>
       </w:r>
       <w:r w:rsidRPr="001260E7">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Potential Hazards That Can Lead to Dam Failure</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C7E1A" w:rsidRPr="001260E7" w:rsidRDefault="004C7E1A" w:rsidP="00E10DC3">
+    <w:p w14:paraId="3E5BD571" w14:textId="77777777" w:rsidR="004C7E1A" w:rsidRPr="001260E7" w:rsidRDefault="004C7E1A" w:rsidP="00E10DC3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="576"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
           <w:tab w:val="left" w:pos="18000"/>
           <w:tab w:val="left" w:pos="18720"/>
           <w:tab w:val="left" w:pos="19440"/>
           <w:tab w:val="left" w:pos="20160"/>
           <w:tab w:val="left" w:pos="20880"/>
           <w:tab w:val="left" w:pos="21600"/>
           <w:tab w:val="left" w:pos="22320"/>
           <w:tab w:val="left" w:pos="23040"/>
           <w:tab w:val="left" w:pos="23760"/>
           <w:tab w:val="left" w:pos="24480"/>
           <w:tab w:val="left" w:pos="25200"/>
           <w:tab w:val="left" w:pos="25920"/>
           <w:tab w:val="left" w:pos="26640"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="576"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C2350D">
+    <w:p w14:paraId="64181D60" w14:textId="77777777" w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C2350D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
           <w:tab w:val="left" w:pos="18000"/>
           <w:tab w:val="left" w:pos="18720"/>
@@ -14681,51 +17202,51 @@
           <w:tab w:val="left" w:pos="26640"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001260E7">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>The purpose of the section is to educate the user of the EAP as to some of the common causes of dam instability and possible failure.  A short definition of each hazard is listed along with typical causes.  This is not intended to be an exhaustive list of all failure mechanisms as each dam has a unique set of conditions which will influence the development of conditions and concerns.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C2350D">
+    <w:p w14:paraId="0C2BD71A" w14:textId="77777777" w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C2350D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
           <w:tab w:val="left" w:pos="18000"/>
           <w:tab w:val="left" w:pos="18720"/>
           <w:tab w:val="left" w:pos="19440"/>
           <w:tab w:val="left" w:pos="20160"/>
@@ -14735,51 +17256,51 @@
           <w:tab w:val="left" w:pos="23040"/>
           <w:tab w:val="left" w:pos="23760"/>
           <w:tab w:val="left" w:pos="24480"/>
           <w:tab w:val="left" w:pos="25200"/>
           <w:tab w:val="left" w:pos="25920"/>
           <w:tab w:val="left" w:pos="26640"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C9786E">
+    <w:p w14:paraId="08E7B127" w14:textId="77777777" w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C9786E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="480"/>
           <w:tab w:val="left" w:pos="960"/>
           <w:tab w:val="left" w:pos="1680"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
@@ -14803,245 +17324,245 @@
           <w:tab w:val="left" w:pos="23760"/>
           <w:tab w:val="left" w:pos="24480"/>
           <w:tab w:val="left" w:pos="25200"/>
           <w:tab w:val="left" w:pos="25920"/>
           <w:tab w:val="left" w:pos="26640"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="1440"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001260E7">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Flow Erosion</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C2350D">
+    <w:p w14:paraId="3B83DB31" w14:textId="77777777" w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C2350D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
           <w:tab w:val="left" w:pos="18000"/>
           <w:tab w:val="left" w:pos="18720"/>
           <w:tab w:val="left" w:pos="19440"/>
           <w:tab w:val="left" w:pos="20160"/>
           <w:tab w:val="left" w:pos="20880"/>
           <w:tab w:val="left" w:pos="21600"/>
           <w:tab w:val="left" w:pos="22320"/>
           <w:tab w:val="left" w:pos="23040"/>
           <w:tab w:val="left" w:pos="23760"/>
           <w:tab w:val="left" w:pos="24480"/>
           <w:tab w:val="left" w:pos="25200"/>
           <w:tab w:val="left" w:pos="25920"/>
           <w:tab w:val="left" w:pos="26640"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C9786E">
+    <w:p w14:paraId="4C7CBF37" w14:textId="77777777" w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C9786E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1170" w:hanging="450"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001260E7">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Wash out of spillways, </w:t>
       </w:r>
       <w:r w:rsidR="00B306F0" w:rsidRPr="001260E7">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>embankment sections</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C2350D">
+    <w:p w14:paraId="68C087B4" w14:textId="77777777" w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C2350D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C9786E">
+    <w:p w14:paraId="3D2305B8" w14:textId="77777777" w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C9786E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1170" w:hanging="450"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001260E7">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Causes: poor compaction of silt backfill; lack of riprap or concrete protection at interface between soil embankment and concrete structure; erosion by flow over </w:t>
       </w:r>
       <w:r w:rsidR="006C1D1A" w:rsidRPr="001260E7">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">embankment, </w:t>
       </w:r>
       <w:r w:rsidRPr="001260E7">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>spillway</w:t>
       </w:r>
       <w:r w:rsidR="006C1D1A" w:rsidRPr="001260E7">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="001260E7">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> or through outlet.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C2350D">
+    <w:p w14:paraId="039F2AF4" w14:textId="77777777" w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C2350D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
           <w:tab w:val="left" w:pos="18000"/>
           <w:tab w:val="left" w:pos="18720"/>
           <w:tab w:val="left" w:pos="19440"/>
           <w:tab w:val="left" w:pos="20160"/>
           <w:tab w:val="left" w:pos="20880"/>
           <w:tab w:val="left" w:pos="21600"/>
           <w:tab w:val="left" w:pos="22320"/>
           <w:tab w:val="left" w:pos="23040"/>
           <w:tab w:val="left" w:pos="23760"/>
           <w:tab w:val="left" w:pos="24480"/>
           <w:tab w:val="left" w:pos="25200"/>
           <w:tab w:val="left" w:pos="25920"/>
           <w:tab w:val="left" w:pos="26640"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C9786E">
+    <w:p w14:paraId="0C3F9495" w14:textId="77777777" w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C9786E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
@@ -15061,98 +17582,98 @@
           <w:tab w:val="left" w:pos="23040"/>
           <w:tab w:val="left" w:pos="23760"/>
           <w:tab w:val="left" w:pos="24480"/>
           <w:tab w:val="left" w:pos="25200"/>
           <w:tab w:val="left" w:pos="25920"/>
           <w:tab w:val="left" w:pos="26640"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001260E7">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Embankment Leakage, Piping</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C2350D">
+    <w:p w14:paraId="7E33C59B" w14:textId="77777777" w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C2350D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
           <w:tab w:val="left" w:pos="18000"/>
           <w:tab w:val="left" w:pos="18720"/>
           <w:tab w:val="left" w:pos="19440"/>
           <w:tab w:val="left" w:pos="20160"/>
           <w:tab w:val="left" w:pos="20880"/>
           <w:tab w:val="left" w:pos="21600"/>
           <w:tab w:val="left" w:pos="22320"/>
           <w:tab w:val="left" w:pos="23040"/>
           <w:tab w:val="left" w:pos="23760"/>
           <w:tab w:val="left" w:pos="24480"/>
           <w:tab w:val="left" w:pos="25200"/>
           <w:tab w:val="left" w:pos="25920"/>
           <w:tab w:val="left" w:pos="26640"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C9786E">
+    <w:p w14:paraId="2330D554" w14:textId="77777777" w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C9786E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="4464"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="4464"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
@@ -15187,119 +17708,105 @@
           <w:tab w:val="left" w:pos="2160"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1170" w:hanging="450"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001260E7">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Excessive seepage resulting in</w:t>
       </w:r>
       <w:r w:rsidRPr="001260E7">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001260E7">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">internal erosion followed by formation of a "pipe" through the embankment which once formed causes rapid flow erosion and </w:t>
-[...16 lines deleted...]
-    <w:p w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C2350D">
+        <w:t>internal erosion followed by formation of a "pipe" through the embankment which once formed causes rapid flow erosion and wash out of the embankment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2374C179" w14:textId="77777777" w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C2350D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
           <w:tab w:val="left" w:pos="18000"/>
           <w:tab w:val="left" w:pos="18720"/>
           <w:tab w:val="left" w:pos="19440"/>
           <w:tab w:val="left" w:pos="20160"/>
           <w:tab w:val="left" w:pos="20880"/>
           <w:tab w:val="left" w:pos="21600"/>
           <w:tab w:val="left" w:pos="22320"/>
           <w:tab w:val="left" w:pos="23040"/>
           <w:tab w:val="left" w:pos="23760"/>
           <w:tab w:val="left" w:pos="24480"/>
           <w:tab w:val="left" w:pos="25200"/>
           <w:tab w:val="left" w:pos="25920"/>
           <w:tab w:val="left" w:pos="26640"/>
           <w:tab w:val="left" w:pos="27360"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C9786E">
+    <w:p w14:paraId="512EFD26" w14:textId="77777777" w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C9786E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
           <w:tab w:val="left" w:pos="288"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
@@ -15336,108 +17843,108 @@
       <w:r w:rsidRPr="001260E7">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Causes:  poor compaction of soil along interface with concrete structures</w:t>
       </w:r>
       <w:r w:rsidR="006C1D1A" w:rsidRPr="001260E7">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>; l</w:t>
       </w:r>
       <w:r w:rsidRPr="001260E7">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>ack of seepage control collars around pipe; root and rodent holes; inadequate or nonexistent filters between fine and coarse soils</w:t>
       </w:r>
       <w:r w:rsidR="006C1D1A" w:rsidRPr="001260E7">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>; cracks or voids within the concrete structure.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C2350D">
+    <w:p w14:paraId="12B26B81" w14:textId="77777777" w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C2350D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C9786E">
+    <w:p w14:paraId="61D2FF64" w14:textId="77777777" w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C9786E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
           <w:tab w:val="num" w:pos="450"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001260E7">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Foundation Leakage, Piping</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C2350D">
+    <w:p w14:paraId="769C7CC3" w14:textId="77777777" w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C2350D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C9786E">
+    <w:p w14:paraId="6C6B3215" w14:textId="77777777" w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C9786E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
@@ -15469,153 +17976,153 @@
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001260E7">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Wash-out of </w:t>
       </w:r>
       <w:r w:rsidR="006C1D1A" w:rsidRPr="001260E7">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>f</w:t>
       </w:r>
       <w:r w:rsidRPr="001260E7">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>oundation material below dam causing undermining.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C2350D">
+    <w:p w14:paraId="676D4989" w14:textId="77777777" w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C2350D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="288"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
           <w:tab w:val="left" w:pos="18000"/>
           <w:tab w:val="left" w:pos="18720"/>
           <w:tab w:val="left" w:pos="19440"/>
           <w:tab w:val="left" w:pos="20160"/>
           <w:tab w:val="left" w:pos="20880"/>
           <w:tab w:val="left" w:pos="21600"/>
           <w:tab w:val="left" w:pos="22320"/>
           <w:tab w:val="left" w:pos="23040"/>
           <w:tab w:val="left" w:pos="23760"/>
           <w:tab w:val="left" w:pos="24480"/>
           <w:tab w:val="left" w:pos="25200"/>
           <w:tab w:val="left" w:pos="25920"/>
           <w:tab w:val="left" w:pos="26640"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="288"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C9786E">
+    <w:p w14:paraId="66AAFAFD" w14:textId="77777777" w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C9786E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1170" w:hanging="450"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001260E7">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Causes: </w:t>
       </w:r>
       <w:r w:rsidR="006C1D1A" w:rsidRPr="001260E7">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">poor interface with </w:t>
       </w:r>
       <w:r w:rsidR="007D6F5C" w:rsidRPr="001260E7">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">bedrock and concrete structures; </w:t>
       </w:r>
       <w:r w:rsidRPr="001260E7">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>excessive seepage at dam toe carry</w:t>
       </w:r>
       <w:r w:rsidR="007D6F5C" w:rsidRPr="001260E7">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>ing soil with it.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007D6F5C" w:rsidRPr="001260E7" w:rsidRDefault="007D6F5C" w:rsidP="00C2350D">
+    <w:p w14:paraId="486B9D2B" w14:textId="77777777" w:rsidR="007D6F5C" w:rsidRPr="001260E7" w:rsidRDefault="007D6F5C" w:rsidP="00C2350D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="288"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="288"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
@@ -15627,51 +18134,51 @@
           <w:tab w:val="left" w:pos="18000"/>
           <w:tab w:val="left" w:pos="18720"/>
           <w:tab w:val="left" w:pos="19440"/>
           <w:tab w:val="left" w:pos="20160"/>
           <w:tab w:val="left" w:pos="20880"/>
           <w:tab w:val="left" w:pos="21600"/>
           <w:tab w:val="left" w:pos="22320"/>
           <w:tab w:val="left" w:pos="23040"/>
           <w:tab w:val="left" w:pos="23760"/>
           <w:tab w:val="left" w:pos="24480"/>
           <w:tab w:val="left" w:pos="25200"/>
           <w:tab w:val="left" w:pos="25920"/>
           <w:tab w:val="left" w:pos="26640"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C9786E">
+    <w:p w14:paraId="63794B9E" w14:textId="77777777" w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C9786E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
@@ -15690,99 +18197,99 @@
           <w:tab w:val="left" w:pos="23760"/>
           <w:tab w:val="left" w:pos="24480"/>
           <w:tab w:val="left" w:pos="25200"/>
           <w:tab w:val="left" w:pos="25920"/>
           <w:tab w:val="left" w:pos="26640"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001260E7">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Sliding</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C2350D">
+    <w:p w14:paraId="3F56D3CD" w14:textId="77777777" w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C2350D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
           <w:tab w:val="left" w:pos="18000"/>
           <w:tab w:val="left" w:pos="18720"/>
           <w:tab w:val="left" w:pos="19440"/>
           <w:tab w:val="left" w:pos="20160"/>
           <w:tab w:val="left" w:pos="20880"/>
           <w:tab w:val="left" w:pos="21600"/>
           <w:tab w:val="left" w:pos="22320"/>
           <w:tab w:val="left" w:pos="23040"/>
           <w:tab w:val="left" w:pos="23760"/>
           <w:tab w:val="left" w:pos="24480"/>
           <w:tab w:val="left" w:pos="25200"/>
           <w:tab w:val="left" w:pos="25920"/>
           <w:tab w:val="left" w:pos="26640"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C9786E">
+    <w:p w14:paraId="01082C6E" w14:textId="77777777" w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C9786E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
@@ -15807,119 +18314,105 @@
           <w:tab w:val="left" w:pos="25920"/>
           <w:tab w:val="left" w:pos="26640"/>
           <w:tab w:val="left" w:pos="27360"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1170" w:hanging="450"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001260E7">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Serious movement in foundation or </w:t>
       </w:r>
       <w:r w:rsidR="00666146" w:rsidRPr="001260E7">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">concrete </w:t>
-[...6 lines deleted...]
-        <w:t>structure</w:t>
+        <w:t>concrete structure</w:t>
       </w:r>
       <w:r w:rsidRPr="001260E7">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> which either result</w:t>
-[...9 lines deleted...]
-    <w:p w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C2350D">
+        <w:t xml:space="preserve"> which either result in dam failure or significantly weaken the dam structure.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="319D19FB" w14:textId="77777777" w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C2350D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
           <w:tab w:val="left" w:pos="18000"/>
           <w:tab w:val="left" w:pos="18720"/>
           <w:tab w:val="left" w:pos="19440"/>
           <w:tab w:val="left" w:pos="20160"/>
           <w:tab w:val="left" w:pos="20880"/>
           <w:tab w:val="left" w:pos="21600"/>
           <w:tab w:val="left" w:pos="22320"/>
           <w:tab w:val="left" w:pos="23040"/>
           <w:tab w:val="left" w:pos="23760"/>
           <w:tab w:val="left" w:pos="24480"/>
           <w:tab w:val="left" w:pos="25200"/>
           <w:tab w:val="left" w:pos="25920"/>
           <w:tab w:val="left" w:pos="26640"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C9786E">
+    <w:p w14:paraId="72FA777E" w14:textId="77777777" w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C9786E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
@@ -15972,96 +18465,96 @@
       <w:r w:rsidR="00666146" w:rsidRPr="001260E7">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>tructu</w:t>
       </w:r>
       <w:r w:rsidR="00F77B01" w:rsidRPr="001260E7">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidR="00666146" w:rsidRPr="001260E7">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="001260E7">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> or foundation</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C2350D">
+    <w:p w14:paraId="0DC702CB" w14:textId="77777777" w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C2350D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="288"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
           <w:tab w:val="left" w:pos="18000"/>
           <w:tab w:val="left" w:pos="18720"/>
           <w:tab w:val="left" w:pos="19440"/>
           <w:tab w:val="left" w:pos="20160"/>
           <w:tab w:val="left" w:pos="20880"/>
           <w:tab w:val="left" w:pos="21600"/>
           <w:tab w:val="left" w:pos="22320"/>
           <w:tab w:val="left" w:pos="23040"/>
           <w:tab w:val="left" w:pos="23760"/>
           <w:tab w:val="left" w:pos="24480"/>
           <w:tab w:val="left" w:pos="25200"/>
           <w:tab w:val="left" w:pos="25920"/>
           <w:tab w:val="left" w:pos="26640"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C9786E">
+    <w:p w14:paraId="26C2D1BB" w14:textId="77777777" w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C9786E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
@@ -16078,99 +18571,99 @@
           <w:tab w:val="left" w:pos="23040"/>
           <w:tab w:val="left" w:pos="23760"/>
           <w:tab w:val="left" w:pos="24480"/>
           <w:tab w:val="left" w:pos="25200"/>
           <w:tab w:val="left" w:pos="25920"/>
           <w:tab w:val="left" w:pos="26640"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001260E7">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Deformation</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C2350D">
+    <w:p w14:paraId="1AF4BE50" w14:textId="77777777" w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C2350D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
           <w:tab w:val="left" w:pos="18000"/>
           <w:tab w:val="left" w:pos="18720"/>
           <w:tab w:val="left" w:pos="19440"/>
           <w:tab w:val="left" w:pos="20160"/>
           <w:tab w:val="left" w:pos="20880"/>
           <w:tab w:val="left" w:pos="21600"/>
           <w:tab w:val="left" w:pos="22320"/>
           <w:tab w:val="left" w:pos="23040"/>
           <w:tab w:val="left" w:pos="23760"/>
           <w:tab w:val="left" w:pos="24480"/>
           <w:tab w:val="left" w:pos="25200"/>
           <w:tab w:val="left" w:pos="25920"/>
           <w:tab w:val="left" w:pos="26640"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C9786E">
+    <w:p w14:paraId="3A35D290" w14:textId="77777777" w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C9786E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
@@ -16191,101 +18684,101 @@
           <w:tab w:val="left" w:pos="22320"/>
           <w:tab w:val="left" w:pos="23040"/>
           <w:tab w:val="left" w:pos="23760"/>
           <w:tab w:val="left" w:pos="24480"/>
           <w:tab w:val="left" w:pos="25200"/>
           <w:tab w:val="left" w:pos="25920"/>
           <w:tab w:val="left" w:pos="26640"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1170" w:hanging="450"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001260E7">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Gross deformation of dam or outlet structures resulting in immediate failure or cracking of the dam, and subsequent washouts.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C2350D">
+    <w:p w14:paraId="3DDBAD70" w14:textId="77777777" w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C2350D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
           <w:tab w:val="left" w:pos="18000"/>
           <w:tab w:val="left" w:pos="18720"/>
           <w:tab w:val="left" w:pos="19440"/>
           <w:tab w:val="left" w:pos="20160"/>
           <w:tab w:val="left" w:pos="20880"/>
           <w:tab w:val="left" w:pos="21600"/>
           <w:tab w:val="left" w:pos="22320"/>
           <w:tab w:val="left" w:pos="23040"/>
           <w:tab w:val="left" w:pos="23760"/>
           <w:tab w:val="left" w:pos="24480"/>
           <w:tab w:val="left" w:pos="25200"/>
           <w:tab w:val="left" w:pos="25920"/>
           <w:tab w:val="left" w:pos="26640"/>
           <w:tab w:val="left" w:pos="27360"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C9786E">
+    <w:p w14:paraId="2F997456" w14:textId="77777777" w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C9786E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="num" w:pos="1440"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
@@ -16314,96 +18807,96 @@
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1200" w:hanging="480"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001260E7">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Causes:   excessive settlement in foundation, ice jacking (Pressure exerted by expending/contracting ice </w:t>
       </w:r>
       <w:r w:rsidR="00F77B01" w:rsidRPr="001260E7">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>structures</w:t>
       </w:r>
       <w:r w:rsidRPr="001260E7">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C2350D">
+    <w:p w14:paraId="2D10C822" w14:textId="77777777" w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C2350D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="288"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
           <w:tab w:val="left" w:pos="18000"/>
           <w:tab w:val="left" w:pos="18720"/>
           <w:tab w:val="left" w:pos="19440"/>
           <w:tab w:val="left" w:pos="20160"/>
           <w:tab w:val="left" w:pos="20880"/>
           <w:tab w:val="left" w:pos="21600"/>
           <w:tab w:val="left" w:pos="22320"/>
           <w:tab w:val="left" w:pos="23040"/>
           <w:tab w:val="left" w:pos="23760"/>
           <w:tab w:val="left" w:pos="24480"/>
           <w:tab w:val="left" w:pos="25200"/>
           <w:tab w:val="left" w:pos="25920"/>
           <w:tab w:val="left" w:pos="26640"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="0079395A" w:rsidP="00C2350D">
+    <w:p w14:paraId="77DA7F5D" w14:textId="77777777" w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="0079395A" w:rsidP="00C2350D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
           <w:tab w:val="left" w:pos="18000"/>
           <w:tab w:val="left" w:pos="18720"/>
           <w:tab w:val="left" w:pos="19440"/>
@@ -16432,99 +18925,99 @@
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00E10DC3" w:rsidRPr="001260E7">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00E10DC3" w:rsidRPr="001260E7">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E10DC3" w:rsidRPr="001260E7">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Blowing of Trees from Embankment</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C2350D">
+    <w:p w14:paraId="145509C6" w14:textId="77777777" w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C2350D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
           <w:tab w:val="left" w:pos="18000"/>
           <w:tab w:val="left" w:pos="18720"/>
           <w:tab w:val="left" w:pos="19440"/>
           <w:tab w:val="left" w:pos="20160"/>
           <w:tab w:val="left" w:pos="20880"/>
           <w:tab w:val="left" w:pos="21600"/>
           <w:tab w:val="left" w:pos="22320"/>
           <w:tab w:val="left" w:pos="23040"/>
           <w:tab w:val="left" w:pos="23760"/>
           <w:tab w:val="left" w:pos="24480"/>
           <w:tab w:val="left" w:pos="25200"/>
           <w:tab w:val="left" w:pos="25920"/>
           <w:tab w:val="left" w:pos="26640"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C9786E">
+    <w:p w14:paraId="1D64B57E" w14:textId="77777777" w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C9786E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="num" w:pos="1200"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
@@ -16545,97 +19038,97 @@
           <w:tab w:val="left" w:pos="22320"/>
           <w:tab w:val="left" w:pos="23040"/>
           <w:tab w:val="left" w:pos="23760"/>
           <w:tab w:val="left" w:pos="24480"/>
           <w:tab w:val="left" w:pos="25200"/>
           <w:tab w:val="left" w:pos="25920"/>
           <w:tab w:val="left" w:pos="26640"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1200" w:hanging="480"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001260E7">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Blowing of trees on and near the embankment would result in substantial cracks and scour of the embankment and subsequent washout of the embankments.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C2350D">
+    <w:p w14:paraId="3B935DF8" w14:textId="77777777" w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C2350D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="num" w:pos="1200"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
           <w:tab w:val="left" w:pos="18000"/>
           <w:tab w:val="left" w:pos="18720"/>
           <w:tab w:val="left" w:pos="19440"/>
           <w:tab w:val="left" w:pos="20160"/>
           <w:tab w:val="left" w:pos="20880"/>
           <w:tab w:val="left" w:pos="21600"/>
           <w:tab w:val="left" w:pos="22320"/>
           <w:tab w:val="left" w:pos="23040"/>
           <w:tab w:val="left" w:pos="23760"/>
           <w:tab w:val="left" w:pos="24480"/>
           <w:tab w:val="left" w:pos="25200"/>
           <w:tab w:val="left" w:pos="25920"/>
           <w:tab w:val="left" w:pos="26640"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1200" w:hanging="480"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C9786E">
+    <w:p w14:paraId="1F88B99B" w14:textId="77777777" w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C9786E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="num" w:pos="1200"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
@@ -16649,127 +19142,128 @@
           <w:tab w:val="left" w:pos="17280"/>
           <w:tab w:val="left" w:pos="18000"/>
           <w:tab w:val="left" w:pos="18720"/>
           <w:tab w:val="left" w:pos="19440"/>
           <w:tab w:val="left" w:pos="20160"/>
           <w:tab w:val="left" w:pos="20880"/>
           <w:tab w:val="left" w:pos="21600"/>
           <w:tab w:val="left" w:pos="22320"/>
           <w:tab w:val="left" w:pos="23040"/>
           <w:tab w:val="left" w:pos="23760"/>
           <w:tab w:val="left" w:pos="24480"/>
           <w:tab w:val="left" w:pos="25200"/>
           <w:tab w:val="left" w:pos="25920"/>
           <w:tab w:val="left" w:pos="26640"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1200" w:hanging="480"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001260E7">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Causes: Heavy</w:t>
       </w:r>
       <w:r w:rsidRPr="001260E7">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001260E7">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>rain associated with</w:t>
       </w:r>
       <w:r w:rsidRPr="001260E7">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001260E7">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>gusty winds and natural aging and poor root system of the trees on and near the embankments.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C2350D">
+    <w:p w14:paraId="5B451FDC" w14:textId="77777777" w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C2350D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
           <w:tab w:val="left" w:pos="18000"/>
           <w:tab w:val="left" w:pos="18720"/>
           <w:tab w:val="left" w:pos="19440"/>
           <w:tab w:val="left" w:pos="20160"/>
           <w:tab w:val="left" w:pos="20880"/>
           <w:tab w:val="left" w:pos="21600"/>
           <w:tab w:val="left" w:pos="22320"/>
           <w:tab w:val="left" w:pos="23040"/>
           <w:tab w:val="left" w:pos="23760"/>
           <w:tab w:val="left" w:pos="24480"/>
           <w:tab w:val="left" w:pos="25200"/>
           <w:tab w:val="left" w:pos="25920"/>
           <w:tab w:val="left" w:pos="26640"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="0079395A" w:rsidP="00C2350D">
+    <w:p w14:paraId="05E42FBD" w14:textId="77777777" w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="0079395A" w:rsidP="00C2350D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
           <w:tab w:val="left" w:pos="18000"/>
           <w:tab w:val="left" w:pos="18720"/>
           <w:tab w:val="left" w:pos="19440"/>
@@ -16798,51 +19292,51 @@
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="00E10DC3" w:rsidRPr="001260E7">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00E10DC3" w:rsidRPr="001260E7">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E10DC3" w:rsidRPr="001260E7">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Reduction of Crest Elevation</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C2350D">
+    <w:p w14:paraId="1E081FF5" w14:textId="77777777" w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C2350D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
           <w:tab w:val="left" w:pos="18000"/>
           <w:tab w:val="left" w:pos="18720"/>
           <w:tab w:val="left" w:pos="19440"/>
@@ -16852,51 +19346,51 @@
           <w:tab w:val="left" w:pos="22320"/>
           <w:tab w:val="left" w:pos="23040"/>
           <w:tab w:val="left" w:pos="23760"/>
           <w:tab w:val="left" w:pos="24480"/>
           <w:tab w:val="left" w:pos="25200"/>
           <w:tab w:val="left" w:pos="25920"/>
           <w:tab w:val="left" w:pos="26640"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001260E7">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="0079395A" w:rsidP="00C9786E">
+    <w:p w14:paraId="38BEB99E" w14:textId="77777777" w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="0079395A" w:rsidP="00C9786E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="1200"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
@@ -16926,51 +19420,51 @@
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001260E7">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Deterioration</w:t>
       </w:r>
       <w:r w:rsidR="00E10DC3" w:rsidRPr="001260E7">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> or washout of Dam crest</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C2350D">
+    <w:p w14:paraId="07E3C469" w14:textId="77777777" w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C2350D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="1200"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
@@ -16979,51 +19473,51 @@
           <w:tab w:val="left" w:pos="18000"/>
           <w:tab w:val="left" w:pos="18720"/>
           <w:tab w:val="left" w:pos="19440"/>
           <w:tab w:val="left" w:pos="20160"/>
           <w:tab w:val="left" w:pos="20880"/>
           <w:tab w:val="left" w:pos="21600"/>
           <w:tab w:val="left" w:pos="22320"/>
           <w:tab w:val="left" w:pos="23040"/>
           <w:tab w:val="left" w:pos="23760"/>
           <w:tab w:val="left" w:pos="24480"/>
           <w:tab w:val="left" w:pos="25200"/>
           <w:tab w:val="left" w:pos="25920"/>
           <w:tab w:val="left" w:pos="26640"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="360"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C9786E">
+    <w:p w14:paraId="47F293BC" w14:textId="77777777" w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C9786E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="1200"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
@@ -17077,51 +19571,51 @@
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> heavy rain</w:t>
       </w:r>
       <w:r w:rsidRPr="001260E7">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001260E7">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>runof</w:t>
       </w:r>
       <w:r w:rsidR="0079395A" w:rsidRPr="001260E7">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>f.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C2350D">
+    <w:p w14:paraId="401A77DA" w14:textId="77777777" w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C2350D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1200"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
@@ -17129,51 +19623,51 @@
           <w:tab w:val="left" w:pos="18720"/>
           <w:tab w:val="left" w:pos="19440"/>
           <w:tab w:val="left" w:pos="20160"/>
           <w:tab w:val="left" w:pos="20880"/>
           <w:tab w:val="left" w:pos="21600"/>
           <w:tab w:val="left" w:pos="22320"/>
           <w:tab w:val="left" w:pos="23040"/>
           <w:tab w:val="left" w:pos="23760"/>
           <w:tab w:val="left" w:pos="24480"/>
           <w:tab w:val="left" w:pos="25200"/>
           <w:tab w:val="left" w:pos="25920"/>
           <w:tab w:val="left" w:pos="26640"/>
           <w:tab w:val="left" w:pos="27360"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="360"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="0079395A" w:rsidP="00C2350D">
+    <w:p w14:paraId="5274B6E4" w14:textId="77777777" w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="0079395A" w:rsidP="00C2350D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
           <w:tab w:val="left" w:pos="18000"/>
           <w:tab w:val="left" w:pos="18720"/>
           <w:tab w:val="left" w:pos="19440"/>
@@ -17202,99 +19696,99 @@
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00E10DC3" w:rsidRPr="001260E7">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00E10DC3" w:rsidRPr="001260E7">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E10DC3" w:rsidRPr="001260E7">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Dam Overtopping</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C2350D">
+    <w:p w14:paraId="62993AB8" w14:textId="77777777" w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C2350D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
           <w:tab w:val="left" w:pos="18000"/>
           <w:tab w:val="left" w:pos="18720"/>
           <w:tab w:val="left" w:pos="19440"/>
           <w:tab w:val="left" w:pos="20160"/>
           <w:tab w:val="left" w:pos="20880"/>
           <w:tab w:val="left" w:pos="21600"/>
           <w:tab w:val="left" w:pos="22320"/>
           <w:tab w:val="left" w:pos="23040"/>
           <w:tab w:val="left" w:pos="23760"/>
           <w:tab w:val="left" w:pos="24480"/>
           <w:tab w:val="left" w:pos="25200"/>
           <w:tab w:val="left" w:pos="25920"/>
           <w:tab w:val="left" w:pos="26640"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C9786E">
+    <w:p w14:paraId="2B6E8248" w14:textId="77777777" w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C9786E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="1200"/>
           <w:tab w:val="left" w:pos="2250"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
@@ -17349,51 +19843,51 @@
       <w:r w:rsidR="001F28E5" w:rsidRPr="001260E7">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidRPr="001260E7">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> dam causing erosion and subsequent reduced dam height with time.  If overtopping continues for any length of time it </w:t>
       </w:r>
       <w:r w:rsidR="001F28E5" w:rsidRPr="001260E7">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>may</w:t>
       </w:r>
       <w:r w:rsidRPr="001260E7">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> lead to a total failure of the dam.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C2350D">
+    <w:p w14:paraId="4988CB0A" w14:textId="77777777" w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C2350D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
@@ -17407,51 +19901,51 @@
           <w:tab w:val="left" w:pos="23040"/>
           <w:tab w:val="left" w:pos="23760"/>
           <w:tab w:val="left" w:pos="24480"/>
           <w:tab w:val="left" w:pos="25200"/>
           <w:tab w:val="left" w:pos="25920"/>
           <w:tab w:val="left" w:pos="26640"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="360"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="001F28E5" w:rsidP="00C9786E">
+    <w:p w14:paraId="1FE21208" w14:textId="77777777" w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="001F28E5" w:rsidP="00C9786E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
@@ -17480,102 +19974,102 @@
         <w:ind w:left="720" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001260E7">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Causes: Heavy rain;</w:t>
       </w:r>
       <w:r w:rsidR="00E10DC3" w:rsidRPr="001260E7">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> blocked</w:t>
       </w:r>
       <w:r w:rsidRPr="001260E7">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> or inadequately sized spillway.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F28E5" w:rsidRPr="001260E7" w:rsidRDefault="001F28E5" w:rsidP="00C2350D">
+    <w:p w14:paraId="3EDA76C0" w14:textId="77777777" w:rsidR="001F28E5" w:rsidRPr="001260E7" w:rsidRDefault="001F28E5" w:rsidP="00C2350D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
           <w:tab w:val="left" w:pos="18000"/>
           <w:tab w:val="left" w:pos="18720"/>
           <w:tab w:val="left" w:pos="19440"/>
           <w:tab w:val="left" w:pos="20160"/>
           <w:tab w:val="left" w:pos="20880"/>
           <w:tab w:val="left" w:pos="21600"/>
           <w:tab w:val="left" w:pos="22320"/>
           <w:tab w:val="left" w:pos="23040"/>
           <w:tab w:val="left" w:pos="23760"/>
           <w:tab w:val="left" w:pos="24480"/>
           <w:tab w:val="left" w:pos="25200"/>
           <w:tab w:val="left" w:pos="25920"/>
           <w:tab w:val="left" w:pos="26640"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="001F28E5" w:rsidP="00C2350D">
+    <w:p w14:paraId="5E0A8647" w14:textId="77777777" w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="001F28E5" w:rsidP="00C2350D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
           <w:tab w:val="left" w:pos="18000"/>
           <w:tab w:val="left" w:pos="18720"/>
           <w:tab w:val="left" w:pos="19440"/>
@@ -17604,67 +20098,67 @@
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="00E10DC3" w:rsidRPr="001260E7">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00E10DC3" w:rsidRPr="001260E7">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E10DC3" w:rsidRPr="001260E7">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Cracking</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C2350D">
+    <w:p w14:paraId="54CE4C86" w14:textId="77777777" w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C2350D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C9786E">
+    <w:p w14:paraId="095A9EC1" w14:textId="77777777" w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C9786E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="num" w:pos="720"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
@@ -17693,98 +20187,98 @@
         <w:ind w:left="1200" w:hanging="480"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001260E7">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Longitudinal cracking can be due to movements and/or settlements of the dam and can allow water to infiltrate </w:t>
       </w:r>
       <w:r w:rsidR="001F28E5" w:rsidRPr="001260E7">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>the concrete</w:t>
       </w:r>
       <w:r w:rsidRPr="001260E7">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C2350D">
+    <w:p w14:paraId="7488FF11" w14:textId="77777777" w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C2350D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
           <w:tab w:val="left" w:pos="18000"/>
           <w:tab w:val="left" w:pos="18720"/>
           <w:tab w:val="left" w:pos="19440"/>
           <w:tab w:val="left" w:pos="20160"/>
           <w:tab w:val="left" w:pos="20880"/>
           <w:tab w:val="left" w:pos="21600"/>
           <w:tab w:val="left" w:pos="22320"/>
           <w:tab w:val="left" w:pos="23040"/>
           <w:tab w:val="left" w:pos="23760"/>
           <w:tab w:val="left" w:pos="24480"/>
           <w:tab w:val="left" w:pos="25200"/>
           <w:tab w:val="left" w:pos="25920"/>
           <w:tab w:val="left" w:pos="26640"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C9786E">
+    <w:p w14:paraId="46AE2EC7" w14:textId="77777777" w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C9786E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="num" w:pos="720"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
@@ -17813,98 +20307,98 @@
         <w:ind w:left="1200" w:hanging="480"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001260E7">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Transverse cracking can be due to horizontal and/or vertical movement and can result in a flow path across the </w:t>
       </w:r>
       <w:r w:rsidR="001F28E5" w:rsidRPr="001260E7">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>concrete structure</w:t>
       </w:r>
       <w:r w:rsidRPr="001260E7">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C2350D">
+    <w:p w14:paraId="23456F06" w14:textId="77777777" w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C2350D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
           <w:tab w:val="left" w:pos="18000"/>
           <w:tab w:val="left" w:pos="18720"/>
           <w:tab w:val="left" w:pos="19440"/>
           <w:tab w:val="left" w:pos="20160"/>
           <w:tab w:val="left" w:pos="20880"/>
           <w:tab w:val="left" w:pos="21600"/>
           <w:tab w:val="left" w:pos="22320"/>
           <w:tab w:val="left" w:pos="23040"/>
           <w:tab w:val="left" w:pos="23760"/>
           <w:tab w:val="left" w:pos="24480"/>
           <w:tab w:val="left" w:pos="25200"/>
           <w:tab w:val="left" w:pos="25920"/>
           <w:tab w:val="left" w:pos="26640"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C9786E">
+    <w:p w14:paraId="39C0EDC8" w14:textId="77777777" w:rsidR="00E10DC3" w:rsidRPr="001260E7" w:rsidRDefault="00E10DC3" w:rsidP="00C9786E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="num" w:pos="720"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
@@ -17918,3692 +20412,3632 @@
           <w:tab w:val="left" w:pos="18000"/>
           <w:tab w:val="left" w:pos="18720"/>
           <w:tab w:val="left" w:pos="19440"/>
           <w:tab w:val="left" w:pos="20160"/>
           <w:tab w:val="left" w:pos="20880"/>
           <w:tab w:val="left" w:pos="21600"/>
           <w:tab w:val="left" w:pos="22320"/>
           <w:tab w:val="left" w:pos="23040"/>
           <w:tab w:val="left" w:pos="23760"/>
           <w:tab w:val="left" w:pos="24480"/>
           <w:tab w:val="left" w:pos="25200"/>
           <w:tab w:val="left" w:pos="25920"/>
           <w:tab w:val="left" w:pos="26640"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1200" w:hanging="480"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001260E7">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Thin cracks can be very deep and intersect the </w:t>
-[...16 lines deleted...]
-    <w:p w:rsidR="00E10DC3" w:rsidRPr="00A25A46" w:rsidRDefault="00E10DC3" w:rsidP="004F0AA9">
+        <w:t>Thin cracks can be very deep and intersect the phreatic surface.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="396ED8C4" w14:textId="77777777" w:rsidR="00E10DC3" w:rsidRPr="00A25A46" w:rsidRDefault="00E10DC3" w:rsidP="004F0AA9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:sectPr w:rsidR="00E10DC3" w:rsidRPr="00A25A46" w:rsidSect="00E10DC3">
-          <w:headerReference w:type="default" r:id="rId25"/>
-          <w:footerReference w:type="default" r:id="rId26"/>
+          <w:headerReference w:type="default" r:id="rId26"/>
+          <w:footerReference w:type="default" r:id="rId27"/>
           <w:footnotePr>
             <w:numRestart w:val="eachPage"/>
           </w:footnotePr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1710" w:right="1800" w:bottom="1440" w:left="1800" w:header="1296" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004F0AA9" w:rsidRPr="007D7B06" w:rsidRDefault="004F0AA9" w:rsidP="004F0AA9">
+    <w:p w14:paraId="6C7E9923" w14:textId="77777777" w:rsidR="004F0AA9" w:rsidRPr="007D7B06" w:rsidRDefault="004F0AA9" w:rsidP="004F0AA9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004F0AA9" w:rsidRPr="007D7B06" w:rsidRDefault="004F0AA9" w:rsidP="001C143A">
+    <w:p w14:paraId="4FC5CDEC" w14:textId="77777777" w:rsidR="004F0AA9" w:rsidRPr="007D7B06" w:rsidRDefault="004F0AA9" w:rsidP="001C143A">
       <w:pPr>
         <w:keepNext/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D7B06">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">APPENDIX </w:t>
       </w:r>
       <w:r w:rsidR="0034423F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F0AA9" w:rsidRPr="007D7B06" w:rsidRDefault="001C143A" w:rsidP="004F0AA9">
+    <w:p w14:paraId="7279BA76" w14:textId="77777777" w:rsidR="004F0AA9" w:rsidRPr="007D7B06" w:rsidRDefault="001C143A" w:rsidP="004F0AA9">
       <w:pPr>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Termination &amp; Recovery</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F0AA9" w:rsidRPr="007D7B06" w:rsidRDefault="004F0AA9" w:rsidP="004F0AA9">
+    <w:p w14:paraId="42F33801" w14:textId="77777777" w:rsidR="004F0AA9" w:rsidRPr="007D7B06" w:rsidRDefault="004F0AA9" w:rsidP="004F0AA9">
       <w:pPr>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D7B06">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F65C6" w:rsidRPr="00A25A46" w:rsidRDefault="000F65C6" w:rsidP="00C37432">
+    <w:p w14:paraId="07B85103" w14:textId="77777777" w:rsidR="000F65C6" w:rsidRPr="00A25A46" w:rsidRDefault="000F65C6" w:rsidP="00C37432">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:sectPr w:rsidR="000F65C6" w:rsidRPr="00A25A46" w:rsidSect="00A25A46">
-          <w:headerReference w:type="default" r:id="rId27"/>
-          <w:footerReference w:type="default" r:id="rId28"/>
+          <w:headerReference w:type="default" r:id="rId28"/>
+          <w:footerReference w:type="default" r:id="rId29"/>
           <w:footnotePr>
             <w:numRestart w:val="eachPage"/>
           </w:footnotePr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="5760" w:right="1800" w:bottom="1440" w:left="1800" w:header="1296" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000F65C6" w:rsidRPr="001C143A" w:rsidRDefault="000F65C6" w:rsidP="001C143A">
+    <w:p w14:paraId="4508A0FA" w14:textId="77777777" w:rsidR="000F65C6" w:rsidRPr="001C143A" w:rsidRDefault="000F65C6" w:rsidP="001C143A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C143A">
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">APPENDIX </w:t>
       </w:r>
       <w:r w:rsidR="0034423F" w:rsidRPr="001C143A">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C143A" w:rsidRPr="001C143A" w:rsidRDefault="001C143A" w:rsidP="001C143A">
+    <w:p w14:paraId="77147C32" w14:textId="77777777" w:rsidR="001C143A" w:rsidRPr="001C143A" w:rsidRDefault="001C143A" w:rsidP="001C143A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C143A">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>TERMINATION &amp; RECOVERY</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C143A" w:rsidRDefault="001C143A" w:rsidP="001C143A">
-[...7 lines deleted...]
-    <w:p w:rsidR="001C143A" w:rsidRDefault="001C143A" w:rsidP="001C143A">
+    <w:p w14:paraId="67ED8126" w14:textId="77777777" w:rsidR="001C143A" w:rsidRDefault="001C143A" w:rsidP="001C143A">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D8079BB" w14:textId="77777777" w:rsidR="001C143A" w:rsidRDefault="001C143A" w:rsidP="001C143A">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D4F53">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>If the EAP has been placed into action and the event has been deemed to not be an emergency, or the threat has been mitigated, termination of the emergency response under the EAP will be the sole responsibility of the incident commander.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  Termination process should include, but not be limited to, the following steps:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C143A" w:rsidRDefault="001C143A" w:rsidP="001C143A">
-[...7 lines deleted...]
-    <w:p w:rsidR="001C143A" w:rsidRDefault="001C143A" w:rsidP="001C143A">
+    <w:p w14:paraId="64CAB620" w14:textId="77777777" w:rsidR="001C143A" w:rsidRDefault="001C143A" w:rsidP="001C143A">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4FB9D67F" w14:textId="77777777" w:rsidR="001C143A" w:rsidRDefault="001C143A" w:rsidP="001C143A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Notify all agencies and parties contacted during the response of the situation termination</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C143A" w:rsidRDefault="001C143A" w:rsidP="001C143A">
+    <w:p w14:paraId="27669D0E" w14:textId="77777777" w:rsidR="001C143A" w:rsidRDefault="001C143A" w:rsidP="001C143A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Issue public notification</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C143A" w:rsidRDefault="001C143A" w:rsidP="001C143A">
+    <w:p w14:paraId="26A3F08A" w14:textId="77777777" w:rsidR="001C143A" w:rsidRDefault="001C143A" w:rsidP="001C143A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Complete post-situation dam inspection</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C143A" w:rsidRDefault="001C143A" w:rsidP="001C143A">
-[...7 lines deleted...]
-    <w:p w:rsidR="000F65C6" w:rsidRPr="007D7B06" w:rsidRDefault="001C143A" w:rsidP="001C143A">
+    <w:p w14:paraId="7A4F986C" w14:textId="77777777" w:rsidR="001C143A" w:rsidRDefault="001C143A" w:rsidP="001C143A">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A977393" w14:textId="77777777" w:rsidR="000F65C6" w:rsidRPr="007D7B06" w:rsidRDefault="001C143A" w:rsidP="001C143A">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Implement post-situation recovery including restoring impacted areas such that they are safe for public use and repairing or otherwise addressing damaged infrastructure</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F65C6" w:rsidRPr="007D7B06" w:rsidRDefault="000F65C6" w:rsidP="000F65C6">
+    <w:p w14:paraId="7F39B07B" w14:textId="77777777" w:rsidR="000F65C6" w:rsidRPr="007D7B06" w:rsidRDefault="000F65C6" w:rsidP="000F65C6">
       <w:r w:rsidRPr="007D7B06">
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007D7B06">
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007D7B06">
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007D7B06">
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F65C6" w:rsidRPr="00A25A46" w:rsidRDefault="000F65C6" w:rsidP="000F65C6">
+    <w:p w14:paraId="633455F8" w14:textId="77777777" w:rsidR="000F65C6" w:rsidRPr="00A25A46" w:rsidRDefault="000F65C6" w:rsidP="000F65C6">
       <w:pPr>
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000F65C6" w:rsidRPr="00A25A46" w:rsidRDefault="000F65C6" w:rsidP="000F65C6">
+    <w:p w14:paraId="69D2EB86" w14:textId="77777777" w:rsidR="000F65C6" w:rsidRPr="00A25A46" w:rsidRDefault="000F65C6" w:rsidP="000F65C6">
       <w:pPr>
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000F65C6" w:rsidRPr="00A25A46" w:rsidRDefault="000F65C6" w:rsidP="000F65C6">
+    <w:p w14:paraId="5BA26B1D" w14:textId="77777777" w:rsidR="000F65C6" w:rsidRPr="00A25A46" w:rsidRDefault="000F65C6" w:rsidP="000F65C6">
       <w:pPr>
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000F65C6" w:rsidRPr="00A25A46" w:rsidRDefault="000F65C6" w:rsidP="000F65C6">
+    <w:p w14:paraId="00F425E9" w14:textId="77777777" w:rsidR="000F65C6" w:rsidRPr="00A25A46" w:rsidRDefault="000F65C6" w:rsidP="000F65C6">
       <w:pPr>
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000F65C6" w:rsidRPr="00A25A46" w:rsidRDefault="000F65C6" w:rsidP="00C37432">
+    <w:p w14:paraId="315EFE1D" w14:textId="77777777" w:rsidR="000F65C6" w:rsidRPr="00A25A46" w:rsidRDefault="000F65C6" w:rsidP="00C37432">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:sectPr w:rsidR="000F65C6" w:rsidRPr="00A25A46" w:rsidSect="000F65C6">
-          <w:headerReference w:type="default" r:id="rId29"/>
-          <w:footerReference w:type="default" r:id="rId30"/>
+          <w:headerReference w:type="default" r:id="rId30"/>
+          <w:footerReference w:type="default" r:id="rId31"/>
           <w:footnotePr>
             <w:numRestart w:val="eachPage"/>
           </w:footnotePr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1260" w:right="1800" w:bottom="1440" w:left="1800" w:header="1296" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001C143A" w:rsidRPr="007D7B06" w:rsidRDefault="001C143A" w:rsidP="001C143A">
+    <w:p w14:paraId="2447674B" w14:textId="77777777" w:rsidR="001C143A" w:rsidRPr="007D7B06" w:rsidRDefault="001C143A" w:rsidP="001C143A">
       <w:pPr>
         <w:keepNext/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D7B06">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">APPENDIX </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C143A" w:rsidRPr="007D7B06" w:rsidRDefault="001C143A" w:rsidP="001C143A">
+    <w:p w14:paraId="62527588" w14:textId="77777777" w:rsidR="001C143A" w:rsidRPr="007D7B06" w:rsidRDefault="001C143A" w:rsidP="001C143A">
       <w:pPr>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Materials &amp; Equipment</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00045DD2" w:rsidRDefault="001C143A">
+    <w:p w14:paraId="1073DD54" w14:textId="77777777" w:rsidR="00045DD2" w:rsidRDefault="001C143A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:sectPr w:rsidR="00045DD2" w:rsidSect="001C143A">
-          <w:headerReference w:type="default" r:id="rId31"/>
-[...1 lines deleted...]
-          <w:headerReference w:type="first" r:id="rId33"/>
+          <w:headerReference w:type="default" r:id="rId32"/>
+          <w:footerReference w:type="default" r:id="rId33"/>
+          <w:headerReference w:type="first" r:id="rId34"/>
           <w:footnotePr>
             <w:numRestart w:val="eachPage"/>
           </w:footnotePr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="5760" w:right="1800" w:bottom="1440" w:left="1800" w:header="1296" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C143A" w:rsidRPr="007D7B06" w:rsidRDefault="001C143A" w:rsidP="001C143A">
+    <w:p w14:paraId="47FEA580" w14:textId="77777777" w:rsidR="001C143A" w:rsidRPr="007D7B06" w:rsidRDefault="001C143A" w:rsidP="001C143A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D7B06">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">APPENDIX </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C143A" w:rsidRPr="007D7B06" w:rsidRDefault="001C143A" w:rsidP="001C143A">
+    <w:p w14:paraId="0F1FEC01" w14:textId="77777777" w:rsidR="001C143A" w:rsidRPr="007D7B06" w:rsidRDefault="001C143A" w:rsidP="001C143A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D7B06">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">AVAILABLE </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">MATERIALS &amp; </w:t>
       </w:r>
       <w:r w:rsidRPr="007D7B06">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>EQUIPMENT</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C143A" w:rsidRPr="007D7B06" w:rsidRDefault="001C143A" w:rsidP="001C143A">
+    <w:p w14:paraId="56ADA74C" w14:textId="77777777" w:rsidR="001C143A" w:rsidRPr="007D7B06" w:rsidRDefault="001C143A" w:rsidP="001C143A">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001C143A" w:rsidRPr="007D7B06" w:rsidRDefault="001C143A" w:rsidP="001C143A">
+    <w:p w14:paraId="5EF7ECA5" w14:textId="77777777" w:rsidR="001C143A" w:rsidRPr="007D7B06" w:rsidRDefault="001C143A" w:rsidP="001C143A">
       <w:pPr>
         <w:pStyle w:val="Template-Direction"/>
       </w:pPr>
       <w:r>
         <w:t>Develop and provide a listing of material and equipment that may be readily available during a dam safety emergency event.  Provide a description of the material/equipment, location of the material/equipment, and 24 hour contact information for parties responsible for the material/equipment.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C143A" w:rsidRPr="007D7B06" w:rsidRDefault="001C143A" w:rsidP="001C143A">
+    <w:p w14:paraId="683E4E34" w14:textId="77777777" w:rsidR="001C143A" w:rsidRPr="007D7B06" w:rsidRDefault="001C143A" w:rsidP="001C143A">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001C143A" w:rsidRPr="007D7B06" w:rsidRDefault="001C143A" w:rsidP="001C143A">
+    <w:p w14:paraId="394B200B" w14:textId="77777777" w:rsidR="001C143A" w:rsidRPr="007D7B06" w:rsidRDefault="001C143A" w:rsidP="001C143A">
       <w:r w:rsidRPr="007D7B06">
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007D7B06">
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007D7B06">
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007D7B06">
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C143A" w:rsidRPr="00A25A46" w:rsidRDefault="001C143A" w:rsidP="001C143A">
+    <w:p w14:paraId="12192934" w14:textId="77777777" w:rsidR="001C143A" w:rsidRPr="00A25A46" w:rsidRDefault="001C143A" w:rsidP="001C143A">
       <w:pPr>
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001C143A" w:rsidRPr="00A25A46" w:rsidRDefault="001C143A" w:rsidP="001C143A">
+    <w:p w14:paraId="6A4E763F" w14:textId="77777777" w:rsidR="001C143A" w:rsidRPr="00A25A46" w:rsidRDefault="001C143A" w:rsidP="001C143A">
       <w:pPr>
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001C143A" w:rsidRDefault="001C143A" w:rsidP="001C143A">
+    <w:p w14:paraId="5F1B3E3B" w14:textId="77777777" w:rsidR="001C143A" w:rsidRDefault="001C143A" w:rsidP="001C143A">
       <w:pPr>
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:sectPr w:rsidR="001C143A" w:rsidSect="00C6598E">
-          <w:headerReference w:type="first" r:id="rId34"/>
+          <w:headerReference w:type="first" r:id="rId35"/>
           <w:footnotePr>
             <w:numRestart w:val="eachPage"/>
           </w:footnotePr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="2070" w:right="1800" w:bottom="1440" w:left="1800" w:header="1296" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001C143A" w:rsidRPr="00A25A46" w:rsidRDefault="001C143A" w:rsidP="001C143A">
+    <w:p w14:paraId="332F3420" w14:textId="77777777" w:rsidR="001C143A" w:rsidRPr="00A25A46" w:rsidRDefault="001C143A" w:rsidP="001C143A">
       <w:pPr>
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001C143A" w:rsidRPr="00A25A46" w:rsidRDefault="001C143A" w:rsidP="001C143A">
+    <w:p w14:paraId="34EF8F89" w14:textId="77777777" w:rsidR="001C143A" w:rsidRPr="00A25A46" w:rsidRDefault="001C143A" w:rsidP="001C143A">
       <w:pPr>
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008646D9" w:rsidRDefault="008646D9" w:rsidP="007C08E7">
+    <w:p w14:paraId="6562416D" w14:textId="77777777" w:rsidR="008646D9" w:rsidRDefault="008646D9" w:rsidP="007C08E7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="5400"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004F0AA9" w:rsidRPr="007D7B06" w:rsidRDefault="004F0AA9" w:rsidP="001C143A">
+    <w:p w14:paraId="0574D774" w14:textId="77777777" w:rsidR="004F0AA9" w:rsidRPr="007D7B06" w:rsidRDefault="004F0AA9" w:rsidP="001C143A">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r w:rsidRPr="007D7B06">
         <w:t xml:space="preserve">APPENDIX </w:t>
       </w:r>
       <w:r w:rsidR="00C6598E">
         <w:t>E</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F0AA9" w:rsidRPr="007D7B06" w:rsidRDefault="004F0AA9" w:rsidP="004F0AA9">
+    <w:p w14:paraId="6E7A4359" w14:textId="77777777" w:rsidR="004F0AA9" w:rsidRPr="007D7B06" w:rsidRDefault="004F0AA9" w:rsidP="004F0AA9">
       <w:pPr>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D7B06">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Signoff Sheets</w:t>
       </w:r>
       <w:r w:rsidRPr="007D7B06">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E62116" w:rsidRPr="00A25A46" w:rsidRDefault="00E62116" w:rsidP="00C37432">
+    <w:p w14:paraId="63768EBD" w14:textId="77777777" w:rsidR="00E62116" w:rsidRPr="00A25A46" w:rsidRDefault="00E62116" w:rsidP="00C37432">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E62116" w:rsidRPr="00A25A46" w:rsidRDefault="00E62116" w:rsidP="00C37432">
+    <w:p w14:paraId="564EC798" w14:textId="77777777" w:rsidR="00E62116" w:rsidRPr="00A25A46" w:rsidRDefault="00E62116" w:rsidP="00C37432">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:sectPr w:rsidR="00E62116" w:rsidRPr="00A25A46" w:rsidSect="00A25A46">
           <w:footnotePr>
             <w:numRestart w:val="eachPage"/>
           </w:footnotePr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="5760" w:right="1800" w:bottom="1440" w:left="1800" w:header="1296" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007A3FD7" w:rsidRPr="00C2350D" w:rsidRDefault="007A3FD7" w:rsidP="007A3FD7">
+    <w:p w14:paraId="274BF161" w14:textId="77777777" w:rsidR="007A3FD7" w:rsidRPr="00C2350D" w:rsidRDefault="007A3FD7" w:rsidP="007A3FD7">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
           <w:tab w:val="left" w:pos="18000"/>
           <w:tab w:val="left" w:pos="18720"/>
           <w:tab w:val="left" w:pos="19440"/>
           <w:tab w:val="left" w:pos="20160"/>
           <w:tab w:val="left" w:pos="20880"/>
           <w:tab w:val="left" w:pos="21600"/>
           <w:tab w:val="left" w:pos="22320"/>
           <w:tab w:val="left" w:pos="23040"/>
           <w:tab w:val="left" w:pos="23760"/>
           <w:tab w:val="left" w:pos="24480"/>
           <w:tab w:val="left" w:pos="25200"/>
           <w:tab w:val="left" w:pos="25920"/>
           <w:tab w:val="left" w:pos="26640"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="00C2350D">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">APPENDIX </w:t>
       </w:r>
       <w:r w:rsidR="00C6598E">
         <w:t>E</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007A3FD7" w:rsidRDefault="007A3FD7" w:rsidP="007A3FD7">
+    <w:p w14:paraId="2777E3F1" w14:textId="77777777" w:rsidR="007A3FD7" w:rsidRDefault="007A3FD7" w:rsidP="007A3FD7">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
           <w:tab w:val="left" w:pos="18000"/>
           <w:tab w:val="left" w:pos="18720"/>
           <w:tab w:val="left" w:pos="19440"/>
           <w:tab w:val="left" w:pos="20160"/>
           <w:tab w:val="left" w:pos="20880"/>
           <w:tab w:val="left" w:pos="21600"/>
           <w:tab w:val="left" w:pos="22320"/>
           <w:tab w:val="left" w:pos="23040"/>
           <w:tab w:val="left" w:pos="23760"/>
           <w:tab w:val="left" w:pos="24480"/>
           <w:tab w:val="left" w:pos="25200"/>
           <w:tab w:val="left" w:pos="25920"/>
           <w:tab w:val="left" w:pos="26640"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="00C2350D">
         <w:t>SIGNOFF SHEETS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002720F1" w:rsidRDefault="002720F1" w:rsidP="007A3FD7">
+    <w:p w14:paraId="3D7055E4" w14:textId="77777777" w:rsidR="002720F1" w:rsidRDefault="002720F1" w:rsidP="007A3FD7">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
           <w:tab w:val="left" w:pos="18000"/>
           <w:tab w:val="left" w:pos="18720"/>
           <w:tab w:val="left" w:pos="19440"/>
           <w:tab w:val="left" w:pos="20160"/>
           <w:tab w:val="left" w:pos="20880"/>
           <w:tab w:val="left" w:pos="21600"/>
           <w:tab w:val="left" w:pos="22320"/>
           <w:tab w:val="left" w:pos="23040"/>
           <w:tab w:val="left" w:pos="23760"/>
           <w:tab w:val="left" w:pos="24480"/>
           <w:tab w:val="left" w:pos="25200"/>
           <w:tab w:val="left" w:pos="25920"/>
           <w:tab w:val="left" w:pos="26640"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002720F1" w:rsidRDefault="002720F1" w:rsidP="007A3FD7">
+    <w:p w14:paraId="199BCE4B" w14:textId="77777777" w:rsidR="002720F1" w:rsidRDefault="002720F1" w:rsidP="007A3FD7">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
           <w:tab w:val="left" w:pos="18000"/>
           <w:tab w:val="left" w:pos="18720"/>
           <w:tab w:val="left" w:pos="19440"/>
           <w:tab w:val="left" w:pos="20160"/>
           <w:tab w:val="left" w:pos="20880"/>
           <w:tab w:val="left" w:pos="21600"/>
           <w:tab w:val="left" w:pos="22320"/>
           <w:tab w:val="left" w:pos="23040"/>
           <w:tab w:val="left" w:pos="23760"/>
           <w:tab w:val="left" w:pos="24480"/>
           <w:tab w:val="left" w:pos="25200"/>
           <w:tab w:val="left" w:pos="25920"/>
           <w:tab w:val="left" w:pos="26640"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002720F1" w:rsidRDefault="002720F1" w:rsidP="007A3FD7">
+    <w:p w14:paraId="0945CB25" w14:textId="77777777" w:rsidR="002720F1" w:rsidRDefault="002720F1" w:rsidP="007A3FD7">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
           <w:tab w:val="left" w:pos="18000"/>
           <w:tab w:val="left" w:pos="18720"/>
           <w:tab w:val="left" w:pos="19440"/>
           <w:tab w:val="left" w:pos="20160"/>
           <w:tab w:val="left" w:pos="20880"/>
           <w:tab w:val="left" w:pos="21600"/>
           <w:tab w:val="left" w:pos="22320"/>
           <w:tab w:val="left" w:pos="23040"/>
           <w:tab w:val="left" w:pos="23760"/>
           <w:tab w:val="left" w:pos="24480"/>
           <w:tab w:val="left" w:pos="25200"/>
           <w:tab w:val="left" w:pos="25920"/>
           <w:tab w:val="left" w:pos="26640"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002720F1" w:rsidRPr="00C2350D" w:rsidRDefault="002720F1" w:rsidP="002720F1">
+    <w:p w14:paraId="558F113F" w14:textId="77777777" w:rsidR="002720F1" w:rsidRPr="00C2350D" w:rsidRDefault="002720F1" w:rsidP="002720F1">
       <w:pPr>
         <w:pStyle w:val="Template-Direction"/>
       </w:pPr>
       <w:r>
         <w:t>Provide tracking sheets to document and track revisions and updates to the EAP as well as to document and track regular review, exercise, and training for the EAP an</w:t>
       </w:r>
       <w:r w:rsidR="00A746A9">
-        <w:t xml:space="preserve">d responsible personnel/parties </w:t>
-[...10 lines deleted...]
-    <w:p w:rsidR="00E62116" w:rsidRPr="007D7B06" w:rsidRDefault="00E2545D" w:rsidP="002720F1">
+        <w:t>d responsible personnel/parties be sure to include the local Emergency Management Director</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C9590AD" w14:textId="77777777" w:rsidR="00E62116" w:rsidRPr="007D7B06" w:rsidRDefault="00E2545D" w:rsidP="002720F1">
       <w:r w:rsidRPr="007D7B06">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E2545D" w:rsidRPr="007D7B06" w:rsidRDefault="00E2545D" w:rsidP="00C37432">
+    <w:p w14:paraId="40DC212D" w14:textId="77777777" w:rsidR="00E2545D" w:rsidRPr="007D7B06" w:rsidRDefault="00E2545D" w:rsidP="00C37432">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:sectPr w:rsidR="00E2545D" w:rsidRPr="007D7B06" w:rsidSect="000F65C6">
-          <w:headerReference w:type="default" r:id="rId35"/>
-          <w:footerReference w:type="default" r:id="rId36"/>
+          <w:headerReference w:type="default" r:id="rId36"/>
+          <w:footerReference w:type="default" r:id="rId37"/>
           <w:footnotePr>
             <w:numRestart w:val="eachPage"/>
           </w:footnotePr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1260" w:right="1800" w:bottom="1440" w:left="1800" w:header="1296" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AE0700" w:rsidRPr="00382BD0" w:rsidRDefault="00AE0700" w:rsidP="001C143A">
+    <w:p w14:paraId="57F19D94" w14:textId="77777777" w:rsidR="00AE0700" w:rsidRPr="00382BD0" w:rsidRDefault="00AE0700" w:rsidP="001C143A">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00382BD0">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">APPENDIX </w:t>
       </w:r>
       <w:r w:rsidR="00C6598E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE0700" w:rsidRPr="007D7B06" w:rsidRDefault="00AE0700" w:rsidP="00AE0700">
+    <w:p w14:paraId="6B37159F" w14:textId="77777777" w:rsidR="00AE0700" w:rsidRPr="007D7B06" w:rsidRDefault="00AE0700" w:rsidP="00AE0700">
       <w:pPr>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Common Dam Safety Definitions</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE0700" w:rsidRPr="007D7B06" w:rsidRDefault="00C9786E" w:rsidP="00AE0700">
+    <w:p w14:paraId="3B457351" w14:textId="77777777" w:rsidR="00AE0700" w:rsidRPr="007D7B06" w:rsidRDefault="00C9786E" w:rsidP="00AE0700">
       <w:pPr>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE0700" w:rsidRDefault="00AE0700" w:rsidP="008F4173">
+    <w:p w14:paraId="7265BC52" w14:textId="77777777" w:rsidR="00AE0700" w:rsidRDefault="00AE0700" w:rsidP="008F4173">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
           <w:tab w:val="left" w:pos="18000"/>
           <w:tab w:val="left" w:pos="18720"/>
           <w:tab w:val="left" w:pos="19440"/>
           <w:tab w:val="left" w:pos="20160"/>
           <w:tab w:val="left" w:pos="20880"/>
           <w:tab w:val="left" w:pos="21600"/>
           <w:tab w:val="left" w:pos="22320"/>
           <w:tab w:val="left" w:pos="23040"/>
           <w:tab w:val="left" w:pos="23760"/>
           <w:tab w:val="left" w:pos="24480"/>
           <w:tab w:val="left" w:pos="25200"/>
           <w:tab w:val="left" w:pos="25920"/>
           <w:tab w:val="left" w:pos="26640"/>
         </w:tabs>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:sectPr w:rsidR="00AE0700" w:rsidSect="00AE0700">
-          <w:headerReference w:type="default" r:id="rId37"/>
-          <w:footerReference w:type="default" r:id="rId38"/>
+          <w:headerReference w:type="default" r:id="rId38"/>
+          <w:footerReference w:type="default" r:id="rId39"/>
           <w:footnotePr>
             <w:numRestart w:val="eachPage"/>
           </w:footnotePr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="5760" w:right="1800" w:bottom="1440" w:left="1800" w:header="1296" w:footer="360" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008F4173" w:rsidRPr="00C2350D" w:rsidRDefault="008F4173" w:rsidP="008F4173">
+    <w:p w14:paraId="43F68415" w14:textId="77777777" w:rsidR="008F4173" w:rsidRPr="00C2350D" w:rsidRDefault="008F4173" w:rsidP="008F4173">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
           <w:tab w:val="left" w:pos="18000"/>
           <w:tab w:val="left" w:pos="18720"/>
           <w:tab w:val="left" w:pos="19440"/>
           <w:tab w:val="left" w:pos="20160"/>
           <w:tab w:val="left" w:pos="20880"/>
           <w:tab w:val="left" w:pos="21600"/>
           <w:tab w:val="left" w:pos="22320"/>
           <w:tab w:val="left" w:pos="23040"/>
           <w:tab w:val="left" w:pos="23760"/>
           <w:tab w:val="left" w:pos="24480"/>
           <w:tab w:val="left" w:pos="25200"/>
           <w:tab w:val="left" w:pos="25920"/>
           <w:tab w:val="left" w:pos="26640"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="00C2350D">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">APPENDIX </w:t>
       </w:r>
       <w:r w:rsidR="00C6598E">
         <w:t>F</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008F4173" w:rsidRPr="00C2350D" w:rsidRDefault="008F4173" w:rsidP="008F4173">
+    <w:p w14:paraId="633601DA" w14:textId="77777777" w:rsidR="008F4173" w:rsidRPr="00C2350D" w:rsidRDefault="008F4173" w:rsidP="008F4173">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
           <w:tab w:val="left" w:pos="18000"/>
           <w:tab w:val="left" w:pos="18720"/>
           <w:tab w:val="left" w:pos="19440"/>
           <w:tab w:val="left" w:pos="20160"/>
           <w:tab w:val="left" w:pos="20880"/>
           <w:tab w:val="left" w:pos="21600"/>
           <w:tab w:val="left" w:pos="22320"/>
           <w:tab w:val="left" w:pos="23040"/>
           <w:tab w:val="left" w:pos="23760"/>
           <w:tab w:val="left" w:pos="24480"/>
           <w:tab w:val="left" w:pos="25200"/>
           <w:tab w:val="left" w:pos="25920"/>
           <w:tab w:val="left" w:pos="26640"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="00C2350D">
         <w:t>COMMON DAM SAFETY DEFINITIONS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008F4173" w:rsidRPr="002720F1" w:rsidRDefault="008F4173" w:rsidP="008F4173">
+    <w:p w14:paraId="29F1FB70" w14:textId="77777777" w:rsidR="008F4173" w:rsidRPr="002720F1" w:rsidRDefault="008F4173" w:rsidP="008F4173">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
+    <w:p w14:paraId="4347B91A" w14:textId="77777777" w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002720F1">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>For a comprehensive list of dam engineering terminology and definitions refer to 302 CMR10.00 Dam Safety, or other reference published by FERC, Dept. of the Interior Bureau of Reclamation, or FEMA.  Please note should discrepancies between definitions exits, those definitions included within 302 CMR 10.00 govern for dams located within the Commonwealth of Massachusetts.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
+    <w:p w14:paraId="3194E3E0" w14:textId="77777777" w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
+    <w:p w14:paraId="37F6E284" w14:textId="77777777" w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002720F1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Orientation</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
+    <w:p w14:paraId="155CA923" w14:textId="77777777" w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
+    <w:p w14:paraId="1ED16C9F" w14:textId="77777777" w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002720F1">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Upstream </w:t>
       </w:r>
       <w:r w:rsidRPr="002720F1">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>– Shall mean the side of the dam that borders the impoundment.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
+    <w:p w14:paraId="6340DF7C" w14:textId="77777777" w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
+    <w:p w14:paraId="4ACA7C13" w14:textId="77777777" w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002720F1">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Downstream</w:t>
       </w:r>
       <w:r w:rsidRPr="002720F1">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> – Shall mean the high side of the dam, the side opposite the upstream side.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
+    <w:p w14:paraId="5506D18C" w14:textId="77777777" w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
+    <w:p w14:paraId="01A1D03D" w14:textId="77777777" w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002720F1">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Right</w:t>
       </w:r>
       <w:r w:rsidRPr="002720F1">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> – Shall mean the area to the right when looking in the downstream direction.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
+    <w:p w14:paraId="37BE689C" w14:textId="77777777" w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
+    <w:p w14:paraId="1EC00835" w14:textId="77777777" w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002720F1">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Left</w:t>
       </w:r>
       <w:r w:rsidRPr="002720F1">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> – Shall mean the area to the left when looking in the downstream direction.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
+    <w:p w14:paraId="4807AEE6" w14:textId="77777777" w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
+    <w:p w14:paraId="69CD78A1" w14:textId="77777777" w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
+    <w:p w14:paraId="0A99B8D8" w14:textId="77777777" w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002720F1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Dam Components</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
+    <w:p w14:paraId="4654EFB7" w14:textId="77777777" w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
+    <w:p w14:paraId="437D10A1" w14:textId="77777777" w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002720F1">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Dam</w:t>
       </w:r>
       <w:r w:rsidRPr="002720F1">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> – Shall mean any artificial barrier, including appurtenant works, which impounds or diverts water.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
+    <w:p w14:paraId="2FF3BF77" w14:textId="77777777" w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
+    <w:p w14:paraId="3504FCF1" w14:textId="77777777" w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002720F1">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Embankment</w:t>
       </w:r>
       <w:r w:rsidRPr="002720F1">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> – Shall mean the fill material, usually earth or rock, placed with sloping sides, such that it forms a permanent barrier that impounds water.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
+    <w:p w14:paraId="1B6872AF" w14:textId="77777777" w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
+    <w:p w14:paraId="110461D8" w14:textId="77777777" w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002720F1">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Crest</w:t>
       </w:r>
       <w:r w:rsidRPr="002720F1">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> – Shall mean the top of the dam, usually provides a road or path across the dam.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
+    <w:p w14:paraId="702A4CC5" w14:textId="77777777" w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
+    <w:p w14:paraId="21D00F57" w14:textId="77777777" w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002720F1">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Abutment</w:t>
       </w:r>
       <w:r w:rsidRPr="002720F1">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> – Shall mean that part of a valley side against which a dam is constructed.  An artificial abutment is sometimes constructed as a concrete gravity section, to take the thrust of an arch dam where there is no suitable natural abutment.  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
+    <w:p w14:paraId="45E93421" w14:textId="77777777" w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
+    <w:p w14:paraId="1E81A052" w14:textId="77777777" w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002720F1">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Appurtenant Works</w:t>
       </w:r>
       <w:r w:rsidRPr="002720F1">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – Shall mean structures, either in dams or separate </w:t>
-[...18 lines deleted...]
-    <w:p w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
+        <w:t xml:space="preserve"> – Shall mean structures, either in dams or separate therefrom, including but not be limited to, spillways; reservoirs and their rims; low level outlet works; and water conduits including tunnels, pipelines, or penstocks, either through the dams or their abutments.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DF02475" w14:textId="77777777" w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
+    <w:p w14:paraId="30B37EF6" w14:textId="77777777" w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002720F1">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Spillway</w:t>
       </w:r>
       <w:r w:rsidRPr="002720F1">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> – Shall mean a structure over or through which water flows are discharged.  If the flow is controlled by gates or boards, it is a controlled spillway; if the fixed elevation of the spillway crest controls the level of the impoundment, it is an uncontrolled spillway.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
+    <w:p w14:paraId="711A70EA" w14:textId="77777777" w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
+    <w:p w14:paraId="1E6AC123" w14:textId="77777777" w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
+    <w:p w14:paraId="00802693" w14:textId="77777777" w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002720F1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Size Classification</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
+    <w:p w14:paraId="4F54741F" w14:textId="77777777" w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002720F1">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> listed in Commonwealth of Massachusetts, 302 CMR 10.00 </w:t>
+        <w:t xml:space="preserve">(as listed in Commonwealth of Massachusetts, 302 CMR 10.00 </w:t>
       </w:r>
       <w:r w:rsidRPr="002720F1">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Dam Safety</w:t>
       </w:r>
       <w:r w:rsidRPr="002720F1">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
+    <w:p w14:paraId="75F7B53B" w14:textId="77777777" w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002720F1">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
+    <w:p w14:paraId="3AF09A49" w14:textId="77777777" w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002720F1">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Large</w:t>
       </w:r>
       <w:r w:rsidRPr="002720F1">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> – structure with a height greater than 40 feet or a storage capacity greater than 1,000 acre-feet.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
+    <w:p w14:paraId="3B5BB41E" w14:textId="77777777" w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
+    <w:p w14:paraId="4819B552" w14:textId="77777777" w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="002720F1">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Intermediate</w:t>
       </w:r>
       <w:r w:rsidRPr="002720F1">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> – structure with a height between 15 and 40 feet or a storage capacity of 50 to 1,000 acre-feet.</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
+    </w:p>
+    <w:p w14:paraId="1D4DDD23" w14:textId="77777777" w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
+    <w:p w14:paraId="4F295318" w14:textId="77777777" w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="002720F1">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Small</w:t>
       </w:r>
       <w:r w:rsidRPr="002720F1">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> – structure with a height between 6 and 15 feet and a storage capacity of 15 to 50 acre-feet.</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
+    </w:p>
+    <w:p w14:paraId="7F658F37" w14:textId="77777777" w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
+    <w:p w14:paraId="76342677" w14:textId="77777777" w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002720F1">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Non-Jurisdictional</w:t>
       </w:r>
       <w:r w:rsidRPr="002720F1">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> – structure less than 6 feet in height or having a storage capacity of less than 15 acre-feet.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
+    <w:p w14:paraId="49B49C3D" w14:textId="77777777" w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
+    <w:p w14:paraId="30DAB77D" w14:textId="77777777" w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002720F1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Hazard Classification</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
+    <w:p w14:paraId="51BDFC64" w14:textId="77777777" w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002720F1">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> listed in Commonwealth of Massachusetts, 302 CMR 10.00 </w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">(as listed in Commonwealth of Massachusetts, 302 CMR 10.00 </w:t>
       </w:r>
       <w:r w:rsidRPr="002720F1">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Dam Safety</w:t>
       </w:r>
       <w:r w:rsidRPr="002720F1">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
+    <w:p w14:paraId="00887B33" w14:textId="77777777" w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
+    <w:p w14:paraId="0EEAF21A" w14:textId="77777777" w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002720F1">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>High Hazard (Class I)</w:t>
       </w:r>
       <w:r w:rsidRPr="002720F1">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> – Shall mean dams located where failure will likely cause loss of life and serious damage to home(s), industrial or commercial facilities, important public utilities, main highway(s) or railroad(s).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
+    <w:p w14:paraId="6656871E" w14:textId="77777777" w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
+    <w:p w14:paraId="208A6DAB" w14:textId="77777777" w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002720F1">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Significant Hazard (Class II)</w:t>
       </w:r>
       <w:r w:rsidRPr="002720F1">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> – Shall mean dams located where failure may cause loss of life and damage to home(s), industrial or commercial facilities, secondary highway(s) or railroad(s), or cause the interruption of the use or service of relatively important facilities.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
+    <w:p w14:paraId="799DFA28" w14:textId="77777777" w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
+    <w:p w14:paraId="3C92C3D9" w14:textId="77777777" w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002720F1">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Low Hazard (Class III)</w:t>
       </w:r>
       <w:r w:rsidRPr="002720F1">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> – Dams located where failure may cause minimal property damage to others .Loss of life is not expected.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
+    <w:p w14:paraId="65702449" w14:textId="77777777" w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
+    <w:p w14:paraId="1A2CF72A" w14:textId="77777777" w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002720F1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">General </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
+    <w:p w14:paraId="4A12B649" w14:textId="77777777" w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
+    <w:p w14:paraId="4AE7F8EB" w14:textId="77777777" w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002720F1">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">EAP – Emergency Action Plan </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="002720F1">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>-  Shall</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="002720F1">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> mean a predetermined plan of action to be taken to reduce the potential for property damage and/or loss of life in an area affected by an impending dam break.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
+    <w:p w14:paraId="40452683" w14:textId="77777777" w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
+    <w:p w14:paraId="37E352F2" w14:textId="77777777" w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="002720F1">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>O&amp;M Manual</w:t>
       </w:r>
       <w:r w:rsidRPr="002720F1">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> – Operations and Maintenance Manual; Document identifying routine maintenance and operational procedures under normal and storm conditions.</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
+    </w:p>
+    <w:p w14:paraId="26F1E236" w14:textId="77777777" w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
+    <w:p w14:paraId="287FF25B" w14:textId="77777777" w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002720F1">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Normal Pool</w:t>
       </w:r>
       <w:r w:rsidRPr="002720F1">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> – Shall mean the elevation of the impoundment during normal operating conditions.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
+    <w:p w14:paraId="4F816480" w14:textId="77777777" w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
+    <w:p w14:paraId="31F95B5E" w14:textId="77777777" w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002720F1">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Acre-foot</w:t>
       </w:r>
       <w:r w:rsidRPr="002720F1">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> – Shall mean a unit of volumetric measure that would cover one acre to a depth of one foot.  It is equal to 43,560 cubic feet.  On million U.S. gallons = 3.068 acre feet</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
+    <w:p w14:paraId="4632E8F5" w14:textId="77777777" w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
+    <w:p w14:paraId="2A1FE79B" w14:textId="77777777" w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002720F1">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Height of Dam</w:t>
       </w:r>
       <w:r w:rsidRPr="002720F1">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> – Shall mean the vertical distance from the lowest portion of the natural ground, including any stream channel, along the downstream toe of the dam to the crest of the dam.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
+    <w:p w14:paraId="2504EEAA" w14:textId="77777777" w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
+    <w:p w14:paraId="4944C2EE" w14:textId="77777777" w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002720F1">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Spillway Design Flood (SDF)</w:t>
       </w:r>
       <w:r w:rsidRPr="002720F1">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> – Shall mean the flood used in the design of a dam and its appurtenant works particularly for sizing the spillway and outlet works, and for determining maximum temporary storage and height of dam requirements.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
+    <w:p w14:paraId="6DF6EFC3" w14:textId="77777777" w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
+    <w:p w14:paraId="3558FABC" w14:textId="77777777" w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002720F1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Condition Rating</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
+    <w:p w14:paraId="3197D18B" w14:textId="77777777" w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
+    <w:p w14:paraId="284E93C5" w14:textId="77777777" w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002720F1">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Unsafe </w:t>
       </w:r>
       <w:r w:rsidRPr="002720F1">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>- Major structural, operational, and maintenance deficiencies exist under normal operating conditions.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
+    <w:p w14:paraId="6987B0F9" w14:textId="77777777" w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
+    <w:p w14:paraId="159D3A71" w14:textId="77777777" w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002720F1">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Poor </w:t>
       </w:r>
       <w:r w:rsidRPr="002720F1">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>- Significant structural, operation and maintenance deficiencies are clearly recognized for normal loading conditions.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
+    <w:p w14:paraId="4BD7CFCD" w14:textId="77777777" w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
+    <w:p w14:paraId="314BC1A4" w14:textId="77777777" w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002720F1">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Fair</w:t>
       </w:r>
       <w:r w:rsidRPr="002720F1">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> - Significant operational and maintenance deficiencies, no structural deficiencies.  Potential deficiencies exist under unusual loading conditions that may realistically occur.  </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="002720F1">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Can be used when uncertainties exist as to critical parameters.</w:t>
+        <w:t>Can</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-    </w:p>
-    <w:p w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
+      <w:r w:rsidRPr="002720F1">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be used when uncertainties exist as to critical parameters.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42508612" w14:textId="77777777" w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
+    <w:p w14:paraId="2634440C" w14:textId="77777777" w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002720F1">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Satisfactory</w:t>
       </w:r>
       <w:r w:rsidRPr="002720F1">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002720F1">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>- Minor operational and maintenance deficiencies. Infrequent hydrologic events would probably result in deficiencies.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
+    <w:p w14:paraId="3E233C3A" w14:textId="77777777" w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
+    <w:p w14:paraId="68CA5BED" w14:textId="77777777" w:rsidR="002720F1" w:rsidRPr="002720F1" w:rsidRDefault="002720F1" w:rsidP="002720F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002720F1">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Good </w:t>
       </w:r>
       <w:r w:rsidRPr="002720F1">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>- No existing or potential deficiencies recognized. Safe performance is expected under all loading including SDF.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008F4173" w:rsidRPr="002720F1" w:rsidRDefault="008F4173" w:rsidP="00C2350D">
+    <w:p w14:paraId="363591A7" w14:textId="77777777" w:rsidR="008F4173" w:rsidRPr="002720F1" w:rsidRDefault="008F4173" w:rsidP="00C2350D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008F4173" w:rsidRPr="009A0EC9" w:rsidRDefault="008F4173" w:rsidP="00C2350D">
+    <w:p w14:paraId="4021857D" w14:textId="77777777" w:rsidR="008F4173" w:rsidRPr="009A0EC9" w:rsidRDefault="008F4173" w:rsidP="00C2350D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008F4173" w:rsidRDefault="008F4173" w:rsidP="00AC475A">
+    <w:p w14:paraId="610AF3BC" w14:textId="77777777" w:rsidR="008F4173" w:rsidRDefault="008F4173" w:rsidP="00AC475A">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:sectPr w:rsidR="008F4173" w:rsidSect="00AE0700">
-          <w:headerReference w:type="default" r:id="rId39"/>
-          <w:footerReference w:type="default" r:id="rId40"/>
+          <w:headerReference w:type="default" r:id="rId40"/>
+          <w:footerReference w:type="default" r:id="rId41"/>
           <w:footnotePr>
             <w:numRestart w:val="eachPage"/>
           </w:footnotePr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1890" w:right="1800" w:bottom="1440" w:left="1800" w:header="1296" w:footer="360" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004F0AA9" w:rsidRPr="00AC475A" w:rsidRDefault="004F0AA9" w:rsidP="00AC475A">
+    <w:p w14:paraId="7C355FA4" w14:textId="77777777" w:rsidR="004F0AA9" w:rsidRPr="00AC475A" w:rsidRDefault="004F0AA9" w:rsidP="00AC475A">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC475A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">REFERENCES </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FB5271" w:rsidRPr="007D7B06" w:rsidRDefault="00DC039C" w:rsidP="00FB5271">
+    <w:p w14:paraId="26A30972" w14:textId="77777777" w:rsidR="00FB5271" w:rsidRPr="007D7B06" w:rsidRDefault="00DC039C" w:rsidP="00FB5271">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E2545D" w:rsidRPr="007D7B06" w:rsidRDefault="00E2545D" w:rsidP="004F0AA9">
+    <w:p w14:paraId="57AE1F6C" w14:textId="77777777" w:rsidR="00E2545D" w:rsidRPr="007D7B06" w:rsidRDefault="00E2545D" w:rsidP="004F0AA9">
       <w:pPr>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E2545D" w:rsidRPr="007D7B06" w:rsidRDefault="00E2545D" w:rsidP="004F0AA9">
+    <w:p w14:paraId="4DF8573D" w14:textId="77777777" w:rsidR="00E2545D" w:rsidRPr="007D7B06" w:rsidRDefault="00E2545D" w:rsidP="004F0AA9">
       <w:pPr>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E2545D" w:rsidRPr="007D7B06" w:rsidRDefault="00E2545D" w:rsidP="004F0AA9">
+    <w:p w14:paraId="4B37934E" w14:textId="77777777" w:rsidR="00E2545D" w:rsidRPr="007D7B06" w:rsidRDefault="00E2545D" w:rsidP="004F0AA9">
       <w:pPr>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:sectPr w:rsidR="00E2545D" w:rsidRPr="007D7B06" w:rsidSect="00A25A46">
-          <w:headerReference w:type="default" r:id="rId41"/>
-          <w:footerReference w:type="default" r:id="rId42"/>
+          <w:headerReference w:type="default" r:id="rId42"/>
+          <w:footerReference w:type="default" r:id="rId43"/>
           <w:footnotePr>
             <w:numRestart w:val="eachPage"/>
           </w:footnotePr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="5760" w:right="1800" w:bottom="1440" w:left="1800" w:header="1296" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E2545D" w:rsidRPr="00190791" w:rsidRDefault="00E2545D" w:rsidP="00E2545D">
+    <w:p w14:paraId="2E1AF081" w14:textId="77777777" w:rsidR="00E2545D" w:rsidRPr="00190791" w:rsidRDefault="00E2545D" w:rsidP="00E2545D">
       <w:pPr>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="576"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="5"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00190791">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>REFERENCES</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E2545D" w:rsidRPr="00A25A46" w:rsidRDefault="00E2545D" w:rsidP="00E2545D">
+    <w:p w14:paraId="5A893E2F" w14:textId="77777777" w:rsidR="00E2545D" w:rsidRPr="00A25A46" w:rsidRDefault="00E2545D" w:rsidP="00E2545D">
       <w:pPr>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DB0B96" w:rsidRDefault="00C9786E" w:rsidP="00C9786E">
+    <w:p w14:paraId="5E236930" w14:textId="77777777" w:rsidR="00DB0B96" w:rsidRDefault="00C9786E" w:rsidP="00C9786E">
       <w:pPr>
         <w:pStyle w:val="Template-Direction"/>
       </w:pPr>
       <w:r>
         <w:t>Provide a list of available reports, design, drawings, or other information relating to the dam and its construction.  Copies of critical information may also be provided within this Appendix.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00190791" w:rsidRPr="00190791" w:rsidRDefault="00190791" w:rsidP="00C2350D">
+    <w:p w14:paraId="0F8747A8" w14:textId="77777777" w:rsidR="00190791" w:rsidRPr="00190791" w:rsidRDefault="00190791" w:rsidP="00C2350D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00190791" w:rsidRPr="00190791" w:rsidRDefault="00190791" w:rsidP="00C2350D">
+    <w:p w14:paraId="53D4BD1D" w14:textId="77777777" w:rsidR="00190791" w:rsidRPr="00190791" w:rsidRDefault="00190791" w:rsidP="00C2350D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00190791">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>The following references were utilized during the preparation of this report and the development of the recommendations presented herein:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00190791" w:rsidRPr="00190791" w:rsidRDefault="00190791" w:rsidP="00C2350D">
+    <w:p w14:paraId="2367ED82" w14:textId="77777777" w:rsidR="00190791" w:rsidRPr="00190791" w:rsidRDefault="00190791" w:rsidP="00C2350D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00190791" w:rsidRPr="00190791" w:rsidRDefault="00190791" w:rsidP="00C9786E">
+    <w:p w14:paraId="650F643F" w14:textId="77777777" w:rsidR="00190791" w:rsidRPr="00190791" w:rsidRDefault="00190791" w:rsidP="00C9786E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00190791">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>“Design of Small Dams”, United States Department of the Interior Bureau of Reclamation, 1987</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00190791" w:rsidRPr="00190791" w:rsidRDefault="00190791" w:rsidP="00C2350D">
+    <w:p w14:paraId="1A85C4CB" w14:textId="77777777" w:rsidR="00190791" w:rsidRPr="00190791" w:rsidRDefault="00190791" w:rsidP="00C2350D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00190791" w:rsidRPr="00190791" w:rsidRDefault="00190791" w:rsidP="00C9786E">
+    <w:p w14:paraId="18DB558C" w14:textId="77777777" w:rsidR="00190791" w:rsidRPr="00190791" w:rsidRDefault="00190791" w:rsidP="00C9786E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00190791">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>“ER 110-2-106 - Recommended Guidelines for Safety Inspection of Dams”, Department of the Army, September 26, 1979.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00190791" w:rsidRPr="00190791" w:rsidRDefault="00190791" w:rsidP="00C2350D">
+    <w:p w14:paraId="316D9F5F" w14:textId="77777777" w:rsidR="00190791" w:rsidRPr="00190791" w:rsidRDefault="00190791" w:rsidP="00C2350D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C9786E" w:rsidRDefault="00190791" w:rsidP="00C9786E">
+    <w:p w14:paraId="5587CC3D" w14:textId="77777777" w:rsidR="00C9786E" w:rsidRDefault="00190791" w:rsidP="00C9786E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00190791">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>“Guidelines for Reporting the Performance of Dams” National Performance of Dams Program, August 1994.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C9786E" w:rsidRDefault="00C9786E" w:rsidP="00C9786E">
+    <w:p w14:paraId="55B31A00" w14:textId="77777777" w:rsidR="00C9786E" w:rsidRDefault="00C9786E" w:rsidP="00C9786E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C9786E" w:rsidRPr="00C9786E" w:rsidRDefault="00C9786E" w:rsidP="00C9786E">
+    <w:p w14:paraId="52F943AC" w14:textId="77777777" w:rsidR="00C9786E" w:rsidRPr="00C9786E" w:rsidRDefault="00C9786E" w:rsidP="00C9786E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C9786E">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Commonwealth of Massachusetts General Laws, M.G.L. 253, Section 44, Chapter 302 CMR 10.00, Dam Safety, </w:t>
       </w:r>
       <w:r w:rsidR="00FF544C">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>February 10, 2017</w:t>
       </w:r>
       <w:r w:rsidRPr="00C9786E">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C9786E" w:rsidRPr="00C9786E" w:rsidRDefault="00C9786E" w:rsidP="00C9786E">
+    <w:p w14:paraId="3FA5F6E0" w14:textId="77777777" w:rsidR="00C9786E" w:rsidRPr="00C9786E" w:rsidRDefault="00C9786E" w:rsidP="00C9786E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E2545D" w:rsidRPr="00A25A46" w:rsidRDefault="00E2545D" w:rsidP="00C2350D">
+    <w:p w14:paraId="5CFCBD99" w14:textId="77777777" w:rsidR="00E2545D" w:rsidRPr="00A25A46" w:rsidRDefault="00E2545D" w:rsidP="00C2350D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E2545D" w:rsidRPr="00CF4E18" w:rsidRDefault="00E2545D" w:rsidP="00C2350D">
+    <w:p w14:paraId="670288B2" w14:textId="77777777" w:rsidR="00E2545D" w:rsidRPr="00CF4E18" w:rsidRDefault="00E2545D" w:rsidP="00C2350D">
       <w:pPr>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00986B2D" w:rsidRPr="00A23A22" w:rsidRDefault="00986B2D" w:rsidP="00C2350D">
+    <w:p w14:paraId="67430701" w14:textId="77777777" w:rsidR="00986B2D" w:rsidRPr="00A23A22" w:rsidRDefault="00986B2D" w:rsidP="00C2350D">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00986B2D" w:rsidRPr="00A23A22" w:rsidSect="000F65C6">
-      <w:headerReference w:type="default" r:id="rId43"/>
-      <w:footerReference w:type="default" r:id="rId44"/>
+      <w:headerReference w:type="default" r:id="rId44"/>
+      <w:footerReference w:type="default" r:id="rId45"/>
       <w:footnotePr>
         <w:numRestart w:val="eachPage"/>
       </w:footnotePr>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1260" w:right="1800" w:bottom="1440" w:left="1800" w:header="1296" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00907667" w:rsidRDefault="00907667">
+    <w:p w14:paraId="24F2F81F" w14:textId="77777777" w:rsidR="007766D9" w:rsidRDefault="007766D9">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00907667" w:rsidRDefault="00907667"/>
+    <w:p w14:paraId="18258499" w14:textId="77777777" w:rsidR="007766D9" w:rsidRDefault="007766D9"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00907667" w:rsidRDefault="00907667">
+    <w:p w14:paraId="645C374B" w14:textId="77777777" w:rsidR="007766D9" w:rsidRDefault="007766D9">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00907667" w:rsidRDefault="00907667"/>
+    <w:p w14:paraId="40C21D2D" w14:textId="77777777" w:rsidR="007766D9" w:rsidRDefault="007766D9"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="0084117A">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2595D8DB" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="0084117A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00574208">
@@ -21649,159 +24083,159 @@
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve">DRAFT Version </w:t>
     </w:r>
     <w:r w:rsidR="00574208">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> DATE  \@ "yyyy.MM.DD"  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidR="00574208">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00926AFA">
+    <w:r w:rsidR="001C137A">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:noProof/>
         <w:sz w:val="18"/>
       </w:rPr>
-      <w:t>2019.01.09</w:t>
+      <w:t>2026.02.19</w:t>
     </w:r>
     <w:r w:rsidR="00574208">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer10.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00907667" w:rsidRPr="00CD2EE9" w:rsidRDefault="00907667" w:rsidP="00CD2EE9">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7298ABAC" w14:textId="77777777" w:rsidR="00907667" w:rsidRPr="00CD2EE9" w:rsidRDefault="00907667" w:rsidP="00CD2EE9">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer11.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00907667" w:rsidRPr="00E62116" w:rsidRDefault="00907667" w:rsidP="00E62116">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0B252BA1" w14:textId="77777777" w:rsidR="00907667" w:rsidRPr="00E62116" w:rsidRDefault="00907667" w:rsidP="00E62116">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer12.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00907667" w:rsidRPr="00E62116" w:rsidRDefault="00907667" w:rsidP="00E62116">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="227AA747" w14:textId="77777777" w:rsidR="00907667" w:rsidRPr="00E62116" w:rsidRDefault="00907667" w:rsidP="00E62116">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer13.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00907667" w:rsidRPr="00E62116" w:rsidRDefault="00907667" w:rsidP="00E62116">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="205616A8" w14:textId="77777777" w:rsidR="00907667" w:rsidRPr="00E62116" w:rsidRDefault="00907667" w:rsidP="00E62116">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer14.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00907667" w:rsidRPr="00CD2EE9" w:rsidRDefault="00907667" w:rsidP="00CD2EE9">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0F306603" w14:textId="77777777" w:rsidR="00907667" w:rsidRPr="00CD2EE9" w:rsidRDefault="00907667" w:rsidP="00CD2EE9">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00CD2EE9">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="08BBCB0B" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00CD2EE9">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00907667" w:rsidRDefault="00907667">
+  <w:p w14:paraId="27690E0F" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00574208">
@@ -21854,824 +24288,822 @@
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve">DRAFT Version </w:t>
     </w:r>
     <w:r w:rsidR="00574208">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> DATE  \@ "yyyy.MM.DD"  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidR="00574208">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00926AFA">
+    <w:r w:rsidR="001C137A">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:noProof/>
         <w:sz w:val="18"/>
       </w:rPr>
-      <w:t>2019.01.09</w:t>
+      <w:t>2026.02.19</w:t>
     </w:r>
     <w:r w:rsidR="00574208">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00907667" w:rsidRPr="00CF4E18" w:rsidRDefault="00907667" w:rsidP="00CF4E18">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2B41B5D6" w14:textId="77777777" w:rsidR="00907667" w:rsidRPr="00CF4E18" w:rsidRDefault="00907667" w:rsidP="00CF4E18">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00907667" w:rsidRPr="00CD2EE9" w:rsidRDefault="00907667" w:rsidP="00CD2EE9">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="44138850" w14:textId="77777777" w:rsidR="00907667" w:rsidRPr="00CD2EE9" w:rsidRDefault="00907667" w:rsidP="00CD2EE9">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00907667" w:rsidRPr="00CF4E18" w:rsidRDefault="00907667" w:rsidP="00CF4E18">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1C4074B7" w14:textId="77777777" w:rsidR="00907667" w:rsidRPr="00CF4E18" w:rsidRDefault="00907667" w:rsidP="00CF4E18">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00907667" w:rsidRPr="00CD2EE9" w:rsidRDefault="00907667" w:rsidP="00CD2EE9">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="17347617" w14:textId="77777777" w:rsidR="00907667" w:rsidRPr="00CD2EE9" w:rsidRDefault="00907667" w:rsidP="00CD2EE9">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer7.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00907667" w:rsidRPr="00CF4E18" w:rsidRDefault="00907667" w:rsidP="00CF4E18">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5C73BD3F" w14:textId="77777777" w:rsidR="00907667" w:rsidRPr="00CF4E18" w:rsidRDefault="00907667" w:rsidP="00CF4E18">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:noProof/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251711488" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251711488" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F305FC0" wp14:editId="6DD61420">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:posOffset>5596255</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="margin">
             <wp:posOffset>20104100</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="548640" cy="260985"/>
           <wp:effectExtent l="0" t="0" r="3810" b="5715"/>
           <wp:wrapNone/>
           <wp:docPr id="1" name="Picture 1" descr="JUSTLOGO"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 112" descr="JUSTLOGO"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="548640" cy="260985"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer8.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00907667" w:rsidRPr="00CD2EE9" w:rsidRDefault="00907667" w:rsidP="00CD2EE9">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1D759EEA" w14:textId="77777777" w:rsidR="00907667" w:rsidRPr="00CD2EE9" w:rsidRDefault="00907667" w:rsidP="00CD2EE9">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer9.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00907667" w:rsidRPr="00E62116" w:rsidRDefault="00907667" w:rsidP="00E62116">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="63B18C6D" w14:textId="77777777" w:rsidR="00907667" w:rsidRPr="00E62116" w:rsidRDefault="00907667" w:rsidP="00E62116">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00907667" w:rsidRDefault="00907667">
+    <w:p w14:paraId="5C015AB1" w14:textId="77777777" w:rsidR="007766D9" w:rsidRDefault="007766D9">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00907667" w:rsidRDefault="00907667"/>
+    <w:p w14:paraId="3B012CBD" w14:textId="77777777" w:rsidR="007766D9" w:rsidRDefault="007766D9"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00907667" w:rsidRDefault="00907667">
+    <w:p w14:paraId="1C913654" w14:textId="77777777" w:rsidR="007766D9" w:rsidRDefault="007766D9">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00907667" w:rsidRDefault="00907667"/>
+    <w:p w14:paraId="09DDEE4A" w14:textId="77777777" w:rsidR="007766D9" w:rsidRDefault="007766D9"/>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="004C7E1A">
+    <w:p w14:paraId="48CF057D" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="004C7E1A">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="003F1579">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Based upon the NRCS Recommendations for Developing EAPs, 2006</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="003F1579">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00CD688C">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0F714753" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00CD688C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:t>EAP Template [Significant Hazard Potential Dam]</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tab/>
       <w:t>Table of Contents</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00907667" w:rsidRDefault="00907667">
+  <w:p w14:paraId="07C9FD51" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header10.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00CD2EE9">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3FC2E6FA" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00CD2EE9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:t>EAP Template [Significant Hazard Potential Dam]</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tab/>
       <w:t>Appendix B</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00907667" w:rsidRDefault="00907667">
+  <w:p w14:paraId="3323CA6E" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header11.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00907667" w:rsidRDefault="00907667">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5332CFE9" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header12.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00CD2EE9">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="51A54A34" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00CD2EE9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:t>EAP Template [Significant Hazard Potential Dam]</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tab/>
       <w:t>Appendix C</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00907667" w:rsidRDefault="00907667">
+  <w:p w14:paraId="4D1C7CFD" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header13.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00907667" w:rsidRDefault="00907667">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6E062C65" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header14.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00907667" w:rsidRDefault="00907667">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1B82762F" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header15.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00045DD2">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="587B2BF0" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00045DD2">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:t>EAP Template [Significant Hazard Potential Dam]</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tab/>
       <w:t>Appendix D</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00907667" w:rsidRDefault="00907667">
+  <w:p w14:paraId="08518982" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header16.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00CD2EE9">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2B385032" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00CD2EE9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:t>EAP Template [Significant Hazard Potential Dam]</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tab/>
       <w:t>Appendix E</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00907667" w:rsidRDefault="00907667">
+  <w:p w14:paraId="2A6968AE" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header17.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00907667" w:rsidRDefault="00907667">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7D8230E8" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header18.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00CD2EE9">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3353F09B" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00CD2EE9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:t>EAP Template [Significant Hazard Potential Dam]</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tab/>
       <w:t>Appendix F</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00907667" w:rsidRDefault="00907667">
+  <w:p w14:paraId="3642285A" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header19.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00907667" w:rsidRDefault="00907667">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="22811DD3" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00907667" w:rsidRDefault="00907667">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0AFAAB56" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:t>EAP Template [Significant Hazard Potential Dam]</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00907667" w:rsidRDefault="00907667">
+  <w:p w14:paraId="4D8BBF9C" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header20.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00CD2EE9">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="73CCA953" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00CD2EE9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:t>EAP Template [Significant Hazard Potential Dam]</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tab/>
       <w:t>References</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00907667" w:rsidRDefault="00907667">
+  <w:p w14:paraId="0D88D6DB" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00CD2EE9">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="67FEE805" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00CD2EE9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:t>EAP Template [Significant Hazard Potential Dam]</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tab/>
       <w:t>Notification Procedures</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00907667" w:rsidRDefault="00907667">
+  <w:p w14:paraId="3917F13E" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00CD2EE9">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1D759A14" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00CD2EE9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:t>EAP Template [Significant Hazard Potential Dam]</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tab/>
       <w:t>Project Description</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00907667" w:rsidRDefault="00907667">
+  <w:p w14:paraId="43A4B1C7" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00CD2EE9">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="13582508" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00CD2EE9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00CD2EE9">
       <w:rPr>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:t>EAP Template [Significant Hazard Potential Dam]</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tab/>
       <w:t>General Responsibilities</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00907667" w:rsidRDefault="00907667">
+  <w:p w14:paraId="37916698" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header6.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00CD2EE9">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="52697A9F" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00CD2EE9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:t>EAP Template [Significant Hazard Potential Dam]</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tab/>
       <w:t>Inundation Maps</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00907667" w:rsidRDefault="00907667">
+  <w:p w14:paraId="339219AD" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header7.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00E10DC3">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3AC8E0BD" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00E10DC3">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header8.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00CD2EE9">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="27F9540A" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00CD2EE9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:t>EAP Template [Significant Hazard Potential Dam]</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tab/>
       <w:t>Appendix A</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00E10DC3">
+  <w:p w14:paraId="2319BC48" w14:textId="77777777" w:rsidR="00907667" w:rsidRDefault="00907667" w:rsidP="00E10DC3">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header9.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00907667" w:rsidRPr="003B6964" w:rsidRDefault="00907667" w:rsidP="003B6964">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7BD91D04" w14:textId="77777777" w:rsidR="00907667" w:rsidRPr="003B6964" w:rsidRDefault="00907667" w:rsidP="003B6964">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="010E1B96"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="679E8BD8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="14553235"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="27DEFD84"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="172C2C2F"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="27DEFD84"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="178A2FE6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F0348F6C"/>
     <w:lvl w:ilvl="0" w:tplc="CFDE2FAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
@@ -22718,91 +25150,91 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1DF155FB"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="27DEFD84"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="207F6B69"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="27DEFD84"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="213F2808"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F7E6DF54"/>
     <w:lvl w:ilvl="0" w:tplc="5C3E4926">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
@@ -22849,51 +25281,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="268C0B13"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="73D4F962"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading1"/>
       <w:lvlText w:val="%1.0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="990"/>
         </w:tabs>
         <w:ind w:left="990" w:hanging="630"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading2"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
@@ -22991,131 +25423,131 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="286A222D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="27DEFD84"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2CFC7804"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="27DEFD84"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="35FF46ED"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="27DEFD84"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38472C67"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="27DEFD84"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A754876"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5A5CDBA4"/>
     <w:lvl w:ilvl="0" w:tplc="23246C3E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1. "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times" w:hAnsi="Times" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="20"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
@@ -23191,51 +25623,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3BF02248"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="98B020B0"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -23304,51 +25736,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3D1503F7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="96666104"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -23417,71 +25849,71 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="43D63B03"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="27DEFD84"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="457443DC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3A728C1C"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -23550,51 +25982,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8280" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="49021D9C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2DFEE25C"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -23663,71 +26095,71 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4E62576F"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="27DEFD84"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4ED34561"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B4C69F90"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -23823,51 +26255,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="501D2578"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6DD4F9F8"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -23936,51 +26368,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="50CA2DCA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F0348F6C"/>
     <w:lvl w:ilvl="0" w:tplc="CFDE2FAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
@@ -24027,51 +26459,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="50E77AFB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F0348F6C"/>
     <w:lvl w:ilvl="0" w:tplc="CFDE2FAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
@@ -24118,51 +26550,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51963573"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F0348F6C"/>
     <w:lvl w:ilvl="0" w:tplc="CFDE2FAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
@@ -24209,51 +26641,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="586E4DA1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B492E186"/>
     <w:lvl w:ilvl="0" w:tplc="A99C7060">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -24322,132 +26754,132 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5A274527"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="27DEFD84"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5C697A9B"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="27DEFD84"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5E8443BD"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="27DEFD84"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="627160FE"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="8D3473FA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="65374B6E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1C625C3E"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -24489,88 +26921,88 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6A994F01"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="27DEFD84"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6B3F260B"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="B5ECD4A8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6F7E7F12"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6E7CF2BA"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -24666,51 +27098,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="746529E1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8E5A9B76"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B">
@@ -24755,51 +27187,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79FA4104"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F0348F6C"/>
     <w:lvl w:ilvl="0" w:tplc="CFDE2FAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
@@ -24846,51 +27278,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7A7473E7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="63065E78"/>
     <w:lvl w:ilvl="0" w:tplc="302A0902">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="0F243E" w:themeColor="text2" w:themeShade="80"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -24960,260 +27392,266 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36">
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E45738D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="27DEFD84"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="996225836">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1269243185">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1728216488">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="512845769">
     <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="277763202">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1696426293">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="819806775">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1641574280">
     <w:abstractNumId w:val="36"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1842507407">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="148715237">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="1916091878">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="1632901789">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="838271991">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="6908895">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="45380049">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="472988068">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="786630642">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="1029376881">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="209194366">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="1091124993">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="1315529817">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="1293248671">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="23">
+  <w:num w:numId="23" w16cid:durableId="1893229812">
     <w:abstractNumId w:val="35"/>
   </w:num>
-  <w:num w:numId="24">
+  <w:num w:numId="24" w16cid:durableId="452872941">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="25">
+  <w:num w:numId="25" w16cid:durableId="122771569">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="26">
+  <w:num w:numId="26" w16cid:durableId="1974747220">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="27">
+  <w:num w:numId="27" w16cid:durableId="1907719569">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="28">
+  <w:num w:numId="28" w16cid:durableId="1542132605">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="29">
+  <w:num w:numId="29" w16cid:durableId="920800508">
     <w:abstractNumId w:val="34"/>
   </w:num>
-  <w:num w:numId="30">
+  <w:num w:numId="30" w16cid:durableId="1246458915">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="31">
+  <w:num w:numId="31" w16cid:durableId="916985519">
     <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="32">
+  <w:num w:numId="32" w16cid:durableId="105006465">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="33">
+  <w:num w:numId="33" w16cid:durableId="1585994056">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="34">
+  <w:num w:numId="34" w16cid:durableId="486939941">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="35">
+  <w:num w:numId="35" w16cid:durableId="1536195013">
     <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="36">
+  <w:num w:numId="36" w16cid:durableId="797989469">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="37">
+  <w:num w:numId="37" w16cid:durableId="329338391">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="30"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="110"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:doNotHyphenateCaps/>
   <w:drawingGridHorizontalSpacing w:val="0"/>
   <w:drawingGridVerticalSpacing w:val="0"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:drawingGridHorizontalOrigin w:val="0"/>
   <w:drawingGridVerticalOrigin w:val="0"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="77825">
-[...1 lines deleted...]
-    </o:shapedefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:numRestart w:val="eachPage"/>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+  </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F004B2"/>
     <w:rsid w:val="0000001A"/>
     <w:rsid w:val="000030AD"/>
     <w:rsid w:val="00011E35"/>
     <w:rsid w:val="00012AFE"/>
     <w:rsid w:val="00013A7D"/>
     <w:rsid w:val="0001559E"/>
     <w:rsid w:val="00015FE9"/>
     <w:rsid w:val="000239B4"/>
     <w:rsid w:val="00036820"/>
     <w:rsid w:val="00045DD2"/>
     <w:rsid w:val="0005200A"/>
     <w:rsid w:val="00052409"/>
     <w:rsid w:val="000561B7"/>
     <w:rsid w:val="000632A6"/>
     <w:rsid w:val="00094464"/>
     <w:rsid w:val="00096D96"/>
     <w:rsid w:val="000A0D59"/>
     <w:rsid w:val="000A0E03"/>
     <w:rsid w:val="000A5A60"/>
     <w:rsid w:val="000A62CB"/>
     <w:rsid w:val="000B54EF"/>
     <w:rsid w:val="000B5900"/>
     <w:rsid w:val="000B5A9F"/>
     <w:rsid w:val="000B5AD9"/>
     <w:rsid w:val="000B738D"/>
     <w:rsid w:val="000B74BB"/>
     <w:rsid w:val="000C5811"/>
     <w:rsid w:val="000D1F84"/>
     <w:rsid w:val="000D4F53"/>
     <w:rsid w:val="000F65C6"/>
     <w:rsid w:val="0010503A"/>
     <w:rsid w:val="00115347"/>
     <w:rsid w:val="00125AC8"/>
     <w:rsid w:val="001260E7"/>
     <w:rsid w:val="00137A26"/>
     <w:rsid w:val="00142981"/>
     <w:rsid w:val="001470D1"/>
     <w:rsid w:val="00156E22"/>
     <w:rsid w:val="00167904"/>
     <w:rsid w:val="00186FD2"/>
     <w:rsid w:val="00190791"/>
     <w:rsid w:val="00190CE4"/>
     <w:rsid w:val="001C0FA2"/>
+    <w:rsid w:val="001C137A"/>
     <w:rsid w:val="001C143A"/>
     <w:rsid w:val="001C1465"/>
     <w:rsid w:val="001C1FEB"/>
     <w:rsid w:val="001C65CC"/>
     <w:rsid w:val="001D0386"/>
     <w:rsid w:val="001D38D5"/>
     <w:rsid w:val="001E086D"/>
     <w:rsid w:val="001F0C1D"/>
     <w:rsid w:val="001F28E5"/>
     <w:rsid w:val="001F3AC3"/>
     <w:rsid w:val="0021301F"/>
     <w:rsid w:val="0021606F"/>
     <w:rsid w:val="0021777B"/>
     <w:rsid w:val="002178D5"/>
     <w:rsid w:val="00217C7D"/>
     <w:rsid w:val="0022270F"/>
     <w:rsid w:val="002227D6"/>
     <w:rsid w:val="00225116"/>
     <w:rsid w:val="002435CC"/>
     <w:rsid w:val="0024521A"/>
     <w:rsid w:val="002463DC"/>
     <w:rsid w:val="002464B2"/>
     <w:rsid w:val="002467CE"/>
     <w:rsid w:val="002534F2"/>
     <w:rsid w:val="002572CC"/>
@@ -25304,90 +27742,92 @@
     <w:rsid w:val="00645B11"/>
     <w:rsid w:val="00660D33"/>
     <w:rsid w:val="00661D92"/>
     <w:rsid w:val="00666146"/>
     <w:rsid w:val="00670879"/>
     <w:rsid w:val="00674FCE"/>
     <w:rsid w:val="00690A00"/>
     <w:rsid w:val="00694DAD"/>
     <w:rsid w:val="00695CAE"/>
     <w:rsid w:val="00697AA9"/>
     <w:rsid w:val="006A0076"/>
     <w:rsid w:val="006A39AC"/>
     <w:rsid w:val="006C1365"/>
     <w:rsid w:val="006C1D1A"/>
     <w:rsid w:val="006C3115"/>
     <w:rsid w:val="006E0C01"/>
     <w:rsid w:val="006F1ABF"/>
     <w:rsid w:val="00707823"/>
     <w:rsid w:val="007344B2"/>
     <w:rsid w:val="007504CE"/>
     <w:rsid w:val="0075155E"/>
     <w:rsid w:val="00753504"/>
     <w:rsid w:val="00755ECB"/>
     <w:rsid w:val="007621BB"/>
     <w:rsid w:val="007709AA"/>
+    <w:rsid w:val="007766D9"/>
     <w:rsid w:val="00780A60"/>
     <w:rsid w:val="00784204"/>
     <w:rsid w:val="00786D4F"/>
     <w:rsid w:val="00791304"/>
     <w:rsid w:val="0079395A"/>
     <w:rsid w:val="00797C25"/>
     <w:rsid w:val="007A2D5C"/>
     <w:rsid w:val="007A3FD7"/>
     <w:rsid w:val="007A43E5"/>
     <w:rsid w:val="007A4510"/>
     <w:rsid w:val="007A5717"/>
     <w:rsid w:val="007B1752"/>
     <w:rsid w:val="007C08E7"/>
     <w:rsid w:val="007C65C5"/>
     <w:rsid w:val="007C6E20"/>
     <w:rsid w:val="007D03A5"/>
     <w:rsid w:val="007D2E4F"/>
     <w:rsid w:val="007D62F6"/>
     <w:rsid w:val="007D6F5C"/>
     <w:rsid w:val="007D7640"/>
     <w:rsid w:val="007D7B06"/>
     <w:rsid w:val="007F2DE6"/>
     <w:rsid w:val="00801EF1"/>
     <w:rsid w:val="008101A0"/>
     <w:rsid w:val="00823C57"/>
     <w:rsid w:val="0082461C"/>
     <w:rsid w:val="0082571E"/>
     <w:rsid w:val="00826848"/>
     <w:rsid w:val="0082718E"/>
     <w:rsid w:val="0083144B"/>
     <w:rsid w:val="00831A85"/>
     <w:rsid w:val="00831F76"/>
     <w:rsid w:val="00836261"/>
     <w:rsid w:val="0084117A"/>
     <w:rsid w:val="00841F33"/>
     <w:rsid w:val="00845BBB"/>
     <w:rsid w:val="00847019"/>
     <w:rsid w:val="00850AF9"/>
     <w:rsid w:val="00856963"/>
     <w:rsid w:val="00856B12"/>
+    <w:rsid w:val="0085778D"/>
     <w:rsid w:val="008646D9"/>
     <w:rsid w:val="00882221"/>
     <w:rsid w:val="00892B95"/>
     <w:rsid w:val="008A492B"/>
     <w:rsid w:val="008B0981"/>
     <w:rsid w:val="008B3C61"/>
     <w:rsid w:val="008B3E34"/>
     <w:rsid w:val="008B6015"/>
     <w:rsid w:val="008D769A"/>
     <w:rsid w:val="008E55D7"/>
     <w:rsid w:val="008F336A"/>
     <w:rsid w:val="008F4173"/>
     <w:rsid w:val="00900DB5"/>
     <w:rsid w:val="00905DCA"/>
     <w:rsid w:val="00907667"/>
     <w:rsid w:val="009110B7"/>
     <w:rsid w:val="00915F4C"/>
     <w:rsid w:val="00916EB7"/>
     <w:rsid w:val="00920223"/>
     <w:rsid w:val="00926AFA"/>
     <w:rsid w:val="00930412"/>
     <w:rsid w:val="0093247D"/>
     <w:rsid w:val="00946040"/>
     <w:rsid w:val="009538D8"/>
     <w:rsid w:val="0096391E"/>
@@ -25560,2015 +28000,463 @@
     <w:rsid w:val="00F64F70"/>
     <w:rsid w:val="00F668ED"/>
     <w:rsid w:val="00F72A38"/>
     <w:rsid w:val="00F74711"/>
     <w:rsid w:val="00F77354"/>
     <w:rsid w:val="00F77B01"/>
     <w:rsid w:val="00F83982"/>
     <w:rsid w:val="00F8528B"/>
     <w:rsid w:val="00F86685"/>
     <w:rsid w:val="00F917CC"/>
     <w:rsid w:val="00F9496F"/>
     <w:rsid w:val="00FB1A1C"/>
     <w:rsid w:val="00FB3B24"/>
     <w:rsid w:val="00FB5271"/>
     <w:rsid w:val="00FD0ED1"/>
     <w:rsid w:val="00FD434E"/>
     <w:rsid w:val="00FE374B"/>
     <w:rsid w:val="00FE4FAE"/>
     <w:rsid w:val="00FF544C"/>
     <w:rsid w:val="00FF601C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="77825">
-[...1 lines deleted...]
-    </o:shapedefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="58446947"/>
+  <w15:docId w15:val="{6A670A5A-9C2C-4AAB-A20A-50516C22CF4F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...1927 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="001C143A"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="720"/>
         <w:tab w:val="left" w:pos="1440"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2880"/>
         <w:tab w:val="left" w:pos="3600"/>
       </w:tabs>
       <w:spacing w:line="288" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
@@ -29083,111 +29971,111 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:rsid w:val="00F33046"/>
     <w:rPr>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00156E22"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="651445280">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1140150297">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1877964532">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header7.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header18.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header8.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header15.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer13.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header10.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header14.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer11.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mawarn.org" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header12.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer9.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header17.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer12.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header9.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer7.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer10.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header13.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer14.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header11.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer8.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header16.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header20.xml"/><Relationship Id="rId48" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header10.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer11.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mawarn.org" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header14.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header19.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header9.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header13.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer10.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header18.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer14.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header11.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header16.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header7.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer8.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header20.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header8.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header12.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header15.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer13.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer9.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header17.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer12.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="1AA2208E15C148E785C4545E118B5FF1"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D9BDE1AB-06B0-4F0B-B3ED-77BE144303DE}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00B066CD" w:rsidRDefault="009371D1">
           <w:r w:rsidRPr="00727894">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>[Abstract]</w:t>
           </w:r>
         </w:p>
@@ -29321,406 +30209,644 @@
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E18B464C-AF63-4A56-AC14-BB775CFE47AC}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00E47593" w:rsidRDefault="00B066CD" w:rsidP="00B066CD">
           <w:pPr>
             <w:pStyle w:val="E339A109F3EF41B4918C3F3E3D944DEF"/>
           </w:pPr>
           <w:r w:rsidRPr="00727894">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>[Abstract]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:markup="0" w:comments="0" w:insDel="0" w:formatting="0" w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009371D1"/>
+    <w:rsid w:val="00310A21"/>
     <w:rsid w:val="00614393"/>
+    <w:rsid w:val="0085778D"/>
     <w:rsid w:val="009371D1"/>
     <w:rsid w:val="00AF78CF"/>
     <w:rsid w:val="00B066CD"/>
     <w:rsid w:val="00BB4283"/>
     <w:rsid w:val="00E30B9E"/>
     <w:rsid w:val="00E47593"/>
     <w:rsid w:val="00EA3255"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00EA3255"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00B066CD"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="43D458EEC62B4903BB509C1AB2F53574">
-[...10 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="24417E98EBA6488AB985CDD0DD8E6761">
     <w:name w:val="24417E98EBA6488AB985CDD0DD8E6761"/>
-    <w:rsid w:val="009371D1"/>
-[...2 lines deleted...]
-    <w:name w:val="09896A0A64EA497EAB3DE0D25A0F088D"/>
     <w:rsid w:val="009371D1"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="6D0A34E84282430893B97A0BFC93FD74">
     <w:name w:val="6D0A34E84282430893B97A0BFC93FD74"/>
     <w:rsid w:val="009371D1"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="2A7D16BFB5964FB499ABD5FFB64105D7">
     <w:name w:val="2A7D16BFB5964FB499ABD5FFB64105D7"/>
     <w:rsid w:val="00B066CD"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="F2AAE07238FD476FB6849441F7518AD4">
     <w:name w:val="F2AAE07238FD476FB6849441F7518AD4"/>
     <w:rsid w:val="00B066CD"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="E339A109F3EF41B4918C3F3E3D944DEF">
     <w:name w:val="E339A109F3EF41B4918C3F3E3D944DEF"/>
     <w:rsid w:val="00B066CD"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -30010,76 +31136,76 @@
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/coverPageProps"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7EC72621-D898-4ED3-B866-A349702B20D6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>34</Pages>
-[...1 lines deleted...]
-  <Characters>32917</Characters>
+  <Pages>35</Pages>
+  <Words>5735</Words>
+  <Characters>32693</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>274</Lines>
+  <Lines>272</Lines>
   <Paragraphs>76</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Dam Name</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>PARE Corp.</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>38351</CharactersWithSpaces>
+  <CharactersWithSpaces>38352</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>65554</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>-1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>2100</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>JUSTLOGO</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>65554</vt:i4>
       </vt:variant>
       <vt:variant>