--- v0 (2025-10-29)
+++ v1 (2026-03-25)
@@ -1,15844 +1,4110 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="7CA2C13E" w14:textId="67BAF117" w:rsidR="00E13E4A" w:rsidRPr="003E3BCE" w:rsidRDefault="00D40B1C" w:rsidP="00D40B1C">
-[...465 lines deleted...]
-      <w:r w:rsidRPr="00D40B1C">
+    <w:p w14:paraId="24EA4EE0" w14:textId="430B1595" w:rsidR="001A5F78" w:rsidRPr="00851184" w:rsidRDefault="00E62F46" w:rsidP="00851184">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851184">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Sèvis e sipò swen alontèm</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75021598" w14:textId="3DD196B7" w:rsidR="001A5F78" w:rsidRPr="00851184" w:rsidRDefault="00487536" w:rsidP="00386496">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851184">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Èske w bezwen sèvis</w:t>
+      </w:r>
+      <w:r w:rsidR="00E62F46" w:rsidRPr="00851184">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e soutyen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00851184">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> swen alontèm nan yon kalite mezon retrèt avèk swen enfimye / enfimyè?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28AD261F" w14:textId="77777777" w:rsidR="00487536" w:rsidRPr="00386496" w:rsidRDefault="00487536" w:rsidP="00386496">
+      <w:r w:rsidRPr="00386496">
+        <w:t>Wi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="159C3BCC" w14:textId="77777777" w:rsidR="00487536" w:rsidRPr="00386496" w:rsidRDefault="00487536" w:rsidP="00386496">
+      <w:r w:rsidRPr="00386496">
+        <w:t>Non</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0373456E" w14:textId="68D01D4F" w:rsidR="001A5F78" w:rsidRPr="00386496" w:rsidRDefault="00487536" w:rsidP="00386496">
+      <w:r w:rsidRPr="00386496">
+        <w:t xml:space="preserve">Si se </w:t>
+      </w:r>
+      <w:r w:rsidR="00E0696D" w:rsidRPr="00386496">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Tanpri</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00D40B1C">
+        <w:t>Wi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386496">
+        <w:t>, ou dwe reponn tout kesyon yo e ranpli tout seksyon nan sipleman sila.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C75936F" w14:textId="46E75147" w:rsidR="001A5F78" w:rsidRPr="00386496" w:rsidRDefault="00487536" w:rsidP="00386496">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:t xml:space="preserve">Èske w ap fè aplikasyon pou oswa </w:t>
+      </w:r>
+      <w:r w:rsidR="00E03002" w:rsidRPr="00386496">
+        <w:t xml:space="preserve">w </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386496">
+        <w:t xml:space="preserve">ap resevwa sèvis </w:t>
+      </w:r>
+      <w:r w:rsidR="00E62F46">
+        <w:t xml:space="preserve">e soutyen </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386496">
+        <w:t>swen alontèm an vèti yon dispans nan sèvis lakay e nan yon milye kominotè</w:t>
+      </w:r>
+      <w:r w:rsidR="004F7D26">
+        <w:t xml:space="preserve"> (HCBS)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386496">
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37D5512D" w14:textId="77777777" w:rsidR="00487536" w:rsidRPr="00386496" w:rsidRDefault="00487536" w:rsidP="00386496">
+      <w:r w:rsidRPr="00386496">
+        <w:t>Wi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D9803B1" w14:textId="77777777" w:rsidR="00487536" w:rsidRDefault="00487536" w:rsidP="00386496">
+      <w:r w:rsidRPr="00386496">
+        <w:t>Non</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31743481" w14:textId="77777777" w:rsidR="009F41BB" w:rsidRDefault="009F41BB" w:rsidP="009F41BB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Èske w ap fè aplikasyon oubyen w ap resevwa sèvis e soutyen swen alontèn nan</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00D40B1C">
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Pwogram swen konplè pou moun aje </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00D40B1C">
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>rogram of All-Inclusive Care for the Elderly, PACE)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22B6D623" w14:textId="40071EEE" w:rsidR="009F41BB" w:rsidRDefault="009F41BB" w:rsidP="009F41BB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Wi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71E1CD54" w14:textId="647593F4" w:rsidR="009F41BB" w:rsidRPr="00386496" w:rsidRDefault="009F41BB" w:rsidP="00386496">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Non</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D1DDAB0" w14:textId="1301429C" w:rsidR="001A5F78" w:rsidRPr="00386496" w:rsidRDefault="00487536" w:rsidP="00386496">
+      <w:r w:rsidRPr="00386496">
+        <w:t xml:space="preserve">Si se </w:t>
+      </w:r>
+      <w:r w:rsidR="00E0696D" w:rsidRPr="00386496">
+        <w:t>Wi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386496">
+        <w:t>, ou dwe ranpli “</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Transfè resous</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386496">
+        <w:t>” e “</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Asirans pou swen alontèm</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386496">
+        <w:t>.”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D5B5CDE" w14:textId="0AA39E1F" w:rsidR="001A5F78" w:rsidRPr="00386496" w:rsidRDefault="00487536" w:rsidP="00386496">
+      <w:r w:rsidRPr="00386496">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:t xml:space="preserve">Ekri lizibleman avèk gwo lèt. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386496">
+        <w:t>Si w bezwen plis p</w:t>
+      </w:r>
+      <w:r w:rsidR="00E03002" w:rsidRPr="00386496">
+        <w:t>las</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386496">
+        <w:t xml:space="preserve"> pou fini kèlkeswa seksyon an, itilize yon fèy papye apa (ekri non w e nimewo sekirite sosyal ou sou li), e mete fèy papye a ansanm avèk sipleman sila.</w:t>
+      </w:r>
+      <w:r w:rsidR="001A5F78" w:rsidRPr="00386496">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00D40B1C">
+    </w:p>
+    <w:p w14:paraId="45067CB3" w14:textId="5DE2D854" w:rsidR="001A5F78" w:rsidRPr="00851184" w:rsidRDefault="00487536" w:rsidP="00851184">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00851184">
+        <w:t>Enfòmasyon sou aplikan an oubyen manm lan</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D3BAF9A" w14:textId="77777777" w:rsidR="00487536" w:rsidRPr="00386496" w:rsidRDefault="00487536" w:rsidP="00386496">
+      <w:pPr>
+        <w:pStyle w:val="Pa33"/>
+        <w:spacing w:before="80"/>
+        <w:ind w:left="400" w:hanging="400"/>
+        <w:rPr>
+          <w:color w:val="221E1F"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:color w:val="221E1F"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Non fanmi, prenon, paraf dezyèm prenon </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54E6E380" w14:textId="79C45D49" w:rsidR="00487536" w:rsidRPr="00386496" w:rsidRDefault="00487536" w:rsidP="00386496">
+      <w:pPr>
+        <w:pStyle w:val="Pa33"/>
+        <w:spacing w:before="80"/>
+        <w:ind w:left="400" w:hanging="400"/>
+        <w:rPr>
+          <w:color w:val="221E1F"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:color w:val="221E1F"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nimewo sekirite sosyal </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38B27CB8" w14:textId="77777777" w:rsidR="00487536" w:rsidRPr="00386496" w:rsidRDefault="00487536" w:rsidP="00386496">
+      <w:pPr>
+        <w:pStyle w:val="Pa33"/>
+        <w:spacing w:before="80"/>
+        <w:ind w:left="400" w:hanging="400"/>
+        <w:rPr>
+          <w:color w:val="221E1F"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:color w:val="221E1F"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Non e adrès lopital, etablisman ki founi swen enfimye / enfimyè, oubyen lòt etablisman </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48BC1CF7" w14:textId="77777777" w:rsidR="00487536" w:rsidRPr="00386496" w:rsidRDefault="00487536" w:rsidP="00386496">
+      <w:pPr>
+        <w:pStyle w:val="Pa33"/>
+        <w:spacing w:before="80"/>
+        <w:ind w:left="400" w:hanging="400"/>
+        <w:rPr>
+          <w:color w:val="221E1F"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-HT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:color w:val="221E1F"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-HT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dat ou admèt (mm/dd/aaaa) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40E814AE" w14:textId="77777777" w:rsidR="00487536" w:rsidRPr="00386496" w:rsidRDefault="00487536" w:rsidP="00386496">
+      <w:pPr>
+        <w:pStyle w:val="Pa33"/>
+        <w:spacing w:before="80"/>
+        <w:ind w:left="400" w:hanging="400"/>
+        <w:rPr>
+          <w:color w:val="221E1F"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-HT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:color w:val="221E1F"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-HT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Èske se yon lòt eta ki plase w isit la? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78AD0DC5" w14:textId="77777777" w:rsidR="00487536" w:rsidRPr="00386496" w:rsidRDefault="00487536" w:rsidP="00386496">
+      <w:pPr>
+        <w:pStyle w:val="Pa33"/>
+        <w:spacing w:before="80"/>
+        <w:ind w:left="400" w:hanging="400"/>
+        <w:rPr>
+          <w:color w:val="221E1F"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-HT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:color w:val="221E1F"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-HT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Wi </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EB61E9A" w14:textId="77777777" w:rsidR="00487536" w:rsidRPr="00386496" w:rsidRDefault="00487536" w:rsidP="00386496">
+      <w:pPr>
+        <w:pStyle w:val="Pa33"/>
+        <w:spacing w:before="80"/>
+        <w:ind w:left="400" w:hanging="400"/>
+        <w:rPr>
+          <w:color w:val="221E1F"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-HT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:color w:val="221E1F"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-HT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Non </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="326762CE" w14:textId="6883A8FE" w:rsidR="00487536" w:rsidRPr="00386496" w:rsidRDefault="00487536" w:rsidP="00386496">
+      <w:pPr>
+        <w:pStyle w:val="Pa33"/>
+        <w:spacing w:before="80"/>
+        <w:ind w:left="400" w:hanging="400"/>
+        <w:rPr>
+          <w:color w:val="221E1F"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-HT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:color w:val="221E1F"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-HT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Si se </w:t>
+      </w:r>
+      <w:r w:rsidR="009E043B" w:rsidRPr="00386496">
+        <w:rPr>
+          <w:color w:val="221E1F"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-HT"/>
+        </w:rPr>
+        <w:t>Wi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:color w:val="221E1F"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-HT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ki lòt eta? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26B0A550" w14:textId="5E860213" w:rsidR="00487536" w:rsidRPr="00386496" w:rsidRDefault="00487536" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="221E1F"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:color w:val="221E1F"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Èske w gen pou w peye frè pou yon gadò yon tribinal nonmen? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44B8A913" w14:textId="77777777" w:rsidR="00487536" w:rsidRPr="00386496" w:rsidRDefault="00487536" w:rsidP="00386496">
+      <w:r w:rsidRPr="00386496">
+        <w:t xml:space="preserve">Wi </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61237847" w14:textId="5FD9E1CF" w:rsidR="00487536" w:rsidRPr="00386496" w:rsidRDefault="00487536" w:rsidP="00386496">
+      <w:r w:rsidRPr="00386496">
+        <w:t>Non</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6693E004" w14:textId="15CDD9E9" w:rsidR="001A5F78" w:rsidRPr="00386496" w:rsidRDefault="00487536" w:rsidP="00386496">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Frè jounalye pou konjwen e fanmi ki rete nan kay la</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(Ou pa bezwen ranpli seksyon sila si w ap fè aplikasyon pou yon dispans nan sèvis lakay e nan yon milye kominotè</w:t>
+      </w:r>
+      <w:r w:rsidR="001318C5">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> oubyen PACE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2247935F" w14:textId="77777777" w:rsidR="00487536" w:rsidRPr="00386496" w:rsidRDefault="00487536" w:rsidP="00386496">
+      <w:pPr>
+        <w:pStyle w:val="Pa3"/>
+        <w:spacing w:before="60"/>
+        <w:rPr>
+          <w:color w:val="221E1F"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-HT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:color w:val="221E1F"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-HT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Konjwen w ki viv nan kay la gendwa kenbe enpe nan revni w. Ranpli enfòmasyon ki annapre yo sou frè jounalye aktyèl pou konjwen w lan. Si w pa gen yon konjwen, sote ale nan pwochen seksyon </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-HT"/>
+        </w:rPr>
+        <w:t>an (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-HT"/>
+        </w:rPr>
+        <w:t>Transfè resous</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-HT"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:color w:val="221E1F"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-HT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33822EE3" w14:textId="2EED672C" w:rsidR="00487536" w:rsidRPr="00386496" w:rsidRDefault="00487536" w:rsidP="00386496">
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:color w:val="221E1F"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Voye prèv</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386496">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00D40B1C">
+          <w:color w:val="221E1F"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:color w:val="221E1F"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>frè jounalye aktyèl konjwen w lan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53564B43" w14:textId="4850AB60" w:rsidR="001A5F78" w:rsidRPr="00386496" w:rsidRDefault="00487536" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Non fanmi, prenon, paraf dezyèm prenon konjwen w</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24FD7A71" w14:textId="06AC76FA" w:rsidR="001A5F78" w:rsidRPr="00386496" w:rsidRDefault="00487536" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Nimewo sekirite sosyal</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B4F0B9B" w14:textId="1DF713D5" w:rsidR="001A5F78" w:rsidRPr="00386496" w:rsidRDefault="001A5F78" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidR="00487536" w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Konbyen konjwen w peye chak moun pou:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="597948E0" w14:textId="77777777" w:rsidR="00487536" w:rsidRPr="00386496" w:rsidRDefault="00487536" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lokasyon? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A06FDDE" w14:textId="530A9EC2" w:rsidR="00487536" w:rsidRPr="00386496" w:rsidRDefault="00487536" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Ipotèk (kapital e enterè)?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60A2DD3F" w14:textId="77777777" w:rsidR="00487536" w:rsidRPr="00386496" w:rsidRDefault="00487536" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Asirans pwopriyete oubyen lokasyon? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4945D237" w14:textId="1CED8F65" w:rsidR="00487536" w:rsidRPr="00386496" w:rsidRDefault="00487536" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Taks imobilye?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43F51955" w14:textId="77777777" w:rsidR="00487536" w:rsidRPr="00386496" w:rsidRDefault="00487536" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Frè pou antretyen yon kondo oubyen kowòperatif? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="474B6C66" w14:textId="630EA5A2" w:rsidR="00487536" w:rsidRPr="00386496" w:rsidRDefault="00487536" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Chanm e repa pou yon vi asiste?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13F53527" w14:textId="77777777" w:rsidR="00487536" w:rsidRPr="00386496" w:rsidRDefault="00487536" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Èske konjwen w peye pou chofaj? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="725F0E43" w14:textId="77777777" w:rsidR="00487536" w:rsidRPr="00386496" w:rsidRDefault="00487536" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Wi </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D70666E" w14:textId="4104DB54" w:rsidR="00487536" w:rsidRPr="00386496" w:rsidRDefault="00487536" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Non </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49928AA4" w14:textId="77777777" w:rsidR="00487536" w:rsidRPr="00386496" w:rsidRDefault="00487536" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Èske konjwen w peye pou sèvis piblik? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6ECE394F" w14:textId="77777777" w:rsidR="00487536" w:rsidRPr="00386496" w:rsidRDefault="00487536" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Wi </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C1656FD" w14:textId="15DD889A" w:rsidR="00487536" w:rsidRPr="00386496" w:rsidRDefault="00487536" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Non </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="689D1E63" w14:textId="3A8B6C59" w:rsidR="00487536" w:rsidRPr="00386496" w:rsidRDefault="00487536" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. Èske gen yon timoun, paran, frè, e/oubyen sè k ap viv avèk konjwen w? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18218A9E" w14:textId="77777777" w:rsidR="00487536" w:rsidRPr="00386496" w:rsidRDefault="00487536" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Wi </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2013F743" w14:textId="4D001B3B" w:rsidR="00487536" w:rsidRPr="00386496" w:rsidRDefault="00487536" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Non </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39018687" w14:textId="39E13171" w:rsidR="00487536" w:rsidRPr="00386496" w:rsidRDefault="00487536" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Si se </w:t>
+      </w:r>
+      <w:r w:rsidR="009139AF" w:rsidRPr="00386496">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...193 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Wi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ranpli seksyon sa a. Si se </w:t>
+      </w:r>
+      <w:r w:rsidR="009139AF" w:rsidRPr="00386496">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="26"/>
-[...6 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Non</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>, sote ale nan pwochen seksyon an (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Transfè resous</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CA1C089" w14:textId="77777777" w:rsidR="00DE7AB7" w:rsidRPr="00386496" w:rsidRDefault="00487536" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="26"/>
-[...7 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Voye prèv </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sou revni mansyèl li anvan dediksyon. Yon dediksyon gendwa pèmèt bezwen antretyen li yo. Moun sa yo dwe fanmi swa oumenm oswa konjwen w, e se pou youn nan nou deklare l kòm depandan lè w plen taks federal ou. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B8ABE5D" w14:textId="77777777" w:rsidR="00DE7AB7" w:rsidRPr="00386496" w:rsidRDefault="00DE7AB7" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Non </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="054E5666" w14:textId="58C653D4" w:rsidR="00DE7AB7" w:rsidRPr="00386496" w:rsidRDefault="00DE7AB7" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nimewo sekirite sosyal </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BC037C1" w14:textId="77777777" w:rsidR="00DE7AB7" w:rsidRPr="00386496" w:rsidRDefault="00DE7AB7" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Relasyon </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C46D297" w14:textId="77777777" w:rsidR="00DE7AB7" w:rsidRPr="00386496" w:rsidRDefault="00DE7AB7" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dat nesans (mm/dd/aaaa) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29552E2B" w14:textId="4827DC9A" w:rsidR="00DE7AB7" w:rsidRPr="00386496" w:rsidRDefault="00DE7AB7" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Revni mansyèl anvan dediksyon $ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07CE3B31" w14:textId="77777777" w:rsidR="00DE7AB7" w:rsidRPr="00386496" w:rsidRDefault="00DE7AB7" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Non </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43D8FA6B" w14:textId="0409D21C" w:rsidR="00DE7AB7" w:rsidRPr="00386496" w:rsidRDefault="00DE7AB7" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nimewo sekirite sosyal </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CCA041B" w14:textId="77777777" w:rsidR="00DE7AB7" w:rsidRPr="00E16642" w:rsidRDefault="00DE7AB7" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E16642">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Relasyon </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E2E4319" w14:textId="77777777" w:rsidR="00DE7AB7" w:rsidRPr="00E16642" w:rsidRDefault="00DE7AB7" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E16642">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dat nesans (mm/dd/aaaa) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C240897" w14:textId="2D0C5BE6" w:rsidR="00DE7AB7" w:rsidRPr="00E16642" w:rsidRDefault="00DE7AB7" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E16642">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Revni mansyèl anvan dediksyon $</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C755327" w14:textId="16C94B3A" w:rsidR="00063CE6" w:rsidRPr="00851184" w:rsidRDefault="00DE7AB7" w:rsidP="00851184">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00851184">
+        <w:t>Transfè resous (resous gen ladan toude revni e aktif)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D17DA41" w14:textId="77777777" w:rsidR="00DE7AB7" w:rsidRPr="00E16642" w:rsidRDefault="00DE7AB7" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E16642">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. Nan dènye 60 mwa yo : </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61FE7895" w14:textId="57444907" w:rsidR="00DE7AB7" w:rsidRPr="00E16642" w:rsidRDefault="00DE7AB7" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E16642">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a. Èske gen yon pwopriyete ki te disponib oubyen te pou ou oubyen konjwen w transfere ale nan oubyen andeyò yon fidousi? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0736AAD4" w14:textId="77777777" w:rsidR="00DE7AB7" w:rsidRPr="00E16642" w:rsidRDefault="00DE7AB7" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E16642">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Wi </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15440602" w14:textId="78967958" w:rsidR="00DE7AB7" w:rsidRPr="00E16642" w:rsidRDefault="00DE7AB7" w:rsidP="00851184">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="5400"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E16642">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Non </w:t>
+      </w:r>
+      <w:r w:rsidR="00851184">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64F3BE97" w14:textId="77777777" w:rsidR="00DE7AB7" w:rsidRPr="00E16642" w:rsidRDefault="00DE7AB7" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E16642">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">b. Èske oumenm, konjwen w, oubyen yon lòt moun onon de oumenm fè transfè revni oubyen dwa sou revni? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3736D706" w14:textId="77777777" w:rsidR="00DE7AB7" w:rsidRPr="00E16642" w:rsidRDefault="00DE7AB7" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E16642">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Wi </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DA72C1A" w14:textId="4DE3C18B" w:rsidR="00DE7AB7" w:rsidRPr="00E16642" w:rsidRDefault="00DE7AB7" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E16642">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Non </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E80E5C2" w14:textId="3711475F" w:rsidR="00DE7AB7" w:rsidRPr="00E16642" w:rsidRDefault="00DE7AB7" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E16642">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">c. Èske oumenm, konjwen w, oubyen yon lòt moun onon de oumenm fè transfè, chanje pwopriyetè, fè kado, oubyen vann aktif, sa gen ladan kay ou oubyen lòt imobilye? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48BA8872" w14:textId="77777777" w:rsidR="00DE7AB7" w:rsidRPr="00E16642" w:rsidRDefault="00DE7AB7" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E16642">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Wi </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="484CA2EA" w14:textId="71FB1752" w:rsidR="00DE7AB7" w:rsidRPr="00E16642" w:rsidRDefault="00DE7AB7" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E16642">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Non </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C0C5B16" w14:textId="77777777" w:rsidR="00DE7AB7" w:rsidRPr="00E16642" w:rsidRDefault="00DE7AB7" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E16642">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">d. Èske oumenm, konjwen w, oubyen yon lòt moun onon de oumenm chanje papye kay oubyen pwopriyetè yon imobilye, sa gen ladan tabli yon domèn vyaje, menmsi domèn vyaje a te achte nan rezidans yon lòt moun? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3305578A" w14:textId="77777777" w:rsidR="00DE7AB7" w:rsidRPr="00E16642" w:rsidRDefault="00DE7AB7" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E16642">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Wi </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F12BCAE" w14:textId="310F4CE2" w:rsidR="00DE7AB7" w:rsidRPr="00E16642" w:rsidRDefault="00DE7AB7" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E16642">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Non </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56FF3CD9" w14:textId="0F75318C" w:rsidR="00DE7AB7" w:rsidRPr="00E16642" w:rsidRDefault="00DE7AB7" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E16642">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>e. Si w achte yon domèn vyaje kay yon lòt moun, èske w te abite nan kay la pou omwen douz mwa ap</w:t>
+      </w:r>
+      <w:r w:rsidR="00600E95" w:rsidRPr="00E16642">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E16642">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e ou achte domèn vyaje a? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="393F0F09" w14:textId="77777777" w:rsidR="00DE7AB7" w:rsidRPr="00B91E10" w:rsidRDefault="00DE7AB7" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B91E10">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Wi </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CDD389A" w14:textId="18CE311E" w:rsidR="00DE7AB7" w:rsidRPr="00B91E10" w:rsidRDefault="00DE7AB7" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B91E10">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Non </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20EA900A" w14:textId="77777777" w:rsidR="00DE7AB7" w:rsidRPr="00B91E10" w:rsidRDefault="00DE7AB7" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B91E10">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">f. Èske oumenm, konjwen w, oubyen yon lòt moun onon de oumenm mete non yon lòt moun sou papye yon pwopriyete ki pou ou? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02F8504D" w14:textId="77777777" w:rsidR="00DE7AB7" w:rsidRPr="00B91E10" w:rsidRDefault="00DE7AB7" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B91E10">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Wi </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DD13A2B" w14:textId="61A49BC2" w:rsidR="00DE7AB7" w:rsidRPr="00B91E10" w:rsidRDefault="00DE7AB7" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B91E10">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Non </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61F8BDDC" w14:textId="77777777" w:rsidR="00DE7AB7" w:rsidRPr="00B91E10" w:rsidRDefault="00DE7AB7" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B91E10">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">g. Èske oumenm, konjwen w, oubyen yon lòt moun onon de oumenm resevwa oubyen bay yon moun yon ipotèk, prè, oubyen bon pou peman sou yon pwopriyete ouyen lòt aktif? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AD7FE6E" w14:textId="77777777" w:rsidR="00DE7AB7" w:rsidRPr="00B91E10" w:rsidRDefault="00DE7AB7" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B91E10">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Wi </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EB175BD" w14:textId="1E987BF4" w:rsidR="00DE7AB7" w:rsidRPr="00B91E10" w:rsidRDefault="00DE7AB7" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B91E10">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Non </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CCA0AEC" w14:textId="77777777" w:rsidR="00DE7AB7" w:rsidRPr="00B91E10" w:rsidRDefault="00DE7AB7" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B91E10">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">h. Èske oumenm, konjwen w, oubyen yon lòt moun onon de oumenm achte oubyen nenpòt kijan chanje yon rant? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5911E4E8" w14:textId="77777777" w:rsidR="00DE7AB7" w:rsidRPr="00B91E10" w:rsidRDefault="00DE7AB7" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B91E10">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Wi </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01E5CDF7" w14:textId="0E11B9CF" w:rsidR="00DE7AB7" w:rsidRPr="00B91E10" w:rsidRDefault="00DE7AB7" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B91E10">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Non</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16E4140E" w14:textId="0F32996A" w:rsidR="006D6BA6" w:rsidRPr="00B91E10" w:rsidRDefault="00DE7AB7" w:rsidP="00386496">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:before="40" w:after="60" w:line="201" w:lineRule="atLeast"/>
+        <w:ind w:right="1200"/>
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B91E10">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="26"/>
-[...7 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Si w reponn </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC4FE9" w:rsidRPr="00B91E10">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="26"/>
-[...7 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>W</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B91E10">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="26"/>
-[...7 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>i pou nenpòt nan kesyon ki anwo a, ou dwe ranpli sa ki annapre a, e voye prèv ban nou sou enfòmasyon sa a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B91E10">
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BCA82E3" w14:textId="77777777" w:rsidR="00506E64" w:rsidRPr="00386496" w:rsidRDefault="00506E64" w:rsidP="00386496">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:before="40" w:after="60" w:line="201" w:lineRule="atLeast"/>
+        <w:ind w:right="1200"/>
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-HT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-HT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Deskripsyon aktif oubyen revni </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5519FA8E" w14:textId="18889BB7" w:rsidR="00506E64" w:rsidRPr="00386496" w:rsidRDefault="00506E64" w:rsidP="00386496">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:before="40" w:after="60" w:line="201" w:lineRule="atLeast"/>
+        <w:ind w:right="1200"/>
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-HT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-HT"/>
+        </w:rPr>
+        <w:t>Dat transfè a (mm/dd/aaaa)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72A59327" w14:textId="77777777" w:rsidR="00506E64" w:rsidRPr="00386496" w:rsidRDefault="00506E64" w:rsidP="00386496">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:before="40" w:after="60" w:line="201" w:lineRule="atLeast"/>
+        <w:ind w:right="1200"/>
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-HT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-HT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Transfere bay kiyès </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="277D4006" w14:textId="77777777" w:rsidR="00506E64" w:rsidRPr="00386496" w:rsidRDefault="00506E64" w:rsidP="00386496">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:before="40" w:after="60" w:line="201" w:lineRule="atLeast"/>
+        <w:ind w:right="1200"/>
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-HT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-HT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Relasyon pou ou oubyen konjwen w </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C99EBB0" w14:textId="2E246B0A" w:rsidR="00506E64" w:rsidRPr="00386496" w:rsidRDefault="00506E64" w:rsidP="00386496">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:before="40" w:after="60" w:line="201" w:lineRule="atLeast"/>
+        <w:ind w:right="1200"/>
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-HT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-HT"/>
+        </w:rPr>
+        <w:t>Montan transfè a $</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07F36C46" w14:textId="77777777" w:rsidR="00506E64" w:rsidRPr="00386496" w:rsidRDefault="00506E64" w:rsidP="00386496">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:before="40" w:after="60" w:line="201" w:lineRule="atLeast"/>
+        <w:ind w:right="1200"/>
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-HT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-HT"/>
+        </w:rPr>
+        <w:t>Deskripsyon aktif oubyen revni Dat transfè a (mm/dd/aaaa)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FF95845" w14:textId="77777777" w:rsidR="00506E64" w:rsidRPr="00386496" w:rsidRDefault="00506E64" w:rsidP="00386496">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:before="40" w:after="60" w:line="201" w:lineRule="atLeast"/>
+        <w:ind w:right="1200"/>
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-HT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-HT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Transfere bay kiyès </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CCA9A54" w14:textId="77777777" w:rsidR="00506E64" w:rsidRPr="00386496" w:rsidRDefault="00506E64" w:rsidP="00386496">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:before="40" w:after="60" w:line="201" w:lineRule="atLeast"/>
+        <w:ind w:right="1200"/>
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-HT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-HT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Relasyon pou ou oubyen konjwen w </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF9B910" w14:textId="2BBC2B01" w:rsidR="00506E64" w:rsidRPr="00386496" w:rsidRDefault="00506E64" w:rsidP="00386496">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:before="40" w:after="60" w:line="201" w:lineRule="atLeast"/>
+        <w:ind w:right="1200"/>
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-HT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-HT"/>
+        </w:rPr>
+        <w:t>Montan transfè a $</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="663D970B" w14:textId="77777777" w:rsidR="00506E64" w:rsidRPr="00386496" w:rsidRDefault="00506E64" w:rsidP="00386496">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:before="40" w:after="60" w:line="201" w:lineRule="atLeast"/>
+        <w:ind w:right="1200"/>
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-HT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-HT"/>
+        </w:rPr>
+        <w:t>Deskripsyon aktif oubyen revni Dat transfè a (mm/dd/aaaa)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24600DE3" w14:textId="77777777" w:rsidR="00506E64" w:rsidRPr="00386496" w:rsidRDefault="00506E64" w:rsidP="00386496">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:before="40" w:after="60" w:line="201" w:lineRule="atLeast"/>
+        <w:ind w:right="1200"/>
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-HT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-HT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Transfere bay kiyès </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17BDEF0F" w14:textId="77777777" w:rsidR="00506E64" w:rsidRPr="00386496" w:rsidRDefault="00506E64" w:rsidP="00386496">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:before="40" w:after="60" w:line="201" w:lineRule="atLeast"/>
+        <w:ind w:right="1200"/>
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-HT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-HT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Relasyon pou ou oubyen konjwen w </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7345DC22" w14:textId="5956E1A7" w:rsidR="00506E64" w:rsidRPr="00386496" w:rsidRDefault="00506E64" w:rsidP="00386496">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:before="40" w:after="60" w:line="201" w:lineRule="atLeast"/>
+        <w:ind w:right="1200"/>
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-HT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-HT"/>
+        </w:rPr>
+        <w:t>Montan transfè a $</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24683670" w14:textId="5F2E4A21" w:rsidR="006D6BA6" w:rsidRPr="00386496" w:rsidRDefault="006D6BA6" w:rsidP="00386496">
+      <w:r w:rsidRPr="00386496">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">7. </w:t>
+      </w:r>
+      <w:r w:rsidR="00506E64" w:rsidRPr="00386496">
+        <w:t>Èske oumenm, konjwen w, oubyen yon moun onon de oumenm bay yon depo nan yon etablisman swen medikal oubyen rezidansyèl, tankou yon rezidans ki founi sèvis kontini, yon kominote ki founi retrete swen kontini, oubyen yon kominote ki founi swen pou lavi?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A11366C" w14:textId="77777777" w:rsidR="00506E64" w:rsidRPr="00386496" w:rsidRDefault="00506E64" w:rsidP="00386496">
+      <w:r w:rsidRPr="00386496">
+        <w:t xml:space="preserve">Wi </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7262AE09" w14:textId="77777777" w:rsidR="00506E64" w:rsidRPr="00386496" w:rsidRDefault="00506E64" w:rsidP="00386496">
+      <w:r w:rsidRPr="00386496">
+        <w:t>Non</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AD7FEC1" w14:textId="41F5CABA" w:rsidR="00506E64" w:rsidRPr="00386496" w:rsidRDefault="00506E64" w:rsidP="00386496">
+      <w:r w:rsidRPr="00386496">
+        <w:t xml:space="preserve">Si se </w:t>
+      </w:r>
+      <w:r w:rsidR="00B24B75" w:rsidRPr="00386496">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="26"/>
-[...7 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Wi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386496">
+        <w:t>, ban nou non e adrès etablisman an, montan depo a, reponn kesyon ki annapre a, e voye ban nou yon kopi kontra ou siyen an avèk etablisman an e tout dokiman sou depo a.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4904AF1C" w14:textId="3460DC61" w:rsidR="006D6BA6" w:rsidRPr="00386496" w:rsidRDefault="00506E64" w:rsidP="00386496">
+      <w:r w:rsidRPr="00386496">
+        <w:t>Non etablisman an</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6096802C" w14:textId="413DF13D" w:rsidR="006D6BA6" w:rsidRPr="00386496" w:rsidRDefault="00506E64" w:rsidP="00386496">
+      <w:r w:rsidRPr="00386496">
+        <w:t>Adrès etablisman an</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53BEA9F3" w14:textId="1702F949" w:rsidR="006D6BA6" w:rsidRPr="00386496" w:rsidRDefault="00506E64" w:rsidP="00386496">
+      <w:r w:rsidRPr="00386496">
+        <w:t>Montan $</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08146113" w14:textId="17B4A1EE" w:rsidR="00B82CA7" w:rsidRPr="00386496" w:rsidRDefault="00B82CA7" w:rsidP="00386496">
+      <w:r w:rsidRPr="00386496">
+        <w:t xml:space="preserve">a. </w:t>
+      </w:r>
+      <w:r w:rsidR="00506E64" w:rsidRPr="00386496">
+        <w:t>Èske etablisman an toujou gen depo a?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C596926" w14:textId="77777777" w:rsidR="00506E64" w:rsidRPr="00386496" w:rsidRDefault="00506E64" w:rsidP="00386496">
+      <w:r w:rsidRPr="00386496">
+        <w:t xml:space="preserve">Wi </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54ACA36F" w14:textId="77777777" w:rsidR="00506E64" w:rsidRPr="00386496" w:rsidRDefault="00506E64" w:rsidP="00386496">
+      <w:r w:rsidRPr="00386496">
+        <w:t>Non</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EB729F9" w14:textId="1649A233" w:rsidR="00B82CA7" w:rsidRPr="00386496" w:rsidRDefault="006D6BA6" w:rsidP="00386496">
+      <w:r w:rsidRPr="00386496">
+        <w:t xml:space="preserve">b. </w:t>
+      </w:r>
+      <w:r w:rsidR="00506E64" w:rsidRPr="00386496">
+        <w:t>Èske etablisman remèt depo a?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="012CD976" w14:textId="77777777" w:rsidR="00506E64" w:rsidRPr="00386496" w:rsidRDefault="00506E64" w:rsidP="00386496">
+      <w:r w:rsidRPr="00386496">
+        <w:t xml:space="preserve">Wi </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="147A5213" w14:textId="77777777" w:rsidR="00506E64" w:rsidRPr="00386496" w:rsidRDefault="00506E64" w:rsidP="00386496">
+      <w:r w:rsidRPr="00386496">
+        <w:t>Non</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A1F6C42" w14:textId="253F01C1" w:rsidR="006D6BA6" w:rsidRPr="00386496" w:rsidRDefault="00506E64" w:rsidP="00386496">
+      <w:r w:rsidRPr="00386496">
+        <w:t xml:space="preserve">Si se </w:t>
+      </w:r>
+      <w:r w:rsidR="00B24B75" w:rsidRPr="00386496">
+        <w:t>Wi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386496">
+        <w:t>, ban nou non e adrès moun ki resevwa depo nan men etablisman an.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22892906" w14:textId="3951E59E" w:rsidR="006D6BA6" w:rsidRPr="00386496" w:rsidRDefault="00506E64" w:rsidP="00386496">
+      <w:r w:rsidRPr="00386496">
+        <w:t>Non moun lan</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="183CB766" w14:textId="2E734E08" w:rsidR="006D6BA6" w:rsidRPr="00386496" w:rsidRDefault="00506E64" w:rsidP="00386496">
+      <w:r w:rsidRPr="00386496">
+        <w:t>Adrès</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F7CCE93" w14:textId="48EEC40E" w:rsidR="000702BE" w:rsidRPr="00851184" w:rsidRDefault="00506E64" w:rsidP="00851184">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00851184">
+        <w:t>Imobilye</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D04E536" w14:textId="196CD001" w:rsidR="006D6BA6" w:rsidRPr="00386496" w:rsidRDefault="00506E64" w:rsidP="00386496">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="40" w:after="60" w:line="201" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Repons pou kesyon annapre yo ap itilize pou deside si : (1) imobiye ou a ap konte kòm yon aktif ; oubyen (2) yon privilèj ap plase kont imobilye ou yo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FD9F308" w14:textId="2E90B9BB" w:rsidR="006D6BA6" w:rsidRPr="00386496" w:rsidRDefault="00506E64" w:rsidP="00386496">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="40" w:after="60" w:line="201" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="26"/>
-[...60 lines deleted...]
-        <w:br/>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Note</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> byen : Si pousantaj nan patisipayon adrès prensipal kote w rete a plis pase yon sèten limit, ou gendwa pa admisib pou peman sèvis </w:t>
+      </w:r>
+      <w:r w:rsidR="00091942">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e soutyen </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>swen alontèm, amwenske ou satisfè sèten kondisyon.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FF7B2C5" w14:textId="047FC65B" w:rsidR="00AE3C4A" w:rsidRPr="00386496" w:rsidRDefault="006D6BA6" w:rsidP="00386496">
+      <w:r w:rsidRPr="00386496">
+        <w:t xml:space="preserve">8. </w:t>
+      </w:r>
+      <w:r w:rsidR="00506E64" w:rsidRPr="00386496">
+        <w:t>Èske oumenm oubyen konjwen w pwopriyetè oubyen gen yon enterè legal nan kay ou, sa gen ladan yon domèn vyaje?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="064324C0" w14:textId="77777777" w:rsidR="00506E64" w:rsidRPr="00386496" w:rsidRDefault="00506E64" w:rsidP="00386496">
+      <w:r w:rsidRPr="00386496">
+        <w:t xml:space="preserve">Wi </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68C96B74" w14:textId="77777777" w:rsidR="00506E64" w:rsidRPr="00386496" w:rsidRDefault="00506E64" w:rsidP="00386496">
+      <w:r w:rsidRPr="00386496">
+        <w:t>Non</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D78DA97" w14:textId="7D330294" w:rsidR="002D1977" w:rsidRPr="00386496" w:rsidRDefault="002D1977" w:rsidP="00386496">
+      <w:r w:rsidRPr="00386496">
+        <w:t xml:space="preserve">Si se </w:t>
+      </w:r>
+      <w:r w:rsidR="005F63D7" w:rsidRPr="00386496">
+        <w:t>W</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386496">
+        <w:t>i, ranpli enfòmasyon ki annapre yo e reponn kesyon 9 jouk nan 15. Si se non, sèlman reponn kesyon 15.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B17FF89" w14:textId="6BD174C0" w:rsidR="006D6BA6" w:rsidRPr="00386496" w:rsidRDefault="002D1977" w:rsidP="00386496">
+      <w:r w:rsidRPr="00386496">
+        <w:t>Non epi adrès moun ki sou papye pwopriyete a</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72B2FAA4" w14:textId="03A5B62A" w:rsidR="006D6BA6" w:rsidRPr="00386496" w:rsidRDefault="002D1977" w:rsidP="00386496">
+      <w:r w:rsidRPr="00386496">
+        <w:t>Deskripsyon e adrès pwopriyete a</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40B7D912" w14:textId="77777777" w:rsidR="002D1977" w:rsidRPr="00386496" w:rsidRDefault="002D1977" w:rsidP="00386496">
+      <w:r w:rsidRPr="00386496">
+        <w:t xml:space="preserve">Endividyèl </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">(valè komèsyal jis) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386496">
+        <w:t xml:space="preserve">$ Lokasyon an komen </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">(valè komèsyal jis) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386496">
+        <w:t xml:space="preserve">$ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="680F6845" w14:textId="77777777" w:rsidR="002D1977" w:rsidRPr="00386496" w:rsidRDefault="002D1977" w:rsidP="00386496">
+      <w:r w:rsidRPr="00386496">
+        <w:t xml:space="preserve">Lokasyon an komen </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">(valè komèsyal jis) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386496">
+        <w:t xml:space="preserve">$ Domèn vyaje </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">(valè komèsyal jis) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386496">
+        <w:t xml:space="preserve">$ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32200C03" w14:textId="77777777" w:rsidR="002D1977" w:rsidRPr="00944B9F" w:rsidRDefault="002D1977" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00944B9F">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Non e adrès moun ki sou papye pwopriyete a </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1279ACFA" w14:textId="77777777" w:rsidR="002D1977" w:rsidRPr="00944B9F" w:rsidRDefault="002D1977" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00944B9F">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Deskripsyon e adrès pwopriyete a </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60EDBD26" w14:textId="77777777" w:rsidR="002D1977" w:rsidRPr="00944B9F" w:rsidRDefault="002D1977" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00944B9F">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ki tip pwopriyetè (chwazi yon repons). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B7E3BD7" w14:textId="77777777" w:rsidR="002D1977" w:rsidRPr="00944B9F" w:rsidRDefault="002D1977" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00944B9F">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Endividyèl </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00944B9F">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(valè komèsyal jis) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00944B9F">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">$ Lokasyon an komen </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00944B9F">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(valè komèsyal jis) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00944B9F">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">$ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20C8C64A" w14:textId="54CA6332" w:rsidR="002D1977" w:rsidRPr="00944B9F" w:rsidRDefault="002D1977" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00944B9F">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lokasyon an komen </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00944B9F">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(valè komèsyal jis) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00944B9F">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">$ Domèn vyaje </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00944B9F">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(valè komèsyal jis) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00944B9F">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>$</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F18614D" w14:textId="77777777" w:rsidR="002D1977" w:rsidRPr="00386496" w:rsidRDefault="002D1977" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="221E1F"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:color w:val="221E1F"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">9. Èkse w gen yon konjwen? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="661FCF69" w14:textId="77777777" w:rsidR="002D1977" w:rsidRPr="00386496" w:rsidRDefault="002D1977" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="221E1F"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:color w:val="221E1F"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Wi </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1416E4D0" w14:textId="28F6F42F" w:rsidR="002D1977" w:rsidRPr="00386496" w:rsidRDefault="002D1977" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="221E1F"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:color w:val="221E1F"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Non. Si se </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF253B" w:rsidRPr="00386496">
+        <w:rPr>
+          <w:color w:val="221E1F"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Wi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:color w:val="221E1F"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>, ranpli seksyon sa a.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="525650FD" w14:textId="2CEFA1F0" w:rsidR="002D1977" w:rsidRPr="00386496" w:rsidRDefault="002D1977" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Non</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C6863E0" w14:textId="77777777" w:rsidR="002D1977" w:rsidRPr="00386496" w:rsidRDefault="002D1977" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Èske moun sa a viv lakay ou? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="701F0D68" w14:textId="77777777" w:rsidR="002D1977" w:rsidRPr="00386496" w:rsidRDefault="002D1977" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Wi </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C760CD9" w14:textId="7BCC8534" w:rsidR="002D1977" w:rsidRPr="00386496" w:rsidRDefault="002D1977" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Non</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46D51A2A" w14:textId="77777777" w:rsidR="00625261" w:rsidRPr="00944B9F" w:rsidRDefault="00625261" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00944B9F">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10. Èske w gen yon pitit ki andikape an pèmanans e an total oubyen ki avèg? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="204888C8" w14:textId="77777777" w:rsidR="00625261" w:rsidRPr="00386496" w:rsidRDefault="00625261" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Wi </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F71CBA0" w14:textId="77777777" w:rsidR="00625261" w:rsidRPr="00386496" w:rsidRDefault="00625261" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="790C7CBF" w14:textId="250271D6" w:rsidR="00625261" w:rsidRPr="00386496" w:rsidRDefault="00625261" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Si se </w:t>
+      </w:r>
+      <w:r w:rsidR="00C0643C" w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Wi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ranpli seksyon sa a. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24F9AFFE" w14:textId="77777777" w:rsidR="00625261" w:rsidRPr="00386496" w:rsidRDefault="00625261" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Non Èske moun sa a viv lakay ou? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79EB7A51" w14:textId="77777777" w:rsidR="00625261" w:rsidRPr="00386496" w:rsidRDefault="00625261" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Wi </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F1AA272" w14:textId="19E178FE" w:rsidR="00625261" w:rsidRPr="00386496" w:rsidRDefault="00625261" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
         <w:t xml:space="preserve">Non </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...224 lines deleted...]
-          <w:lang w:val="es-US"/>
+    </w:p>
+    <w:p w14:paraId="23BD8634" w14:textId="77777777" w:rsidR="00625261" w:rsidRPr="00944B9F" w:rsidRDefault="00625261" w:rsidP="00386496">
+      <w:r w:rsidRPr="00944B9F">
+        <w:t xml:space="preserve">11. Èske ou gen yon pitit ki pa ko gen 21 an? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73391597" w14:textId="77777777" w:rsidR="00625261" w:rsidRPr="00944B9F" w:rsidRDefault="00625261" w:rsidP="00386496">
+      <w:r w:rsidRPr="00944B9F">
+        <w:t xml:space="preserve">Wi </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0935FFD2" w14:textId="77777777" w:rsidR="00625261" w:rsidRPr="00386496" w:rsidRDefault="00625261" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BD6E161" w14:textId="69D5F283" w:rsidR="00625261" w:rsidRPr="00386496" w:rsidRDefault="00625261" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Si se </w:t>
+      </w:r>
+      <w:r w:rsidR="00F24EC6" w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>Wi</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...16 lines deleted...]
-          <w:lang w:val="es-US"/>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ranpli seksyon sa a. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5529E05E" w14:textId="77777777" w:rsidR="00625261" w:rsidRPr="00386496" w:rsidRDefault="00625261" w:rsidP="00386496">
+      <w:r w:rsidRPr="00386496">
+        <w:t xml:space="preserve">Non </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06254E57" w14:textId="603B11E1" w:rsidR="00625261" w:rsidRPr="00386496" w:rsidRDefault="00625261" w:rsidP="00386496">
+      <w:r w:rsidRPr="00386496">
+        <w:t xml:space="preserve">Dat nesans (mm/dd/aaaa) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60A2197F" w14:textId="71D4A75B" w:rsidR="00625261" w:rsidRPr="00386496" w:rsidRDefault="00625261" w:rsidP="00386496">
+      <w:r w:rsidRPr="00386496">
+        <w:t xml:space="preserve">Èske moun sa viv lakay ou? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="668E07F8" w14:textId="77777777" w:rsidR="00625261" w:rsidRPr="00386496" w:rsidRDefault="00625261" w:rsidP="00386496">
+      <w:r w:rsidRPr="00386496">
+        <w:t xml:space="preserve">Wi </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D912AB8" w14:textId="45B908A9" w:rsidR="00625261" w:rsidRPr="00386496" w:rsidRDefault="00625261" w:rsidP="00386496">
+      <w:r w:rsidRPr="00386496">
+        <w:t xml:space="preserve">Non </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FC6FFC4" w14:textId="77777777" w:rsidR="00625261" w:rsidRPr="00386496" w:rsidRDefault="00625261" w:rsidP="00386496">
+      <w:r w:rsidRPr="00386496">
+        <w:t xml:space="preserve">12. Èske ou gen yon frè oubyen yon sè ki gen yon enterè legal nan kay la e ki te viv nan kay la pou omwen douz mwa tousuit anvan ou te antre nan establisman medikal la? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CF1DCF2" w14:textId="77777777" w:rsidR="00625261" w:rsidRPr="00386496" w:rsidRDefault="00625261" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Wi </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30372A1A" w14:textId="77777777" w:rsidR="00625261" w:rsidRPr="00386496" w:rsidRDefault="00625261" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35209EA6" w14:textId="4FC56847" w:rsidR="00625261" w:rsidRPr="00386496" w:rsidRDefault="00625261" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Si se </w:t>
+      </w:r>
+      <w:r w:rsidR="00F24EC6" w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>Wi</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...1486 lines deleted...]
-      <w:r w:rsidRPr="003E3BCE">
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ranpli seksyon sa a. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55CDF6BA" w14:textId="77777777" w:rsidR="00625261" w:rsidRPr="00386496" w:rsidRDefault="00625261" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Non Èske moun sa a viv lakay ou? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7ECB451E" w14:textId="77777777" w:rsidR="00625261" w:rsidRPr="00386496" w:rsidRDefault="00625261" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Wi </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F731CEC" w14:textId="597F2C17" w:rsidR="00625261" w:rsidRPr="00386496" w:rsidRDefault="00625261" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Non </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E2962AD" w14:textId="6F891AAA" w:rsidR="00625261" w:rsidRPr="00386496" w:rsidRDefault="00625261" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13. Èske ou gen yon pitit ki te viv nan kay la pou omwen vennkat mwa avan ou te antre nan etablisman medikal la e te founi w swen kidonk te pèmèt ou rete viv nan kay la? Wi Non. Si se </w:t>
+      </w:r>
+      <w:r w:rsidR="00B860F7" w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Wi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ranpli seksyon sa a. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25C430B1" w14:textId="77777777" w:rsidR="00625261" w:rsidRPr="00386496" w:rsidRDefault="00625261" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Non Èske moun sa a viv lakay ou? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C1A4948" w14:textId="77777777" w:rsidR="00625261" w:rsidRPr="00386496" w:rsidRDefault="00625261" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Wi </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54BB51A0" w14:textId="728CBC22" w:rsidR="00625261" w:rsidRPr="00386496" w:rsidRDefault="00625261" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Non </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62A0A609" w14:textId="77777777" w:rsidR="00625261" w:rsidRPr="00386496" w:rsidRDefault="00625261" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">3. </w:t>
-[...224 lines deleted...]
-          <w:lang w:val="es-US"/>
+        <w:t xml:space="preserve">14. Èske w gen yon fanmi ki yon depandan? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FAF9E83" w14:textId="77777777" w:rsidR="00625261" w:rsidRPr="00386496" w:rsidRDefault="00625261" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Wi </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E955529" w14:textId="77777777" w:rsidR="00FC32BA" w:rsidRPr="00386496" w:rsidRDefault="00625261" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Non.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31374B9B" w14:textId="5B440E74" w:rsidR="00625261" w:rsidRPr="00386496" w:rsidRDefault="00625261" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Si se </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC32BA" w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>Wi</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...1595 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ranpli seksyon sa a. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08C544E0" w14:textId="74806555" w:rsidR="00625261" w:rsidRPr="00386496" w:rsidRDefault="00625261" w:rsidP="00386496">
+      <w:r w:rsidRPr="00386496">
+        <w:t xml:space="preserve">Non </w:t>
+      </w:r>
+      <w:r w:rsidR="00C0241F" w:rsidRPr="00386496">
         <w:t>an</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...3331 lines deleted...]
-      <w:r w:rsidRPr="006764E3">
+    </w:p>
+    <w:p w14:paraId="1C192A23" w14:textId="77777777" w:rsidR="00625261" w:rsidRPr="00386496" w:rsidRDefault="00625261" w:rsidP="00386496">
+      <w:r w:rsidRPr="00386496">
+        <w:t xml:space="preserve">Èske moun sa a viv lakay ou? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14B368B1" w14:textId="77777777" w:rsidR="00625261" w:rsidRPr="00386496" w:rsidRDefault="00625261" w:rsidP="00386496">
+      <w:r w:rsidRPr="00386496">
+        <w:t xml:space="preserve">Wi </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="315C430A" w14:textId="0C7236F7" w:rsidR="00625261" w:rsidRPr="00386496" w:rsidRDefault="00625261" w:rsidP="00386496">
+      <w:r w:rsidRPr="00386496">
+        <w:t xml:space="preserve">Non </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B84A648" w14:textId="77777777" w:rsidR="00625261" w:rsidRPr="00386496" w:rsidRDefault="00625261" w:rsidP="00386496">
+      <w:r w:rsidRPr="00386496">
+        <w:t xml:space="preserve">Dekri relasyon an e detay sou depandans lan : </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17992010" w14:textId="77777777" w:rsidR="00625261" w:rsidRPr="00386496" w:rsidRDefault="00625261" w:rsidP="00386496">
+      <w:r w:rsidRPr="00386496">
+        <w:t xml:space="preserve">15. Èske w gen lentansyon tounen lakay ou? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="227FEDE9" w14:textId="77777777" w:rsidR="00625261" w:rsidRPr="00386496" w:rsidRDefault="00625261" w:rsidP="00386496">
+      <w:r w:rsidRPr="00386496">
+        <w:t xml:space="preserve">Wi </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AEBF537" w14:textId="686FC25A" w:rsidR="00625261" w:rsidRPr="00386496" w:rsidRDefault="00625261" w:rsidP="00386496">
+      <w:r w:rsidRPr="00386496">
+        <w:t xml:space="preserve">Non </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06C5BD03" w14:textId="792B2FBF" w:rsidR="00625261" w:rsidRPr="00386496" w:rsidRDefault="00625261" w:rsidP="00386496">
+      <w:r w:rsidRPr="00386496">
+        <w:t>(Ou pa bezwen reponn kesyon sila si w ap fè aplikasyon pou yon kote pou rete - e dispans nan sèvis lakay e nan yon milye kominotè.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FD70F41" w14:textId="77777777" w:rsidR="00625261" w:rsidRPr="00386496" w:rsidRDefault="00625261" w:rsidP="00386496">
+      <w:r w:rsidRPr="00386496">
+        <w:t xml:space="preserve">16. Èske oumenm oubyen konjwen w gen yon enterè legal nan yon </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386496">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:t xml:space="preserve">lòt </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386496">
+        <w:t xml:space="preserve">imobilye ki pa site nan kesyon 8 anwo a? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="721E27A8" w14:textId="77777777" w:rsidR="00625261" w:rsidRPr="00386496" w:rsidRDefault="00625261" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Wi </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="778A35AA" w14:textId="0871001E" w:rsidR="00625261" w:rsidRPr="00386496" w:rsidRDefault="00625261" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Non </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C39C2E8" w14:textId="5CEB5786" w:rsidR="00625261" w:rsidRPr="00386496" w:rsidRDefault="00625261" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Si se </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA1E52" w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
         <w:t>Wi</w:t>
       </w:r>
-      <w:r w:rsidRPr="006764E3">
-[...66 lines deleted...]
-      <w:r w:rsidRPr="006764E3">
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, dekri tanpri pwopriyete a e ekri adrès li annapre a. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DE1E3EE" w14:textId="4B899249" w:rsidR="00AE3C4A" w:rsidRPr="00386496" w:rsidRDefault="00625261" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Si w bezwen plis plas, sèvi avèk yon fèy papye apa papye apa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72984345" w14:textId="518D4539" w:rsidR="00A04663" w:rsidRPr="00851184" w:rsidRDefault="00625261" w:rsidP="00851184">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00851184">
+        <w:t>Asirans pou swen alontèm</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E8D93D8" w14:textId="77BDD5DB" w:rsidR="00AE3C4A" w:rsidRPr="00386496" w:rsidRDefault="00AE3C4A" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>17.</w:t>
+      </w:r>
+      <w:r w:rsidR="00625261" w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Èske oumenm oubyen konjwen w gen asirans pou swen alontèm?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D425B35" w14:textId="77777777" w:rsidR="00625261" w:rsidRPr="00386496" w:rsidRDefault="00625261" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Wi </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11A368A5" w14:textId="77777777" w:rsidR="00625261" w:rsidRPr="00386496" w:rsidRDefault="00625261" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Non </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6719B2CF" w14:textId="48C21C82" w:rsidR="00E754D4" w:rsidRPr="00386496" w:rsidRDefault="00625261" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Si se </w:t>
+      </w:r>
+      <w:r w:rsidR="00E754D4" w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Wi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>, ranpli seksyon sa a.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11FB7199" w14:textId="149A4532" w:rsidR="00AE3C4A" w:rsidRPr="00386496" w:rsidRDefault="00625261" w:rsidP="00386496">
+      <w:r w:rsidRPr="00386496">
+        <w:t xml:space="preserve">Si se </w:t>
+      </w:r>
+      <w:r w:rsidR="00E754D4" w:rsidRPr="00386496">
+        <w:t>Non</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386496">
+        <w:t>, sote ale nan pwochen seksyon an (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Plen taks</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386496">
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7641AE0E" w14:textId="023B8797" w:rsidR="00AE3C4A" w:rsidRPr="00386496" w:rsidRDefault="00625261" w:rsidP="00386496">
+      <w:r w:rsidRPr="00386496">
+        <w:t>Voye yon kopi polis la.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09D1648F" w14:textId="77777777" w:rsidR="00625261" w:rsidRPr="00386496" w:rsidRDefault="00625261" w:rsidP="00386496">
+      <w:r w:rsidRPr="00386496">
+        <w:t>Kon konpayi a oubyen nimewo polis la</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7756458D" w14:textId="77777777" w:rsidR="00625261" w:rsidRPr="00386496" w:rsidRDefault="00625261" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Non moun ki pwopriyetè polis la </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64336712" w14:textId="77777777" w:rsidR="00625261" w:rsidRPr="00386496" w:rsidRDefault="00625261" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dat li an vigè (mm/dd/aaaa) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="410B7DAB" w14:textId="43B725D6" w:rsidR="00625261" w:rsidRPr="00386496" w:rsidRDefault="00625261" w:rsidP="00386496">
+      <w:r w:rsidRPr="00386496">
+        <w:t>Montan prim $</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="212EDB17" w14:textId="77777777" w:rsidR="00625261" w:rsidRPr="00386496" w:rsidRDefault="00625261" w:rsidP="00386496">
+      <w:r w:rsidRPr="00386496">
+        <w:t>Kon konpayi a oubyen nimewo polis la</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="382F278E" w14:textId="77777777" w:rsidR="00625261" w:rsidRPr="00386496" w:rsidRDefault="00625261" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Non moun ki pwopriyetè polis la </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D989F01" w14:textId="77777777" w:rsidR="00625261" w:rsidRPr="00386496" w:rsidRDefault="00625261" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dat li an vigè (mm/dd/aaaa) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46F08E88" w14:textId="040D4EE7" w:rsidR="00625261" w:rsidRPr="00386496" w:rsidRDefault="00625261" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Montan prim $</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05DA933D" w14:textId="3BD8BE51" w:rsidR="00A04663" w:rsidRPr="00386496" w:rsidRDefault="00625261" w:rsidP="00386496">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Plen taks</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BC50AE7" w14:textId="7AD710D3" w:rsidR="00F876AE" w:rsidRPr="00944B9F" w:rsidRDefault="00F876AE" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">18. </w:t>
+      </w:r>
+      <w:r w:rsidR="00625261" w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Èske oumenm oubyen konjwen w plen taks federal Etazini Damerik nan dènye de lane yo? </w:t>
+      </w:r>
+      <w:r w:rsidR="00625261" w:rsidRPr="00944B9F">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>(Tcheke youn.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EAD8F17" w14:textId="77777777" w:rsidR="00625261" w:rsidRPr="00386496" w:rsidRDefault="00625261" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Wi, toude lane yo </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="668782AB" w14:textId="77777777" w:rsidR="00625261" w:rsidRPr="00386496" w:rsidRDefault="00625261" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Wi, youn nan de lane yo </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7214085D" w14:textId="23574890" w:rsidR="00625261" w:rsidRPr="00386496" w:rsidRDefault="00625261" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Non, pa fè sa nan toude lane sa yo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AB9B0EC" w14:textId="7D5D58F7" w:rsidR="00625261" w:rsidRPr="00386496" w:rsidRDefault="00625261" w:rsidP="00386496">
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Si se </w:t>
+      </w:r>
+      <w:r w:rsidR="00F31AB3" w:rsidRPr="00386496">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="006764E3">
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>W</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386496">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="006764E3">
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ou dwe voye kopi papye taks sa yo. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386496">
+        <w:t xml:space="preserve">Si w pa kenbe kopi youn oubyen plis pou lane ou plen taks ou, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386496">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> yon kopi </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="006764E3">
+        <w:t>ou dwe voye yon fòmilè 4506 IRS ou ranpli</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386496">
+        <w:t>. Gen yon fòmilè 4506 nan fen aplikasyon sa a.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C007AB8" w14:textId="5FF922BC" w:rsidR="00A04663" w:rsidRPr="00851184" w:rsidRDefault="00625261" w:rsidP="00386496">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00851184">
+        <w:t>SIYEN NON W SOU SIPLEMAN AN</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="400D66AD" w14:textId="032EDCE8" w:rsidR="00625261" w:rsidRPr="00386496" w:rsidRDefault="00625261" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lè m siyen non m anba a sou sipleman an, konsa m sètifye sou penn e penalite fo sèman soumisyon e deklarasyon m fè sou sipleman sila vre e konplèt dapre tout konesans mwen yo, e m dakò pou m aksepte e obsève dwa e responsablite. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D28C52D" w14:textId="012AF8B7" w:rsidR="00625261" w:rsidRPr="00386496" w:rsidRDefault="00625261" w:rsidP="00386496">
+      <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="006764E3">
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...2650 lines deleted...]
-        <w:br/>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Enpòtan: Si w ap soumèt sipleman sila kòm yon reprezantan otorize, se pou w soumèt yon fòmilè pou deziyen reprezantan otorize a (Authorized Representative Designation Form, ARD) ban nou pou n trete aplikasyon sila. Li enpòtan pou w ranpli fòmilè sa a poutèt se sèl jan nou gendwa pale avèk ou sou aplikasyon an. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4177301A" w14:textId="77777777" w:rsidR="00625261" w:rsidRPr="00386496" w:rsidRDefault="00625261" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386496">
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Siyati aplikan / manm oubyen reprezantan otorize </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="516EAEFD" w14:textId="77777777" w:rsidR="00951D9B" w:rsidRPr="00944B9F" w:rsidRDefault="00625261" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00944B9F">
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Ekri non avèk gwo lèt</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2ABBDB4B" w14:textId="46B2B832" w:rsidR="009815F0" w:rsidRPr="00851184" w:rsidRDefault="00625261" w:rsidP="00386496">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00944B9F">
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve">Dat </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...4252 lines deleted...]
-    <w:sectPr w:rsidR="003A3AC1" w:rsidRPr="003A3AC1" w:rsidSect="006764E3">
+    </w:p>
+    <w:sectPr w:rsidR="009815F0" w:rsidRPr="00851184" w:rsidSect="001B066B">
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:headerReference w:type="first" r:id="rId9"/>
       <w:footerReference w:type="first" r:id="rId10"/>
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1170" w:right="1080" w:bottom="1170" w:left="1080" w:header="432" w:footer="288" w:gutter="0"/>
+      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="432" w:footer="363" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="15EB55CA" w14:textId="77777777" w:rsidR="00B14D0D" w:rsidRDefault="00B14D0D" w:rsidP="008727E9">
+    <w:p w14:paraId="5B7024A5" w14:textId="77777777" w:rsidR="00547544" w:rsidRPr="00A84E88" w:rsidRDefault="00547544" w:rsidP="008727E9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00A84E88">
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3D426F01" w14:textId="77777777" w:rsidR="00B14D0D" w:rsidRDefault="00B14D0D" w:rsidP="008727E9">
+    <w:p w14:paraId="7C5D7FAC" w14:textId="77777777" w:rsidR="00547544" w:rsidRPr="00A84E88" w:rsidRDefault="00547544" w:rsidP="008727E9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00A84E88">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Wingdings">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="SimSun">
+    <w:altName w:val="宋体"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Source Sans Pro">
-    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="600002F7" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="600002F7" w:usb1="02000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Source Sans Pro SemiBold">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="600002F7" w:usb1="02000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aller">
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00000AF" w:usb1="5000205B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Minion Pro">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="60000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="4FCAB5E7" w14:textId="77777777" w:rsidR="00B14D0D" w:rsidRDefault="00B14D0D">
-[...9 lines deleted...]
-  </w:p>
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="-433282828"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr/>
+    <w:sdtContent>
+      <w:p w14:paraId="2215907C" w14:textId="3DCEFC5F" w:rsidR="00E0051A" w:rsidRPr="00A84E88" w:rsidRDefault="00A50AA3" w:rsidP="00FC6B55">
+        <w:pPr>
+          <w:pStyle w:val="Footer"/>
+          <w:jc w:val="center"/>
+        </w:pPr>
+        <w:r w:rsidRPr="00A84E88">
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidRPr="00A84E88">
+          <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+        </w:r>
+        <w:r w:rsidRPr="00A84E88">
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidRPr="00A84E88">
+          <w:t>3</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00A84E88">
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2B40A8E3" w14:textId="1633C6F2" w:rsidR="00CC6BD7" w:rsidRPr="003A3AC1" w:rsidRDefault="00CC6BD7" w:rsidP="00CC6BD7">
+  <w:p w14:paraId="49784294" w14:textId="77777777" w:rsidR="001B066B" w:rsidRPr="00A84E88" w:rsidRDefault="00851184" w:rsidP="001B066B">
     <w:pPr>
-      <w:spacing w:after="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+      <w:pStyle w:val="Footer"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="4680"/>
+        <w:tab w:val="center" w:pos="5400"/>
+      </w:tabs>
     </w:pPr>
-    <w:r w:rsidRPr="003A3AC1">
-[...4 lines deleted...]
-      <w:t>LTC-SUPP</w:t>
+    <w:r w:rsidRPr="00851184">
+      <w:rPr>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>LTC-SUPP-HT</w:t>
     </w:r>
-    <w:r w:rsidR="006D0F19">
-[...4 lines deleted...]
-      <w:t>-HT</w:t>
+    <w:r w:rsidR="000A1F45" w:rsidRPr="00851184">
+      <w:rPr>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>_2026-03</w:t>
     </w:r>
-    <w:r>
-[...4 lines deleted...]
-      <w:t>-</w:t>
+    <w:r w:rsidR="001B066B">
+      <w:rPr>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidRPr="003A3AC1">
-[...4 lines deleted...]
-      <w:t>032</w:t>
+    <w:r w:rsidR="001B066B">
+      <w:rPr>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:tab/>
     </w:r>
-    <w:r w:rsidR="00E02A33">
-[...5 lines deleted...]
-    </w:r>
+    <w:sdt>
+      <w:sdtPr>
+        <w:id w:val="1673984347"/>
+        <w:docPartObj>
+          <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+          <w:docPartUnique/>
+        </w:docPartObj>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:r w:rsidR="001B066B" w:rsidRPr="00A84E88">
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="001B066B" w:rsidRPr="00A84E88">
+          <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+        </w:r>
+        <w:r w:rsidR="001B066B" w:rsidRPr="00A84E88">
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="001B066B">
+          <w:t>2</w:t>
+        </w:r>
+        <w:r w:rsidR="001B066B" w:rsidRPr="00A84E88">
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:sdtContent>
+    </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3F9CD8F1" w14:textId="77777777" w:rsidR="00B14D0D" w:rsidRDefault="00B14D0D" w:rsidP="008727E9">
+    <w:p w14:paraId="1390B379" w14:textId="77777777" w:rsidR="00547544" w:rsidRPr="00A84E88" w:rsidRDefault="00547544" w:rsidP="008727E9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00A84E88">
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2607C2AF" w14:textId="77777777" w:rsidR="00B14D0D" w:rsidRDefault="00B14D0D" w:rsidP="008727E9">
+    <w:p w14:paraId="48A0C9C0" w14:textId="77777777" w:rsidR="00547544" w:rsidRPr="00A84E88" w:rsidRDefault="00547544" w:rsidP="008727E9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00A84E88">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2A1D6E81" w14:textId="77777777" w:rsidR="00655E2E" w:rsidRDefault="00655E2E" w:rsidP="00655E2E">
+  <w:p w14:paraId="597D33D2" w14:textId="74084945" w:rsidR="00A50AA3" w:rsidRPr="00A84E88" w:rsidRDefault="009D7BEE" w:rsidP="00A422C8">
     <w:pPr>
+      <w:ind w:left="720" w:right="727"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:color w:val="FF0000"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="003E3BCE">
+    <w:r w:rsidRPr="000D063A">
       <w:rPr>
         <w:color w:val="FF0000"/>
       </w:rPr>
-      <w:t>Please note. This document has been formatted for use with screen readers.</w:t>
+      <w:t>Remak</w:t>
+    </w:r>
+    <w:r w:rsidR="00A422C8" w:rsidRPr="000D063A">
+      <w:rPr>
+        <w:color w:val="FF0000"/>
+      </w:rPr>
+      <w:t xml:space="preserve">. Dokiman sila gen yon fòma pou l ka itilize avèk lektè ekran. </w:t>
+    </w:r>
+    <w:r w:rsidR="00A422C8" w:rsidRPr="000D063A">
+      <w:rPr>
+        <w:color w:val="FF0000"/>
+      </w:rPr>
+      <w:br/>
+      <w:t>Paj referans ki nan dokiman sa a - kèlkeswa si se nan tab dèmatyè a oubyen lòt kote nan dokiman an - reprezante kantite paj ki nan piblikasyon orijinal la.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="96F01F6E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListBullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="004D3D76"/>
+    <w:nsid w:val="00155625"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="A98E1C36"/>
-    <w:lvl w:ilvl="0" w:tplc="04090001">
+    <w:tmpl w:val="1B529EC6"/>
+    <w:lvl w:ilvl="0" w:tplc="0C000005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C000003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C000005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C000001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="0C000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0C000005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0C000001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="0C000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0C000005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
-[...35 lines deleted...]
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="7920" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="00B54FBC"/>
+    <w:nsid w:val="0E017887"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="56E4FA48"/>
-    <w:lvl w:ilvl="0" w:tplc="04090001">
+    <w:tmpl w:val="2528DC06"/>
+    <w:lvl w:ilvl="0" w:tplc="0C000001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C000003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C000005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C000001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C000003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C000005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C000001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C000003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C000005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="12114593"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="917600E4"/>
+    <w:lvl w:ilvl="0" w:tplc="0C000005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C000003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C000005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C000001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C000003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C000005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C000001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C000003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C000005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7920" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="14B34871"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="395A7EA6"/>
+    <w:lvl w:ilvl="0" w:tplc="0C000003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="05223558">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C000005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C000001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C000003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C000005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C000001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C000003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C000005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7920" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="175142B8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9AD68F76"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="180"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+        <w:ind w:left="2880" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+        <w:ind w:left="5040" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="180"/>
-[...338 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="7200" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="158306A9"/>
-[...224 lines deleted...]
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="17EA29D9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3BB042F2"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="9E42E99A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="bulletlist2"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -15908,783 +4174,887 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1BB0650E"/>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="196F6532"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="49640A6A"/>
-[...125 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="151C1A70">
+    <w:tmpl w:val="782A7B94"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="(%2)"/>
-[...2 lines deleted...]
-        <w:ind w:left="1286" w:hanging="360"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7380" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
-[...210 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="580A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="580A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="580A000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="580A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="580A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="580A000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="580A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="580A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="25945ABC"/>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1BBD58E8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="EA82FF56"/>
-    <w:lvl w:ilvl="0" w:tplc="0409000F">
+    <w:tmpl w:val="28E09C88"/>
+    <w:lvl w:ilvl="0" w:tplc="654EBBB0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cstheme="minorBidi" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="205925AB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8BB2B738"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="20AD5510"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F81E3E42"/>
+    <w:lvl w:ilvl="0" w:tplc="580A000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...3 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="580A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="580A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="580A000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="580A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="580A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="580A000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="580A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="580A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2C41653E"/>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="24A87E4F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="6360B51A"/>
-    <w:lvl w:ilvl="0" w:tplc="151C1A70">
+    <w:tmpl w:val="6EC84F48"/>
+    <w:lvl w:ilvl="0" w:tplc="580A000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="(%1)"/>
-[...2 lines deleted...]
-        <w:ind w:left="1080" w:hanging="360"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="580A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2040" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="580A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2760" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="580A000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3480" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="580A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4200" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="580A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4920" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="580A000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5640" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="580A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6360" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="580A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="7080" w:hanging="180"/>
-      </w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="24C1337B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1C10EB3E"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="272B4B7F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="37C03762"/>
+    <w:lvl w:ilvl="0" w:tplc="0C000005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C000003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C000005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C000001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C000003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C000005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C000001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C000003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C000005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7920" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="27E944A5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2E577920"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="04090001">
+    <w:nsid w:val="340A3D0B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="76DEA24E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="926" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1646" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2366" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3086" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3806" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4526" w:hanging="360"/>
-[...35 lines deleted...]
-        <w:ind w:left="6686" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="3161064E"/>
+    <w:nsid w:val="36FD4133"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="16842878"/>
+    <w:tmpl w:val="23DAD45A"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003">
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
@@ -16738,2893 +5108,582 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="327851D5"/>
+    <w:nsid w:val="40C5197D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="27A65694"/>
-    <w:lvl w:ilvl="0" w:tplc="04090001">
+    <w:tmpl w:val="1AEC315C"/>
+    <w:lvl w:ilvl="0" w:tplc="0C000001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="840" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="0C000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1560" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0C000005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2280" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0C000001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3000" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="0C000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3720" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0C000005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4440" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0C000001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5160" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="0C000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5880" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0C000005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6600" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="335B6327"/>
+    <w:nsid w:val="423A72EF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="28E2AC2C"/>
-[...7 lines deleted...]
-      </w:pPr>
+    <w:tmpl w:val="8DAECD6A"/>
+    <w:lvl w:ilvl="0" w:tplc="EC64790A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-        <w:sz w:val="28"/>
-[...102 lines deleted...]
-      </w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="34FE2A72"/>
+    <w:nsid w:val="4A653D4E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="26722736"/>
-    <w:lvl w:ilvl="0" w:tplc="04090001">
+    <w:tmpl w:val="89609CA2"/>
+    <w:lvl w:ilvl="0" w:tplc="0C000001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="360"/>
+        <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="35471CE0"/>
+    <w:nsid w:val="535B10BF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="EBF23D9C"/>
+    <w:tmpl w:val="52FE2CE6"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="770" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1490" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="2210" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="2930" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3650" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="4370" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5090" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="5810" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="6530" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="359D7B5E"/>
+    <w:nsid w:val="6C5956D6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="2FDEC2F0"/>
-[...106 lines deleted...]
-      </w:rPr>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="36383185"/>
+    <w:nsid w:val="6EA44850"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="EFB0E44E"/>
-[...697 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:tmpl w:val="DA48882E"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...692 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04090019">
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="580A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="0409001B">
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="580A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="0409000F">
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="580A000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="580A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="580A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="580A000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="580A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="580A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
-[...798 lines deleted...]
-  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="74227DFC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="05248304"/>
     <w:lvl w:ilvl="0" w:tplc="D574787E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="bulletlist"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -19694,1494 +5753,2866 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="7B7B6A99"/>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="792D06D9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="068430B8"/>
-[...6 lines deleted...]
-        <w:ind w:left="1080" w:hanging="360"/>
+    <w:tmpl w:val="0C30E68C"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7B280896"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="87506DEA"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7C2E515D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2452CEEA"/>
+    <w:lvl w:ilvl="0" w:tplc="0C000001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="0C000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0C000005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C000001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C000003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C000005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C000001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C000003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C000005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="7E1707A4"/>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7F7C1920"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="B5F4DBA8"/>
-    <w:lvl w:ilvl="0" w:tplc="04090001">
+    <w:tmpl w:val="148C9E42"/>
+    <w:lvl w:ilvl="0" w:tplc="580A0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="580A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="580A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="580A0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="580A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="580A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="580A0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="580A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="580A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
-[...113 lines deleted...]
-    <w:abstractNumId w:val="42"/>
+  <w:num w:numId="1" w16cid:durableId="1243291415">
+    <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1257715903">
-[...2 lines deleted...]
-  <w:num w:numId="3" w16cid:durableId="125660217">
+  <w:num w:numId="2" w16cid:durableId="807556532">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1056977778">
+  <w:num w:numId="3" w16cid:durableId="1122501691">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="58134091">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1928222693">
+    <w:abstractNumId w:val="5"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1135220225">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="977026517">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1376542635">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="742721569">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1275946194">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1742486793">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1410346339">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1239242583">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1963804789">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="350424427">
-    <w:abstractNumId w:val="39"/>
+  <w:num w:numId="15" w16cid:durableId="285043263">
+    <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="696588318">
-    <w:abstractNumId w:val="8"/>
+  <w:num w:numId="16" w16cid:durableId="1643924243">
+    <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="622811041">
+  <w:num w:numId="17" w16cid:durableId="371393046">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="876772667">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="135801566">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="2017417721">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="349528788">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="1009257549">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="1803111515">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="2016956978">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="24" w16cid:durableId="1613248441">
+    <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="393433948">
-    <w:abstractNumId w:val="38"/>
+  <w:num w:numId="25" w16cid:durableId="1469472155">
+    <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1736051965">
-    <w:abstractNumId w:val="22"/>
+  <w:num w:numId="26" w16cid:durableId="1988703254">
+    <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="211044038">
-[...5 lines deleted...]
-  <w:num w:numId="13" w16cid:durableId="1921137207">
+  <w:num w:numId="27" w16cid:durableId="97676398">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="1623222854">
-    <w:abstractNumId w:val="12"/>
+  <w:num w:numId="28" w16cid:durableId="86660729">
+    <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="853619160">
-[...83 lines deleted...]
-  <w:num w:numId="43" w16cid:durableId="1936356808">
+  <w:num w:numId="29" w16cid:durableId="948044180">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="44" w16cid:durableId="1967079260">
-[...8 lines deleted...]
-  <w:numIdMacAtCleanup w:val="6"/>
+  <w:numIdMacAtCleanup w:val="12"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="720"/>
+  <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="114689"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00142935"/>
     <w:rsid w:val="00000F2D"/>
+    <w:rsid w:val="00002A58"/>
+    <w:rsid w:val="0000317A"/>
+    <w:rsid w:val="00004A82"/>
     <w:rsid w:val="00005515"/>
     <w:rsid w:val="00006B9E"/>
+    <w:rsid w:val="000103C1"/>
     <w:rsid w:val="00010925"/>
     <w:rsid w:val="00011C91"/>
+    <w:rsid w:val="00012253"/>
+    <w:rsid w:val="00012E1B"/>
+    <w:rsid w:val="00013952"/>
+    <w:rsid w:val="00013D11"/>
+    <w:rsid w:val="00014130"/>
+    <w:rsid w:val="000142F6"/>
     <w:rsid w:val="00015228"/>
+    <w:rsid w:val="00017883"/>
+    <w:rsid w:val="00017B2C"/>
+    <w:rsid w:val="000200FB"/>
     <w:rsid w:val="0002033E"/>
+    <w:rsid w:val="0003238C"/>
+    <w:rsid w:val="000337BF"/>
+    <w:rsid w:val="0003460B"/>
     <w:rsid w:val="00034791"/>
+    <w:rsid w:val="00034991"/>
     <w:rsid w:val="000353A9"/>
+    <w:rsid w:val="0003610C"/>
     <w:rsid w:val="0003641D"/>
+    <w:rsid w:val="0003699D"/>
+    <w:rsid w:val="0003748A"/>
     <w:rsid w:val="00043085"/>
+    <w:rsid w:val="0004446D"/>
+    <w:rsid w:val="0004477D"/>
     <w:rsid w:val="000459C1"/>
+    <w:rsid w:val="00045FC0"/>
+    <w:rsid w:val="00045FD4"/>
+    <w:rsid w:val="00046A42"/>
     <w:rsid w:val="00046B45"/>
     <w:rsid w:val="00047A07"/>
+    <w:rsid w:val="00047A35"/>
+    <w:rsid w:val="00051C4B"/>
+    <w:rsid w:val="00052F47"/>
     <w:rsid w:val="00055763"/>
     <w:rsid w:val="00057734"/>
+    <w:rsid w:val="00057CB1"/>
+    <w:rsid w:val="00057E2C"/>
+    <w:rsid w:val="000627FD"/>
     <w:rsid w:val="00062BE6"/>
     <w:rsid w:val="00063CE6"/>
+    <w:rsid w:val="000650F8"/>
+    <w:rsid w:val="0006592B"/>
+    <w:rsid w:val="00065C64"/>
     <w:rsid w:val="000663C3"/>
     <w:rsid w:val="000702BE"/>
+    <w:rsid w:val="00070726"/>
+    <w:rsid w:val="00070E3F"/>
+    <w:rsid w:val="00071C69"/>
     <w:rsid w:val="00072A87"/>
+    <w:rsid w:val="00072BB7"/>
+    <w:rsid w:val="000747E0"/>
     <w:rsid w:val="00075490"/>
+    <w:rsid w:val="00075B8C"/>
+    <w:rsid w:val="00075D03"/>
     <w:rsid w:val="0007622E"/>
     <w:rsid w:val="00076865"/>
     <w:rsid w:val="00080484"/>
     <w:rsid w:val="00080AAE"/>
+    <w:rsid w:val="00080FFF"/>
+    <w:rsid w:val="00081B33"/>
+    <w:rsid w:val="00081FC3"/>
+    <w:rsid w:val="00085A35"/>
     <w:rsid w:val="00085D3D"/>
+    <w:rsid w:val="00086054"/>
+    <w:rsid w:val="00086697"/>
+    <w:rsid w:val="00086AD9"/>
+    <w:rsid w:val="00090CC0"/>
+    <w:rsid w:val="00091942"/>
+    <w:rsid w:val="00092CA5"/>
     <w:rsid w:val="00095595"/>
     <w:rsid w:val="00096808"/>
+    <w:rsid w:val="00097F1A"/>
     <w:rsid w:val="000A0849"/>
     <w:rsid w:val="000A0C7C"/>
+    <w:rsid w:val="000A0FAB"/>
+    <w:rsid w:val="000A1F45"/>
     <w:rsid w:val="000A311D"/>
+    <w:rsid w:val="000A3180"/>
     <w:rsid w:val="000A36CD"/>
     <w:rsid w:val="000A463E"/>
+    <w:rsid w:val="000A6802"/>
+    <w:rsid w:val="000A76BD"/>
+    <w:rsid w:val="000B0D23"/>
+    <w:rsid w:val="000B18EC"/>
+    <w:rsid w:val="000B1EFA"/>
+    <w:rsid w:val="000B3698"/>
+    <w:rsid w:val="000B36A3"/>
+    <w:rsid w:val="000B43B8"/>
+    <w:rsid w:val="000B58D2"/>
+    <w:rsid w:val="000B7B09"/>
+    <w:rsid w:val="000B7D6D"/>
     <w:rsid w:val="000C1658"/>
     <w:rsid w:val="000C1C16"/>
     <w:rsid w:val="000C20F5"/>
+    <w:rsid w:val="000C3DD3"/>
+    <w:rsid w:val="000C4400"/>
+    <w:rsid w:val="000C559E"/>
+    <w:rsid w:val="000C563C"/>
+    <w:rsid w:val="000C716E"/>
+    <w:rsid w:val="000D0638"/>
+    <w:rsid w:val="000D063A"/>
     <w:rsid w:val="000D0D68"/>
     <w:rsid w:val="000D15DE"/>
     <w:rsid w:val="000D1B13"/>
+    <w:rsid w:val="000D53B9"/>
+    <w:rsid w:val="000D7ED8"/>
+    <w:rsid w:val="000E0001"/>
     <w:rsid w:val="000E08ED"/>
+    <w:rsid w:val="000E27E0"/>
     <w:rsid w:val="000E315B"/>
+    <w:rsid w:val="000E3B6C"/>
+    <w:rsid w:val="000E472B"/>
+    <w:rsid w:val="000E50CE"/>
     <w:rsid w:val="000E5B07"/>
+    <w:rsid w:val="000E614F"/>
     <w:rsid w:val="000E63BA"/>
+    <w:rsid w:val="000E7328"/>
+    <w:rsid w:val="000F224E"/>
+    <w:rsid w:val="000F27C7"/>
     <w:rsid w:val="000F2BE3"/>
+    <w:rsid w:val="000F3482"/>
+    <w:rsid w:val="000F3B14"/>
     <w:rsid w:val="000F40A2"/>
     <w:rsid w:val="000F432D"/>
     <w:rsid w:val="000F447B"/>
+    <w:rsid w:val="000F5467"/>
+    <w:rsid w:val="000F5A5D"/>
     <w:rsid w:val="000F6F6D"/>
     <w:rsid w:val="000F7633"/>
+    <w:rsid w:val="00100293"/>
+    <w:rsid w:val="0010117C"/>
     <w:rsid w:val="001012A1"/>
+    <w:rsid w:val="0010220A"/>
     <w:rsid w:val="00102BE4"/>
+    <w:rsid w:val="00103AFF"/>
+    <w:rsid w:val="001052A5"/>
+    <w:rsid w:val="001054D2"/>
+    <w:rsid w:val="00105922"/>
     <w:rsid w:val="00105B05"/>
-    <w:rsid w:val="00106787"/>
+    <w:rsid w:val="00106780"/>
+    <w:rsid w:val="00106C2C"/>
+    <w:rsid w:val="00107444"/>
+    <w:rsid w:val="00107F90"/>
+    <w:rsid w:val="00110022"/>
+    <w:rsid w:val="00112140"/>
+    <w:rsid w:val="0011353E"/>
     <w:rsid w:val="00113952"/>
+    <w:rsid w:val="00115566"/>
+    <w:rsid w:val="0011616F"/>
     <w:rsid w:val="001168C1"/>
+    <w:rsid w:val="00120317"/>
     <w:rsid w:val="00120827"/>
+    <w:rsid w:val="00121093"/>
+    <w:rsid w:val="0012219D"/>
+    <w:rsid w:val="00123BA1"/>
+    <w:rsid w:val="00123C5F"/>
+    <w:rsid w:val="0012456F"/>
+    <w:rsid w:val="00126689"/>
+    <w:rsid w:val="00130065"/>
+    <w:rsid w:val="0013049D"/>
+    <w:rsid w:val="001318C5"/>
+    <w:rsid w:val="00132A76"/>
+    <w:rsid w:val="0013468F"/>
     <w:rsid w:val="00134F9C"/>
-    <w:rsid w:val="0013515A"/>
+    <w:rsid w:val="0014017E"/>
+    <w:rsid w:val="00140BAE"/>
     <w:rsid w:val="001414A4"/>
+    <w:rsid w:val="00141EDD"/>
+    <w:rsid w:val="00141FF4"/>
     <w:rsid w:val="00142935"/>
+    <w:rsid w:val="001448A6"/>
+    <w:rsid w:val="00145D8E"/>
     <w:rsid w:val="00147792"/>
     <w:rsid w:val="00151FE3"/>
     <w:rsid w:val="001530A5"/>
     <w:rsid w:val="00153A97"/>
     <w:rsid w:val="00155AD2"/>
+    <w:rsid w:val="00155EE0"/>
+    <w:rsid w:val="00156D94"/>
     <w:rsid w:val="00157EBA"/>
     <w:rsid w:val="00162614"/>
+    <w:rsid w:val="00163133"/>
+    <w:rsid w:val="001678D4"/>
     <w:rsid w:val="00170993"/>
     <w:rsid w:val="00172C8F"/>
+    <w:rsid w:val="00174823"/>
     <w:rsid w:val="00175F48"/>
+    <w:rsid w:val="00177829"/>
+    <w:rsid w:val="00180B2C"/>
     <w:rsid w:val="00180C56"/>
+    <w:rsid w:val="00181EFF"/>
+    <w:rsid w:val="001824CC"/>
+    <w:rsid w:val="00182E2D"/>
     <w:rsid w:val="00185169"/>
     <w:rsid w:val="001856D5"/>
+    <w:rsid w:val="00186BFB"/>
+    <w:rsid w:val="0018772F"/>
+    <w:rsid w:val="00187ADC"/>
+    <w:rsid w:val="00191748"/>
+    <w:rsid w:val="00191788"/>
+    <w:rsid w:val="00197A2B"/>
     <w:rsid w:val="001A45F5"/>
+    <w:rsid w:val="001A5320"/>
+    <w:rsid w:val="001A5F78"/>
+    <w:rsid w:val="001A6734"/>
+    <w:rsid w:val="001A6C31"/>
+    <w:rsid w:val="001B00CB"/>
+    <w:rsid w:val="001B066B"/>
+    <w:rsid w:val="001B16C6"/>
+    <w:rsid w:val="001B26C9"/>
+    <w:rsid w:val="001B2D24"/>
+    <w:rsid w:val="001B3355"/>
+    <w:rsid w:val="001B4A5F"/>
     <w:rsid w:val="001B4B50"/>
     <w:rsid w:val="001B501B"/>
+    <w:rsid w:val="001B58B2"/>
+    <w:rsid w:val="001B7B30"/>
     <w:rsid w:val="001C04D5"/>
+    <w:rsid w:val="001C1271"/>
     <w:rsid w:val="001C1AEE"/>
+    <w:rsid w:val="001C29D3"/>
+    <w:rsid w:val="001C2A41"/>
     <w:rsid w:val="001C4760"/>
+    <w:rsid w:val="001C4CD7"/>
     <w:rsid w:val="001C552A"/>
+    <w:rsid w:val="001C59A5"/>
+    <w:rsid w:val="001C6209"/>
+    <w:rsid w:val="001C7D10"/>
     <w:rsid w:val="001D1962"/>
     <w:rsid w:val="001D51D1"/>
+    <w:rsid w:val="001D63A7"/>
+    <w:rsid w:val="001D67AB"/>
+    <w:rsid w:val="001D6CA0"/>
+    <w:rsid w:val="001D6E8C"/>
     <w:rsid w:val="001D7A60"/>
+    <w:rsid w:val="001E002B"/>
     <w:rsid w:val="001E008F"/>
     <w:rsid w:val="001E0D12"/>
+    <w:rsid w:val="001E1D97"/>
+    <w:rsid w:val="001E30F5"/>
     <w:rsid w:val="001E4A33"/>
     <w:rsid w:val="001F0743"/>
+    <w:rsid w:val="001F1CFF"/>
+    <w:rsid w:val="001F2B69"/>
     <w:rsid w:val="001F326C"/>
     <w:rsid w:val="001F4155"/>
     <w:rsid w:val="001F49CB"/>
+    <w:rsid w:val="001F6E44"/>
     <w:rsid w:val="00200CC2"/>
+    <w:rsid w:val="00204D92"/>
+    <w:rsid w:val="002053A9"/>
     <w:rsid w:val="00205737"/>
     <w:rsid w:val="00206622"/>
+    <w:rsid w:val="002078FD"/>
+    <w:rsid w:val="002079A9"/>
     <w:rsid w:val="00207C43"/>
+    <w:rsid w:val="002152FC"/>
+    <w:rsid w:val="00215C16"/>
     <w:rsid w:val="00216CA9"/>
     <w:rsid w:val="00217CB0"/>
+    <w:rsid w:val="00217E84"/>
+    <w:rsid w:val="00220ECF"/>
+    <w:rsid w:val="00221B1A"/>
+    <w:rsid w:val="00221F68"/>
     <w:rsid w:val="00222BD9"/>
     <w:rsid w:val="002246DF"/>
+    <w:rsid w:val="00224A56"/>
+    <w:rsid w:val="002252A5"/>
     <w:rsid w:val="00226D30"/>
+    <w:rsid w:val="00227070"/>
     <w:rsid w:val="00232EA3"/>
+    <w:rsid w:val="002330D8"/>
     <w:rsid w:val="0023496E"/>
     <w:rsid w:val="002358A9"/>
+    <w:rsid w:val="00236B8A"/>
     <w:rsid w:val="00236C12"/>
+    <w:rsid w:val="002379A9"/>
+    <w:rsid w:val="00243965"/>
+    <w:rsid w:val="00243988"/>
+    <w:rsid w:val="00243FF4"/>
+    <w:rsid w:val="00244AF7"/>
     <w:rsid w:val="00245961"/>
     <w:rsid w:val="00246753"/>
+    <w:rsid w:val="002500A9"/>
+    <w:rsid w:val="00250668"/>
+    <w:rsid w:val="0025525C"/>
     <w:rsid w:val="00255D0E"/>
+    <w:rsid w:val="0025638F"/>
+    <w:rsid w:val="00261EFB"/>
     <w:rsid w:val="00262414"/>
-    <w:rsid w:val="00262F7F"/>
+    <w:rsid w:val="00262EC2"/>
     <w:rsid w:val="00264129"/>
     <w:rsid w:val="00266149"/>
     <w:rsid w:val="00267CDF"/>
+    <w:rsid w:val="00270D57"/>
+    <w:rsid w:val="002731AB"/>
+    <w:rsid w:val="002733F9"/>
+    <w:rsid w:val="002737CD"/>
+    <w:rsid w:val="00276202"/>
+    <w:rsid w:val="00276F0A"/>
+    <w:rsid w:val="002770B9"/>
+    <w:rsid w:val="00280FF2"/>
     <w:rsid w:val="00283850"/>
+    <w:rsid w:val="00284FDD"/>
     <w:rsid w:val="0028661D"/>
+    <w:rsid w:val="00287367"/>
+    <w:rsid w:val="002920F6"/>
     <w:rsid w:val="00292683"/>
+    <w:rsid w:val="00292746"/>
     <w:rsid w:val="00292DF8"/>
+    <w:rsid w:val="00294958"/>
     <w:rsid w:val="00294C55"/>
+    <w:rsid w:val="00295A45"/>
+    <w:rsid w:val="00295F91"/>
+    <w:rsid w:val="0029610F"/>
+    <w:rsid w:val="002969C7"/>
+    <w:rsid w:val="00297168"/>
+    <w:rsid w:val="00297CFE"/>
     <w:rsid w:val="002A2FAC"/>
+    <w:rsid w:val="002A4A11"/>
     <w:rsid w:val="002A5070"/>
+    <w:rsid w:val="002A5315"/>
     <w:rsid w:val="002A6CB7"/>
     <w:rsid w:val="002A6EBE"/>
+    <w:rsid w:val="002B00B9"/>
+    <w:rsid w:val="002B278C"/>
     <w:rsid w:val="002B71C9"/>
+    <w:rsid w:val="002C0251"/>
+    <w:rsid w:val="002C0CD1"/>
+    <w:rsid w:val="002C0DEE"/>
     <w:rsid w:val="002C4F67"/>
+    <w:rsid w:val="002C5622"/>
+    <w:rsid w:val="002C579C"/>
+    <w:rsid w:val="002C6D0B"/>
+    <w:rsid w:val="002C76B7"/>
+    <w:rsid w:val="002D0397"/>
+    <w:rsid w:val="002D1977"/>
     <w:rsid w:val="002D21E5"/>
     <w:rsid w:val="002D357A"/>
+    <w:rsid w:val="002D539C"/>
     <w:rsid w:val="002D57A1"/>
     <w:rsid w:val="002D5B64"/>
     <w:rsid w:val="002D5EC6"/>
+    <w:rsid w:val="002E0322"/>
+    <w:rsid w:val="002E0D76"/>
+    <w:rsid w:val="002E0EE7"/>
+    <w:rsid w:val="002E1292"/>
+    <w:rsid w:val="002E19B5"/>
+    <w:rsid w:val="002E3535"/>
     <w:rsid w:val="002E431D"/>
     <w:rsid w:val="002E5842"/>
+    <w:rsid w:val="002E5AA0"/>
+    <w:rsid w:val="002E6255"/>
     <w:rsid w:val="002E6C1A"/>
+    <w:rsid w:val="002F13CF"/>
     <w:rsid w:val="002F14F4"/>
     <w:rsid w:val="002F18EC"/>
     <w:rsid w:val="002F2B68"/>
+    <w:rsid w:val="002F4818"/>
+    <w:rsid w:val="002F5260"/>
+    <w:rsid w:val="002F52BB"/>
+    <w:rsid w:val="002F535F"/>
+    <w:rsid w:val="002F53E4"/>
+    <w:rsid w:val="002F5491"/>
+    <w:rsid w:val="002F5780"/>
+    <w:rsid w:val="002F5C2A"/>
+    <w:rsid w:val="002F5DEE"/>
     <w:rsid w:val="003003F4"/>
     <w:rsid w:val="00300657"/>
     <w:rsid w:val="0030338B"/>
     <w:rsid w:val="00305B84"/>
     <w:rsid w:val="00307B99"/>
     <w:rsid w:val="00307DF3"/>
+    <w:rsid w:val="003104A8"/>
+    <w:rsid w:val="00310B69"/>
+    <w:rsid w:val="00311936"/>
+    <w:rsid w:val="0031203A"/>
+    <w:rsid w:val="00312954"/>
+    <w:rsid w:val="003137D8"/>
     <w:rsid w:val="00313FB3"/>
+    <w:rsid w:val="003150D3"/>
+    <w:rsid w:val="003160D3"/>
     <w:rsid w:val="00316EA9"/>
+    <w:rsid w:val="00317DB0"/>
+    <w:rsid w:val="00320503"/>
+    <w:rsid w:val="00320883"/>
     <w:rsid w:val="00320D35"/>
+    <w:rsid w:val="0032105A"/>
+    <w:rsid w:val="00321B71"/>
+    <w:rsid w:val="003230F9"/>
     <w:rsid w:val="00323B0D"/>
     <w:rsid w:val="00324583"/>
-    <w:rsid w:val="00325F19"/>
-    <w:rsid w:val="0033094A"/>
+    <w:rsid w:val="0032573B"/>
+    <w:rsid w:val="0032622D"/>
+    <w:rsid w:val="003300DE"/>
+    <w:rsid w:val="00330EBA"/>
     <w:rsid w:val="0033179D"/>
     <w:rsid w:val="00332CF4"/>
+    <w:rsid w:val="00333144"/>
     <w:rsid w:val="00334095"/>
     <w:rsid w:val="00335104"/>
+    <w:rsid w:val="00337696"/>
+    <w:rsid w:val="003404C8"/>
     <w:rsid w:val="00340603"/>
     <w:rsid w:val="00340891"/>
+    <w:rsid w:val="00340BCF"/>
     <w:rsid w:val="00342A7C"/>
     <w:rsid w:val="00344836"/>
+    <w:rsid w:val="00344D03"/>
+    <w:rsid w:val="003459C4"/>
+    <w:rsid w:val="003461E1"/>
     <w:rsid w:val="0034723C"/>
+    <w:rsid w:val="003514E3"/>
+    <w:rsid w:val="0035157D"/>
     <w:rsid w:val="00353452"/>
+    <w:rsid w:val="00354D9F"/>
     <w:rsid w:val="00357495"/>
     <w:rsid w:val="00357741"/>
     <w:rsid w:val="00360501"/>
+    <w:rsid w:val="0036094B"/>
+    <w:rsid w:val="00361315"/>
     <w:rsid w:val="00361829"/>
     <w:rsid w:val="00361831"/>
+    <w:rsid w:val="003618C0"/>
     <w:rsid w:val="00361B96"/>
+    <w:rsid w:val="00361F7B"/>
+    <w:rsid w:val="0036270F"/>
+    <w:rsid w:val="00362A12"/>
     <w:rsid w:val="003655D9"/>
+    <w:rsid w:val="00366F37"/>
+    <w:rsid w:val="00371AD0"/>
     <w:rsid w:val="00373319"/>
+    <w:rsid w:val="0037335E"/>
     <w:rsid w:val="00373390"/>
+    <w:rsid w:val="003737B4"/>
     <w:rsid w:val="00377048"/>
     <w:rsid w:val="00380D14"/>
+    <w:rsid w:val="0038140E"/>
+    <w:rsid w:val="00386496"/>
     <w:rsid w:val="00387285"/>
+    <w:rsid w:val="00387429"/>
     <w:rsid w:val="0039059B"/>
     <w:rsid w:val="00390665"/>
+    <w:rsid w:val="003916B2"/>
+    <w:rsid w:val="00391C03"/>
     <w:rsid w:val="00392F76"/>
+    <w:rsid w:val="003934F9"/>
     <w:rsid w:val="00393CE3"/>
-    <w:rsid w:val="0039631F"/>
+    <w:rsid w:val="003952A6"/>
+    <w:rsid w:val="0039567B"/>
+    <w:rsid w:val="00396C56"/>
+    <w:rsid w:val="00396E1A"/>
+    <w:rsid w:val="003A0D22"/>
     <w:rsid w:val="003A13BC"/>
-    <w:rsid w:val="003A3AC1"/>
+    <w:rsid w:val="003A14B6"/>
+    <w:rsid w:val="003A2453"/>
     <w:rsid w:val="003A444B"/>
+    <w:rsid w:val="003A4C93"/>
     <w:rsid w:val="003A4D9E"/>
+    <w:rsid w:val="003A6346"/>
     <w:rsid w:val="003A6E9B"/>
+    <w:rsid w:val="003A7A02"/>
+    <w:rsid w:val="003B04D7"/>
+    <w:rsid w:val="003B1ABC"/>
+    <w:rsid w:val="003B32DD"/>
+    <w:rsid w:val="003B339A"/>
+    <w:rsid w:val="003B5437"/>
     <w:rsid w:val="003B54E3"/>
     <w:rsid w:val="003B6632"/>
+    <w:rsid w:val="003B6781"/>
     <w:rsid w:val="003B7195"/>
     <w:rsid w:val="003C018F"/>
+    <w:rsid w:val="003C2113"/>
+    <w:rsid w:val="003C5B72"/>
+    <w:rsid w:val="003C7087"/>
     <w:rsid w:val="003C70D4"/>
+    <w:rsid w:val="003D0D98"/>
     <w:rsid w:val="003D16BA"/>
+    <w:rsid w:val="003D1834"/>
+    <w:rsid w:val="003D2C0A"/>
     <w:rsid w:val="003D3925"/>
     <w:rsid w:val="003D528A"/>
     <w:rsid w:val="003D6409"/>
+    <w:rsid w:val="003D6DA0"/>
     <w:rsid w:val="003D6FEC"/>
+    <w:rsid w:val="003E24FB"/>
+    <w:rsid w:val="003E2E78"/>
     <w:rsid w:val="003E3BCE"/>
+    <w:rsid w:val="003E489D"/>
+    <w:rsid w:val="003E4E7A"/>
+    <w:rsid w:val="003E5101"/>
+    <w:rsid w:val="003E54C6"/>
+    <w:rsid w:val="003E638E"/>
     <w:rsid w:val="003E63D7"/>
+    <w:rsid w:val="003E6439"/>
+    <w:rsid w:val="003E6AA7"/>
     <w:rsid w:val="003E6C36"/>
+    <w:rsid w:val="003E6EC2"/>
     <w:rsid w:val="003F09E5"/>
+    <w:rsid w:val="003F16DB"/>
+    <w:rsid w:val="003F23CB"/>
     <w:rsid w:val="003F35DD"/>
+    <w:rsid w:val="003F4B1B"/>
+    <w:rsid w:val="003F670B"/>
+    <w:rsid w:val="003F6BA5"/>
+    <w:rsid w:val="003F6DF1"/>
+    <w:rsid w:val="003F7135"/>
+    <w:rsid w:val="00400916"/>
     <w:rsid w:val="00400FDD"/>
+    <w:rsid w:val="00401F3D"/>
     <w:rsid w:val="004023ED"/>
     <w:rsid w:val="00403545"/>
+    <w:rsid w:val="004037F2"/>
+    <w:rsid w:val="0040471E"/>
     <w:rsid w:val="00404D7E"/>
     <w:rsid w:val="00410F03"/>
     <w:rsid w:val="00413D6D"/>
     <w:rsid w:val="00413DFA"/>
+    <w:rsid w:val="004155C5"/>
+    <w:rsid w:val="004163AD"/>
+    <w:rsid w:val="00416848"/>
+    <w:rsid w:val="004177F0"/>
     <w:rsid w:val="0042183F"/>
+    <w:rsid w:val="00421FFF"/>
+    <w:rsid w:val="004228F0"/>
+    <w:rsid w:val="00423389"/>
+    <w:rsid w:val="004235C9"/>
     <w:rsid w:val="004243CC"/>
+    <w:rsid w:val="00426474"/>
+    <w:rsid w:val="00426C25"/>
+    <w:rsid w:val="00426C5F"/>
     <w:rsid w:val="00427B2E"/>
+    <w:rsid w:val="00427C5D"/>
+    <w:rsid w:val="00430F94"/>
+    <w:rsid w:val="00433A3D"/>
+    <w:rsid w:val="00434418"/>
+    <w:rsid w:val="0043457C"/>
+    <w:rsid w:val="0043568E"/>
     <w:rsid w:val="00435E51"/>
+    <w:rsid w:val="0043628D"/>
+    <w:rsid w:val="00440139"/>
+    <w:rsid w:val="004417DF"/>
     <w:rsid w:val="00444304"/>
+    <w:rsid w:val="00445133"/>
+    <w:rsid w:val="00445F73"/>
+    <w:rsid w:val="004468B4"/>
+    <w:rsid w:val="00450BED"/>
+    <w:rsid w:val="00450E6A"/>
+    <w:rsid w:val="0045341B"/>
+    <w:rsid w:val="004540F4"/>
+    <w:rsid w:val="004541DA"/>
     <w:rsid w:val="004557E5"/>
-    <w:rsid w:val="0045580E"/>
+    <w:rsid w:val="00456B9B"/>
+    <w:rsid w:val="00457145"/>
     <w:rsid w:val="00457703"/>
     <w:rsid w:val="004614E4"/>
     <w:rsid w:val="00462F28"/>
+    <w:rsid w:val="00462F81"/>
+    <w:rsid w:val="004643D6"/>
     <w:rsid w:val="00467680"/>
+    <w:rsid w:val="00467789"/>
     <w:rsid w:val="004678F4"/>
     <w:rsid w:val="00470D0F"/>
+    <w:rsid w:val="004716DE"/>
+    <w:rsid w:val="0047350C"/>
     <w:rsid w:val="00473AF4"/>
+    <w:rsid w:val="00474787"/>
     <w:rsid w:val="0047561A"/>
+    <w:rsid w:val="004776D1"/>
     <w:rsid w:val="00477AD4"/>
     <w:rsid w:val="00480216"/>
     <w:rsid w:val="0048143B"/>
+    <w:rsid w:val="004819A1"/>
+    <w:rsid w:val="00481F88"/>
+    <w:rsid w:val="004843D2"/>
+    <w:rsid w:val="0048488B"/>
     <w:rsid w:val="004858AF"/>
+    <w:rsid w:val="0048655A"/>
     <w:rsid w:val="0048693E"/>
     <w:rsid w:val="00486FCB"/>
+    <w:rsid w:val="00487234"/>
     <w:rsid w:val="004874D2"/>
+    <w:rsid w:val="00487536"/>
+    <w:rsid w:val="00490E2E"/>
+    <w:rsid w:val="004930A5"/>
+    <w:rsid w:val="004931EB"/>
+    <w:rsid w:val="004932F7"/>
+    <w:rsid w:val="004937FC"/>
     <w:rsid w:val="00493C8D"/>
     <w:rsid w:val="00496A65"/>
+    <w:rsid w:val="004A1397"/>
+    <w:rsid w:val="004A72E8"/>
+    <w:rsid w:val="004B075B"/>
+    <w:rsid w:val="004B0F29"/>
     <w:rsid w:val="004B0F6C"/>
     <w:rsid w:val="004B202D"/>
     <w:rsid w:val="004B213E"/>
+    <w:rsid w:val="004B2832"/>
+    <w:rsid w:val="004B2E62"/>
+    <w:rsid w:val="004B3553"/>
+    <w:rsid w:val="004B3928"/>
+    <w:rsid w:val="004B3DF2"/>
     <w:rsid w:val="004B64FC"/>
     <w:rsid w:val="004B6960"/>
     <w:rsid w:val="004C1668"/>
     <w:rsid w:val="004C1F40"/>
     <w:rsid w:val="004C1F6C"/>
+    <w:rsid w:val="004C2138"/>
+    <w:rsid w:val="004C36A4"/>
+    <w:rsid w:val="004C4158"/>
     <w:rsid w:val="004C5535"/>
+    <w:rsid w:val="004C67C3"/>
     <w:rsid w:val="004C692A"/>
     <w:rsid w:val="004C7462"/>
+    <w:rsid w:val="004C7FDD"/>
     <w:rsid w:val="004D05F8"/>
+    <w:rsid w:val="004D10E2"/>
+    <w:rsid w:val="004D2799"/>
+    <w:rsid w:val="004D4138"/>
+    <w:rsid w:val="004D6C62"/>
+    <w:rsid w:val="004D6E22"/>
+    <w:rsid w:val="004D7576"/>
+    <w:rsid w:val="004D796E"/>
     <w:rsid w:val="004E081A"/>
+    <w:rsid w:val="004E0F02"/>
     <w:rsid w:val="004E141D"/>
+    <w:rsid w:val="004E28B5"/>
+    <w:rsid w:val="004E3C53"/>
+    <w:rsid w:val="004E423E"/>
+    <w:rsid w:val="004E5317"/>
+    <w:rsid w:val="004E5493"/>
+    <w:rsid w:val="004E6D51"/>
+    <w:rsid w:val="004F1CE2"/>
     <w:rsid w:val="004F391C"/>
     <w:rsid w:val="004F536B"/>
+    <w:rsid w:val="004F61CD"/>
+    <w:rsid w:val="004F7B25"/>
+    <w:rsid w:val="004F7D26"/>
     <w:rsid w:val="005001D9"/>
     <w:rsid w:val="00500A33"/>
+    <w:rsid w:val="00500BF5"/>
+    <w:rsid w:val="00500C7A"/>
+    <w:rsid w:val="00501FE3"/>
     <w:rsid w:val="005020F2"/>
+    <w:rsid w:val="00504008"/>
+    <w:rsid w:val="00506E64"/>
     <w:rsid w:val="0051693E"/>
     <w:rsid w:val="00516B03"/>
+    <w:rsid w:val="00516DA3"/>
     <w:rsid w:val="00520C0E"/>
+    <w:rsid w:val="00520FE4"/>
     <w:rsid w:val="00521288"/>
+    <w:rsid w:val="00521603"/>
+    <w:rsid w:val="005226C7"/>
+    <w:rsid w:val="005226D4"/>
     <w:rsid w:val="00522ACB"/>
+    <w:rsid w:val="005230AB"/>
     <w:rsid w:val="005232C2"/>
     <w:rsid w:val="00523C6A"/>
     <w:rsid w:val="00523DBD"/>
+    <w:rsid w:val="005254AC"/>
+    <w:rsid w:val="00526F96"/>
     <w:rsid w:val="0053064E"/>
+    <w:rsid w:val="00530A92"/>
     <w:rsid w:val="00532126"/>
     <w:rsid w:val="00532CC0"/>
+    <w:rsid w:val="0053342F"/>
+    <w:rsid w:val="00533F40"/>
     <w:rsid w:val="005342BF"/>
+    <w:rsid w:val="005364D9"/>
     <w:rsid w:val="00540533"/>
     <w:rsid w:val="00540887"/>
     <w:rsid w:val="00540913"/>
+    <w:rsid w:val="00542356"/>
     <w:rsid w:val="00542EA4"/>
+    <w:rsid w:val="005445B4"/>
+    <w:rsid w:val="00544988"/>
     <w:rsid w:val="00545B45"/>
+    <w:rsid w:val="00545BF7"/>
+    <w:rsid w:val="00547544"/>
+    <w:rsid w:val="005519B0"/>
     <w:rsid w:val="00552C78"/>
+    <w:rsid w:val="005575F1"/>
     <w:rsid w:val="00557B93"/>
     <w:rsid w:val="00560E87"/>
+    <w:rsid w:val="00561666"/>
+    <w:rsid w:val="00561B80"/>
     <w:rsid w:val="00561DC6"/>
     <w:rsid w:val="0057054A"/>
     <w:rsid w:val="00574353"/>
+    <w:rsid w:val="0057448D"/>
     <w:rsid w:val="00574D85"/>
     <w:rsid w:val="0057529C"/>
     <w:rsid w:val="005760DE"/>
+    <w:rsid w:val="0058043A"/>
+    <w:rsid w:val="00580B49"/>
     <w:rsid w:val="00581650"/>
+    <w:rsid w:val="00581A14"/>
     <w:rsid w:val="00581B19"/>
+    <w:rsid w:val="005828F4"/>
+    <w:rsid w:val="00582D2B"/>
+    <w:rsid w:val="0058321B"/>
     <w:rsid w:val="005835DB"/>
     <w:rsid w:val="00583964"/>
+    <w:rsid w:val="00584F48"/>
     <w:rsid w:val="00585B56"/>
+    <w:rsid w:val="00586B44"/>
+    <w:rsid w:val="0058768E"/>
+    <w:rsid w:val="00590368"/>
+    <w:rsid w:val="00596FDB"/>
     <w:rsid w:val="005A060B"/>
     <w:rsid w:val="005A17C3"/>
+    <w:rsid w:val="005A1E5E"/>
+    <w:rsid w:val="005A2056"/>
     <w:rsid w:val="005A3D8C"/>
+    <w:rsid w:val="005A3FCD"/>
     <w:rsid w:val="005A56BA"/>
     <w:rsid w:val="005A5B6F"/>
     <w:rsid w:val="005B06D2"/>
+    <w:rsid w:val="005B0DE9"/>
     <w:rsid w:val="005B2877"/>
+    <w:rsid w:val="005B2C87"/>
     <w:rsid w:val="005B3315"/>
+    <w:rsid w:val="005B352A"/>
+    <w:rsid w:val="005B3699"/>
     <w:rsid w:val="005B3890"/>
     <w:rsid w:val="005B3B7B"/>
+    <w:rsid w:val="005B433D"/>
+    <w:rsid w:val="005B5056"/>
+    <w:rsid w:val="005B6EFA"/>
     <w:rsid w:val="005B717E"/>
+    <w:rsid w:val="005C019E"/>
     <w:rsid w:val="005C1CC3"/>
+    <w:rsid w:val="005C1FD4"/>
     <w:rsid w:val="005C3A92"/>
+    <w:rsid w:val="005C40ED"/>
+    <w:rsid w:val="005C469A"/>
     <w:rsid w:val="005C4D4F"/>
+    <w:rsid w:val="005C55EE"/>
+    <w:rsid w:val="005C5719"/>
     <w:rsid w:val="005C6C83"/>
     <w:rsid w:val="005C7DE9"/>
+    <w:rsid w:val="005C7E0E"/>
+    <w:rsid w:val="005D057A"/>
+    <w:rsid w:val="005D108E"/>
     <w:rsid w:val="005D1966"/>
+    <w:rsid w:val="005D3D89"/>
     <w:rsid w:val="005D40BD"/>
+    <w:rsid w:val="005D4B4A"/>
+    <w:rsid w:val="005D4B87"/>
+    <w:rsid w:val="005D6290"/>
+    <w:rsid w:val="005D799E"/>
+    <w:rsid w:val="005E06AB"/>
+    <w:rsid w:val="005E26DA"/>
+    <w:rsid w:val="005E2813"/>
+    <w:rsid w:val="005E2C5B"/>
+    <w:rsid w:val="005E308B"/>
+    <w:rsid w:val="005E3534"/>
     <w:rsid w:val="005E422A"/>
+    <w:rsid w:val="005E5BE6"/>
+    <w:rsid w:val="005E71FA"/>
     <w:rsid w:val="005E77CA"/>
     <w:rsid w:val="005E7D3C"/>
+    <w:rsid w:val="005F0170"/>
+    <w:rsid w:val="005F4CB4"/>
     <w:rsid w:val="005F5AB1"/>
+    <w:rsid w:val="005F63D7"/>
     <w:rsid w:val="005F6D67"/>
+    <w:rsid w:val="005F735A"/>
+    <w:rsid w:val="00600E95"/>
+    <w:rsid w:val="0060147F"/>
+    <w:rsid w:val="00601E6C"/>
+    <w:rsid w:val="00603999"/>
+    <w:rsid w:val="00605BFD"/>
     <w:rsid w:val="00605FF6"/>
+    <w:rsid w:val="00607FF0"/>
+    <w:rsid w:val="0061017F"/>
+    <w:rsid w:val="00610D18"/>
+    <w:rsid w:val="00612DC6"/>
+    <w:rsid w:val="00615186"/>
+    <w:rsid w:val="00616B6E"/>
+    <w:rsid w:val="00617F69"/>
     <w:rsid w:val="00620EB2"/>
+    <w:rsid w:val="006212E8"/>
+    <w:rsid w:val="0062173F"/>
+    <w:rsid w:val="0062479A"/>
+    <w:rsid w:val="00624851"/>
+    <w:rsid w:val="00625261"/>
     <w:rsid w:val="006261A7"/>
     <w:rsid w:val="00626A5A"/>
     <w:rsid w:val="006300B3"/>
+    <w:rsid w:val="00630EA8"/>
     <w:rsid w:val="006310E4"/>
+    <w:rsid w:val="00631C3F"/>
+    <w:rsid w:val="006323BE"/>
+    <w:rsid w:val="00632B84"/>
     <w:rsid w:val="00632D4D"/>
+    <w:rsid w:val="00633CAA"/>
+    <w:rsid w:val="00634D3A"/>
     <w:rsid w:val="00636299"/>
     <w:rsid w:val="006367FB"/>
     <w:rsid w:val="00637441"/>
+    <w:rsid w:val="00640365"/>
     <w:rsid w:val="0064184A"/>
     <w:rsid w:val="006426A9"/>
     <w:rsid w:val="00642946"/>
+    <w:rsid w:val="00642A50"/>
+    <w:rsid w:val="00642AB9"/>
+    <w:rsid w:val="00642B33"/>
     <w:rsid w:val="00642B87"/>
+    <w:rsid w:val="00643130"/>
     <w:rsid w:val="00645AA5"/>
     <w:rsid w:val="0064713B"/>
+    <w:rsid w:val="0064721C"/>
     <w:rsid w:val="00647A73"/>
+    <w:rsid w:val="00647ED2"/>
     <w:rsid w:val="00651E59"/>
-    <w:rsid w:val="00655E2E"/>
+    <w:rsid w:val="00653AEC"/>
+    <w:rsid w:val="006546F9"/>
+    <w:rsid w:val="00655C42"/>
+    <w:rsid w:val="0065617D"/>
+    <w:rsid w:val="00657476"/>
+    <w:rsid w:val="006577D7"/>
+    <w:rsid w:val="0066022A"/>
     <w:rsid w:val="00661574"/>
     <w:rsid w:val="0066377B"/>
+    <w:rsid w:val="00665CE2"/>
+    <w:rsid w:val="006660CE"/>
+    <w:rsid w:val="00670782"/>
+    <w:rsid w:val="00671334"/>
     <w:rsid w:val="00671441"/>
+    <w:rsid w:val="00671CC6"/>
     <w:rsid w:val="00672360"/>
+    <w:rsid w:val="0067299A"/>
+    <w:rsid w:val="006730BC"/>
+    <w:rsid w:val="006734B2"/>
     <w:rsid w:val="00673F8F"/>
+    <w:rsid w:val="006756B4"/>
+    <w:rsid w:val="006758C2"/>
     <w:rsid w:val="00675E54"/>
-    <w:rsid w:val="006764E3"/>
+    <w:rsid w:val="0068057E"/>
     <w:rsid w:val="006808C8"/>
     <w:rsid w:val="00682274"/>
+    <w:rsid w:val="00683F97"/>
+    <w:rsid w:val="00684089"/>
+    <w:rsid w:val="00685600"/>
     <w:rsid w:val="00687865"/>
     <w:rsid w:val="00687BD1"/>
+    <w:rsid w:val="0069019E"/>
+    <w:rsid w:val="006901BE"/>
     <w:rsid w:val="00691264"/>
+    <w:rsid w:val="00692577"/>
     <w:rsid w:val="00693507"/>
+    <w:rsid w:val="00693607"/>
+    <w:rsid w:val="006941A1"/>
+    <w:rsid w:val="0069428F"/>
+    <w:rsid w:val="00697315"/>
     <w:rsid w:val="006A0D71"/>
     <w:rsid w:val="006A213E"/>
     <w:rsid w:val="006A3200"/>
+    <w:rsid w:val="006A3503"/>
+    <w:rsid w:val="006A3657"/>
     <w:rsid w:val="006A49B7"/>
     <w:rsid w:val="006A54F9"/>
+    <w:rsid w:val="006A5E55"/>
+    <w:rsid w:val="006B0A03"/>
+    <w:rsid w:val="006B306F"/>
+    <w:rsid w:val="006B5A2A"/>
+    <w:rsid w:val="006B5FAD"/>
+    <w:rsid w:val="006B68B3"/>
+    <w:rsid w:val="006B6A7E"/>
+    <w:rsid w:val="006B7C64"/>
+    <w:rsid w:val="006C04EC"/>
+    <w:rsid w:val="006C2B6A"/>
+    <w:rsid w:val="006C38CD"/>
     <w:rsid w:val="006C3B81"/>
-    <w:rsid w:val="006C5888"/>
+    <w:rsid w:val="006C429E"/>
     <w:rsid w:val="006C655B"/>
+    <w:rsid w:val="006C7575"/>
     <w:rsid w:val="006C75F9"/>
     <w:rsid w:val="006C7EB6"/>
-    <w:rsid w:val="006D0F19"/>
+    <w:rsid w:val="006D1A12"/>
+    <w:rsid w:val="006D3F29"/>
+    <w:rsid w:val="006D6BA6"/>
+    <w:rsid w:val="006D77F8"/>
+    <w:rsid w:val="006E0633"/>
     <w:rsid w:val="006E0F74"/>
     <w:rsid w:val="006E1DD6"/>
     <w:rsid w:val="006E23CF"/>
+    <w:rsid w:val="006E37F1"/>
     <w:rsid w:val="006E3A59"/>
     <w:rsid w:val="006E41C0"/>
+    <w:rsid w:val="006E4D85"/>
     <w:rsid w:val="006E6045"/>
     <w:rsid w:val="006E6B7E"/>
     <w:rsid w:val="006E709A"/>
+    <w:rsid w:val="006F04EC"/>
+    <w:rsid w:val="006F1919"/>
     <w:rsid w:val="006F1C44"/>
+    <w:rsid w:val="006F2391"/>
+    <w:rsid w:val="006F2F51"/>
     <w:rsid w:val="006F4196"/>
     <w:rsid w:val="006F524D"/>
+    <w:rsid w:val="006F6858"/>
     <w:rsid w:val="006F7017"/>
+    <w:rsid w:val="00704039"/>
+    <w:rsid w:val="00704490"/>
+    <w:rsid w:val="007049EF"/>
+    <w:rsid w:val="00704E40"/>
     <w:rsid w:val="007070BD"/>
+    <w:rsid w:val="00711527"/>
+    <w:rsid w:val="00711787"/>
+    <w:rsid w:val="0071180C"/>
+    <w:rsid w:val="00711E1C"/>
     <w:rsid w:val="007121E1"/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="007132C9"/>
+    <w:rsid w:val="00713D02"/>
     <w:rsid w:val="007179C0"/>
+    <w:rsid w:val="00717FDC"/>
     <w:rsid w:val="00720E7E"/>
     <w:rsid w:val="00721CA7"/>
+    <w:rsid w:val="00722EEF"/>
+    <w:rsid w:val="007239CB"/>
     <w:rsid w:val="00724260"/>
     <w:rsid w:val="007255F3"/>
     <w:rsid w:val="00725ADD"/>
     <w:rsid w:val="007266F9"/>
+    <w:rsid w:val="007306B6"/>
+    <w:rsid w:val="007307B0"/>
     <w:rsid w:val="00730A61"/>
     <w:rsid w:val="00730FEF"/>
     <w:rsid w:val="00731253"/>
+    <w:rsid w:val="007338B0"/>
+    <w:rsid w:val="00734E10"/>
     <w:rsid w:val="007350A2"/>
+    <w:rsid w:val="007354D3"/>
     <w:rsid w:val="00735A06"/>
     <w:rsid w:val="00736F93"/>
+    <w:rsid w:val="0073782C"/>
+    <w:rsid w:val="00741C00"/>
+    <w:rsid w:val="00741FC4"/>
+    <w:rsid w:val="0074237D"/>
     <w:rsid w:val="00742FBC"/>
     <w:rsid w:val="00743AF6"/>
     <w:rsid w:val="007441EE"/>
     <w:rsid w:val="007448F8"/>
     <w:rsid w:val="00744E21"/>
+    <w:rsid w:val="0074599F"/>
+    <w:rsid w:val="00746F7F"/>
+    <w:rsid w:val="00747410"/>
+    <w:rsid w:val="00747D0E"/>
     <w:rsid w:val="0075219A"/>
+    <w:rsid w:val="00752B70"/>
     <w:rsid w:val="007560FB"/>
+    <w:rsid w:val="00756138"/>
+    <w:rsid w:val="0075668B"/>
     <w:rsid w:val="0075704A"/>
     <w:rsid w:val="00760949"/>
+    <w:rsid w:val="007609BF"/>
+    <w:rsid w:val="00764EE1"/>
+    <w:rsid w:val="00765EEF"/>
+    <w:rsid w:val="00766B02"/>
+    <w:rsid w:val="00766B48"/>
     <w:rsid w:val="00767771"/>
     <w:rsid w:val="00767817"/>
     <w:rsid w:val="00770167"/>
     <w:rsid w:val="0077055F"/>
     <w:rsid w:val="007705C8"/>
     <w:rsid w:val="0077077C"/>
     <w:rsid w:val="00770CE2"/>
+    <w:rsid w:val="00772EF9"/>
+    <w:rsid w:val="0077343B"/>
+    <w:rsid w:val="00773448"/>
     <w:rsid w:val="00773C6C"/>
+    <w:rsid w:val="0077579A"/>
+    <w:rsid w:val="00776DA2"/>
     <w:rsid w:val="007771E3"/>
     <w:rsid w:val="007778C5"/>
+    <w:rsid w:val="007802B1"/>
     <w:rsid w:val="00782061"/>
     <w:rsid w:val="00782786"/>
     <w:rsid w:val="00785ECE"/>
+    <w:rsid w:val="00786001"/>
+    <w:rsid w:val="00786071"/>
     <w:rsid w:val="007863B0"/>
     <w:rsid w:val="007868C4"/>
+    <w:rsid w:val="00786C2C"/>
+    <w:rsid w:val="007870D6"/>
     <w:rsid w:val="00792DB6"/>
     <w:rsid w:val="0079316E"/>
     <w:rsid w:val="00793A0E"/>
+    <w:rsid w:val="00794948"/>
+    <w:rsid w:val="00795329"/>
     <w:rsid w:val="00795664"/>
+    <w:rsid w:val="007959B2"/>
+    <w:rsid w:val="00795E32"/>
     <w:rsid w:val="00796B84"/>
+    <w:rsid w:val="007A0BC8"/>
+    <w:rsid w:val="007A0CB6"/>
+    <w:rsid w:val="007A10BD"/>
+    <w:rsid w:val="007A111B"/>
     <w:rsid w:val="007A1810"/>
+    <w:rsid w:val="007A1D1D"/>
     <w:rsid w:val="007A287B"/>
+    <w:rsid w:val="007A2BB8"/>
     <w:rsid w:val="007A3039"/>
+    <w:rsid w:val="007A3233"/>
+    <w:rsid w:val="007A3955"/>
     <w:rsid w:val="007A5441"/>
+    <w:rsid w:val="007A550A"/>
     <w:rsid w:val="007A5898"/>
     <w:rsid w:val="007A6079"/>
     <w:rsid w:val="007A6D87"/>
     <w:rsid w:val="007A73C6"/>
+    <w:rsid w:val="007B0112"/>
+    <w:rsid w:val="007B2920"/>
     <w:rsid w:val="007B48DF"/>
+    <w:rsid w:val="007B4A86"/>
+    <w:rsid w:val="007B4D7B"/>
+    <w:rsid w:val="007B606E"/>
+    <w:rsid w:val="007B6504"/>
     <w:rsid w:val="007B680C"/>
+    <w:rsid w:val="007B7BB0"/>
+    <w:rsid w:val="007C1304"/>
     <w:rsid w:val="007C3B12"/>
+    <w:rsid w:val="007C6A48"/>
+    <w:rsid w:val="007C6C8A"/>
+    <w:rsid w:val="007D05FE"/>
+    <w:rsid w:val="007D0A5D"/>
     <w:rsid w:val="007D3845"/>
-    <w:rsid w:val="007D474A"/>
     <w:rsid w:val="007D6083"/>
     <w:rsid w:val="007D62D7"/>
+    <w:rsid w:val="007D6FEC"/>
+    <w:rsid w:val="007E0428"/>
+    <w:rsid w:val="007E2B6C"/>
+    <w:rsid w:val="007E395F"/>
+    <w:rsid w:val="007E55C0"/>
+    <w:rsid w:val="007E5B39"/>
+    <w:rsid w:val="007E6748"/>
+    <w:rsid w:val="007F02CF"/>
+    <w:rsid w:val="007F1182"/>
     <w:rsid w:val="007F3ABD"/>
+    <w:rsid w:val="007F5249"/>
+    <w:rsid w:val="007F7163"/>
     <w:rsid w:val="007F7FDD"/>
+    <w:rsid w:val="0080067E"/>
+    <w:rsid w:val="00800E6B"/>
+    <w:rsid w:val="00801D3D"/>
+    <w:rsid w:val="00801EFA"/>
     <w:rsid w:val="00803F50"/>
+    <w:rsid w:val="00803F8A"/>
+    <w:rsid w:val="00806A5E"/>
     <w:rsid w:val="00807353"/>
     <w:rsid w:val="008074A0"/>
+    <w:rsid w:val="008102BA"/>
     <w:rsid w:val="0081084E"/>
+    <w:rsid w:val="00810DA3"/>
     <w:rsid w:val="00811399"/>
+    <w:rsid w:val="00811669"/>
+    <w:rsid w:val="008116D1"/>
     <w:rsid w:val="00811CBB"/>
+    <w:rsid w:val="00811E08"/>
+    <w:rsid w:val="00812A7B"/>
+    <w:rsid w:val="00812F6E"/>
+    <w:rsid w:val="00816199"/>
     <w:rsid w:val="008162A4"/>
     <w:rsid w:val="00820885"/>
+    <w:rsid w:val="00821EB1"/>
     <w:rsid w:val="00822988"/>
     <w:rsid w:val="00822E52"/>
+    <w:rsid w:val="00823075"/>
     <w:rsid w:val="00823CE3"/>
+    <w:rsid w:val="00824E63"/>
+    <w:rsid w:val="008259CA"/>
     <w:rsid w:val="00825BD2"/>
     <w:rsid w:val="00830B57"/>
     <w:rsid w:val="008346D9"/>
+    <w:rsid w:val="00834AC0"/>
     <w:rsid w:val="00841AD7"/>
+    <w:rsid w:val="00843E9F"/>
+    <w:rsid w:val="00844AAC"/>
     <w:rsid w:val="008470A7"/>
     <w:rsid w:val="0084783C"/>
     <w:rsid w:val="0085057B"/>
     <w:rsid w:val="00850868"/>
+    <w:rsid w:val="00851184"/>
     <w:rsid w:val="008511D4"/>
+    <w:rsid w:val="00851357"/>
+    <w:rsid w:val="00851710"/>
+    <w:rsid w:val="00851930"/>
+    <w:rsid w:val="00851DFA"/>
+    <w:rsid w:val="0085315E"/>
+    <w:rsid w:val="00853A7F"/>
+    <w:rsid w:val="00855F20"/>
     <w:rsid w:val="008564A0"/>
+    <w:rsid w:val="0085663B"/>
+    <w:rsid w:val="00857564"/>
     <w:rsid w:val="00860234"/>
+    <w:rsid w:val="00860D56"/>
+    <w:rsid w:val="00861481"/>
+    <w:rsid w:val="00861EE5"/>
+    <w:rsid w:val="00862159"/>
+    <w:rsid w:val="00863A15"/>
+    <w:rsid w:val="00863E0D"/>
+    <w:rsid w:val="008641E2"/>
+    <w:rsid w:val="00864428"/>
     <w:rsid w:val="00865A1B"/>
+    <w:rsid w:val="00867245"/>
     <w:rsid w:val="008676D4"/>
+    <w:rsid w:val="00870737"/>
+    <w:rsid w:val="00870EF3"/>
+    <w:rsid w:val="00870F47"/>
+    <w:rsid w:val="008712EE"/>
+    <w:rsid w:val="008713AF"/>
+    <w:rsid w:val="00872543"/>
+    <w:rsid w:val="008726B7"/>
     <w:rsid w:val="008727E9"/>
+    <w:rsid w:val="00873C38"/>
+    <w:rsid w:val="00873D71"/>
     <w:rsid w:val="00874E1B"/>
     <w:rsid w:val="0087511A"/>
+    <w:rsid w:val="008808DD"/>
+    <w:rsid w:val="00881077"/>
     <w:rsid w:val="00882A39"/>
     <w:rsid w:val="00883985"/>
     <w:rsid w:val="00884E61"/>
+    <w:rsid w:val="00886412"/>
     <w:rsid w:val="00886FA0"/>
     <w:rsid w:val="00887C41"/>
+    <w:rsid w:val="00890C9D"/>
     <w:rsid w:val="00892966"/>
+    <w:rsid w:val="00893231"/>
+    <w:rsid w:val="00894B43"/>
     <w:rsid w:val="0089507D"/>
+    <w:rsid w:val="008A0A39"/>
+    <w:rsid w:val="008A22A9"/>
+    <w:rsid w:val="008A2C01"/>
+    <w:rsid w:val="008A3CB4"/>
     <w:rsid w:val="008A4FB8"/>
+    <w:rsid w:val="008A5C11"/>
+    <w:rsid w:val="008A73B2"/>
+    <w:rsid w:val="008A78A2"/>
     <w:rsid w:val="008A78C7"/>
     <w:rsid w:val="008A7CF7"/>
+    <w:rsid w:val="008B23D8"/>
     <w:rsid w:val="008B3608"/>
+    <w:rsid w:val="008B3D18"/>
+    <w:rsid w:val="008B4E1B"/>
     <w:rsid w:val="008B4E3B"/>
+    <w:rsid w:val="008B5C43"/>
+    <w:rsid w:val="008B7448"/>
+    <w:rsid w:val="008B7E5F"/>
+    <w:rsid w:val="008C0D35"/>
+    <w:rsid w:val="008C186C"/>
+    <w:rsid w:val="008C3666"/>
     <w:rsid w:val="008C39DF"/>
     <w:rsid w:val="008C435A"/>
+    <w:rsid w:val="008C491B"/>
+    <w:rsid w:val="008C4D8C"/>
     <w:rsid w:val="008D0047"/>
     <w:rsid w:val="008D0D33"/>
+    <w:rsid w:val="008D0F02"/>
+    <w:rsid w:val="008D3C4B"/>
     <w:rsid w:val="008D47D3"/>
+    <w:rsid w:val="008D4ECB"/>
+    <w:rsid w:val="008D5030"/>
     <w:rsid w:val="008D67A8"/>
+    <w:rsid w:val="008E0FC9"/>
+    <w:rsid w:val="008E15D4"/>
+    <w:rsid w:val="008E17FD"/>
     <w:rsid w:val="008E1CB6"/>
+    <w:rsid w:val="008E2CD8"/>
+    <w:rsid w:val="008E3222"/>
+    <w:rsid w:val="008E39B3"/>
+    <w:rsid w:val="008E419E"/>
     <w:rsid w:val="008E4C82"/>
+    <w:rsid w:val="008E69F0"/>
+    <w:rsid w:val="008E742D"/>
     <w:rsid w:val="008F0268"/>
     <w:rsid w:val="008F23DC"/>
     <w:rsid w:val="008F2521"/>
-    <w:rsid w:val="008F39CD"/>
+    <w:rsid w:val="008F2C02"/>
+    <w:rsid w:val="008F2CDE"/>
     <w:rsid w:val="008F4974"/>
     <w:rsid w:val="008F4EF2"/>
+    <w:rsid w:val="008F5B2D"/>
+    <w:rsid w:val="008F6173"/>
+    <w:rsid w:val="009000C8"/>
+    <w:rsid w:val="00901A30"/>
+    <w:rsid w:val="00902422"/>
+    <w:rsid w:val="00902FC4"/>
+    <w:rsid w:val="00903269"/>
     <w:rsid w:val="009035E3"/>
     <w:rsid w:val="00904721"/>
+    <w:rsid w:val="009061BD"/>
     <w:rsid w:val="00906430"/>
     <w:rsid w:val="009071B4"/>
+    <w:rsid w:val="00907E02"/>
+    <w:rsid w:val="00910C00"/>
+    <w:rsid w:val="00911F06"/>
+    <w:rsid w:val="00912C58"/>
+    <w:rsid w:val="009139AF"/>
+    <w:rsid w:val="009142F1"/>
     <w:rsid w:val="0091543E"/>
+    <w:rsid w:val="00915554"/>
+    <w:rsid w:val="0091665D"/>
+    <w:rsid w:val="009168C2"/>
     <w:rsid w:val="009176DC"/>
+    <w:rsid w:val="00923789"/>
     <w:rsid w:val="00923B89"/>
+    <w:rsid w:val="00924A97"/>
+    <w:rsid w:val="009266B4"/>
+    <w:rsid w:val="0092704A"/>
     <w:rsid w:val="0092729E"/>
+    <w:rsid w:val="00927E52"/>
+    <w:rsid w:val="0093045B"/>
+    <w:rsid w:val="00930DCE"/>
+    <w:rsid w:val="00931536"/>
     <w:rsid w:val="00932920"/>
+    <w:rsid w:val="00932CCE"/>
+    <w:rsid w:val="00932E1A"/>
     <w:rsid w:val="00933182"/>
     <w:rsid w:val="0093401F"/>
     <w:rsid w:val="0093455C"/>
+    <w:rsid w:val="00934A6A"/>
+    <w:rsid w:val="00934A7D"/>
     <w:rsid w:val="009361D5"/>
+    <w:rsid w:val="00941CEB"/>
+    <w:rsid w:val="00941D45"/>
     <w:rsid w:val="009423FD"/>
     <w:rsid w:val="00942B98"/>
+    <w:rsid w:val="00942CC8"/>
     <w:rsid w:val="0094389E"/>
+    <w:rsid w:val="00944B9F"/>
+    <w:rsid w:val="00944F3A"/>
     <w:rsid w:val="009468E8"/>
     <w:rsid w:val="00950377"/>
+    <w:rsid w:val="00951D9B"/>
+    <w:rsid w:val="00952138"/>
+    <w:rsid w:val="009538E8"/>
+    <w:rsid w:val="009548CD"/>
     <w:rsid w:val="00954C8B"/>
+    <w:rsid w:val="00956740"/>
     <w:rsid w:val="00956CC2"/>
+    <w:rsid w:val="0095783E"/>
+    <w:rsid w:val="00957CB0"/>
+    <w:rsid w:val="00960DA7"/>
     <w:rsid w:val="00961301"/>
     <w:rsid w:val="00961622"/>
     <w:rsid w:val="00962638"/>
     <w:rsid w:val="009638EF"/>
+    <w:rsid w:val="00963A3B"/>
     <w:rsid w:val="00964514"/>
     <w:rsid w:val="00964969"/>
     <w:rsid w:val="00967A47"/>
+    <w:rsid w:val="00967E30"/>
     <w:rsid w:val="00967F86"/>
+    <w:rsid w:val="00970BE7"/>
+    <w:rsid w:val="00971796"/>
     <w:rsid w:val="009724F0"/>
+    <w:rsid w:val="00972685"/>
     <w:rsid w:val="00973AD1"/>
+    <w:rsid w:val="00973ED0"/>
     <w:rsid w:val="00974FFA"/>
     <w:rsid w:val="00976066"/>
+    <w:rsid w:val="00977265"/>
+    <w:rsid w:val="0098121B"/>
+    <w:rsid w:val="009814C8"/>
     <w:rsid w:val="009815F0"/>
     <w:rsid w:val="00981F01"/>
     <w:rsid w:val="00982D8A"/>
+    <w:rsid w:val="0098484B"/>
     <w:rsid w:val="00987338"/>
+    <w:rsid w:val="009874A2"/>
+    <w:rsid w:val="0099172B"/>
+    <w:rsid w:val="00992230"/>
     <w:rsid w:val="00993F59"/>
+    <w:rsid w:val="009947AF"/>
+    <w:rsid w:val="00995797"/>
+    <w:rsid w:val="009971E1"/>
     <w:rsid w:val="00997F18"/>
+    <w:rsid w:val="009A21A2"/>
+    <w:rsid w:val="009A2793"/>
+    <w:rsid w:val="009A3BA6"/>
+    <w:rsid w:val="009A3DF4"/>
+    <w:rsid w:val="009A452E"/>
+    <w:rsid w:val="009A65F8"/>
+    <w:rsid w:val="009B1F9A"/>
+    <w:rsid w:val="009B2246"/>
     <w:rsid w:val="009B2AD4"/>
+    <w:rsid w:val="009B2FD8"/>
+    <w:rsid w:val="009B31D5"/>
+    <w:rsid w:val="009B3FE0"/>
     <w:rsid w:val="009B5EE5"/>
+    <w:rsid w:val="009B7400"/>
+    <w:rsid w:val="009B7DA8"/>
     <w:rsid w:val="009C3652"/>
+    <w:rsid w:val="009C4E3D"/>
+    <w:rsid w:val="009C53E5"/>
+    <w:rsid w:val="009C5AEB"/>
+    <w:rsid w:val="009C5EAD"/>
+    <w:rsid w:val="009C5FAC"/>
     <w:rsid w:val="009C66CC"/>
+    <w:rsid w:val="009C6730"/>
     <w:rsid w:val="009C6DA0"/>
+    <w:rsid w:val="009C70EE"/>
+    <w:rsid w:val="009C71FE"/>
+    <w:rsid w:val="009D07B8"/>
+    <w:rsid w:val="009D1F84"/>
+    <w:rsid w:val="009D2625"/>
+    <w:rsid w:val="009D488A"/>
+    <w:rsid w:val="009D53B3"/>
+    <w:rsid w:val="009D62EF"/>
+    <w:rsid w:val="009D6FAF"/>
+    <w:rsid w:val="009D7BEE"/>
+    <w:rsid w:val="009D7C21"/>
+    <w:rsid w:val="009D7E2A"/>
+    <w:rsid w:val="009E01A1"/>
+    <w:rsid w:val="009E043B"/>
+    <w:rsid w:val="009E3EF9"/>
     <w:rsid w:val="009E4751"/>
+    <w:rsid w:val="009E49C9"/>
     <w:rsid w:val="009E6946"/>
     <w:rsid w:val="009F079B"/>
+    <w:rsid w:val="009F0FD9"/>
+    <w:rsid w:val="009F1C86"/>
+    <w:rsid w:val="009F2A85"/>
     <w:rsid w:val="009F2D63"/>
+    <w:rsid w:val="009F311E"/>
+    <w:rsid w:val="009F3B97"/>
+    <w:rsid w:val="009F41BB"/>
+    <w:rsid w:val="009F4655"/>
+    <w:rsid w:val="009F6A28"/>
+    <w:rsid w:val="00A00366"/>
     <w:rsid w:val="00A033E9"/>
+    <w:rsid w:val="00A03901"/>
     <w:rsid w:val="00A04663"/>
+    <w:rsid w:val="00A056A9"/>
+    <w:rsid w:val="00A075EC"/>
     <w:rsid w:val="00A07DDB"/>
+    <w:rsid w:val="00A07FE6"/>
     <w:rsid w:val="00A1023C"/>
+    <w:rsid w:val="00A12E1D"/>
+    <w:rsid w:val="00A14546"/>
+    <w:rsid w:val="00A14EC9"/>
+    <w:rsid w:val="00A157E3"/>
+    <w:rsid w:val="00A158C2"/>
+    <w:rsid w:val="00A17896"/>
+    <w:rsid w:val="00A17E4D"/>
+    <w:rsid w:val="00A20AD5"/>
+    <w:rsid w:val="00A225E8"/>
+    <w:rsid w:val="00A22AA3"/>
+    <w:rsid w:val="00A22AD0"/>
+    <w:rsid w:val="00A2399B"/>
     <w:rsid w:val="00A25A42"/>
+    <w:rsid w:val="00A25C98"/>
     <w:rsid w:val="00A27020"/>
     <w:rsid w:val="00A31576"/>
+    <w:rsid w:val="00A3404E"/>
     <w:rsid w:val="00A354B3"/>
+    <w:rsid w:val="00A40752"/>
+    <w:rsid w:val="00A415CE"/>
+    <w:rsid w:val="00A422A6"/>
+    <w:rsid w:val="00A422C8"/>
     <w:rsid w:val="00A423BC"/>
+    <w:rsid w:val="00A427E4"/>
     <w:rsid w:val="00A437A1"/>
     <w:rsid w:val="00A43AD2"/>
     <w:rsid w:val="00A4477F"/>
     <w:rsid w:val="00A46035"/>
+    <w:rsid w:val="00A46393"/>
+    <w:rsid w:val="00A46668"/>
+    <w:rsid w:val="00A47651"/>
+    <w:rsid w:val="00A50AA3"/>
     <w:rsid w:val="00A50C28"/>
     <w:rsid w:val="00A512FE"/>
     <w:rsid w:val="00A51C73"/>
     <w:rsid w:val="00A52D39"/>
+    <w:rsid w:val="00A540B4"/>
     <w:rsid w:val="00A56A4F"/>
     <w:rsid w:val="00A57FEB"/>
     <w:rsid w:val="00A60F01"/>
     <w:rsid w:val="00A624BD"/>
     <w:rsid w:val="00A63A73"/>
     <w:rsid w:val="00A6424C"/>
+    <w:rsid w:val="00A6493F"/>
+    <w:rsid w:val="00A64ED9"/>
     <w:rsid w:val="00A65592"/>
+    <w:rsid w:val="00A660D0"/>
+    <w:rsid w:val="00A670A8"/>
+    <w:rsid w:val="00A670E2"/>
     <w:rsid w:val="00A67512"/>
+    <w:rsid w:val="00A67C97"/>
     <w:rsid w:val="00A70637"/>
+    <w:rsid w:val="00A70976"/>
+    <w:rsid w:val="00A7099D"/>
     <w:rsid w:val="00A75B98"/>
     <w:rsid w:val="00A763F0"/>
+    <w:rsid w:val="00A776AA"/>
     <w:rsid w:val="00A80601"/>
     <w:rsid w:val="00A8165D"/>
+    <w:rsid w:val="00A81CBF"/>
+    <w:rsid w:val="00A836FC"/>
+    <w:rsid w:val="00A84E88"/>
     <w:rsid w:val="00A85307"/>
     <w:rsid w:val="00A861D4"/>
-    <w:rsid w:val="00A95631"/>
+    <w:rsid w:val="00A915BF"/>
+    <w:rsid w:val="00A9365D"/>
+    <w:rsid w:val="00A93BDF"/>
+    <w:rsid w:val="00A94139"/>
+    <w:rsid w:val="00A95E9D"/>
+    <w:rsid w:val="00A962EF"/>
+    <w:rsid w:val="00A96A04"/>
+    <w:rsid w:val="00A96C44"/>
+    <w:rsid w:val="00A9729B"/>
+    <w:rsid w:val="00A97DBC"/>
     <w:rsid w:val="00AA0BF1"/>
+    <w:rsid w:val="00AA0CCC"/>
+    <w:rsid w:val="00AA22FE"/>
+    <w:rsid w:val="00AA382A"/>
+    <w:rsid w:val="00AA3BB0"/>
     <w:rsid w:val="00AA4006"/>
+    <w:rsid w:val="00AA4FDF"/>
+    <w:rsid w:val="00AA54D3"/>
     <w:rsid w:val="00AA553C"/>
+    <w:rsid w:val="00AA5F10"/>
     <w:rsid w:val="00AA6FBE"/>
+    <w:rsid w:val="00AB0D1F"/>
     <w:rsid w:val="00AB1A4A"/>
-    <w:rsid w:val="00AB555E"/>
+    <w:rsid w:val="00AB3E04"/>
+    <w:rsid w:val="00AB3ED9"/>
+    <w:rsid w:val="00AB4DF7"/>
+    <w:rsid w:val="00AB791E"/>
+    <w:rsid w:val="00AB7A05"/>
     <w:rsid w:val="00AC0390"/>
+    <w:rsid w:val="00AC3949"/>
+    <w:rsid w:val="00AC3DF4"/>
+    <w:rsid w:val="00AC5FE0"/>
     <w:rsid w:val="00AC615C"/>
     <w:rsid w:val="00AC6E76"/>
     <w:rsid w:val="00AD0FCF"/>
+    <w:rsid w:val="00AD1647"/>
     <w:rsid w:val="00AD2540"/>
+    <w:rsid w:val="00AD303E"/>
+    <w:rsid w:val="00AD43FB"/>
+    <w:rsid w:val="00AD5BA1"/>
+    <w:rsid w:val="00AD6B61"/>
+    <w:rsid w:val="00AD6E83"/>
     <w:rsid w:val="00AD7985"/>
+    <w:rsid w:val="00AD7B72"/>
+    <w:rsid w:val="00AD7F7E"/>
+    <w:rsid w:val="00AE10A6"/>
+    <w:rsid w:val="00AE24F9"/>
+    <w:rsid w:val="00AE3156"/>
+    <w:rsid w:val="00AE3C4A"/>
+    <w:rsid w:val="00AE5BAA"/>
+    <w:rsid w:val="00AE6824"/>
+    <w:rsid w:val="00AE6AE6"/>
     <w:rsid w:val="00AE739C"/>
+    <w:rsid w:val="00AE74E3"/>
+    <w:rsid w:val="00AE7EC3"/>
+    <w:rsid w:val="00AF0B7D"/>
     <w:rsid w:val="00AF2119"/>
+    <w:rsid w:val="00AF2465"/>
     <w:rsid w:val="00AF3584"/>
+    <w:rsid w:val="00AF541F"/>
+    <w:rsid w:val="00AF5E73"/>
+    <w:rsid w:val="00AF60FD"/>
+    <w:rsid w:val="00AF6E43"/>
     <w:rsid w:val="00B012D3"/>
+    <w:rsid w:val="00B02816"/>
+    <w:rsid w:val="00B03B7E"/>
+    <w:rsid w:val="00B07AE6"/>
+    <w:rsid w:val="00B10573"/>
+    <w:rsid w:val="00B11217"/>
+    <w:rsid w:val="00B11325"/>
+    <w:rsid w:val="00B1391C"/>
     <w:rsid w:val="00B14CD2"/>
     <w:rsid w:val="00B14D0D"/>
+    <w:rsid w:val="00B15D9B"/>
+    <w:rsid w:val="00B1624A"/>
+    <w:rsid w:val="00B16F50"/>
     <w:rsid w:val="00B17346"/>
+    <w:rsid w:val="00B20288"/>
+    <w:rsid w:val="00B213B7"/>
+    <w:rsid w:val="00B213C5"/>
+    <w:rsid w:val="00B221F4"/>
+    <w:rsid w:val="00B237BD"/>
+    <w:rsid w:val="00B23EC1"/>
+    <w:rsid w:val="00B245C8"/>
+    <w:rsid w:val="00B24B75"/>
+    <w:rsid w:val="00B250F5"/>
+    <w:rsid w:val="00B27603"/>
+    <w:rsid w:val="00B30813"/>
+    <w:rsid w:val="00B31D52"/>
+    <w:rsid w:val="00B31E4C"/>
+    <w:rsid w:val="00B3268E"/>
     <w:rsid w:val="00B33707"/>
+    <w:rsid w:val="00B337CB"/>
+    <w:rsid w:val="00B33892"/>
+    <w:rsid w:val="00B34BF8"/>
+    <w:rsid w:val="00B361DB"/>
+    <w:rsid w:val="00B37FFD"/>
     <w:rsid w:val="00B43772"/>
+    <w:rsid w:val="00B474C9"/>
     <w:rsid w:val="00B5050B"/>
     <w:rsid w:val="00B50F4B"/>
+    <w:rsid w:val="00B51066"/>
+    <w:rsid w:val="00B512E8"/>
     <w:rsid w:val="00B521E4"/>
-    <w:rsid w:val="00B5285B"/>
+    <w:rsid w:val="00B53BFE"/>
+    <w:rsid w:val="00B53C1E"/>
+    <w:rsid w:val="00B54CB5"/>
+    <w:rsid w:val="00B55D29"/>
+    <w:rsid w:val="00B56600"/>
     <w:rsid w:val="00B568D4"/>
+    <w:rsid w:val="00B56D17"/>
     <w:rsid w:val="00B57F75"/>
     <w:rsid w:val="00B62365"/>
+    <w:rsid w:val="00B63139"/>
+    <w:rsid w:val="00B6315A"/>
     <w:rsid w:val="00B639F6"/>
+    <w:rsid w:val="00B641CA"/>
     <w:rsid w:val="00B64AEF"/>
+    <w:rsid w:val="00B662C5"/>
+    <w:rsid w:val="00B67062"/>
+    <w:rsid w:val="00B6724F"/>
+    <w:rsid w:val="00B70CE5"/>
+    <w:rsid w:val="00B71F84"/>
+    <w:rsid w:val="00B72317"/>
+    <w:rsid w:val="00B72D83"/>
+    <w:rsid w:val="00B7325F"/>
+    <w:rsid w:val="00B733D5"/>
+    <w:rsid w:val="00B757E7"/>
+    <w:rsid w:val="00B8199E"/>
     <w:rsid w:val="00B8228C"/>
+    <w:rsid w:val="00B826DE"/>
+    <w:rsid w:val="00B82CA7"/>
     <w:rsid w:val="00B82FCE"/>
     <w:rsid w:val="00B84503"/>
     <w:rsid w:val="00B84DB8"/>
+    <w:rsid w:val="00B84DC1"/>
+    <w:rsid w:val="00B860F5"/>
+    <w:rsid w:val="00B860F7"/>
+    <w:rsid w:val="00B86739"/>
     <w:rsid w:val="00B86B43"/>
+    <w:rsid w:val="00B86C6A"/>
+    <w:rsid w:val="00B87640"/>
+    <w:rsid w:val="00B87C4F"/>
     <w:rsid w:val="00B90470"/>
+    <w:rsid w:val="00B90F70"/>
+    <w:rsid w:val="00B91713"/>
+    <w:rsid w:val="00B91E10"/>
+    <w:rsid w:val="00B91FD4"/>
+    <w:rsid w:val="00B91FF1"/>
+    <w:rsid w:val="00B97CA2"/>
     <w:rsid w:val="00BA0898"/>
+    <w:rsid w:val="00BA1BF4"/>
+    <w:rsid w:val="00BA1E52"/>
     <w:rsid w:val="00BA4089"/>
+    <w:rsid w:val="00BA5C11"/>
+    <w:rsid w:val="00BA64A6"/>
+    <w:rsid w:val="00BB01C7"/>
+    <w:rsid w:val="00BB0344"/>
     <w:rsid w:val="00BB123B"/>
     <w:rsid w:val="00BC0A5B"/>
     <w:rsid w:val="00BC29DB"/>
     <w:rsid w:val="00BC3552"/>
     <w:rsid w:val="00BC3E8B"/>
+    <w:rsid w:val="00BC439E"/>
+    <w:rsid w:val="00BC479E"/>
+    <w:rsid w:val="00BC4F74"/>
+    <w:rsid w:val="00BC4FE9"/>
     <w:rsid w:val="00BC4FEB"/>
     <w:rsid w:val="00BC591A"/>
+    <w:rsid w:val="00BC5BA2"/>
     <w:rsid w:val="00BC74CA"/>
+    <w:rsid w:val="00BD02BE"/>
     <w:rsid w:val="00BD2397"/>
     <w:rsid w:val="00BD443D"/>
+    <w:rsid w:val="00BD4F77"/>
+    <w:rsid w:val="00BD5248"/>
+    <w:rsid w:val="00BD6838"/>
+    <w:rsid w:val="00BD75B4"/>
+    <w:rsid w:val="00BD7C95"/>
     <w:rsid w:val="00BD7D00"/>
     <w:rsid w:val="00BE04A7"/>
+    <w:rsid w:val="00BE0B11"/>
+    <w:rsid w:val="00BE1A2A"/>
     <w:rsid w:val="00BE6053"/>
     <w:rsid w:val="00BE7C3D"/>
+    <w:rsid w:val="00BF007F"/>
+    <w:rsid w:val="00BF0BE3"/>
+    <w:rsid w:val="00BF3441"/>
+    <w:rsid w:val="00BF441F"/>
+    <w:rsid w:val="00BF57F5"/>
+    <w:rsid w:val="00BF63E2"/>
+    <w:rsid w:val="00BF7200"/>
     <w:rsid w:val="00BF796C"/>
+    <w:rsid w:val="00BF7ED1"/>
     <w:rsid w:val="00C005F8"/>
+    <w:rsid w:val="00C01778"/>
+    <w:rsid w:val="00C02244"/>
+    <w:rsid w:val="00C0241F"/>
+    <w:rsid w:val="00C02985"/>
+    <w:rsid w:val="00C04032"/>
+    <w:rsid w:val="00C0606F"/>
+    <w:rsid w:val="00C0643C"/>
+    <w:rsid w:val="00C074E5"/>
+    <w:rsid w:val="00C104FD"/>
     <w:rsid w:val="00C1054C"/>
+    <w:rsid w:val="00C108B5"/>
     <w:rsid w:val="00C12F65"/>
+    <w:rsid w:val="00C137FC"/>
+    <w:rsid w:val="00C13F3F"/>
+    <w:rsid w:val="00C1509C"/>
     <w:rsid w:val="00C164D6"/>
+    <w:rsid w:val="00C168D3"/>
     <w:rsid w:val="00C17374"/>
     <w:rsid w:val="00C17DC9"/>
+    <w:rsid w:val="00C224F4"/>
     <w:rsid w:val="00C232DA"/>
     <w:rsid w:val="00C23C08"/>
+    <w:rsid w:val="00C23D71"/>
     <w:rsid w:val="00C24236"/>
+    <w:rsid w:val="00C259BA"/>
     <w:rsid w:val="00C26CC3"/>
+    <w:rsid w:val="00C279BC"/>
+    <w:rsid w:val="00C3063D"/>
     <w:rsid w:val="00C3093B"/>
+    <w:rsid w:val="00C31144"/>
     <w:rsid w:val="00C319B6"/>
+    <w:rsid w:val="00C31BC5"/>
     <w:rsid w:val="00C31F7A"/>
+    <w:rsid w:val="00C32216"/>
     <w:rsid w:val="00C32D2F"/>
     <w:rsid w:val="00C33181"/>
     <w:rsid w:val="00C33EDB"/>
-    <w:rsid w:val="00C400A0"/>
+    <w:rsid w:val="00C35F95"/>
+    <w:rsid w:val="00C4061D"/>
+    <w:rsid w:val="00C40F6B"/>
+    <w:rsid w:val="00C42DB1"/>
+    <w:rsid w:val="00C4345B"/>
     <w:rsid w:val="00C46BF1"/>
+    <w:rsid w:val="00C46C7C"/>
     <w:rsid w:val="00C46DCE"/>
+    <w:rsid w:val="00C46E67"/>
     <w:rsid w:val="00C47520"/>
+    <w:rsid w:val="00C514EE"/>
     <w:rsid w:val="00C52E43"/>
+    <w:rsid w:val="00C5422E"/>
     <w:rsid w:val="00C549FC"/>
+    <w:rsid w:val="00C54E95"/>
+    <w:rsid w:val="00C5510B"/>
+    <w:rsid w:val="00C601D0"/>
     <w:rsid w:val="00C6108E"/>
     <w:rsid w:val="00C62307"/>
+    <w:rsid w:val="00C63702"/>
+    <w:rsid w:val="00C63AB6"/>
+    <w:rsid w:val="00C64444"/>
     <w:rsid w:val="00C65526"/>
+    <w:rsid w:val="00C66AEA"/>
     <w:rsid w:val="00C7119E"/>
+    <w:rsid w:val="00C724BC"/>
+    <w:rsid w:val="00C727CE"/>
+    <w:rsid w:val="00C72A43"/>
+    <w:rsid w:val="00C7429D"/>
     <w:rsid w:val="00C745AA"/>
+    <w:rsid w:val="00C75F78"/>
+    <w:rsid w:val="00C77EAD"/>
+    <w:rsid w:val="00C807FD"/>
+    <w:rsid w:val="00C81833"/>
     <w:rsid w:val="00C8246C"/>
+    <w:rsid w:val="00C82A9D"/>
+    <w:rsid w:val="00C831D0"/>
+    <w:rsid w:val="00C86914"/>
+    <w:rsid w:val="00C87DD3"/>
+    <w:rsid w:val="00C91709"/>
+    <w:rsid w:val="00C919E9"/>
     <w:rsid w:val="00C91A95"/>
+    <w:rsid w:val="00C92073"/>
+    <w:rsid w:val="00C920FA"/>
+    <w:rsid w:val="00C9363B"/>
     <w:rsid w:val="00C93EF6"/>
     <w:rsid w:val="00C93F68"/>
+    <w:rsid w:val="00C93FB1"/>
+    <w:rsid w:val="00C97115"/>
+    <w:rsid w:val="00C975A3"/>
+    <w:rsid w:val="00CA1706"/>
+    <w:rsid w:val="00CA27E9"/>
+    <w:rsid w:val="00CA2F0D"/>
     <w:rsid w:val="00CA3D82"/>
+    <w:rsid w:val="00CA68F3"/>
     <w:rsid w:val="00CB024B"/>
     <w:rsid w:val="00CB0251"/>
+    <w:rsid w:val="00CB25F0"/>
+    <w:rsid w:val="00CB30D4"/>
+    <w:rsid w:val="00CB68F4"/>
     <w:rsid w:val="00CC1396"/>
-    <w:rsid w:val="00CC6BD7"/>
+    <w:rsid w:val="00CC64B2"/>
     <w:rsid w:val="00CC6DBF"/>
     <w:rsid w:val="00CC7837"/>
+    <w:rsid w:val="00CD05CC"/>
+    <w:rsid w:val="00CD0A19"/>
     <w:rsid w:val="00CD14CD"/>
+    <w:rsid w:val="00CD1C00"/>
+    <w:rsid w:val="00CD1EEE"/>
+    <w:rsid w:val="00CD2A7F"/>
+    <w:rsid w:val="00CD414D"/>
+    <w:rsid w:val="00CD447B"/>
     <w:rsid w:val="00CD45C4"/>
+    <w:rsid w:val="00CD45F5"/>
+    <w:rsid w:val="00CD55B7"/>
     <w:rsid w:val="00CD5D7C"/>
     <w:rsid w:val="00CD7103"/>
     <w:rsid w:val="00CD73F6"/>
     <w:rsid w:val="00CE0467"/>
+    <w:rsid w:val="00CE0902"/>
+    <w:rsid w:val="00CE706C"/>
+    <w:rsid w:val="00CE7174"/>
     <w:rsid w:val="00CE7D10"/>
+    <w:rsid w:val="00CF1435"/>
     <w:rsid w:val="00CF1ADD"/>
     <w:rsid w:val="00CF1B30"/>
     <w:rsid w:val="00CF221A"/>
+    <w:rsid w:val="00CF2C64"/>
     <w:rsid w:val="00CF3EDB"/>
+    <w:rsid w:val="00CF46BD"/>
+    <w:rsid w:val="00CF524D"/>
+    <w:rsid w:val="00CF53D6"/>
     <w:rsid w:val="00CF557C"/>
     <w:rsid w:val="00CF5A38"/>
     <w:rsid w:val="00CF684E"/>
+    <w:rsid w:val="00CF7BD3"/>
+    <w:rsid w:val="00D016E5"/>
+    <w:rsid w:val="00D0185C"/>
+    <w:rsid w:val="00D01F9D"/>
+    <w:rsid w:val="00D02943"/>
     <w:rsid w:val="00D03048"/>
     <w:rsid w:val="00D037A3"/>
     <w:rsid w:val="00D04C46"/>
+    <w:rsid w:val="00D0596B"/>
     <w:rsid w:val="00D05F62"/>
     <w:rsid w:val="00D077C9"/>
     <w:rsid w:val="00D10798"/>
+    <w:rsid w:val="00D11121"/>
+    <w:rsid w:val="00D111E7"/>
+    <w:rsid w:val="00D141F8"/>
+    <w:rsid w:val="00D149A1"/>
     <w:rsid w:val="00D14ED0"/>
     <w:rsid w:val="00D15563"/>
     <w:rsid w:val="00D157C1"/>
     <w:rsid w:val="00D15E10"/>
+    <w:rsid w:val="00D1612A"/>
+    <w:rsid w:val="00D16869"/>
+    <w:rsid w:val="00D20C39"/>
+    <w:rsid w:val="00D21685"/>
+    <w:rsid w:val="00D221B3"/>
+    <w:rsid w:val="00D22592"/>
     <w:rsid w:val="00D25249"/>
+    <w:rsid w:val="00D259A1"/>
     <w:rsid w:val="00D25D6C"/>
+    <w:rsid w:val="00D26CC3"/>
     <w:rsid w:val="00D26D6D"/>
     <w:rsid w:val="00D26EC9"/>
     <w:rsid w:val="00D27183"/>
+    <w:rsid w:val="00D2776F"/>
     <w:rsid w:val="00D27B58"/>
+    <w:rsid w:val="00D27BFE"/>
     <w:rsid w:val="00D305F4"/>
+    <w:rsid w:val="00D31232"/>
+    <w:rsid w:val="00D31E97"/>
+    <w:rsid w:val="00D32C55"/>
     <w:rsid w:val="00D33619"/>
-    <w:rsid w:val="00D40B1C"/>
+    <w:rsid w:val="00D34104"/>
+    <w:rsid w:val="00D371A7"/>
     <w:rsid w:val="00D40EEB"/>
     <w:rsid w:val="00D43B9D"/>
     <w:rsid w:val="00D441C6"/>
+    <w:rsid w:val="00D448C7"/>
+    <w:rsid w:val="00D44DB4"/>
     <w:rsid w:val="00D456D9"/>
     <w:rsid w:val="00D4712C"/>
     <w:rsid w:val="00D4757A"/>
+    <w:rsid w:val="00D4770D"/>
+    <w:rsid w:val="00D50970"/>
+    <w:rsid w:val="00D50D0B"/>
     <w:rsid w:val="00D56124"/>
+    <w:rsid w:val="00D56B2E"/>
+    <w:rsid w:val="00D5701A"/>
     <w:rsid w:val="00D57717"/>
     <w:rsid w:val="00D57D0C"/>
+    <w:rsid w:val="00D62BE6"/>
+    <w:rsid w:val="00D62E4B"/>
+    <w:rsid w:val="00D643D5"/>
+    <w:rsid w:val="00D64F1B"/>
+    <w:rsid w:val="00D6529C"/>
     <w:rsid w:val="00D66F3B"/>
     <w:rsid w:val="00D672FE"/>
+    <w:rsid w:val="00D67935"/>
+    <w:rsid w:val="00D67E2E"/>
+    <w:rsid w:val="00D7406B"/>
+    <w:rsid w:val="00D74133"/>
+    <w:rsid w:val="00D749F7"/>
+    <w:rsid w:val="00D74A92"/>
     <w:rsid w:val="00D74DF4"/>
     <w:rsid w:val="00D75BDD"/>
     <w:rsid w:val="00D75D72"/>
     <w:rsid w:val="00D765CB"/>
+    <w:rsid w:val="00D770A1"/>
     <w:rsid w:val="00D77600"/>
     <w:rsid w:val="00D7767E"/>
     <w:rsid w:val="00D80EB8"/>
     <w:rsid w:val="00D81826"/>
+    <w:rsid w:val="00D8265C"/>
+    <w:rsid w:val="00D82DCB"/>
+    <w:rsid w:val="00D82F06"/>
+    <w:rsid w:val="00D835CE"/>
+    <w:rsid w:val="00D85424"/>
+    <w:rsid w:val="00D86502"/>
+    <w:rsid w:val="00D86569"/>
+    <w:rsid w:val="00D937C2"/>
     <w:rsid w:val="00D94832"/>
+    <w:rsid w:val="00D96D1B"/>
     <w:rsid w:val="00DA01AF"/>
+    <w:rsid w:val="00DA12C0"/>
+    <w:rsid w:val="00DA3E0D"/>
+    <w:rsid w:val="00DA40A5"/>
+    <w:rsid w:val="00DA4C86"/>
+    <w:rsid w:val="00DA7C4C"/>
     <w:rsid w:val="00DA7D84"/>
+    <w:rsid w:val="00DB0EFD"/>
+    <w:rsid w:val="00DB13D0"/>
+    <w:rsid w:val="00DB3CEF"/>
     <w:rsid w:val="00DB41AB"/>
     <w:rsid w:val="00DB4BFD"/>
+    <w:rsid w:val="00DB5B48"/>
+    <w:rsid w:val="00DB62D4"/>
+    <w:rsid w:val="00DB7732"/>
+    <w:rsid w:val="00DB7FC4"/>
+    <w:rsid w:val="00DC062A"/>
+    <w:rsid w:val="00DC06D9"/>
     <w:rsid w:val="00DC1C61"/>
     <w:rsid w:val="00DC61D4"/>
     <w:rsid w:val="00DC7AA3"/>
     <w:rsid w:val="00DC7DEB"/>
     <w:rsid w:val="00DD0E2A"/>
+    <w:rsid w:val="00DD10D2"/>
+    <w:rsid w:val="00DD397F"/>
     <w:rsid w:val="00DD4873"/>
+    <w:rsid w:val="00DD5D5E"/>
     <w:rsid w:val="00DD70C1"/>
-    <w:rsid w:val="00DE04DF"/>
+    <w:rsid w:val="00DD7682"/>
+    <w:rsid w:val="00DE03AA"/>
+    <w:rsid w:val="00DE0577"/>
     <w:rsid w:val="00DE0A1A"/>
+    <w:rsid w:val="00DE4CC5"/>
     <w:rsid w:val="00DE5C26"/>
+    <w:rsid w:val="00DE6EE6"/>
     <w:rsid w:val="00DE7355"/>
+    <w:rsid w:val="00DE7AB7"/>
     <w:rsid w:val="00DF003F"/>
+    <w:rsid w:val="00DF10C9"/>
+    <w:rsid w:val="00DF2252"/>
+    <w:rsid w:val="00DF37A6"/>
     <w:rsid w:val="00DF4216"/>
     <w:rsid w:val="00DF5600"/>
-    <w:rsid w:val="00E02A33"/>
+    <w:rsid w:val="00E00206"/>
+    <w:rsid w:val="00E0051A"/>
+    <w:rsid w:val="00E007CA"/>
+    <w:rsid w:val="00E0122D"/>
+    <w:rsid w:val="00E01245"/>
+    <w:rsid w:val="00E0127D"/>
+    <w:rsid w:val="00E023F7"/>
+    <w:rsid w:val="00E02E46"/>
     <w:rsid w:val="00E02EC9"/>
+    <w:rsid w:val="00E03002"/>
+    <w:rsid w:val="00E03851"/>
+    <w:rsid w:val="00E044E3"/>
     <w:rsid w:val="00E05814"/>
-    <w:rsid w:val="00E13E4A"/>
+    <w:rsid w:val="00E05B89"/>
+    <w:rsid w:val="00E06492"/>
+    <w:rsid w:val="00E0696D"/>
+    <w:rsid w:val="00E10ED7"/>
+    <w:rsid w:val="00E11B5B"/>
+    <w:rsid w:val="00E12B23"/>
+    <w:rsid w:val="00E1408C"/>
     <w:rsid w:val="00E144D2"/>
+    <w:rsid w:val="00E16642"/>
+    <w:rsid w:val="00E16A1C"/>
+    <w:rsid w:val="00E170EE"/>
     <w:rsid w:val="00E201E4"/>
+    <w:rsid w:val="00E21BD7"/>
+    <w:rsid w:val="00E23311"/>
     <w:rsid w:val="00E24448"/>
+    <w:rsid w:val="00E24705"/>
+    <w:rsid w:val="00E24B3C"/>
+    <w:rsid w:val="00E307D2"/>
     <w:rsid w:val="00E30AF8"/>
+    <w:rsid w:val="00E30D2C"/>
+    <w:rsid w:val="00E32A51"/>
+    <w:rsid w:val="00E32AE6"/>
     <w:rsid w:val="00E33B4F"/>
+    <w:rsid w:val="00E33ED3"/>
+    <w:rsid w:val="00E3498A"/>
+    <w:rsid w:val="00E3671D"/>
+    <w:rsid w:val="00E36765"/>
+    <w:rsid w:val="00E36776"/>
+    <w:rsid w:val="00E41342"/>
     <w:rsid w:val="00E4227B"/>
+    <w:rsid w:val="00E426D9"/>
     <w:rsid w:val="00E43429"/>
+    <w:rsid w:val="00E435F6"/>
+    <w:rsid w:val="00E447E0"/>
+    <w:rsid w:val="00E4490B"/>
+    <w:rsid w:val="00E44926"/>
+    <w:rsid w:val="00E45B79"/>
+    <w:rsid w:val="00E4622D"/>
+    <w:rsid w:val="00E464C0"/>
+    <w:rsid w:val="00E46578"/>
+    <w:rsid w:val="00E475DD"/>
+    <w:rsid w:val="00E50211"/>
+    <w:rsid w:val="00E51075"/>
+    <w:rsid w:val="00E520F8"/>
+    <w:rsid w:val="00E5258E"/>
     <w:rsid w:val="00E53938"/>
     <w:rsid w:val="00E55110"/>
+    <w:rsid w:val="00E61173"/>
     <w:rsid w:val="00E61675"/>
+    <w:rsid w:val="00E621AB"/>
+    <w:rsid w:val="00E621DC"/>
+    <w:rsid w:val="00E62F46"/>
+    <w:rsid w:val="00E63307"/>
+    <w:rsid w:val="00E63C7B"/>
+    <w:rsid w:val="00E64A37"/>
     <w:rsid w:val="00E71CEE"/>
+    <w:rsid w:val="00E739FB"/>
+    <w:rsid w:val="00E74706"/>
+    <w:rsid w:val="00E74745"/>
+    <w:rsid w:val="00E75329"/>
+    <w:rsid w:val="00E754D4"/>
+    <w:rsid w:val="00E82140"/>
+    <w:rsid w:val="00E82E4E"/>
+    <w:rsid w:val="00E8383A"/>
+    <w:rsid w:val="00E8398E"/>
+    <w:rsid w:val="00E83BC1"/>
+    <w:rsid w:val="00E84E40"/>
     <w:rsid w:val="00E84FEC"/>
     <w:rsid w:val="00E862C7"/>
+    <w:rsid w:val="00E8768E"/>
+    <w:rsid w:val="00E876AD"/>
+    <w:rsid w:val="00E87AB0"/>
+    <w:rsid w:val="00E87EA3"/>
+    <w:rsid w:val="00E920B1"/>
+    <w:rsid w:val="00E92993"/>
+    <w:rsid w:val="00E938CD"/>
+    <w:rsid w:val="00E93E96"/>
     <w:rsid w:val="00E945E9"/>
     <w:rsid w:val="00E97072"/>
+    <w:rsid w:val="00E97281"/>
+    <w:rsid w:val="00E97DE8"/>
+    <w:rsid w:val="00EA0159"/>
     <w:rsid w:val="00EA17C9"/>
+    <w:rsid w:val="00EA213D"/>
     <w:rsid w:val="00EA29DE"/>
     <w:rsid w:val="00EA44A2"/>
+    <w:rsid w:val="00EA5D11"/>
     <w:rsid w:val="00EA6485"/>
+    <w:rsid w:val="00EA7E5D"/>
+    <w:rsid w:val="00EB04EF"/>
     <w:rsid w:val="00EB283C"/>
+    <w:rsid w:val="00EB3022"/>
+    <w:rsid w:val="00EB31BB"/>
+    <w:rsid w:val="00EB462C"/>
+    <w:rsid w:val="00EB7C9C"/>
+    <w:rsid w:val="00EC2E79"/>
     <w:rsid w:val="00EC3371"/>
     <w:rsid w:val="00EC3D52"/>
+    <w:rsid w:val="00EC4177"/>
+    <w:rsid w:val="00EC4A4F"/>
+    <w:rsid w:val="00EC4CE9"/>
+    <w:rsid w:val="00EC5F50"/>
     <w:rsid w:val="00EC63B6"/>
+    <w:rsid w:val="00EC69AC"/>
     <w:rsid w:val="00EC71D3"/>
+    <w:rsid w:val="00ED168C"/>
+    <w:rsid w:val="00ED305E"/>
     <w:rsid w:val="00ED3127"/>
     <w:rsid w:val="00ED463D"/>
+    <w:rsid w:val="00ED5C2B"/>
     <w:rsid w:val="00ED5E98"/>
     <w:rsid w:val="00ED782E"/>
     <w:rsid w:val="00ED7A7E"/>
     <w:rsid w:val="00ED7D54"/>
     <w:rsid w:val="00EE132F"/>
+    <w:rsid w:val="00EE1966"/>
+    <w:rsid w:val="00EE388D"/>
+    <w:rsid w:val="00EE453F"/>
+    <w:rsid w:val="00EE4FC1"/>
     <w:rsid w:val="00EE6903"/>
+    <w:rsid w:val="00EE7B78"/>
+    <w:rsid w:val="00EF01C0"/>
     <w:rsid w:val="00EF2661"/>
+    <w:rsid w:val="00EF3AF9"/>
     <w:rsid w:val="00EF4278"/>
     <w:rsid w:val="00EF4971"/>
+    <w:rsid w:val="00EF497D"/>
     <w:rsid w:val="00EF5BC8"/>
     <w:rsid w:val="00F00435"/>
+    <w:rsid w:val="00F0102F"/>
+    <w:rsid w:val="00F01B1D"/>
     <w:rsid w:val="00F02728"/>
+    <w:rsid w:val="00F03F40"/>
+    <w:rsid w:val="00F05870"/>
     <w:rsid w:val="00F06D97"/>
+    <w:rsid w:val="00F07518"/>
+    <w:rsid w:val="00F11DCE"/>
+    <w:rsid w:val="00F122CC"/>
+    <w:rsid w:val="00F127C0"/>
+    <w:rsid w:val="00F12E78"/>
     <w:rsid w:val="00F15888"/>
+    <w:rsid w:val="00F16A8B"/>
+    <w:rsid w:val="00F20AEA"/>
+    <w:rsid w:val="00F225F5"/>
     <w:rsid w:val="00F232C7"/>
+    <w:rsid w:val="00F24E7B"/>
+    <w:rsid w:val="00F24EC6"/>
+    <w:rsid w:val="00F255B5"/>
+    <w:rsid w:val="00F25B01"/>
+    <w:rsid w:val="00F25DAA"/>
     <w:rsid w:val="00F2628F"/>
+    <w:rsid w:val="00F26AB8"/>
+    <w:rsid w:val="00F26FC0"/>
     <w:rsid w:val="00F27313"/>
     <w:rsid w:val="00F27D9D"/>
     <w:rsid w:val="00F3098E"/>
+    <w:rsid w:val="00F3123D"/>
+    <w:rsid w:val="00F319AE"/>
+    <w:rsid w:val="00F31AB3"/>
+    <w:rsid w:val="00F32516"/>
+    <w:rsid w:val="00F32E5D"/>
     <w:rsid w:val="00F338B2"/>
+    <w:rsid w:val="00F35A36"/>
     <w:rsid w:val="00F35BF0"/>
+    <w:rsid w:val="00F4085F"/>
+    <w:rsid w:val="00F40EC2"/>
     <w:rsid w:val="00F43467"/>
+    <w:rsid w:val="00F43D93"/>
     <w:rsid w:val="00F44805"/>
+    <w:rsid w:val="00F44911"/>
     <w:rsid w:val="00F468AB"/>
     <w:rsid w:val="00F46AE7"/>
+    <w:rsid w:val="00F46D59"/>
+    <w:rsid w:val="00F46F3E"/>
     <w:rsid w:val="00F47354"/>
     <w:rsid w:val="00F509AB"/>
+    <w:rsid w:val="00F50A72"/>
+    <w:rsid w:val="00F50A9C"/>
+    <w:rsid w:val="00F53076"/>
     <w:rsid w:val="00F53370"/>
+    <w:rsid w:val="00F537D6"/>
     <w:rsid w:val="00F5384F"/>
+    <w:rsid w:val="00F56403"/>
+    <w:rsid w:val="00F5666E"/>
+    <w:rsid w:val="00F62D5C"/>
+    <w:rsid w:val="00F645FB"/>
     <w:rsid w:val="00F650B9"/>
     <w:rsid w:val="00F6745E"/>
+    <w:rsid w:val="00F674B4"/>
+    <w:rsid w:val="00F6762E"/>
+    <w:rsid w:val="00F70607"/>
+    <w:rsid w:val="00F70E7A"/>
+    <w:rsid w:val="00F71928"/>
     <w:rsid w:val="00F721E4"/>
-    <w:rsid w:val="00F72285"/>
+    <w:rsid w:val="00F74F41"/>
     <w:rsid w:val="00F75063"/>
     <w:rsid w:val="00F764F1"/>
     <w:rsid w:val="00F76761"/>
     <w:rsid w:val="00F83419"/>
+    <w:rsid w:val="00F841A4"/>
+    <w:rsid w:val="00F876AE"/>
+    <w:rsid w:val="00F87982"/>
+    <w:rsid w:val="00F87F51"/>
+    <w:rsid w:val="00F90CED"/>
+    <w:rsid w:val="00F912DD"/>
+    <w:rsid w:val="00F922D0"/>
+    <w:rsid w:val="00F924EA"/>
+    <w:rsid w:val="00F92A54"/>
+    <w:rsid w:val="00F955BF"/>
     <w:rsid w:val="00F956BF"/>
+    <w:rsid w:val="00F96175"/>
+    <w:rsid w:val="00F96424"/>
+    <w:rsid w:val="00FA116D"/>
+    <w:rsid w:val="00FA1A66"/>
     <w:rsid w:val="00FA1F2B"/>
+    <w:rsid w:val="00FA233A"/>
+    <w:rsid w:val="00FA2641"/>
     <w:rsid w:val="00FA325E"/>
     <w:rsid w:val="00FA473C"/>
     <w:rsid w:val="00FA4DDA"/>
     <w:rsid w:val="00FA53DD"/>
+    <w:rsid w:val="00FA55EB"/>
     <w:rsid w:val="00FA5921"/>
     <w:rsid w:val="00FB04F4"/>
     <w:rsid w:val="00FB24E7"/>
+    <w:rsid w:val="00FB28F5"/>
     <w:rsid w:val="00FB2BA6"/>
+    <w:rsid w:val="00FC0BC4"/>
+    <w:rsid w:val="00FC2597"/>
     <w:rsid w:val="00FC2F8D"/>
+    <w:rsid w:val="00FC32BA"/>
+    <w:rsid w:val="00FC5571"/>
+    <w:rsid w:val="00FC6B55"/>
+    <w:rsid w:val="00FC6CBE"/>
     <w:rsid w:val="00FD393E"/>
+    <w:rsid w:val="00FD3B2B"/>
     <w:rsid w:val="00FD4C12"/>
+    <w:rsid w:val="00FD5A85"/>
     <w:rsid w:val="00FD5D45"/>
+    <w:rsid w:val="00FE0716"/>
     <w:rsid w:val="00FE0CFB"/>
     <w:rsid w:val="00FE274C"/>
+    <w:rsid w:val="00FE2B12"/>
+    <w:rsid w:val="00FE2C20"/>
+    <w:rsid w:val="00FE446F"/>
     <w:rsid w:val="00FE4693"/>
     <w:rsid w:val="00FE48AD"/>
     <w:rsid w:val="00FE506A"/>
+    <w:rsid w:val="00FE51E9"/>
     <w:rsid w:val="00FE5431"/>
     <w:rsid w:val="00FE6FD8"/>
+    <w:rsid w:val="00FF118A"/>
+    <w:rsid w:val="00FF215A"/>
+    <w:rsid w:val="00FF253B"/>
     <w:rsid w:val="00FF3B6E"/>
     <w:rsid w:val="00FF41E9"/>
     <w:rsid w:val="00FF41F7"/>
+    <w:rsid w:val="00FF53BB"/>
+    <w:rsid w:val="00FF5A64"/>
+    <w:rsid w:val="00FF7138"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="114689"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="7EB01D90"/>
-  <w15:docId w15:val="{0288B56A-FB16-4E26-A11C-13A80274BB52}"/>
+  <w14:docId w14:val="5BC38B40"/>
+  <w15:docId w15:val="{89079A24-1151-41C3-ADC8-36BC10F19B74}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-        <w:szCs w:val="22"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="annotation text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -21233,51 +8664,51 @@
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
-    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
@@ -21312,51 +8743,51 @@
     <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
-    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
@@ -21432,634 +8863,629 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00487536"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="fr-HT"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Title"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
+    <w:autoRedefine/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00851184"/>
     <w:pPr>
-      <w:spacing w:before="480" w:after="240"/>
-      <w:contextualSpacing/>
+      <w:spacing w:after="360"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
-    <w:rPr>
-[...5 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00C400A0"/>
+    <w:rsid w:val="0073782C"/>
     <w:pPr>
-      <w:spacing w:before="200" w:after="120"/>
+      <w:spacing w:before="360" w:after="240" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
+    <w:autoRedefine/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00C400A0"/>
+    <w:rsid w:val="004643D6"/>
     <w:pPr>
-      <w:spacing w:after="120" w:line="271" w:lineRule="auto"/>
+      <w:spacing w:before="200"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:b/>
       <w:bCs/>
+      <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:pPr>
       <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading5Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:pPr>
       <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:b/>
       <w:bCs/>
-      <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+      <w:color w:val="7F7F7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading6Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="271" w:lineRule="auto"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+      <w:color w:val="7F7F7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading7Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading8Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:sz w:val="20"/>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="5"/>
-      <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00715F38"/>
-[...5 lines deleted...]
-      <w:szCs w:val="28"/>
+    <w:rsid w:val="00851184"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+      <w:caps/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="5"/>
+      <w:sz w:val="44"/>
+      <w:szCs w:val="44"/>
+      <w:lang w:val="fr-HT"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00C400A0"/>
-[...1 lines deleted...]
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+    <w:rsid w:val="0073782C"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00C400A0"/>
-[...1 lines deleted...]
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+    <w:rsid w:val="004643D6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:b/>
       <w:bCs/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="fr-HT"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00715F38"/>
-[...1 lines deleted...]
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+    <w:rsid w:val="00142935"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
     <w:name w:val="Heading 5 Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00715F38"/>
-[...1 lines deleted...]
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+    <w:rsid w:val="00142935"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
-      <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+      <w:color w:val="7F7F7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
     <w:name w:val="Heading 6 Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading6"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00715F38"/>
-[...1 lines deleted...]
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+    <w:rsid w:val="00142935"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+      <w:color w:val="7F7F7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
     <w:name w:val="Heading 7 Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading7"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00715F38"/>
-[...1 lines deleted...]
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+    <w:rsid w:val="00142935"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
     <w:name w:val="Heading 8 Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading8"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00715F38"/>
-[...1 lines deleted...]
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+    <w:rsid w:val="00142935"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
     <w:name w:val="Heading 9 Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00715F38"/>
-[...1 lines deleted...]
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+    <w:rsid w:val="00142935"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="5"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="TitleChar"/>
+    <w:autoRedefine/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00713D02"/>
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+      <w:caps/>
+      <w:color w:val="000000"/>
       <w:spacing w:val="5"/>
-      <w:sz w:val="48"/>
-      <w:szCs w:val="48"/>
+      <w:sz w:val="44"/>
+      <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
     <w:name w:val="Title Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
-    <w:rsid w:val="00715F38"/>
-[...1 lines deleted...]
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+    <w:rsid w:val="00713D02"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+      <w:caps/>
+      <w:color w:val="000000"/>
       <w:spacing w:val="5"/>
-      <w:sz w:val="48"/>
-      <w:szCs w:val="48"/>
+      <w:sz w:val="44"/>
+      <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="SubtitleChar"/>
+    <w:autoRedefine/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="009815F0"/>
     <w:pPr>
-      <w:spacing w:after="600"/>
+      <w:spacing w:after="240"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:i/>
       <w:iCs/>
+      <w:color w:val="000000"/>
       <w:spacing w:val="13"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
     <w:name w:val="Subtitle Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Subtitle"/>
     <w:uiPriority w:val="11"/>
-    <w:rsid w:val="00715F38"/>
-[...2 lines deleted...]
-      <w:i/>
+    <w:rsid w:val="009815F0"/>
+    <w:rPr>
       <w:iCs/>
+      <w:color w:val="000000"/>
       <w:spacing w:val="13"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Emphasis">
     <w:name w:val="Emphasis"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="10"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="000A0849"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Quote">
     <w:name w:val="Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="QuoteChar"/>
     <w:uiPriority w:val="29"/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="005A3D8C"/>
     <w:pPr>
-      <w:spacing w:before="200" w:after="0"/>
-      <w:ind w:left="360" w:right="360"/>
+      <w:spacing w:before="200" w:after="100" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="90" w:right="360" w:hanging="90"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
     <w:name w:val="Quote Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Quote"/>
     <w:uiPriority w:val="29"/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="005A3D8C"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
+      <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="IntenseQuote">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="IntenseQuoteChar"/>
     <w:uiPriority w:val="30"/>
-    <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:before="200" w:after="280"/>
       <w:ind w:left="1008" w:right="1152"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
     <w:name w:val="Intense Quote Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="IntenseQuote"/>
     <w:uiPriority w:val="30"/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="SubtleEmphasis">
     <w:name w:val="Subtle Emphasis"/>
     <w:uiPriority w:val="19"/>
-    <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseEmphasis">
     <w:name w:val="Intense Emphasis"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="SubtleReference">
     <w:name w:val="Subtle Reference"/>
     <w:uiPriority w:val="31"/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:rPr>
       <w:smallCaps/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseReference">
     <w:name w:val="Intense Reference"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:rPr>
       <w:smallCaps/>
       <w:spacing w:val="5"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BookTitle">
     <w:name w:val="Book Title"/>
     <w:uiPriority w:val="33"/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:smallCaps/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOCHeading">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:pPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:bidi="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008727E9"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:link w:val="Header"/>
@@ -22199,50 +9625,51 @@
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="288" w:lineRule="auto"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Minion Pro" w:hAnsi="Minion Pro" w:cs="Minion Pro"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bullets">
     <w:name w:val="bullets"/>
     <w:basedOn w:val="body2"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001012A1"/>
     <w:pPr>
       <w:ind w:left="720" w:hanging="360"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
+    <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001012A1"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="00470D0F"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="A6">
     <w:name w:val="A6"/>
     <w:uiPriority w:val="99"/>
@@ -22588,70 +10015,73 @@
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00AB1A4A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PlainTextChar">
     <w:name w:val="Plain Text Char"/>
     <w:link w:val="PlainText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AB1A4A"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
+    <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003D6FEC"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003D6FEC"/>
     <w:rPr>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="003D6FEC"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003D6FEC"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:link w:val="CommentSubject"/>
     <w:rsid w:val="003D6FEC"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
@@ -22669,97 +10099,105 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="003D6FEC"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BodyTextChar"/>
     <w:uiPriority w:val="1"/>
+    <w:qFormat/>
     <w:rsid w:val="00B568D4"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="19" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="732"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Calibri"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
     <w:name w:val="Body Text Char"/>
     <w:link w:val="BodyText"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00B568D4"/>
     <w:rPr>
       <w:rFonts w:cs="Calibri"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="007868C4"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bulletlist2">
     <w:name w:val="bullet list 2"/>
     <w:basedOn w:val="NoSpacing"/>
+    <w:qFormat/>
     <w:rsid w:val="005835DB"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
-        <w:numId w:val="6"/>
+        <w:numId w:val="2"/>
       </w:numPr>
       <w:ind w:left="1080"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bulletlist">
     <w:name w:val="bullet list"/>
     <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
     <w:rsid w:val="005835DB"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:after="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BodyText1">
     <w:name w:val="Body Text1"/>
     <w:rsid w:val="00153A97"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:ind w:firstLine="480"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="indent">
@@ -22772,168 +10210,705 @@
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="text">
     <w:name w:val="text"/>
     <w:rsid w:val="00153A97"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Subhead2">
     <w:name w:val="Subhead 2"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00153A97"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00153A97"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Caption">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:qFormat/>
     <w:rsid w:val="00153A97"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListBullet">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00153A97"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="8"/>
+        <w:numId w:val="3"/>
       </w:numPr>
+      <w:spacing w:before="0" w:after="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
+      <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="citable">
     <w:name w:val="citable"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00153A97"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="flush">
     <w:name w:val="flush"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00153A97"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00153A97"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="postal-code">
     <w:name w:val="postal-code"/>
     <w:rsid w:val="00153A97"/>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:rsid w:val="00153A97"/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
+    <w:qFormat/>
     <w:rsid w:val="00153A97"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
+      <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention1">
     <w:name w:val="Unresolved Mention1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00153A97"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style">
+    <w:name w:val="Style"/>
+    <w:rsid w:val="00823075"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="textindent">
+    <w:name w:val="text_indent"/>
+    <w:basedOn w:val="NoParagraphStyle"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="004C36A4"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="680"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:before="31" w:after="60" w:line="240" w:lineRule="atLeast"/>
+      <w:ind w:left="612" w:hanging="310"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="formbold">
+    <w:name w:val="form/bold"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="004C36A4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000F5467"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="abc">
+    <w:name w:val="abc"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00927E52"/>
+    <w:pPr>
+      <w:ind w:left="180" w:hanging="180"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa18">
+    <w:name w:val="Pa18"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F3123D"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa33">
+    <w:name w:val="Pa33"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0069019E"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa100">
+    <w:name w:val="Pa100"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="003461E1"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa50">
+    <w:name w:val="Pa50"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="003461E1"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="A11">
+    <w:name w:val="A11"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="003461E1"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="221E1F"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa69">
+    <w:name w:val="Pa69"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="003461E1"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa102">
+    <w:name w:val="Pa102"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="005C469A"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa74">
+    <w:name w:val="Pa74"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00B733D5"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa34">
+    <w:name w:val="Pa34"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00B733D5"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa124">
+    <w:name w:val="Pa124"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00320883"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa125">
+    <w:name w:val="Pa125"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F16A8B"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa129">
+    <w:name w:val="Pa129"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F16A8B"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa130">
+    <w:name w:val="Pa130"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F16A8B"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="A13">
+    <w:name w:val="A13"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F16A8B"/>
+    <w:rPr>
+      <w:color w:val="211D1E"/>
+      <w:sz w:val="11"/>
+      <w:szCs w:val="11"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa37">
+    <w:name w:val="Pa37"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="006D6BA6"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa147">
+    <w:name w:val="Pa147"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="006D6BA6"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa42">
+    <w:name w:val="Pa42"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="006D6BA6"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa59">
+    <w:name w:val="Pa59"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="006D6BA6"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa57">
+    <w:name w:val="Pa57"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00B11325"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa27">
+    <w:name w:val="Pa27"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00B11325"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa35">
+    <w:name w:val="Pa35"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00B11325"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa58">
+    <w:name w:val="Pa58"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0032573B"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa28">
+    <w:name w:val="Pa28"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D44DB4"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa25">
+    <w:name w:val="Pa25"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D44DB4"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa20">
+    <w:name w:val="Pa20"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D44DB4"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa38">
+    <w:name w:val="Pa38"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D44DB4"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa56">
+    <w:name w:val="Pa56"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="005575F1"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa31">
+    <w:name w:val="Pa31"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="005575F1"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa29">
+    <w:name w:val="Pa29"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="005575F1"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa30">
+    <w:name w:val="Pa30"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="009C5FAC"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa47">
+    <w:name w:val="Pa47"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="006B0A03"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa3">
+    <w:name w:val="Pa3"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00490E2E"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa106">
+    <w:name w:val="Pa106"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="000A3180"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa73">
+    <w:name w:val="Pa73"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00EF3AF9"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa132">
+    <w:name w:val="Pa132"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00FF215A"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa4">
+    <w:name w:val="Pa4"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0095783E"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="104925855">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="439951861">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
@@ -22950,52 +10925,66 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1503158095">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1959682137">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -23254,78 +11243,92 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BA44B225-ECCD-45E4-933C-81996AA9A1AC}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{20F8C53E-6805-4E54-B4CF-5FC0E9C5E2AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>7942</Characters>
+  <Pages>7</Pages>
+  <Words>1360</Words>
+  <Characters>7758</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>66</Lines>
+  <Lines>64</Lines>
   <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>EOHHS</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9317</CharactersWithSpaces>
+  <CharactersWithSpaces>9100</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Administrator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
+    <vt:lpwstr>aaa7d9a83786136fd2b438c08dfca16853b7bac83268ebe8aa4807df06b9fb20</vt:lpwstr>
+  </property>
+</Properties>
+</file>