--- v0 (2025-10-22)
+++ v1 (2026-02-08)
@@ -1,444 +1,976 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
+    <w:p w14:paraId="60CD3C67" w14:textId="77777777" w:rsidR="006445AC" w:rsidRDefault="006445AC"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10890" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1231"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3928"/>
+        <w:gridCol w:w="1530"/>
+        <w:gridCol w:w="3420"/>
+        <w:gridCol w:w="1305"/>
+        <w:gridCol w:w="1305"/>
+        <w:gridCol w:w="540"/>
+        <w:gridCol w:w="1534"/>
+        <w:gridCol w:w="1256"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0007519D" w14:paraId="774E1E68" w14:textId="77777777" w:rsidTr="00534BEE">
+      <w:tr w:rsidR="000149F9" w:rsidRPr="00073C49" w14:paraId="5069FE5C" w14:textId="77777777" w:rsidTr="00671959">
         <w:trPr>
-          <w:trHeight w:val="450"/>
+          <w:trHeight w:val="80"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1231" w:type="dxa"/>
+            <w:tcW w:w="1530" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:tcMar>
-[...6 lines deleted...]
-              <w:rPr>
+          </w:tcPr>
+          <w:p w14:paraId="0DD8D83D" w14:textId="1C757F31" w:rsidR="000149F9" w:rsidRPr="00223460" w:rsidRDefault="000149F9" w:rsidP="00CF2EF5">
+            <w:pPr>
+              <w:pStyle w:val="text"/>
+              <w:ind w:right="180"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
-                <w:noProof/>
+                <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="36C6435B" wp14:editId="6F12C728">
-[...2 lines deleted...]
-                  <wp:docPr id="571467455" name="Picture 571467455" descr="small fact sheet logo"/>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="629D35C4" wp14:editId="4E03F145">
+                  <wp:extent cx="861060" cy="861060"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="999343069" name="Picture 999343069" descr="small fact sheet logo"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 1" descr="small fact sheet logo"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId10" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="714375" cy="714375"/>
+                            <a:ext cx="861060" cy="861060"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5641" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5E2A0BEA" w14:textId="77777777" w:rsidR="0007519D" w:rsidRPr="007F37EF" w:rsidRDefault="0007519D" w:rsidP="00534BEE">
+            <w:tcW w:w="6570" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7FC65E7D" w14:textId="77777777" w:rsidR="000149F9" w:rsidRDefault="000149F9" w:rsidP="000149F9">
             <w:pPr>
               <w:pStyle w:val="Header-Agency"/>
             </w:pPr>
             <w:r w:rsidRPr="007F37EF">
               <w:t>Massachusetts Department of Environmental Protection</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0E17EBCC" w14:textId="77777777" w:rsidR="0007519D" w:rsidRDefault="0007519D" w:rsidP="00534BEE">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00D46544">
+          <w:p w14:paraId="65414F0B" w14:textId="0BD102F0" w:rsidR="000149F9" w:rsidRPr="007F37EF" w:rsidRDefault="000149F9" w:rsidP="000149F9">
+            <w:pPr>
+              <w:pStyle w:val="SectionHeader"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000149F9">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
               <w:t>Bureau of Water Resources - Drinking Water Program</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3928" w:type="dxa"/>
-[...5 lines deleted...]
-            <w:r>
+            <w:tcW w:w="2790" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="52EC5AF3" w14:textId="241FEDE6" w:rsidR="000149F9" w:rsidRDefault="000149F9" w:rsidP="000149F9">
+            <w:pPr>
+              <w:pStyle w:val="SectionHeader"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D93C4A">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
               <w:t xml:space="preserve">Form: </w:t>
             </w:r>
-            <w:r w:rsidR="008C659A">
-[...1 lines deleted...]
-                <w:b/>
+            <w:r w:rsidR="00D93C4A" w:rsidRPr="00D93C4A">
+              <w:rPr>
+                <w:b w:val="0"/>
                 <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="10"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled w:val="0"/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val="STAFF-PLAN-TP-ATTACH-1"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="008C659A">
-              <w:rPr>
+            <w:r w:rsidR="00D93C4A" w:rsidRPr="00D93C4A">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00D93C4A" w:rsidRPr="00D93C4A">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00D93C4A" w:rsidRPr="00D93C4A">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00D93C4A" w:rsidRPr="00D93C4A">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+              <w:t>STAFF-PLAN-TP-ATTACH-1</w:t>
+            </w:r>
+            <w:r w:rsidR="00D93C4A" w:rsidRPr="00D93C4A">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000149F9" w:rsidRPr="00073C49" w14:paraId="333E9207" w14:textId="77777777" w:rsidTr="00671959">
+        <w:trPr>
+          <w:trHeight w:val="80"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="7760C256" w14:textId="77777777" w:rsidR="000149F9" w:rsidRPr="00223460" w:rsidRDefault="000149F9" w:rsidP="00CF2EF5">
+            <w:pPr>
+              <w:pStyle w:val="text"/>
+              <w:ind w:right="180"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...41 lines deleted...]
-            <w:vMerge/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9360" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0AF17A1D" w14:textId="77777777" w:rsidR="0007519D" w:rsidRDefault="0007519D" w:rsidP="00534BEE">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="031960CA" w14:textId="77777777" w:rsidR="000149F9" w:rsidRDefault="000149F9" w:rsidP="000149F9">
+            <w:pPr>
+              <w:pStyle w:val="Header-FormName"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008428E0">
+              <w:t xml:space="preserve">Public Water System Staffing and Comprehensive Operations Plan </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FA2E5BE" w14:textId="0DFFDE68" w:rsidR="000149F9" w:rsidRDefault="000149F9" w:rsidP="000149F9">
+            <w:pPr>
+              <w:pStyle w:val="Header-FormSubName"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Treatment Plant Staffing</w:t>
+            </w:r>
+            <w:r w:rsidR="00D93C4A">
+              <w:t xml:space="preserve"> – Secondary Treatment Operators</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="560C5C52" w14:textId="2754AB5B" w:rsidR="000149F9" w:rsidRDefault="000149F9" w:rsidP="000149F9">
+            <w:pPr>
+              <w:pStyle w:val="SectionHeader"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000149F9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>310 CMR 22.11B Public Water Systems Certified Operator Staffing Requirements</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CF2EF5" w:rsidRPr="00073C49" w14:paraId="353D61A1" w14:textId="77777777" w:rsidTr="00671959">
+        <w:trPr>
+          <w:trHeight w:val="80"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="73DDB7F1" w14:textId="0FB9438D" w:rsidR="00CF2EF5" w:rsidRDefault="00CF2EF5" w:rsidP="00CF2EF5">
+            <w:pPr>
+              <w:pStyle w:val="text"/>
+              <w:ind w:right="180"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
-                <w:noProof/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00223460">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
-              </w:rPr>
-[...5 lines deleted...]
-            <w:tcW w:w="9569" w:type="dxa"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562B47">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Indicates</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562B47">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>required field</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="631E28A1" w14:textId="77777777" w:rsidR="00CF2EF5" w:rsidRPr="00223460" w:rsidRDefault="00CF2EF5" w:rsidP="00CF2EF5">
+            <w:pPr>
+              <w:pStyle w:val="text"/>
+              <w:ind w:right="180"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1BE69695" w14:textId="4DF17497" w:rsidR="00CF2EF5" w:rsidRDefault="00CF2EF5" w:rsidP="00CF2EF5">
+            <w:pPr>
+              <w:ind w:right="150"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A7573C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Important:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A7573C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> When filling out forms on the computer, use only the tab key to move your cursor - do not use the return key.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3FB1BE0E" w14:textId="77777777" w:rsidR="00CF2EF5" w:rsidRDefault="00CF2EF5" w:rsidP="00CF2EF5">
+            <w:pPr>
+              <w:ind w:right="150"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="31B8570A" w14:textId="116B1E3A" w:rsidR="00CF2EF5" w:rsidRPr="00740B82" w:rsidRDefault="00CF2EF5" w:rsidP="00740B82">
+            <w:pPr>
+              <w:ind w:right="150"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00017B40">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0CFBDF11" wp14:editId="3559471B">
+                  <wp:extent cx="665302" cy="818744"/>
+                  <wp:effectExtent l="0" t="0" r="1905" b="635"/>
+                  <wp:docPr id="2" name="Picture 2" descr="keys"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="Picture 2" descr="keys"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId11" cstate="print">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:srcRect/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="665302" cy="818744"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9360" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2AAC7626" w14:textId="5B178433" w:rsidR="00CF2EF5" w:rsidRDefault="00D93C4A" w:rsidP="00BC7E50">
+            <w:pPr>
+              <w:pStyle w:val="SectionHeader"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Treatment Plant Information</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00996F3D" w:rsidRPr="00073C49" w14:paraId="2A269431" w14:textId="77777777" w:rsidTr="00671959">
+        <w:trPr>
+          <w:trHeight w:val="80"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="1B297BA4" w14:textId="77777777" w:rsidR="00996F3D" w:rsidRDefault="00996F3D" w:rsidP="00996F3D"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4725" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-          </w:tcPr>
-[...21 lines deleted...]
-              <w:t>310 CMR 22.11B Public Water Systems Certified Operator Staffing Requirements</w:t>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FD90F5E" w14:textId="77777777" w:rsidR="00996F3D" w:rsidRDefault="00996F3D" w:rsidP="00996F3D">
+            <w:pPr>
+              <w:pStyle w:val="text"/>
+            </w:pPr>
+            <w:r>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4EBC7884" w14:textId="652F3D99" w:rsidR="00996F3D" w:rsidRDefault="00996F3D" w:rsidP="00996F3D">
+            <w:pPr>
+              <w:pStyle w:val="bars24"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Treatment Plant ID # </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00276101">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4635" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="605AF61D" w14:textId="77777777" w:rsidR="00996F3D" w:rsidRDefault="00996F3D" w:rsidP="00996F3D">
+            <w:pPr>
+              <w:pStyle w:val="texthang"/>
+            </w:pPr>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38A4ED0B" w14:textId="1CA0A714" w:rsidR="00996F3D" w:rsidRPr="002122C6" w:rsidRDefault="00996F3D" w:rsidP="00996F3D">
+            <w:pPr>
+              <w:pStyle w:val="bars24"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Treatment Plant Name </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00276101">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...23 lines deleted...]
-      <w:tr w:rsidR="00056E26" w:rsidRPr="00073C49" w14:paraId="6388E75F" w14:textId="77777777" w:rsidTr="00412185">
+      <w:tr w:rsidR="00996F3D" w:rsidRPr="00073C49" w14:paraId="45A6C36F" w14:textId="77777777" w:rsidTr="00671959">
         <w:trPr>
-          <w:trHeight w:val="517"/>
+          <w:trHeight w:val="683"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10800" w:type="dxa"/>
+            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="3A58D3AE" w14:textId="77777777" w:rsidR="00996F3D" w:rsidRDefault="00996F3D" w:rsidP="00996F3D">
+            <w:pPr>
+              <w:pStyle w:val="SectionHeader"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:ind w:left="720" w:hanging="360"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9360" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BCA8624" w14:textId="5463230C" w:rsidR="00056E26" w:rsidRDefault="00412185" w:rsidP="00412185">
+          <w:p w14:paraId="1E6FE4BC" w14:textId="6FDE0F0A" w:rsidR="00996F3D" w:rsidRDefault="00B51CA5" w:rsidP="00B51CA5">
             <w:pPr>
               <w:pStyle w:val="SectionHeader"/>
-              <w:numPr>
-[...6 lines deleted...]
-              <w:t>Treatment Plant Information</w:t>
+              <w:ind w:left="360"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Secondary Treatment Operators Information (continued)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00276101" w:rsidRPr="00073C49" w14:paraId="580B862F" w14:textId="77777777" w:rsidTr="00DA2BB5">
+      <w:tr w:rsidR="00FE419C" w:rsidRPr="00073C49" w14:paraId="4BE63BAA" w14:textId="77777777" w:rsidTr="00671959">
         <w:trPr>
-          <w:trHeight w:val="279"/>
+          <w:trHeight w:val="1800"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5400" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="674F5C27" w14:textId="77777777" w:rsidR="00FE419C" w:rsidRDefault="00FE419C" w:rsidP="00FE419C">
+            <w:pPr>
+              <w:pStyle w:val="texthang"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9360" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...8 lines deleted...]
-            <w:r w:rsidR="008C659A">
+          </w:tcPr>
+          <w:p w14:paraId="6294BC1E" w14:textId="77777777" w:rsidR="00FE419C" w:rsidRDefault="00FE419C" w:rsidP="00FE419C">
+            <w:r>
+              <w:t xml:space="preserve">This form is to identify all additional secondary treatment operators that were not identified in Section F of the STAFF-PLAN-TP form. Only include the operator’s highest Treatment Grade license. Download and use as many </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A53F1B">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Treatment</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A53F1B">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Plant Staffing - Secondary Treatment Operators</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> (STAFF-PLAN-TP-ATTACH-1) sheets as necessary.  This form can be downloaded from the MassDEP website at </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r w:rsidRPr="00F81001">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t>https://mass.gov/doc/staffing-and-comprehensive-operations-plan-form-id-staff-plan-tp-attach-1/</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10313C62" w14:textId="6BD7177A" w:rsidR="00FE419C" w:rsidRPr="00B51CA5" w:rsidRDefault="00FE419C" w:rsidP="00FE419C"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D94F6B" w:rsidRPr="00073C49" w14:paraId="50F7FD96" w14:textId="77777777" w:rsidTr="00740B82">
+        <w:trPr>
+          <w:trHeight w:val="259"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E9FE7EE" w14:textId="77777777" w:rsidR="00D94F6B" w:rsidRPr="00B3424E" w:rsidRDefault="00D94F6B" w:rsidP="00FE419C">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="37BAAA39" w14:textId="50000307" w:rsidR="00D94F6B" w:rsidRDefault="00D94F6B" w:rsidP="0002607F">
+            <w:pPr>
+              <w:pStyle w:val="texthang"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="0"/>
+                <w:tab w:val="clear" w:pos="360"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+            </w:pPr>
+            <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="008C659A">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="008C659A">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="008C659A">
-[...29 lines deleted...]
-            <w:r w:rsidR="008C659A">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2A8E03F2" w14:textId="6CEC2CD6" w:rsidR="00276101" w:rsidRPr="00412185" w:rsidRDefault="00276101" w:rsidP="00276101">
+          <w:p w14:paraId="10509170" w14:textId="41D21856" w:rsidR="00D94F6B" w:rsidRPr="002603FF" w:rsidRDefault="00D94F6B" w:rsidP="0002607F">
             <w:pPr>
               <w:pStyle w:val="bars24"/>
-            </w:pPr>
-[...24 lines deleted...]
-          <w:p w14:paraId="63929F26" w14:textId="5004B7CC" w:rsidR="00276101" w:rsidRDefault="00AC05C0" w:rsidP="00276101">
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="360"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Sec. Treat</w:t>
+            </w:r>
+            <w:r w:rsidR="0005220C">
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Operator Full Name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BC49CC4" w14:textId="6D54FD56" w:rsidR="00D94F6B" w:rsidRDefault="00D94F6B" w:rsidP="00FE419C">
             <w:pPr>
               <w:pStyle w:val="texthang"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
@@ -448,309 +980,65 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="77DF995D" w14:textId="0BBBEA5B" w:rsidR="00276101" w:rsidRPr="00412185" w:rsidRDefault="00276101" w:rsidP="00276101">
+          <w:p w14:paraId="7DE81EF8" w14:textId="31434A0E" w:rsidR="00D94F6B" w:rsidRPr="00CB5D45" w:rsidRDefault="00D94F6B" w:rsidP="00FE419C">
             <w:pPr>
               <w:pStyle w:val="bars24"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Treatment Plant Name </w:t>
-[...252 lines deleted...]
-          <w:p w14:paraId="37BAAA39" w14:textId="660DF4F4" w:rsidR="002603FF" w:rsidRDefault="00AC05C0" w:rsidP="002603FF">
+              <w:t>Position/Title</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2074" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CE28FAE" w14:textId="79A46C40" w:rsidR="00D94F6B" w:rsidRDefault="00D94F6B" w:rsidP="00FE419C">
             <w:pPr>
               <w:pStyle w:val="texthang"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
@@ -760,83 +1048,69 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="10509170" w14:textId="7A444C41" w:rsidR="002603FF" w:rsidRPr="002603FF" w:rsidRDefault="002603FF" w:rsidP="002603FF">
+          <w:p w14:paraId="4CF91384" w14:textId="382403BA" w:rsidR="00D94F6B" w:rsidRPr="00CB5D45" w:rsidRDefault="00D94F6B" w:rsidP="00FE419C">
             <w:pPr>
               <w:pStyle w:val="bars24"/>
             </w:pPr>
-            <w:r>
-[...27 lines deleted...]
-          <w:p w14:paraId="6BC49CC4" w14:textId="3E741CF6" w:rsidR="002603FF" w:rsidRDefault="008D7BF0" w:rsidP="008E073D">
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>License # &amp;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> Grade</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1256" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BC83F61" w14:textId="53B84C3F" w:rsidR="00D94F6B" w:rsidRDefault="00D94F6B" w:rsidP="00FE419C">
             <w:pPr>
               <w:pStyle w:val="texthang"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
@@ -846,66 +1120,300 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7DE81EF8" w14:textId="73100F0C" w:rsidR="00CB0EA8" w:rsidRPr="00CB5D45" w:rsidRDefault="00CB0EA8" w:rsidP="00CB0EA8">
+          <w:p w14:paraId="0A6E9FE0" w14:textId="6D5C4C7C" w:rsidR="00D94F6B" w:rsidRPr="00CB5D45" w:rsidRDefault="00D94F6B" w:rsidP="00FE419C">
             <w:pPr>
               <w:pStyle w:val="bars24"/>
             </w:pPr>
             <w:r>
-              <w:t>Position/Title</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="2CE28FAE" w14:textId="4243628D" w:rsidR="002603FF" w:rsidRDefault="008D7BF0" w:rsidP="008E073D">
+              <w:t>OIT/Full</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D94F6B" w:rsidRPr="00073C49" w14:paraId="6E1FBA34" w14:textId="77777777" w:rsidTr="00740B82">
+        <w:trPr>
+          <w:trHeight w:val="259"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="407BF940" w14:textId="77777777" w:rsidR="00D94F6B" w:rsidRPr="00316CB0" w:rsidRDefault="00D94F6B" w:rsidP="00FE419C">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="657BEBC9" w14:textId="4010E22C" w:rsidR="00D94F6B" w:rsidRDefault="00D94F6B" w:rsidP="0002607F">
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="Text1"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="0"/>
+          </w:p>
+          <w:p w14:paraId="621D8805" w14:textId="715E0B67" w:rsidR="00D94F6B" w:rsidRPr="00316CB0" w:rsidRDefault="00D94F6B" w:rsidP="0002607F">
+            <w:pPr>
+              <w:pStyle w:val="bars24"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="360"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Work Phone </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00924236">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="58DE98F8" w14:textId="7DB18A9D" w:rsidR="00D94F6B" w:rsidRDefault="00D94F6B" w:rsidP="00FE419C">
+            <w:r>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text2"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="1" w:name="Text2"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="1"/>
+          </w:p>
+          <w:p w14:paraId="21F80FD2" w14:textId="756E0F2A" w:rsidR="00D94F6B" w:rsidRPr="00316CB0" w:rsidRDefault="00D94F6B" w:rsidP="00FE419C">
+            <w:pPr>
+              <w:pStyle w:val="bars24"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Work Email </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00924236">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2074" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="4483A343" w14:textId="77777777" w:rsidR="00D94F6B" w:rsidRDefault="00D94F6B" w:rsidP="00FE419C">
             <w:pPr>
               <w:pStyle w:val="texthang"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1256" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="091B0F1E" w14:textId="77777777" w:rsidR="00D94F6B" w:rsidRDefault="00D94F6B" w:rsidP="00FE419C">
+            <w:pPr>
+              <w:pStyle w:val="texthang"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D94F6B" w:rsidRPr="00073C49" w14:paraId="2C6A8D5A" w14:textId="77777777" w:rsidTr="00740B82">
+        <w:trPr>
+          <w:trHeight w:val="259"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34FDDF7A" w14:textId="77777777" w:rsidR="00D94F6B" w:rsidRPr="00316CB0" w:rsidRDefault="00D94F6B" w:rsidP="00671959">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="188EAAD0" w14:textId="77777777" w:rsidR="00D94F6B" w:rsidRDefault="00D94F6B" w:rsidP="0002607F">
+            <w:pPr>
+              <w:pStyle w:val="texthang"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="0"/>
+                <w:tab w:val="clear" w:pos="360"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -913,66 +1421,530 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4CF91384" w14:textId="440CB3FF" w:rsidR="00CB0EA8" w:rsidRPr="00CB5D45" w:rsidRDefault="00CB0EA8" w:rsidP="00CB0EA8">
+          <w:p w14:paraId="3DBF031D" w14:textId="33FC6426" w:rsidR="00D94F6B" w:rsidRPr="00316CB0" w:rsidRDefault="00D94F6B" w:rsidP="0002607F">
             <w:pPr>
               <w:pStyle w:val="bars24"/>
-            </w:pPr>
-[...9 lines deleted...]
-          <w:p w14:paraId="4BC83F61" w14:textId="56AF3E11" w:rsidR="002603FF" w:rsidRDefault="009D3DF7" w:rsidP="008E073D">
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="360"/>
+              </w:tabs>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Sec. Treat</w:t>
+            </w:r>
+            <w:r w:rsidR="0005220C">
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Operator Full Name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BFDD301" w14:textId="38E20048" w:rsidR="00D94F6B" w:rsidRDefault="00D94F6B" w:rsidP="00671959">
+            <w:r>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text4"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="2" w:name="Text4"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="2"/>
+          </w:p>
+          <w:p w14:paraId="63E75643" w14:textId="6E42F446" w:rsidR="00D94F6B" w:rsidRPr="00316CB0" w:rsidRDefault="00D94F6B" w:rsidP="00671959">
+            <w:pPr>
+              <w:pStyle w:val="bars24"/>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Position/Title</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2074" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E067C51" w14:textId="069C9343" w:rsidR="00D94F6B" w:rsidRDefault="00D94F6B" w:rsidP="00671959">
+            <w:r>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text5"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="3" w:name="Text5"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="3"/>
+          </w:p>
+          <w:p w14:paraId="3CE5234E" w14:textId="2FDFBD88" w:rsidR="00D94F6B" w:rsidRPr="00316CB0" w:rsidRDefault="00D94F6B" w:rsidP="00671959">
+            <w:pPr>
+              <w:pStyle w:val="bars24"/>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>License # &amp;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> Grade</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1256" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F332654" w14:textId="58A62912" w:rsidR="00D94F6B" w:rsidRDefault="00D94F6B" w:rsidP="00671959">
+            <w:r>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text6"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="4" w:name="Text6"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="4"/>
+          </w:p>
+          <w:p w14:paraId="3D882E72" w14:textId="124BD889" w:rsidR="00D94F6B" w:rsidRPr="00316CB0" w:rsidRDefault="00D94F6B" w:rsidP="00671959">
+            <w:pPr>
+              <w:pStyle w:val="bars24"/>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>OIT/Full</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D94F6B" w:rsidRPr="00073C49" w14:paraId="255978FE" w14:textId="77777777" w:rsidTr="00740B82">
+        <w:trPr>
+          <w:trHeight w:val="259"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F56DCB3" w14:textId="77777777" w:rsidR="00D94F6B" w:rsidRPr="00316CB0" w:rsidRDefault="00D94F6B" w:rsidP="00FE419C">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="198EA3D8" w14:textId="487854E5" w:rsidR="00D94F6B" w:rsidRDefault="00D94F6B" w:rsidP="0002607F">
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text7"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="5" w:name="Text7"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="5"/>
+          </w:p>
+          <w:p w14:paraId="3E2E7758" w14:textId="4A23B5DA" w:rsidR="00D94F6B" w:rsidRDefault="00D94F6B" w:rsidP="0002607F">
+            <w:pPr>
+              <w:pStyle w:val="bars24"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="360"/>
+              </w:tabs>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Work Phone </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00924236">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FC66FFB" w14:textId="3DCFAA29" w:rsidR="00D94F6B" w:rsidRDefault="00D94F6B" w:rsidP="00FE419C">
+            <w:r>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text8"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="6" w:name="Text8"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="6"/>
+          </w:p>
+          <w:p w14:paraId="17A53DEB" w14:textId="7CCD5ED2" w:rsidR="00D94F6B" w:rsidRDefault="00D94F6B" w:rsidP="00FE419C">
+            <w:pPr>
+              <w:pStyle w:val="bars24"/>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Work Email </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00924236">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2074" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="394516C5" w14:textId="77777777" w:rsidR="00D94F6B" w:rsidRDefault="00D94F6B" w:rsidP="00FE419C">
             <w:pPr>
               <w:pStyle w:val="texthang"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1256" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A875876" w14:textId="77777777" w:rsidR="00D94F6B" w:rsidRDefault="00D94F6B" w:rsidP="00FE419C">
+            <w:pPr>
+              <w:pStyle w:val="texthang"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D94F6B" w:rsidRPr="00073C49" w14:paraId="7B7A7FAC" w14:textId="77777777" w:rsidTr="00740B82">
+        <w:trPr>
+          <w:trHeight w:val="259"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="214A4E83" w14:textId="77777777" w:rsidR="00D94F6B" w:rsidRPr="00316CB0" w:rsidRDefault="00D94F6B" w:rsidP="00671959">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="38767D39" w14:textId="77777777" w:rsidR="00D94F6B" w:rsidRDefault="00D94F6B" w:rsidP="0002607F">
+            <w:pPr>
+              <w:pStyle w:val="texthang"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="0"/>
+                <w:tab w:val="clear" w:pos="360"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -980,89 +1952,534 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0A6E9FE0" w14:textId="17AC3227" w:rsidR="00CB0EA8" w:rsidRPr="00CB5D45" w:rsidRDefault="00CB0EA8" w:rsidP="00CB0EA8">
+          <w:p w14:paraId="7E901647" w14:textId="749AD587" w:rsidR="00D94F6B" w:rsidRDefault="00D94F6B" w:rsidP="0002607F">
             <w:pPr>
               <w:pStyle w:val="bars24"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="360"/>
+              </w:tabs>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Sec. Treat</w:t>
+            </w:r>
+            <w:r w:rsidR="0005220C">
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Operator Full Name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="00EFC446" w14:textId="3FE8D31F" w:rsidR="00D94F6B" w:rsidRDefault="00D94F6B" w:rsidP="00671959">
+            <w:r>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text10"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="7" w:name="Text10"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="7"/>
+          </w:p>
+          <w:p w14:paraId="78B3AAFC" w14:textId="7DDB24CC" w:rsidR="00D94F6B" w:rsidRDefault="00D94F6B" w:rsidP="00671959">
+            <w:pPr>
+              <w:pStyle w:val="bars24"/>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Position/Title</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2074" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="18325892" w14:textId="50FA860A" w:rsidR="00D94F6B" w:rsidRDefault="00D94F6B" w:rsidP="00671959">
+            <w:pPr>
+              <w:pStyle w:val="texthang"/>
+            </w:pPr>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text11"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="8" w:name="Text11"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="8"/>
+          </w:p>
+          <w:p w14:paraId="1FB375DE" w14:textId="291DF923" w:rsidR="00D94F6B" w:rsidRPr="00316CB0" w:rsidRDefault="00D94F6B" w:rsidP="00671959">
+            <w:pPr>
+              <w:pStyle w:val="bars24"/>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>License # &amp;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> Grade</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1256" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28E9280D" w14:textId="0717A4C0" w:rsidR="00D94F6B" w:rsidRDefault="00D94F6B" w:rsidP="00671959">
+            <w:pPr>
+              <w:pStyle w:val="texthang"/>
+            </w:pPr>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text12"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="9" w:name="Text12"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="9"/>
+          </w:p>
+          <w:p w14:paraId="42BD83EA" w14:textId="57F0076E" w:rsidR="00D94F6B" w:rsidRPr="00316CB0" w:rsidRDefault="00D94F6B" w:rsidP="00671959">
+            <w:pPr>
+              <w:pStyle w:val="bars24"/>
+              <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t>OIT/Full</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C243B9" w:rsidRPr="00073C49" w14:paraId="09DF2A35" w14:textId="77777777" w:rsidTr="005317C5">
+      <w:tr w:rsidR="00D94F6B" w:rsidRPr="00073C49" w14:paraId="3581B740" w14:textId="77777777" w:rsidTr="00740B82">
         <w:trPr>
-          <w:trHeight w:val="517"/>
+          <w:trHeight w:val="259"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="73F1D5FE" w14:textId="77777777" w:rsidR="00D94F6B" w:rsidRPr="00316CB0" w:rsidRDefault="00D94F6B" w:rsidP="00FE419C">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="27C80A41" w14:textId="09088BD6" w:rsidR="00C243B9" w:rsidRPr="00B3424E" w:rsidRDefault="00C243B9" w:rsidP="00B3424E">
-[...1 lines deleted...]
-              <w:jc w:val="right"/>
+          <w:p w14:paraId="69F48E22" w14:textId="3796D046" w:rsidR="00D94F6B" w:rsidRDefault="00D94F6B" w:rsidP="0002607F">
+            <w:pPr>
+              <w:pStyle w:val="texthang"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="0"/>
+                <w:tab w:val="clear" w:pos="360"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+            </w:pPr>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text13"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="10" w:name="Text13"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="10"/>
+          </w:p>
+          <w:p w14:paraId="30C45495" w14:textId="03EB6373" w:rsidR="00D94F6B" w:rsidRDefault="00D94F6B" w:rsidP="0002607F">
+            <w:pPr>
+              <w:pStyle w:val="bars24"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="360"/>
+              </w:tabs>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Work Phone </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00924236">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...7 lines deleted...]
-          <w:p w14:paraId="40537D32" w14:textId="5DE97D29" w:rsidR="00792920" w:rsidRDefault="00AC05C0" w:rsidP="00792920">
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="40C1B6F3" w14:textId="5705F777" w:rsidR="00D94F6B" w:rsidRDefault="00D94F6B" w:rsidP="00FE419C">
             <w:pPr>
               <w:pStyle w:val="texthang"/>
+            </w:pPr>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text14"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="11" w:name="Text14"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="11"/>
+          </w:p>
+          <w:p w14:paraId="76ED951E" w14:textId="61311E55" w:rsidR="00D94F6B" w:rsidRDefault="00D94F6B" w:rsidP="00FE419C">
+            <w:pPr>
+              <w:pStyle w:val="bars24"/>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Work Email </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00924236">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2074" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="137E9A8F" w14:textId="77777777" w:rsidR="00D94F6B" w:rsidRDefault="00D94F6B" w:rsidP="00FE419C">
+            <w:pPr>
+              <w:pStyle w:val="texthang"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1256" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AFC20C2" w14:textId="77777777" w:rsidR="00D94F6B" w:rsidRDefault="00D94F6B" w:rsidP="00FE419C"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D94F6B" w:rsidRPr="00073C49" w14:paraId="16305C35" w14:textId="77777777" w:rsidTr="00740B82">
+        <w:trPr>
+          <w:trHeight w:val="259"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B1F75D5" w14:textId="77777777" w:rsidR="00D94F6B" w:rsidRPr="00316CB0" w:rsidRDefault="00D94F6B" w:rsidP="00671959">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="607EFB86" w14:textId="77777777" w:rsidR="00D94F6B" w:rsidRDefault="00D94F6B" w:rsidP="0002607F">
+            <w:pPr>
+              <w:pStyle w:val="texthang"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="0"/>
+                <w:tab w:val="clear" w:pos="360"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -1070,73 +2487,537 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="403E1FD4" w14:textId="6CB11EF0" w:rsidR="00C243B9" w:rsidRDefault="003224C3" w:rsidP="00792920">
+          <w:p w14:paraId="48091B65" w14:textId="72FE8012" w:rsidR="00D94F6B" w:rsidRDefault="00D94F6B" w:rsidP="0002607F">
             <w:pPr>
               <w:pStyle w:val="bars24"/>
-            </w:pPr>
-[...13 lines deleted...]
-            <w:tcW w:w="2880" w:type="dxa"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="360"/>
+              </w:tabs>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Sec. Treat</w:t>
+            </w:r>
+            <w:r w:rsidR="0005220C">
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Operator Full Name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2610" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="67987F7B" w14:textId="7F79C285" w:rsidR="00C243B9" w:rsidRDefault="008D7BF0" w:rsidP="008E073D">
+          <w:p w14:paraId="1682BE49" w14:textId="468B9469" w:rsidR="00D94F6B" w:rsidRDefault="00D94F6B" w:rsidP="00671959">
             <w:pPr>
               <w:pStyle w:val="texthang"/>
+            </w:pPr>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text16"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="12" w:name="Text16"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="12"/>
+          </w:p>
+          <w:p w14:paraId="206CDFD7" w14:textId="606C1462" w:rsidR="00D94F6B" w:rsidRDefault="00D94F6B" w:rsidP="00671959">
+            <w:pPr>
+              <w:pStyle w:val="bars24"/>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Position/Title</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2074" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D918DFB" w14:textId="66AB2A1D" w:rsidR="00D94F6B" w:rsidRPr="00316CB0" w:rsidRDefault="00D94F6B" w:rsidP="00671959">
+            <w:pPr>
+              <w:pStyle w:val="texthang"/>
+            </w:pPr>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text17"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="13" w:name="Text17"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="13"/>
+          </w:p>
+          <w:p w14:paraId="0BD3EF09" w14:textId="78406A16" w:rsidR="00D94F6B" w:rsidRPr="00316CB0" w:rsidRDefault="00D94F6B" w:rsidP="00671959">
+            <w:pPr>
+              <w:pStyle w:val="bars24"/>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>License # &amp;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> Grade</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1256" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="162D88D3" w14:textId="41B1CFF4" w:rsidR="00D94F6B" w:rsidRDefault="00D94F6B" w:rsidP="00671959">
+            <w:pPr>
+              <w:pStyle w:val="texthang"/>
+            </w:pPr>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text18"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="14" w:name="Text18"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="14"/>
+          </w:p>
+          <w:p w14:paraId="5C85DB06" w14:textId="36EF309D" w:rsidR="00D94F6B" w:rsidRPr="00316CB0" w:rsidRDefault="00D94F6B" w:rsidP="00671959">
+            <w:pPr>
+              <w:pStyle w:val="bars24"/>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>OIT/Full</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D94F6B" w:rsidRPr="00073C49" w14:paraId="5E6A1A2E" w14:textId="77777777" w:rsidTr="00740B82">
+        <w:trPr>
+          <w:trHeight w:val="259"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AAB7D90" w14:textId="77777777" w:rsidR="00D94F6B" w:rsidRPr="00316CB0" w:rsidRDefault="00D94F6B" w:rsidP="00FE419C">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3DABCFC1" w14:textId="382BA3C8" w:rsidR="00D94F6B" w:rsidRDefault="00D94F6B" w:rsidP="0002607F">
+            <w:pPr>
+              <w:pStyle w:val="texthang"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="0"/>
+                <w:tab w:val="clear" w:pos="360"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+            </w:pPr>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text19"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="15" w:name="Text19"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="15"/>
+          </w:p>
+          <w:p w14:paraId="482785D9" w14:textId="68D39EBE" w:rsidR="00D94F6B" w:rsidRDefault="00D94F6B" w:rsidP="0002607F">
+            <w:pPr>
+              <w:pStyle w:val="bars24"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="360"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Work Phone </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00924236">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="7721E377" w14:textId="033D44FA" w:rsidR="00D94F6B" w:rsidRDefault="00D94F6B" w:rsidP="00FE419C">
+            <w:pPr>
+              <w:pStyle w:val="texthang"/>
+            </w:pPr>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text20"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="16" w:name="Text20"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="16"/>
+          </w:p>
+          <w:p w14:paraId="2F46B5AB" w14:textId="756FB020" w:rsidR="00D94F6B" w:rsidRDefault="00D94F6B" w:rsidP="00FE419C">
+            <w:pPr>
+              <w:pStyle w:val="bars24"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Work Email </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00924236">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2074" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="46B420CF" w14:textId="77777777" w:rsidR="00D94F6B" w:rsidRDefault="00D94F6B" w:rsidP="00FE419C">
+            <w:pPr>
+              <w:pStyle w:val="texthang"/>
+              <w:ind w:left="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1256" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="075B8E2D" w14:textId="77777777" w:rsidR="00D94F6B" w:rsidRDefault="00D94F6B" w:rsidP="00FE419C">
+            <w:pPr>
+              <w:pStyle w:val="texthang"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A531F0" w:rsidRPr="00073C49" w14:paraId="71B5D3C6" w14:textId="77777777" w:rsidTr="00740B82">
+        <w:trPr>
+          <w:trHeight w:val="259"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="246812D1" w14:textId="77777777" w:rsidR="00A531F0" w:rsidRPr="00316CB0" w:rsidRDefault="00A531F0" w:rsidP="00A531F0">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="15FF892F" w14:textId="77777777" w:rsidR="00A531F0" w:rsidRDefault="00A531F0" w:rsidP="00A531F0">
+            <w:pPr>
+              <w:pStyle w:val="texthang"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="0"/>
+                <w:tab w:val="clear" w:pos="360"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -1144,66 +3025,517 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2A57D50B" w14:textId="3C365D8B" w:rsidR="00C12872" w:rsidRPr="00CB5D45" w:rsidRDefault="00C12872" w:rsidP="00C12872">
+          <w:p w14:paraId="47A6A249" w14:textId="28841F43" w:rsidR="00A531F0" w:rsidRDefault="00A531F0" w:rsidP="00A531F0">
             <w:pPr>
               <w:pStyle w:val="bars24"/>
+              <w:ind w:left="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Sec. Treat</w:t>
+            </w:r>
+            <w:r w:rsidR="0005220C">
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Operator Full Name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="0551FE00" w14:textId="77777777" w:rsidR="00A531F0" w:rsidRDefault="00A531F0" w:rsidP="00A531F0">
+            <w:pPr>
+              <w:pStyle w:val="texthang"/>
+            </w:pPr>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text16"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5EAC9380" w14:textId="3589FD86" w:rsidR="00A531F0" w:rsidRDefault="00A531F0" w:rsidP="00A531F0">
+            <w:pPr>
+              <w:pStyle w:val="bars24"/>
             </w:pPr>
             <w:r>
               <w:t>Position/Title</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2250" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="49C51287" w14:textId="11101FDF" w:rsidR="00C243B9" w:rsidRDefault="008D7BF0" w:rsidP="008E073D">
+            <w:tcW w:w="2074" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="09CFC803" w14:textId="77777777" w:rsidR="00A531F0" w:rsidRPr="00316CB0" w:rsidRDefault="00A531F0" w:rsidP="00A531F0">
             <w:pPr>
               <w:pStyle w:val="texthang"/>
+            </w:pPr>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text17"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DA36C32" w14:textId="0338D5C3" w:rsidR="00A531F0" w:rsidRDefault="00A531F0" w:rsidP="00A531F0">
+            <w:pPr>
+              <w:pStyle w:val="bars24"/>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>License # &amp;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> Grade</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1256" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="366D55EF" w14:textId="77777777" w:rsidR="00A531F0" w:rsidRDefault="00A531F0" w:rsidP="00A531F0">
+            <w:pPr>
+              <w:pStyle w:val="texthang"/>
+            </w:pPr>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text18"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="217A73B6" w14:textId="1B867F3B" w:rsidR="00A531F0" w:rsidRDefault="00A531F0" w:rsidP="00A531F0">
+            <w:pPr>
+              <w:pStyle w:val="bars24"/>
+            </w:pPr>
+            <w:r>
+              <w:t>OIT/Full</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A531F0" w:rsidRPr="00073C49" w14:paraId="2EFA5B7E" w14:textId="77777777" w:rsidTr="00740B82">
+        <w:trPr>
+          <w:trHeight w:val="259"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44082D5E" w14:textId="77777777" w:rsidR="00A531F0" w:rsidRPr="00316CB0" w:rsidRDefault="00A531F0" w:rsidP="00A531F0">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="11CBB6E7" w14:textId="77777777" w:rsidR="00A531F0" w:rsidRDefault="00A531F0" w:rsidP="00A531F0">
+            <w:pPr>
+              <w:pStyle w:val="texthang"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="0"/>
+                <w:tab w:val="clear" w:pos="360"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+            </w:pPr>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text19"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08C15401" w14:textId="4F3485CC" w:rsidR="00A531F0" w:rsidRDefault="00A531F0" w:rsidP="00A531F0">
+            <w:pPr>
+              <w:pStyle w:val="bars24"/>
+              <w:ind w:left="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Work Phone </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00924236">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CFDC0B2" w14:textId="77777777" w:rsidR="00A531F0" w:rsidRDefault="00A531F0" w:rsidP="00A531F0">
+            <w:pPr>
+              <w:pStyle w:val="texthang"/>
+            </w:pPr>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text20"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BC07091" w14:textId="1DD6417C" w:rsidR="00A531F0" w:rsidRDefault="00A531F0" w:rsidP="00A531F0">
+            <w:pPr>
+              <w:pStyle w:val="bars24"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Work Email </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00924236">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2074" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="20AB7273" w14:textId="77777777" w:rsidR="00A531F0" w:rsidRDefault="00A531F0" w:rsidP="00A531F0">
+            <w:pPr>
+              <w:pStyle w:val="texthang"/>
+              <w:ind w:left="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1256" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C525E59" w14:textId="77777777" w:rsidR="00A531F0" w:rsidRDefault="00A531F0" w:rsidP="00A531F0">
+            <w:pPr>
+              <w:pStyle w:val="texthang"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00740B82" w:rsidRPr="00073C49" w14:paraId="7AF993E4" w14:textId="77777777" w:rsidTr="00740B82">
+        <w:trPr>
+          <w:trHeight w:val="259"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58FD8BC8" w14:textId="77777777" w:rsidR="00740B82" w:rsidRPr="00316CB0" w:rsidRDefault="00740B82" w:rsidP="00740B82">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0D018058" w14:textId="77777777" w:rsidR="00740B82" w:rsidRDefault="00740B82" w:rsidP="00740B82">
+            <w:pPr>
+              <w:pStyle w:val="texthang"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="0"/>
+                <w:tab w:val="clear" w:pos="360"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -1211,66 +3543,517 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0694D659" w14:textId="3FDE6E4E" w:rsidR="008E073D" w:rsidRPr="00CB5D45" w:rsidRDefault="008E073D" w:rsidP="008E073D">
+          <w:p w14:paraId="11E86415" w14:textId="37C59EA2" w:rsidR="00740B82" w:rsidRDefault="00740B82" w:rsidP="00740B82">
             <w:pPr>
               <w:pStyle w:val="bars24"/>
-            </w:pPr>
-[...9 lines deleted...]
-          <w:p w14:paraId="49AD55BD" w14:textId="5FE72EF9" w:rsidR="00C243B9" w:rsidRDefault="009D3DF7" w:rsidP="008E073D">
+              <w:ind w:left="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Sec. Treat</w:t>
+            </w:r>
+            <w:r w:rsidR="0005220C">
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Operator Full Name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2009B9E0" w14:textId="77777777" w:rsidR="00740B82" w:rsidRDefault="00740B82" w:rsidP="00740B82">
             <w:pPr>
               <w:pStyle w:val="texthang"/>
+            </w:pPr>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text16"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B5426BD" w14:textId="302C9CC5" w:rsidR="00740B82" w:rsidRDefault="00740B82" w:rsidP="00740B82">
+            <w:pPr>
+              <w:pStyle w:val="bars24"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Position/Title</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2074" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A86F59A" w14:textId="77777777" w:rsidR="00740B82" w:rsidRPr="00316CB0" w:rsidRDefault="00740B82" w:rsidP="00740B82">
+            <w:pPr>
+              <w:pStyle w:val="texthang"/>
+            </w:pPr>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text17"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="065EE17A" w14:textId="6688EC16" w:rsidR="00740B82" w:rsidRDefault="00740B82" w:rsidP="00740B82">
+            <w:pPr>
+              <w:pStyle w:val="bars24"/>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>License # &amp;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> Grade</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1256" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DD5EB59" w14:textId="77777777" w:rsidR="00740B82" w:rsidRDefault="00740B82" w:rsidP="00740B82">
+            <w:pPr>
+              <w:pStyle w:val="texthang"/>
+            </w:pPr>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text18"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00FCBD5F" w14:textId="02B289A1" w:rsidR="00740B82" w:rsidRDefault="00740B82" w:rsidP="00740B82">
+            <w:pPr>
+              <w:pStyle w:val="bars24"/>
+            </w:pPr>
+            <w:r>
+              <w:t>OIT/Full</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00740B82" w:rsidRPr="00073C49" w14:paraId="64617FC5" w14:textId="77777777" w:rsidTr="00740B82">
+        <w:trPr>
+          <w:trHeight w:val="259"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39BCE10F" w14:textId="77777777" w:rsidR="00740B82" w:rsidRPr="00316CB0" w:rsidRDefault="00740B82" w:rsidP="00740B82">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1656A63B" w14:textId="77777777" w:rsidR="00740B82" w:rsidRDefault="00740B82" w:rsidP="00740B82">
+            <w:pPr>
+              <w:pStyle w:val="texthang"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="0"/>
+                <w:tab w:val="clear" w:pos="360"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+            </w:pPr>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text19"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E12BE77" w14:textId="1533D684" w:rsidR="00740B82" w:rsidRDefault="00740B82" w:rsidP="00740B82">
+            <w:pPr>
+              <w:pStyle w:val="bars24"/>
+              <w:ind w:left="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Work Phone </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00924236">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="00B94F76" w14:textId="77777777" w:rsidR="00740B82" w:rsidRDefault="00740B82" w:rsidP="00740B82">
+            <w:pPr>
+              <w:pStyle w:val="texthang"/>
+            </w:pPr>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text20"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50218FAE" w14:textId="602A1C9C" w:rsidR="00740B82" w:rsidRDefault="00740B82" w:rsidP="00740B82">
+            <w:pPr>
+              <w:pStyle w:val="bars24"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Work Email </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00924236">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2074" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3291E5BF" w14:textId="77777777" w:rsidR="00740B82" w:rsidRDefault="00740B82" w:rsidP="00740B82">
+            <w:pPr>
+              <w:pStyle w:val="texthang"/>
+              <w:ind w:left="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1256" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22279A91" w14:textId="77777777" w:rsidR="00740B82" w:rsidRDefault="00740B82" w:rsidP="00740B82">
+            <w:pPr>
+              <w:pStyle w:val="texthang"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00740B82" w:rsidRPr="00073C49" w14:paraId="6666AFD2" w14:textId="77777777" w:rsidTr="00740B82">
+        <w:trPr>
+          <w:trHeight w:val="259"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3393D5CF" w14:textId="77777777" w:rsidR="00740B82" w:rsidRPr="00316CB0" w:rsidRDefault="00740B82" w:rsidP="00740B82">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="301F17D0" w14:textId="77777777" w:rsidR="00740B82" w:rsidRDefault="00740B82" w:rsidP="00740B82">
+            <w:pPr>
+              <w:pStyle w:val="texthang"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="0"/>
+                <w:tab w:val="clear" w:pos="360"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -1278,3526 +4061,591 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="16EFD586" w14:textId="07AA20A2" w:rsidR="008E073D" w:rsidRPr="00CB5D45" w:rsidRDefault="008E073D" w:rsidP="008E073D">
+          <w:p w14:paraId="497E260A" w14:textId="336381D2" w:rsidR="00740B82" w:rsidRDefault="00740B82" w:rsidP="00740B82">
             <w:pPr>
               <w:pStyle w:val="bars24"/>
-            </w:pPr>
-[...32 lines deleted...]
-          <w:p w14:paraId="53ACD711" w14:textId="36704A10" w:rsidR="003A24BC" w:rsidRDefault="00AC05C0" w:rsidP="00D900E5">
+              <w:ind w:left="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Sec. Treat</w:t>
+            </w:r>
+            <w:r w:rsidR="0005220C">
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Operator Full Name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6542635C" w14:textId="77777777" w:rsidR="00740B82" w:rsidRDefault="00740B82" w:rsidP="00740B82">
             <w:pPr>
               <w:pStyle w:val="texthang"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Text16"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="28C393F9" w14:textId="74052C9B" w:rsidR="003A24BC" w:rsidRDefault="003224C3" w:rsidP="00D900E5">
+          <w:p w14:paraId="07861E2F" w14:textId="3EEAABB8" w:rsidR="00740B82" w:rsidRDefault="00740B82" w:rsidP="00740B82">
             <w:pPr>
               <w:pStyle w:val="bars24"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Sec. </w:t>
-[...11 lines deleted...]
-            <w:tcW w:w="2880" w:type="dxa"/>
+              <w:t>Position/Title</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2074" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="72108767" w14:textId="65B66ED6" w:rsidR="003A24BC" w:rsidRDefault="008D7BF0" w:rsidP="00D900E5">
+          <w:p w14:paraId="4BCA8FE1" w14:textId="77777777" w:rsidR="00740B82" w:rsidRPr="00316CB0" w:rsidRDefault="00740B82" w:rsidP="00740B82">
             <w:pPr>
               <w:pStyle w:val="texthang"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Text17"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7F277359" w14:textId="13C4C4AF" w:rsidR="003A24BC" w:rsidRPr="00CB5D45" w:rsidRDefault="003A24BC" w:rsidP="00D900E5">
+          <w:p w14:paraId="3F40AEAA" w14:textId="34FE8301" w:rsidR="00740B82" w:rsidRDefault="00740B82" w:rsidP="00740B82">
             <w:pPr>
               <w:pStyle w:val="bars24"/>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-          <w:p w14:paraId="27812421" w14:textId="5C30C8FC" w:rsidR="003A24BC" w:rsidRDefault="008D7BF0" w:rsidP="00D900E5">
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>License # &amp;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> Grade</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1256" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22F49628" w14:textId="77777777" w:rsidR="00740B82" w:rsidRDefault="00740B82" w:rsidP="00740B82">
             <w:pPr>
               <w:pStyle w:val="texthang"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Text18"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2053D723" w14:textId="47A0C9BA" w:rsidR="003A24BC" w:rsidRPr="00CB5D45" w:rsidRDefault="003A24BC" w:rsidP="00D900E5">
+          <w:p w14:paraId="2F799570" w14:textId="1C313960" w:rsidR="00740B82" w:rsidRDefault="00740B82" w:rsidP="00740B82">
             <w:pPr>
               <w:pStyle w:val="bars24"/>
             </w:pPr>
             <w:r>
-              <w:t>License # &amp; Grade</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="4B7128B0" w14:textId="6DEA4FD9" w:rsidR="003A24BC" w:rsidRDefault="009D3DF7" w:rsidP="00D900E5">
+              <w:t>OIT/Full</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00740B82" w:rsidRPr="00073C49" w14:paraId="641F0F28" w14:textId="77777777" w:rsidTr="00740B82">
+        <w:trPr>
+          <w:trHeight w:val="259"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="618B67CE" w14:textId="77777777" w:rsidR="00740B82" w:rsidRPr="00316CB0" w:rsidRDefault="00740B82" w:rsidP="00740B82">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2772DE3C" w14:textId="77777777" w:rsidR="00740B82" w:rsidRDefault="00740B82" w:rsidP="00740B82">
             <w:pPr>
               <w:pStyle w:val="texthang"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="0"/>
+                <w:tab w:val="clear" w:pos="360"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Text19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4F32D302" w14:textId="6EE93DD4" w:rsidR="003A24BC" w:rsidRPr="00CB5D45" w:rsidRDefault="003A24BC" w:rsidP="00D900E5">
+          <w:p w14:paraId="3C1A39DB" w14:textId="7CC46CC6" w:rsidR="00740B82" w:rsidRDefault="00740B82" w:rsidP="00740B82">
             <w:pPr>
               <w:pStyle w:val="bars24"/>
-            </w:pPr>
-[...20 lines deleted...]
-              <w:jc w:val="right"/>
+              <w:ind w:left="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Work Phone </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00924236">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...7 lines deleted...]
-          <w:p w14:paraId="26B3292F" w14:textId="1A75FB27" w:rsidR="003A24BC" w:rsidRDefault="00AC05C0" w:rsidP="00D900E5">
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="168DE4FD" w14:textId="77777777" w:rsidR="00740B82" w:rsidRDefault="00740B82" w:rsidP="00740B82">
             <w:pPr>
               <w:pStyle w:val="texthang"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Text20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="423FC3EB" w14:textId="682E3E32" w:rsidR="003A24BC" w:rsidRDefault="003224C3" w:rsidP="00D900E5">
+          <w:p w14:paraId="552A4F3D" w14:textId="5C967787" w:rsidR="00740B82" w:rsidRDefault="00740B82" w:rsidP="00740B82">
             <w:pPr>
               <w:pStyle w:val="bars24"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Sec. </w:t>
-[...226 lines deleted...]
-              <w:jc w:val="right"/>
+              <w:t xml:space="preserve">Work Email </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00924236">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...78 lines deleted...]
-            <w:tcW w:w="2880" w:type="dxa"/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2074" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="6C09976C" w14:textId="3D9D1EBF" w:rsidR="003A24BC" w:rsidRDefault="008D7BF0" w:rsidP="00D900E5">
-[...2612 lines deleted...]
-          <w:p w14:paraId="3635E39E" w14:textId="3BBC864D" w:rsidR="00101973" w:rsidRDefault="005F53CB" w:rsidP="005F53CB">
+          <w:p w14:paraId="532EB857" w14:textId="77777777" w:rsidR="00740B82" w:rsidRDefault="00740B82" w:rsidP="00740B82">
             <w:pPr>
               <w:pStyle w:val="texthang"/>
               <w:ind w:left="0"/>
-              <w:jc w:val="right"/>
-[...30 lines deleted...]
-            </w:r>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1256" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4262D200" w14:textId="77777777" w:rsidR="00740B82" w:rsidRDefault="00740B82" w:rsidP="00740B82">
+            <w:pPr>
+              <w:pStyle w:val="texthang"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="0"/>
-      <w:bookmarkEnd w:id="1"/>
     </w:tbl>
-    <w:p w14:paraId="2401B4FD" w14:textId="77777777" w:rsidR="00C00547" w:rsidRDefault="00C00547">
-[...8 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId13"/>
+    <w:p w14:paraId="2CF096B4" w14:textId="77777777" w:rsidR="00C00547" w:rsidRPr="00CC5925" w:rsidRDefault="00C00547" w:rsidP="00740B82"/>
+    <w:sectPr w:rsidR="00C00547" w:rsidRPr="00CC5925" w:rsidSect="007D5772">
+      <w:headerReference w:type="default" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="432" w:right="720" w:bottom="720" w:left="720" w:header="0" w:footer="536" w:gutter="0"/>
       <w:cols w:space="720"/>
+      <w:titlePg/>
+      <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="16CF5155" w14:textId="77777777" w:rsidR="00827FF1" w:rsidRDefault="00827FF1" w:rsidP="00CA7553">
+    <w:p w14:paraId="343612EB" w14:textId="77777777" w:rsidR="00026A7E" w:rsidRDefault="00026A7E" w:rsidP="00CA7553">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1F49CC38" w14:textId="77777777" w:rsidR="00827FF1" w:rsidRDefault="00827FF1" w:rsidP="00CA7553">
+    <w:p w14:paraId="72683F79" w14:textId="77777777" w:rsidR="00026A7E" w:rsidRDefault="00026A7E" w:rsidP="00CA7553">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="53E98FAB" w14:textId="77777777" w:rsidR="00827FF1" w:rsidRDefault="00827FF1"/>
+    <w:p w14:paraId="5D21865D" w14:textId="77777777" w:rsidR="00026A7E" w:rsidRDefault="00026A7E"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="CLI Helvetica Condensed LightOb">
     <w:altName w:val="Times New Roman"/>
-    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
-    <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="03000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
-      <w:gridCol w:w="8746"/>
-      <w:gridCol w:w="2054"/>
+      <w:gridCol w:w="8747"/>
+      <w:gridCol w:w="2053"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00CA7553" w14:paraId="33A2AA10" w14:textId="77777777" w:rsidTr="00252DC4">
+    <w:tr w:rsidR="00CA7553" w14:paraId="33A2AA10" w14:textId="77777777" w:rsidTr="00AB4297">
       <w:trPr>
         <w:cantSplit/>
         <w:trHeight w:val="270"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="11016" w:type="dxa"/>
           <w:gridSpan w:val="2"/>
         </w:tcPr>
         <w:p w14:paraId="33A2AA0F" w14:textId="2F2B91B2" w:rsidR="00CA7553" w:rsidRPr="00AF27D3" w:rsidRDefault="00CA7553" w:rsidP="003E3C1A">
           <w:pPr>
             <w:pStyle w:val="Heading3"/>
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00AF27D3">
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Submit to</w:t>
           </w:r>
           <w:r w:rsidR="00186EAB" w:rsidRPr="00AF27D3">
@@ -4805,504 +4653,768 @@
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t xml:space="preserve"> your MassDEP Regional Office: </w:t>
           </w:r>
           <w:hyperlink r:id="rId1" w:history="1">
             <w:r w:rsidR="0091763A" w:rsidRPr="00AF27D3">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>https://www.mass.gov/info-details/massdep-regional-offices-by-community</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidR="0091763A" w:rsidRPr="00AF27D3">
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="00CA7553" w14:paraId="33A2AA14" w14:textId="77777777" w:rsidTr="00252DC4">
+    <w:tr w:rsidR="00CA7553" w:rsidRPr="00792205" w14:paraId="33A2AA14" w14:textId="77777777" w:rsidTr="00AB4297">
       <w:trPr>
         <w:cantSplit/>
         <w:trHeight w:val="270"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="8928" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="33A2AA12" w14:textId="003C2935" w:rsidR="00CA7553" w:rsidRPr="00252DC4" w:rsidRDefault="00CA7553" w:rsidP="00252DC4">
+        <w:p w14:paraId="33A2AA12" w14:textId="2AE3BE12" w:rsidR="00CA7553" w:rsidRPr="00AB4297" w:rsidRDefault="00CA7553" w:rsidP="00AB4297">
           <w:pPr>
             <w:pStyle w:val="Heading3"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="008F44A4">
+          <w:r w:rsidRPr="00792205">
             <w:rPr>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t xml:space="preserve">Filename: </w:t>
           </w:r>
-          <w:r w:rsidR="00CD4C56">
+          <w:r w:rsidR="00465F6A">
             <w:rPr>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
-            <w:t>STAFF-PLAN-TP-ATTACH-1</w:t>
+            <w:t>STAFF-PLAN-TP</w:t>
           </w:r>
-          <w:r w:rsidR="008F44A4">
+          <w:r w:rsidR="00FE419C">
+            <w:rPr>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>-ATTACH-1</w:t>
+          </w:r>
+          <w:r w:rsidR="00465F6A">
             <w:rPr>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>.docx</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2088" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="33A2AA13" w14:textId="77777777" w:rsidR="00CA7553" w:rsidRPr="008F44A4" w:rsidRDefault="00CA7553">
+        <w:p w14:paraId="33A2AA13" w14:textId="77777777" w:rsidR="00CA7553" w:rsidRPr="00792205" w:rsidRDefault="00CA7553">
           <w:pPr>
             <w:pStyle w:val="Heading3"/>
             <w:jc w:val="right"/>
             <w:rPr>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="008F44A4">
+          <w:r w:rsidRPr="00792205">
             <w:rPr>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t xml:space="preserve">Page </w:t>
           </w:r>
-          <w:r w:rsidR="00276815" w:rsidRPr="008F44A4">
+          <w:r w:rsidR="00276815" w:rsidRPr="00792205">
             <w:rPr>
               <w:rStyle w:val="PageNumber"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r w:rsidRPr="008F44A4">
+          <w:r w:rsidRPr="00792205">
             <w:rPr>
               <w:rStyle w:val="PageNumber"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> PAGE </w:instrText>
           </w:r>
-          <w:r w:rsidR="00276815" w:rsidRPr="008F44A4">
+          <w:r w:rsidR="00276815" w:rsidRPr="00792205">
             <w:rPr>
               <w:rStyle w:val="PageNumber"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="00986A84" w:rsidRPr="008F44A4">
+          <w:r w:rsidR="00986A84" w:rsidRPr="00792205">
             <w:rPr>
               <w:rStyle w:val="PageNumber"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:noProof/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>2</w:t>
           </w:r>
-          <w:r w:rsidR="00276815" w:rsidRPr="008F44A4">
+          <w:r w:rsidR="00276815" w:rsidRPr="00792205">
             <w:rPr>
               <w:rStyle w:val="PageNumber"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
-          <w:r w:rsidRPr="008F44A4">
+          <w:r w:rsidRPr="00792205">
             <w:rPr>
               <w:rStyle w:val="PageNumber"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t xml:space="preserve"> of </w:t>
           </w:r>
-          <w:r w:rsidR="00276815" w:rsidRPr="008F44A4">
+          <w:r w:rsidR="00276815" w:rsidRPr="00792205">
             <w:rPr>
               <w:rStyle w:val="PageNumber"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r w:rsidRPr="008F44A4">
+          <w:r w:rsidRPr="00792205">
             <w:rPr>
               <w:rStyle w:val="PageNumber"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> NUMPAGES </w:instrText>
           </w:r>
-          <w:r w:rsidR="00276815" w:rsidRPr="008F44A4">
+          <w:r w:rsidR="00276815" w:rsidRPr="00792205">
             <w:rPr>
               <w:rStyle w:val="PageNumber"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="00986A84" w:rsidRPr="008F44A4">
+          <w:r w:rsidR="00986A84" w:rsidRPr="00792205">
             <w:rPr>
               <w:rStyle w:val="PageNumber"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:noProof/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>2</w:t>
           </w:r>
-          <w:r w:rsidR="00276815" w:rsidRPr="008F44A4">
+          <w:r w:rsidR="00276815" w:rsidRPr="00792205">
             <w:rPr>
               <w:rStyle w:val="PageNumber"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="33A2AA15" w14:textId="77777777" w:rsidR="00CA7553" w:rsidRDefault="00CA7553">
     <w:pPr>
       <w:pStyle w:val="Heading3"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
-      <w:gridCol w:w="8744"/>
-      <w:gridCol w:w="2056"/>
+      <w:gridCol w:w="8747"/>
+      <w:gridCol w:w="2053"/>
     </w:tblGrid>
-    <w:tr w:rsidR="009D78C0" w14:paraId="2FAFFC5E" w14:textId="77777777" w:rsidTr="00F901F9">
+    <w:tr w:rsidR="009D78C0" w14:paraId="2FAFFC5E" w14:textId="77777777" w:rsidTr="00AB4297">
       <w:trPr>
         <w:cantSplit/>
-        <w:trHeight w:val="358"/>
+        <w:trHeight w:val="270"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="11016" w:type="dxa"/>
           <w:gridSpan w:val="2"/>
         </w:tcPr>
         <w:p w14:paraId="56059849" w14:textId="77777777" w:rsidR="009D78C0" w:rsidRPr="00AF27D3" w:rsidRDefault="009D78C0" w:rsidP="009D78C0">
           <w:pPr>
             <w:pStyle w:val="Heading3"/>
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00AF27D3">
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t xml:space="preserve">Submit to your MassDEP Regional Office: </w:t>
           </w:r>
           <w:hyperlink r:id="rId1" w:history="1">
             <w:r w:rsidRPr="00AF27D3">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>https://www.mass.gov/info-details/massdep-regional-offices-by-community</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidRPr="00AF27D3">
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="009D78C0" w14:paraId="60721938" w14:textId="77777777" w:rsidTr="00F901F9">
+    <w:tr w:rsidR="009D78C0" w:rsidRPr="00792205" w14:paraId="60721938" w14:textId="77777777" w:rsidTr="00AB4297">
       <w:trPr>
         <w:cantSplit/>
-        <w:trHeight w:val="490"/>
+        <w:trHeight w:val="180"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="8928" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="0D716DD4" w14:textId="77777777" w:rsidR="009D78C0" w:rsidRDefault="009D78C0" w:rsidP="009D78C0">
+        <w:p w14:paraId="538F2306" w14:textId="439A3FD4" w:rsidR="009D78C0" w:rsidRPr="00AB4297" w:rsidRDefault="009D78C0" w:rsidP="00AB4297">
           <w:pPr>
             <w:pStyle w:val="Heading3"/>
             <w:jc w:val="left"/>
             <w:rPr>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
-          <w:r>
+          <w:r w:rsidRPr="00792205">
             <w:rPr>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t xml:space="preserve">Filename: </w:t>
           </w:r>
-          <w:r w:rsidR="00D6030D">
-            <w:fldChar w:fldCharType="begin"/>
+          <w:r w:rsidR="00465F6A">
+            <w:rPr>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>STAFF-PLAN-TP</w:t>
           </w:r>
-          <w:r w:rsidR="00D6030D">
-            <w:instrText xml:space="preserve"> FILENAME  \* MERGEFORMAT </w:instrText>
+          <w:r w:rsidR="00740B82">
+            <w:rPr>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>-ATTACH-1</w:t>
           </w:r>
-          <w:r w:rsidR="00D6030D">
-[...2 lines deleted...]
-          <w:r w:rsidRPr="00986A84">
+          <w:r w:rsidR="00792205">
             <w:rPr>
-              <w:noProof/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
-            <w:t>PWS Staffing Plan Form - ver 2.0</w:t>
-[...11 lines deleted...]
-            <w:t>Rev. 4/2024</w:t>
+            <w:t>.docx</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2088" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="353F822F" w14:textId="77777777" w:rsidR="009D78C0" w:rsidRDefault="009D78C0" w:rsidP="009D78C0">
+        <w:p w14:paraId="353F822F" w14:textId="77777777" w:rsidR="009D78C0" w:rsidRPr="00792205" w:rsidRDefault="009D78C0" w:rsidP="009D78C0">
           <w:pPr>
             <w:pStyle w:val="Heading3"/>
             <w:jc w:val="right"/>
+            <w:rPr>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
           </w:pPr>
-          <w:r>
+          <w:r w:rsidRPr="00792205">
+            <w:rPr>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
             <w:t xml:space="preserve">Page </w:t>
           </w:r>
-          <w:r>
+          <w:r w:rsidRPr="00792205">
             <w:rPr>
               <w:rStyle w:val="PageNumber"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r>
+          <w:r w:rsidRPr="00792205">
             <w:rPr>
               <w:rStyle w:val="PageNumber"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> PAGE </w:instrText>
           </w:r>
-          <w:r>
+          <w:r w:rsidRPr="00792205">
             <w:rPr>
               <w:rStyle w:val="PageNumber"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r>
+          <w:r w:rsidRPr="00792205">
             <w:rPr>
               <w:rStyle w:val="PageNumber"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:noProof/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>2</w:t>
           </w:r>
-          <w:r>
+          <w:r w:rsidRPr="00792205">
             <w:rPr>
               <w:rStyle w:val="PageNumber"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
-          <w:r>
+          <w:r w:rsidRPr="00792205">
             <w:rPr>
               <w:rStyle w:val="PageNumber"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t xml:space="preserve"> of </w:t>
           </w:r>
-          <w:r>
+          <w:r w:rsidRPr="00792205">
             <w:rPr>
               <w:rStyle w:val="PageNumber"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r>
+          <w:r w:rsidRPr="00792205">
             <w:rPr>
               <w:rStyle w:val="PageNumber"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> NUMPAGES </w:instrText>
           </w:r>
-          <w:r>
+          <w:r w:rsidRPr="00792205">
             <w:rPr>
               <w:rStyle w:val="PageNumber"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r>
+          <w:r w:rsidRPr="00792205">
             <w:rPr>
               <w:rStyle w:val="PageNumber"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:noProof/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>2</w:t>
           </w:r>
-          <w:r>
+          <w:r w:rsidRPr="00792205">
             <w:rPr>
               <w:rStyle w:val="PageNumber"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="6557C7E1" w14:textId="77777777" w:rsidR="009D78C0" w:rsidRDefault="009D78C0" w:rsidP="009D78C0">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="27C10099" w14:textId="77777777" w:rsidR="00827FF1" w:rsidRDefault="00827FF1" w:rsidP="00CA7553">
+    <w:p w14:paraId="3FA93609" w14:textId="77777777" w:rsidR="00026A7E" w:rsidRDefault="00026A7E" w:rsidP="00CA7553">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="775AEC7E" w14:textId="77777777" w:rsidR="00827FF1" w:rsidRDefault="00827FF1" w:rsidP="00CA7553">
+    <w:p w14:paraId="3EB88302" w14:textId="77777777" w:rsidR="00026A7E" w:rsidRDefault="00026A7E" w:rsidP="00CA7553">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1C228DB1" w14:textId="77777777" w:rsidR="00827FF1" w:rsidRDefault="00827FF1"/>
+    <w:p w14:paraId="143AB6D9" w14:textId="77777777" w:rsidR="00026A7E" w:rsidRDefault="00026A7E"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="02B399C3" w14:textId="77777777" w:rsidR="00665E64" w:rsidRDefault="00665E64">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+  <w:tbl>
+    <w:tblPr>
+      <w:tblStyle w:val="TableGrid"/>
+      <w:tblW w:w="0" w:type="auto"/>
+      <w:tblBorders>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="1231"/>
+      <w:gridCol w:w="5641"/>
+      <w:gridCol w:w="3928"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="004D427A" w14:paraId="2DF220F7" w14:textId="77777777" w:rsidTr="00534BEE">
+      <w:trPr>
+        <w:trHeight w:val="450"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1231" w:type="dxa"/>
+          <w:vMerge w:val="restart"/>
+          <w:tcMar>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tcMar>
+        </w:tcPr>
+        <w:p w14:paraId="35FA3689" w14:textId="77777777" w:rsidR="004D427A" w:rsidRDefault="004D427A" w:rsidP="004D427A">
+          <w:r>
+            <w:rPr>
+              <w:b/>
+              <w:noProof/>
+              <w:sz w:val="24"/>
+            </w:rPr>
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2A986049" wp14:editId="32B29E85">
+                <wp:extent cx="714375" cy="714375"/>
+                <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
+                <wp:docPr id="2080490008" name="Picture 2080490008" descr="small fact sheet logo"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:nvPicPr>
+                        <pic:cNvPr id="0" name="Picture 1" descr="small fact sheet logo"/>
+                        <pic:cNvPicPr>
+                          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                        </pic:cNvPicPr>
+                      </pic:nvPicPr>
+                      <pic:blipFill>
+                        <a:blip r:embed="rId1" cstate="print">
+                          <a:extLst>
+                            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                            </a:ext>
+                          </a:extLst>
+                        </a:blip>
+                        <a:srcRect/>
+                        <a:stretch>
+                          <a:fillRect/>
+                        </a:stretch>
+                      </pic:blipFill>
+                      <pic:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="714375" cy="714375"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                      </pic:spPr>
+                    </pic:pic>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="5641" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="5B0B0839" w14:textId="77777777" w:rsidR="004D427A" w:rsidRPr="007F37EF" w:rsidRDefault="004D427A" w:rsidP="004D427A">
+          <w:pPr>
+            <w:pStyle w:val="Header-Agency"/>
+          </w:pPr>
+          <w:r w:rsidRPr="007F37EF">
+            <w:t>Massachusetts Department of Environmental Protection</w:t>
+          </w:r>
+        </w:p>
+        <w:p w14:paraId="51476678" w14:textId="77777777" w:rsidR="004D427A" w:rsidRDefault="004D427A" w:rsidP="004D427A">
+          <w:pPr>
+            <w:pStyle w:val="Header-BureauProgram"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00D46544">
+            <w:t>Bureau of Water Resources - Drinking Water Program</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3928" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="3B32FBC9" w14:textId="0D80BB74" w:rsidR="004D427A" w:rsidRDefault="004D427A" w:rsidP="004D427A">
+          <w:pPr>
+            <w:jc w:val="right"/>
+          </w:pPr>
+          <w:r>
+            <w:t xml:space="preserve">Form: </w:t>
+          </w:r>
+          <w:r w:rsidRPr="009D78C0">
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+            </w:rPr>
+            <w:t>STAFF-PLAN</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+            </w:rPr>
+            <w:t>-TP</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+    <w:tr w:rsidR="004D427A" w14:paraId="38C2F75C" w14:textId="77777777" w:rsidTr="00534BEE">
+      <w:trPr>
+        <w:trHeight w:val="927"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1231" w:type="dxa"/>
+          <w:vMerge/>
+          <w:tcMar>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tcMar>
+        </w:tcPr>
+        <w:p w14:paraId="3CE7807E" w14:textId="77777777" w:rsidR="004D427A" w:rsidRDefault="004D427A" w:rsidP="004D427A">
+          <w:pPr>
+            <w:rPr>
+              <w:b/>
+              <w:noProof/>
+              <w:sz w:val="24"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="9569" w:type="dxa"/>
+          <w:gridSpan w:val="2"/>
+        </w:tcPr>
+        <w:p w14:paraId="0C9556FB" w14:textId="77777777" w:rsidR="00CE5915" w:rsidRDefault="004D427A" w:rsidP="004D427A">
+          <w:pPr>
+            <w:pStyle w:val="Header-FormName"/>
+          </w:pPr>
+          <w:r w:rsidRPr="008428E0">
+            <w:t>Public Water System Staffing and Comprehensive Operations Plan</w:t>
+          </w:r>
+        </w:p>
+        <w:p w14:paraId="183936AC" w14:textId="3E478AF0" w:rsidR="004D427A" w:rsidRDefault="00CE5915" w:rsidP="00CE5915">
+          <w:pPr>
+            <w:pStyle w:val="Header-FormSubName"/>
+          </w:pPr>
+          <w:r>
+            <w:t>Treatment Plant Staffing</w:t>
+          </w:r>
+          <w:r w:rsidR="004D427A" w:rsidRPr="008428E0">
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+        <w:p w14:paraId="65F3103E" w14:textId="77777777" w:rsidR="004D427A" w:rsidRPr="008428E0" w:rsidRDefault="004D427A" w:rsidP="004D427A">
+          <w:pPr>
+            <w:pStyle w:val="Header-FormNameSubheading"/>
+          </w:pPr>
+          <w:r w:rsidRPr="008428E0">
+            <w:t>310 CMR 22.11B Public Water Systems Certified Operator Staffing Requirements</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w14:paraId="5869A05E" w14:textId="65BD52AC" w:rsidR="00665E64" w:rsidRDefault="00665E64" w:rsidP="004D427A">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF81"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="00000000"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="1440"/>
+          <w:tab w:val="num" w:pos="1350"/>
         </w:tabs>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1350" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="000F0409"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -5375,50 +5487,139 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1D9C16A2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BF080CE8"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="578" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1298" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2018" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2738" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3458" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4178" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4898" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5618" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6338" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3BAA2E3E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="35069594"/>
     <w:lvl w:ilvl="0" w:tplc="DA5A4854">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="404" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1124" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -5463,51 +5664,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4724" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5444" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6164" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="44CB6EBC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6212CB88"/>
     <w:lvl w:ilvl="0" w:tplc="04090015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -5552,71 +5753,160 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4CD13026"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BDB0BF78"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="56F425B3"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="0409000F"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="6"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="68566BBA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="56D8FE40"/>
     <w:lvl w:ilvl="0" w:tplc="04090015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -5661,62 +5951,62 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6EAC1958"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="89F64076"/>
-    <w:lvl w:ilvl="0" w:tplc="D390DE0C">
+    <w:tmpl w:val="A61E3982"/>
+    <w:lvl w:ilvl="0" w:tplc="6F662772">
       <w:start w:val="6"/>
       <w:numFmt w:val="upperLetter"/>
       <w:pStyle w:val="SectionHeader"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="810" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
@@ -5751,51 +6041,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="785762AA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5028A8BA"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -5847,447 +6137,641 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="19203566">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1767144180">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="231505780">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1032076471">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="2061005512">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1032076471">
-[...4 lines deleted...]
-  </w:num>
   <w:num w:numId="6" w16cid:durableId="1898320836">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="2133666709">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="652373550">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1719402936">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1719402936">
+  <w:num w:numId="10" w16cid:durableId="285041666">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="365831562">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedTrueTypeFonts/>
   <w:saveSubsetFonts/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="8" w:dllVersion="513" w:checkStyle="1"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="cCUFdrimaO6HXcMn1h6okc7J1VaFJdBAT15tMei1m1pB+5iCEjIKnpBO13awMb/ojH8CRElGOZUutvMTv/up+w==" w:salt="nPiSry45/PHfHaS1ZCYscQ=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="0JUz0qElEwyopcknpybbewywuXWbWVZfMYvRTWau5EaKtRkMObghOD74R0pKuCklL2yCxriXvERwHUtxVFfedQ==" w:salt="RNtsWQQKwnvPkuhtlWD7hQ=="/>
   <w:defaultTabStop w:val="360"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00193087"/>
+    <w:rsid w:val="00002560"/>
+    <w:rsid w:val="00003C49"/>
+    <w:rsid w:val="00005B56"/>
+    <w:rsid w:val="00007E88"/>
     <w:rsid w:val="0001123D"/>
+    <w:rsid w:val="00011269"/>
     <w:rsid w:val="00011356"/>
+    <w:rsid w:val="000149F9"/>
     <w:rsid w:val="00015F5C"/>
+    <w:rsid w:val="000176B4"/>
+    <w:rsid w:val="00023836"/>
+    <w:rsid w:val="0002607F"/>
+    <w:rsid w:val="00026A7E"/>
+    <w:rsid w:val="00032441"/>
     <w:rsid w:val="00032DD2"/>
+    <w:rsid w:val="00033264"/>
+    <w:rsid w:val="00034E48"/>
+    <w:rsid w:val="000408FC"/>
     <w:rsid w:val="00041983"/>
     <w:rsid w:val="000507DA"/>
+    <w:rsid w:val="0005220C"/>
     <w:rsid w:val="00052905"/>
+    <w:rsid w:val="00054175"/>
     <w:rsid w:val="00055616"/>
-    <w:rsid w:val="00056E26"/>
+    <w:rsid w:val="0005767A"/>
     <w:rsid w:val="000715F1"/>
     <w:rsid w:val="00073C49"/>
-    <w:rsid w:val="0007519D"/>
+    <w:rsid w:val="00074849"/>
+    <w:rsid w:val="00076173"/>
     <w:rsid w:val="000923A4"/>
     <w:rsid w:val="00093018"/>
     <w:rsid w:val="000A2A86"/>
+    <w:rsid w:val="000A6EB1"/>
     <w:rsid w:val="000B754C"/>
     <w:rsid w:val="000C4F3C"/>
-    <w:rsid w:val="000D0CAD"/>
-    <w:rsid w:val="00101973"/>
+    <w:rsid w:val="000D5D5B"/>
+    <w:rsid w:val="000F204B"/>
     <w:rsid w:val="00115B55"/>
-    <w:rsid w:val="0012755B"/>
+    <w:rsid w:val="00120006"/>
     <w:rsid w:val="00127BAC"/>
     <w:rsid w:val="00132E4D"/>
     <w:rsid w:val="00140336"/>
+    <w:rsid w:val="00143F46"/>
     <w:rsid w:val="001515CF"/>
     <w:rsid w:val="0017302C"/>
     <w:rsid w:val="0017524D"/>
+    <w:rsid w:val="00181F4E"/>
     <w:rsid w:val="00186EAB"/>
     <w:rsid w:val="00193087"/>
+    <w:rsid w:val="001A3EE4"/>
     <w:rsid w:val="001B352C"/>
+    <w:rsid w:val="001C07EB"/>
     <w:rsid w:val="001C4AD7"/>
     <w:rsid w:val="001C4CBA"/>
     <w:rsid w:val="001C70E4"/>
-    <w:rsid w:val="001F607F"/>
+    <w:rsid w:val="001D552C"/>
     <w:rsid w:val="001F6FEB"/>
     <w:rsid w:val="002019EB"/>
+    <w:rsid w:val="00206567"/>
+    <w:rsid w:val="002122C6"/>
     <w:rsid w:val="0022008A"/>
     <w:rsid w:val="00226ABF"/>
-    <w:rsid w:val="00252DC4"/>
-    <w:rsid w:val="00253A10"/>
+    <w:rsid w:val="00246369"/>
     <w:rsid w:val="002603FF"/>
     <w:rsid w:val="00264EA4"/>
-    <w:rsid w:val="00276101"/>
+    <w:rsid w:val="002716AE"/>
+    <w:rsid w:val="00273824"/>
     <w:rsid w:val="00276815"/>
+    <w:rsid w:val="00276B52"/>
     <w:rsid w:val="00276E71"/>
+    <w:rsid w:val="00284870"/>
     <w:rsid w:val="0028789D"/>
     <w:rsid w:val="0029392B"/>
     <w:rsid w:val="00293FDB"/>
-    <w:rsid w:val="002A54D1"/>
+    <w:rsid w:val="00296CCA"/>
+    <w:rsid w:val="002A373F"/>
+    <w:rsid w:val="002A579A"/>
+    <w:rsid w:val="002B0EC7"/>
+    <w:rsid w:val="002B2121"/>
     <w:rsid w:val="002B439C"/>
+    <w:rsid w:val="002D3954"/>
     <w:rsid w:val="002D4C0D"/>
     <w:rsid w:val="002D61DB"/>
     <w:rsid w:val="002D7A11"/>
+    <w:rsid w:val="002E1ED0"/>
+    <w:rsid w:val="002E25C9"/>
+    <w:rsid w:val="002E29D0"/>
     <w:rsid w:val="002E52B0"/>
     <w:rsid w:val="002E66B6"/>
+    <w:rsid w:val="002F0843"/>
+    <w:rsid w:val="002F5306"/>
+    <w:rsid w:val="00306806"/>
+    <w:rsid w:val="00310413"/>
+    <w:rsid w:val="00312333"/>
+    <w:rsid w:val="00316CB0"/>
+    <w:rsid w:val="00321085"/>
     <w:rsid w:val="003217E3"/>
-    <w:rsid w:val="003224C3"/>
     <w:rsid w:val="00323834"/>
+    <w:rsid w:val="00333D71"/>
+    <w:rsid w:val="00343C12"/>
     <w:rsid w:val="00343FF9"/>
     <w:rsid w:val="00344A40"/>
     <w:rsid w:val="00355B7E"/>
     <w:rsid w:val="0036593C"/>
     <w:rsid w:val="00370D75"/>
+    <w:rsid w:val="003710E4"/>
     <w:rsid w:val="003738FF"/>
+    <w:rsid w:val="003768DA"/>
+    <w:rsid w:val="00380AD3"/>
+    <w:rsid w:val="003878A1"/>
     <w:rsid w:val="003A24BC"/>
-    <w:rsid w:val="003C7FDC"/>
+    <w:rsid w:val="003A30A9"/>
+    <w:rsid w:val="003C37A7"/>
     <w:rsid w:val="003D4DC6"/>
     <w:rsid w:val="003D7A42"/>
     <w:rsid w:val="003E3C1A"/>
     <w:rsid w:val="003F0D14"/>
     <w:rsid w:val="003F4FEA"/>
-    <w:rsid w:val="004011E7"/>
+    <w:rsid w:val="0040105D"/>
     <w:rsid w:val="00404B8E"/>
-    <w:rsid w:val="00412185"/>
+    <w:rsid w:val="00411F79"/>
+    <w:rsid w:val="0041275F"/>
+    <w:rsid w:val="00423246"/>
+    <w:rsid w:val="0043494D"/>
     <w:rsid w:val="00436499"/>
+    <w:rsid w:val="00436534"/>
     <w:rsid w:val="00437216"/>
     <w:rsid w:val="004525C3"/>
+    <w:rsid w:val="0045386F"/>
     <w:rsid w:val="00455A4A"/>
     <w:rsid w:val="00456E17"/>
+    <w:rsid w:val="00457D3E"/>
+    <w:rsid w:val="00465F6A"/>
+    <w:rsid w:val="004709F7"/>
     <w:rsid w:val="004746B9"/>
+    <w:rsid w:val="00474F61"/>
     <w:rsid w:val="00482A8F"/>
+    <w:rsid w:val="00484EE0"/>
     <w:rsid w:val="0048663D"/>
-    <w:rsid w:val="004A50BD"/>
+    <w:rsid w:val="004A4AB7"/>
+    <w:rsid w:val="004B5E5E"/>
+    <w:rsid w:val="004C7395"/>
     <w:rsid w:val="004C74B9"/>
+    <w:rsid w:val="004D1146"/>
     <w:rsid w:val="004D3509"/>
     <w:rsid w:val="004D3BC7"/>
+    <w:rsid w:val="004D427A"/>
+    <w:rsid w:val="004E61AB"/>
     <w:rsid w:val="004E62D4"/>
+    <w:rsid w:val="004F713E"/>
+    <w:rsid w:val="00505642"/>
+    <w:rsid w:val="0052113C"/>
     <w:rsid w:val="00522F08"/>
-    <w:rsid w:val="005317C5"/>
     <w:rsid w:val="00533C1F"/>
     <w:rsid w:val="005354CE"/>
     <w:rsid w:val="00562590"/>
+    <w:rsid w:val="00572E3F"/>
+    <w:rsid w:val="00573850"/>
     <w:rsid w:val="00574555"/>
     <w:rsid w:val="00576C65"/>
+    <w:rsid w:val="00577E61"/>
+    <w:rsid w:val="00584BD0"/>
     <w:rsid w:val="005854F0"/>
+    <w:rsid w:val="005931E3"/>
+    <w:rsid w:val="005A1572"/>
+    <w:rsid w:val="005A2C25"/>
     <w:rsid w:val="005A4BF7"/>
-    <w:rsid w:val="005A6460"/>
     <w:rsid w:val="005B4173"/>
-    <w:rsid w:val="005B5158"/>
+    <w:rsid w:val="005B5C6B"/>
+    <w:rsid w:val="005C249D"/>
+    <w:rsid w:val="005C4683"/>
     <w:rsid w:val="005C46E8"/>
     <w:rsid w:val="005C4A9B"/>
     <w:rsid w:val="005D30EC"/>
     <w:rsid w:val="005D5338"/>
+    <w:rsid w:val="005D7747"/>
     <w:rsid w:val="005F1367"/>
     <w:rsid w:val="005F33F7"/>
-    <w:rsid w:val="005F53CB"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0060688A"/>
+    <w:rsid w:val="00604D69"/>
+    <w:rsid w:val="00605909"/>
+    <w:rsid w:val="00606202"/>
+    <w:rsid w:val="00612C52"/>
+    <w:rsid w:val="00616B3F"/>
     <w:rsid w:val="00616D27"/>
+    <w:rsid w:val="00617A4C"/>
+    <w:rsid w:val="00631B86"/>
+    <w:rsid w:val="006409B0"/>
     <w:rsid w:val="0064139C"/>
+    <w:rsid w:val="006445AC"/>
     <w:rsid w:val="00644BE1"/>
+    <w:rsid w:val="0065494D"/>
+    <w:rsid w:val="00665E64"/>
+    <w:rsid w:val="00666685"/>
+    <w:rsid w:val="00671959"/>
     <w:rsid w:val="006740EF"/>
+    <w:rsid w:val="0068004F"/>
+    <w:rsid w:val="00681F3B"/>
+    <w:rsid w:val="006861AC"/>
+    <w:rsid w:val="006907B0"/>
+    <w:rsid w:val="00691EF4"/>
     <w:rsid w:val="00695CED"/>
+    <w:rsid w:val="006968EF"/>
+    <w:rsid w:val="006A35DD"/>
+    <w:rsid w:val="006A5343"/>
+    <w:rsid w:val="006B045F"/>
+    <w:rsid w:val="006B245F"/>
+    <w:rsid w:val="006B7F2B"/>
     <w:rsid w:val="006C329F"/>
     <w:rsid w:val="006C3B5A"/>
     <w:rsid w:val="006C3D4F"/>
     <w:rsid w:val="006D097B"/>
+    <w:rsid w:val="006E435A"/>
     <w:rsid w:val="006E48D3"/>
+    <w:rsid w:val="006E4F3A"/>
+    <w:rsid w:val="006E6B8C"/>
     <w:rsid w:val="006F356C"/>
-    <w:rsid w:val="00703C16"/>
+    <w:rsid w:val="006F4979"/>
     <w:rsid w:val="00705407"/>
     <w:rsid w:val="00707E7A"/>
     <w:rsid w:val="00710293"/>
-    <w:rsid w:val="0071651D"/>
+    <w:rsid w:val="00715DD8"/>
     <w:rsid w:val="00723301"/>
+    <w:rsid w:val="00726AC6"/>
     <w:rsid w:val="007378C9"/>
+    <w:rsid w:val="00740B82"/>
+    <w:rsid w:val="00753824"/>
+    <w:rsid w:val="00755634"/>
     <w:rsid w:val="00755FF8"/>
-    <w:rsid w:val="00756ADC"/>
+    <w:rsid w:val="00760BC8"/>
     <w:rsid w:val="0076175E"/>
-    <w:rsid w:val="00764C75"/>
-    <w:rsid w:val="007766AD"/>
+    <w:rsid w:val="00771784"/>
+    <w:rsid w:val="00776B89"/>
     <w:rsid w:val="00776FF9"/>
     <w:rsid w:val="007778F1"/>
+    <w:rsid w:val="00785C27"/>
+    <w:rsid w:val="00792205"/>
     <w:rsid w:val="00792920"/>
-    <w:rsid w:val="007B68B2"/>
+    <w:rsid w:val="00796277"/>
+    <w:rsid w:val="007A052B"/>
+    <w:rsid w:val="007B580E"/>
     <w:rsid w:val="007B71FF"/>
+    <w:rsid w:val="007C1417"/>
     <w:rsid w:val="007D213E"/>
+    <w:rsid w:val="007D5772"/>
+    <w:rsid w:val="007E0F2F"/>
     <w:rsid w:val="007E28D1"/>
     <w:rsid w:val="007E6445"/>
+    <w:rsid w:val="007E6546"/>
     <w:rsid w:val="007F37EF"/>
+    <w:rsid w:val="00801694"/>
+    <w:rsid w:val="0080183D"/>
     <w:rsid w:val="008020B8"/>
     <w:rsid w:val="00811D0E"/>
+    <w:rsid w:val="00813A3F"/>
+    <w:rsid w:val="00813C54"/>
     <w:rsid w:val="0081528B"/>
-    <w:rsid w:val="00827FF1"/>
-    <w:rsid w:val="00841E91"/>
+    <w:rsid w:val="0081685B"/>
+    <w:rsid w:val="00817FE5"/>
+    <w:rsid w:val="00820A64"/>
+    <w:rsid w:val="00834A75"/>
+    <w:rsid w:val="00841A4F"/>
     <w:rsid w:val="008428E0"/>
+    <w:rsid w:val="00844B9A"/>
     <w:rsid w:val="00844DA7"/>
     <w:rsid w:val="00850867"/>
+    <w:rsid w:val="00850B2F"/>
+    <w:rsid w:val="00862D00"/>
     <w:rsid w:val="0087008B"/>
+    <w:rsid w:val="00870F3F"/>
+    <w:rsid w:val="00875C7D"/>
     <w:rsid w:val="00876971"/>
     <w:rsid w:val="00876CF4"/>
     <w:rsid w:val="00882404"/>
     <w:rsid w:val="00884469"/>
+    <w:rsid w:val="00886E45"/>
+    <w:rsid w:val="00890221"/>
     <w:rsid w:val="0089431A"/>
+    <w:rsid w:val="0089449C"/>
     <w:rsid w:val="00896828"/>
     <w:rsid w:val="008A219D"/>
+    <w:rsid w:val="008A60C5"/>
+    <w:rsid w:val="008A6E37"/>
     <w:rsid w:val="008B00AC"/>
     <w:rsid w:val="008C46D2"/>
-    <w:rsid w:val="008C659A"/>
+    <w:rsid w:val="008C4EB5"/>
     <w:rsid w:val="008C7BA4"/>
-    <w:rsid w:val="008D7BF0"/>
     <w:rsid w:val="008E073D"/>
     <w:rsid w:val="008E1A7B"/>
     <w:rsid w:val="008E7549"/>
-    <w:rsid w:val="008F44A4"/>
     <w:rsid w:val="008F7528"/>
     <w:rsid w:val="009041E0"/>
     <w:rsid w:val="009045A8"/>
     <w:rsid w:val="00905875"/>
-    <w:rsid w:val="00906967"/>
+    <w:rsid w:val="0090590E"/>
     <w:rsid w:val="0091763A"/>
     <w:rsid w:val="00924236"/>
-    <w:rsid w:val="00930AE1"/>
+    <w:rsid w:val="009270F3"/>
+    <w:rsid w:val="009329E1"/>
+    <w:rsid w:val="00932ADA"/>
+    <w:rsid w:val="00937D87"/>
     <w:rsid w:val="00943646"/>
     <w:rsid w:val="009576F0"/>
     <w:rsid w:val="009639A3"/>
     <w:rsid w:val="00974464"/>
+    <w:rsid w:val="00974A52"/>
+    <w:rsid w:val="0098489A"/>
     <w:rsid w:val="00986A84"/>
     <w:rsid w:val="00991528"/>
     <w:rsid w:val="00992A59"/>
+    <w:rsid w:val="00996F3D"/>
+    <w:rsid w:val="009A0A91"/>
     <w:rsid w:val="009A2E92"/>
     <w:rsid w:val="009B6F4D"/>
     <w:rsid w:val="009C0640"/>
-    <w:rsid w:val="009C4C04"/>
-[...1 lines deleted...]
-    <w:rsid w:val="009D45CC"/>
+    <w:rsid w:val="009C4114"/>
+    <w:rsid w:val="009C53E5"/>
     <w:rsid w:val="009D5EA1"/>
     <w:rsid w:val="009D78C0"/>
     <w:rsid w:val="009E4008"/>
+    <w:rsid w:val="009E4318"/>
     <w:rsid w:val="009E5C52"/>
+    <w:rsid w:val="00A005C3"/>
     <w:rsid w:val="00A15EFF"/>
-    <w:rsid w:val="00A246F8"/>
-    <w:rsid w:val="00A53F1B"/>
+    <w:rsid w:val="00A17514"/>
+    <w:rsid w:val="00A20BDA"/>
+    <w:rsid w:val="00A438EF"/>
+    <w:rsid w:val="00A531F0"/>
+    <w:rsid w:val="00A56ECB"/>
+    <w:rsid w:val="00A57B09"/>
+    <w:rsid w:val="00A57CCA"/>
+    <w:rsid w:val="00A60E1D"/>
     <w:rsid w:val="00A71338"/>
     <w:rsid w:val="00A7281B"/>
+    <w:rsid w:val="00A776BE"/>
+    <w:rsid w:val="00A86A3F"/>
     <w:rsid w:val="00A94034"/>
     <w:rsid w:val="00A945F2"/>
+    <w:rsid w:val="00A969D6"/>
     <w:rsid w:val="00AA3922"/>
     <w:rsid w:val="00AA5EF1"/>
-    <w:rsid w:val="00AB368C"/>
-    <w:rsid w:val="00AC05C0"/>
+    <w:rsid w:val="00AB1EC8"/>
+    <w:rsid w:val="00AB4297"/>
+    <w:rsid w:val="00AB66D0"/>
+    <w:rsid w:val="00AC18E2"/>
     <w:rsid w:val="00AC1ECC"/>
     <w:rsid w:val="00AC2DA0"/>
     <w:rsid w:val="00AC49F3"/>
-    <w:rsid w:val="00AC5577"/>
     <w:rsid w:val="00AC5FD8"/>
     <w:rsid w:val="00AD0EDE"/>
     <w:rsid w:val="00AD4328"/>
     <w:rsid w:val="00AD7CFA"/>
-    <w:rsid w:val="00AE5E0B"/>
     <w:rsid w:val="00AF27D3"/>
+    <w:rsid w:val="00AF735E"/>
+    <w:rsid w:val="00B121EC"/>
+    <w:rsid w:val="00B24EAB"/>
     <w:rsid w:val="00B2758B"/>
-    <w:rsid w:val="00B33D4D"/>
+    <w:rsid w:val="00B277EB"/>
     <w:rsid w:val="00B3424E"/>
-    <w:rsid w:val="00B37FDA"/>
+    <w:rsid w:val="00B43126"/>
+    <w:rsid w:val="00B51CA5"/>
     <w:rsid w:val="00B52B68"/>
-    <w:rsid w:val="00B57EFC"/>
-    <w:rsid w:val="00B64C2B"/>
+    <w:rsid w:val="00B54F73"/>
     <w:rsid w:val="00B64E61"/>
-    <w:rsid w:val="00B66316"/>
+    <w:rsid w:val="00B758D0"/>
+    <w:rsid w:val="00B8472B"/>
     <w:rsid w:val="00B8548B"/>
+    <w:rsid w:val="00B9677C"/>
     <w:rsid w:val="00BA7547"/>
-    <w:rsid w:val="00BE041A"/>
+    <w:rsid w:val="00BC2462"/>
+    <w:rsid w:val="00BC7E50"/>
+    <w:rsid w:val="00BD4CD8"/>
     <w:rsid w:val="00BE288A"/>
     <w:rsid w:val="00BE6E2B"/>
     <w:rsid w:val="00BF0058"/>
     <w:rsid w:val="00C00547"/>
+    <w:rsid w:val="00C10260"/>
     <w:rsid w:val="00C11A00"/>
     <w:rsid w:val="00C12872"/>
-    <w:rsid w:val="00C15F19"/>
     <w:rsid w:val="00C243B9"/>
+    <w:rsid w:val="00C32636"/>
+    <w:rsid w:val="00C41885"/>
     <w:rsid w:val="00C56146"/>
     <w:rsid w:val="00C65604"/>
     <w:rsid w:val="00C713CE"/>
     <w:rsid w:val="00C717BA"/>
+    <w:rsid w:val="00C73A35"/>
     <w:rsid w:val="00C80EC3"/>
+    <w:rsid w:val="00C91312"/>
     <w:rsid w:val="00C953F0"/>
     <w:rsid w:val="00C958B9"/>
+    <w:rsid w:val="00CA6185"/>
     <w:rsid w:val="00CA64E7"/>
+    <w:rsid w:val="00CA66AF"/>
     <w:rsid w:val="00CA7553"/>
     <w:rsid w:val="00CB0EA8"/>
     <w:rsid w:val="00CB5D45"/>
-    <w:rsid w:val="00CC47AB"/>
+    <w:rsid w:val="00CC0D3E"/>
+    <w:rsid w:val="00CC251F"/>
+    <w:rsid w:val="00CC5925"/>
     <w:rsid w:val="00CD3FCB"/>
-    <w:rsid w:val="00CD4C56"/>
     <w:rsid w:val="00CD6FA0"/>
+    <w:rsid w:val="00CE2A3E"/>
     <w:rsid w:val="00CE3A86"/>
+    <w:rsid w:val="00CE5915"/>
     <w:rsid w:val="00CE6778"/>
+    <w:rsid w:val="00CF2EF5"/>
     <w:rsid w:val="00D03EA4"/>
-    <w:rsid w:val="00D20850"/>
+    <w:rsid w:val="00D16D34"/>
+    <w:rsid w:val="00D2389D"/>
     <w:rsid w:val="00D3093A"/>
     <w:rsid w:val="00D31D9C"/>
     <w:rsid w:val="00D34826"/>
     <w:rsid w:val="00D357DC"/>
     <w:rsid w:val="00D36196"/>
     <w:rsid w:val="00D46544"/>
-    <w:rsid w:val="00D6030D"/>
+    <w:rsid w:val="00D46B83"/>
+    <w:rsid w:val="00D605BA"/>
+    <w:rsid w:val="00D608B5"/>
+    <w:rsid w:val="00D65DF2"/>
     <w:rsid w:val="00D7307D"/>
+    <w:rsid w:val="00D84216"/>
     <w:rsid w:val="00D8537A"/>
     <w:rsid w:val="00D86572"/>
-    <w:rsid w:val="00DA2BB5"/>
+    <w:rsid w:val="00D93C4A"/>
+    <w:rsid w:val="00D94F6B"/>
+    <w:rsid w:val="00DB0783"/>
+    <w:rsid w:val="00DB1B8B"/>
+    <w:rsid w:val="00DB1CEC"/>
+    <w:rsid w:val="00DB4153"/>
     <w:rsid w:val="00DB49F7"/>
+    <w:rsid w:val="00DC2AED"/>
     <w:rsid w:val="00DC3595"/>
     <w:rsid w:val="00DD4418"/>
     <w:rsid w:val="00DD4926"/>
+    <w:rsid w:val="00DD7B2D"/>
     <w:rsid w:val="00DE56F9"/>
-    <w:rsid w:val="00DE7CE5"/>
+    <w:rsid w:val="00DE590C"/>
     <w:rsid w:val="00DF10A2"/>
-    <w:rsid w:val="00DF24E2"/>
     <w:rsid w:val="00E00C48"/>
+    <w:rsid w:val="00E0466F"/>
+    <w:rsid w:val="00E06338"/>
+    <w:rsid w:val="00E06D8A"/>
     <w:rsid w:val="00E105BD"/>
+    <w:rsid w:val="00E12E69"/>
     <w:rsid w:val="00E24A46"/>
-    <w:rsid w:val="00E33871"/>
-    <w:rsid w:val="00E352D0"/>
+    <w:rsid w:val="00E41039"/>
     <w:rsid w:val="00E916E9"/>
     <w:rsid w:val="00EA48B3"/>
+    <w:rsid w:val="00EA5820"/>
+    <w:rsid w:val="00EB0086"/>
     <w:rsid w:val="00EC3162"/>
+    <w:rsid w:val="00ED1ADA"/>
     <w:rsid w:val="00ED3397"/>
-    <w:rsid w:val="00EE19B2"/>
-    <w:rsid w:val="00EF3A7F"/>
     <w:rsid w:val="00EF5CB7"/>
+    <w:rsid w:val="00F06579"/>
     <w:rsid w:val="00F1078F"/>
+    <w:rsid w:val="00F4009D"/>
     <w:rsid w:val="00F4244E"/>
+    <w:rsid w:val="00F54C5D"/>
     <w:rsid w:val="00F55579"/>
     <w:rsid w:val="00F57512"/>
+    <w:rsid w:val="00F655AD"/>
     <w:rsid w:val="00F66711"/>
+    <w:rsid w:val="00F71FA6"/>
     <w:rsid w:val="00F725B5"/>
+    <w:rsid w:val="00F72620"/>
     <w:rsid w:val="00F73112"/>
     <w:rsid w:val="00F750A6"/>
+    <w:rsid w:val="00F80E44"/>
     <w:rsid w:val="00F869D9"/>
+    <w:rsid w:val="00F902C8"/>
+    <w:rsid w:val="00F96A04"/>
+    <w:rsid w:val="00F96FD2"/>
     <w:rsid w:val="00FA085C"/>
+    <w:rsid w:val="00FA6429"/>
     <w:rsid w:val="00FC1CC9"/>
+    <w:rsid w:val="00FC270E"/>
     <w:rsid w:val="00FD33F3"/>
     <w:rsid w:val="00FD5C9A"/>
     <w:rsid w:val="00FD7B8D"/>
+    <w:rsid w:val="00FE1160"/>
+    <w:rsid w:val="00FE419C"/>
+    <w:rsid w:val="00FE4FBE"/>
     <w:rsid w:val="055E270F"/>
     <w:rsid w:val="0F2E6800"/>
     <w:rsid w:val="12C592CD"/>
     <w:rsid w:val="3665870A"/>
     <w:rsid w:val="3C3E3C69"/>
     <w:rsid w:val="3F0E2921"/>
     <w:rsid w:val="498C44BF"/>
     <w:rsid w:val="4F3262F2"/>
     <w:rsid w:val="4F947A71"/>
     <w:rsid w:val="7BB7D337"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="en-US" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="33A2A8E0"/>
   <w15:docId w15:val="{49D822C6-298B-4895-BD7E-946AC03DB550}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times" w:eastAsia="Times" w:hAnsi="Times" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6634,51 +7118,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="002603FF"/>
+    <w:rsid w:val="00932ADA"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00276815"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:kern w:val="28"/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
@@ -7123,107 +7607,130 @@
     <w:qFormat/>
     <w:rsid w:val="00F55579"/>
     <w:pPr>
       <w:spacing w:after="80"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Header-BureauProgram">
     <w:name w:val="Header-Bureau/Program"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00F55579"/>
     <w:pPr>
       <w:spacing w:after="80"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Header-FormName">
     <w:name w:val="Header-Form Name"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00EF3A7F"/>
+    <w:rsid w:val="00850B2F"/>
     <w:rPr>
       <w:b/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Header-FormNameSubheading">
     <w:name w:val="Header-Form Name Subheading"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="000A2A86"/>
     <w:pPr>
       <w:spacing w:after="80"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:rsid w:val="009D78C0"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heade-FormSubName">
-    <w:name w:val="Heade-Form Sub Name"/>
+  <w:style w:type="character" w:styleId="PlaceholderText">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00681F3B"/>
+    <w:rPr>
+      <w:color w:val="666666"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NoSpacing">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00011269"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Header-FormSubName">
+    <w:name w:val="Header-Form Sub Name"/>
     <w:basedOn w:val="Header-FormName"/>
     <w:qFormat/>
-    <w:rsid w:val="001F607F"/>
+    <w:rsid w:val="00B54F73"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mass.gov/doc/staffing-and-comprehensive-operations-plan-form-id-staff-plan-tp-attach-1/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mass.gov/doc/staffing-and-comprehensive-operations-plan-form-id-staff-plan-tp-attach-1/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/massdep-regional-offices-by-community" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/massdep-regional-offices-by-community" TargetMode="External"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -7488,164 +7995,66 @@
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-  <documentManagement>
-[...4 lines deleted...]
-  </documentManagement>
+  <documentManagement/>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100AC654D87E78B12439C00835E73A57764" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6db52a651fda3f53622c267161f09159">
-[...2 lines deleted...]
-    <xsd:import namespace="cfa41da1-9624-4a22-856d-798f42b95fb5"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100D9C65035329F864F907FEBFC92352320" ma:contentTypeVersion="0" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="def87bc340fc6bc951374011bb0ad603">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f9bce4d9769d259b9f22a0ab32779d64">
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
-              <xsd:all>
-[...12 lines deleted...]
-              </xsd:all>
+              <xsd:all/>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
-      </xsd:complexType>
-[...76 lines deleted...]
-        </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
@@ -7717,137 +8126,138 @@
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55377F5B-9342-4685-BFBD-89FDFE55246E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F6013B04-9C5D-4361-909A-07E98A3D60FE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="cfa41da1-9624-4a22-856d-798f42b95fb5"/>
-    <ds:schemaRef ds:uri="0c1e2f26-6a76-43a8-8534-a0e653a1951f"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8389EF6C-782F-474E-9F0C-E01C3C2B9B66}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{97AA1194-F264-4E23-945A-F97F94386807}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="0c1e2f26-6a76-43a8-8534-a0e653a1951f"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>472</Words>
-  <Characters>2694</Characters>
+  <Words>430</Words>
+  <Characters>2454</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>22</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>20</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Massachusetts Department of Environmental Protection</vt:lpstr>
+      <vt:lpstr>STAFF-PLAN-TP</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3160</CharactersWithSpaces>
+  <CharactersWithSpaces>2879</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>3407915</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.mass.gov/info-details/massdep-regional-offices-by-community</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>STAFF-PLAN-TP-ATTACH-1</dc:title>
+  <dc:title>STAFF-PLAN-TP</dc:title>
   <dc:subject/>
   <dc:creator>MassDEP Drinking Water Program</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category>Certified Operator</cp:category>
   <cp:version>4.24.2024</cp:version>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100AC654D87E78B12439C00835E73A57764</vt:lpwstr>
+    <vt:lpwstr>0x010100D9C65035329F864F907FEBFC92352320</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Order">
     <vt:r8>352000</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>